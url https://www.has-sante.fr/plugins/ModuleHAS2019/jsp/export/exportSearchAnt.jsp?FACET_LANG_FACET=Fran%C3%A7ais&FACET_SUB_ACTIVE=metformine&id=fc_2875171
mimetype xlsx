--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -1,718 +1,6632 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1332" uniqueCount="687">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...8 lines deleted...]
-    <t>10/06/2022 00:00:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Dispositifs médicaux pour Autosurveillance et Autotraitement  - 08 février 2011 (3286) avis</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>08/02/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/04/2011 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1024100/fr/dispositifs-medicaux-pour-autosurveillance-et-autotraitement-08-fevrier-2011-3286-avis</t>
+  </si>
+  <si>
+    <t>c_1024100</t>
+  </si>
+  <si>
+    <t>Ministère de la Santé et de des Sports &amp; CNEDiMTS</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Dépistage du cancer du sein en France : identification des femmes à haut risque et modalités de dépistage</t>
+  </si>
+  <si>
+    <t>A la demande de l’INCa, la HAS a élaboré des recommandations sur le dépistage du cancer du sein chez les femmes à haut risque à partir d’une revue des facteurs de risque de cancer du sein identifiés dans la littérature.</t>
+  </si>
+  <si>
+    <t>19/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/05/2014 10:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741170/fr/depistage-du-cancer-du-sein-en-france-identification-des-femmes-a-haut-risque-et-modalites-de-depistage</t>
+  </si>
+  <si>
+    <t>c_1741170</t>
+  </si>
+  <si>
+    <t>Développement de la prescription de thérapeutiques non médicamenteuses validées</t>
+  </si>
+  <si>
+    <t>L’analyse porte sur le développement de la prescription de thérapeutiques nécessitant une participation active du patient en interaction ou non avec un professionnel spécialisé et faisant l’objet de recommandations de bonnes pratiques dont la validité est reconnue en France. Elle vise à identifier les freins organisationnels, économiques, socioculturels et symboliques qui existent sur le terrain et limitent le respect des recommandations de bonnes pratiques dans les pratiques de prescription. La levée des freins doit alors créer les conditions propices à la prescription de thérapeutiques non médicamenteuses ; des voies d’amélioration du système de santé sont proposées dans ce sens.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2011 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1059795/fr/developpement-de-la-prescription-de-therapeutiques-non-medicamenteuses-validees</t>
+  </si>
+  <si>
+    <t>c_1059795</t>
+  </si>
+  <si>
+    <t>Principes de dépistage du diabète de type 2</t>
+  </si>
+  <si>
+    <t>Cette étude évalue l'intérêt du dépistage du diabète de type 2 au regard des critères prévus par l'OMS (données épidémiologiques, histoire de la maladie, performance des tests, efficacité et efficience), analyse les recommandations existantes et propose de nouvelles modalités de dépistage pour la France métropolitaine : un dépistage opportuniste ciblé pour les sujets de plus de 45 ans et avec certains facteurs de risque cardiovasculaire associés etun dépistage communautaire chez le sujet de plus de 45 ans en situation de précarité.</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464100/fr/principes-de-depistage-du-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_464100</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
+  </si>
+  <si>
+    <t>26/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3634754</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Laminopathies avec présentation cardiaque</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un malade atteint de laminopathie avec atteinte cardiaque. Il a été élaboré par le Centre de référence des maladies cardiaques héréditaires ou rares (cardiomyopathies et troubles du rythme) Hôpital de la Pitié-Salpêtrière, Paris, Centre de référence des maladies neuromusculaires Nord/Est/Ile de France, Hôpital Cochin, Paris, Filière nationale de santé CARDIOGEN à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389365/fr/laminopathies-avec-presentation-cardiaque</t>
+  </si>
+  <si>
+    <t>p_3389365</t>
+  </si>
+  <si>
+    <t>Diabètes monogéniques de type MODY</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de diabète MODY. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389587/fr/diabetes-monogeniques-de-type-mody</t>
+  </si>
+  <si>
+    <t>p_3389587</t>
+  </si>
+  <si>
+    <t>Lipodystrophies généralisées congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lipodystrophie généralisée congénitale. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3391377/fr/lipodystrophies-generalisees-congenitales</t>
+  </si>
+  <si>
+    <t>p_3391377</t>
+  </si>
+  <si>
+    <t>Génétique de la Sclérose Latérale Amyotrophique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Sclérose Latérale Amyotrophique(SLA) dans un contexte familial ou génétique. Il a été élaboré par le Centre de Référence SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/02/2022 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306915/fr/genetique-de-la-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>p_3306915</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Ataxie de Friedreich</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'ataxie de Friedreich. Il a été élaboré par le Centre de Référence Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290014/fr/ataxie-de-friedreich</t>
+  </si>
+  <si>
+    <t>p_3290014</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Syndrome lipodystrophique de Dunnigan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome lipodystrophique de Dunnigan. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le Centre de Référence des Pathologies Rares de l’Insulino-Sécrétion et de l’Insulino-Sensibilité (PRISIS), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236803/fr/syndrome-lipodystrophique-de-dunnigan</t>
+  </si>
+  <si>
+    <t>p_3236803</t>
+  </si>
+  <si>
+    <t>Maladie liée à HNF-1β</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d’un variant pathogène de HNF-1β. Il a été élaboré par le centre de référence des Maladies Rénales Rares sous l'égide et avec le partenariat de la Filière de Santé Maladies Rénales Rares (ORKID), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2020 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3167157/fr/maladie-liee-a-hnf-1</t>
+  </si>
+  <si>
+    <t>p_3167157</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Syndrome d'Alström</t>
+  </si>
+  <si>
+    <t>15/03/2019 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2910200/fr/syndrome-d-alstrom</t>
+  </si>
+  <si>
+    <t>c_2910200</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 2</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/04/2014 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419389/fr/ald-n-8-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>c_419389</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'adulte</t>
+  </si>
+  <si>
+    <t>24/04/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419399/fr/ald-n-8-diabete-de-type-1-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_419399</t>
+  </si>
+  <si>
+    <t>ALD n° 8 - Diabète de type 1 chez l'enfant et l'adolescent</t>
+  </si>
+  <si>
+    <t>24/04/2014 14:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_419643/fr/ald-n-8-diabete-de-type-1-chez-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_419643</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Stratégie thérapeutique du patient vivant avec un diabète de type 2</t>
+  </si>
+  <si>
+    <t>Reactualisation des recommandations sur la stratégie thérapeutique du patient vivant avec un diabète de type 2. Cette mise à jour tient compte des évolutions importantes dans la prise en charge : L’intégration de thérapeutiques non médicamenteuses en première intention dans la prise en charge globale du patient DT2 L’intégration des nouvelles classes médicamenteuses dans la statégie thérapeutique.</t>
+  </si>
+  <si>
+    <t>30/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/06/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191108/fr/strategie-therapeutique-du-patient-vivant-avec-un-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>p_3191108</t>
+  </si>
+  <si>
+    <t>Obésité de l’adulte : prise en charge de 2e et 3e niveaux</t>
+  </si>
+  <si>
+    <t>La HAS publie des recommandations de bonnes pratiques pour améliorer la qualité de la prise en charge de 2e et 3e niveaux des adultes en situation d’obésité complexe ou sévère. L’objectif est d’améliorer la santé du patient et de lui permettre de revenir à un niveau de sévérité inférieur.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2022 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346001/fr/obesite-de-l-adulte-prise-en-charge-de-2e-et-3e-niveaux</t>
+  </si>
+  <si>
+    <t>p_3346001</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Diabète de type 2 : quand et quels médicaments prescrire pour le contrôle glycémique ?</t>
+  </si>
+  <si>
+    <t>En 2009, 2,7 millions de personnes étaient traitées par médicament pour un diabète de type 2, soit environ 4,6% de la population française. Mal ou non soigné, le diabète de type 2 peut entraîner des complications graves et coûteuses. Le contrôle de la glycémie (sucre dans le sang), un accompagnement et un traitement adaptés permettent d’éviter ou de retarder ces complications. La Haute Autorité de Santé (HAS) et l’Agence nationale de sécurité du médicament et des produits de santé (ANSM) diffusent ce jour une recommandation de bonne pratique pour aider les professionnels de santé à définir la stratégie médicamenteuse la plus adaptée pour le contrôle glycémique de leurs patients.</t>
+  </si>
+  <si>
+    <t>13/02/2013 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359987/fr/diabete-de-type-2-quand-et-quels-medicaments-prescrire-pour-le-controle-glycemique</t>
+  </si>
+  <si>
+    <t>c_1359987</t>
+  </si>
+  <si>
+    <t>Mise au point de la Haute Autorité de Santé sur Mediator®</t>
+  </si>
+  <si>
+    <t>A la suite d’informations parues ce jour dans la presse concernant l’évaluation de Mediator® par la Commission de la Transparence, la Haute Autorité de Santé tient à apporter les précisions suivantes.</t>
+  </si>
+  <si>
+    <t>14/01/2011 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1004608/fr/mise-au-point-de-la-haute-autorite-de-sante-sur-mediator</t>
+  </si>
+  <si>
+    <t>c_1004608</t>
+  </si>
+  <si>
+    <t>Affections de longue durée, la Haute Autorité de Santé rend un avis sur la liste et les critères médicaux d’admission</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a adressé ce jour à la ministre de la Santé, de la Jeunesse et des Sports un avis sur la liste et les critères médicaux d’admission en affection de longue durée -ALD.</t>
+  </si>
+  <si>
+    <t>10/12/2007 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_611969/fr/affections-de-longue-duree-la-haute-autorite-de-sante-rend-un-avis-sur-la-liste-et-les-criteres-medicaux-d-admission</t>
+  </si>
+  <si>
+    <t>c_611969</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Systèmes de mesure du glucose interstitiel, couplés ou non à une pompe à insuline et systèmes de boucle semi-fermée pour la gestion automatisée du diabète</t>
+  </si>
+  <si>
+    <t>La prise en charge des dispositifs médicaux dans le domaine de la diabétologie a fortement évolué au cours de ces dernières années, avec l’émergence de nouveaux systèmes connectés destinés aux patients diabétiques.</t>
+  </si>
+  <si>
+    <t>23/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3464743/fr/systemes-de-mesure-du-glucose-interstitiel-couples-ou-non-a-une-pompe-a-insuline-et-systemes-de-boucle-semi-fermee-pour-la-gestion-automatisee-du-diabete</t>
+  </si>
+  <si>
+    <t>p_3464743</t>
+  </si>
+  <si>
+    <t>Chirurgie métabolique : traitement chirurgical du diabète de type 2 - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluer la balance bénéfice/risque de la CM : en effet, il s’agit de proposer une prise en charge chirurgicale à une population qui n’est éligible à ce jour qu’à une approche pharmacologique (per os et/ou injectable).Déterminer le plus précisément possible la population cible susceptible de bénéficier de la chirurgie métabolique.</t>
+  </si>
+  <si>
+    <t>06/10/2022 00:00:00</t>
   </si>
   <si>
     <t>10/10/2022 12:17:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3303025/en/metabolic-surgery-surgical-treatment-of-type-2-diabetes</t>
+    <t>https://www.has-sante.fr/jcms/p_3303025/fr/chirurgie-metabolique-traitement-chirurgical-du-diabete-de-type-2-rapport-d-evaluation</t>
   </si>
   <si>
     <t>p_3303025</t>
   </si>
   <si>
-    <t>Alternative(s) to perfusion scintigraphy in case of suspected non-massive pulmonary embolism in pregnant women in the event of a complete shortage of technetium-99m - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2620035/en/alternative-s-to-perfusion-scintigraphy-in-case-of-suspected-non-massive-pulmonary-embolism-in-pregnant-women-in-the-event-of-a-complete-shortage-of-technetium-99m-inahta-brief</t>
+    <t>Alternative(s) à la scintigraphie de perfusion en cas de suspicion d’embolie pulmonaire non massive chez la femme enceinte dans l’hypothèse d’une pénurie complète en technétium-99m</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation est d’identifier des examens alternatifs à la scintigraphie de perfusion au technétium 99m en contexte de pénurie pour cet isotope chez la femme enceinte suspecte d’embolie pulmonaire non massive. L’angioscanner et l’échographie veineuse (avec doppler) des membres inférieurs sont les deux examens validés en alternative à la scintigraphie</t>
+  </si>
+  <si>
+    <t>17/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620035/fr/alternative-s-a-la-scintigraphie-de-perfusion-en-cas-de-suspicion-d-embolie-pulmonaire-non-massive-chez-la-femme-enceinte-dans-l-hypothese-d-une-penurie-complete-en-technetium-99m</t>
   </si>
   <si>
     <t>c_2620035</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3219547/en/synjardy</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>L’hormone de croissance chez l’enfant non déficitaire, évaluation du service rendu à la collectivité</t>
+  </si>
+  <si>
+    <t>L’évaluation avait pour objectif de : répondre aux interrogations de la Commission de la transparence portant sur l’amélioration de la taille adulte, la tolérance à long terme et sur le caractère pathologique de la petite taille ; de documenter les dimensions du Service Rendu à la Collectivité (SeRC). Elle vise à éclairer en premier lieu la décision publique. Elle contient également des données scientifiques nécessaires à l’élaboration de documents destinés au prescripteur.</t>
+  </si>
+  <si>
+    <t>21/12/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2012 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1173766/fr/l-hormone-de-croissance-chez-l-enfant-non-deficitaire-evaluation-du-service-rendu-a-la-collectivite</t>
+  </si>
+  <si>
+    <t>c_1173766</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2025</t>
+  </si>
+  <si>
+    <t>16/04/2025 12:11:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602198/fr/commission-de-la-transparence-reunion-du-23-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3602198</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2024</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528778/fr/commission-de-la-transparence-reunion-du-10-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3528778</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 30 mai 2024</t>
+  </si>
+  <si>
+    <t>31/05/2024 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3519630/fr/college-deliberatif-du-30-mai-2024</t>
+  </si>
+  <si>
+    <t>p_3519630</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 avril 2024</t>
+  </si>
+  <si>
+    <t>17/04/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3508632/fr/commission-de-la-transparence-reunion-du-24-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3508632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 Juillet 2022</t>
+  </si>
+  <si>
+    <t>18/07/2022 09:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352633/fr/commission-de-la-transparence-reunion-du-20-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3352633</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 23 mars 2022</t>
+  </si>
+  <si>
+    <t>16/03/2022 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324359/fr/commission-de-la-transparence-reunion-du-23-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3324359</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 9 février 2022</t>
+  </si>
+  <si>
+    <t>03/02/2022 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313510/fr/commission-de-la-transparence-reunion-du-9-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3313510</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 21 juillet 2021</t>
+  </si>
+  <si>
+    <t>15/07/2021 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3277677/fr/commission-de-la-transparence-reunion-a-distance-du-21-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3277677</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 30 juin 2021</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273727/fr/commission-de-la-transparence-reunion-a-distance-du-30-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3273727</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 juin 2021</t>
+  </si>
+  <si>
+    <t>09/06/2021 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271014/fr/commission-de-la-transparence-reunion-a-distance-du-16-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3271014</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 décembre  2020</t>
+  </si>
+  <si>
+    <t>11/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223433/fr/commission-de-la-transparence-reunion-a-distance-du-16-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 18 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217678/fr/commission-de-la-transparence-reunion-a-distance-du-18-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217678</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 4 novembre 2020</t>
+  </si>
+  <si>
+    <t>28/10/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214706/fr/commission-de-la-transparence-reunion-a-distance-du-4-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214706</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 7 octobre 2020</t>
+  </si>
+  <si>
+    <t>30/09/2020 16:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210376/fr/commission-de-la-transparence-reunion-a-distance-du-7-octobre-2020</t>
+  </si>
+  <si>
+    <t>p_3210376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2019</t>
+  </si>
+  <si>
+    <t>14/03/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909894/fr/commission-de-la-transparence-reunion-du-20-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2909894</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 février 2019</t>
+  </si>
+  <si>
+    <t>13/02/2019 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904582/fr/commission-de-la-transparence-reunion-du-20-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2904582</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 janvier 2019</t>
+  </si>
+  <si>
+    <t>07/02/2019 15:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2903195/fr/ceesp-reunion-du-15-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2903195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/01/2019 16:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895658/fr/commission-de-la-transparence-reunion-du-9-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2895658</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 décembre 2018</t>
+  </si>
+  <si>
+    <t>05/12/2018 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2888407/fr/commission-de-la-transparence-reunion-du-12-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2888407</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
+  </si>
+  <si>
+    <t>29/08/2018 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868602/fr/commission-de-la-transparence-reunion-du-5-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868602</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2017</t>
+  </si>
+  <si>
+    <t>29/11/2017 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2808279/fr/commission-de-la-transparence-reunion-du-6-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2808279</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 avril 2017</t>
+  </si>
+  <si>
+    <t>29/03/2017 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754091/fr/commission-de-la-transparence-reunion-du-5-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2754091</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2016</t>
+  </si>
+  <si>
+    <t>28/09/2016 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671437/fr/commission-de-la-transparence-reunion-du-5-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2671437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2016</t>
+  </si>
+  <si>
+    <t>30/08/2016 16:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2663194/fr/commission-de-la-transparence-reunion-du-7-septembre-2016</t>
+  </si>
+  <si>
+    <t>c_2663194</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>02/06/2016 18:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635586/fr/college-deliberatif-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635586</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juin 2016</t>
+  </si>
+  <si>
+    <t>01/06/2016 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2635082/fr/commission-de-la-transparence-reunion-du-8-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2635082</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 décembre 2015</t>
+  </si>
+  <si>
+    <t>04/12/2015 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578825/fr/college-deliberatif-du-9-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2578825</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2015</t>
+  </si>
+  <si>
+    <t>11/11/2015 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2571388/fr/commission-de-la-transparence-reunion-du-18-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2571388</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>10/09/2015 17:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2059213/fr/college-deliberatif-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2059213</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 septembre 2015</t>
+  </si>
+  <si>
+    <t>09/09/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058865/fr/commission-de-la-transparence-reunion-du-16-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058865</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 septembre 2015</t>
+  </si>
+  <si>
+    <t>03/09/2015 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2058109/fr/college-deliberatif-du-9-septembre-2015</t>
+  </si>
+  <si>
+    <t>c_2058109</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 18:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2017152/fr/commission-de-la-transparence-reunion-du-4-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2017152</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 janvier 2015</t>
+  </si>
+  <si>
+    <t>31/12/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2004258/fr/commission-de-la-transparence-reunion-du-7-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2004258</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 décembre 2014</t>
+  </si>
+  <si>
+    <t>10/12/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1792337/fr/commission-de-la-transparence-reunion-du-17-decembre-2014</t>
+  </si>
+  <si>
+    <t>c_1792337</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2014</t>
+  </si>
+  <si>
+    <t>29/10/2014 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770401/fr/commission-de-la-transparence-reunion-du-29-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1770401</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 novembre 2014</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1772116/fr/commission-de-la-transparence-reunion-du-5-novembre-2014</t>
+  </si>
+  <si>
+    <t>c_1772116</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 octobre 2014</t>
+  </si>
+  <si>
+    <t>20/10/2014 16:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769248/fr/commission-de-la-transparence-reunion-du-22-octobre-2014</t>
+  </si>
+  <si>
+    <t>c_1769248</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2014</t>
+  </si>
+  <si>
+    <t>12/09/2014 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762046/fr/commission-de-la-transparence-reunion-du-17-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762046</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 03 septembre 2014</t>
+  </si>
+  <si>
+    <t>27/08/2014 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760195/fr/commission-de-la-transparence-reunion-du-03-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1760195</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 juillet 2014</t>
+  </si>
+  <si>
+    <t>18/07/2014 14:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1754785/fr/commission-de-la-transparence-reunion-du-23-juillet-2014</t>
+  </si>
+  <si>
+    <t>c_1754785</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 avril 2014</t>
+  </si>
+  <si>
+    <t>18/04/2014 16:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1736917/fr/commission-de-la-transparence-reunion-du-23-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1736917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2014</t>
+  </si>
+  <si>
+    <t>01/04/2014 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730710/fr/commission-de-la-transparence-reunion-du-2-avril-2014</t>
+  </si>
+  <si>
+    <t>c_1730710</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 octobre 2012</t>
+  </si>
+  <si>
+    <t>24/05/2013 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1554414/fr/ceesp-reunion-du-16-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1554414</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 avril 2013</t>
+  </si>
+  <si>
+    <t>17/04/2013 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1521840/fr/commission-de-la-transparence-reunion-du-17-avril-2013</t>
+  </si>
+  <si>
+    <t>c_1521840</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 mars 2013</t>
+  </si>
+  <si>
+    <t>06/03/2013 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1364406/fr/commission-de-la-transparence-reunion-du-6-mars-2013</t>
+  </si>
+  <si>
+    <t>c_1364406</t>
+  </si>
+  <si>
+    <t>Commission Recommandations de Bonne Pratique - Réunion du 23/10/2012</t>
+  </si>
+  <si>
+    <t>17/01/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1351124/fr/commission-recommandations-de-bonne-pratique-reunion-du-23/10/2012</t>
+  </si>
+  <si>
+    <t>c_1351124</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 novembre 2012</t>
+  </si>
+  <si>
+    <t>07/11/2012 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1331703/fr/commission-de-la-transparence-reunion-du-7-novembre-2012</t>
+  </si>
+  <si>
+    <t>c_1331703</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2012</t>
+  </si>
+  <si>
+    <t>05/09/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1292285/fr/commission-de-la-transparence-reunion-du-5-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1292285</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 juillet 2012</t>
+  </si>
+  <si>
+    <t>18/07/2012 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1273574/fr/commission-de-la-transparence-reunion-du-18-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1273574</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités PRAVAFENIX et PROCORALAN par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu.</t>
+  </si>
+  <si>
+    <t>06/06/2012 13:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252008/fr/commission-de-la-transparence-reunion-du-6-juin-2012</t>
+  </si>
+  <si>
+    <t>c_1252008</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 septembre 2011</t>
+  </si>
+  <si>
+    <t>Retrait de la demande d'inscription de la spécialité ONGLYZA par le laboratoire exploitant. Le projet d'avis est annexé au compte-rendu.</t>
+  </si>
+  <si>
+    <t>21/09/2011 13:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1097913/fr/commission-de-la-transparence-reunion-du-21-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1097913</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juillet 2011</t>
+  </si>
+  <si>
+    <t>06/07/2011 12:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069129/fr/commission-de-la-transparence-reunion-du-6-juillet-2011</t>
+  </si>
+  <si>
+    <t>c_1069129</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2011</t>
+  </si>
+  <si>
+    <t>22/06/2011 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064607/fr/commission-de-la-transparence-reunion-du-22-juin-2011</t>
+  </si>
+  <si>
+    <t>c_1064607</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2011</t>
+  </si>
+  <si>
+    <t>25/05/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1058006/fr/commission-de-la-transparence-reunion-du-25-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1058006</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 avril 2011</t>
+  </si>
+  <si>
+    <t>27/04/2011 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1049085/fr/commission-de-la-transparence-reunion-du-27-avril-2011</t>
+  </si>
+  <si>
+    <t>c_1049085</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 février 2011</t>
+  </si>
+  <si>
+    <t>16/02/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1025050/fr/commission-de-la-transparence-reunion-du-16-fevrier-2011</t>
+  </si>
+  <si>
+    <t>c_1025050</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 octobre 2010</t>
+  </si>
+  <si>
+    <t>20/10/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_993081/fr/commission-de-la-transparence-reunion-du-20-octobre-2010</t>
+  </si>
+  <si>
+    <t>c_993081</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 novembre 2009</t>
+  </si>
+  <si>
+    <t>18/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_882480/fr/commission-de-la-transparence-reunion-du-18-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_882480</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juin 2009</t>
+  </si>
+  <si>
+    <t>24/06/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813943/fr/commission-de-la-transparence-reunion-du-24-juin-2009</t>
+  </si>
+  <si>
+    <t>c_813943</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er avril 2009</t>
+  </si>
+  <si>
+    <t>01/04/2009 10:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_764558/fr/commission-de-la-transparence-reunion-du-1er-avril-2009</t>
+  </si>
+  <si>
+    <t>c_764558</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 29 octobre 2008</t>
+  </si>
+  <si>
+    <t>29/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_714239/fr/commission-de-la-transparence-reunion-du-29-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_714239</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er octobre 2008</t>
+  </si>
+  <si>
+    <t>01/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_696855/fr/commission-de-la-transparence-reunion-du-1er-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_696855</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 octobre 2008</t>
+  </si>
+  <si>
+    <t>15/10/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_700458/fr/commission-de-la-transparence-reunion-du-15-octobre-2008</t>
+  </si>
+  <si>
+    <t>c_700458</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 juillet 2008</t>
+  </si>
+  <si>
+    <t>16/07/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_678285/fr/commission-de-la-transparence-reunion-du-16-juillet-2008</t>
+  </si>
+  <si>
+    <t>c_678285</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 avril 2008</t>
+  </si>
+  <si>
+    <t>16/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646436/fr/commission-de-la-transparence-reunion-du-16-avril-2008</t>
+  </si>
+  <si>
+    <t>c_646436</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2008</t>
+  </si>
+  <si>
+    <t>02/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644154/fr/commission-de-la-transparence-reunion-du-2-avril-2008</t>
+  </si>
+  <si>
+    <t>c_644154</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 janvier 2008</t>
+  </si>
+  <si>
+    <t>23/01/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623096/fr/commission-de-la-transparence-reunion-du-23-janvier-2008</t>
+  </si>
+  <si>
+    <t>c_623096</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 mai 2007</t>
+  </si>
+  <si>
+    <t>23/05/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_602976/fr/commission-de-la-transparence-reunion-du-23-mai-2007</t>
+  </si>
+  <si>
+    <t>c_602976</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0078/AC/SEM du 16 septembre 2015 du collège de la Haute Autorité de Santé relatif au projet de référentiel sur le bon usage des médicaments "Diabète de type 2-Place des gliptines et des analogues de GLP-1 - Cas général" et AVIS N° 2016.0042/AC/SEM du 8 juin 2016 du collège de la Haute Autorité de santé (mise à jour)</t>
+  </si>
+  <si>
+    <t>Le référentiel intitulé « Diabète de type 2-Place des gliptines et des analogues de GLP1- Cas général » de la CNAMTS, est en accord avec la recommandation de bonne pratique de la Haute Autorité de santé et les avis de la Commission de la Transparence visés ci-dessus sous réserve des modifications proposées.# - Les gliptines# Il est proposé de souligner &lt;1% pour mettre en exergue la valeur de l’écart à l’objectif glycémique autorisant la prescription d’une gliptine.# Dans le paragraphe « en deuxième intention », il est proposé de modifier le libellé rappelant la stratégie recommandée en première intention par la HAS de la façon suivante : monothérapie par metformine ou à défaut par sulfamide puis bithérapie par metformine + sulfamide.# Dans des cas restreints, pour la bithérapie metformine+gliptine, il est proposé de préciser « en cas d’intolérance ou de contre-indication aux sulfamides», qui est la condition pour prescrire cette bithérapie.# - Les analogues du GLP1# Dans le titre « prescription d’un analogue du GLP1 avec les autres antidiabétiques oraux », il est proposé de supprimer « autres ».# Il est proposé de modifier la phrase selon « les analogues du GLP1 sont recommandés en 2ième intention si l’écart à l’objectif glycémique est ≥1% ou en cas d’échec de la bithérapie ou de la trithérapie orale», plus informatif que « en cas d’échec des antidiabétiques oraux ».# Il est proposé ensuite de préciser « en cas d’échec à la bithérapie ou trithérapie orale : bithérapie incluant metformine ou sulfamide, trithérapie incluant metformine + sulfamide », en conformité avec les recommandations.# Dans le chapitre « conduite à tenir en cas d’insulinothérapie », il est proposé une modification de la phrase selon :# « Dans ce cadre, l’emploi d’un analogue du GLP1 représente une alternative à l’insuline d’action rapide pour des patients insuffisamment contrôlés par une bithérapie insuline basale + metformine*** (intolérants ou avec une contre-indication au sulfamide) ou après échec d’une trithérapie insuline+metformine+sulfamide . »# En conséquence, le collège a rendu un premier avis favorable sur ce référentiel le 16 septembre 2015 et un second avis favorable sur sa mise à jour en date du 8 juin 2016.</t>
+  </si>
+  <si>
+    <t>16/09/2015 17:00:00</t>
+  </si>
+  <si>
+    <t>14/06/2016 10:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2062796/fr/avis-n-2015-0078/ac/sem-du-16-septembre-2015-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-de-referentiel-sur-le-bon-usage-des-medicaments-diabete-de-type-2-place-des-gliptines-et-des-analogues-de-glp-1-cas-general-et-avis-n-2016-0042/ac/sem-du-8-juin-2016-du-college-de-la-haute-autorite-de-sante-mise-a-jour</t>
+  </si>
+  <si>
+    <t>c_2062796</t>
+  </si>
+  <si>
+    <t>AVIS N° 2015.0076/AC/SEM du 16 septembre 2015 du collège de la Haute Autorité de Santé relatif au projet de référentiel sur le bon usage des médicaments "Diabète de type 2 - Prescription des gliflozines"</t>
+  </si>
+  <si>
+    <t>Le référentiel intitulé « Diabète de type 2-Prescription des gliflozines » de la CNAMTS, est en accord avec la recommandation de bonne pratique de la Haute Autorité de santé et les avis de la Commission de la Transparence visés ci-dessus sous réserve des modifications proposées.# Dans le chapitre « après avis de la HAS », il est proposé d’ajouter une note à la phrase « les gliflozines n’ont démontré aucun avantage clinique et ont un effet modeste sur la baisse du taux d’HbA1c*** » :# *** excepté la canagliflozine en bithérapie avec la metformine et en trithérapie avec la metformine et un sulfamide hypoglycémiant.# En effet, la notion d’effet modeste sur la baisse du taux d’HbA1c figure dans l’avis de la Commission de Transparence de Forxiga (dapagliflozine) et de Jardiance (emplagliflozine) (leur SMR est modéré) mais pas pour Invokana (canagliflozine) en bithérapie avec la metformine et en trithérapie avec metformine et sulfamide (SMR important).# En conséquence, le collège rend un avis favorable sur ce référentiel.</t>
+  </si>
+  <si>
+    <t>05/10/2015 17:46:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560251/fr/avis-n-2015-0076/ac/sem-du-16-septembre-2015-du-college-de-la-haute-autorite-de-sante-relatif-au-projet-de-referentiel-sur-le-bon-usage-des-medicaments-diabete-de-type-2-prescription-des-gliflozines</t>
+  </si>
+  <si>
+    <t>c_2560251</t>
+  </si>
+  <si>
+    <t>Avis de la HAS sur la liste et les critères médicaux d’admission en affections de longue durée (ALD) - Décembre 2007</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de Santé a rendu un avis sur la liste et les critères médicaux d’admission en affection de longue durée - ALD. Cet avis avait été annoncé dans la recommandation initiale de mai 2006 qui accompagnait la diffusion des premiers guides et listes. Il porte aujourd’hui sur la vingtaine de maladies pour lesquelles la HAS a depuis publié des guides et des listes d’actes et de prestations. Dans cet avis, la HAS confirme que le système actuel est inadapté. Il s’efforce, en effet, de poursuivre à l’aide d’un même outil deux objectifs distincts : un objectif social (neutraliser l’impact des gros restes à charge) et un objectif médical (assurer un suivi médical de qualité pour les malades chroniques). La HAS note avec attention que le débat sur les ALD est aujourd’hui largement engagé, grâce notamment à la réflexion menée sur un dispositif de type « bouclier sanitaire » pour le volet social. C’est dans l’objectif de prolonger cette réflexion collective que cet avis a été conçu. Aussi les propositions qui visent à éclairer les choix des pouvoirs publics en la matière sont-elles présentées sous forme de trois scénarios.</t>
+  </si>
+  <si>
+    <t>12/12/2007 10:27:00</t>
+  </si>
+  <si>
+    <t>02/01/2008 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810262/fr/avis-de-la-has-sur-la-liste-et-les-criteres-medicaux-d-admission-en-affections-de-longue-duree-ald-decembre-2007</t>
+  </si>
+  <si>
+    <t>c_810262</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Harmonisation du bilan médicamenteux - Référentiel</t>
+  </si>
+  <si>
+    <t>L’objectif est d’harmoniser les bilans médicamenteux afin de produire un bilan unique et partageable quels que soient les contextes d’utilisation. Ce document reprend notamment les éléments identifiés dans l’activité de bilan partagé de médication en officine, et dans la conciliation des traitements médi-camenteux à l’hôpital. L’élaboration du référentiel issu de ce travail favorise la numérisation de ce bilan et donc son partage entre la ville et l’hôpital.</t>
+  </si>
+  <si>
+    <t>24/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2025 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534690/fr/harmonisation-du-bilan-medicamenteux-referentiel</t>
+  </si>
+  <si>
+    <t>p_3534690</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 - Place du vaccin NUVAXOVID (NVX-CoV2373)</t>
+  </si>
+  <si>
+    <t>Le vaccin Nuvaxovid, développé par la firme Novavax contre la Covid-19, est un vaccin à protéine recombinante (vaccin NVX-CoV2373). Il est indiqué en primovaccination chez les personnes âgées de 18 ans et plus. La HAS considère que la mise à disposition de ce nouveau vaccin ayant fait la preuve de son efficacité et de sa sécurité dans la production d’anciens vaccins, peut constituer un outil supplémentaire et être utilisé dans la stratégie vaccinale. Il pourrait ainsi contribuer à augmenter la couverture vaccinale sur le territoire national.</t>
+  </si>
+  <si>
+    <t>06/01/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>14/01/2022 11:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309579/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-nuvaxovid-nvx-cov2373</t>
+  </si>
+  <si>
+    <t>p_3309579</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>SYNJARDY (empagliflozine/metformine)</t>
+  </si>
+  <si>
+    <t>21/05/2025 16:39:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3219547/fr/synjardy-empagliflozine/metformine</t>
   </si>
   <si>
     <t>p_3219547</t>
   </si>
   <si>
     <t>empagliflozine,metformine</t>
   </si>
   <si>
     <t>BOEHRINGER INGELHEIM</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3218341/en/synjardy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984318/en/xigduo-dapagliflozine/metformine-antidiabetique</t>
+    <t>https://www.has-sante.fr/jcms/p_3218341/fr/synjardy-empagliflozine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3606850/fr/synjardy-empagliflozine/metformine-diabete-de-type-2-chez-les-enfants-ages-de-10-ans-et-plus</t>
+  </si>
+  <si>
+    <t>SITAGLIPTINE/METFORMINE ALTER (sitagliptine/metformine)</t>
+  </si>
+  <si>
+    <t>14/10/2022 09:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377078/fr/sitagliptine/metformine-alter-sitagliptine/metformine</t>
+  </si>
+  <si>
+    <t>p_3377078</t>
+  </si>
+  <si>
+    <t>sitagliptine,metformine</t>
+  </si>
+  <si>
+    <t>ALTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3376996/fr/sitagliptine/metformine-alter-sitagliptine-/-metformine</t>
+  </si>
+  <si>
+    <t>XIGDUO (metformine/dapagliflozine)</t>
+  </si>
+  <si>
+    <t>02/09/2022 16:49:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984318/fr/xigduo-metformine/dapagliflozine</t>
   </si>
   <si>
     <t>pprd_2984318</t>
   </si>
   <si>
     <t>metformine,dapagliflozine</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2572200/en/xigduo-dapagliflozin/metformin-antidiabetic</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982787/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+    <t>https://www.has-sante.fr/jcms/c_2572200/fr/xigduo-dapagliflozine/metformine-antidiabetique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3218347/fr/xigduo-metformine/-dapagliflozine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3361538/fr/xigduo-dapagliflozine-propanediol-monohydrate/-metformine-chlorhydrate-de-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>GLIMEZIT (metformine)</t>
+  </si>
+  <si>
+    <t>16/02/2022 16:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317153/fr/glimezit-metformine</t>
+  </si>
+  <si>
+    <t>p_3317153</t>
+  </si>
+  <si>
+    <t>metformine</t>
+  </si>
+  <si>
+    <t>EURODEP PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3317079/fr/glimezit-metformine</t>
+  </si>
+  <si>
+    <t>XELEVIA (metformine/ sitagliptine)</t>
+  </si>
+  <si>
+    <t>31/08/2021 10:48:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982787/fr/xelevia-metformine/-sitagliptine</t>
   </si>
   <si>
     <t>pprd_2982787</t>
   </si>
   <si>
     <t>metformine,sitagliptine (phosphate de) monohydraté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_623592/en/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3282764/en/xelevia-sitagliptine</t>
+    <t>https://www.has-sante.fr/jcms/c_623592/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_818411/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284610/fr/xelevia-velmetia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1320625/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559130/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046970/fr/xelevia-50-mg-sitagliptine-inhibiteur-de-la-dpp-4</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964768/fr/xelevia-metformine/-sitagliptine-phosphate-de-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282764/fr/xelevia-sitagliptine-diabete-de-type-2</t>
   </si>
   <si>
     <t>VELMETIA (sitagliptine/ metformine)</t>
   </si>
   <si>
-    <t>08/31/2021 10:49:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984397/en/velmetia-sitagliptine/-metformine</t>
+    <t>31/08/2021 10:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984397/fr/velmetia-sitagliptine/-metformine</t>
   </si>
   <si>
     <t>pprd_2984397</t>
   </si>
   <si>
-    <t>sitagliptine,metformine</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3284305/en/velmetia-sitagliptine/metformine-diabete-de-type-2</t>
+    <t>https://www.has-sante.fr/jcms/c_798108/fr/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046972/fr/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559136/fr/velmetia-sitagliptine/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284305/fr/velmetia-sitagliptine/metformine-diabete-de-type-2</t>
+  </si>
+  <si>
+    <t>SEGLUROMET (ertugliflozine/ metformine)</t>
+  </si>
+  <si>
+    <t>31/07/2020 09:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197871/fr/segluromet-ertugliflozine/-metformine</t>
+  </si>
+  <si>
+    <t>p_3197871</t>
+  </si>
+  <si>
+    <t>ertugliflozine,metformine</t>
+  </si>
+  <si>
+    <t>MSD FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3197837/fr/segluromet-ertugliflozine/-metformine</t>
   </si>
   <si>
     <t>AVANDIA - AVANDAMET (rosiglitazone/ metformine)</t>
   </si>
   <si>
-    <t>06/18/2012 18:05:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985236/en/avandia-avandamet-rosiglitazone/-metformine</t>
+    <t>18/06/2012 18:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985236/fr/avandia-avandamet-rosiglitazone/-metformine</t>
   </si>
   <si>
     <t>pprd_2985236</t>
   </si>
   <si>
     <t>rosiglitazone,metformine</t>
   </si>
   <si>
     <t>Laboratoire GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399977/en/avandia-rosiglitazone/-metformine</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_810817/en/avandamet-rosiglitazone/-metformine</t>
+    <t>https://www.has-sante.fr/jcms/c_399977/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401017/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713102/fr/avandia-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1002684/fr/avandia-avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400139/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401016/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399976/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_713099/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810817/fr/avandamet-rosiglitazone/-metformine</t>
+  </si>
+  <si>
+    <t>PENTRYL (metformine)</t>
+  </si>
+  <si>
+    <t>10/07/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985994/fr/pentryl-metformine</t>
+  </si>
+  <si>
+    <t>pprd_2985994</t>
+  </si>
+  <si>
+    <t>LIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399577/fr/pentryl-metformine</t>
+  </si>
+  <si>
+    <t>CLONAROL (metformine)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986012/fr/clonarol-metformine</t>
+  </si>
+  <si>
+    <t>pprd_2986012</t>
+  </si>
+  <si>
+    <t>Laboratoire LIPHA SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399539/fr/clonarol-1000-mg-metformine</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="B3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="I2" t="s">
+        <v>12</v>
+      </c>
+      <c r="J2" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:S6"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>25</v>
+        <v>591</v>
       </c>
       <c r="B2" t="s">
-        <v>26</v>
+        <v>592</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>593</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>594</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>595</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>596</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>597</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:S11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>598</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>600</v>
+      </c>
+      <c r="B2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>602</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>603</v>
+      </c>
+      <c r="H2" t="s">
+        <v>604</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>605</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>606</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>607</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>608</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="B3" t="s">
-        <v>34</v>
+        <v>609</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>35</v>
+        <v>610</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>36</v>
+        <v>611</v>
       </c>
       <c r="H3" t="s">
-        <v>37</v>
+        <v>612</v>
       </c>
       <c r="I3" t="s">
-        <v>38</v>
+        <v>613</v>
       </c>
       <c r="J3" t="s">
-        <v>39</v>
+        <v>614</v>
       </c>
       <c r="K3" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        <v>42</v>
+        <v>615</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="B4" t="s">
-        <v>43</v>
+        <v>616</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>44</v>
+        <v>617</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>45</v>
+        <v>618</v>
       </c>
       <c r="H4" t="s">
-        <v>46</v>
+        <v>619</v>
       </c>
       <c r="I4" t="s">
-        <v>47</v>
+        <v>620</v>
       </c>
       <c r="J4" t="s">
-        <v>48</v>
+        <v>621</v>
       </c>
       <c r="K4" t="s">
-        <v>49</v>
+        <v>622</v>
       </c>
       <c r="L4" t="s">
-        <v>50</v>
+        <v>623</v>
       </c>
       <c r="M4" t="s">
-        <v>51</v>
-[...14 lines deleted...]
-        <v>56</v>
+        <v>624</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="B5" t="s">
-        <v>57</v>
+        <v>625</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>58</v>
+        <v>626</v>
       </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>59</v>
+        <v>627</v>
       </c>
       <c r="H5" t="s">
-        <v>60</v>
+        <v>628</v>
       </c>
       <c r="I5" t="s">
-        <v>61</v>
+        <v>629</v>
       </c>
       <c r="J5" t="s">
-        <v>48</v>
+        <v>630</v>
       </c>
       <c r="K5" t="s">
-        <v>62</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>631</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>25</v>
+        <v>600</v>
       </c>
       <c r="B6" t="s">
-        <v>66</v>
+        <v>632</v>
       </c>
       <c r="C6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>67</v>
+        <v>633</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>634</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>635</v>
       </c>
       <c r="I6" t="s">
-        <v>70</v>
+        <v>636</v>
       </c>
       <c r="J6" t="s">
-        <v>71</v>
+        <v>637</v>
       </c>
       <c r="K6" t="s">
-        <v>72</v>
+        <v>638</v>
       </c>
       <c r="L6" t="s">
-        <v>73</v>
+        <v>639</v>
       </c>
       <c r="M6" t="s">
-        <v>74</v>
+        <v>640</v>
       </c>
       <c r="N6" t="s">
-        <v>75</v>
+        <v>641</v>
       </c>
       <c r="O6" t="s">
-        <v>76</v>
+        <v>642</v>
       </c>
       <c r="P6" t="s">
-        <v>77</v>
+        <v>643</v>
       </c>
       <c r="Q6" t="s">
-        <v>78</v>
+        <v>644</v>
       </c>
       <c r="R6" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>80</v>
+        <v>645</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>600</v>
+      </c>
+      <c r="B7" t="s">
+        <v>646</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>647</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>648</v>
+      </c>
+      <c r="H7" t="s">
+        <v>649</v>
+      </c>
+      <c r="I7" t="s">
+        <v>613</v>
+      </c>
+      <c r="J7" t="s">
+        <v>637</v>
+      </c>
+      <c r="K7" t="s">
+        <v>650</v>
+      </c>
+      <c r="L7" t="s">
+        <v>651</v>
+      </c>
+      <c r="M7" t="s">
+        <v>652</v>
+      </c>
+      <c r="N7" t="s">
+        <v>653</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>600</v>
+      </c>
+      <c r="B8" t="s">
+        <v>654</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>655</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>656</v>
+      </c>
+      <c r="H8" t="s">
+        <v>657</v>
+      </c>
+      <c r="I8" t="s">
+        <v>658</v>
+      </c>
+      <c r="J8" t="s">
+        <v>659</v>
+      </c>
+      <c r="K8" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>600</v>
+      </c>
+      <c r="B9" t="s">
+        <v>661</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>662</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>663</v>
+      </c>
+      <c r="H9" t="s">
+        <v>664</v>
+      </c>
+      <c r="I9" t="s">
+        <v>665</v>
+      </c>
+      <c r="J9" t="s">
+        <v>666</v>
+      </c>
+      <c r="K9" t="s">
+        <v>667</v>
+      </c>
+      <c r="L9" t="s">
+        <v>668</v>
+      </c>
+      <c r="M9" t="s">
+        <v>669</v>
+      </c>
+      <c r="N9" t="s">
+        <v>670</v>
+      </c>
+      <c r="O9" t="s">
+        <v>671</v>
+      </c>
+      <c r="P9" t="s">
+        <v>672</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>673</v>
+      </c>
+      <c r="R9" t="s">
+        <v>674</v>
+      </c>
+      <c r="S9" t="s">
+        <v>675</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>600</v>
+      </c>
+      <c r="B10" t="s">
+        <v>676</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>677</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>678</v>
+      </c>
+      <c r="H10" t="s">
+        <v>679</v>
+      </c>
+      <c r="I10" t="s">
+        <v>629</v>
+      </c>
+      <c r="J10" t="s">
+        <v>680</v>
+      </c>
+      <c r="K10" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>600</v>
+      </c>
+      <c r="B11" t="s">
+        <v>682</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>677</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>683</v>
+      </c>
+      <c r="H11" t="s">
+        <v>684</v>
+      </c>
+      <c r="I11" t="s">
+        <v>629</v>
+      </c>
+      <c r="J11" t="s">
+        <v>685</v>
+      </c>
+      <c r="K11" t="s">
+        <v>686</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>18</v>
+      </c>
+      <c r="B2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>21</v>
+      </c>
+      <c r="E2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>23</v>
+      </c>
+      <c r="H2" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>18</v>
+      </c>
+      <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>27</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>18</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>32</v>
+      </c>
+      <c r="D4" t="s">
+        <v>33</v>
+      </c>
+      <c r="E4" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>35</v>
+      </c>
+      <c r="H4" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>18</v>
+      </c>
+      <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D5" t="s">
+        <v>39</v>
+      </c>
+      <c r="E5" t="s">
+        <v>40</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>41</v>
+      </c>
+      <c r="H5" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H26"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>46</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>47</v>
+      </c>
+      <c r="H2" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>43</v>
+      </c>
+      <c r="B3" t="s">
+        <v>49</v>
+      </c>
+      <c r="C3" t="s">
+        <v>50</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>51</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>52</v>
+      </c>
+      <c r="H3" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B4" t="s">
+        <v>54</v>
+      </c>
+      <c r="C4" t="s">
+        <v>55</v>
+      </c>
+      <c r="D4" t="s">
+        <v>56</v>
+      </c>
+      <c r="E4" t="s">
+        <v>57</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>58</v>
+      </c>
+      <c r="H4" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>43</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>43</v>
+      </c>
+      <c r="B6" t="s">
+        <v>65</v>
+      </c>
+      <c r="C6" t="s">
+        <v>66</v>
+      </c>
+      <c r="D6" t="s">
+        <v>67</v>
+      </c>
+      <c r="E6" t="s">
+        <v>68</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>69</v>
+      </c>
+      <c r="H6" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C7" t="s">
+        <v>72</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>73</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>74</v>
+      </c>
+      <c r="H7" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>43</v>
+      </c>
+      <c r="B8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C8" t="s">
+        <v>77</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>73</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>78</v>
+      </c>
+      <c r="H8" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>43</v>
+      </c>
+      <c r="B9" t="s">
+        <v>80</v>
+      </c>
+      <c r="C9" t="s">
+        <v>81</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>82</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>43</v>
+      </c>
+      <c r="B10" t="s">
+        <v>85</v>
+      </c>
+      <c r="C10" t="s">
+        <v>86</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>82</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>87</v>
+      </c>
+      <c r="H10" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>43</v>
+      </c>
+      <c r="B11" t="s">
+        <v>89</v>
+      </c>
+      <c r="C11" t="s">
+        <v>90</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>91</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>92</v>
+      </c>
+      <c r="H11" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>43</v>
+      </c>
+      <c r="B12" t="s">
+        <v>94</v>
+      </c>
+      <c r="C12" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>96</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>43</v>
+      </c>
+      <c r="B13" t="s">
+        <v>99</v>
+      </c>
+      <c r="C13" t="s">
+        <v>100</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>101</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>102</v>
+      </c>
+      <c r="H13" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>43</v>
+      </c>
+      <c r="B14" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" t="s">
+        <v>105</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>106</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>107</v>
+      </c>
+      <c r="H14" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>43</v>
+      </c>
+      <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>110</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>111</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>112</v>
+      </c>
+      <c r="H15" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>43</v>
+      </c>
+      <c r="B16" t="s">
+        <v>114</v>
+      </c>
+      <c r="C16" t="s">
+        <v>115</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>111</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>116</v>
+      </c>
+      <c r="H16" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>43</v>
+      </c>
+      <c r="B17" t="s">
+        <v>118</v>
+      </c>
+      <c r="C17" t="s">
+        <v>119</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>121</v>
+      </c>
+      <c r="H17" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>43</v>
+      </c>
+      <c r="B18" t="s">
+        <v>123</v>
+      </c>
+      <c r="C18" t="s">
+        <v>124</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>125</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>126</v>
+      </c>
+      <c r="H18" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" t="s">
+        <v>128</v>
+      </c>
+      <c r="C19" t="s">
+        <v>129</v>
+      </c>
+      <c r="D19" t="s">
+        <v>125</v>
+      </c>
+      <c r="E19" t="s">
+        <v>130</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>131</v>
+      </c>
+      <c r="H19" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>43</v>
+      </c>
+      <c r="B20" t="s">
+        <v>133</v>
+      </c>
+      <c r="C20" t="s">
+        <v>134</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>135</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>136</v>
+      </c>
+      <c r="H20" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>43</v>
+      </c>
+      <c r="B21" t="s">
+        <v>138</v>
+      </c>
+      <c r="C21" t="s">
+        <v>139</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>140</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>141</v>
+      </c>
+      <c r="H21" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>43</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>144</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>145</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>146</v>
+      </c>
+      <c r="H22" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>43</v>
+      </c>
+      <c r="B23" t="s">
+        <v>148</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>149</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>150</v>
+      </c>
+      <c r="H23" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>43</v>
+      </c>
+      <c r="B24" t="s">
+        <v>152</v>
+      </c>
+      <c r="C24" t="s">
+        <v>153</v>
+      </c>
+      <c r="D24" t="s">
+        <v>154</v>
+      </c>
+      <c r="E24" t="s">
+        <v>155</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>156</v>
+      </c>
+      <c r="H24" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>43</v>
+      </c>
+      <c r="B25" t="s">
+        <v>158</v>
+      </c>
+      <c r="C25" t="s">
+        <v>153</v>
+      </c>
+      <c r="D25" t="s">
+        <v>154</v>
+      </c>
+      <c r="E25" t="s">
+        <v>159</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>160</v>
+      </c>
+      <c r="H25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>43</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>153</v>
+      </c>
+      <c r="D26" t="s">
+        <v>154</v>
+      </c>
+      <c r="E26" t="s">
+        <v>163</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>164</v>
+      </c>
+      <c r="H26" t="s">
+        <v>165</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>166</v>
+      </c>
+      <c r="B2" t="s">
+        <v>167</v>
+      </c>
+      <c r="C2" t="s">
+        <v>168</v>
+      </c>
+      <c r="D2" t="s">
+        <v>169</v>
+      </c>
+      <c r="E2" t="s">
+        <v>170</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>166</v>
+      </c>
+      <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>166</v>
+      </c>
+      <c r="B4" t="s">
+        <v>179</v>
+      </c>
+      <c r="C4" t="s">
+        <v>180</v>
+      </c>
+      <c r="D4" t="s">
+        <v>181</v>
+      </c>
+      <c r="E4" t="s">
+        <v>182</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>183</v>
+      </c>
+      <c r="H4" t="s">
+        <v>184</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>185</v>
+      </c>
+      <c r="B2" t="s">
+        <v>186</v>
+      </c>
+      <c r="C2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>188</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>189</v>
+      </c>
+      <c r="H2" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>185</v>
+      </c>
+      <c r="B3" t="s">
+        <v>191</v>
+      </c>
+      <c r="C3" t="s">
+        <v>192</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>193</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>194</v>
+      </c>
+      <c r="H3" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>185</v>
+      </c>
+      <c r="B4" t="s">
+        <v>196</v>
+      </c>
+      <c r="C4" t="s">
+        <v>197</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>198</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>199</v>
+      </c>
+      <c r="H4" t="s">
+        <v>200</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>201</v>
+      </c>
+      <c r="B2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C2" t="s">
+        <v>203</v>
+      </c>
+      <c r="D2" t="s">
+        <v>204</v>
+      </c>
+      <c r="E2" t="s">
+        <v>205</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>206</v>
+      </c>
+      <c r="H2" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>201</v>
+      </c>
+      <c r="B3" t="s">
+        <v>208</v>
+      </c>
+      <c r="C3" t="s">
+        <v>209</v>
+      </c>
+      <c r="D3" t="s">
+        <v>210</v>
+      </c>
+      <c r="E3" t="s">
+        <v>211</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>212</v>
+      </c>
+      <c r="H3" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>201</v>
+      </c>
+      <c r="B4" t="s">
+        <v>214</v>
+      </c>
+      <c r="C4" t="s">
+        <v>215</v>
+      </c>
+      <c r="D4" t="s">
+        <v>216</v>
+      </c>
+      <c r="E4" t="s">
+        <v>217</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>218</v>
+      </c>
+      <c r="H4" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>201</v>
+      </c>
+      <c r="B5" t="s">
+        <v>220</v>
+      </c>
+      <c r="C5" t="s">
+        <v>221</v>
+      </c>
+      <c r="D5" t="s">
+        <v>222</v>
+      </c>
+      <c r="E5" t="s">
+        <v>223</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>224</v>
+      </c>
+      <c r="H5" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>201</v>
+      </c>
+      <c r="B6" t="s">
+        <v>226</v>
+      </c>
+      <c r="C6" t="s">
+        <v>227</v>
+      </c>
+      <c r="D6" t="s">
+        <v>228</v>
+      </c>
+      <c r="E6" t="s">
+        <v>229</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>230</v>
+      </c>
+      <c r="H6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>201</v>
+      </c>
+      <c r="B7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C7" t="s">
+        <v>233</v>
+      </c>
+      <c r="D7" t="s">
+        <v>234</v>
+      </c>
+      <c r="E7" t="s">
+        <v>235</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>236</v>
+      </c>
+      <c r="H7" t="s">
+        <v>237</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I82"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>239</v>
+      </c>
+      <c r="B2" t="s">
+        <v>240</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>241</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>242</v>
+      </c>
+      <c r="H2" t="s">
+        <v>243</v>
+      </c>
+      <c r="I2" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>239</v>
+      </c>
+      <c r="B3" t="s">
+        <v>245</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>246</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>247</v>
+      </c>
+      <c r="H3" t="s">
+        <v>248</v>
+      </c>
+      <c r="I3" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>239</v>
+      </c>
+      <c r="B4" t="s">
+        <v>249</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>250</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>251</v>
+      </c>
+      <c r="H4" t="s">
+        <v>252</v>
+      </c>
+      <c r="I4" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>239</v>
+      </c>
+      <c r="B5" t="s">
+        <v>253</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>254</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>255</v>
+      </c>
+      <c r="H5" t="s">
+        <v>256</v>
+      </c>
+      <c r="I5" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>239</v>
+      </c>
+      <c r="B6" t="s">
+        <v>257</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>258</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>259</v>
+      </c>
+      <c r="H6" t="s">
+        <v>260</v>
+      </c>
+      <c r="I6" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>239</v>
+      </c>
+      <c r="B7" t="s">
+        <v>261</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>262</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>263</v>
+      </c>
+      <c r="H7" t="s">
+        <v>264</v>
+      </c>
+      <c r="I7" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>239</v>
+      </c>
+      <c r="B8" t="s">
+        <v>265</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>266</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>267</v>
+      </c>
+      <c r="H8" t="s">
+        <v>268</v>
+      </c>
+      <c r="I8" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>239</v>
+      </c>
+      <c r="B9" t="s">
+        <v>269</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>270</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>271</v>
+      </c>
+      <c r="H9" t="s">
+        <v>272</v>
+      </c>
+      <c r="I9" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>239</v>
+      </c>
+      <c r="B10" t="s">
+        <v>273</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>274</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>275</v>
+      </c>
+      <c r="H10" t="s">
+        <v>276</v>
+      </c>
+      <c r="I10" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>239</v>
+      </c>
+      <c r="B11" t="s">
+        <v>277</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>278</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>279</v>
+      </c>
+      <c r="H11" t="s">
+        <v>280</v>
+      </c>
+      <c r="I11" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>239</v>
+      </c>
+      <c r="B12" t="s">
+        <v>281</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>282</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>283</v>
+      </c>
+      <c r="H12" t="s">
+        <v>284</v>
+      </c>
+      <c r="I12" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>239</v>
+      </c>
+      <c r="B13" t="s">
+        <v>285</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>286</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>287</v>
+      </c>
+      <c r="H13" t="s">
+        <v>288</v>
+      </c>
+      <c r="I13" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>239</v>
+      </c>
+      <c r="B14" t="s">
+        <v>289</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>290</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>291</v>
+      </c>
+      <c r="H14" t="s">
+        <v>292</v>
+      </c>
+      <c r="I14" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>239</v>
+      </c>
+      <c r="B15" t="s">
+        <v>293</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>294</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>295</v>
+      </c>
+      <c r="H15" t="s">
+        <v>296</v>
+      </c>
+      <c r="I15" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>239</v>
+      </c>
+      <c r="B16" t="s">
+        <v>297</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>298</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>299</v>
+      </c>
+      <c r="H16" t="s">
+        <v>300</v>
+      </c>
+      <c r="I16" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>239</v>
+      </c>
+      <c r="B17" t="s">
+        <v>301</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>302</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>303</v>
+      </c>
+      <c r="H17" t="s">
+        <v>304</v>
+      </c>
+      <c r="I17" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>239</v>
+      </c>
+      <c r="B18" t="s">
+        <v>305</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>306</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>307</v>
+      </c>
+      <c r="H18" t="s">
+        <v>308</v>
+      </c>
+      <c r="I18" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>239</v>
+      </c>
+      <c r="B19" t="s">
+        <v>309</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>310</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>311</v>
+      </c>
+      <c r="H19" t="s">
+        <v>312</v>
+      </c>
+      <c r="I19" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>239</v>
+      </c>
+      <c r="B20" t="s">
+        <v>313</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>314</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>315</v>
+      </c>
+      <c r="H20" t="s">
+        <v>316</v>
+      </c>
+      <c r="I20" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>239</v>
+      </c>
+      <c r="B21" t="s">
+        <v>317</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>318</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>319</v>
+      </c>
+      <c r="H21" t="s">
+        <v>320</v>
+      </c>
+      <c r="I21" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>239</v>
+      </c>
+      <c r="B22" t="s">
+        <v>321</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>322</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>323</v>
+      </c>
+      <c r="H22" t="s">
+        <v>324</v>
+      </c>
+      <c r="I22" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>239</v>
+      </c>
+      <c r="B23" t="s">
+        <v>325</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>326</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>327</v>
+      </c>
+      <c r="H23" t="s">
+        <v>328</v>
+      </c>
+      <c r="I23" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>239</v>
+      </c>
+      <c r="B24" t="s">
+        <v>329</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>330</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>331</v>
+      </c>
+      <c r="H24" t="s">
+        <v>332</v>
+      </c>
+      <c r="I24" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>239</v>
+      </c>
+      <c r="B25" t="s">
+        <v>333</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>334</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>335</v>
+      </c>
+      <c r="H25" t="s">
+        <v>336</v>
+      </c>
+      <c r="I25" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>239</v>
+      </c>
+      <c r="B26" t="s">
+        <v>337</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>338</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>339</v>
+      </c>
+      <c r="H26" t="s">
+        <v>340</v>
+      </c>
+      <c r="I26" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>239</v>
+      </c>
+      <c r="B27" t="s">
+        <v>341</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>342</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>343</v>
+      </c>
+      <c r="H27" t="s">
+        <v>344</v>
+      </c>
+      <c r="I27" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>239</v>
+      </c>
+      <c r="B28" t="s">
+        <v>345</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>346</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>347</v>
+      </c>
+      <c r="H28" t="s">
+        <v>348</v>
+      </c>
+      <c r="I28" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>239</v>
+      </c>
+      <c r="B29" t="s">
+        <v>349</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>350</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>351</v>
+      </c>
+      <c r="H29" t="s">
+        <v>352</v>
+      </c>
+      <c r="I29" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>239</v>
+      </c>
+      <c r="B30" t="s">
+        <v>353</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>354</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>355</v>
+      </c>
+      <c r="H30" t="s">
+        <v>356</v>
+      </c>
+      <c r="I30" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>239</v>
+      </c>
+      <c r="B31" t="s">
+        <v>357</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>358</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>359</v>
+      </c>
+      <c r="H31" t="s">
+        <v>360</v>
+      </c>
+      <c r="I31" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>239</v>
+      </c>
+      <c r="B32" t="s">
+        <v>361</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>362</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>363</v>
+      </c>
+      <c r="H32" t="s">
+        <v>364</v>
+      </c>
+      <c r="I32" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>239</v>
+      </c>
+      <c r="B33" t="s">
+        <v>365</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>366</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>367</v>
+      </c>
+      <c r="H33" t="s">
+        <v>368</v>
+      </c>
+      <c r="I33" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>239</v>
+      </c>
+      <c r="B34" t="s">
+        <v>369</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>370</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>371</v>
+      </c>
+      <c r="H34" t="s">
+        <v>372</v>
+      </c>
+      <c r="I34" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>239</v>
+      </c>
+      <c r="B35" t="s">
+        <v>373</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>374</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>375</v>
+      </c>
+      <c r="H35" t="s">
+        <v>376</v>
+      </c>
+      <c r="I35" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>239</v>
+      </c>
+      <c r="B36" t="s">
+        <v>377</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>378</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>379</v>
+      </c>
+      <c r="H36" t="s">
+        <v>380</v>
+      </c>
+      <c r="I36" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>239</v>
+      </c>
+      <c r="B37" t="s">
+        <v>381</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>382</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>383</v>
+      </c>
+      <c r="H37" t="s">
+        <v>384</v>
+      </c>
+      <c r="I37" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>239</v>
+      </c>
+      <c r="B38" t="s">
+        <v>385</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>386</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>387</v>
+      </c>
+      <c r="H38" t="s">
+        <v>388</v>
+      </c>
+      <c r="I38" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>239</v>
+      </c>
+      <c r="B39" t="s">
+        <v>389</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>390</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>391</v>
+      </c>
+      <c r="H39" t="s">
+        <v>392</v>
+      </c>
+      <c r="I39" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>239</v>
+      </c>
+      <c r="B40" t="s">
+        <v>393</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>394</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>395</v>
+      </c>
+      <c r="H40" t="s">
+        <v>396</v>
+      </c>
+      <c r="I40" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>239</v>
+      </c>
+      <c r="B41" t="s">
+        <v>397</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>398</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>399</v>
+      </c>
+      <c r="H41" t="s">
+        <v>400</v>
+      </c>
+      <c r="I41" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>239</v>
+      </c>
+      <c r="B42" t="s">
+        <v>401</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>402</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>403</v>
+      </c>
+      <c r="H42" t="s">
+        <v>404</v>
+      </c>
+      <c r="I42" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>239</v>
+      </c>
+      <c r="B43" t="s">
+        <v>405</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>406</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>407</v>
+      </c>
+      <c r="H43" t="s">
+        <v>408</v>
+      </c>
+      <c r="I43" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>239</v>
+      </c>
+      <c r="B44" t="s">
+        <v>409</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>410</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>411</v>
+      </c>
+      <c r="H44" t="s">
+        <v>412</v>
+      </c>
+      <c r="I44" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>239</v>
+      </c>
+      <c r="B45" t="s">
+        <v>413</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>414</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>415</v>
+      </c>
+      <c r="H45" t="s">
+        <v>416</v>
+      </c>
+      <c r="I45" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>239</v>
+      </c>
+      <c r="B46" t="s">
+        <v>417</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>418</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>419</v>
+      </c>
+      <c r="H46" t="s">
+        <v>420</v>
+      </c>
+      <c r="I46" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>239</v>
+      </c>
+      <c r="B47" t="s">
+        <v>421</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>422</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>423</v>
+      </c>
+      <c r="H47" t="s">
+        <v>424</v>
+      </c>
+      <c r="I47" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>239</v>
+      </c>
+      <c r="B48" t="s">
+        <v>425</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>426</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>427</v>
+      </c>
+      <c r="H48" t="s">
+        <v>428</v>
+      </c>
+      <c r="I48" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>239</v>
+      </c>
+      <c r="B49" t="s">
+        <v>429</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>426</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>430</v>
+      </c>
+      <c r="H49" t="s">
+        <v>431</v>
+      </c>
+      <c r="I49" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>239</v>
+      </c>
+      <c r="B50" t="s">
+        <v>432</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>433</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>434</v>
+      </c>
+      <c r="H50" t="s">
+        <v>435</v>
+      </c>
+      <c r="I50" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>239</v>
+      </c>
+      <c r="B51" t="s">
+        <v>436</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>437</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>438</v>
+      </c>
+      <c r="H51" t="s">
+        <v>439</v>
+      </c>
+      <c r="I51" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>239</v>
+      </c>
+      <c r="B52" t="s">
+        <v>440</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>441</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>442</v>
+      </c>
+      <c r="H52" t="s">
+        <v>443</v>
+      </c>
+      <c r="I52" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>239</v>
+      </c>
+      <c r="B53" t="s">
+        <v>444</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>445</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>446</v>
+      </c>
+      <c r="H53" t="s">
+        <v>447</v>
+      </c>
+      <c r="I53" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>239</v>
+      </c>
+      <c r="B54" t="s">
+        <v>448</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>449</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>450</v>
+      </c>
+      <c r="H54" t="s">
+        <v>451</v>
+      </c>
+      <c r="I54" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>239</v>
+      </c>
+      <c r="B55" t="s">
+        <v>452</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>453</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>454</v>
+      </c>
+      <c r="H55" t="s">
+        <v>455</v>
+      </c>
+      <c r="I55" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>239</v>
+      </c>
+      <c r="B56" t="s">
+        <v>456</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>457</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>458</v>
+      </c>
+      <c r="H56" t="s">
+        <v>459</v>
+      </c>
+      <c r="I56" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>239</v>
+      </c>
+      <c r="B57" t="s">
+        <v>460</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>461</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>462</v>
+      </c>
+      <c r="H57" t="s">
+        <v>463</v>
+      </c>
+      <c r="I57" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>239</v>
+      </c>
+      <c r="B58" t="s">
+        <v>464</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>465</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>466</v>
+      </c>
+      <c r="H58" t="s">
+        <v>467</v>
+      </c>
+      <c r="I58" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>239</v>
+      </c>
+      <c r="B59" t="s">
+        <v>468</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>469</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>470</v>
+      </c>
+      <c r="H59" t="s">
+        <v>471</v>
+      </c>
+      <c r="I59" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>239</v>
+      </c>
+      <c r="B60" t="s">
+        <v>472</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>12</v>
+      </c>
+      <c r="E60" t="s">
+        <v>473</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>474</v>
+      </c>
+      <c r="H60" t="s">
+        <v>475</v>
+      </c>
+      <c r="I60" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>239</v>
+      </c>
+      <c r="B61" t="s">
+        <v>476</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>12</v>
+      </c>
+      <c r="E61" t="s">
+        <v>477</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>478</v>
+      </c>
+      <c r="H61" t="s">
+        <v>479</v>
+      </c>
+      <c r="I61" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>239</v>
+      </c>
+      <c r="B62" t="s">
+        <v>480</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>12</v>
+      </c>
+      <c r="E62" t="s">
+        <v>481</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>482</v>
+      </c>
+      <c r="H62" t="s">
+        <v>483</v>
+      </c>
+      <c r="I62" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>239</v>
+      </c>
+      <c r="B63" t="s">
+        <v>484</v>
+      </c>
+      <c r="C63" t="s">
+        <v>485</v>
+      </c>
+      <c r="D63" t="s">
+        <v>12</v>
+      </c>
+      <c r="E63" t="s">
+        <v>486</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>487</v>
+      </c>
+      <c r="H63" t="s">
+        <v>488</v>
+      </c>
+      <c r="I63" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>239</v>
+      </c>
+      <c r="B64" t="s">
+        <v>489</v>
+      </c>
+      <c r="C64" t="s">
+        <v>490</v>
+      </c>
+      <c r="D64" t="s">
+        <v>12</v>
+      </c>
+      <c r="E64" t="s">
+        <v>491</v>
+      </c>
+      <c r="F64" t="s">
+        <v>12</v>
+      </c>
+      <c r="G64" t="s">
+        <v>492</v>
+      </c>
+      <c r="H64" t="s">
+        <v>493</v>
+      </c>
+      <c r="I64" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>239</v>
+      </c>
+      <c r="B65" t="s">
+        <v>494</v>
+      </c>
+      <c r="C65" t="s">
+        <v>12</v>
+      </c>
+      <c r="D65" t="s">
+        <v>12</v>
+      </c>
+      <c r="E65" t="s">
+        <v>495</v>
+      </c>
+      <c r="F65" t="s">
+        <v>12</v>
+      </c>
+      <c r="G65" t="s">
+        <v>496</v>
+      </c>
+      <c r="H65" t="s">
+        <v>497</v>
+      </c>
+      <c r="I65" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>239</v>
+      </c>
+      <c r="B66" t="s">
+        <v>498</v>
+      </c>
+      <c r="C66" t="s">
+        <v>12</v>
+      </c>
+      <c r="D66" t="s">
+        <v>12</v>
+      </c>
+      <c r="E66" t="s">
+        <v>499</v>
+      </c>
+      <c r="F66" t="s">
+        <v>12</v>
+      </c>
+      <c r="G66" t="s">
+        <v>500</v>
+      </c>
+      <c r="H66" t="s">
+        <v>501</v>
+      </c>
+      <c r="I66" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>239</v>
+      </c>
+      <c r="B67" t="s">
+        <v>502</v>
+      </c>
+      <c r="C67" t="s">
+        <v>12</v>
+      </c>
+      <c r="D67" t="s">
+        <v>12</v>
+      </c>
+      <c r="E67" t="s">
+        <v>503</v>
+      </c>
+      <c r="F67" t="s">
+        <v>12</v>
+      </c>
+      <c r="G67" t="s">
+        <v>504</v>
+      </c>
+      <c r="H67" t="s">
+        <v>505</v>
+      </c>
+      <c r="I67" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>239</v>
+      </c>
+      <c r="B68" t="s">
+        <v>506</v>
+      </c>
+      <c r="C68" t="s">
+        <v>12</v>
+      </c>
+      <c r="D68" t="s">
+        <v>12</v>
+      </c>
+      <c r="E68" t="s">
+        <v>507</v>
+      </c>
+      <c r="F68" t="s">
+        <v>12</v>
+      </c>
+      <c r="G68" t="s">
+        <v>508</v>
+      </c>
+      <c r="H68" t="s">
+        <v>509</v>
+      </c>
+      <c r="I68" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>239</v>
+      </c>
+      <c r="B69" t="s">
+        <v>510</v>
+      </c>
+      <c r="C69" t="s">
+        <v>12</v>
+      </c>
+      <c r="D69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E69" t="s">
+        <v>511</v>
+      </c>
+      <c r="F69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G69" t="s">
+        <v>512</v>
+      </c>
+      <c r="H69" t="s">
+        <v>513</v>
+      </c>
+      <c r="I69" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>239</v>
+      </c>
+      <c r="B70" t="s">
+        <v>514</v>
+      </c>
+      <c r="C70" t="s">
+        <v>12</v>
+      </c>
+      <c r="D70" t="s">
+        <v>12</v>
+      </c>
+      <c r="E70" t="s">
+        <v>515</v>
+      </c>
+      <c r="F70" t="s">
+        <v>12</v>
+      </c>
+      <c r="G70" t="s">
+        <v>516</v>
+      </c>
+      <c r="H70" t="s">
+        <v>517</v>
+      </c>
+      <c r="I70" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>239</v>
+      </c>
+      <c r="B71" t="s">
+        <v>518</v>
+      </c>
+      <c r="C71" t="s">
+        <v>12</v>
+      </c>
+      <c r="D71" t="s">
+        <v>12</v>
+      </c>
+      <c r="E71" t="s">
+        <v>519</v>
+      </c>
+      <c r="F71" t="s">
+        <v>12</v>
+      </c>
+      <c r="G71" t="s">
+        <v>520</v>
+      </c>
+      <c r="H71" t="s">
+        <v>521</v>
+      </c>
+      <c r="I71" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>239</v>
+      </c>
+      <c r="B72" t="s">
+        <v>522</v>
+      </c>
+      <c r="C72" t="s">
+        <v>12</v>
+      </c>
+      <c r="D72" t="s">
+        <v>12</v>
+      </c>
+      <c r="E72" t="s">
+        <v>523</v>
+      </c>
+      <c r="F72" t="s">
+        <v>12</v>
+      </c>
+      <c r="G72" t="s">
+        <v>524</v>
+      </c>
+      <c r="H72" t="s">
+        <v>525</v>
+      </c>
+      <c r="I72" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>239</v>
+      </c>
+      <c r="B73" t="s">
+        <v>526</v>
+      </c>
+      <c r="C73" t="s">
+        <v>12</v>
+      </c>
+      <c r="D73" t="s">
+        <v>12</v>
+      </c>
+      <c r="E73" t="s">
+        <v>527</v>
+      </c>
+      <c r="F73" t="s">
+        <v>12</v>
+      </c>
+      <c r="G73" t="s">
+        <v>528</v>
+      </c>
+      <c r="H73" t="s">
+        <v>529</v>
+      </c>
+      <c r="I73" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>239</v>
+      </c>
+      <c r="B74" t="s">
+        <v>530</v>
+      </c>
+      <c r="C74" t="s">
+        <v>12</v>
+      </c>
+      <c r="D74" t="s">
+        <v>12</v>
+      </c>
+      <c r="E74" t="s">
+        <v>531</v>
+      </c>
+      <c r="F74" t="s">
+        <v>12</v>
+      </c>
+      <c r="G74" t="s">
+        <v>532</v>
+      </c>
+      <c r="H74" t="s">
+        <v>533</v>
+      </c>
+      <c r="I74" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>239</v>
+      </c>
+      <c r="B75" t="s">
+        <v>534</v>
+      </c>
+      <c r="C75" t="s">
+        <v>12</v>
+      </c>
+      <c r="D75" t="s">
+        <v>12</v>
+      </c>
+      <c r="E75" t="s">
+        <v>535</v>
+      </c>
+      <c r="F75" t="s">
+        <v>12</v>
+      </c>
+      <c r="G75" t="s">
+        <v>536</v>
+      </c>
+      <c r="H75" t="s">
+        <v>537</v>
+      </c>
+      <c r="I75" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>239</v>
+      </c>
+      <c r="B76" t="s">
+        <v>538</v>
+      </c>
+      <c r="C76" t="s">
+        <v>12</v>
+      </c>
+      <c r="D76" t="s">
+        <v>12</v>
+      </c>
+      <c r="E76" t="s">
+        <v>539</v>
+      </c>
+      <c r="F76" t="s">
+        <v>12</v>
+      </c>
+      <c r="G76" t="s">
+        <v>540</v>
+      </c>
+      <c r="H76" t="s">
+        <v>541</v>
+      </c>
+      <c r="I76" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>239</v>
+      </c>
+      <c r="B77" t="s">
+        <v>542</v>
+      </c>
+      <c r="C77" t="s">
+        <v>12</v>
+      </c>
+      <c r="D77" t="s">
+        <v>12</v>
+      </c>
+      <c r="E77" t="s">
+        <v>543</v>
+      </c>
+      <c r="F77" t="s">
+        <v>12</v>
+      </c>
+      <c r="G77" t="s">
+        <v>544</v>
+      </c>
+      <c r="H77" t="s">
+        <v>545</v>
+      </c>
+      <c r="I77" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>239</v>
+      </c>
+      <c r="B78" t="s">
+        <v>546</v>
+      </c>
+      <c r="C78" t="s">
+        <v>12</v>
+      </c>
+      <c r="D78" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" t="s">
+        <v>547</v>
+      </c>
+      <c r="F78" t="s">
+        <v>12</v>
+      </c>
+      <c r="G78" t="s">
+        <v>548</v>
+      </c>
+      <c r="H78" t="s">
+        <v>549</v>
+      </c>
+      <c r="I78" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>239</v>
+      </c>
+      <c r="B79" t="s">
+        <v>550</v>
+      </c>
+      <c r="C79" t="s">
+        <v>12</v>
+      </c>
+      <c r="D79" t="s">
+        <v>12</v>
+      </c>
+      <c r="E79" t="s">
+        <v>551</v>
+      </c>
+      <c r="F79" t="s">
+        <v>12</v>
+      </c>
+      <c r="G79" t="s">
+        <v>552</v>
+      </c>
+      <c r="H79" t="s">
+        <v>553</v>
+      </c>
+      <c r="I79" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>239</v>
+      </c>
+      <c r="B80" t="s">
+        <v>554</v>
+      </c>
+      <c r="C80" t="s">
+        <v>12</v>
+      </c>
+      <c r="D80" t="s">
+        <v>12</v>
+      </c>
+      <c r="E80" t="s">
+        <v>555</v>
+      </c>
+      <c r="F80" t="s">
+        <v>12</v>
+      </c>
+      <c r="G80" t="s">
+        <v>556</v>
+      </c>
+      <c r="H80" t="s">
+        <v>557</v>
+      </c>
+      <c r="I80" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>239</v>
+      </c>
+      <c r="B81" t="s">
+        <v>558</v>
+      </c>
+      <c r="C81" t="s">
+        <v>12</v>
+      </c>
+      <c r="D81" t="s">
+        <v>12</v>
+      </c>
+      <c r="E81" t="s">
+        <v>559</v>
+      </c>
+      <c r="F81" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" t="s">
+        <v>560</v>
+      </c>
+      <c r="H81" t="s">
+        <v>561</v>
+      </c>
+      <c r="I81" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>239</v>
+      </c>
+      <c r="B82" t="s">
+        <v>562</v>
+      </c>
+      <c r="C82" t="s">
+        <v>12</v>
+      </c>
+      <c r="D82" t="s">
+        <v>12</v>
+      </c>
+      <c r="E82" t="s">
+        <v>563</v>
+      </c>
+      <c r="F82" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" t="s">
+        <v>564</v>
+      </c>
+      <c r="H82" t="s">
+        <v>565</v>
+      </c>
+      <c r="I82" t="s">
+        <v>244</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>566</v>
+      </c>
+      <c r="B2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D2" t="s">
+        <v>569</v>
+      </c>
+      <c r="E2" t="s">
+        <v>570</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>571</v>
+      </c>
+      <c r="H2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>566</v>
+      </c>
+      <c r="B3" t="s">
+        <v>573</v>
+      </c>
+      <c r="C3" t="s">
+        <v>574</v>
+      </c>
+      <c r="D3" t="s">
+        <v>569</v>
+      </c>
+      <c r="E3" t="s">
+        <v>575</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>576</v>
+      </c>
+      <c r="H3" t="s">
+        <v>577</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>566</v>
+      </c>
+      <c r="B4" t="s">
+        <v>578</v>
+      </c>
+      <c r="C4" t="s">
+        <v>579</v>
+      </c>
+      <c r="D4" t="s">
+        <v>580</v>
+      </c>
+      <c r="E4" t="s">
+        <v>581</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>582</v>
+      </c>
+      <c r="H4" t="s">
+        <v>583</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>584</v>
+      </c>
+      <c r="B2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C2" t="s">
+        <v>586</v>
+      </c>
+      <c r="D2" t="s">
+        <v>587</v>
+      </c>
+      <c r="E2" t="s">
+        <v>588</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>589</v>
+      </c>
+      <c r="H2" t="s">
+        <v>590</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>