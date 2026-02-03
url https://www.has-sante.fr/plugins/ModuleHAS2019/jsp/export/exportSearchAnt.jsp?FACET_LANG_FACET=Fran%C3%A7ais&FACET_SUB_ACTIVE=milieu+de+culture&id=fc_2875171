--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -392,51 +392,51 @@
   <si>
     <t>13/12/2006 00:00:00</t>
   </si>
   <si>
     <t>13/12/2006 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1498744/fr/test-de-detection-de-la-production-d-ifng-interferon-gamma-pour-le-diagnostic-des-infections-tuberculeuses</t>
   </si>
   <si>
     <t>r_1498744</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/12/2025 09:50:14</t>
+    <t>18/12/2025 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
   </si>
   <si>
     <t>p_3804134</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
   </si>
   <si>
     <t>23/06/2022 00:00:00</t>
   </si>
   <si>
     <t>12/07/2022 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321070/fr/recommandation-vaccinale-contre-les-infections-a-rotavirus-revision-de-la-strategie-vaccinale-et-determination-de-la-place-des-vaccins-rotarix-et-rotateq</t>
   </si>
   <si>
     <t>p_3321070</t>
   </si>