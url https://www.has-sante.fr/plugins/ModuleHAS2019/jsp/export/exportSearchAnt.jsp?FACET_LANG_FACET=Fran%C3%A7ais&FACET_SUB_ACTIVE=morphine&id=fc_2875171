--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -45,51 +45,51 @@
     <sheet name="Export Recommandation de bonne " r:id="rId11" sheetId="9"/>
     <sheet name="Export Guide usagers" r:id="rId12" sheetId="10"/>
     <sheet name="Export Communiqué de presse" r:id="rId13" sheetId="11"/>
     <sheet name="Export Evaluation des technolog" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1191" uniqueCount="717">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1167" uniqueCount="702">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -2048,123 +2048,78 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
     <t>Quels niveaux d'environnements techniques pour la réalisation d'actes interventionnels ?</t>
   </si>
   <si>
     <t>16/12/2010 00:00:00</t>
   </si>
   <si>
     <t>14/03/2011 11:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1024762/fr/quels-niveaux-d-environnements-techniques-pour-la-realisation-d-actes-interventionnels</t>
   </si>
   <si>
     <t>c_1024762</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
-    <t>IQSS 2025 - PSY : Coordination, prises en charge somatiques et addictions, en ambulatoire : campagne de recueil des indicateurs de qualité et de sécurité des soins</t>
-[...13 lines deleted...]
-  <si>
     <t>Simulation en santé</t>
   </si>
   <si>
     <t>La simulation en santé correspond « à l’utilisation d’un matériel (comme un mannequin ou un simulateur procédural), de la réalité virtuelle ou d’un patient standardisé, pour reproduire des situations ou des environnements de soins, pour enseigner des procédures diagnostiques et thérapeutiques et permettre de répéter des processus, des situations cliniques ou des prises de décision par un professionnel de santé ou une équipe de professionnels. » Elle fait actuellement l’objet d’un développement important. Quel que soit le lieu où se déroule la simulation, il est impératif qu’elle soit structurée et organisée selon les règles de bonnes pratiques définies dans ce guide.</t>
   </si>
   <si>
     <t>22/02/2019 16:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_930641/fr/simulation-en-sante</t>
   </si>
   <si>
     <t>c_930641</t>
   </si>
   <si>
-    <t>IQSS - Archives - secteur PSY : Coordination et prises en charge somatiques en hospitalisation temps plein - versions antérieures des outils</t>
-[...13 lines deleted...]
-  <si>
     <t>IQSS 2019 - psychiatrie et santé mentale : développement d'indicateurs des thèmes « Prise en charge somatique en établissement de santé » et « Coordination entre l’hôpital et la ville » - ambulatoire</t>
   </si>
   <si>
     <t>La Haute Autorité de santé a débuté en 2018 des travaux de développement de nouveaux indicateurs de qualité et de sécurité des soins pour le secteur de la psychiatrie et de la santé mentale sur les trois thèmes suivants : « Prise en charge somatique en établissement de santé », « Coordination entre l’hôpital et la ville », « Pratiques d’isolement et de contention mécanique ». En fonction du thème, un ou deux périmètres hospitaliers peuvent être concernés : hospitalisation à temps plein et/ou ambulatoire.</t>
   </si>
   <si>
     <t>09/06/2022 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2913016/fr/iqss-2019-psychiatrie-et-sante-mentale-developpement-d-indicateurs-des-themes-prise-en-charge-somatique-en-etablissement-de-sante-et-coordination-entre-l-hopital-et-la-ville-ambulatoire</t>
   </si>
   <si>
     <t>c_2913016</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3479016</t>
   </si>
   <si>
     <t>Interactions avec les représentants de l’industrie : Accompagner tous les acteurs</t>
   </si>
   <si>
     <t>En plus de sa mission de certification de la "visite médicale" et des activités de présenation, d'information et de promotion, la HAS incite les acteurs à se saisir de la question des rencontres avec les représentants de l'industrie au sujet des produits de santé (médicaments, dispositifs médicaux) et des prestations associées. Elle met à leur disposition des études, des guides et des outils pour les accompagner. 2.14.0.0 2.14.0.0 2.14.0.0</t>
   </si>
   <si>
     <t>27/09/2016 10:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1099657/fr/interactions-avec-les-representants-de-l-industrie-accompagner-tous-les-acteurs</t>
   </si>
   <si>
     <t>c_1099657</t>
   </si>
   <si>
     <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
   </si>
   <si>
     <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
   </si>
   <si>
     <t>22/12/2015 12:22:00</t>
   </si>
@@ -2796,51 +2751,51 @@
       </c>
       <c r="D12" t="s">
         <v>662</v>
       </c>
       <c r="E12" t="s">
         <v>663</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>664</v>
       </c>
       <c r="H12" t="s">
         <v>665</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H11"/>
+  <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3008,128 +2963,50 @@
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>666</v>
       </c>
       <c r="B8" t="s">
         <v>697</v>
       </c>
       <c r="C8" t="s">
         <v>698</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>699</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>700</v>
       </c>
       <c r="H8" t="s">
         <v>701</v>
-      </c>
-[...76 lines deleted...]
-        <v>716</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>