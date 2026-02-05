--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -33,51 +33,51 @@
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Guide maladie chronique" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="427">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="428">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -983,306 +983,309 @@
   <si>
     <t>24/07/2013 00:00:00</t>
   </si>
   <si>
     <t>14/10/2013 11:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1650525/fr/guides-du-parcours-de-soins-des-cancers-broncho-pulmonaires-et-mesotheliome-pleural-malin</t>
   </si>
   <si>
     <t>c_1650525</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Implants exovasculaires de fermeture des malformations cardiaques congénitales - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS s’est autosaisie pour évaluer la description générique correspondant aux « implants exovasculaires de fermeture de malformations congénitales ».</t>
+  </si>
+  <si>
+    <t>09/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2024 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357728/fr/implants-exovasculaires-de-fermeture-des-malformations-cardiaques-congenitales-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3357728</t>
+  </si>
+  <si>
+    <t>Évaluation des sondes de défibrillation cardiaque</t>
+  </si>
+  <si>
+    <t>La CNEDiMTS confirme l’intérêt des sondes de défibrillation cardiaque et recommande une refonte de la nomenclature. Elle recommande la suppression de l’unique description générique actuelle et son remplacement par une inscription de ces dispositifs par nom de marque individualisant les sondes entre elles afin de permettre leur suivi individuel. Pour inscrire ces dispositifs, la CNEDiMTS préconise de distinguer deux catégories de sondes : les sondes de défibrillation ventriculaire droite à connecteurs DF-1/IS-1 ; les sondes de défibrillation ventriculaire droite à connecteur DF-4.</t>
+  </si>
+  <si>
+    <t>01/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2744218/fr/evaluation-des-sondes-de-defibrillation-cardiaque</t>
+  </si>
+  <si>
+    <t>c_2744218</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses plurales en extension (bridges cantilever) et des prothèses plurales collées (bridges collés)</t>
+  </si>
+  <si>
+    <t>Utilisation des bridges en extension (cantilever) ou des bridges collés dans le traitement de l’édentement unitaire en alternative aux bridges conventionnels ou aux couronnes unitaires sur implant</t>
+  </si>
+  <si>
+    <t>06/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2060963/fr/evaluation-des-protheses-plurales-en-extension-bridges-cantilever-et-des-protheses-plurales-collees-bridges-colles</t>
+  </si>
+  <si>
+    <t>c_2060963</t>
+  </si>
+  <si>
+    <t>Évaluation de l’occlusion de l’appendice auriculaire gauche par voie transcutanée</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les dispositifs de fermeture de l’appendice auriculaire gauche par voie transcutanée et de l’acte professionnel associé en vue de leur remboursement. Cette évaluation a pour objectifs, notamment, de : définir les indications ; évaluer l’intérêt des implants de fermeture de l’AAG par voie transcutanée chez des patients en FA non valvulaire, en prévention primaire ou secondaire des AVC en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>18/09/2014 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1760241/fr/evaluation-de-l-occlusion-de-l-appendice-auriculaire-gauche-par-voie-transcutanee</t>
+  </si>
+  <si>
+    <t>c_1760241</t>
+  </si>
+  <si>
+    <t>Implants articulaires d’épaule</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail a été d’évaluer l’intérêt des implants articulaires d’épaule éligibles au remboursement en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique des produits.</t>
+  </si>
+  <si>
+    <t>25/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>25/03/2014 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340726/fr/implants-articulaires-d-epaule</t>
+  </si>
+  <si>
+    <t>c_1340726</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses totales de hanche à couple de frottement métal-métal</t>
+  </si>
+  <si>
+    <t>L’objectif est de réévaluer l’intérêt des prothèses totales de hanche à couple de frottement métal-métal inscrites sous nom de marque sur la liste des produits et prestations remboursables (LPPR) afin de déterminer si leur prise en charge par la collectivité reste justifiée.</t>
+  </si>
+  <si>
+    <t>01/05/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2013 18:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1251608/fr/evaluation-des-protheses-totales-de-hanche-a-couple-de-frottement-metal-metal</t>
+  </si>
+  <si>
+    <t>c_1251608</t>
+  </si>
+  <si>
+    <t>Évaluation des implants articulaires de coude</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’intérêt des implants articulaires de coude en prenant en compte le rapport effet thérapeutique/effets indésirables, la place dans la stratégie thérapeutique et l’intérêt de santé publique de ces produits. Cette évaluation vise également à définir médicalement chaque description générique par des indications, et des modalités d’utilisation et de prescription.</t>
+  </si>
+  <si>
+    <t>28/09/2012 13:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1311405/fr/evaluation-des-implants-articulaires-de-coude</t>
+  </si>
+  <si>
+    <t>c_1311405</t>
+  </si>
+  <si>
+    <t>Évaluation des prothèses de hanche</t>
+  </si>
+  <si>
+    <t>L’évaluation des prothèses de hanche a été réalisée suite à l’arrêté du 25 juillet 2005. Elle a concerné les prothèses totales de hanche et les prothèses fémorales, ne remplaçant que le versant fémoral de l’articulation. L’objectif était de : définir les indications et les situations cliniques d’utilisation des différents types de prothèses existantes ; décrire les caractéristiques techniques auxquelles doivent répondre les prothèses inscrites sur la LPPR, ainsi que leurs conditions de prise en charge ; préciser les conditions de renouvellement d’inscription, en particulier les données cliniques complémentaires à fournir ; émettre des recommandations sur les études cliniques à mettre en œuvre pour améliorer l’évaluation des prothèses de hanche.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>02/10/2008 10:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_674535/fr/evaluation-des-protheses-de-hanche</t>
+  </si>
+  <si>
+    <t>c_674535</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 27 juin 2023</t>
+  </si>
+  <si>
+    <t>26/06/2023 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448624/fr/cnedimts-du-27-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3448624</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 17 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217538/fr/cnedimts-du-17-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3217538</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 28 janvier 2014</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720546/fr/cnedimts-reunion-du-28-janvier-2014</t>
+  </si>
+  <si>
+    <t>c_1720546</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 3 décembre 2013</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701881/fr/cnedimts-reunion-du-3-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1701881</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 11 juin 2013</t>
+  </si>
+  <si>
+    <t>31/07/2013 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1647053/fr/cnedimts-reunion-du-11-juin-2013</t>
+  </si>
+  <si>
+    <t>c_1647053</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0060/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la pose d’une coiffe pédodontique préformée</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 16:06:00</t>
+  </si>
+  <si>
     <t>11/12/2025 11:02:34</t>
-  </si>
-[...253 lines deleted...]
-    <t>04/12/2025 16:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784823/fr/avis-n2025-0060/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-la-pose-d-une-coiffe-pedodontique-preformee</t>
   </si>
   <si>
     <t>p_3784823</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>IQSS - Développement d’un outil d’analyse des verbatim de patients issus d’e-Satis</t>
   </si>
   <si>
     <t>La HAS débute un projet de développement d’un nouvel outil pour l'analyse des verbatim de patients issus des enquêtes nationales e-Satis. Il sera mis à disposition de tous les établissements de santé participant au dispositif national e-Satis afin qu’ils puissent analyser les commentaires libres de leurs patients. La note de cadrage de ce nouveau projet est diffusée sur le site de la HAS.</t>
   </si>
   <si>
     <t>24/10/2024 00:00:00</t>
   </si>
   <si>
     <t>16/03/2023 15:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390248/fr/iqss-developpement-d-un-outil-d-analyse-des-verbatim-de-patients-issus-d-e-satis</t>
   </si>
@@ -3691,231 +3694,231 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>398</v>
       </c>
       <c r="B2" t="s">
         <v>399</v>
       </c>
       <c r="C2" t="s">
         <v>400</v>
       </c>
       <c r="D2" t="s">
         <v>401</v>
       </c>
       <c r="E2" t="s">
-        <v>316</v>
+        <v>402</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="H2" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B2" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C2" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D2" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="E2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="H2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B3" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C3" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="D3" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="E3" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="H3" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:K2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="H2" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="I2" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="J2" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="K2" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>