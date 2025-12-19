--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -1,175 +1,352 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Études et Rapports" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Article HAS" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="141" uniqueCount="76">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>01/25/2018 14:18:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’objectif de ces recommandations « Prise en charge de la douleur de l’accouchement : analgésie périmédullaire et alternatives médicamenteuses » est d’améliorer, à toutes les étapes, la qualité et la sécurité de la prise en charge de la douleur de l’accouchement pour la mère et l’enfant à naître.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2024 08:26:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>https://www.has-sante.fr/jcms/p_3519414/fr/prise-en-charge-de-la-douleur-de-l-accouchement-analgesie-perimedullaire-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>p_3519414</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 décembre 2017</t>
+  </si>
+  <si>
+    <t>08/12/2017 15:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2811211/fr/college-deliberatif-du-13-decembre-2017</t>
+  </si>
+  <si>
+    <t>c_2811211</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Développement d’un indicateur de résultats en obstétrique mesurant les hémorragies du post-partum (HPP) à partir du PMSI</t>
+  </si>
+  <si>
+    <t>La HAS expérimente un indicateur de résultats en obstétrique mesurant les hémorragies du post-partum (HPP) à partir du PMSI.</t>
+  </si>
+  <si>
+    <t>12/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2024 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3488348/fr/developpement-d-un-indicateur-de-resultats-en-obstetrique-mesurant-les-hemorragies-du-post-partum-hpp-a-partir-du-pmsi</t>
+  </si>
+  <si>
+    <t>p_3488348</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>OXYTOCINE EVER PHARMA (oxytocine)</t>
+  </si>
+  <si>
+    <t>02/05/2018 16:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983322/fr/oxytocine-ever-pharma-oxytocine</t>
+  </si>
+  <si>
+    <t>pprd_2983322</t>
+  </si>
+  <si>
+    <t>oxytocine</t>
+  </si>
+  <si>
+    <t>CENTRE SPECIALITES PHARMACEUTIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719407/fr/oxytocine-medac-oxytocine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844749/fr/oxytocine-ever-pharma-oxytocine</t>
+  </si>
+  <si>
+    <t>SYNTOCINON (oxytocine)</t>
+  </si>
+  <si>
+    <t>24/08/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985330/fr/syntocinon-oxytocine</t>
+  </si>
+  <si>
+    <t>pprd_2985330</t>
+  </si>
+  <si>
+    <t>Laboratoire SIGMA TAU FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_834962/fr/syntocinon-oxytocine</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +386,490 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>41</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+      <c r="I3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>47</v>
+      </c>
+      <c r="D2" t="s">
+        <v>48</v>
+      </c>
+      <c r="E2" t="s">
+        <v>49</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>50</v>
+      </c>
+      <c r="H2" t="s">
+        <v>51</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>52</v>
+      </c>
+      <c r="J1" t="s">
+        <v>53</v>
+      </c>
+      <c r="K1" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>55</v>
+      </c>
+      <c r="B2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>57</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>58</v>
+      </c>
+      <c r="H2" t="s">
+        <v>59</v>
+      </c>
+      <c r="I2" t="s">
+        <v>60</v>
+      </c>
+      <c r="J2" t="s">
+        <v>61</v>
+      </c>
+      <c r="K2" t="s">
+        <v>62</v>
+      </c>
+      <c r="L2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>55</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>65</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>66</v>
+      </c>
+      <c r="H3" t="s">
+        <v>67</v>
+      </c>
+      <c r="I3" t="s">
+        <v>60</v>
+      </c>
+      <c r="J3" t="s">
+        <v>68</v>
+      </c>
+      <c r="K3" t="s">
+        <v>69</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>70</v>
+      </c>
+      <c r="B2" t="s">
+        <v>71</v>
+      </c>
+      <c r="C2" t="s">
+        <v>72</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>73</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>74</v>
+      </c>
+      <c r="H2" t="s">
+        <v>75</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>