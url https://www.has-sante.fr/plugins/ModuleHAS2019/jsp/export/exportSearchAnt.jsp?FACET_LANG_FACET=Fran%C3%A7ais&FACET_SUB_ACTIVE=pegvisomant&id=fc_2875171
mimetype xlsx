--- v0 (2025-11-04)
+++ v1 (2026-02-03)
@@ -1,261 +1,567 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export évènement de calendrier" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="26" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="86" uniqueCount="50">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Dysplasie et syndrome de McCune-Albright</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dysplasie fibreuse (DF), de l’âge pédiatrique à l’âge adulte. Il a été élaboré par le Centre de référence Dysplasie fibreuse et syndrome de McCune-Albright à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>09/09/2022 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351116/fr/dysplasie-et-syndrome-de-mccune-albright</t>
+  </si>
+  <si>
+    <t>p_3351116</t>
+  </si>
+  <si>
+    <t>Acromégalie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acromégalie. Il a été élaboré par le Centre de Référence des Maladies rares de l’Hypophyse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/11/2021 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292767/fr/acromegalie</t>
+  </si>
+  <si>
+    <t>p_3292767</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 février 2014</t>
+  </si>
+  <si>
+    <t>12/02/2014 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723927/fr/commission-de-la-transparence-reunion-du-19-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1723927</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mai 2013</t>
+  </si>
+  <si>
+    <t>15/05/2013 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1544629/fr/commission-de-la-transparence-reunion-du-15-mai-2013</t>
+  </si>
+  <si>
+    <t>c_1544629</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er décembre 2010</t>
+  </si>
+  <si>
+    <t>01/12/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1003851/fr/commission-de-la-transparence-reunion-du-1er-decembre-2010</t>
+  </si>
+  <si>
+    <t>c_1003851</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>SOMAVERT (pegvisomant)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984323/en/somavert-pegvisomant</t>
+    <t>16/11/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984323/fr/somavert-pegvisomant</t>
   </si>
   <si>
     <t>pprd_2984323</t>
   </si>
   <si>
     <t>pegvisomant</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399928/en/somavert-10-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-15-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-20-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-et-boite-de-30</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572175/en/somavert-pegvisomant</t>
+    <t>https://www.has-sante.fr/jcms/c_399928/fr/somavert-10-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-15-mg-poudre-et-solvant-pour-solution-injectable-boite-de-30-somavert-20-mg-poudre-et-solvant-pour-solution-injectable-boite-de-1-et-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1013230/fr/somavert-pegvisomant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1600988/fr/somavert-pegvisomant-analogue-de-l-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730032/fr/somavert-pegvisomant-antagoniste-du-recepteur-de-l-hormone-de-croissance</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572175/fr/somavert-pegvisomant</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
         <v>12</v>
       </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>13</v>
+      </c>
+      <c r="H2" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>21</v>
+      </c>
+      <c r="B2" t="s">
+        <v>22</v>
+      </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>23</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>26</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>28</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>29</v>
+      </c>
+      <c r="H3" t="s">
+        <v>30</v>
+      </c>
+      <c r="I3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>21</v>
+      </c>
+      <c r="B4" t="s">
+        <v>31</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>32</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>33</v>
+      </c>
+      <c r="H4" t="s">
+        <v>34</v>
+      </c>
+      <c r="I4" t="s">
+        <v>26</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>35</v>
+      </c>
+      <c r="J1" t="s">
+        <v>36</v>
+      </c>
+      <c r="K1" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>38</v>
+      </c>
+      <c r="B2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>40</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>41</v>
+      </c>
+      <c r="H2" t="s">
+        <v>42</v>
+      </c>
+      <c r="I2" t="s">
+        <v>43</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>44</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>45</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>46</v>
       </c>
       <c r="M2" t="s">
-        <v>21</v>
+        <v>47</v>
       </c>
       <c r="N2" t="s">
-        <v>22</v>
+        <v>48</v>
       </c>
       <c r="O2" t="s">
-        <v>23</v>
+        <v>49</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>