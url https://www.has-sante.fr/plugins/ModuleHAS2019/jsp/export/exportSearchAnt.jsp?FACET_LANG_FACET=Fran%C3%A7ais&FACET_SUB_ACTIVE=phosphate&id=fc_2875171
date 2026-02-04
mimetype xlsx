--- v1 (2025-12-21)
+++ v2 (2026-02-04)
@@ -45,51 +45,51 @@
     <sheet name="Export Communiqué de presse" r:id="rId11" sheetId="9"/>
     <sheet name="Export Evaluation des technolog" r:id="rId12" sheetId="10"/>
     <sheet name="Export Avis et décisions de la " r:id="rId13" sheetId="11"/>
     <sheet name="Export Medicament" r:id="rId14" sheetId="12"/>
     <sheet name="Export Article HAS" r:id="rId15" sheetId="13"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2164" uniqueCount="1332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2173" uniqueCount="1336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -683,51 +683,51 @@
   <si>
     <t>CYSTISTAT 40mg/50ml</t>
   </si>
   <si>
     <t>05/04/2006 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398770/fr/cystistat-40mg/50ml</t>
   </si>
   <si>
     <t>c_398770</t>
   </si>
   <si>
     <t>BIONICHE</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Maladies des exostoses multiples</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de MEM. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 11:10:00</t>
+    <t>19/12/2025 17:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806315/fr/maladies-des-exostoses-multiples</t>
   </si>
   <si>
     <t>p_3806315</t>
   </si>
   <si>
     <t>Hypoparathyroïdie</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
   </si>
   <si>
     <t>c_2789355</t>
   </si>
   <si>
     <t>Mucopolysaccharidoses (MPS)</t>
   </si>
@@ -1430,65 +1430,77 @@
   <si>
     <t>ALD n° 10 - Syndromes drépanocytaires majeurs de l'adulte</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes. Ce PNDS est limité à la prise en charge de l’adulte atteint d’un syndrome drépanocytaire majeur (SDM). Il complète dans ce domaine le PNDS concernant les syndromes drépanocytaires majeurs de l’enfant et de l’adolescent et celui concernant les patients atteints de bêta- thalassémie majeure.</t>
   </si>
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 4 février 2026</t>
+  </si>
+  <si>
+    <t>29/01/2026 11:51:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840663/fr/commission-de-la-transparence-reunion-du-4-fevrier-2026</t>
+  </si>
+  <si>
+    <t>p_3840663</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>CTV - Réunion du 10 juin 2025</t>
   </si>
   <si>
     <t>14/10/2025 11:09:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3608312/fr/ctv-reunion-du-10-juin-2025</t>
   </si>
   <si>
     <t>p_3608312</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 11 décembre 2024</t>
   </si>
   <si>
     <t>04/12/2024 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3565815/fr/commission-de-la-transparence-reunion-du-11-decembre-2024</t>
   </si>
   <si>
     <t>p_3565815</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 20 novembre 2024</t>
   </si>
   <si>
     <t>15/11/2024 08:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3556609/fr/commission-de-la-transparence-reunion-du-20-novembre-2024</t>
   </si>
   <si>
     <t>p_3556609</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 24 avril 2024</t>
@@ -1916,51 +1928,51 @@
   <si>
     <t>Résultats nationaux campagne 2017 des indicateurs sur la prise en charge des patients hémodialysés chroniques.</t>
   </si>
   <si>
     <t>19/12/2017 10:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677037/fr/prise-en-charge-des-patients-hemodialyses-chroniques-dia</t>
   </si>
   <si>
     <t>c_2677037</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
   </si>
   <si>
     <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
   </si>
   <si>
     <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/12/2025 09:50:14</t>
+    <t>18/12/2025 09:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
   </si>
   <si>
     <t>p_3804134</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections invasives à pneumocoques : Place du vaccin CAPVAXIVE chez l’adulte</t>
   </si>
   <si>
     <t>La HAS place le vaccin CAPVAXIVE dans la stratégie actuelle de vaccination contre les infections invasives à pneumocoque chez les personnes âgées de 65 ans et plus et celles de 18 ans à 64 ans à risque d’infection invasive à pneumocoque.</t>
   </si>
   <si>
     <t>07/07/2025 18:09:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634637/fr/strategie-de-vaccination-contre-les-infections-invasives-a-pneumocoques-place-du-vaccin-capvaxive-chez-l-adulte</t>
   </si>
   <si>
     <t>p_3634637</t>
   </si>
   <si>
     <t>Élargissement des critères d'éligibilité à la vaccination antipneumococcique chez les adultes - Recommandation vaccinale</t>
   </si>
@@ -2171,51 +2183,51 @@
   <si>
     <t>Sur saisine de la Direction Générale de l’Offre de Soins, la HAS a réalisé un travail, actualisant la synthèse de littérature qu’elle avait publié en 2005, sur la chimiothérapie pratiquée en hospitalisation à domicile. Elle a complété cette analyse par une étude des bases de données tarifaires codant les séjours de chimiothérapie en HAD (PMSI HAD) et par cinq monographies de sites, après enquête de terrain. Ces travaux ont permis à la HAS de dresser un état des lieux précis des pratiques actuelles de chimiothérapie en HAD et de produire des recommandations, destinées au décideur public, pour lever les freins au développement de cette activité.</t>
   </si>
   <si>
     <t>28/01/2015 00:00:00</t>
   </si>
   <si>
     <t>16/03/2015 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1696038/fr/conditions-du-developpement-de-la-chimiotherapie-en-hospitalisation-a-domicile</t>
   </si>
   <si>
     <t>c_1696038</t>
   </si>
   <si>
     <t>Détection précoce du cancer de la prostate</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la détection précoce du cancer de la prostate à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>26/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>08/10/2013 18:17:20</t>
+    <t>08/10/2013 18:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623737/fr/detection-precoce-du-cancer-de-la-prostate</t>
   </si>
   <si>
     <t>c_1623737</t>
   </si>
   <si>
     <t>Stratégies de prévention de la carie dentaire</t>
   </si>
   <si>
     <t>La carie dentaire et ses complications médicales restent très fréquentes, malgré la nette amélioration des dernières décennies dans l’ensemble des pays industrialisés. Bien que le processus carieux concerne tous les individus avec des dents, la fréquence de la carie varie entre populations, entre individus et chez un même individu au cours du temps. Ses déterminants (notamment comportementaux : brossage des dents, utilisation du fluor, habitudes alimentaires, etc.) et les conditions d’accès, mais aussi de recours aux soins posent de façon évidente des questions d’égalité, notamment sociale, face à la santé. Les soins conservateurs et prothétiques nécessaires au traitement de la carie sont à l’origine de coûts importants pour les usagers et pour l’Assurance maladie.</t>
   </si>
   <si>
     <t>31/03/2010 00:00:00</t>
   </si>
   <si>
     <t>13/10/2010 15:53:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_991247/fr/strategies-de-prevention-de-la-carie-dentaire</t>
   </si>
   <si>
     <t>c_991247</t>
   </si>
@@ -5163,2475 +5175,2475 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B2" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="C2" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="D2" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
       <c r="E2" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="H2" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B3" t="s">
+        <v>830</v>
+      </c>
+      <c r="C3" t="s">
+        <v>831</v>
+      </c>
+      <c r="D3" t="s">
         <v>826</v>
       </c>
-      <c r="C3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="H3" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B4" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="C4" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="D4" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="E4" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="H4" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B5" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="C5" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="D5" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="E5" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="H5" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B6" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="C6" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="D6" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
       <c r="E6" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="H6" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B7" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="C7" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
       <c r="D7" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="E7" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="H7" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B8" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
       <c r="C8" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="D8" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="E8" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="H8" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B9" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="C9" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="D9" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="E9" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="H9" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B10" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="C10" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="D10" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="E10" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="H10" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B11" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
       <c r="C11" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="D11" t="s">
         <v>107</v>
       </c>
       <c r="E11" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="H11" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B12" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="C12" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="D12" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="E12" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="H12" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B13" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="C13" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
       <c r="D13" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="E13" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="H13" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B14" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="C14" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="D14" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="E14" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="H14" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B15" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="C15" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
       <c r="D15" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="E15" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="H15" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B16" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="C16" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="D16" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
       <c r="E16" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="H16" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B17" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="C17" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="D17" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
       <c r="E17" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>912</v>
+        <v>916</v>
       </c>
       <c r="H17" t="s">
-        <v>913</v>
+        <v>917</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B18" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="C18" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
       <c r="D18" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="E18" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="H18" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B19" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="C19" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="H19" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>819</v>
+        <v>823</v>
       </c>
       <c r="B20" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="C20" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="D20" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
       <c r="E20" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="H20" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B2" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="C2" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="D2" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="E2" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="H2" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B3" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="C3" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="D3" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="E3" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="H3" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B4" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="C4" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="D4" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="E4" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="H4" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B5" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="C5" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="D5" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="E5" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="H5" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B6" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="C6" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="D6" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="E6" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="H6" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B7" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="C7" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
       <c r="D7" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="E7" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="H7" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B8" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="C8" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="D8" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="E8" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="H8" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="B9" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="C9" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="D9" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="E9" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="H9" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AL37"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B2" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="H2" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="I2" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="J2" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="K2" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="L2" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="M2" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="N2" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B3" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="H3" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="I3" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="J3" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="K3" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="L3" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="M3" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B4" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="H4" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="I4" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="J4" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="K4" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="L4" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="M4" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="N4" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="O4" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="P4" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="Q4" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B5" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="H5" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="I5" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="J5" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="K5" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="L5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="M5" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="N5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="O5" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B6" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="H6" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
       <c r="I6" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="J6" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="K6" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="L6" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="M6" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="N6" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B7" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
       <c r="H7" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="I7" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="J7" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="K7" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="L7" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B8" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
       <c r="H8" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="I8" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="J8" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="K8" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="L8" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="M8" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="N8" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B9" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="H9" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="I9" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="J9" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="K9" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="L9" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="M9" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
       <c r="N9" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="O9" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="P9" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="Q9" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="R9" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B10" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
       <c r="H10" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="I10" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="J10" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="K10" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="L10" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="M10" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B11" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="H11" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
       <c r="I11" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="J11" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="K11" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="L11" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="M11" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="N11" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="O11" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="P11" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="Q11" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
       <c r="R11" t="s">
+        <v>1090</v>
+      </c>
+      <c r="S11" t="s">
+        <v>1091</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1092</v>
+      </c>
+      <c r="U11" t="s">
+        <v>1093</v>
+      </c>
+      <c r="V11" t="s">
+        <v>1094</v>
+      </c>
+      <c r="W11" t="s">
+        <v>1095</v>
+      </c>
+      <c r="X11" t="s">
+        <v>1096</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>1097</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>1098</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>1099</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>1100</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>1101</v>
+      </c>
+      <c r="AD11" t="s">
+        <v>1102</v>
+      </c>
+      <c r="AE11" t="s">
         <v>1086</v>
       </c>
-      <c r="S11" t="s">
+      <c r="AF11" t="s">
         <v>1087</v>
       </c>
-      <c r="T11" t="s">
+      <c r="AG11" t="s">
         <v>1088</v>
       </c>
-      <c r="U11" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="AH11" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="AI11" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="AJ11" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
       <c r="AK11" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="AL11" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B12" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="H12" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="I12" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="J12" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="K12" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B13" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
       <c r="H13" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="I13" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="J13" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="K13" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B14" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="H14" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
       <c r="I14" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="J14" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="K14" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="L14" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="M14" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B15" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="H15" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="I15" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="J15" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="K15" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B16" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="H16" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="I16" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="J16" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="K16" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="L16" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
       <c r="M16" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B17" t="s">
-        <v>1143</v>
+        <v>1147</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="H17" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="I17" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="J17" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="K17" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="L17" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="M17" t="s">
-        <v>1151</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B18" t="s">
-        <v>1152</v>
+        <v>1156</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>1153</v>
+        <v>1157</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>1154</v>
+        <v>1158</v>
       </c>
       <c r="H18" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="I18" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="J18" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="K18" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="L18" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="M18" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="N18" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="O18" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="P18" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B19" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
       <c r="H19" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="I19" t="s">
-        <v>1168</v>
+        <v>1172</v>
       </c>
       <c r="J19" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="K19" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="L19" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
       <c r="M19" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="N19" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B20" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="H20" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="I20" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="J20" t="s">
-        <v>1179</v>
+        <v>1183</v>
       </c>
       <c r="K20" t="s">
-        <v>1180</v>
+        <v>1184</v>
       </c>
       <c r="L20" t="s">
-        <v>1181</v>
+        <v>1185</v>
       </c>
       <c r="M20" t="s">
-        <v>1182</v>
+        <v>1186</v>
       </c>
       <c r="N20" t="s">
-        <v>1183</v>
+        <v>1187</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B21" t="s">
-        <v>1184</v>
+        <v>1188</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="H21" t="s">
-        <v>1187</v>
+        <v>1191</v>
       </c>
       <c r="I21" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="J21" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="K21" t="s">
-        <v>1188</v>
+        <v>1192</v>
       </c>
       <c r="L21" t="s">
-        <v>1189</v>
+        <v>1193</v>
       </c>
       <c r="M21" t="s">
-        <v>1190</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B22" t="s">
-        <v>1191</v>
+        <v>1195</v>
       </c>
       <c r="C22" t="s">
         <v>12</v>
       </c>
       <c r="D22" t="s">
         <v>12</v>
       </c>
       <c r="E22" t="s">
-        <v>1192</v>
+        <v>1196</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>1193</v>
+        <v>1197</v>
       </c>
       <c r="H22" t="s">
-        <v>1194</v>
+        <v>1198</v>
       </c>
       <c r="I22" t="s">
-        <v>1195</v>
+        <v>1199</v>
       </c>
       <c r="J22" t="s">
-        <v>1196</v>
+        <v>1200</v>
       </c>
       <c r="K22" t="s">
-        <v>1197</v>
+        <v>1201</v>
       </c>
       <c r="L22" t="s">
-        <v>1198</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B23" t="s">
-        <v>1199</v>
+        <v>1203</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>12</v>
       </c>
       <c r="E23" t="s">
-        <v>1200</v>
+        <v>1204</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>1201</v>
+        <v>1205</v>
       </c>
       <c r="H23" t="s">
-        <v>1202</v>
+        <v>1206</v>
       </c>
       <c r="I23" t="s">
-        <v>1203</v>
+        <v>1207</v>
       </c>
       <c r="J23" t="s">
-        <v>1204</v>
+        <v>1208</v>
       </c>
       <c r="K23" t="s">
-        <v>1205</v>
+        <v>1209</v>
       </c>
       <c r="L23" t="s">
-        <v>1206</v>
+        <v>1210</v>
       </c>
       <c r="M23" t="s">
-        <v>1207</v>
+        <v>1211</v>
       </c>
       <c r="N23" t="s">
-        <v>1208</v>
+        <v>1212</v>
       </c>
       <c r="O23" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
       <c r="P23" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B24" t="s">
-        <v>1211</v>
+        <v>1215</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>1213</v>
+        <v>1217</v>
       </c>
       <c r="H24" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="I24" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="J24" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
       <c r="K24" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="L24" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="M24" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B25" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>1220</v>
+        <v>1224</v>
       </c>
       <c r="H25" t="s">
-        <v>1221</v>
+        <v>1225</v>
       </c>
       <c r="I25" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="J25" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="K25" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
       <c r="L25" t="s">
-        <v>1225</v>
+        <v>1229</v>
       </c>
       <c r="M25" t="s">
-        <v>1226</v>
+        <v>1230</v>
       </c>
       <c r="N25" t="s">
-        <v>1227</v>
+        <v>1231</v>
       </c>
       <c r="O25" t="s">
-        <v>1228</v>
+        <v>1232</v>
       </c>
       <c r="P25" t="s">
-        <v>1229</v>
+        <v>1233</v>
       </c>
       <c r="Q25" t="s">
-        <v>1230</v>
+        <v>1234</v>
       </c>
       <c r="R25" t="s">
-        <v>1231</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B26" t="s">
-        <v>1232</v>
+        <v>1236</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>1212</v>
+        <v>1216</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>1233</v>
+        <v>1237</v>
       </c>
       <c r="H26" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="I26" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="J26" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="K26" t="s">
-        <v>1236</v>
+        <v>1240</v>
       </c>
       <c r="L26" t="s">
-        <v>1237</v>
+        <v>1241</v>
       </c>
       <c r="M26" t="s">
-        <v>1238</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B27" t="s">
-        <v>1239</v>
+        <v>1243</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>1240</v>
+        <v>1244</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>1241</v>
+        <v>1245</v>
       </c>
       <c r="H27" t="s">
-        <v>1242</v>
+        <v>1246</v>
       </c>
       <c r="I27" t="s">
-        <v>1243</v>
+        <v>1247</v>
       </c>
       <c r="J27" t="s">
-        <v>1244</v>
+        <v>1248</v>
       </c>
       <c r="K27" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="L27" t="s">
-        <v>1246</v>
+        <v>1250</v>
       </c>
       <c r="M27" t="s">
-        <v>1247</v>
+        <v>1251</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B28" t="s">
-        <v>1248</v>
+        <v>1252</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="H28" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="I28" t="s">
-        <v>1252</v>
+        <v>1256</v>
       </c>
       <c r="J28" t="s">
-        <v>1253</v>
+        <v>1257</v>
       </c>
       <c r="K28" t="s">
-        <v>1254</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B29" t="s">
-        <v>1255</v>
+        <v>1259</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>1256</v>
+        <v>1260</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>1257</v>
+        <v>1261</v>
       </c>
       <c r="H29" t="s">
-        <v>1258</v>
+        <v>1262</v>
       </c>
       <c r="I29" t="s">
-        <v>1259</v>
+        <v>1263</v>
       </c>
       <c r="J29" t="s">
-        <v>1260</v>
+        <v>1264</v>
       </c>
       <c r="K29" t="s">
-        <v>1261</v>
+        <v>1265</v>
       </c>
       <c r="L29" t="s">
-        <v>1262</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B30" t="s">
-        <v>1263</v>
+        <v>1267</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>1264</v>
+        <v>1268</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>1265</v>
+        <v>1269</v>
       </c>
       <c r="H30" t="s">
-        <v>1266</v>
+        <v>1270</v>
       </c>
       <c r="I30" t="s">
-        <v>1267</v>
+        <v>1271</v>
       </c>
       <c r="J30" t="s">
-        <v>1268</v>
+        <v>1272</v>
       </c>
       <c r="K30" t="s">
-        <v>1269</v>
+        <v>1273</v>
       </c>
       <c r="L30" t="s">
-        <v>1270</v>
+        <v>1274</v>
       </c>
       <c r="M30" t="s">
-        <v>1271</v>
+        <v>1275</v>
       </c>
       <c r="N30" t="s">
-        <v>1272</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B31" t="s">
-        <v>1273</v>
+        <v>1277</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>1274</v>
+        <v>1278</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>1275</v>
+        <v>1279</v>
       </c>
       <c r="H31" t="s">
-        <v>1276</v>
+        <v>1280</v>
       </c>
       <c r="I31" t="s">
-        <v>1277</v>
+        <v>1281</v>
       </c>
       <c r="J31" t="s">
-        <v>1278</v>
+        <v>1282</v>
       </c>
       <c r="K31" t="s">
-        <v>1279</v>
+        <v>1283</v>
       </c>
       <c r="L31" t="s">
-        <v>1280</v>
+        <v>1284</v>
       </c>
       <c r="M31" t="s">
-        <v>1281</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B32" t="s">
-        <v>1282</v>
+        <v>1286</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>1283</v>
+        <v>1287</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="H32" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="I32" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="J32" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="K32" t="s">
-        <v>1288</v>
+        <v>1292</v>
       </c>
       <c r="L32" t="s">
-        <v>1289</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B33" t="s">
-        <v>1290</v>
+        <v>1294</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>1291</v>
+        <v>1295</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="H33" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="I33" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="J33" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="K33" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="L33" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B34" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="H34" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="I34" t="s">
-        <v>1302</v>
+        <v>1306</v>
       </c>
       <c r="J34" t="s">
-        <v>1303</v>
+        <v>1307</v>
       </c>
       <c r="K34" t="s">
-        <v>1304</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B35" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="H35" t="s">
-        <v>1308</v>
+        <v>1312</v>
       </c>
       <c r="I35" t="s">
-        <v>1309</v>
+        <v>1313</v>
       </c>
       <c r="J35" t="s">
-        <v>1310</v>
+        <v>1314</v>
       </c>
       <c r="K35" t="s">
-        <v>1311</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B36" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="H36" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="I36" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="J36" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="K36" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="B37" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="H37" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="I37" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="J37" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="K37" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="B2" t="s">
-        <v>1327</v>
+        <v>1331</v>
       </c>
       <c r="C2" t="s">
-        <v>1328</v>
+        <v>1332</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>1329</v>
+        <v>1333</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>1330</v>
+        <v>1334</v>
       </c>
       <c r="H2" t="s">
-        <v>1331</v>
+        <v>1335</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H51"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -8938,51 +8950,51 @@
       </c>
       <c r="D51" t="s">
         <v>455</v>
       </c>
       <c r="E51" t="s">
         <v>456</v>
       </c>
       <c r="F51" t="s">
         <v>12</v>
       </c>
       <c r="G51" t="s">
         <v>457</v>
       </c>
       <c r="H51" t="s">
         <v>458</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I37"/>
+  <dimension ref="A1:I38"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -9880,80 +9892,80 @@
       </c>
       <c r="E32" t="s">
         <v>583</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
         <v>584</v>
       </c>
       <c r="H32" t="s">
         <v>585</v>
       </c>
       <c r="I32" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>460</v>
       </c>
       <c r="B33" t="s">
         <v>586</v>
       </c>
       <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
         <v>587</v>
       </c>
-      <c r="D33" t="s">
-[...2 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
         <v>588</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
       <c r="I33" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>460</v>
       </c>
       <c r="B34" t="s">
+        <v>590</v>
+      </c>
+      <c r="C34" t="s">
         <v>591</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
         <v>592</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
         <v>593</v>
       </c>
       <c r="H34" t="s">
         <v>594</v>
       </c>
       <c r="I34" t="s">
         <v>465</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>460</v>
       </c>
       <c r="B35" t="s">
@@ -10014,1248 +10026,1277 @@
       <c r="A37" t="s">
         <v>460</v>
       </c>
       <c r="B37" t="s">
         <v>603</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
         <v>604</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
         <v>605</v>
       </c>
       <c r="H37" t="s">
         <v>606</v>
       </c>
       <c r="I37" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>460</v>
+      </c>
+      <c r="B38" t="s">
+        <v>607</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>608</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>609</v>
+      </c>
+      <c r="H38" t="s">
+        <v>610</v>
+      </c>
+      <c r="I38" t="s">
         <v>465</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B2" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C2" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D2" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E2" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="H2" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
       <c r="B3" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="C3" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="H3" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B2" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C2" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D2" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="E2" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
       <c r="H2" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B3" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C3" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="H3" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B4" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="C4" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="D4" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="E4" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="H4" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B5" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="C5" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="D5" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="E5" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="H5" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B6" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
       <c r="C6" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="D6" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="E6" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="H6" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B7" t="s">
+        <v>653</v>
+      </c>
+      <c r="C7" t="s">
+        <v>654</v>
+      </c>
+      <c r="D7" t="s">
         <v>649</v>
       </c>
-      <c r="C7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E7" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="H7" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B8" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="C8" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="D8" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="E8" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="H8" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B9" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="C9" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="D9" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="E9" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="H9" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B10" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="C10" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="D10" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
       <c r="E10" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="H10" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="B2" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="C2" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="H2" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="B3" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="H3" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B2" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="C2" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="D2" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="E2" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="H2" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B3" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="C3" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="D3" t="s">
         <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="H3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B4" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C4" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="D4" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="E4" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="H4" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B5" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="C5" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="D5" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
       <c r="E5" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="H5" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B6" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="C6" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="D6" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
       <c r="E6" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="H6" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="B7" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="C7" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="D7" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
       <c r="E7" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="H7" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B2" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="C2" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
       <c r="D2" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="E2" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="H2" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B3" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
       <c r="C3" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="D3" t="s">
         <v>232</v>
       </c>
       <c r="E3" t="s">
-        <v>726</v>
+        <v>730</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="H3" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B4" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="C4" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H4" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B5" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C5" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D5" t="s">
         <v>421</v>
       </c>
       <c r="E5" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
       <c r="H5" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B6" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="C6" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
       <c r="D6" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="E6" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H6" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B7" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C7" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="D7" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="E7" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="H7" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B8" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="C8" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="D8" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="E8" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
       <c r="H8" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B9" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="C9" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="D9" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="E9" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
       <c r="H9" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B10" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="C10" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="D10" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="E10" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="H10" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B11" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="C11" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="D11" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="E11" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="H11" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B12" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="C12" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
       <c r="D12" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="E12" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="H12" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B13" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
       <c r="C13" t="s">
-        <v>782</v>
+        <v>786</v>
       </c>
       <c r="D13" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="E13" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
       <c r="H13" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B14" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="C14" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="D14" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="E14" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
       <c r="H14" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B15" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="C15" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="D15" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="E15" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="H15" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B16" t="s">
+        <v>802</v>
+      </c>
+      <c r="C16" t="s">
+        <v>803</v>
+      </c>
+      <c r="D16" t="s">
         <v>798</v>
       </c>
-      <c r="C16" t="s">
+      <c r="E16" t="s">
         <v>799</v>
       </c>
-      <c r="D16" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="H16" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B17" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="C17" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="D17" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="E17" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="H17" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="B18" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="C18" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="D18" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="E18" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="H18" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="B2" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
       <c r="H2" t="s">
-        <v>818</v>
+        <v>822</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>