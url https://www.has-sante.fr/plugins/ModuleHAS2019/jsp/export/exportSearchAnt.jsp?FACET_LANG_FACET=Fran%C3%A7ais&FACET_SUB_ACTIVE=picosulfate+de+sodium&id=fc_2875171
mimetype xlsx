--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,377 +1,827 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="135" uniqueCount="78">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>11/03/2020 09:25:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Spina Bifida – Dysraphismes - Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de spina bifida. Il a été élaboré par le Centre de référence Spina Bifida – Dysraphismes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2853398/en/endoscopic-submucosal-dissection-as-treatment-for-potentially-cancerous-superficial-rectal-lesions-inahta-brief</t>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299637/fr/spina-bifida-dysraphismes-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>p_3299637</t>
+  </si>
+  <si>
+    <t>Pseudo Obstructions Intestinales Chroniques (POIC) chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de Pseudo Obstruction Intestinale Chronique (POIC), quel que soit son type et son âge. Il a été élaboré par le Centre de Référence des maladies rares digestives - MaRDi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300746/fr/pseudo-obstructions-intestinales-chroniques-poic-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3300746</t>
+  </si>
+  <si>
+    <t>Spina bifida- Gestion du handicap intestinal</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Spina bifida.</t>
+  </si>
+  <si>
+    <t>23/10/2014 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768140/fr/spina-bifida-gestion-du-handicap-intestinal</t>
+  </si>
+  <si>
+    <t>c_1768140</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions rectales superficielles à potentiel cancéreux</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’une lésion superficielle du rectum à potentiel cancéreux jugée à faible risque d’envahissement ganglionnaire, en comparaison à la mucosectomie et aux techniques chirurgicales, afin de statuer sur la pertinence de sa prise en charge par la collectivité.</t>
+  </si>
+  <si>
+    <t>22/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/11/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853398/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-rectales-superficielles-a-potentiel-cancereux</t>
   </si>
   <si>
     <t>c_2853398</t>
   </si>
   <si>
-    <t>Treatment of superficial colon cancer by endoscopic submucosal dissection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2853392/en/treatment-of-superficial-colon-cancer-by-endoscopic-submucosal-dissection-inahta-brief</t>
+    <t>Traitement endoscopique par dissection sous-muqueuse des lésions cancéreuses superficielles coliques</t>
+  </si>
+  <si>
+    <t>Évaluer l’efficacité et la sécurité de la technique de dissection sous-muqueuse (DSM) dans le cadre du traitement d’un cancer superficiel du côlon jugé à faible risque d’envahissement ganglionnaire</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2019 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2853392/fr/traitement-endoscopique-par-dissection-sous-muqueuse-des-lesions-cancereuses-superficielles-coliques</t>
   </si>
   <si>
     <t>c_2853392</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Exploration par capsule colique : utilité clinique, méta-analyse des performances diagnostiques, sécurité</t>
+  </si>
+  <si>
+    <t>Capsule colique, cancer colorectal, polype colorectal, symptôme colique, diagnostic, dépistage, coloscopie optique, coloscopie virtuelle</t>
+  </si>
+  <si>
+    <t>10/02/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>16/02/2016 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752851/fr/exploration-par-capsule-colique-utilite-clinique-meta-analyse-des-performances-diagnostiques-securite</t>
+  </si>
+  <si>
+    <t>c_1752851</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 novembre 2015</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573511/fr/commission-de-la-transparence-reunion-du-25-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2573511</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juin 2015</t>
+  </si>
+  <si>
+    <t>10/06/2015 18:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038314/fr/commission-de-la-transparence-reunion-du-17-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2038314</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>CITRAFLEET (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
   </si>
   <si>
-    <t>12/17/2015 11:06:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984290/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>17/12/2015 11:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984290/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
   </si>
   <si>
     <t>pprd_2984290</t>
   </si>
   <si>
     <t>citrique (acide) anhydre,magnésium (oxyde de) léger,picosulfate de sodium</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_969534/en/citrafleet</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2581317/en/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+    <t>https://www.has-sante.fr/jcms/c_969534/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581317/fr/citrafleet-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>PICOPREP (citrique (acide) anhydre/ magnésium (oxyde de) léger/ picosulfate de s...)</t>
+  </si>
+  <si>
+    <t>10/12/2015 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984307/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>pprd_2984307</t>
+  </si>
+  <si>
+    <t>FERRING SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1014909/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579398/fr/picoprep-citrique-acide-anhydre/-magnesium-oxyde-de-leger/-picosulfate-de-s</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
+      <c r="C4" t="s">
         <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>25</v>
       </c>
       <c r="B2" t="s">
         <v>26</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>28</v>
       </c>
       <c r="E2" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="H2" t="s">
-        <v>29</v>
+        <v>31</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" t="s">
+        <v>32</v>
+      </c>
+      <c r="C3" t="s">
+        <v>33</v>
+      </c>
+      <c r="D3" t="s">
+        <v>34</v>
+      </c>
+      <c r="E3" t="s">
+        <v>35</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>36</v>
+      </c>
+      <c r="H3" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>25</v>
+      </c>
+      <c r="B4" t="s">
+        <v>38</v>
+      </c>
+      <c r="C4" t="s">
+        <v>39</v>
+      </c>
+      <c r="D4" t="s">
+        <v>40</v>
+      </c>
+      <c r="E4" t="s">
+        <v>41</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>42</v>
+      </c>
+      <c r="H4" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
       </c>
       <c r="I2" t="s">
-        <v>30</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>52</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>53</v>
+      </c>
+      <c r="H3" t="s">
+        <v>54</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>59</v>
+      </c>
+      <c r="J1" t="s">
+        <v>60</v>
+      </c>
+      <c r="K1" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>65</v>
+      </c>
+      <c r="H2" t="s">
+        <v>66</v>
+      </c>
+      <c r="I2" t="s">
+        <v>67</v>
       </c>
       <c r="J2" t="s">
-        <v>31</v>
+        <v>68</v>
       </c>
       <c r="K2" t="s">
-        <v>32</v>
+        <v>69</v>
       </c>
       <c r="L2" t="s">
-        <v>33</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>71</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>72</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>73</v>
+      </c>
+      <c r="H3" t="s">
+        <v>74</v>
+      </c>
+      <c r="I3" t="s">
+        <v>67</v>
+      </c>
+      <c r="J3" t="s">
+        <v>75</v>
+      </c>
+      <c r="K3" t="s">
+        <v>76</v>
+      </c>
+      <c r="L3" t="s">
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>