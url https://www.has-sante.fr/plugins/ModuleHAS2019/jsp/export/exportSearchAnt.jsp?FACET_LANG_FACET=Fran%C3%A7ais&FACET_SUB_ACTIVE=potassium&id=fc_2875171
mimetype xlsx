--- v0 (2025-11-04)
+++ v1 (2025-12-21)
@@ -51,51 +51,51 @@
     <sheet name="Export Avis et décisions de la " r:id="rId15" sheetId="13"/>
     <sheet name="Export Medicament" r:id="rId16" sheetId="14"/>
     <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1644" uniqueCount="974">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1660" uniqueCount="984">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -407,50 +407,65 @@
   <si>
     <t>11/06/2003 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398466/fr/peptamen</t>
   </si>
   <si>
     <t>c_398466</t>
   </si>
   <si>
     <t>NESTLE CLINICAL NUTRITION France</t>
   </si>
   <si>
     <t>PEPTAMEN HN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_398467/fr/peptamen-hn</t>
   </si>
   <si>
     <t>c_398467</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
     <t>Parcours de soins du patient adulte vivant avec un diabète de type 2</t>
   </si>
   <si>
     <t>Ce guide détaille le rôle et la place des différents professionnels du secteur sanitaire, social et médico-social. Il aborde leurs modalités de coordination dont le recours à la télésanté, possible tout au long du parcours.</t>
   </si>
   <si>
     <t>26/06/2025 00:00:00</t>
   </si>
   <si>
     <t>16/07/2025 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634754/fr/parcours-de-soins-du-patient-adulte-vivant-avec-un-diabete-de-type-2</t>
   </si>
   <si>
     <t>p_3634754</t>
   </si>
   <si>
     <t>Syndrome de Costello</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>19/07/2012 00:00:00</t>
@@ -1460,50 +1475,65 @@
   <si>
     <t>21/11/2012 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1335194/fr/commission-de-la-transparence-reunion-du-21-novembre-2012</t>
   </si>
   <si>
     <t>c_1335194</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 16 juin 2010</t>
   </si>
   <si>
     <t>16/06/2010 10:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_959819/fr/commission-de-la-transparence-reunion-du-16-juin-2010</t>
   </si>
   <si>
     <t>c_959819</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
+    <t>Structuration de la posologie des médicaments</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de proposer un référentiel des besoins métier centré sur la posologie des médicaments que devra couvrir notamment l’ordonnance numérique portée par la CNAM. Ce référentiel constitue le socle d’un futur guide d’implémentation élaboré par l'ANS en lien avec Interop'Santé à destination des éditeurs de logiciels médicaux. Cette étape précèdera la mise en application fonctionnelle de posologies structurées via l’ergonomie des logiciels.</t>
+  </si>
+  <si>
+    <t>17/11/2025 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555137/fr/structuration-de-la-posologie-des-medicaments</t>
+  </si>
+  <si>
+    <t>p_3555137</t>
+  </si>
+  <si>
     <t>Développement de l’indicateur sur la mesure de la récupération de 5 complications post-opératoires</t>
   </si>
   <si>
     <t>La HAS développe un indicateur de résultat en chirurgie. Il mesure, à partir du PMSI, la survenue du décès après au moins une de 5 complication(s) post-opératoires grave(s) jugée(s) traitable(s) suivantes : choc ou arrêt cardiaque, sepsis, pneumopathie, thrombose veineuse profonde ou embolie pulmonaire, et hémorragie gastro-intestinale ou ulcère aigu.</t>
   </si>
   <si>
     <t>25/01/2024 11:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3468959/fr/developpement-de-l-indicateur-sur-la-mesure-de-la-recuperation-de-5-complications-post-operatoires</t>
   </si>
   <si>
     <t>p_3468959</t>
   </si>
   <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) : bilan annuel 2022</t>
   </si>
   <si>
     <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
   </si>
   <si>
     <t>24/11/2023 00:00:00</t>
   </si>
   <si>
     <t>20/11/2023 15:14:00</t>
@@ -1829,51 +1859,51 @@
   <si>
     <t>02/10/2006 00:00:00</t>
   </si>
   <si>
     <t>15/12/2006 10:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461657/fr/place-de-la-mammographie-numerique-dans-le-depistage-organise-du-cancer-du-sein</t>
   </si>
   <si>
     <t>c_461657</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique des patients atteints de condylomes ano-génitaux</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes de condylomes ano-génitaux. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>14/11/2024 00:00:00</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562508/fr/prise-en-charge-therapeutique-des-patients-atteints-de-condylomes-ano-genitaux</t>
   </si>
   <si>
     <t>p_3562508</t>
   </si>
@@ -2858,90 +2888,90 @@
   <si>
     <t>BICAFLAC (sodium/ chlorure/ bicarbonate/ potassium/ calcium/ magnésium/ glucose)</t>
   </si>
   <si>
     <t>05/09/2001 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986075/fr/bicaflac-sodium/-chlorure/-bicarbonate/-potassium/-calcium/-magnesium/-glucose</t>
   </si>
   <si>
     <t>pprd_2986075</t>
   </si>
   <si>
     <t>sodium,chlorure,bicarbonate,potassium,calcium,magnésium,glucose</t>
   </si>
   <si>
     <t>Laboratoires BAXTER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399125/fr/bicaflac-solution-tampon-sodium-chlorure-bicarbonate</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Mettre en œuvre le 6e cycle de certification</t>
+  </si>
+  <si>
+    <t>Le 6e cycle de certification des établissements de santé s’inscrit naturellement dans la continuité du dispositif actuel. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la lisibilité aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des informations, documents et outils nécessaires à l'appropriation de la certification des établissements de santé.</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563407/fr/mettre-en-oeuvre-le-6e-cycle-de-certification</t>
+  </si>
+  <si>
+    <t>p_3563407</t>
+  </si>
+  <si>
     <t>Comprendre la certification pour la qualité des soins</t>
   </si>
   <si>
     <t>Mise en œuvre par la HAS, la certification est un dispositif d’évaluation externe obligatoire pour tout établissement de santé, public ou privé, quelles que soient sa taille et son activité. Cette évaluation est effectuée tous les 4 ans par des professionnels mandatés par la HAS. Son objectif est de porter une appréciation indépendante sur la qualité des prestations des hôpitaux et cliniques en France.</t>
   </si>
   <si>
     <t>25/11/2020 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_411173/fr/comprendre-la-certification-pour-la-qualite-des-soins</t>
   </si>
   <si>
     <t>c_411173</t>
   </si>
   <si>
     <t>5e cycle de certification</t>
   </si>
   <si>
     <t>Membres de la gouvernance, professionnels des établissements de santé, représentants des usagers, cette page vous concerne. Centrée sur le soin, la démarche de certification pour la qualité des soins donne du sens et de la clarté aux professionnels et aux usagers. Vous trouverez sur cette page, l’ensemble des documents et outils nécessaires à la préparation de la visite de certification.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1495044/fr/5e-cycle-de-certification</t>
   </si>
   <si>
     <t>r_1495044</t>
-  </si>
-[...13 lines deleted...]
-    <t>p_3563407</t>
   </si>
   <si>
     <t>Accréditation des établissements de santé étrangers</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS), autorité publique indépendante à caractère scientifique, propose aux établissements de santé étrangers son savoir-faire et son expertise en matière d'évaluation via son dispositif de certification pour la qualité des soins, accrédité par l’International Society for Quality in Health Care (ISQua).</t>
   </si>
   <si>
     <t>23/05/2023 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
   </si>
   <si>
     <t>p_3433849</t>
   </si>
   <si>
     <t>Flashs sécurité patient : qu’en pensent les professionnels ?  </t>
   </si>
   <si>
     <t>La Haute Autorité de santé publie depuis mai 2021 des flashs sécurité patient (FSP). Chaque FSP décrit plusieurs évènements indésirables associés aux soins (EIAS) sélectionnés dans les bases de retour d’expérience du dispositif évènements indésirables graves associés aux soins (EIGS) ou de l’accréditation des médecins et des équipes médicales.</t>
   </si>
   <si>
     <t>12/04/2024 08:27:00</t>
   </si>
@@ -3201,1353 +3231,1353 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="B2" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="C2" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="D2" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="E2" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>744</v>
+        <v>754</v>
       </c>
       <c r="H2" t="s">
-        <v>745</v>
+        <v>755</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="B2" t="s">
-        <v>747</v>
+        <v>757</v>
       </c>
       <c r="C2" t="s">
-        <v>748</v>
+        <v>758</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>749</v>
+        <v>759</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>750</v>
+        <v>760</v>
       </c>
       <c r="H2" t="s">
-        <v>751</v>
+        <v>761</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="B3" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="C3" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="H3" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>746</v>
+        <v>756</v>
       </c>
       <c r="B4" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>758</v>
+        <v>768</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>759</v>
+        <v>769</v>
       </c>
       <c r="H4" t="s">
-        <v>760</v>
+        <v>770</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B2" t="s">
-        <v>762</v>
+        <v>772</v>
       </c>
       <c r="C2" t="s">
-        <v>763</v>
+        <v>773</v>
       </c>
       <c r="D2" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="E2" t="s">
-        <v>764</v>
+        <v>774</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>765</v>
+        <v>775</v>
       </c>
       <c r="H2" t="s">
-        <v>766</v>
+        <v>776</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B3" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="C3" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="D3" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="E3" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="H3" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B4" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="C4" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="D4" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="E4" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="H4" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B5" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="C5" t="s">
-        <v>779</v>
+        <v>789</v>
       </c>
       <c r="D5" t="s">
-        <v>780</v>
+        <v>790</v>
       </c>
       <c r="E5" t="s">
-        <v>781</v>
+        <v>791</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>782</v>
+        <v>792</v>
       </c>
       <c r="H5" t="s">
-        <v>783</v>
+        <v>793</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B6" t="s">
-        <v>784</v>
+        <v>794</v>
       </c>
       <c r="C6" t="s">
-        <v>785</v>
+        <v>795</v>
       </c>
       <c r="D6" t="s">
-        <v>786</v>
+        <v>796</v>
       </c>
       <c r="E6" t="s">
-        <v>787</v>
+        <v>797</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="H6" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B7" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="C7" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="D7" t="s">
-        <v>792</v>
+        <v>802</v>
       </c>
       <c r="E7" t="s">
-        <v>793</v>
+        <v>803</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>794</v>
+        <v>804</v>
       </c>
       <c r="H7" t="s">
-        <v>795</v>
+        <v>805</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>761</v>
+        <v>771</v>
       </c>
       <c r="B8" t="s">
-        <v>796</v>
+        <v>806</v>
       </c>
       <c r="C8" t="s">
-        <v>797</v>
+        <v>807</v>
       </c>
       <c r="D8" t="s">
-        <v>798</v>
+        <v>808</v>
       </c>
       <c r="E8" t="s">
-        <v>799</v>
+        <v>809</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>800</v>
+        <v>810</v>
       </c>
       <c r="H8" t="s">
-        <v>801</v>
+        <v>811</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="B2" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="C2" t="s">
-        <v>803</v>
+        <v>813</v>
       </c>
       <c r="D2" t="s">
-        <v>804</v>
+        <v>814</v>
       </c>
       <c r="E2" t="s">
-        <v>805</v>
+        <v>815</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>806</v>
+        <v>816</v>
       </c>
       <c r="H2" t="s">
-        <v>807</v>
+        <v>817</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="B3" t="s">
-        <v>808</v>
+        <v>818</v>
       </c>
       <c r="C3" t="s">
-        <v>809</v>
+        <v>819</v>
       </c>
       <c r="D3" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="E3" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="H3" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="B4" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="C4" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="D4" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="E4" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="H4" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>802</v>
+        <v>812</v>
       </c>
       <c r="B5" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="C5" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="D5" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="E5" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="H5" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="J1" t="s">
         <v>34</v>
       </c>
       <c r="K1" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B2" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="H2" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="I2" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="J2" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="K2" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B3" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="H3" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="I3" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="J3" t="s">
-        <v>841</v>
+        <v>851</v>
       </c>
       <c r="K3" t="s">
-        <v>842</v>
+        <v>852</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B4" t="s">
-        <v>843</v>
+        <v>853</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>844</v>
+        <v>854</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>845</v>
+        <v>855</v>
       </c>
       <c r="H4" t="s">
-        <v>846</v>
+        <v>856</v>
       </c>
       <c r="I4" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="J4" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="K4" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="L4" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="M4" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="N4" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="O4" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B5" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>855</v>
+        <v>865</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>856</v>
+        <v>866</v>
       </c>
       <c r="H5" t="s">
-        <v>857</v>
+        <v>867</v>
       </c>
       <c r="I5" t="s">
-        <v>858</v>
+        <v>868</v>
       </c>
       <c r="J5" t="s">
-        <v>859</v>
+        <v>869</v>
       </c>
       <c r="K5" t="s">
-        <v>860</v>
+        <v>870</v>
       </c>
       <c r="L5" t="s">
-        <v>861</v>
+        <v>871</v>
       </c>
       <c r="M5" t="s">
-        <v>862</v>
+        <v>872</v>
       </c>
       <c r="N5" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B6" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="H6" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="I6" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="J6" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="K6" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B7" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="H7" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="I7" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="J7" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="K7" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="L7" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B8" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>880</v>
+        <v>890</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>881</v>
+        <v>891</v>
       </c>
       <c r="H8" t="s">
-        <v>882</v>
+        <v>892</v>
       </c>
       <c r="I8" t="s">
-        <v>883</v>
+        <v>893</v>
       </c>
       <c r="J8" t="s">
-        <v>884</v>
+        <v>894</v>
       </c>
       <c r="K8" t="s">
-        <v>885</v>
+        <v>895</v>
       </c>
       <c r="L8" t="s">
-        <v>886</v>
+        <v>896</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B9" t="s">
-        <v>887</v>
+        <v>897</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>888</v>
+        <v>898</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="H9" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="I9" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="J9" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="K9" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="L9" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B10" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="H10" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="I10" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="J10" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="K10" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="L10" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B11" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="H11" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="I11" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="J11" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="K11" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="L11" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B12" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="H12" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="I12" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="J12" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="K12" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="L12" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="M12" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="N12" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B13" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="H13" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="I13" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="J13" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="K13" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="B14" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="H14" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="I14" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="J14" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="K14" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B2" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="C2" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="H2" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B3" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="C3" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>942</v>
+        <v>953</v>
       </c>
       <c r="H3" t="s">
-        <v>943</v>
+        <v>954</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B4" t="s">
-        <v>944</v>
+        <v>955</v>
       </c>
       <c r="C4" t="s">
-        <v>945</v>
+        <v>956</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>946</v>
+        <v>952</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="H4" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B5" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="C5" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="H5" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B6" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="C6" t="s">
-        <v>955</v>
+        <v>965</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>956</v>
+        <v>966</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>957</v>
+        <v>967</v>
       </c>
       <c r="H6" t="s">
-        <v>958</v>
+        <v>968</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B7" t="s">
-        <v>959</v>
+        <v>969</v>
       </c>
       <c r="C7" t="s">
-        <v>960</v>
+        <v>970</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>961</v>
+        <v>971</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>962</v>
+        <v>972</v>
       </c>
       <c r="H7" t="s">
-        <v>963</v>
+        <v>973</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B8" t="s">
-        <v>964</v>
+        <v>974</v>
       </c>
       <c r="C8" t="s">
-        <v>965</v>
+        <v>975</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>966</v>
+        <v>976</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>967</v>
+        <v>977</v>
       </c>
       <c r="H8" t="s">
-        <v>968</v>
+        <v>978</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="B9" t="s">
-        <v>969</v>
+        <v>979</v>
       </c>
       <c r="C9" t="s">
-        <v>970</v>
+        <v>980</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>971</v>
+        <v>981</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>972</v>
+        <v>982</v>
       </c>
       <c r="H9" t="s">
-        <v>973</v>
+        <v>983</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -5072,146 +5102,146 @@
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>115</v>
       </c>
       <c r="H17" t="s">
         <v>116</v>
       </c>
       <c r="I17" t="s">
         <v>13</v>
       </c>
       <c r="J17" t="s">
         <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H58"/>
+  <dimension ref="A1:H59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>117</v>
       </c>
       <c r="B2" t="s">
         <v>118</v>
       </c>
       <c r="C2" t="s">
         <v>119</v>
       </c>
       <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>120</v>
       </c>
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>121</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>122</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>117</v>
       </c>
       <c r="B3" t="s">
+        <v>123</v>
+      </c>
+      <c r="C3" t="s">
         <v>124</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>125</v>
       </c>
-      <c r="D3" t="s">
+      <c r="E3" t="s">
         <v>126</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>127</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>128</v>
-      </c>
-[...1 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>117</v>
       </c>
       <c r="B4" t="s">
+        <v>129</v>
+      </c>
+      <c r="C4" t="s">
         <v>130</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>131</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>133</v>
       </c>
       <c r="H4" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>117</v>
       </c>
       <c r="B5" t="s">
         <v>135</v>
       </c>
       <c r="C5" t="s">
         <v>136</v>
       </c>
       <c r="D5" t="s">
@@ -5271,207 +5301,207 @@
       </c>
       <c r="E7" t="s">
         <v>147</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>148</v>
       </c>
       <c r="H7" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>117</v>
       </c>
       <c r="B8" t="s">
         <v>150</v>
       </c>
       <c r="C8" t="s">
         <v>151</v>
       </c>
       <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>152</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>153</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>117</v>
       </c>
       <c r="B9" t="s">
+        <v>155</v>
+      </c>
+      <c r="C9" t="s">
         <v>156</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>158</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>159</v>
       </c>
       <c r="H9" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>117</v>
       </c>
       <c r="B10" t="s">
         <v>161</v>
       </c>
       <c r="C10" t="s">
         <v>162</v>
       </c>
       <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>163</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>164</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>165</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>117</v>
       </c>
       <c r="B11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" t="s">
         <v>167</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>168</v>
       </c>
-      <c r="D11" t="s">
+      <c r="E11" t="s">
         <v>169</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>170</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>171</v>
-      </c>
-[...1 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>117</v>
       </c>
       <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
         <v>173</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>174</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>175</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>176</v>
       </c>
       <c r="H12" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>117</v>
       </c>
       <c r="B13" t="s">
         <v>178</v>
       </c>
       <c r="C13" t="s">
         <v>179</v>
       </c>
       <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>180</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>181</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>117</v>
       </c>
       <c r="B14" t="s">
+        <v>183</v>
+      </c>
+      <c r="C14" t="s">
         <v>184</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>186</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>187</v>
       </c>
       <c r="H14" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>117</v>
       </c>
       <c r="B15" t="s">
         <v>189</v>
       </c>
       <c r="C15" t="s">
         <v>190</v>
       </c>
       <c r="D15" t="s">
@@ -5479,210 +5509,210 @@
       </c>
       <c r="E15" t="s">
         <v>191</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>192</v>
       </c>
       <c r="H15" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>117</v>
       </c>
       <c r="B16" t="s">
         <v>194</v>
       </c>
       <c r="C16" t="s">
         <v>195</v>
       </c>
       <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
         <v>196</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>197</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>198</v>
-      </c>
-[...1 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>117</v>
       </c>
       <c r="B17" t="s">
+        <v>199</v>
+      </c>
+      <c r="C17" t="s">
         <v>200</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E17" t="s">
         <v>202</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
         <v>203</v>
       </c>
       <c r="H17" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>117</v>
       </c>
       <c r="B18" t="s">
         <v>205</v>
       </c>
       <c r="C18" t="s">
         <v>206</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H18" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>117</v>
       </c>
       <c r="B19" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C19" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
         <v>212</v>
       </c>
       <c r="H19" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>117</v>
       </c>
       <c r="B20" t="s">
         <v>214</v>
       </c>
       <c r="C20" t="s">
         <v>215</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="H20" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>117</v>
       </c>
       <c r="B21" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C21" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="H21" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>117</v>
       </c>
       <c r="B22" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="C22" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>224</v>
+        <v>216</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>225</v>
       </c>
       <c r="H22" t="s">
         <v>226</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>117</v>
       </c>
       <c r="B23" t="s">
         <v>227</v>
       </c>
       <c r="C23" t="s">
         <v>228</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
@@ -5690,77 +5720,77 @@
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
         <v>230</v>
       </c>
       <c r="H23" t="s">
         <v>231</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>117</v>
       </c>
       <c r="B24" t="s">
         <v>232</v>
       </c>
       <c r="C24" t="s">
         <v>233</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H24" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>117</v>
       </c>
       <c r="B25" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C25" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
         <v>239</v>
       </c>
       <c r="H25" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>117</v>
       </c>
       <c r="B26" t="s">
         <v>241</v>
       </c>
       <c r="C26" t="s">
         <v>242</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
@@ -5846,77 +5876,77 @@
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
         <v>259</v>
       </c>
       <c r="H29" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>117</v>
       </c>
       <c r="B30" t="s">
         <v>261</v>
       </c>
       <c r="C30" t="s">
         <v>262</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="H30" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>117</v>
       </c>
       <c r="B31" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C31" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>268</v>
       </c>
       <c r="H31" t="s">
         <v>269</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>117</v>
       </c>
       <c r="B32" t="s">
         <v>270</v>
       </c>
       <c r="C32" t="s">
         <v>271</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
@@ -5976,155 +6006,155 @@
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
         <v>283</v>
       </c>
       <c r="H34" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>117</v>
       </c>
       <c r="B35" t="s">
         <v>285</v>
       </c>
       <c r="C35" t="s">
         <v>286</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H35" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>117</v>
       </c>
       <c r="B36" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C36" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>291</v>
+        <v>287</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
         <v>292</v>
       </c>
       <c r="H36" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>117</v>
       </c>
       <c r="B37" t="s">
         <v>294</v>
       </c>
       <c r="C37" t="s">
         <v>295</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="H37" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>117</v>
       </c>
       <c r="B38" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C38" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="H38" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>117</v>
       </c>
       <c r="B39" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="C39" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>304</v>
+        <v>296</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
         <v>305</v>
       </c>
       <c r="H39" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>117</v>
       </c>
       <c r="B40" t="s">
         <v>307</v>
       </c>
       <c r="C40" t="s">
         <v>308</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
@@ -6230,80 +6260,80 @@
       </c>
       <c r="D44" t="s">
         <v>13</v>
       </c>
       <c r="E44" t="s">
         <v>329</v>
       </c>
       <c r="F44" t="s">
         <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>330</v>
       </c>
       <c r="H44" t="s">
         <v>331</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>117</v>
       </c>
       <c r="B45" t="s">
         <v>332</v>
       </c>
       <c r="C45" t="s">
-        <v>13</v>
+        <v>333</v>
       </c>
       <c r="D45" t="s">
-        <v>333</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
         <v>334</v>
       </c>
       <c r="F45" t="s">
         <v>13</v>
       </c>
       <c r="G45" t="s">
         <v>335</v>
       </c>
       <c r="H45" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>117</v>
       </c>
       <c r="B46" t="s">
         <v>337</v>
       </c>
       <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
         <v>338</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>339</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>340</v>
       </c>
       <c r="H46" t="s">
         <v>341</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>117</v>
       </c>
       <c r="B47" t="s">
         <v>342</v>
       </c>
       <c r="C47" t="s">
         <v>343</v>
       </c>
       <c r="D47" t="s">
@@ -6386,2198 +6416,2250 @@
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>359</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>360</v>
       </c>
       <c r="H50" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>117</v>
       </c>
       <c r="B51" t="s">
         <v>362</v>
       </c>
       <c r="C51" t="s">
-        <v>13</v>
+        <v>363</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H51" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>117</v>
       </c>
       <c r="B52" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C52" t="s">
-        <v>162</v>
+        <v>13</v>
       </c>
       <c r="D52" t="s">
-        <v>367</v>
+        <v>13</v>
       </c>
       <c r="E52" t="s">
         <v>368</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>369</v>
       </c>
       <c r="H52" t="s">
         <v>370</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>117</v>
       </c>
       <c r="B53" t="s">
         <v>371</v>
       </c>
       <c r="C53" t="s">
+        <v>167</v>
+      </c>
+      <c r="D53" t="s">
         <v>372</v>
       </c>
-      <c r="D53" t="s">
+      <c r="E53" t="s">
         <v>373</v>
       </c>
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>374</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>376</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>117</v>
       </c>
       <c r="B54" t="s">
+        <v>376</v>
+      </c>
+      <c r="C54" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
       <c r="D54" t="s">
         <v>378</v>
       </c>
       <c r="E54" t="s">
         <v>379</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>380</v>
       </c>
       <c r="H54" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>117</v>
       </c>
       <c r="B55" t="s">
         <v>382</v>
       </c>
       <c r="C55" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D55" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E55" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="H55" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>117</v>
       </c>
       <c r="B56" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="C56" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="D56" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="E56" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="H56" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>117</v>
       </c>
       <c r="B57" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C57" t="s">
-        <v>391</v>
+        <v>167</v>
       </c>
       <c r="D57" t="s">
+        <v>383</v>
+      </c>
+      <c r="E57" t="s">
         <v>392</v>
       </c>
-      <c r="E57" t="s">
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
         <v>393</v>
       </c>
-      <c r="F57" t="s">
-[...2 lines deleted...]
-      <c r="G57" t="s">
+      <c r="H57" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>117</v>
       </c>
       <c r="B58" t="s">
+        <v>395</v>
+      </c>
+      <c r="C58" t="s">
         <v>396</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>397</v>
       </c>
-      <c r="D58" t="s">
+      <c r="E58" t="s">
         <v>398</v>
       </c>
-      <c r="E58" t="s">
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
         <v>399</v>
       </c>
-      <c r="F58" t="s">
-[...2 lines deleted...]
-      <c r="G58" t="s">
+      <c r="H58" t="s">
         <v>400</v>
       </c>
-      <c r="H58" t="s">
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>117</v>
+      </c>
+      <c r="B59" t="s">
         <v>401</v>
+      </c>
+      <c r="C59" t="s">
+        <v>402</v>
+      </c>
+      <c r="D59" t="s">
+        <v>403</v>
+      </c>
+      <c r="E59" t="s">
+        <v>404</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>405</v>
+      </c>
+      <c r="H59" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
       <c r="H2" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="I2" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B3" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="H3" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="I3" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B4" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>418</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>419</v>
+      </c>
+      <c r="H4" t="s">
+        <v>420</v>
+      </c>
+      <c r="I4" t="s">
         <v>413</v>
-      </c>
-[...10 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B5" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
       <c r="H5" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="I5" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B6" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H6" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="I6" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B7" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="H7" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="I7" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B8" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="H8" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="I8" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B9" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="H9" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="I9" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B10" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="H10" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="I10" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B11" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H11" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="I11" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B12" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="H12" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="I12" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B13" t="s">
-        <v>448</v>
+        <v>453</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>449</v>
+        <v>454</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>450</v>
+        <v>455</v>
       </c>
       <c r="H13" t="s">
-        <v>451</v>
+        <v>456</v>
       </c>
       <c r="I13" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B14" t="s">
-        <v>452</v>
+        <v>457</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>453</v>
+        <v>458</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="H14" t="s">
-        <v>455</v>
+        <v>460</v>
       </c>
       <c r="I14" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B15" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>458</v>
+        <v>463</v>
       </c>
       <c r="H15" t="s">
-        <v>459</v>
+        <v>464</v>
       </c>
       <c r="I15" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B16" t="s">
-        <v>460</v>
+        <v>465</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>461</v>
+        <v>466</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>462</v>
+        <v>467</v>
       </c>
       <c r="H16" t="s">
-        <v>463</v>
+        <v>468</v>
       </c>
       <c r="I16" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="B17" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="H17" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
       <c r="I17" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B2" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="C2" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="H2" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B3" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="C3" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="D3" t="s">
-        <v>476</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="H3" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B4" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="C4" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>486</v>
       </c>
       <c r="E4" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H4" t="s">
-        <v>484</v>
+        <v>489</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B5" t="s">
+        <v>490</v>
+      </c>
+      <c r="C5" t="s">
+        <v>491</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>492</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>493</v>
+      </c>
+      <c r="H5" t="s">
+        <v>494</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B2" t="s">
-        <v>486</v>
+        <v>496</v>
       </c>
       <c r="C2" t="s">
-        <v>487</v>
+        <v>497</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>488</v>
+        <v>498</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>489</v>
+        <v>499</v>
       </c>
       <c r="H2" t="s">
-        <v>490</v>
+        <v>500</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B3" t="s">
-        <v>491</v>
+        <v>501</v>
       </c>
       <c r="C3" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>493</v>
+        <v>503</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>494</v>
+        <v>504</v>
       </c>
       <c r="H3" t="s">
-        <v>495</v>
+        <v>505</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B4" t="s">
-        <v>496</v>
+        <v>506</v>
       </c>
       <c r="C4" t="s">
-        <v>497</v>
+        <v>507</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>498</v>
+        <v>508</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>499</v>
+        <v>509</v>
       </c>
       <c r="H4" t="s">
-        <v>500</v>
+        <v>510</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B5" t="s">
-        <v>501</v>
+        <v>511</v>
       </c>
       <c r="C5" t="s">
-        <v>502</v>
+        <v>512</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>503</v>
+        <v>513</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>504</v>
+        <v>514</v>
       </c>
       <c r="H5" t="s">
-        <v>505</v>
+        <v>515</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B6" t="s">
-        <v>506</v>
+        <v>516</v>
       </c>
       <c r="C6" t="s">
-        <v>507</v>
+        <v>517</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>508</v>
+        <v>518</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>509</v>
+        <v>519</v>
       </c>
       <c r="H6" t="s">
-        <v>510</v>
+        <v>520</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B7" t="s">
-        <v>511</v>
+        <v>521</v>
       </c>
       <c r="C7" t="s">
-        <v>512</v>
+        <v>522</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>513</v>
+        <v>523</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>514</v>
+        <v>524</v>
       </c>
       <c r="H7" t="s">
-        <v>515</v>
+        <v>525</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B8" t="s">
-        <v>516</v>
+        <v>526</v>
       </c>
       <c r="C8" t="s">
-        <v>517</v>
+        <v>527</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>518</v>
+        <v>528</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>519</v>
+        <v>529</v>
       </c>
       <c r="H8" t="s">
-        <v>520</v>
+        <v>530</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B9" t="s">
-        <v>521</v>
+        <v>531</v>
       </c>
       <c r="C9" t="s">
-        <v>522</v>
+        <v>532</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>523</v>
+        <v>533</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>524</v>
+        <v>534</v>
       </c>
       <c r="H9" t="s">
-        <v>525</v>
+        <v>535</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B10" t="s">
-        <v>526</v>
+        <v>536</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="H10" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B11" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="C11" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="H11" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B12" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C12" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="H12" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>485</v>
+        <v>495</v>
       </c>
       <c r="B13" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>542</v>
+        <v>552</v>
       </c>
       <c r="H13" t="s">
-        <v>543</v>
+        <v>553</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B2" t="s">
-        <v>545</v>
+        <v>555</v>
       </c>
       <c r="C2" t="s">
-        <v>546</v>
+        <v>556</v>
       </c>
       <c r="D2" t="s">
-        <v>547</v>
+        <v>557</v>
       </c>
       <c r="E2" t="s">
-        <v>548</v>
+        <v>558</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>549</v>
+        <v>559</v>
       </c>
       <c r="H2" t="s">
-        <v>550</v>
+        <v>560</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B3" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="C3" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="D3" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="E3" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="H3" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>544</v>
+        <v>554</v>
       </c>
       <c r="B4" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="C4" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="D4" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="E4" t="s">
-        <v>560</v>
+        <v>570</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>561</v>
+        <v>571</v>
       </c>
       <c r="H4" t="s">
-        <v>562</v>
+        <v>572</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="B2" t="s">
-        <v>564</v>
+        <v>574</v>
       </c>
       <c r="C2" t="s">
-        <v>565</v>
+        <v>575</v>
       </c>
       <c r="D2" t="s">
-        <v>566</v>
+        <v>576</v>
       </c>
       <c r="E2" t="s">
-        <v>567</v>
+        <v>577</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>568</v>
+        <v>578</v>
       </c>
       <c r="H2" t="s">
-        <v>569</v>
+        <v>579</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="B3" t="s">
-        <v>570</v>
+        <v>580</v>
       </c>
       <c r="C3" t="s">
-        <v>571</v>
+        <v>581</v>
       </c>
       <c r="D3" t="s">
-        <v>572</v>
+        <v>582</v>
       </c>
       <c r="E3" t="s">
-        <v>573</v>
+        <v>583</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>574</v>
+        <v>584</v>
       </c>
       <c r="H3" t="s">
-        <v>575</v>
+        <v>585</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="B4" t="s">
-        <v>576</v>
+        <v>586</v>
       </c>
       <c r="C4" t="s">
-        <v>577</v>
+        <v>587</v>
       </c>
       <c r="D4" t="s">
-        <v>578</v>
+        <v>588</v>
       </c>
       <c r="E4" t="s">
-        <v>579</v>
+        <v>589</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>580</v>
+        <v>590</v>
       </c>
       <c r="H4" t="s">
-        <v>581</v>
+        <v>591</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>563</v>
+        <v>573</v>
       </c>
       <c r="B5" t="s">
-        <v>582</v>
+        <v>592</v>
       </c>
       <c r="C5" t="s">
-        <v>583</v>
+        <v>593</v>
       </c>
       <c r="D5" t="s">
-        <v>584</v>
+        <v>594</v>
       </c>
       <c r="E5" t="s">
-        <v>585</v>
+        <v>595</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>586</v>
+        <v>596</v>
       </c>
       <c r="H5" t="s">
-        <v>587</v>
+        <v>597</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H27"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B2" t="s">
-        <v>589</v>
+        <v>599</v>
       </c>
       <c r="C2" t="s">
-        <v>590</v>
+        <v>600</v>
       </c>
       <c r="D2" t="s">
-        <v>591</v>
+        <v>601</v>
       </c>
       <c r="E2" t="s">
-        <v>592</v>
+        <v>602</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>593</v>
+        <v>603</v>
       </c>
       <c r="H2" t="s">
-        <v>594</v>
+        <v>604</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B3" t="s">
-        <v>595</v>
+        <v>605</v>
       </c>
       <c r="C3" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
       <c r="D3" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="E3" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="H3" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B4" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="C4" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
       <c r="D4" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="E4" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="H4" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B5" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="C5" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="D5" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="E5" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="H5" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B6" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="C6" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="D6" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="E6" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
       <c r="H6" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B7" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="C7" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="D7" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="E7" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H7" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B8" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="C8" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="D8" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="E8" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="H8" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B9" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="C9" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="D9" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="E9" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="H9" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B10" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="C10" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="D10" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="E10" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="H10" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B11" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="C11" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="D11" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="E11" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="H11" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B12" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="C12" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="D12" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="E12" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="H12" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B13" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="C13" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
       <c r="D13" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="E13" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="H13" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B14" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C14" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="D14" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="E14" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="H14" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>598</v>
+      </c>
+      <c r="B15" t="s">
+        <v>676</v>
+      </c>
+      <c r="C15" t="s">
+        <v>677</v>
+      </c>
+      <c r="D15" t="s">
         <v>588</v>
       </c>
-      <c r="B15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E15" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="H15" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B16" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="C16" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="D16" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="E16" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="H16" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B17" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="C17" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="D17" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="E17" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="H17" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B18" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="C18" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="D18" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="E18" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="H18" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B19" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="C19" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="D19" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="E19" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="H19" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B20" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="H20" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B21" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="C21" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="D21" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="E21" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="H21" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B22" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="C22" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="D22" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="E22" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="H22" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B23" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="C23" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="D23" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="E23" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="H23" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B24" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="C24" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="D24" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="E24" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="H24" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B25" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="C25" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="D25" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="E25" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="H25" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B26" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="C26" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="D26" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="E26" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="H26" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>588</v>
+        <v>598</v>
       </c>
       <c r="B27" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="C27" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="D27" t="s">
-        <v>541</v>
+        <v>551</v>
       </c>
       <c r="E27" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="H27" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>