--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,3103 +1,610 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet15.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...13 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId17" sheetId="15"/>
+    <sheet name="Export Practice guidelines" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Health technology assess" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Tool to improve professi" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...13 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1660" uniqueCount="984">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="162">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>28/09/2022 16:00:00</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Care for transgender adults</t>
+  </si>
+  <si>
+    <t>The aim of this guideline is to improve support and care for adult trans people.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>07/18/2025 10:28:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3372202/fr/certification-par-essai-de-type-des-logiciels-d-aide-a-la-dispensation-lad-de-pharmacie-a-usage-interieur-pui</t>
-[...434 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/p_3636735/en/care-for-transgender-adults</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Obesity surgery in adults</t>
+  </si>
+  <si>
+    <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
+  </si>
+  <si>
+    <t>01/28/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>06/22/2009 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_765529/en/obesity-surgery-in-adults</t>
+  </si>
+  <si>
+    <t>c_765529</t>
+  </si>
+  <si>
+    <t>Rheumatoid arthritis - Diagnosis and initial management</t>
+  </si>
+  <si>
+    <t>05/27/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+  </si>
+  <si>
+    <t>c_606479</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Malnutrition in the elderly - Nutritional support strategy</t>
+  </si>
+  <si>
+    <t>To provide a guide for health professionals to assist management of elderly subjects who are malnourished or at risk of malnutrition.</t>
+  </si>
+  <si>
+    <t>04/25/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>06/26/2007 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_546549/en/malnutrition-in-the-elderly-nutritional-support-strategy</t>
+  </si>
+  <si>
+    <t>c_546549</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Early management of adult stroke patients - Medical aspects -</t>
+  </si>
+  <si>
+    <t>These guidelines concern the management of stroke patients during the acute phase, i.e. during approximately the first fortnight. They do not cover meningeal haemorrhage. They are intended for all healthcare professionals involved in this phase of management.</t>
+  </si>
+  <si>
+    <t>09/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272249/en/early-management-of-adult-stroke-patients-medical-aspects</t>
+  </si>
+  <si>
+    <t>c_272249</t>
+  </si>
+  <si>
+    <t>Preventing and managing postoperative pain after oral surgery</t>
+  </si>
+  <si>
+    <t>To improve management of postoperative pain after oral surgery for inpatients and outpatients (excluding analgesia with 50/50 nitrous oxide/oxygen and surgery performed under general anaesthesia)</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>11/01/2005 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272499/en/preventing-and-managing-postoperative-pain-after-oral-surgery</t>
+  </si>
+  <si>
+    <t>c_272499</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Acidémie Isovalérique</t>
-[...248 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+    <t>Early-Onset Anorexia Nervosa</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway for a child/adolescent with MPA. It was drawn up by the Centre de Référence Anorexie Mentale à début Précoce, using a methodology proposed by the HAS. It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>07/27/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/en/early-onset-anorexia-nervosa</t>
   </si>
   <si>
     <t>p_3353115</t>
   </si>
   <si>
-    <t>Tachycardies ventriculaires catécholergiques (TVC)</t>
-[...383 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...368 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3445860/fr/flash-securite-patient-les-soins-en-ville-les-risques-existent-aussi</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assesment of homeopathic medicines</t>
+  </si>
+  <si>
+    <t>Negative opinion on homeopathic medicines reimbursement</t>
+  </si>
+  <si>
+    <t>09/07/2019 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3116594/en/assesment-of-homeopathic-medicines</t>
+  </si>
+  <si>
+    <t>p_3116594</t>
+  </si>
+  <si>
+    <t>Laser treatment of lower urinary tract symptoms associated with benign prostatic</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>11/13/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2013 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827591/en/laser-treatment-of-lower-urinary-tract-symptoms-associated-with-benign-prostatic</t>
+  </si>
+  <si>
+    <t>c_827591</t>
+  </si>
+  <si>
+    <t>Selection of iron metabolism tests in cases where iron deficiency is suspected</t>
+  </si>
+  <si>
+    <t>The French health insurance agency asked the HAS to determine strategies for the use of iron metabolism markers. In fact, the volume of procedures carried out in relation to all such tests which are reimbursed by the health insurance agency increased by 109% between 2000 and 2008. Furthermore, some tests appear to be redundant or irrelevant according to the latest French recommendations, (ANDEM, 1995). In this assessment, the HAS has focused on iron deficiency and has not looked at iron overloads, since professional recommendations issued by the HAS in 2005 on haemochromatosis still appear to be valid</t>
+  </si>
+  <si>
+    <t>03/16/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>06/14/2011 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1051506/en/selection-of-iron-metabolism-tests-in-cases-where-iron-deficiency-is-suspected</t>
+  </si>
+  <si>
+    <t>c_1051506</t>
+  </si>
+  <si>
+    <t>Tool to improve professional practice</t>
+  </si>
+  <si>
+    <t>Focus on Patient Safety -  «  Primary care... risks also arise »</t>
+  </si>
+  <si>
+    <t>06/20/2023 08:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445860/en/focus-on-patient-safety-primary-care-risks-also-arise</t>
   </si>
   <si>
     <t>p_3445860</t>
   </si>
   <si>
-    <t>Flash Sécurité Patient - « Téléconsultation : à distance, redoubler de vigilance »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3394347/fr/flash-securite-patient-teleconsultation-a-distance-redoubler-de-vigilance</t>
+    <t>Focus on patient safety  " Teleconsultation - Increase your vigilance when consulting remotely "</t>
+  </si>
+  <si>
+    <t>12/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394347/en/focus-on-patient-safety-teleconsultation-increase-your-vigilance-when-consulting-remotely</t>
   </si>
   <si>
     <t>p_3394347</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Suicide. Mieux vaut prévenir que mourir »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3363656/fr/flash-securite-patient-suicide-mieux-vaut-prevenir-que-mourir</t>
+    <t>Focus on patient safety - " Suicide Prevention is better than death "</t>
+  </si>
+  <si>
+    <t>France is one of the European countries the most affected by suicide. In 2016, there were 9,300 deaths by suicide in France. There are around an additional 200,000 suicide attempts per year, by which patients come into contact with the healthcare system. Suicide is the first cause of death among 25-34-year-olds and the second cause among 15-24-year-olds, after road traffic accidents.</t>
+  </si>
+  <si>
+    <t>09/08/2022 14:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363656/en/focus-on-patient-safety-suicide-prevention-is-better-than-death</t>
   </si>
   <si>
     <t>p_3363656</t>
   </si>
   <si>
-    <t>Flash Sécurité Patient – « Le stockage des curares. Des erreurs pas si rares »</t>
+    <t>Focus on patient safety - "Curare storage : Not so uncommon mistakes"</t>
   </si>
   <si>
     <t>La HAS publie un flash sécurité patient qui sensibilise aux conséquences du non-respect des bonnes pratiques de stockage des curares. En effet, parmi les erreurs liées aux produits de santé issues de la base EIGS reçues à la HAS entre mars 2017 et le 31 décembre 2019, les erreurs liées aux curares représentent 11 % (20/177) de l’ensemble des erreurs médicamenteuses issues de la base nationale de retour d’expérience des EIGS. Plus de la moitié de ces erreurs ont pour origine le non-respect des bonnes pratiques de stockage.</t>
   </si>
   <si>
-    <t>13/05/2022 11:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3338991/fr/flash-securite-patient-le-stockage-des-curares-des-erreurs-pas-si-rares</t>
+    <t>05/13/2022 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3338991/en/focus-on-patient-safety-curare-storage-not-so-uncommon-mistakes</t>
   </si>
   <si>
     <t>p_3338991</t>
   </si>
   <si>
-    <t>Outils de sécurisation et d'auto-évaluation de l'administration des médicaments</t>
-[...14 lines deleted...]
-    <t>Flash sécurité patient – « SAMU. Et si chacun jouait sa partition »</t>
+    <t>Focus on patient safety -  "French emergency medical aid service. What if everyone played their part."</t>
   </si>
   <si>
     <t>L’évolution du recours au service d’aide médicale urgente (SAMU) et de son rôle dans le parcours de soins des patients rendent les démarches qualité et de sécurité essentielles avec des approches réflexives dont la déclaration et l’analyse des événements indésirables graves. La HAS publie un flash sécurité patient pour alerter et sensibiliser les équipes de régulation des SAMU et leurs partenaires de la survenue d’EIGS qui peuvent être évités en rappelant le rôle et la place de chacun.</t>
   </si>
   <si>
-    <t>21/01/2022 15:18:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3311271/fr/flash-securite-patient-samu-et-si-chacun-jouait-sa-partition</t>
+    <t>01/21/2022 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3311271/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-everyone-played-their-part</t>
   </si>
   <si>
     <t>p_3311271</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Calcul de doses médicamenteuses. La règle de trois doit rester la règle »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3309392/fr/flash-securite-patient-calcul-de-doses-medicamenteuses-la-regle-de-trois-doit-rester-la-regle</t>
+    <t>Focus on patient safety - "Medicinal product dose calculation. The rule of three must remain the rule."</t>
+  </si>
+  <si>
+    <t>The yearly report on treatment-related serious adverse events (trSAEs) showed, from 2018, that adverse events related to medicinal products were the third most common cause behind the trSAEs reported. Among these medication errors, dose errors are the most commonly reported type of error (169/362) with dose errors related to incorrect dose calculation being over-represented (80/169). The 3 types of errors which can be generated by a dose calculation are : - The dose error itself, - Incorrect flow-rate, - Administration time error.</t>
+  </si>
+  <si>
+    <t>01/17/2022 15:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3309392/en/focus-on-patient-safety-medicinal-product-dose-calculation-the-rule-of-three-must-remain-the-rule</t>
   </si>
   <si>
     <t>p_3309392</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Dispositifs médicaux. Bien s’en servir...pour éviter le pire »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3300149/fr/flash-securite-patient-dispositifs-medicaux-bien-s-en-servir-pour-eviter-le-pire</t>
+    <t>Focus on patient safety  - "Medical devices. Using them well... to prevent the worst."</t>
+  </si>
+  <si>
+    <t>Among the errors related to health products taken from the care-related serious adverse events database received by the HAS from March 2017 to 31 December 2019, a little over 25 % are errors related to incorrect use of medical devices, combined for more than 60 % of those cases with the use of medicinal products on the never events list. Medical device misuse occurs in many forms.</t>
+  </si>
+  <si>
+    <t>11/19/2021 16:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300149/en/focus-on-patient-safety-medical-devices-using-them-well-to-prevent-the-worst</t>
   </si>
   <si>
     <t>p_3300149</t>
   </si>
   <si>
-    <t>Flash sécurité patient -  « SAMU. Et si coordonner rimait avec communiquer »</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3291312/fr/flash-securite-patient-samu-et-si-coordonner-rimait-avec-communiquer</t>
+    <t>Focus on patient safety - "French Emergency Medical Aid Service. What if coordination rhymed with communication"</t>
+  </si>
+  <si>
+    <t>10/12/2021 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291312/en/focus-on-patient-safety-french-emergency-medical-aid-service-what-if-coordination-rhymed-with-communication</t>
   </si>
   <si>
     <t>p_3291312</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Accidents liés à un médicament à risque. Qui dit potassium (KCl), dit vigilance maximale »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273644/fr/flash-securite-patient-accidents-lies-a-un-medicament-a-risque-qui-dit-potassium-kcl-dit-vigilance-maximale</t>
+    <t>Focus on patient safety - "Accidents related to a high-risk medicinal product. Who says potassium (KCI) says maximum vigilance"</t>
+  </si>
+  <si>
+    <t>Although corrective measures have been implemented by the ANSM, potassium chloride for injection and even for oral administration continues to be used incorrectly. These errors are among the Never Events that should never happen.</t>
+  </si>
+  <si>
+    <t>07/05/2021 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273644/en/focus-on-patientsafety-accidents-related-to-a-high-risk-medicinal-product-who-says-potassium-kci-says-maximum-vigilance</t>
   </si>
   <si>
     <t>p_3273644</t>
   </si>
   <si>
-    <t>Flash sécurité patient – « Médicaments à risque : Sous-estimer le risque c’est risqué »</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3275489/fr/flash-securite-patient-medicaments-a-risque-sous-estimer-le-risque-c-est-risque</t>
+    <t>Focus on patient safety -  "High-alert medications. Underestimating the risk is risky."</t>
+  </si>
+  <si>
+    <t>07/02/2021 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3275489/en/focus-on-patient-safety-high-alert-medications-underestimating-the-risk-is-risky</t>
   </si>
   <si>
     <t>p_3275489</t>
   </si>
   <si>
-    <t>Repérage et prise en charge du patient adulte atteint de maladie rénale chronique</t>
-[...863 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>PERISOC, solution de cardioplégie / solution pour conservation d’organe</t>
   </si>
   <si>
-    <t>04/10/2021 11:57:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3290199/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+    <t>10/04/2021 11:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290199/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
   </si>
   <si>
     <t>p_3290199</t>
   </si>
   <si>
     <t>chlorure de sodium,chlorure de potassium,chlorure de magnésium hexahydraté,chlorure de calcium dihydraté,histidine,chlorhydrate d’histidine monohydraté,tryptophane,mannitol,acide α-cétoglutarique</t>
   </si>
   <si>
     <t>Laboratoire SERB</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3287329/fr/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
-[...398 lines deleted...]
-    <t>c_2582471</t>
+    <t>https://www.has-sante.fr/jcms/p_3287329/en/perisoc-solution-de-cardioplegie-/-solution-pour-conservation-d-organe</t>
+  </si>
+  <si>
+    <t>Web page</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
-    <t>30/04/2013 13:25:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1561455/fr/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
+    <t>04/30/2013 13:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1561455/en/myocardial-infarction-mi-full-care-cycle-and-patient-outcomes</t>
   </si>
   <si>
     <t>c_1561455</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId17" Target="worksheets/sheet15.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3145,5521 +652,903 @@
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="E4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H4" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C5" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>29</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>30</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>31</v>
       </c>
-      <c r="H5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>38</v>
+      </c>
+      <c r="C7" t="s">
+        <v>39</v>
+      </c>
+      <c r="D7" t="s">
+        <v>40</v>
+      </c>
+      <c r="E7" t="s">
+        <v>41</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>42</v>
+      </c>
+      <c r="H7" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C8" t="s">
+        <v>45</v>
+      </c>
+      <c r="D8" t="s">
+        <v>46</v>
+      </c>
+      <c r="E8" t="s">
+        <v>47</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>48</v>
+      </c>
+      <c r="H8" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>50</v>
+      </c>
+      <c r="C9" t="s">
+        <v>51</v>
+      </c>
+      <c r="D9" t="s">
+        <v>52</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>62</v>
+      </c>
+      <c r="B2" t="s">
+        <v>63</v>
+      </c>
+      <c r="C2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D2" t="s">
+        <v>65</v>
+      </c>
+      <c r="E2" t="s">
+        <v>66</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>67</v>
+      </c>
+      <c r="H2" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>62</v>
+      </c>
+      <c r="B3" t="s">
+        <v>69</v>
+      </c>
+      <c r="C3" t="s">
+        <v>70</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>71</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>72</v>
+      </c>
+      <c r="H3" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>62</v>
+      </c>
+      <c r="B4" t="s">
+        <v>74</v>
+      </c>
+      <c r="C4" t="s">
+        <v>75</v>
+      </c>
+      <c r="D4" t="s">
+        <v>76</v>
+      </c>
+      <c r="E4" t="s">
+        <v>77</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>78</v>
+      </c>
+      <c r="H4" t="s">
+        <v>79</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C2" t="s">
+        <v>82</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>80</v>
+      </c>
+      <c r="B3" t="s">
+        <v>86</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>88</v>
+      </c>
+      <c r="E3" t="s">
+        <v>89</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>90</v>
+      </c>
+      <c r="H3" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>80</v>
+      </c>
+      <c r="B4" t="s">
+        <v>92</v>
+      </c>
+      <c r="C4" t="s">
+        <v>93</v>
+      </c>
+      <c r="D4" t="s">
+        <v>94</v>
+      </c>
+      <c r="E4" t="s">
+        <v>95</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>96</v>
+      </c>
+      <c r="H4" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>101</v>
+      </c>
+      <c r="H2" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>87</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>104</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>105</v>
+      </c>
+      <c r="H3" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>107</v>
+      </c>
+      <c r="C4" t="s">
+        <v>108</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>109</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>110</v>
+      </c>
+      <c r="H4" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>114</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>115</v>
+      </c>
+      <c r="H5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" t="s">
+        <v>117</v>
+      </c>
+      <c r="C6" t="s">
+        <v>118</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B7" t="s">
+        <v>122</v>
+      </c>
+      <c r="C7" t="s">
+        <v>123</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>124</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>125</v>
+      </c>
+      <c r="H7" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>98</v>
+      </c>
+      <c r="B8" t="s">
+        <v>127</v>
+      </c>
+      <c r="C8" t="s">
+        <v>128</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>129</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>130</v>
+      </c>
+      <c r="H8" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>98</v>
+      </c>
+      <c r="B9" t="s">
+        <v>132</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>133</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>134</v>
+      </c>
+      <c r="H9" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>98</v>
+      </c>
+      <c r="B10" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" t="s">
+        <v>137</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>138</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>139</v>
+      </c>
+      <c r="H10" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>98</v>
+      </c>
+      <c r="B11" t="s">
+        <v>141</v>
+      </c>
+      <c r="C11" t="s">
+        <v>87</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>142</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>143</v>
+      </c>
+      <c r="H11" t="s">
+        <v>144</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:K2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>145</v>
+      </c>
+      <c r="J1" t="s">
+        <v>146</v>
+      </c>
+      <c r="K1" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>148</v>
+      </c>
+      <c r="B2" t="s">
+        <v>149</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>150</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>151</v>
+      </c>
+      <c r="H2" t="s">
+        <v>152</v>
+      </c>
+      <c r="I2" t="s">
+        <v>153</v>
+      </c>
+      <c r="J2" t="s">
+        <v>154</v>
+      </c>
+      <c r="K2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>750</v>
+        <v>156</v>
       </c>
       <c r="B2" t="s">
-        <v>751</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
-        <v>752</v>
+        <v>158</v>
       </c>
       <c r="D2" t="s">
-        <v>753</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>753</v>
+        <v>159</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>754</v>
+        <v>160</v>
       </c>
       <c r="H2" t="s">
-        <v>755</v>
-[...2093 lines deleted...]
-      <c r="B10" t="s">
         <v>161</v>
-      </c>
-[...3271 lines deleted...]
-        <v>749</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>