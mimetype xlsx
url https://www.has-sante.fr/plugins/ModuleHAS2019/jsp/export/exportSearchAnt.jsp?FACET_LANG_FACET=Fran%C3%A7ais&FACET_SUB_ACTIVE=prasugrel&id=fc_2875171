--- v0 (2025-11-04)
+++ v1 (2025-12-19)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Études et Rapports" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="592" uniqueCount="352">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="584" uniqueCount="347">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1011,65 +1011,50 @@
     <t>https://www.has-sante.fr/jcms/c_2676802/fr/resultats-des-iqss-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde</t>
   </si>
   <si>
     <t>c_2676802</t>
   </si>
   <si>
     <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
   </si>
   <si>
     <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
   </si>
   <si>
     <t>21/12/2011 00:00:00</t>
   </si>
   <si>
     <t>16/02/2012 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
   </si>
   <si>
     <t>c_1216354</t>
   </si>
   <si>
     <t>Article HAS</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_970481</t>
   </si>
   <si>
     <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
   </si>
   <si>
     <t>05/07/2017 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
   </si>
   <si>
     <t>c_1242619</t>
   </si>
   <si>
     <t>Comprendre les indicateurs</t>
   </si>
   <si>
     <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
   </si>
   <si>
     <t>22/08/2022 15:15:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
   </si>
@@ -2971,117 +2956,117 @@
       </c>
       <c r="D5" t="s">
         <v>323</v>
       </c>
       <c r="E5" t="s">
         <v>324</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>325</v>
       </c>
       <c r="H5" t="s">
         <v>326</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>327</v>
       </c>
       <c r="B2" t="s">
         <v>328</v>
       </c>
       <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
         <v>329</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
         <v>330</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>331</v>
-      </c>
-[...1 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>327</v>
       </c>
       <c r="B3" t="s">
+        <v>332</v>
+      </c>
+      <c r="C3" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>334</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>335</v>
       </c>
       <c r="H3" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>327</v>
       </c>
       <c r="B4" t="s">
         <v>337</v>
       </c>
       <c r="C4" t="s">
@@ -3105,71 +3090,45 @@
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>327</v>
       </c>
       <c r="B5" t="s">
         <v>342</v>
       </c>
       <c r="C5" t="s">
         <v>343</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>344</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>345</v>
       </c>
       <c r="H5" t="s">
         <v>346</v>
-      </c>
-[...24 lines deleted...]
-        <v>351</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>