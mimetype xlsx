--- v1 (2025-12-19)
+++ v2 (2026-02-02)
@@ -1013,75 +1013,75 @@
   <si>
     <t>c_2676802</t>
   </si>
   <si>
     <t>Indicateurs de qualité généralisés - Thème « Infarctus du myocarde après la phase aiguë » - Analyse descriptive des résultats agrégés - Campagne 2010 - décembre 2011</t>
   </si>
   <si>
     <t>En 2010, la HAS a coordonné la troisième campagne de recueil généralisée des indicateurs du thème « Prise en charge de l’infarctus du myocarde après la phase aiguë » impliquant les établissements ayant une activité de médecine, chirurgie et obstétrique (MCO). Après chaque campagne de recueil, la HAS rend compte des résultats agrégés dans un rapport d’analyse mis en ligne sur son site Internet. Ce rapport présente les principaux constats et faits marquants issus de l’analyse des résultats de la campagne 2010. Il permet notamment d’analyser l’évolution des résultats sur 3 années consécutives.</t>
   </si>
   <si>
     <t>21/12/2011 00:00:00</t>
   </si>
   <si>
     <t>16/02/2012 10:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1216354/fr/indicateurs-de-qualite-generalises-theme-infarctus-du-myocarde-apres-la-phase-aigue-analyse-descriptive-des-resultats-agreges-campagne-2010-decembre-2011</t>
   </si>
   <si>
     <t>c_1216354</t>
   </si>
   <si>
     <t>Article HAS</t>
   </si>
   <si>
+    <t>Comprendre les indicateurs</t>
+  </si>
+  <si>
+    <t>La HAS travaille sur les indicateurs de qualité et sécurité des soins (IQSS) en établissements de santé, les indicateurs de qualité des parcours de soins couvrant la ville et les établissements de santé , ainsi que sur les indicateurs de vigilance liés aux établissements. Elle travaille plus largement à développer divers outils pour la mesure de la qualité perçue par le patient.</t>
+  </si>
+  <si>
+    <t>22/08/2022 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1456737/fr/comprendre-les-indicateurs</t>
+  </si>
+  <si>
+    <t>r_1456737</t>
+  </si>
+  <si>
     <t>IQSS Archives - IDM : Prise en charge hospitalière de l’infarctus du myocarde - indicateurs suspendus ou abandonnés</t>
   </si>
   <si>
     <t>05/07/2017 10:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1242619/fr/iqss-archives-idm-prise-en-charge-hospitaliere-de-l-infarctus-du-myocarde-indicateurs-suspendus-ou-abandonnes</t>
   </si>
   <si>
     <t>c_1242619</t>
-  </si>
-[...13 lines deleted...]
-    <t>r_1456737</t>
   </si>
   <si>
     <t>Expérimentation de l’indicateur « Mortalité 30 jours après infarctus du myocarde »</t>
   </si>
   <si>
     <t>La HAS expérimente un indicateur mesurant la mortalité à 30 jours après infarctus du myocarde (IDM) à partir des données médico-administratives du SNDS (Système National des Données de Santé, PMSI/DCIR).</t>
   </si>
   <si>
     <t>19/12/2022 15:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3390456/fr/experimentation-de-l-indicateur-mortalite-30-jours-apres-infarctus-du-myocarde</t>
   </si>
   <si>
     <t>p_3390456</t>
   </si>
   <si>
     <t>Myocardial Infarction (MI) Full Care Cycle and Patient Outcomes</t>
   </si>
   <si>
     <t>In France, about 100,000 patients each year have an MI. Of those entering the care pathway, 5% die within the 1st month, 13% die during the first year and only a quarter is benefiting from the optimal emergency care pathway</t>
   </si>
   <si>
     <t>30/04/2013 13:25:00</t>
   </si>
@@ -2996,77 +2996,77 @@
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>327</v>
       </c>
       <c r="B2" t="s">
         <v>328</v>
       </c>
       <c r="C2" t="s">
-        <v>12</v>
+        <v>329</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H2" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>327</v>
       </c>
       <c r="B3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="C3" t="s">
-        <v>333</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
         <v>334</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>335</v>
       </c>
       <c r="H3" t="s">
         <v>336</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>327</v>
       </c>
       <c r="B4" t="s">
         <v>337</v>
       </c>
       <c r="C4" t="s">