--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="219" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="235" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -117,50 +117,80 @@
     <t>p_3585498</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
   </si>
   <si>
     <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
   </si>
   <si>
     <t>21/05/2014 00:00:00</t>
   </si>
   <si>
     <t>13/02/2015 12:19:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
   </si>
   <si>
     <t>c_2012494</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
   </si>
   <si>
     <t>Syndrome de Brugada</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Brugada. Il a été élaboré par le Centre de référence pour la prise en charge des maladies rythmiques héréditaires de l’Ouest à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3289995/fr/syndrome-de-brugada</t>
   </si>
   <si>
     <t>p_3289995</t>
   </si>
   <si>
     <t>Syndrome du QT Long</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome du QT Long. Il a été élaboré par le Centre de Référence des Maladies cardiaques héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3290161/fr/syndrome-du-qt-long</t>
   </si>
@@ -625,51 +655,51 @@
       </c>
       <c r="D2" t="s">
         <v>25</v>
       </c>
       <c r="E2" t="s">
         <v>26</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>27</v>
       </c>
       <c r="H2" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -697,592 +727,644 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>33</v>
       </c>
       <c r="H2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="H4" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>47</v>
       </c>
       <c r="H5" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>49</v>
       </c>
       <c r="C6" t="s">
         <v>50</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
         <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
         <v>52</v>
       </c>
       <c r="H6" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>29</v>
       </c>
       <c r="B7" t="s">
         <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>55</v>
       </c>
       <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
         <v>56</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
         <v>57</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>58</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>29</v>
+      </c>
+      <c r="B8" t="s">
         <v>59</v>
+      </c>
+      <c r="C8" t="s">
+        <v>60</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>61</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>62</v>
+      </c>
+      <c r="H8" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>29</v>
+      </c>
+      <c r="B9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C9" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" t="s">
+        <v>67</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>68</v>
+      </c>
+      <c r="H9" t="s">
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B2" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="C2" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="D2" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B3" t="s">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="C3" t="s">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="D3" t="s">
-        <v>69</v>
+        <v>79</v>
       </c>
       <c r="E3" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="H3" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B4" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
       <c r="C4" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="D4" t="s">
-        <v>75</v>
+        <v>85</v>
       </c>
       <c r="E4" t="s">
-        <v>76</v>
+        <v>86</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>77</v>
+        <v>87</v>
       </c>
       <c r="H4" t="s">
-        <v>78</v>
+        <v>88</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>89</v>
       </c>
       <c r="C5" t="s">
-        <v>80</v>
+        <v>90</v>
       </c>
       <c r="D5" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="E5" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="H5" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B6" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="C6" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="D6" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="E6" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="H6" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="I2" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="B3" t="s">
-        <v>98</v>
+        <v>108</v>
       </c>
       <c r="C3" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>101</v>
+        <v>111</v>
       </c>
       <c r="H3" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="I3" t="s">
-        <v>97</v>
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>103</v>
+        <v>113</v>
       </c>
       <c r="B2" t="s">
-        <v>104</v>
+        <v>114</v>
       </c>
       <c r="C2" t="s">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="D2" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="E2" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="H2" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="B2" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="H2" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="I2" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="J2" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="K2" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="L2" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
       <c r="M2" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="N2" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="O2" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>