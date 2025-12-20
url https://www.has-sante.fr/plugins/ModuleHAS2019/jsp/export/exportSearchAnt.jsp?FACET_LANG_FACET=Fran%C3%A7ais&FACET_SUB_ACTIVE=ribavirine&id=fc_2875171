--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="490" uniqueCount="284">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="482" uniqueCount="279">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -210,65 +210,50 @@
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/07/2021 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
   </si>
   <si>
     <t>c_680242</t>
   </si>
   <si>
     <t>Artérite de Takayasu</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>23/04/2020 13:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
   </si>
   <si>
     <t>p_3148994</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2747976</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
   </si>
   <si>
     <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
   </si>
   <si>
     <t>13/02/2025 00:00:00</t>
   </si>
   <si>
     <t>18/02/2025 14:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
   </si>
   <si>
     <t>c_2857558</t>
   </si>
   <si>
     <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
   </si>
@@ -1050,51 +1035,51 @@
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1236,1425 +1221,1399 @@
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>28</v>
       </c>
       <c r="B7" t="s">
         <v>55</v>
       </c>
       <c r="C7" t="s">
         <v>56</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
         <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>58</v>
       </c>
       <c r="H7" t="s">
         <v>59</v>
-      </c>
-[...24 lines deleted...]
-        <v>64</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>60</v>
+      </c>
+      <c r="B2" t="s">
+        <v>61</v>
+      </c>
+      <c r="C2" t="s">
+        <v>62</v>
+      </c>
+      <c r="D2" t="s">
+        <v>63</v>
+      </c>
+      <c r="E2" t="s">
+        <v>64</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>65</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>66</v>
-      </c>
-[...16 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B3" t="s">
+        <v>67</v>
+      </c>
+      <c r="C3" t="s">
+        <v>68</v>
+      </c>
+      <c r="D3" t="s">
+        <v>69</v>
+      </c>
+      <c r="E3" t="s">
+        <v>70</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>71</v>
+      </c>
+      <c r="H3" t="s">
         <v>72</v>
-      </c>
-[...16 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>74</v>
+      </c>
+      <c r="D4" t="s">
+        <v>75</v>
+      </c>
+      <c r="E4" t="s">
+        <v>76</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>77</v>
+      </c>
+      <c r="H4" t="s">
         <v>78</v>
-      </c>
-[...16 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B5" t="s">
-        <v>84</v>
+        <v>79</v>
       </c>
       <c r="C5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>86</v>
+        <v>81</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>87</v>
+        <v>82</v>
       </c>
       <c r="H5" t="s">
-        <v>88</v>
+        <v>83</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B6" t="s">
+        <v>84</v>
+      </c>
+      <c r="C6" t="s">
+        <v>85</v>
+      </c>
+      <c r="D6" t="s">
+        <v>86</v>
+      </c>
+      <c r="E6" t="s">
+        <v>87</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>88</v>
+      </c>
+      <c r="H6" t="s">
         <v>89</v>
-      </c>
-[...16 lines deleted...]
-        <v>94</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>90</v>
+      </c>
+      <c r="B2" t="s">
+        <v>91</v>
+      </c>
+      <c r="C2" t="s">
+        <v>92</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>93</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>94</v>
+      </c>
+      <c r="H2" t="s">
         <v>95</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>96</v>
+      </c>
+      <c r="B2" t="s">
+        <v>97</v>
+      </c>
+      <c r="C2" t="s">
+        <v>98</v>
+      </c>
+      <c r="D2" t="s">
+        <v>99</v>
+      </c>
+      <c r="E2" t="s">
+        <v>100</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>101</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B3" t="s">
+        <v>103</v>
+      </c>
+      <c r="C3" t="s">
+        <v>104</v>
+      </c>
+      <c r="D3" t="s">
+        <v>105</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
         <v>108</v>
-      </c>
-[...16 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>110</v>
+      </c>
+      <c r="D4" t="s">
+        <v>111</v>
+      </c>
+      <c r="E4" t="s">
+        <v>112</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>113</v>
+      </c>
+      <c r="H4" t="s">
         <v>114</v>
-      </c>
-[...16 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C5" t="s">
+        <v>116</v>
+      </c>
+      <c r="D5" t="s">
+        <v>117</v>
+      </c>
+      <c r="E5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>119</v>
+      </c>
+      <c r="H5" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>101</v>
+        <v>96</v>
       </c>
       <c r="B6" t="s">
+        <v>121</v>
+      </c>
+      <c r="C6" t="s">
+        <v>122</v>
+      </c>
+      <c r="D6" t="s">
+        <v>123</v>
+      </c>
+      <c r="E6" t="s">
+        <v>124</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>125</v>
+      </c>
+      <c r="H6" t="s">
         <v>126</v>
-      </c>
-[...16 lines deleted...]
-        <v>131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>132</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>128</v>
+      </c>
+      <c r="B2" t="s">
+        <v>129</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>130</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>131</v>
+      </c>
+      <c r="H2" t="s">
+        <v>132</v>
+      </c>
+      <c r="I2" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>128</v>
+      </c>
+      <c r="B3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>135</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>136</v>
+      </c>
+      <c r="H3" t="s">
+        <v>137</v>
+      </c>
+      <c r="I3" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>128</v>
+      </c>
+      <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>140</v>
+      </c>
+      <c r="H4" t="s">
+        <v>141</v>
+      </c>
+      <c r="I4" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B5" t="s">
+        <v>142</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>143</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>144</v>
+      </c>
+      <c r="H5" t="s">
+        <v>145</v>
+      </c>
+      <c r="I5" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>128</v>
+      </c>
+      <c r="B6" t="s">
+        <v>146</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>147</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>148</v>
+      </c>
+      <c r="H6" t="s">
+        <v>149</v>
+      </c>
+      <c r="I6" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
+        <v>128</v>
+      </c>
+      <c r="B7" t="s">
+        <v>150</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>151</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>152</v>
+      </c>
+      <c r="H7" t="s">
+        <v>153</v>
+      </c>
+      <c r="I7" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>128</v>
+      </c>
+      <c r="B8" t="s">
+        <v>154</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>155</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>156</v>
+      </c>
+      <c r="H8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I8" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>128</v>
+      </c>
+      <c r="B9" t="s">
+        <v>158</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>159</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>160</v>
+      </c>
+      <c r="H9" t="s">
+        <v>161</v>
+      </c>
+      <c r="I9" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>128</v>
+      </c>
+      <c r="B10" t="s">
+        <v>162</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>163</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>164</v>
+      </c>
+      <c r="H10" t="s">
+        <v>165</v>
+      </c>
+      <c r="I10" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>128</v>
+      </c>
+      <c r="B11" t="s">
+        <v>166</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>167</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>168</v>
+      </c>
+      <c r="H11" t="s">
+        <v>169</v>
+      </c>
+      <c r="I11" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>128</v>
+      </c>
+      <c r="B12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>171</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>172</v>
+      </c>
+      <c r="H12" t="s">
+        <v>173</v>
+      </c>
+      <c r="I12" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>128</v>
+      </c>
+      <c r="B13" t="s">
+        <v>174</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>175</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>176</v>
+      </c>
+      <c r="H13" t="s">
+        <v>177</v>
+      </c>
+      <c r="I13" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>128</v>
+      </c>
+      <c r="B14" t="s">
+        <v>178</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>179</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>180</v>
+      </c>
+      <c r="H14" t="s">
+        <v>181</v>
+      </c>
+      <c r="I14" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>128</v>
+      </c>
+      <c r="B15" t="s">
+        <v>182</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>183</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>184</v>
+      </c>
+      <c r="H15" t="s">
+        <v>185</v>
+      </c>
+      <c r="I15" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>128</v>
+      </c>
+      <c r="B16" t="s">
+        <v>186</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>187</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>188</v>
+      </c>
+      <c r="H16" t="s">
+        <v>189</v>
+      </c>
+      <c r="I16" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>128</v>
+      </c>
+      <c r="B17" t="s">
+        <v>190</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>191</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>192</v>
+      </c>
+      <c r="H17" t="s">
+        <v>193</v>
+      </c>
+      <c r="I17" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>199</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>200</v>
-      </c>
-[...16 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B3" t="s">
+        <v>201</v>
+      </c>
+      <c r="C3" t="s">
+        <v>202</v>
+      </c>
+      <c r="D3" t="s">
+        <v>203</v>
+      </c>
+      <c r="E3" t="s">
+        <v>204</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>205</v>
+      </c>
+      <c r="H3" t="s">
         <v>206</v>
-      </c>
-[...16 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B4" t="s">
+        <v>207</v>
+      </c>
+      <c r="C4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
         <v>212</v>
-      </c>
-[...16 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H5" t="s">
         <v>218</v>
-      </c>
-[...16 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B6" t="s">
+        <v>219</v>
+      </c>
+      <c r="C6" t="s">
+        <v>220</v>
+      </c>
+      <c r="D6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H6" t="s">
         <v>224</v>
-      </c>
-[...16 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B7" t="s">
+        <v>225</v>
+      </c>
+      <c r="C7" t="s">
+        <v>226</v>
+      </c>
+      <c r="D7" t="s">
+        <v>227</v>
+      </c>
+      <c r="E7" t="s">
+        <v>228</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>229</v>
+      </c>
+      <c r="H7" t="s">
         <v>230</v>
-      </c>
-[...16 lines deleted...]
-        <v>235</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B8" t="s">
+        <v>231</v>
+      </c>
+      <c r="C8" t="s">
+        <v>232</v>
+      </c>
+      <c r="D8" t="s">
+        <v>233</v>
+      </c>
+      <c r="E8" t="s">
+        <v>234</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>235</v>
+      </c>
+      <c r="H8" t="s">
         <v>236</v>
-      </c>
-[...16 lines deleted...]
-        <v>241</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B9" t="s">
+        <v>237</v>
+      </c>
+      <c r="C9" t="s">
+        <v>238</v>
+      </c>
+      <c r="D9" t="s">
+        <v>239</v>
+      </c>
+      <c r="E9" t="s">
+        <v>240</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>241</v>
+      </c>
+      <c r="H9" t="s">
         <v>242</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:S4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
       <c r="J1" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="K1" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>246</v>
+      </c>
+      <c r="B2" t="s">
+        <v>247</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>248</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>249</v>
+      </c>
+      <c r="H2" t="s">
+        <v>250</v>
+      </c>
+      <c r="I2" t="s">
         <v>251</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>252</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>253</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>254</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>255</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>256</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>257</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>258</v>
-      </c>
-[...13 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>246</v>
+      </c>
+      <c r="B3" t="s">
+        <v>259</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>260</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>261</v>
+      </c>
+      <c r="H3" t="s">
+        <v>262</v>
+      </c>
+      <c r="I3" t="s">
         <v>251</v>
       </c>
-      <c r="B3" t="s">
+      <c r="J3" t="s">
+        <v>263</v>
+      </c>
+      <c r="K3" t="s">
         <v>264</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>265</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>266</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>267</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="O3" t="s">
         <v>268</v>
       </c>
-      <c r="K3" t="s">
+      <c r="P3" t="s">
         <v>269</v>
       </c>
-      <c r="L3" t="s">
+      <c r="Q3" t="s">
         <v>270</v>
       </c>
-      <c r="M3" t="s">
+      <c r="R3" t="s">
         <v>271</v>
       </c>
-      <c r="N3" t="s">
+      <c r="S3" t="s">
         <v>272</v>
-      </c>
-[...13 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>246</v>
+      </c>
+      <c r="B4" t="s">
+        <v>273</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>274</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>275</v>
+      </c>
+      <c r="H4" t="s">
+        <v>276</v>
+      </c>
+      <c r="I4" t="s">
         <v>251</v>
       </c>
-      <c r="B4" t="s">
+      <c r="J4" t="s">
+        <v>277</v>
+      </c>
+      <c r="K4" t="s">
         <v>278</v>
-      </c>
-[...25 lines deleted...]
-        <v>283</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>