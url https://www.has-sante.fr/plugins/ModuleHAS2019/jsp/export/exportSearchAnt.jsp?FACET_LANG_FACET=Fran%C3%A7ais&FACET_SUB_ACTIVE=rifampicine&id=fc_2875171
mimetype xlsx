--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,3947 +1,565 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...8 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId12" sheetId="10"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...8 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="438">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="80" uniqueCount="66">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>TYRX</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Active tuberculosis</t>
+  </si>
+  <si>
+    <t>This guide is intended to be a pragmatic reference tool for doctors managing active tuberculosis.</t>
+  </si>
+  <si>
+    <t>07/17/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/26/2025 00:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>01/09/2020 00:00:00</t>
-[...80 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
+    <t>https://www.has-sante.fr/jcms/c_482999/en/active-tuberculosis</t>
+  </si>
+  <si>
+    <t>c_482999</t>
+  </si>
+  <si>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening and early detection practices for pulmonary tuberculosis</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>03/24/2025 11:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3459735/en/assessment-of-screening-and-early-detection-practices-for-pulmonary-tuberculosis</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...92 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Oral and dental care of patients at risk of infective endocarditis</t>
+  </si>
+  <si>
+    <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
+  </si>
+  <si>
+    <t>10/24/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/29/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+  </si>
+  <si>
+    <t>p_3301328</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+  </si>
+  <si>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Artérite à Cellules Géantes (Horton)</t>
-[...692 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
+    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
+  </si>
+  <si>
+    <t>To propose guidelines to help healthcare organisations implement effective strategies for antibiotic use and prevent bacterial resistance. These guidelines relate to proper use of antibiotics in hospitals and specify : - provisions on the prescription of antibiotics ; - the role of institutional players ; - the role of non-institutional players ; - methods of information provision and training.</t>
+  </si>
+  <si>
+    <t>04/16/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>05/29/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Prise en charge du patient adulte se plaignant d'insomnie en médecine générale</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
+    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. What are the diagnostic criteria for bronchopulmonary infection with Staphylococcus aureus (SA) ?# 2. What strategy should be adopted for antibiotic therapy for Staphylococcus aureus, irrespective of the route of administration?# 3. What are the diagnostic criteria for bronchopulmonary infection with Pseudomonas aeruginosa?# 4. What strategy should be adopted for antibiotic therapy for Pseudomonas aeruginosa, irrespective of the route of administration?# 5. What is the place of other respiratory therapies in the treatment of cystic fibrosis?</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
-[...47 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
+    <t>Medical follow-up of patients with asthma - Adults and adolescents</t>
+  </si>
+  <si>
+    <t>Address the pratical aspects of long-term medical follow-up of patients with asthma (adults and adolescents only).</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272363/en/medical-follow-up-of-patients-with-asthma-adults-and-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
-    <t>Evaluation des technologies de santé</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589730/fr/evaluation-de-la-recherche-du-meningocoque-neisseria-meningitidis-et-du-pneumocoque-streptococcus-pneumoniae-par-amplification-genique-dans-le-diagnostic-des-meningites</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of tests for meningococci (Neisseria meningitidis) and pneumococci (Streptococcus pneumoniae) using gene amplification in the diagnosis of meningitis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this study is to assess gene amplification (polymerase chain reaction, PCR) tests in the diagnosis of meningitis suspected of being bacterial for meningococci (Neisseria meningitidis) and pneumococci (Streptococus pneumoniae) . The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589730/en/assessment-of-tests-for-meningococci-neisseria-meningitidis-and-pneumococci-streptococcus-pneumoniae-using-gene-amplification-in-the-diagnosis-of-meningitis-inahta-brief</t>
   </si>
   <si>
     <t>c_2589730</t>
   </si>
   <si>
-    <t>Tests in vitro de dépistage de l’infection tuberculeuse latente par détection de production d’interféron gamma</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2021762/fr/tests-in-vitro-de-depistage-de-l-infection-tuberculeuse-latente-par-detection-de-production-d-interferon-gamma</t>
+    <t>Interferon-gamma release assays as in vitro screening tests for latent tuberculosis infection</t>
+  </si>
+  <si>
+    <t>The aim of this report is to establish whether data from a critical analysis of good practice guidelines are coherent with the information in the application from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) and therefore support this application for the inclusion of IGRA tests on the list of procedures and services reimbursed by National Health Insurance.</t>
+  </si>
+  <si>
+    <t>06/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>06/29/2015 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021762/en/interferon-gamma-release-assays-as-in-vitro-screening-tests-for-latent-tuberculosis-infection</t>
   </si>
   <si>
     <t>c_2021762</t>
-  </si>
-[...241 lines deleted...]
-    <t>c_1757924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J5"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...7 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B3" t="s">
+        <v>17</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
+      <c r="E3" t="s">
         <v>20</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>21</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>22</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>23</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>28</v>
       </c>
       <c r="H4" t="s">
         <v>29</v>
       </c>
-      <c r="I4" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>30</v>
       </c>
       <c r="C5" t="s">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F5" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H5" t="s">
-        <v>33</v>
-[...4 lines deleted...]
-      <c r="J5" t="s">
         <v>34</v>
       </c>
     </row>
-  </sheetData>
-[...62 lines deleted...]
-        <v>437</v>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>23</v>
+      </c>
+      <c r="B6" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" t="s">
+        <v>36</v>
+      </c>
+      <c r="D6" t="s">
+        <v>37</v>
+      </c>
+      <c r="E6" t="s">
+        <v>38</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>44</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>45</v>
+      </c>
+      <c r="H7" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>23</v>
+      </c>
+      <c r="B8" t="s">
+        <v>47</v>
+      </c>
+      <c r="C8" t="s">
+        <v>48</v>
+      </c>
+      <c r="D8" t="s">
+        <v>49</v>
+      </c>
+      <c r="E8" t="s">
+        <v>50</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>51</v>
+      </c>
+      <c r="H8" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>53</v>
+      </c>
+      <c r="B9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C9" t="s">
+        <v>55</v>
+      </c>
+      <c r="D9" t="s">
+        <v>56</v>
+      </c>
+      <c r="E9" t="s">
+        <v>57</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>58</v>
+      </c>
+      <c r="H9" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>53</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>61</v>
+      </c>
+      <c r="D10" t="s">
+        <v>62</v>
+      </c>
+      <c r="E10" t="s">
+        <v>63</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>64</v>
+      </c>
+      <c r="H10" t="s">
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...2271 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>