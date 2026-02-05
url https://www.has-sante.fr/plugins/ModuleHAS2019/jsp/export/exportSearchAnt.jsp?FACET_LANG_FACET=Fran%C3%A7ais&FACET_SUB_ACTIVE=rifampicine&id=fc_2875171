--- v2 (2025-12-21)
+++ v3 (2026-02-05)
@@ -39,51 +39,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
     <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
     <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
     <sheet name="Export Études et Rapports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId11" sheetId="9"/>
     <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
     <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="749" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="757" uniqueCount="449">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -168,50 +168,65 @@
     <t>WRIGHT MEDICAL</t>
   </si>
   <si>
     <t>Recommandation en santé publique</t>
   </si>
   <si>
     <t>Évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire</t>
   </si>
   <si>
     <t>À la demande de la Direction générale de la santé, la HAS a élaboré une recommandation de santé publique sur l’évaluation des stratégies de dépistage et de repérage précoce de la tuberculose pulmonaire. L’objectif de cette recommandation est d’identifier le plus précocement les personnes porteuses d’une tuberculose pulmonaire (à l’état subclinique ou paucisymptomatique), afin de limiter sa transmission, de définir les populations cibles et les modalités de dépistage dans ces population, et d’harmoniser les pratiques.</t>
   </si>
   <si>
     <t>13/03/2025 00:00:00</t>
   </si>
   <si>
     <t>24/03/2025 11:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459735/fr/evaluation-des-strategies-de-depistage-et-de-reperage-precoce-de-la-tuberculose-pulmonaire</t>
   </si>
   <si>
     <t>p_3459735</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
   </si>
   <si>
     <t>Mucoviscidose</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
   </si>
   <si>
     <t>c_2792719</t>
   </si>
   <si>
     <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:07:00</t>
   </si>
@@ -1627,258 +1642,258 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>407</v>
+        <v>412</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>408</v>
+        <v>413</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B2" t="s">
-        <v>410</v>
+        <v>415</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="H2" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
       <c r="I2" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="J2" t="s">
-        <v>415</v>
+        <v>420</v>
       </c>
       <c r="K2" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="L2" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="M2" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B3" t="s">
-        <v>419</v>
+        <v>424</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>421</v>
+        <v>426</v>
       </c>
       <c r="H3" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="I3" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
       <c r="J3" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="K3" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="L3" t="s">
-        <v>426</v>
+        <v>431</v>
       </c>
       <c r="M3" t="s">
-        <v>427</v>
+        <v>432</v>
       </c>
       <c r="N3" t="s">
-        <v>428</v>
+        <v>433</v>
       </c>
       <c r="O3" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>409</v>
+        <v>414</v>
       </c>
       <c r="B4" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="H4" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="I4" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="J4" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="K4" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="L4" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="M4" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="N4" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="O4" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="B2" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="H2" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1911,51 +1926,51 @@
       </c>
       <c r="D2" t="s">
         <v>38</v>
       </c>
       <c r="E2" t="s">
         <v>39</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>40</v>
       </c>
       <c r="H2" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H29"/>
+  <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2006,77 +2021,77 @@
       </c>
       <c r="E3" t="s">
         <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>51</v>
       </c>
       <c r="H3" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>42</v>
       </c>
       <c r="B4" t="s">
         <v>53</v>
       </c>
       <c r="C4" t="s">
         <v>54</v>
       </c>
       <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
         <v>55</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>56</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>42</v>
       </c>
       <c r="B5" t="s">
+        <v>58</v>
+      </c>
+      <c r="C5" t="s">
         <v>59</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>61</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>62</v>
       </c>
       <c r="H5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>42</v>
       </c>
       <c r="B6" t="s">
         <v>64</v>
       </c>
       <c r="C6" t="s">
         <v>65</v>
       </c>
       <c r="D6" t="s">
@@ -2110,77 +2125,77 @@
       </c>
       <c r="E7" t="s">
         <v>71</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>72</v>
       </c>
       <c r="H7" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>42</v>
       </c>
       <c r="B8" t="s">
         <v>74</v>
       </c>
       <c r="C8" t="s">
         <v>75</v>
       </c>
       <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
         <v>76</v>
       </c>
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
         <v>77</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>78</v>
-      </c>
-[...1 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>42</v>
       </c>
       <c r="B9" t="s">
+        <v>79</v>
+      </c>
+      <c r="C9" t="s">
         <v>80</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>81</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>42</v>
       </c>
       <c r="B10" t="s">
         <v>85</v>
       </c>
       <c r="C10" t="s">
         <v>86</v>
       </c>
       <c r="D10" t="s">
@@ -2188,103 +2203,103 @@
       </c>
       <c r="E10" t="s">
         <v>87</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
         <v>88</v>
       </c>
       <c r="H10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>42</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>91</v>
       </c>
       <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
         <v>92</v>
       </c>
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
         <v>93</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>42</v>
       </c>
       <c r="B12" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" t="s">
         <v>96</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>97</v>
       </c>
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>98</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>99</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>42</v>
       </c>
       <c r="B13" t="s">
+        <v>101</v>
+      </c>
+      <c r="C13" t="s">
         <v>102</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E13" t="s">
         <v>104</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>105</v>
       </c>
       <c r="H13" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>42</v>
       </c>
       <c r="B14" t="s">
         <v>107</v>
       </c>
       <c r="C14" t="s">
         <v>108</v>
       </c>
       <c r="D14" t="s">
@@ -2448,77 +2463,77 @@
       </c>
       <c r="E20" t="s">
         <v>139</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>140</v>
       </c>
       <c r="H20" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>42</v>
       </c>
       <c r="B21" t="s">
         <v>142</v>
       </c>
       <c r="C21" t="s">
         <v>143</v>
       </c>
       <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
         <v>144</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
         <v>145</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>42</v>
       </c>
       <c r="B22" t="s">
+        <v>147</v>
+      </c>
+      <c r="C22" t="s">
         <v>148</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="E22" t="s">
         <v>150</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
         <v>151</v>
       </c>
       <c r="H22" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>42</v>
       </c>
       <c r="B23" t="s">
         <v>153</v>
       </c>
       <c r="C23" t="s">
         <v>154</v>
       </c>
       <c r="D23" t="s">
@@ -2630,1405 +2645,1431 @@
       </c>
       <c r="E27" t="s">
         <v>175</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>176</v>
       </c>
       <c r="H27" t="s">
         <v>177</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>42</v>
       </c>
       <c r="B28" t="s">
         <v>178</v>
       </c>
       <c r="C28" t="s">
         <v>179</v>
       </c>
       <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
         <v>180</v>
       </c>
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
         <v>181</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>182</v>
-      </c>
-[...1 lines deleted...]
-        <v>183</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>42</v>
       </c>
       <c r="B29" t="s">
+        <v>183</v>
+      </c>
+      <c r="C29" t="s">
         <v>184</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>185</v>
       </c>
-      <c r="D29" t="s">
+      <c r="E29" t="s">
         <v>186</v>
       </c>
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
         <v>187</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>188</v>
       </c>
-      <c r="H29" t="s">
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>42</v>
+      </c>
+      <c r="B30" t="s">
         <v>189</v>
+      </c>
+      <c r="C30" t="s">
+        <v>190</v>
+      </c>
+      <c r="D30" t="s">
+        <v>191</v>
+      </c>
+      <c r="E30" t="s">
+        <v>192</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>193</v>
+      </c>
+      <c r="H30" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B2" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="C2" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="D2" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E2" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="H2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B3" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="C3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D3" t="s">
         <v>198</v>
       </c>
-      <c r="D3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E3" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="H3" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B4" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="C4" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="D4" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="E4" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="H4" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B5" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="C5" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="D5" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="E5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="H5" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B6" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C6" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="D6" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="E6" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="H6" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B7" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
       <c r="C7" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="D7" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="E7" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H7" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B8" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="C8" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
       <c r="D8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="E8" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="H8" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B9" t="s">
+        <v>235</v>
+      </c>
+      <c r="C9" t="s">
         <v>230</v>
       </c>
-      <c r="C9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E9" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="H9" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B10" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="C10" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="D10" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E10" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="H10" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B11" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="C11" t="s">
+        <v>247</v>
+      </c>
+      <c r="D11" t="s">
         <v>242</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="H11" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B12" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="C12" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D12" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E12" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="H12" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B13" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="C13" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D13" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E13" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H13" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B14" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="C14" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D14" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E14" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H14" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B15" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="C15" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="D15" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E15" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="H15" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B16" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="C16" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="D16" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E16" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="H16" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B17" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C17" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D17" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E17" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="H17" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B18" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="C18" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="D18" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E18" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
       <c r="H18" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B19" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="C19" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D19" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E19" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="H19" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B20" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="C20" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D20" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="E20" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="H20" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B21" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C21" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D21" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="E21" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H21" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B22" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C22" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="D22" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="E22" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="H22" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B23" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="C23" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="D23" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="E23" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="H23" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B24" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="C24" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="D24" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="E24" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="H24" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B25" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="C25" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="D25" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="E25" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
       <c r="H25" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B26" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="C26" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="D26" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="E26" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="H26" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B27" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C27" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="D27" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="E27" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>318</v>
+        <v>323</v>
       </c>
       <c r="H27" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B28" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C28" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="D28" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="E28" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="H28" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B29" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C29" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="D29" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="E29" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="H29" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B30" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="C30" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="D30" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="E30" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>336</v>
+        <v>341</v>
       </c>
       <c r="H30" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B2" t="s">
-        <v>339</v>
+        <v>344</v>
       </c>
       <c r="C2" t="s">
-        <v>340</v>
+        <v>345</v>
       </c>
       <c r="D2" t="s">
-        <v>341</v>
+        <v>346</v>
       </c>
       <c r="E2" t="s">
-        <v>342</v>
+        <v>347</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>343</v>
+        <v>348</v>
       </c>
       <c r="H2" t="s">
-        <v>344</v>
+        <v>349</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B3" t="s">
-        <v>345</v>
+        <v>350</v>
       </c>
       <c r="C3" t="s">
-        <v>346</v>
+        <v>351</v>
       </c>
       <c r="D3" t="s">
-        <v>347</v>
+        <v>352</v>
       </c>
       <c r="E3" t="s">
-        <v>348</v>
+        <v>353</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>349</v>
+        <v>354</v>
       </c>
       <c r="H3" t="s">
-        <v>350</v>
+        <v>355</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>338</v>
+        <v>343</v>
       </c>
       <c r="B4" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="C4" t="s">
-        <v>352</v>
+        <v>357</v>
       </c>
       <c r="D4" t="s">
-        <v>353</v>
+        <v>358</v>
       </c>
       <c r="E4" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="H4" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>357</v>
+        <v>362</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B2" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="H2" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="I2" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B3" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="H3" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="I3" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B4" t="s">
+        <v>373</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>374</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>375</v>
+      </c>
+      <c r="H4" t="s">
+        <v>376</v>
+      </c>
+      <c r="I4" t="s">
         <v>368</v>
-      </c>
-[...19 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>358</v>
+        <v>363</v>
       </c>
       <c r="B5" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H5" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="I5" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="C2" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="D2" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="E2" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
       <c r="H2" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B3" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="C3" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="D3" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="E3" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="H3" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B4" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="C4" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
       <c r="D4" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="E4" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H4" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B2" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="C2" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H2" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B2" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="C2" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="H2" t="s">
-        <v>406</v>
+        <v>411</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>