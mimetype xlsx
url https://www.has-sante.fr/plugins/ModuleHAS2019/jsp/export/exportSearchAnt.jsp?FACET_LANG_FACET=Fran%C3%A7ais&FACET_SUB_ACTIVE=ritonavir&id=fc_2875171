--- v1 (2025-12-19)
+++ v2 (2026-02-03)
@@ -33,51 +33,51 @@
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
     <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="666" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="674" uniqueCount="367">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -513,50 +513,68 @@
     <t>https://www.has-sante.fr/jcms/c_272363/fr/recommandations-pour-le-suivi-medical-des-patients-asthmatiques-adultes-et-adolescents</t>
   </si>
   <si>
     <t>c_272363</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>La HAS définit la place des nouveaux traitements de l’hépatite C</t>
   </si>
   <si>
     <t>La mise à disposition d’une nouvelle génération d’antiviraux d’action directe annonce une révolution dans les traitements des personnes porteuses d’infection chronique par le virus de l’hépatite C (VHC) : mieux tolérés, plus efficaces, avec des données disponibles aujourd’hui qui permettent d’espérer la guérison virologique de 90% des malades après une cure de 12 ou 24 semaines seulement. Un médicament a déjà été évalué par la HAS, d’autres arrivent qui seront utilisés en association les uns avec les autres.</t>
   </si>
   <si>
     <t>01/07/2014 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1751519/fr/la-has-definit-la-place-des-nouveaux-traitements-de-l-hepatite-c</t>
   </si>
   <si>
     <t>c_1751519</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
   </si>
   <si>
     <t>Méthodes contraceptives : Focus sur les méthodes les plus efficaces disponibles</t>
   </si>
   <si>
     <t>Consultez le document de synthèse qui fait le point sur les méthodes contraceptives les plus efficaces : les spécialités disponibles, leur mode d'action, les indications, les populations cibles, l'efficacité, la tolérance, les conditions de suivi et les complications. Actualisation novembre 2017</t>
   </si>
   <si>
     <t>18/10/2017 00:00:00</t>
   </si>
   <si>
     <t>24/11/2017 11:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1369314/fr/methodes-contraceptives-focus-sur-les-methodes-les-plus-efficaces-disponibles</t>
   </si>
   <si>
     <t>c_1369314</t>
   </si>
   <si>
     <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
   </si>
   <si>
     <t>11/01/2017 00:00:00</t>
   </si>
@@ -2066,51 +2084,51 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>156</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>157</v>
       </c>
       <c r="H2" t="s">
         <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H6"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2132,74 +2150,74 @@
       </c>
       <c r="D2" t="s">
         <v>162</v>
       </c>
       <c r="E2" t="s">
         <v>163</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>164</v>
       </c>
       <c r="H2" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>159</v>
       </c>
       <c r="B3" t="s">
         <v>166</v>
       </c>
       <c r="C3" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D3" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="H3" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>159</v>
       </c>
       <c r="B4" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C4" t="s">
         <v>172</v>
       </c>
       <c r="D4" t="s">
         <v>173</v>
       </c>
       <c r="E4" t="s">
         <v>174</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>175</v>
       </c>
       <c r="H4" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>159</v>
       </c>
       <c r="B5" t="s">
@@ -2226,1253 +2244,1279 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>159</v>
       </c>
       <c r="B6" t="s">
         <v>183</v>
       </c>
       <c r="C6" t="s">
         <v>184</v>
       </c>
       <c r="D6" t="s">
         <v>185</v>
       </c>
       <c r="E6" t="s">
         <v>186</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
         <v>187</v>
       </c>
       <c r="H6" t="s">
         <v>188</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>159</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>190</v>
+      </c>
+      <c r="D7" t="s">
+        <v>191</v>
+      </c>
+      <c r="E7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>193</v>
+      </c>
+      <c r="H7" t="s">
+        <v>194</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B2" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="H2" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="I2" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B3" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="H3" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="I3" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B4" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
+        <v>207</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>208</v>
+      </c>
+      <c r="H4" t="s">
+        <v>209</v>
+      </c>
+      <c r="I4" t="s">
         <v>201</v>
-      </c>
-[...10 lines deleted...]
-        <v>195</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B5" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="H5" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="I5" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B6" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="H6" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="I6" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B7" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="H7" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="I7" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B8" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="H8" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="I8" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B9" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
       <c r="H9" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="I9" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B10" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="H10" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="I10" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B11" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="H11" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="I11" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B12" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H12" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="I12" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B13" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="H13" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="I13" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B14" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="H14" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="I14" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B15" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="H15" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="I15" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B16" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="H16" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="I16" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B17" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="C17" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="H17" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="I17" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B18" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="H18" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="I18" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B19" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="H19" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="I19" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B20" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="H20" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
       <c r="I20" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B21" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H21" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I21" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B22" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="H22" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="I22" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B23" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
       <c r="H23" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="I23" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="B24" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="H24" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="I24" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B2" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="C2" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="D2" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="E2" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="H2" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B3" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="C3" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="D3" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="E3" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="H3" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="B4" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C4" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="D4" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="E4" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="H4" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
       <c r="B2" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="C2" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="D2" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="E2" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="H2" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
       <c r="J1" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="K1" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B2" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="H2" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="I2" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="J2" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="K2" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="L2" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="M2" t="s">
-        <v>323</v>
+        <v>329</v>
       </c>
       <c r="N2" t="s">
-        <v>324</v>
+        <v>330</v>
       </c>
       <c r="O2" t="s">
-        <v>325</v>
+        <v>331</v>
       </c>
       <c r="P2" t="s">
-        <v>326</v>
+        <v>332</v>
       </c>
       <c r="Q2" t="s">
-        <v>327</v>
+        <v>333</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B3" t="s">
-        <v>328</v>
+        <v>334</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>329</v>
+        <v>335</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>330</v>
+        <v>336</v>
       </c>
       <c r="H3" t="s">
-        <v>331</v>
+        <v>337</v>
       </c>
       <c r="I3" t="s">
-        <v>332</v>
+        <v>338</v>
       </c>
       <c r="J3" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="K3" t="s">
-        <v>333</v>
+        <v>339</v>
       </c>
       <c r="L3" t="s">
-        <v>334</v>
+        <v>340</v>
       </c>
       <c r="M3" t="s">
-        <v>335</v>
+        <v>341</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B4" t="s">
-        <v>336</v>
+        <v>342</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>337</v>
+        <v>343</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="H4" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="I4" t="s">
-        <v>340</v>
+        <v>346</v>
       </c>
       <c r="J4" t="s">
         <v>11</v>
       </c>
       <c r="K4" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="L4" t="s">
-        <v>342</v>
+        <v>348</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="B5" t="s">
-        <v>343</v>
+        <v>349</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>344</v>
+        <v>350</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>345</v>
+        <v>351</v>
       </c>
       <c r="H5" t="s">
-        <v>346</v>
+        <v>352</v>
       </c>
       <c r="I5" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
       <c r="J5" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="K5" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="L5" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="M5" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B2" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="C2" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="H2" t="s">
-        <v>356</v>
+        <v>362</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>359</v>
+        <v>365</v>
       </c>
       <c r="H3" t="s">
-        <v>360</v>
+        <v>366</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>