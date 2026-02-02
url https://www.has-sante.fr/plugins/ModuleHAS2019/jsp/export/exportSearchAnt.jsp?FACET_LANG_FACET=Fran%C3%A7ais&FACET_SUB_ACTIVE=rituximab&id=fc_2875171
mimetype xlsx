--- v0 (2025-11-04)
+++ v1 (2026-02-02)
@@ -1,350 +1,2771 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Communiqué de presse" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Medicament" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1593" uniqueCount="881">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
+    <t>Maladie associée aux IgG4  - Pathologies infiltratives et fibrosantes associées aux IgG4</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinsd’un patient atteint de maladie associée aux IgG4 (MAG4). Il a été élaboré par le Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe –IgG4 (CERAINOM-IgG4) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) avec la participation du Centre de référence des maladies rares du pancréas (PaRaDis) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3776085/fr/maladie-associee-aux-igg4-pathologies-infiltratives-et-fibrosantes-associees-aux-igg4</t>
+  </si>
+  <si>
+    <t>p_3776085</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ou adolescent présentant une anémie hémolytique auto-immune (AHAI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3761395/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3761395</t>
+  </si>
+  <si>
+    <t>Protéinose Alvéolaire Pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de protéinose alvéolaire (PAP). Il a été élaboré par le Centre de référence constitutif des maladies pulmonaires rares - OrphaLung à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762176/fr/proteinose-alveolaire-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3762176</t>
+  </si>
+  <si>
+    <t>Insuffisance respiratoire des enfants avec maladie respiratoire rare</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des enfants avec une maladie respiratoire rare et une IRC, incluant les indications à une transplantation pulmonaire. Il a été élaboré par le Centre de référence coordonnateur des maladies respiratoires rares - RespiRare / à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762549/fr/insuffisance-respiratoire-des-enfants-avec-maladie-respiratoire-rare</t>
+  </si>
+  <si>
+    <t>p_3762549</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Pemphigoïde de la grossesse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente atteinte de pemphigoïde de la grossesse. Il a été élaboré par les centres de référence des maladies bulleuses auto-immunes MALIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636262/fr/pemphigoide-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>c_2636262</t>
+  </si>
+  <si>
+    <t>Syndromes de Willebrand acquis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWA (ALD 11 : hémophilie et affectations de l’hémostase graves). Il a été élaboré par le Centre de Référence Maladie de Willebrand à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/05/2025 12:27:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602131/fr/syndromes-de-willebrand-acquis</t>
+  </si>
+  <si>
+    <t>p_3602131</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Les maladies du spectre de la neuromyélite optique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la NMOSD. Il a été élaboré par le Centre de référence des maladies inflammatoires rares du cerveau et de la moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245151/fr/les-maladies-du-spectre-de-la-neuromyelite-optique</t>
+  </si>
+  <si>
+    <t>p_3245151</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome de Cogan</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/04/2024 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
+  </si>
+  <si>
+    <t>p_3503231</t>
+  </si>
+  <si>
+    <t>Lupus Systémique de l'adulte et de l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de lupus systémique (LS). Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493410/fr/lupus-systemique-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3493410</t>
+  </si>
+  <si>
+    <t>Nécrolyse épidermique de l’adulte (Syndromes de Stevens-Johnson et de Lyell)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte pris en charge pour une nécrolyse épidermique (NE, syndrome de Stevens-Johnson, SJS, et syndrome de Lyell ou nécrolyse épidermique toxique, NET). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/04/2018 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012735/fr/necrolyse-epidermique-de-l-adulte-syndromes-de-stevens-johnson-et-de-lyell</t>
+  </si>
+  <si>
+    <t>c_1012735</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Déficits immunitaires héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de déficits immunitaires primitifs ou héréditaires. Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2023 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431473/fr/deficits-immunitaires-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3431473</t>
+  </si>
+  <si>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Glomérulonéphrite Extra-Membraneuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GEM. Il a été élaboré par le Centre de Référence Maladies Rares du Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392035/fr/glomerulonephrite-extra-membraneuse</t>
+  </si>
+  <si>
+    <t>p_3392035</t>
+  </si>
+  <si>
+    <t>Le spectre des maladies à anticorps anti-MOG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de MOGAD. Il a été élaboré par le Centre de Référence Maladies Inflammatoires Rares du Cerveau Et de la Moelle à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3382586/fr/le-spectre-des-maladies-a-anticorps-anti-mog</t>
+  </si>
+  <si>
+    <t>p_3382586</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SAPL. Il a été élaboré sous l’égide du Centre de référence du lupus, syndrome des anticorps anti-phospholipides et autres maladies auto-immunes rares et du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375791/fr/syndrome-des-anti-phospholipides-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3375791</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>Maladie (ou syndrome) de Sjögren</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Sjögren. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/04/2022 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328894/fr/maladie-ou-syndrome-de-sjogren</t>
+  </si>
+  <si>
+    <t>p_3328894</t>
+  </si>
+  <si>
+    <t>Encéphalites à anticorps anti-NMDAr</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’encéphalite auto-immune avec anticorps anti-NMDA récepteur. Il a été élaboré par le Centre de Référence des Syndromes neurologiques paranéoplasiques et encéphalites auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310384/fr/encephalites-a-anticorps-anti-nmdar</t>
+  </si>
+  <si>
+    <t>p_3310384</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Cryoglobulinémies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de cryoglobulinémie. Il a été élaboré sous l’égide du centre de référence des maladies auto-immunes systémiques rares d’Ile-de-France et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278570/fr/cryoglobulinemies</t>
+  </si>
+  <si>
+    <t>p_3278570</t>
+  </si>
+  <si>
+    <t>Hépatite Auto-Immunes (HAI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hépatite Auto-Immunes (HAI). Il a été élaboré par le Centre de Référence Constitutif des Maladies Inflammatoires des Voies Biliaires et Hépatites Auto-Immunes Sous l’égide et avec le partenariat de la Filière de Santé « FILFOIE »à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291664/fr/hepatite-auto-immunes-hai</t>
+  </si>
+  <si>
+    <t>p_3291664</t>
+  </si>
+  <si>
+    <t>Polychondrite Chronique Atrophiante</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PCA. Il a été élaboréSous l’égide du Centre de référence des maladies systémiques rares de l’Est et du Sud-Ouest, du Centre de référence des maladies auto-immunes systémiques rares d’Ile de France, du Centre de référence du lupus, SAPL et autres maladies auto-immunes rares, du Centre de compétence des maladies auto-immunes systémiques rares de Toulouse et de la filière des maladies auto-immunes et auto-inflammatoires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278590/fr/polychondrite-chronique-atrophiante</t>
+  </si>
+  <si>
+    <t>p_3278590</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Polyradiculoneuropathie Inflammatoire Démyélinisante Chronique (PIDC) . Il a été élaboré par le Centre de référence des maladies rares des Neuropathies rares, CHU de Bicetre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/04/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261449/fr/polyradiculoneuropathie-inflammatoire-demyelinisante-chronique-pidc</t>
+  </si>
+  <si>
+    <t>p_3261449</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>17/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>21/10/2019 16:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_483032/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>c_483032</t>
+  </si>
+  <si>
+    <t>Vascularites nécrosantes systémiques (périartérite noueuse et vascularites associées aux ANCA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d'une vascularite nécrosante systémique. Il a été élaboré par le Centre de référence des maladies auto-immunes systémiques rares d’Ile de France sous l’égide du GFEV (Groupe Français d’Etude des Vascularites) et de la filière FAI²R (maladies auto-immunes et auto-inflammatoires rares) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/06/2019 12:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076472/fr/vascularites-necrosantes-systemiques-periarterite-noueuse-et-vascularites-associees-aux-anca</t>
+  </si>
+  <si>
+    <t>p_3076472</t>
+  </si>
+  <si>
+    <t>Maladie de Still de l'adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de maladie de Still de l’adulte (MSA) en 2018.</t>
+  </si>
+  <si>
+    <t>10/08/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867360/fr/maladie-de-still-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2867360</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Pneumopathies interstitielles diffuses de l’enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de fournir aux professionnels de santé les recommandations pour une prise en charge optimale des enfants atteints d’une pneumopathie interstitielle diffuse (PID) chronique et pour un parcours de soins adapté.</t>
+  </si>
+  <si>
+    <t>03/11/2017 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2802885/fr/pneumopathies-interstitielles-diffuses-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2802885</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Purpura thrombopénique immunologique.</t>
+  </si>
+  <si>
+    <t>09/06/2017 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772874/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2772874</t>
+  </si>
+  <si>
+    <t>Lupus Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
+  </si>
+  <si>
+    <t>c_2751894</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Myasthénie autoimmune</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de myasthénie autoimmune.</t>
+  </si>
+  <si>
+    <t>24/07/2015 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2048406/fr/myasthenie-autoimmune</t>
+  </si>
+  <si>
+    <t>c_2048406</t>
+  </si>
+  <si>
+    <t>ALD n° 30 - Lymphomes non hodgkiniens de l’adulte</t>
+  </si>
+  <si>
+    <t>28/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>22/04/2015 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_881776/fr/ald-n-30-lymphomes-non-hodgkiniens-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_881776</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035513/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_1035513</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Borréliose de Lyme et autres maladies vectorielles à tiques (MVT)</t>
+  </si>
+  <si>
+    <t>Cette actualisation de recommandation de bonne pratique, en complément du guide du parcours de soins publié en 2022 sur cette même thématique1, a pour objectif principal d’harmoniser les pratiques cliniques et d’aider les praticiens dans leurs démarches diagnostique et thérapeutique et ainsi d’éviter de laisser un patient présentant une borréliose de Lyme ou une suspicion de borréliose de Lyme voire d’une autre maladie vectorielle à tique en errance médicale en France.</t>
+  </si>
+  <si>
+    <t>13/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2025 14:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857558/fr/borreliose-de-lyme-et-autres-maladies-vectorielles-a-tiques-mvt</t>
+  </si>
+  <si>
+    <t>c_2857558</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Transfusion de plasma thérapeutique : produits, indications</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les indications cliniques du plasma thérapeutique, ainsi que les situations dans lesquelles son utilisation n’est pas recommandée.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2012 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264081/fr/transfusion-de-plasma-therapeutique-produits-indications</t>
+  </si>
+  <si>
+    <t>c_1264081</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Patient selection criteria for at-home cancer chemotherapy</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
+    <t>Critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile</t>
+  </si>
+  <si>
+    <t>Les recommandations ont pour objectif de définir des critères d'éligibilité des patients à une chimiothérapie anticancéreuse à domicile en abordant successivement :# 1. la typologie des chimiothérapies anticancéreuses réalisables à domicile dans des conditions de sécurité et de qualité comparables à celles de l'hospitalisation conventionnelle# 2. l'évaluation du patient dans le cadre d'un projet thérapeutique (préférences du patient et de son entourage et définition des critères médicaux, psychologiques, sociaux et environnementaux)# 3. la mise en œuvre de la chimiothérapie anticancéreuse à domicile et la surveillance postchimiothérapie.# La chimiothérapie anticancéreuse pédiatrique, qui requiert des considérations spécifiques, n’a pas été traitée.</t>
+  </si>
+  <si>
+    <t>01/09/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS définit la place des nouveaux traitements de l’hépatite C</t>
+  </si>
+  <si>
+    <t>La mise à disposition d’une nouvelle génération d’antiviraux d’action directe annonce une révolution dans les traitements des personnes porteuses d’infection chronique par le virus de l’hépatite C (VHC) : mieux tolérés, plus efficaces, avec des données disponibles aujourd’hui qui permettent d’espérer la guérison virologique de 90% des malades après une cure de 12 ou 24 semaines seulement. Un médicament a déjà été évalué par la HAS, d’autres arrivent qui seront utilisés en association les uns avec les autres.</t>
+  </si>
+  <si>
+    <t>01/07/2014 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751519/fr/la-has-definit-la-place-des-nouveaux-traitements-de-l-hepatite-c</t>
+  </si>
+  <si>
+    <t>c_1751519</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Assessment of biological tests for Pneumocystis Pneumonia (Pneumocystis jirovecii infections) diagnosis - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2680246/en/assessment-of-biological-tests-for-pneumocystis-pneumonia-pneumocystis-jirovecii-infections-diagnosis-inahta-brief</t>
+    <t>Dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Définition du protocole d’évaluation du dosage sérique des chaînes légères libres kappa et lambda dans les gammapathies monoclonales</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2024 17:50:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530129/fr/dosage-serique-des-chaines-legeres-libres-kappa-et-lambda-dans-les-gammapathies-monoclonales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3530129</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique - Exploration d’ADAMTS-13</t>
+  </si>
+  <si>
+    <t>Cette évaluation répond à une demande de l’Union nationale des caisses d’Assurance maladie qui souhaitait que la HAS se prononce sur l’opportunité du transfert éventuel de deux actes (mesure d’activité d’ADAMTS-13 [pour A disintegrin and metalloprotease with thrombospondin type 1 repeats, member 13] et recherche/titrage d’anticorps anti-ADAMTS-13) de la liste complémentaire vers la nomenclature des actes de biologie médicale (NABM). En sus de ces deux actes, la HAS a évalué la recherche de mutations dans le gène codant ADAMTS-13 qui n’est pas inscrit à la NABM. Ces trois actes sont réalisés dans le cadre du purpura thrombotique thrombocytopénique (PTT) ou maladie de Moschcowitz</t>
+  </si>
+  <si>
+    <t>17/11/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/11/2022 17:04:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3388869/fr/purpura-thrombotique-thrombocytopenique-exploration-d-adamts-13</t>
+  </si>
+  <si>
+    <t>p_3388869</t>
+  </si>
+  <si>
+    <t>Évaluation de l’analyse chromosomique sur puce à ADN (ACPA) en cancérologie</t>
+  </si>
+  <si>
+    <t>L’analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») est une technique de cytogénétique moléculaire qui permet de détecter des variations quantitatives du génome (pertes ou gains de matériel chromosomique) avec une résolution très supérieure à celle du caryotype conventionnel. Objectif de l'évaluation : déterminer à quelles fins l’ACPA est utilisée en pratique courante en cancérologie et la place de l’ACPA au regard des techniques plus classiquement utilisées dans ces situations cliniques.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>27/09/2019 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3066998/fr/evaluation-de-l-analyse-chromosomique-sur-puce-a-adn-acpa-en-cancerologie</t>
+  </si>
+  <si>
+    <t>p_3066998</t>
+  </si>
+  <si>
+    <t>Évaluation des actes de diagnostic biologique de la pneumocystose (Pneumocystis jirovecii)</t>
+  </si>
+  <si>
+    <t>La HAS a évalué les techniques de recherche directe de l’agent infectieux par les techniques microscopiques (colorations, immunofluorescence), la recherche d’ADN via les techniques d’amplification génique, ainsi que le dosage sérique de l’antigène soluble β -(1-3)- D - glucane (BG), présent dans la paroi cellulaire du microorganisme.</t>
+  </si>
+  <si>
+    <t>27/09/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2680246/fr/evaluation-des-actes-de-diagnostic-biologique-de-la-pneumocystose-pneumocystis-jirovecii</t>
   </si>
   <si>
     <t>c_2680246</t>
   </si>
   <si>
-    <t>Laboratory examinations to test for Epstein-Barr virus as part of post-transplant lymphoproliferative disorder</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2573692/en/laboratory-examinations-to-test-for-epstein-barr-virus-as-part-of-post-transplant-lymphoproliferative-disorder</t>
+    <t>Examens biologiques de recherche du virus Epstein-Barr dans le cadre d’un Syndrome Lymphoprolifératif Post Transplantation</t>
+  </si>
+  <si>
+    <t>Évaluation de la mesure de la charge virale du virus d’Epstein-Barr (EBV) par amplification génique (PCR) en temps réel et de la recherche des anticorps sériques anti-EBV dans le cadre d’un syndrome lymphoprolifératif post-transplantation (SLPT)</t>
+  </si>
+  <si>
+    <t>20/11/2015 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573692/fr/examens-biologiques-de-recherche-du-virus-epstein-barr-dans-le-cadre-d-un-syndrome-lymphoproliferatif-post-transplantation</t>
   </si>
   <si>
     <t>c_2573692</t>
   </si>
   <si>
-    <t>Detection of enterovirus genome in cerebrospinal fluid by gene amplification in meningitis patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1739174/en/detection-of-enterovirus-genome-in-cerebrospinal-fluid-by-gene-amplification-in-meningitis-patients-inahta-brief</t>
+    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien par amplification génique dans les méningites - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Évaluation de la détection du génome des entérovirus dans le liquide céphalorachidien ( LCR ) par amplification génique dans les méningites</t>
+  </si>
+  <si>
+    <t>23/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739174/fr/evaluation-de-la-detection-du-genome-des-enterovirus-dans-le-liquide-cephalorachidien-par-amplification-genique-dans-les-meningites-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1739174</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983658/en/mabthera</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 mars 2025</t>
+  </si>
+  <si>
+    <t>20/03/2025 10:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594876/fr/college-deliberatif-du-6-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594876</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 26 février 2025</t>
+  </si>
+  <si>
+    <t>19/02/2025 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591267/fr/commission-de-la-transparence-reunion-du-26-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591267</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 25 avril 2024</t>
+  </si>
+  <si>
+    <t>13/06/2024 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3523591/fr/college-deliberatif-du-25-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3523591</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 avril 2024</t>
+  </si>
+  <si>
+    <t>04/04/2024 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3505957/fr/commission-de-la-transparence-reunion-du-10-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3505957</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 06 septembre 2023</t>
+  </si>
+  <si>
+    <t>17/11/2023 11:53:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3470051/fr/commission-de-la-transparence-reunion-du-06-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3470051</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 1er juin 2023</t>
+  </si>
+  <si>
+    <t>05/10/2023 08:43:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465987/fr/pv-du-college-deliberatif-du-1er-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3465987</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 8 juin 2023</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3465991/fr/pv-du-college-deliberatif-du-8-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3465991</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 août 2023</t>
+  </si>
+  <si>
+    <t>25/08/2023 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458179/fr/commission-de-la-transparence-reunion-du-30-aout-2023</t>
+  </si>
+  <si>
+    <t>p_3458179</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 07 juin 2023</t>
+  </si>
+  <si>
+    <t>05/06/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444665/fr/commission-de-la-transparence-reunion-du-07-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3444665</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 9 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443228/fr/college-deliberatif-du-9-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443228</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 mai 2023</t>
+  </si>
+  <si>
+    <t>22/05/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442632/fr/commission-de-la-transparence-reunion-du-24-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3442632</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2023</t>
+  </si>
+  <si>
+    <t>13/04/2023 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427269/fr/commission-de-la-transparence-reunion-du-19-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3427269</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 05 avril 2023</t>
+  </si>
+  <si>
+    <t>31/03/2023 08:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424665/fr/commission-de-la-transparence-reunion-du-05-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3424665</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2023</t>
+  </si>
+  <si>
+    <t>03/03/2023 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3418537/fr/commission-de-la-transparence-reunion-du-8-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3418537</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 Janvier 2023</t>
+  </si>
+  <si>
+    <t>18/01/2023 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3405882/fr/commission-de-la-transparence-reunion-du-25-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3405882</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 Décembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392528/fr/commission-de-la-transparence-reunion-du-7-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392528</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 Novembre 2022</t>
+  </si>
+  <si>
+    <t>16/11/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385960/fr/commission-de-la-transparence-reunion-du-23-novembre-2022</t>
+  </si>
+  <si>
+    <t>p_3385960</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 Octobre 2022</t>
+  </si>
+  <si>
+    <t>07/10/2022 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375646/fr/commission-de-la-transparence-reunion-du-12-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3375646</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 Septembre 2022</t>
+  </si>
+  <si>
+    <t>20/09/2022 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367227/fr/commission-de-la-transparence-reunion-du-21-septembre-2022</t>
+  </si>
+  <si>
+    <t>p_3367227</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 16 février 2022</t>
+  </si>
+  <si>
+    <t>08/02/2022 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3315369/fr/commission-de-la-transparence-reunion-du-16-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3315369</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 17 janvier 2022</t>
+  </si>
+  <si>
+    <t>10/01/2022 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308735/fr/commission-de-la-transparence-reunion-du-17-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3308735</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 5 janvier 2022</t>
+  </si>
+  <si>
+    <t>03/01/2022 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307312/fr/commission-de-la-transparence-reunion-du-5-janvier-2022</t>
+  </si>
+  <si>
+    <t>p_3307312</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 décembre 2021</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302842/fr/commission-de-la-transparence-reunion-a-distance-du-6-decembre-2021</t>
+  </si>
+  <si>
+    <t>p_3302842</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 20 janvier 2021</t>
+  </si>
+  <si>
+    <t>14/01/2021 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231150/fr/commission-de-la-transparence-reunion-a-distance-du-20-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231150</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 janvier 2021</t>
+  </si>
+  <si>
+    <t>04/01/2021 11:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3227973/fr/commission-de-la-transparence-reunion-a-distance-du-6-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3227973</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 16 décembre  2020</t>
+  </si>
+  <si>
+    <t>11/12/2020 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223433/fr/commission-de-la-transparence-reunion-a-distance-du-16-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223433</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 2 décembre  2020</t>
+  </si>
+  <si>
+    <t>26/11/2020 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3220410/fr/commission-de-la-transparence-reunion-a-distance-du-2-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3220410</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 4 novembre 2020</t>
+  </si>
+  <si>
+    <t>28/10/2020 17:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214706/fr/commission-de-la-transparence-reunion-a-distance-du-4-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3214706</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 juillet 2020</t>
+  </si>
+  <si>
+    <t>10/07/2020 08:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193506/fr/ceesp-reunion-du-16-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3193506</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 3 juin 2020</t>
+  </si>
+  <si>
+    <t>28/05/2020 16:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186837/fr/commission-de-la-transparence-reunion-a-distance-du-3-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3186837</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2020</t>
+  </si>
+  <si>
+    <t>27/02/2020 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3153443/fr/commission-de-la-transparence-reunion-du-4-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3153443</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 26 février 2020</t>
+  </si>
+  <si>
+    <t>21/02/2020 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152868/fr/college-deliberatif-du-26-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3152868</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
+  </si>
+  <si>
+    <t>03/01/2020 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145065/fr/commission-de-la-transparence-reunion-du-8-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145065</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 décembre 2019</t>
+  </si>
+  <si>
+    <t>27/11/2019 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121566/fr/commission-de-la-transparence-reunion-du-4-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3121566</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2019</t>
+  </si>
+  <si>
+    <t>13/11/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118206/fr/commission-de-la-transparence-reunion-du-20-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3118206</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 avril 2019</t>
+  </si>
+  <si>
+    <t>24/09/2019 16:30:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964479/fr/ceesp-reunion-du-16-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2964479</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 avril 2019</t>
+  </si>
+  <si>
+    <t>27/03/2019 14:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913151/fr/commission-de-la-transparence-reunion-du-3-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2913151</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 février 2019</t>
+  </si>
+  <si>
+    <t>20/02/2019 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905798/fr/commission-de-la-transparence-reunion-du-27-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2905798</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juin 2018</t>
+  </si>
+  <si>
+    <t>13/06/2018 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855918/fr/commission-de-la-transparence-reunion-du-20-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2855918</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>30/03/2018 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839614/fr/college-deliberatif-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 mars 2018</t>
+  </si>
+  <si>
+    <t>05/03/2018 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831410/fr/commission-de-la-transparence-reunion-du-7-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2831410</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 octobre 2017</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800077/fr/commission-de-la-transparence-reunion-du-25-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2800077</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 16 mai 2017</t>
+  </si>
+  <si>
+    <t>30/05/2017 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2770975/fr/ceesp-reunion-du-16-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2770975</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 10:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756298/fr/commission-de-la-transparence-reunion-du-19-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756298</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 21 février 2017</t>
+  </si>
+  <si>
+    <t>24/03/2017 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752728/fr/ceesp-reunion-du-21-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2752728</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 14 mars 2017</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752732/fr/ceesp-reunion-du-14-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2752732</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 mars 2017</t>
+  </si>
+  <si>
+    <t>01/03/2017 13:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2748196/fr/commission-de-la-transparence-reunion-du-8-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2748196</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 février 2017</t>
+  </si>
+  <si>
+    <t>10/02/2017 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745225/fr/commission-de-la-transparence-reunion-du-22-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2745225</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 janvier 2017</t>
+  </si>
+  <si>
+    <t>18/01/2017 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740415/fr/commission-de-la-transparence-reunion-du-25-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2740415</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2016</t>
+  </si>
+  <si>
+    <t>04/05/2016 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629937/fr/commission-de-la-transparence-reunion-du-11-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2629937</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 décembre 2015</t>
+  </si>
+  <si>
+    <t>25/11/2015 17:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574689/fr/commission-de-la-transparence-reunion-du-2-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2574689</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 avril 2015</t>
+  </si>
+  <si>
+    <t>09/04/2015 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025601/fr/commission-de-la-transparence-reunion-du-15-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2025601</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 février 2015</t>
+  </si>
+  <si>
+    <t>10/02/2015 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2011888/fr/commission-de-la-transparence-reunion-du-18-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2011888</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 janvier 2015</t>
+  </si>
+  <si>
+    <t>20/01/2015 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006292/fr/commission-de-la-transparence-reunion-du-21-janvier-2015</t>
+  </si>
+  <si>
+    <t>c_2006292</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 mai 2011</t>
+  </si>
+  <si>
+    <t>11/05/2011 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1052758/fr/commission-de-la-transparence-reunion-du-11-mai-2011</t>
+  </si>
+  <si>
+    <t>c_1052758</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 septembre 2010</t>
+  </si>
+  <si>
+    <t>22/09/2010 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_984076/fr/commission-de-la-transparence-reunion-du-22-septembre-2010</t>
+  </si>
+  <si>
+    <t>c_984076</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 novembre 2009</t>
+  </si>
+  <si>
+    <t>04/11/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_871740/fr/commission-de-la-transparence-reunion-du-4-novembre-2009</t>
+  </si>
+  <si>
+    <t>c_871740</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 janvier 2010</t>
+  </si>
+  <si>
+    <t>27/01/2010 17:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_924917/fr/commission-de-la-transparence-reunion-du-27-janvier-2010</t>
+  </si>
+  <si>
+    <t>c_924917</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 mars 2009</t>
+  </si>
+  <si>
+    <t>04/03/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_751583/fr/commission-de-la-transparence-reunion-du-4-mars-2009</t>
+  </si>
+  <si>
+    <t>c_751583</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 septembre 2008</t>
+  </si>
+  <si>
+    <t>17/09/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_692477/fr/commission-de-la-transparence-reunion-du-17-septembre-2008</t>
+  </si>
+  <si>
+    <t>c_692477</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2008</t>
+  </si>
+  <si>
+    <t>02/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644154/fr/commission-de-la-transparence-reunion-du-2-avril-2008</t>
+  </si>
+  <si>
+    <t>c_644154</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 juin 2007</t>
+  </si>
+  <si>
+    <t>06/06/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616099/fr/commission-de-la-transparence-reunion-du-6-juin-2007</t>
+  </si>
+  <si>
+    <t>c_616099</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025.0270/DC/SEM du 20 novembre 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité IMBRUVICA (ibrutinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité IMBRUVICA (ibrutinib) dans l'indication « en association au rituximab, au cyclophosphamide, à la doxorubicine, à la vincristine et à la prednisolone (IMBRUVICA + R-CHOP) en alternance avec R-DHAP (ou R-DHAOx) sans IMBRUVICA, suivi d’IMBRUVICA en monothérapie, est indiqué pour le traitement des patients adultes atteints d’un lymphome à cellules du manteau (LCM) non précédemment traité et qui seraient éligibles à une autogreffe de cellules souches (AGCS) ».</t>
+  </si>
+  <si>
+    <t>20/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:34:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3762614/fr/decision-n-2025-0270/dc/sem-du-20-novembre-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-imbruvica-ibrutinib</t>
+  </si>
+  <si>
+    <t>p_3762614</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0199/DC/SEM du 24 juillet 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités JAYPIRCA (pirtobrutinib) </t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité JAYPIRCA (pirtobrutinib) dans l'indication « en monothérapie dans le traitement des patients adultes atteints de leucémie lymphoïde chronique (LLC) en rechute et réfractaire qui ont été précédemment traités par un inhibiteur de la BTK et par vénétoclax (double-réfractaires). »</t>
+  </si>
+  <si>
+    <t>24/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>07/08/2025 10:53:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639877/fr/decision-n2025-0199/dc/sem-du-24-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-jaypirca-pirtobrutinib</t>
+  </si>
+  <si>
+    <t>p_3639877</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0186/DC/SEM du 17 juillet 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce des spécialités REZUROCK (bélumosudil)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité REZUROCK (bélumosudil) dans l'indication « Traitement des patients âgés de 12 ans et plus atteints d’une maladie du greffon contre l’hôte chronique (GvHD chronique) après l’échec d’au moins deux lignes antérieures de traitement systémique ».</t>
+  </si>
+  <si>
+    <t>17/07/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638324/fr/decision-n2025-0186/dc/sem-du-17-juillet-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-des-specialites-rezurock-belumosudil</t>
+  </si>
+  <si>
+    <t>p_3638324</t>
+  </si>
+  <si>
+    <t>Décision n°2025.0071/DC/SEM du 6 mars 2025 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité CALQUENCE (acalabrutinib)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité CALQUENCE (acalabrutinib) dans l'indication « en association avec la bendamustine et le rituximab (BR) est indiqué pour le traitement des patients adultes atteints de lymphome à cellules du manteau (LCM) non traités auparavant et non éligibles à une autogreffe de cellules souches ».</t>
+  </si>
+  <si>
+    <t>06/03/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>14/03/2025 11:23:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3597248/fr/decision-n2025-0071/dc/sem-du-6-mars-2025-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-calquence-acalabrutinib</t>
+  </si>
+  <si>
+    <t>p_3597248</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0115/DC/SEM du 25 avril 2024 du collège de la Haute Autorité de santé portant refus d’accès précoce de la spécialité RYSTIGGO (rozanolixizumab)</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité RYSTIGGO (rozanolixizumab) dans l'indication « « En association au traitement standard chez les patients adultes symptomatiques atteints de myasthénie auto-immune généralisée réfractaires, c’est-à-dire non répondeurs, non éligibles ou intolérants aux traitements actuellement disponibles et présentant des auto-anticorps anti-RACh+ ou anti-MuSK+ ».</t>
+  </si>
+  <si>
+    <t>25/04/2024 09:39:00</t>
+  </si>
+  <si>
+    <t>03/05/2024 12:06:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3515662/fr/decision-n2024-0115/dc/sem-du-25-avril-2024-du-college-de-la-haute-autorite-de-sante-portant-refus-d-acces-precoce-de-la-specialite-rystiggo-rozanolixizumab</t>
+  </si>
+  <si>
+    <t>p_3515662</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0209/DC/SEM du 8 juin 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité BRUKINSA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité BRUKINSA (zanubrutinib) dans l'indication « en monothérapie pour le traitement de patients adultes atteints de lymphome de la zone marginale (LZM) ayant reçu au moins un traitement antérieur à base d’anticorps anti-CD20 ».</t>
+  </si>
+  <si>
+    <t>08/06/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:40:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447478/fr/decision-n2023-0209/dc/sem-du-8-juin-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-brukinsa</t>
+  </si>
+  <si>
+    <t>p_3447478</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0206/DC/SEM du 1er juin 2023 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité EBVALLO</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyéé à la spécialité EBVALLO (tabelecleucel) dans l’indication « en monothérapie dans le traitement de patients adultes et pédiatriques âgés de 2 ans et plus atteints d’une maladie lymphoproliférative post-transplantation et positive au virus d’Epstein-Barr (EBV) récidivante ou réfractaire (LPT EBV+) qui ont reçu au moins un traitement antérieur. Pour les patients ayant reçu une transplantation d’organe solide, le traitement antérieur comprend la chimiothérapie, sauf si celle-ci est inappropriée ».</t>
+  </si>
+  <si>
+    <t>01/06/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>16/06/2023 15:35:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447505/fr/decision-n2023-0206/dc/sem-du-1er-juin-2023-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-ebvallo</t>
+  </si>
+  <si>
+    <t>p_3447505</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0089/DC/SEM du 9 mars 2023 du collège de la Haute Autorité de santé portant renouvellement de l’autorisation d’accès précoce de la spécialité TAVNEOS</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce renouvelée à la spécialité TAVNEOS (avacopan) dans l'indication « En association au rituximab ou au cyclophosphamide, pour le traitement des patients adultes atteints de granulomatose avec polyangéite (GPA) ou de polyangéite microscopique (PAM) et ayant une contre-indication formelle aux fortes doses de glucocorticoïdes ».</t>
+  </si>
+  <si>
+    <t>09/03/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>17/03/2023 09:00:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421378/fr/decision-n2023-0089/dc/sem-du-9-mars-2023-du-college-de-la-haute-autorite-de-sante-portant-renouvellement-de-l-autorisation-d-acces-precoce-de-la-specialite-tavneos</t>
+  </si>
+  <si>
+    <t>p_3421378</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0299/DP/SEM du 25 mai 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité UPLIZNA</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament UPLIZNA , dans l'indication « en monothérapie dans le traitement des troubles du spectre de la neuromyélite optique (TSNMO) chez les patients adultes qui sont séropositifs pour les immunoglobulines G antiaquaporine-4 (AQP4-IgG ».</t>
+  </si>
+  <si>
+    <t>25/05/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341911/fr/decision-n-2022-0299/dp/sem-du-25-mai-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-uplizna</t>
+  </si>
+  <si>
+    <t>p_3341911</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0148/DC/SEM du 28 avril 2022 du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>Décision du collège de la Haute Autorité de santé portant modification de l’autorisation d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>28/04/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>29/04/2022 15:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336466/fr/decision-n2022-0148/dc/sem-du-28-avril-2022-du-college-de-la-haute-autorite-de-sante-portant-modification-de-l-autorisation-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3336466</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0067/DC/SEM du 17 février 2022 du collège de la Haute Autorité de santé portant autorisation d’accès précoce de la spécialité TAVNEOS</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce octroyée à la spécialité TAVNEOS (avacopan) dans l'indication « En association au rituximab ou au cyclophosphamide, pour le traitement des patients adultes atteints de granulomatose avec polyangéite (GPA) ou de polyangéite microscopique (PAM) et ayant une contre-indication formelle aux fortes doses de glucocorticoïdes ».</t>
+  </si>
+  <si>
+    <t>17/02/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:14:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318745/fr/decision-n-2022-0067/dc/sem-du-17-fevrier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-d-acces-precoce-de-la-specialite-tavneos</t>
+  </si>
+  <si>
+    <t>p_3318745</t>
+  </si>
+  <si>
+    <t>Décision n° 2022.0001/DC/SEM du 6 janvier 2022 du collège de la Haute Autorité de santé portant autorisation de la demande d’accès précoce de la spécialité XEVUDY</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament XEVUDY (sotrovimab) dans l’indication « traitement des adultes et des adolescents (âgés de 12 ans et plus et pesant au moins 40 kg) atteints de la maladie à coronavirus 2019 (COVID-19) qui ne nécessitent pas de supplémentation en oxygène et qui risquent d'évoluer vers une COVID-19 sévère ».</t>
+  </si>
+  <si>
+    <t>06/01/2022 09:39:00</t>
+  </si>
+  <si>
+    <t>07/01/2022 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3308222/fr/decision-n-2022-0001/dc/sem-du-6-janvier-2022-du-college-de-la-haute-autorite-de-sante-portant-autorisation-de-la-demande-d-acces-precoce-de-la-specialite-xevudy</t>
+  </si>
+  <si>
+    <t>p_3308222</t>
+  </si>
+  <si>
+    <t>Décision n° 2021.0313/DC/SEM du 9 décembre 2021 du collège de la Haute Autorité de santé portant refus de la demande d’accès précoce de la spécialité LAGEVRIO (molnupiravir)</t>
+  </si>
+  <si>
+    <t>La demande d’autorisation d’accès précoce susvisée concerne le médicament LAGEVRIO, dans l'indication « traitement des formes légères à modérées de la maladie à coronavirus 2019 (COVID-19) chez les adultes ayant un test de diagnostic positif au SARS-CoV-2 et qui présentent au moins un facteur de risque de développer une forme sévère de la maladie ».</t>
+  </si>
+  <si>
+    <t>09/12/2021 09:39:00</t>
+  </si>
+  <si>
+    <t>10/12/2021 17:42:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3304251/fr/decision-n-2021-0313/dc/sem-du-9-decembre-2021-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-acces-precoce-de-la-specialite-lagevrio-molnupiravir</t>
+  </si>
+  <si>
+    <t>p_3304251</t>
+  </si>
+  <si>
+    <t>Décision n° 2020.0047/DC/SEESP du 26 février 2020 du collège de la Haute Autorité de santé constatant l’impact significatif du produit POLIVY sur les dépenses de l’assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute autorité de santé, en sa séance du 26 février 2020 a constaté l'impact significatif du produit KEYTRUDA sur les dépenses de l’assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit dans l’indication suivante : « en association à la bendamustine et au rituximab, dans le traitement des patients adultes présentant un lymphome diffus à grandes cellules B (LDGCB) en rechute ou réfractaire (R/R), non candidats à une greffe de cellules souches hématopoïétiques ». .</t>
+  </si>
+  <si>
+    <t>26/02/2020 10:40:00</t>
+  </si>
+  <si>
+    <t>04/03/2020 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160216/fr/decision-n-2020-0047/dc/seesp-du-26-fevrier-2020-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-polivy-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>p_3160216</t>
+  </si>
+  <si>
+    <t>Décision n° 2019.0072/DC/SEM du 10 avril 2019 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de RITUXIMAB dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire des spécialités à base de rituximab dans le cadre d’une recommandation temporaire d’utilisation, dans l’indication «Traitement du purpura thrombopénique immunologique (PTI) sévère réfractaire aux autres traitements (par exemple corticoïdes, immunoglobulines IV) », ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>10/04/2019 15:22:00</t>
+  </si>
+  <si>
+    <t>06/05/2019 17:00:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966814/fr/decision-n-2019-0072/dc/sem-du-10-avril-2019-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-des-specialites-a-base-de-rituximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2966814</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0033/AC/SEM du 29 août 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude INTREALL»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude INTREALL» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>29/08/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>07/09/2018 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869281/fr/avis-n-2018-0033/ac/sem-du-29-aout-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-intreall</t>
+  </si>
+  <si>
+    <t>c_2869281</t>
+  </si>
+  <si>
+    <t>Avis n° 2018.0016/AC/SEM du 4 avril 2018 du collège de la Haute Autorité de santé relatif à l’intérêt pour la santé publique de la recherche « Etude PROLONG»</t>
+  </si>
+  <si>
+    <t>Au regard des éléments détaillés dans l’annexe du présent avis, le collège de la Haute Autorité de santé considère que la recherche « Etude PROLONG» présente un intérêt pour la santé publique.</t>
+  </si>
+  <si>
+    <t>04/04/2018 11:17:00</t>
+  </si>
+  <si>
+    <t>13/04/2018 15:24:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2844315/fr/avis-n-2018-0016/ac/sem-du-4-avril-2018-du-college-de-la-haute-autorite-de-sante-relatif-a-l-interet-pour-la-sante-publique-de-la-recherche-etude-prolong</t>
+  </si>
+  <si>
+    <t>c_2844315</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0086/DC du 23 avril 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du tocilizumab (ROACTEMRA) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 19/12/2016 -</t>
+  </si>
+  <si>
+    <t>Considérant :# * la pathologie, la maladie de Castleman inflammatoire (à CRP élevée) multicentrique, HHV8 négatif, non opérable, maladie rare sévère, pouvant engager le pronostic vital du patient ; * l’absence d’alternative appropriée et remboursable actuellement disponible chez ces patients ; * le fait que l’utilisation de ce médicament semble indispensable pour les patients avec une maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège considère que la spécialité ROACTEMRA 20 mg/ml, solution à diluer pour perfusion, comprimé doit faire l’objet d’une prise en charge dérogatoire dans les indications : « Traitement de la maladie de Castleman inflammatoire (à CRP élevée) non associée au virus HHV8 » *RTU abrogée le 19 décembre 2016 par l'ANSM. La fin de cette RTU fait suite à la commercialisation de la spécialité SYLVANT (siltuximab), dans l’indication : «traitement des patients adultes atteints de la maladie de Castleman (MC) multicentrique, non infectés par le virus de l'immunodéficience humaine (VIH) et l'herpès-virus humain 8 (HHV-8) », dont l’AMM a été octroyée le 22 mai 2014 par la Commission européenne.*</t>
+  </si>
+  <si>
+    <t>23/04/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>06/02/2017 18:35:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741412/fr/decision-n-2014-0086/dc-du-23-avril-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-tocilizumab-roactemra-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-19/12/2016</t>
+  </si>
+  <si>
+    <t>c_1741412</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0065/DC/SEM du 25 mars 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire du bortézomib (VELCADE 1 et 3.5 mg, poudre pour solution injectable) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes : - les pathologies, l’amylose primitive ou amylose AL et la maladie de Randall, rares et graves qui sont des maladies résultant de dépôts extracellulaires d’immunoglobulines dans différents organes (notamment rein et cœur) altérant progressivement leur fonctionnement. Il s’agit de pathologies évolutives dont le pronostic est sévère en l’absence de traitement efficace. Ces pathologies peuvent engager le pronostic vital des patients. - l’absence d’alternative appropriée et remboursable à ce jour chez les patients nécessitant un traitement en association à une autre chimiothérapie1; - le fait que l’utilisation de ce médicament semble indispensable pour le traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie, afin d’améliorer leur état de santé ou éviter leur dégradation. le Collège de la HAS considère que les spécialités VELCADE 1 et 3,5 mg solution pour perfusion doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement des patients adultes atteints d’une amylose AL non IgM ou d’une maladie de Randall, en association à une autre chimiothérapie».</t>
+  </si>
+  <si>
+    <t>25/03/2015 10:55:00</t>
+  </si>
+  <si>
+    <t>01/04/2015 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024414/fr/decision-n-2015-0065/dc/sem-du-25-mars-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-du-bortezomib-velcade-1-et-3-5-mg-poudre-pour-solution-injectable-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2024414</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0101/AC/SEM du 8 octobre 2014 du Collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité ZYDELIG (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>L’indication de l’autorisation de mise sur le marché de la spécialité ZYDELIG (idélalisib) dans le lymphome folliculaire est plus restreinte que celle définie dans l’ATU de cohorte qui porte sur le lymphome non hodgkinien indolent. Par conséquent, cette indication n’entre pas dans le cadre du 2° du I de l’article L. 162-16-5-2 du code de la sécurité sociale qui concerne uniquement les indications mentionnées dans l’autorisation de mise sur le marché qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation. Il n’y a donc pas lieu d’identifier, pour cette spécialité dans cette indication, des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Dans la leucémie lymphoïde chronique, l’indication de l’autorisation de mise sur le marché de la spécialité ZYDELIG qui n’a pas fait l’objet d’une autorisation temporaire d’utilisation de cohorte concerne les patients adultes en rechute ou en progression en deuxième ligne de traitement. En cas de rechute ou de progression tardive (au moins 12 à 24 mois après une monothérapie et au moins 24 à 36 mois après une chimio-immunothérapie), la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale ; ces alternatives sont mentionnées en annexe du présent avis. En cas de rechute précoce (notamment survenant moins de 24 mois après une chimio-immunothérapie), la HAS n’a pas identifié d’alternative thérapeutique prise en charge par les régimes obligatoires de la sécurité sociale.</t>
+  </si>
+  <si>
+    <t>08/10/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>24/09/2014 09:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763553/fr/avis-n-2014-0101/ac/sem-du-8-octobre-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-zydelig-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1763553</t>
+  </si>
+  <si>
+    <t>Décision n°2014.0014/DC/SEESP du 5 février 2014 du collège de la Haute Autorité de santé constatant l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie</t>
+  </si>
+  <si>
+    <t>Après délibération, le collège de la Haute Autorité de santé, en sa séance du 5 février 2014 a constaté l'impact significatif du produit SOVALDI sur les dépenses de l'assurance maladie. En conséquence, la Commission d'évaluation économique et de santé publique procédera à l'évaluation médico-économique de ce produit.</t>
+  </si>
+  <si>
+    <t>05/02/2014 16:00:00</t>
+  </si>
+  <si>
+    <t>26/02/2014 15:01:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726097/fr/decision-n2014-0014/dc/seesp-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-constatant-l-impact-significatif-du-produit-sovaldi-sur-les-depenses-de-l-assurance-maladie</t>
+  </si>
+  <si>
+    <t>c_1726097</t>
+  </si>
+  <si>
+    <t>AVIS N° 2014.0001/AC/SEM du 5 février 2014 du collège de la Haute Autorité de Santé portant sur l’identification d’alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale de la spécialité SOVALDI (article L. 162-16-5-2 du code de la sécurité sociale)</t>
+  </si>
+  <si>
+    <t>Pour les indications de l’autorisation de mise sur le marché (AMM) de la spécialité SOVALDI (sofosbuvir) qui n’ont pas fait l’objet d’une autorisation temporaire d’utilisation (ATU) de cohorte, la HAS a identifié des alternatives thérapeutiques prises en charge par les régimes obligatoires de sécurité sociale. Ces indications et leurs alternatives sont détaillées en annexe du présent avis.</t>
+  </si>
+  <si>
+    <t>05/02/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>18/02/2014 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1725170/fr/avis-n-2014-0001/ac/sem-du-5-fevrier-2014-du-college-de-la-haute-autorite-de-sante-portant-sur-l-identification-d-alternatives-therapeutiques-prises-en-charge-par-les-regimes-obligatoires-de-securite-sociale-de-la-specialite-sovaldi-article-l-162-16-5-2-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>c_1725170</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le Sars-Cov-2 - Actualisation des facteurs de risque de formes graves de la Covid-19 et des recommandations sur la stratégie de priorisation des populations à vacciner</t>
+  </si>
+  <si>
+    <t>En s’appuyant sur l’évolution des connaissances disponibles sur le SARS-CoV-2, la HAS avec la commission technique des vaccinations, actualise les facteurs de risque de formes graves de Covid-19 et met à jour ses recommandations sur la stratégie de priorisation des populations à vacciner.</t>
+  </si>
+  <si>
+    <t>01/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2021 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3240117/fr/strategie-de-vaccination-contre-le-sars-cov-2-actualisation-des-facteurs-de-risque-de-formes-graves-de-la-covid-19-et-des-recommandations-sur-la-strategie-de-priorisation-des-populations-a-vacciner</t>
+  </si>
+  <si>
+    <t>p_3240117</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MABTHERA (rituximab)</t>
+  </si>
+  <si>
+    <t>27/04/2023 17:03:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983658/fr/mabthera-rituximab</t>
   </si>
   <si>
     <t>pprd_2983658</t>
   </si>
   <si>
     <t>rituximab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399924/en/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
-[...50 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3430422/en/mabthera-rituximab-moderate-to-severe-pemphigus-vulgaris-pv-in-adults</t>
+    <t>https://www.has-sante.fr/jcms/c_399924/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-b/2-mabthera-500-mg-solution-a-diluer-pour-perfusion-b/1-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400323/fr/mabthera-100-mg-solution-a-diluer-pour-perfusion-boite-de-2-mabthera-500-mg-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_461084/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_474407/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703366/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958843/fr/mabthera-dans-le-traitement-du-pemphigus-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_929477/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1064554/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1281294/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284607/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1768800/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2014834/fr/mabthera-rituximab-anticorps-monoclonal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755570/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135354/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145051/fr/mabthera-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222191/fr/mabthera-gpa-maladie-de-wegener-et-polyangeite-microscopique-pam-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3229921/fr/mabthera-ldgcb-/-lb-/-la-b-/-lb-like-pediatriques-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3430422/fr/mabthera-rituximab-pemphigus-vulgaris-pv-modere-a-severe</t>
+  </si>
+  <si>
+    <t>RUXIENCE (rituximab)</t>
+  </si>
+  <si>
+    <t>05/06/2020 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188170/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>p_3188170</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187849/fr/ruxience-rituximab</t>
+  </si>
+  <si>
+    <t>RIXATHON (rituximab)</t>
+  </si>
+  <si>
+    <t>24/04/2020 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983503/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983503</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800413/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3180770/fr/rixathon-rituximab</t>
+  </si>
+  <si>
+    <t>TRUXIMA (rituximab)</t>
+  </si>
+  <si>
+    <t>02/08/2017 17:01:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983551/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2983551</t>
+  </si>
+  <si>
+    <t>BIOGARAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757876/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2788606/fr/truxima-rituximab</t>
+  </si>
+  <si>
+    <t>Immunosupresseurs dans le traitement des myopathies inflammatoires (cyclophosphamide/ mycophénolate mofétil/ léflunomide/ ciclosporine/ methotrexate/ rituximab)</t>
+  </si>
+  <si>
+    <t>07/05/2010 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985282/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
+  </si>
+  <si>
+    <t>pprd_2985282</t>
+  </si>
+  <si>
+    <t>cyclophosphamide,mycophénolate mofétil,léflunomide,ciclosporine,methotrexate,rituximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951083/fr/immunosupresseurs-dans-le-traitement-des-myopathies-inflammatoires-cyclophosphamide/-mycophenolate-mofetil/-leflunomide/-ciclosporine/-methotrexate/-rituximab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -354,423 +2775,5261 @@
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
+      <c r="B2" t="s">
+        <v>17</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>19</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>20</v>
+      </c>
+      <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>16</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>16</v>
+      </c>
+      <c r="B5" t="s">
+        <v>32</v>
+      </c>
+      <c r="C5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>16</v>
+      </c>
+      <c r="B6" t="s">
+        <v>37</v>
+      </c>
+      <c r="C6" t="s">
+        <v>38</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>39</v>
+      </c>
+      <c r="H6" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B7" t="s">
+        <v>41</v>
+      </c>
+      <c r="C7" t="s">
+        <v>42</v>
+      </c>
+      <c r="D7" t="s">
+        <v>43</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>16</v>
+      </c>
+      <c r="B8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C8" t="s">
+        <v>47</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>16</v>
+      </c>
+      <c r="B9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C9" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>53</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>54</v>
+      </c>
+      <c r="H9" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>56</v>
+      </c>
+      <c r="C10" t="s">
+        <v>57</v>
+      </c>
+      <c r="D10" t="s">
+        <v>58</v>
+      </c>
+      <c r="E10" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>60</v>
+      </c>
+      <c r="H10" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
+        <v>63</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>64</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>65</v>
+      </c>
+      <c r="H11" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>67</v>
+      </c>
+      <c r="C12" t="s">
+        <v>68</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>69</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>70</v>
+      </c>
+      <c r="H12" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>73</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>74</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>75</v>
+      </c>
+      <c r="H13" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>16</v>
+      </c>
+      <c r="B14" t="s">
+        <v>77</v>
+      </c>
+      <c r="C14" t="s">
+        <v>78</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>79</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>80</v>
+      </c>
+      <c r="H14" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>82</v>
+      </c>
+      <c r="C15" t="s">
+        <v>83</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>84</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>85</v>
+      </c>
+      <c r="H15" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>87</v>
+      </c>
+      <c r="C16" t="s">
+        <v>88</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>89</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>90</v>
+      </c>
+      <c r="H16" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>92</v>
+      </c>
+      <c r="C17" t="s">
+        <v>93</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>94</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>95</v>
+      </c>
+      <c r="H17" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>97</v>
+      </c>
+      <c r="C18" t="s">
+        <v>98</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>99</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>100</v>
+      </c>
+      <c r="H18" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>102</v>
+      </c>
+      <c r="C19" t="s">
+        <v>103</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>104</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>105</v>
+      </c>
+      <c r="H19" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>107</v>
+      </c>
+      <c r="C20" t="s">
+        <v>108</v>
+      </c>
+      <c r="D20" t="s">
+        <v>109</v>
+      </c>
+      <c r="E20" t="s">
+        <v>110</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>111</v>
+      </c>
+      <c r="H20" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>113</v>
+      </c>
+      <c r="C21" t="s">
+        <v>114</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>115</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>116</v>
+      </c>
+      <c r="H21" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>118</v>
+      </c>
+      <c r="C22" t="s">
+        <v>119</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>120</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>121</v>
+      </c>
+      <c r="H22" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>123</v>
+      </c>
+      <c r="C23" t="s">
+        <v>124</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>125</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>126</v>
+      </c>
+      <c r="H23" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>128</v>
+      </c>
+      <c r="C24" t="s">
+        <v>129</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>130</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>131</v>
+      </c>
+      <c r="H24" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>133</v>
+      </c>
+      <c r="C25" t="s">
+        <v>134</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>135</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>136</v>
+      </c>
+      <c r="H25" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" t="s">
+        <v>139</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>135</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>140</v>
+      </c>
+      <c r="H26" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>142</v>
+      </c>
+      <c r="C27" t="s">
+        <v>143</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>144</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>145</v>
+      </c>
+      <c r="H27" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>147</v>
+      </c>
+      <c r="C28" t="s">
+        <v>148</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>149</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>150</v>
+      </c>
+      <c r="H28" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>152</v>
+      </c>
+      <c r="C29" t="s">
+        <v>153</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>154</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>155</v>
+      </c>
+      <c r="H29" t="s">
+        <v>156</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>157</v>
+      </c>
+      <c r="C30" t="s">
+        <v>158</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>159</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>160</v>
+      </c>
+      <c r="H30" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>162</v>
+      </c>
+      <c r="C31" t="s">
+        <v>163</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>159</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>164</v>
+      </c>
+      <c r="H31" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>166</v>
+      </c>
+      <c r="C32" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>168</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>169</v>
+      </c>
+      <c r="H32" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>171</v>
+      </c>
+      <c r="C33" t="s">
+        <v>172</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>173</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>174</v>
+      </c>
+      <c r="H33" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>176</v>
+      </c>
+      <c r="C34" t="s">
+        <v>177</v>
+      </c>
+      <c r="D34" t="s">
+        <v>178</v>
+      </c>
+      <c r="E34" t="s">
+        <v>179</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>180</v>
+      </c>
+      <c r="H34" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>183</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>184</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>185</v>
+      </c>
+      <c r="H35" t="s">
+        <v>186</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>187</v>
+      </c>
+      <c r="C36" t="s">
+        <v>188</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>189</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>190</v>
+      </c>
+      <c r="H36" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>192</v>
+      </c>
+      <c r="C37" t="s">
+        <v>193</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>194</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>195</v>
+      </c>
+      <c r="H37" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>16</v>
+      </c>
+      <c r="B38" t="s">
+        <v>197</v>
+      </c>
+      <c r="C38" t="s">
+        <v>198</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>199</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>200</v>
+      </c>
+      <c r="H38" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>16</v>
+      </c>
+      <c r="B39" t="s">
+        <v>202</v>
+      </c>
+      <c r="C39" t="s">
+        <v>203</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>199</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>204</v>
+      </c>
+      <c r="H39" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>16</v>
+      </c>
+      <c r="B40" t="s">
+        <v>206</v>
+      </c>
+      <c r="C40" t="s">
+        <v>207</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>208</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>209</v>
+      </c>
+      <c r="H40" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>16</v>
+      </c>
+      <c r="B41" t="s">
+        <v>211</v>
+      </c>
+      <c r="C41" t="s">
+        <v>212</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>213</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>214</v>
+      </c>
+      <c r="H41" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>16</v>
+      </c>
+      <c r="B42" t="s">
+        <v>216</v>
+      </c>
+      <c r="C42" t="s">
+        <v>217</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>218</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>219</v>
+      </c>
+      <c r="H42" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>16</v>
+      </c>
+      <c r="B43" t="s">
+        <v>221</v>
+      </c>
+      <c r="C43" t="s">
+        <v>222</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>223</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>224</v>
+      </c>
+      <c r="H43" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>16</v>
+      </c>
+      <c r="B44" t="s">
+        <v>226</v>
+      </c>
+      <c r="C44" t="s">
+        <v>227</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>228</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>229</v>
+      </c>
+      <c r="H44" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>16</v>
+      </c>
+      <c r="B45" t="s">
+        <v>231</v>
+      </c>
+      <c r="C45" t="s">
+        <v>232</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>233</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>234</v>
+      </c>
+      <c r="H45" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>16</v>
+      </c>
+      <c r="B46" t="s">
+        <v>123</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>236</v>
+      </c>
+      <c r="E46" t="s">
+        <v>237</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>238</v>
+      </c>
+      <c r="H46" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>16</v>
+      </c>
+      <c r="B47" t="s">
+        <v>240</v>
+      </c>
+      <c r="C47" t="s">
+        <v>241</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>242</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>243</v>
+      </c>
+      <c r="H47" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>16</v>
+      </c>
+      <c r="B48" t="s">
+        <v>245</v>
+      </c>
+      <c r="C48" t="s">
+        <v>246</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>247</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>248</v>
+      </c>
+      <c r="H48" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>16</v>
+      </c>
+      <c r="B49" t="s">
+        <v>250</v>
+      </c>
+      <c r="C49" t="s">
+        <v>251</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>252</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>253</v>
+      </c>
+      <c r="H49" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>16</v>
+      </c>
+      <c r="B50" t="s">
+        <v>255</v>
+      </c>
+      <c r="C50" t="s">
+        <v>256</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>257</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>258</v>
+      </c>
+      <c r="H50" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>16</v>
+      </c>
+      <c r="B51" t="s">
+        <v>260</v>
+      </c>
+      <c r="C51" t="s">
+        <v>261</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>262</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>263</v>
+      </c>
+      <c r="H51" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>16</v>
+      </c>
+      <c r="B52" t="s">
+        <v>265</v>
+      </c>
+      <c r="C52" t="s">
+        <v>266</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>267</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>268</v>
+      </c>
+      <c r="H52" t="s">
+        <v>269</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>16</v>
+      </c>
+      <c r="B53" t="s">
+        <v>270</v>
+      </c>
+      <c r="C53" t="s">
+        <v>271</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>272</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>273</v>
+      </c>
+      <c r="H53" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>16</v>
+      </c>
+      <c r="B54" t="s">
+        <v>275</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>276</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>277</v>
+      </c>
+      <c r="H54" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>16</v>
+      </c>
+      <c r="B55" t="s">
+        <v>279</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>276</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>280</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>16</v>
+      </c>
+      <c r="B56" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" t="s">
+        <v>283</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>284</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>285</v>
+      </c>
+      <c r="H56" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>16</v>
+      </c>
+      <c r="B57" t="s">
+        <v>287</v>
+      </c>
+      <c r="C57" t="s">
+        <v>288</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>289</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>290</v>
+      </c>
+      <c r="H57" t="s">
+        <v>291</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>16</v>
+      </c>
+      <c r="B58" t="s">
+        <v>292</v>
+      </c>
+      <c r="C58" t="s">
+        <v>177</v>
+      </c>
+      <c r="D58" t="s">
+        <v>293</v>
+      </c>
+      <c r="E58" t="s">
+        <v>294</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>295</v>
+      </c>
+      <c r="H58" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>16</v>
+      </c>
+      <c r="B59" t="s">
+        <v>297</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>298</v>
+      </c>
+      <c r="E59" t="s">
+        <v>298</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>299</v>
+      </c>
+      <c r="H59" t="s">
+        <v>300</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>301</v>
+      </c>
+      <c r="B2" t="s">
+        <v>302</v>
+      </c>
+      <c r="C2" t="s">
+        <v>303</v>
+      </c>
+      <c r="D2" t="s">
+        <v>304</v>
+      </c>
+      <c r="E2" t="s">
+        <v>305</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>306</v>
+      </c>
+      <c r="H2" t="s">
+        <v>307</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>301</v>
+      </c>
+      <c r="B3" t="s">
+        <v>308</v>
+      </c>
+      <c r="C3" t="s">
+        <v>309</v>
+      </c>
+      <c r="D3" t="s">
+        <v>310</v>
+      </c>
+      <c r="E3" t="s">
+        <v>311</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>312</v>
+      </c>
+      <c r="H3" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>301</v>
+      </c>
+      <c r="B4" t="s">
+        <v>314</v>
+      </c>
+      <c r="C4" t="s">
+        <v>315</v>
+      </c>
+      <c r="D4" t="s">
+        <v>316</v>
+      </c>
+      <c r="E4" t="s">
+        <v>317</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>318</v>
+      </c>
+      <c r="H4" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>301</v>
+      </c>
+      <c r="B5" t="s">
+        <v>320</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>321</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>322</v>
+      </c>
+      <c r="H5" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>301</v>
+      </c>
+      <c r="B6" t="s">
+        <v>324</v>
+      </c>
+      <c r="C6" t="s">
+        <v>325</v>
+      </c>
+      <c r="D6" t="s">
+        <v>326</v>
+      </c>
+      <c r="E6" t="s">
+        <v>327</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>328</v>
+      </c>
+      <c r="H6" t="s">
+        <v>329</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>333</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>334</v>
+      </c>
+      <c r="H2" t="s">
+        <v>335</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>336</v>
+      </c>
+      <c r="B2" t="s">
+        <v>337</v>
+      </c>
+      <c r="C2" t="s">
+        <v>338</v>
+      </c>
+      <c r="D2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E2" t="s">
+        <v>340</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>341</v>
+      </c>
+      <c r="H2" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>336</v>
+      </c>
+      <c r="B3" t="s">
+        <v>343</v>
+      </c>
+      <c r="C3" t="s">
+        <v>344</v>
+      </c>
+      <c r="D3" t="s">
+        <v>345</v>
+      </c>
+      <c r="E3" t="s">
+        <v>346</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>347</v>
+      </c>
+      <c r="H3" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>336</v>
+      </c>
+      <c r="B4" t="s">
+        <v>349</v>
+      </c>
+      <c r="C4" t="s">
+        <v>350</v>
+      </c>
+      <c r="D4" t="s">
+        <v>351</v>
+      </c>
+      <c r="E4" t="s">
+        <v>352</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>353</v>
+      </c>
+      <c r="H4" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>336</v>
+      </c>
+      <c r="B5" t="s">
+        <v>355</v>
+      </c>
+      <c r="C5" t="s">
+        <v>356</v>
+      </c>
+      <c r="D5" t="s">
+        <v>357</v>
+      </c>
+      <c r="E5" t="s">
+        <v>358</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>359</v>
+      </c>
+      <c r="H5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>336</v>
+      </c>
+      <c r="B6" t="s">
+        <v>361</v>
+      </c>
+      <c r="C6" t="s">
+        <v>362</v>
+      </c>
+      <c r="D6" t="s">
+        <v>363</v>
+      </c>
+      <c r="E6" t="s">
+        <v>364</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>365</v>
+      </c>
+      <c r="H6" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>336</v>
+      </c>
+      <c r="B7" t="s">
+        <v>367</v>
+      </c>
+      <c r="C7" t="s">
+        <v>368</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>369</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>370</v>
+      </c>
+      <c r="H7" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>336</v>
+      </c>
+      <c r="B8" t="s">
+        <v>372</v>
+      </c>
+      <c r="C8" t="s">
+        <v>373</v>
+      </c>
+      <c r="D8" t="s">
+        <v>374</v>
+      </c>
+      <c r="E8" t="s">
+        <v>375</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>376</v>
+      </c>
+      <c r="H8" t="s">
+        <v>377</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I76"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>379</v>
+      </c>
+      <c r="B2" t="s">
+        <v>380</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>381</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>382</v>
+      </c>
+      <c r="H2" t="s">
+        <v>383</v>
+      </c>
+      <c r="I2" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>379</v>
+      </c>
+      <c r="B3" t="s">
+        <v>385</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>386</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>387</v>
+      </c>
+      <c r="H3" t="s">
+        <v>388</v>
+      </c>
+      <c r="I3" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>379</v>
+      </c>
+      <c r="B4" t="s">
+        <v>390</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>391</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>392</v>
+      </c>
+      <c r="H4" t="s">
+        <v>393</v>
+      </c>
+      <c r="I4" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>379</v>
+      </c>
+      <c r="B5" t="s">
+        <v>394</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>395</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>396</v>
+      </c>
+      <c r="H5" t="s">
+        <v>397</v>
+      </c>
+      <c r="I5" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>379</v>
+      </c>
+      <c r="B6" t="s">
+        <v>398</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>399</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>400</v>
+      </c>
+      <c r="H6" t="s">
+        <v>401</v>
+      </c>
+      <c r="I6" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>379</v>
+      </c>
+      <c r="B7" t="s">
+        <v>402</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>403</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>404</v>
+      </c>
+      <c r="H7" t="s">
+        <v>405</v>
+      </c>
+      <c r="I7" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>379</v>
+      </c>
+      <c r="B8" t="s">
+        <v>406</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>403</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>407</v>
+      </c>
+      <c r="H8" t="s">
+        <v>408</v>
+      </c>
+      <c r="I8" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>379</v>
+      </c>
+      <c r="B9" t="s">
+        <v>409</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>410</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>411</v>
+      </c>
+      <c r="H9" t="s">
+        <v>412</v>
+      </c>
+      <c r="I9" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>379</v>
+      </c>
+      <c r="B10" t="s">
+        <v>413</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>414</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>415</v>
+      </c>
+      <c r="H10" t="s">
+        <v>416</v>
+      </c>
+      <c r="I10" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>379</v>
+      </c>
+      <c r="B11" t="s">
+        <v>417</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>418</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>419</v>
+      </c>
+      <c r="H11" t="s">
+        <v>420</v>
+      </c>
+      <c r="I11" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>379</v>
+      </c>
+      <c r="B12" t="s">
+        <v>421</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>422</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>423</v>
+      </c>
+      <c r="H12" t="s">
+        <v>424</v>
+      </c>
+      <c r="I12" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>379</v>
+      </c>
+      <c r="B13" t="s">
+        <v>425</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>426</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>427</v>
+      </c>
+      <c r="H13" t="s">
+        <v>428</v>
+      </c>
+      <c r="I13" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>379</v>
+      </c>
+      <c r="B14" t="s">
+        <v>429</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>430</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>431</v>
+      </c>
+      <c r="H14" t="s">
+        <v>432</v>
+      </c>
+      <c r="I14" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>379</v>
+      </c>
+      <c r="B15" t="s">
+        <v>433</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>434</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>435</v>
+      </c>
+      <c r="H15" t="s">
+        <v>436</v>
+      </c>
+      <c r="I15" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>379</v>
+      </c>
+      <c r="B16" t="s">
+        <v>437</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>438</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>439</v>
+      </c>
+      <c r="H16" t="s">
+        <v>440</v>
+      </c>
+      <c r="I16" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>379</v>
+      </c>
+      <c r="B17" t="s">
+        <v>441</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>442</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>443</v>
+      </c>
+      <c r="H17" t="s">
+        <v>444</v>
+      </c>
+      <c r="I17" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>379</v>
+      </c>
+      <c r="B18" t="s">
+        <v>445</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>446</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>447</v>
+      </c>
+      <c r="H18" t="s">
+        <v>448</v>
+      </c>
+      <c r="I18" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>379</v>
+      </c>
+      <c r="B19" t="s">
+        <v>449</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>450</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>451</v>
+      </c>
+      <c r="H19" t="s">
+        <v>452</v>
+      </c>
+      <c r="I19" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>379</v>
+      </c>
+      <c r="B20" t="s">
+        <v>453</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>454</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>455</v>
+      </c>
+      <c r="H20" t="s">
+        <v>456</v>
+      </c>
+      <c r="I20" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>379</v>
+      </c>
+      <c r="B21" t="s">
+        <v>457</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>458</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>459</v>
+      </c>
+      <c r="H21" t="s">
+        <v>460</v>
+      </c>
+      <c r="I21" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>379</v>
+      </c>
+      <c r="B22" t="s">
+        <v>461</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>462</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>463</v>
+      </c>
+      <c r="H22" t="s">
+        <v>464</v>
+      </c>
+      <c r="I22" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>379</v>
+      </c>
+      <c r="B23" t="s">
+        <v>465</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>466</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>467</v>
+      </c>
+      <c r="H23" t="s">
+        <v>468</v>
+      </c>
+      <c r="I23" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>379</v>
+      </c>
+      <c r="B24" t="s">
+        <v>469</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>470</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>471</v>
+      </c>
+      <c r="H24" t="s">
+        <v>472</v>
+      </c>
+      <c r="I24" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>379</v>
+      </c>
+      <c r="B25" t="s">
+        <v>473</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>474</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>475</v>
+      </c>
+      <c r="H25" t="s">
+        <v>476</v>
+      </c>
+      <c r="I25" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>379</v>
+      </c>
+      <c r="B26" t="s">
+        <v>477</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>478</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>479</v>
+      </c>
+      <c r="H26" t="s">
+        <v>480</v>
+      </c>
+      <c r="I26" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>379</v>
+      </c>
+      <c r="B27" t="s">
+        <v>481</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>482</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>483</v>
+      </c>
+      <c r="H27" t="s">
+        <v>484</v>
+      </c>
+      <c r="I27" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>379</v>
+      </c>
+      <c r="B28" t="s">
+        <v>485</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>486</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>487</v>
+      </c>
+      <c r="H28" t="s">
+        <v>488</v>
+      </c>
+      <c r="I28" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>379</v>
+      </c>
+      <c r="B29" t="s">
+        <v>489</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>490</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>491</v>
+      </c>
+      <c r="H29" t="s">
+        <v>492</v>
+      </c>
+      <c r="I29" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>379</v>
+      </c>
+      <c r="B30" t="s">
+        <v>493</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>494</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>495</v>
+      </c>
+      <c r="H30" t="s">
+        <v>496</v>
+      </c>
+      <c r="I30" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>379</v>
+      </c>
+      <c r="B31" t="s">
+        <v>497</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>498</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>499</v>
+      </c>
+      <c r="H31" t="s">
+        <v>500</v>
+      </c>
+      <c r="I31" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>379</v>
+      </c>
+      <c r="B32" t="s">
+        <v>501</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>502</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>503</v>
+      </c>
+      <c r="H32" t="s">
+        <v>504</v>
+      </c>
+      <c r="I32" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>379</v>
+      </c>
+      <c r="B33" t="s">
+        <v>505</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>506</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>507</v>
+      </c>
+      <c r="H33" t="s">
+        <v>508</v>
+      </c>
+      <c r="I33" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>379</v>
+      </c>
+      <c r="B34" t="s">
+        <v>509</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>510</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>511</v>
+      </c>
+      <c r="H34" t="s">
+        <v>512</v>
+      </c>
+      <c r="I34" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>379</v>
+      </c>
+      <c r="B35" t="s">
+        <v>513</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>514</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>515</v>
+      </c>
+      <c r="H35" t="s">
+        <v>516</v>
+      </c>
+      <c r="I35" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>379</v>
+      </c>
+      <c r="B36" t="s">
+        <v>517</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>518</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>519</v>
+      </c>
+      <c r="H36" t="s">
+        <v>520</v>
+      </c>
+      <c r="I36" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>379</v>
+      </c>
+      <c r="B37" t="s">
+        <v>521</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>522</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>523</v>
+      </c>
+      <c r="H37" t="s">
+        <v>524</v>
+      </c>
+      <c r="I37" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>379</v>
+      </c>
+      <c r="B38" t="s">
+        <v>525</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>526</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>527</v>
+      </c>
+      <c r="H38" t="s">
+        <v>528</v>
+      </c>
+      <c r="I38" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>379</v>
+      </c>
+      <c r="B39" t="s">
+        <v>529</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>530</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>531</v>
+      </c>
+      <c r="H39" t="s">
+        <v>532</v>
+      </c>
+      <c r="I39" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>379</v>
+      </c>
+      <c r="B40" t="s">
+        <v>533</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>534</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>535</v>
+      </c>
+      <c r="H40" t="s">
+        <v>536</v>
+      </c>
+      <c r="I40" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>379</v>
+      </c>
+      <c r="B41" t="s">
+        <v>537</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>538</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>539</v>
+      </c>
+      <c r="H41" t="s">
+        <v>540</v>
+      </c>
+      <c r="I41" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>379</v>
+      </c>
+      <c r="B42" t="s">
+        <v>541</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>542</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>543</v>
+      </c>
+      <c r="H42" t="s">
+        <v>544</v>
+      </c>
+      <c r="I42" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>379</v>
+      </c>
+      <c r="B43" t="s">
+        <v>545</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>546</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>547</v>
+      </c>
+      <c r="H43" t="s">
+        <v>548</v>
+      </c>
+      <c r="I43" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>379</v>
+      </c>
+      <c r="B44" t="s">
+        <v>549</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>550</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>551</v>
+      </c>
+      <c r="H44" t="s">
+        <v>552</v>
+      </c>
+      <c r="I44" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>379</v>
+      </c>
+      <c r="B45" t="s">
+        <v>553</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>554</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>555</v>
+      </c>
+      <c r="H45" t="s">
+        <v>556</v>
+      </c>
+      <c r="I45" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>379</v>
+      </c>
+      <c r="B46" t="s">
+        <v>557</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>558</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>559</v>
+      </c>
+      <c r="H46" t="s">
+        <v>560</v>
+      </c>
+      <c r="I46" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>379</v>
+      </c>
+      <c r="B47" t="s">
+        <v>561</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>562</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>563</v>
+      </c>
+      <c r="H47" t="s">
+        <v>564</v>
+      </c>
+      <c r="I47" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>379</v>
+      </c>
+      <c r="B48" t="s">
+        <v>565</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>566</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>567</v>
+      </c>
+      <c r="H48" t="s">
+        <v>568</v>
+      </c>
+      <c r="I48" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>379</v>
+      </c>
+      <c r="B49" t="s">
+        <v>569</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>570</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>571</v>
+      </c>
+      <c r="H49" t="s">
+        <v>572</v>
+      </c>
+      <c r="I49" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>379</v>
+      </c>
+      <c r="B50" t="s">
+        <v>573</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>574</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>575</v>
+      </c>
+      <c r="H50" t="s">
+        <v>576</v>
+      </c>
+      <c r="I50" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>379</v>
+      </c>
+      <c r="B51" t="s">
+        <v>577</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>578</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>579</v>
+      </c>
+      <c r="H51" t="s">
+        <v>580</v>
+      </c>
+      <c r="I51" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>379</v>
+      </c>
+      <c r="B52" t="s">
+        <v>581</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>578</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>582</v>
+      </c>
+      <c r="H52" t="s">
+        <v>583</v>
+      </c>
+      <c r="I52" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>379</v>
+      </c>
+      <c r="B53" t="s">
+        <v>584</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>585</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>586</v>
+      </c>
+      <c r="H53" t="s">
+        <v>587</v>
+      </c>
+      <c r="I53" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>379</v>
+      </c>
+      <c r="B54" t="s">
+        <v>588</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>589</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>590</v>
+      </c>
+      <c r="H54" t="s">
+        <v>591</v>
+      </c>
+      <c r="I54" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>379</v>
+      </c>
+      <c r="B55" t="s">
+        <v>592</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>593</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>594</v>
+      </c>
+      <c r="H55" t="s">
+        <v>595</v>
+      </c>
+      <c r="I55" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>379</v>
+      </c>
+      <c r="B56" t="s">
+        <v>596</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>597</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>598</v>
+      </c>
+      <c r="H56" t="s">
+        <v>599</v>
+      </c>
+      <c r="I56" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>379</v>
+      </c>
+      <c r="B57" t="s">
+        <v>600</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>601</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>602</v>
+      </c>
+      <c r="H57" t="s">
+        <v>603</v>
+      </c>
+      <c r="I57" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>379</v>
+      </c>
+      <c r="B58" t="s">
+        <v>604</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>605</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>606</v>
+      </c>
+      <c r="H58" t="s">
+        <v>607</v>
+      </c>
+      <c r="I58" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>379</v>
+      </c>
+      <c r="B59" t="s">
+        <v>608</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>609</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>610</v>
+      </c>
+      <c r="H59" t="s">
+        <v>611</v>
+      </c>
+      <c r="I59" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>379</v>
+      </c>
+      <c r="B60" t="s">
+        <v>612</v>
+      </c>
+      <c r="C60" t="s">
+        <v>13</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>613</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>614</v>
+      </c>
+      <c r="H60" t="s">
+        <v>615</v>
+      </c>
+      <c r="I60" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>379</v>
+      </c>
+      <c r="B61" t="s">
+        <v>616</v>
+      </c>
+      <c r="C61" t="s">
+        <v>13</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>617</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>618</v>
+      </c>
+      <c r="H61" t="s">
+        <v>619</v>
+      </c>
+      <c r="I61" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>379</v>
+      </c>
+      <c r="B62" t="s">
+        <v>620</v>
+      </c>
+      <c r="C62" t="s">
+        <v>13</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>621</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>622</v>
+      </c>
+      <c r="H62" t="s">
+        <v>623</v>
+      </c>
+      <c r="I62" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>379</v>
+      </c>
+      <c r="B63" t="s">
+        <v>624</v>
+      </c>
+      <c r="C63" t="s">
+        <v>13</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>625</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>626</v>
+      </c>
+      <c r="H63" t="s">
+        <v>627</v>
+      </c>
+      <c r="I63" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>379</v>
+      </c>
+      <c r="B64" t="s">
+        <v>628</v>
+      </c>
+      <c r="C64" t="s">
+        <v>13</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>629</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>630</v>
+      </c>
+      <c r="H64" t="s">
+        <v>631</v>
+      </c>
+      <c r="I64" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>379</v>
+      </c>
+      <c r="B65" t="s">
+        <v>632</v>
+      </c>
+      <c r="C65" t="s">
+        <v>13</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>633</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>634</v>
+      </c>
+      <c r="H65" t="s">
+        <v>635</v>
+      </c>
+      <c r="I65" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>379</v>
+      </c>
+      <c r="B66" t="s">
+        <v>636</v>
+      </c>
+      <c r="C66" t="s">
+        <v>13</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>637</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>638</v>
+      </c>
+      <c r="H66" t="s">
+        <v>639</v>
+      </c>
+      <c r="I66" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>379</v>
+      </c>
+      <c r="B67" t="s">
+        <v>640</v>
+      </c>
+      <c r="C67" t="s">
+        <v>13</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>641</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>642</v>
+      </c>
+      <c r="H67" t="s">
+        <v>643</v>
+      </c>
+      <c r="I67" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>379</v>
+      </c>
+      <c r="B68" t="s">
+        <v>644</v>
+      </c>
+      <c r="C68" t="s">
+        <v>645</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>646</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>647</v>
+      </c>
+      <c r="H68" t="s">
+        <v>648</v>
+      </c>
+      <c r="I68" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>379</v>
+      </c>
+      <c r="B69" t="s">
+        <v>649</v>
+      </c>
+      <c r="C69" t="s">
+        <v>13</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>650</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>651</v>
+      </c>
+      <c r="H69" t="s">
+        <v>652</v>
+      </c>
+      <c r="I69" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>379</v>
+      </c>
+      <c r="B70" t="s">
+        <v>653</v>
+      </c>
+      <c r="C70" t="s">
+        <v>13</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>654</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>655</v>
+      </c>
+      <c r="H70" t="s">
+        <v>656</v>
+      </c>
+      <c r="I70" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>379</v>
+      </c>
+      <c r="B71" t="s">
+        <v>657</v>
+      </c>
+      <c r="C71" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>658</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>659</v>
+      </c>
+      <c r="H71" t="s">
+        <v>660</v>
+      </c>
+      <c r="I71" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>379</v>
+      </c>
+      <c r="B72" t="s">
+        <v>661</v>
+      </c>
+      <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>662</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>663</v>
+      </c>
+      <c r="H72" t="s">
+        <v>664</v>
+      </c>
+      <c r="I72" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>379</v>
+      </c>
+      <c r="B73" t="s">
+        <v>665</v>
+      </c>
+      <c r="C73" t="s">
+        <v>13</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>666</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>667</v>
+      </c>
+      <c r="H73" t="s">
+        <v>668</v>
+      </c>
+      <c r="I73" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>379</v>
+      </c>
+      <c r="B74" t="s">
+        <v>669</v>
+      </c>
+      <c r="C74" t="s">
+        <v>13</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>670</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>671</v>
+      </c>
+      <c r="H74" t="s">
+        <v>672</v>
+      </c>
+      <c r="I74" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>379</v>
+      </c>
+      <c r="B75" t="s">
+        <v>673</v>
+      </c>
+      <c r="C75" t="s">
+        <v>13</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>674</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>675</v>
+      </c>
+      <c r="H75" t="s">
+        <v>676</v>
+      </c>
+      <c r="I75" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>379</v>
+      </c>
+      <c r="B76" t="s">
+        <v>677</v>
+      </c>
+      <c r="C76" t="s">
+        <v>13</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>678</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>679</v>
+      </c>
+      <c r="H76" t="s">
+        <v>680</v>
+      </c>
+      <c r="I76" t="s">
+        <v>389</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>681</v>
+      </c>
+      <c r="B2" t="s">
+        <v>682</v>
+      </c>
+      <c r="C2" t="s">
+        <v>683</v>
+      </c>
+      <c r="D2" t="s">
+        <v>684</v>
+      </c>
+      <c r="E2" t="s">
+        <v>685</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>686</v>
+      </c>
+      <c r="H2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>681</v>
+      </c>
+      <c r="B3" t="s">
+        <v>688</v>
+      </c>
+      <c r="C3" t="s">
+        <v>689</v>
+      </c>
+      <c r="D3" t="s">
+        <v>690</v>
+      </c>
+      <c r="E3" t="s">
+        <v>691</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>692</v>
+      </c>
+      <c r="H3" t="s">
+        <v>693</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>681</v>
+      </c>
+      <c r="B4" t="s">
+        <v>694</v>
+      </c>
+      <c r="C4" t="s">
+        <v>695</v>
+      </c>
+      <c r="D4" t="s">
+        <v>696</v>
+      </c>
+      <c r="E4" t="s">
+        <v>697</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>698</v>
+      </c>
+      <c r="H4" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>681</v>
+      </c>
+      <c r="B5" t="s">
+        <v>700</v>
+      </c>
+      <c r="C5" t="s">
+        <v>701</v>
+      </c>
+      <c r="D5" t="s">
+        <v>702</v>
+      </c>
+      <c r="E5" t="s">
+        <v>703</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>704</v>
+      </c>
+      <c r="H5" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>681</v>
+      </c>
+      <c r="B6" t="s">
+        <v>706</v>
+      </c>
+      <c r="C6" t="s">
+        <v>707</v>
+      </c>
+      <c r="D6" t="s">
+        <v>708</v>
+      </c>
+      <c r="E6" t="s">
+        <v>709</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>710</v>
+      </c>
+      <c r="H6" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>681</v>
+      </c>
+      <c r="B7" t="s">
+        <v>712</v>
+      </c>
+      <c r="C7" t="s">
+        <v>713</v>
+      </c>
+      <c r="D7" t="s">
+        <v>714</v>
+      </c>
+      <c r="E7" t="s">
+        <v>715</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>716</v>
+      </c>
+      <c r="H7" t="s">
+        <v>717</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>681</v>
+      </c>
+      <c r="B8" t="s">
+        <v>718</v>
+      </c>
+      <c r="C8" t="s">
+        <v>719</v>
+      </c>
+      <c r="D8" t="s">
+        <v>720</v>
+      </c>
+      <c r="E8" t="s">
+        <v>721</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>722</v>
+      </c>
+      <c r="H8" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>681</v>
+      </c>
+      <c r="B9" t="s">
+        <v>724</v>
+      </c>
+      <c r="C9" t="s">
+        <v>725</v>
+      </c>
+      <c r="D9" t="s">
+        <v>726</v>
+      </c>
+      <c r="E9" t="s">
+        <v>727</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>728</v>
+      </c>
+      <c r="H9" t="s">
+        <v>729</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>681</v>
+      </c>
+      <c r="B10" t="s">
+        <v>730</v>
+      </c>
+      <c r="C10" t="s">
+        <v>731</v>
+      </c>
+      <c r="D10" t="s">
+        <v>732</v>
+      </c>
+      <c r="E10" t="s">
+        <v>733</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>734</v>
+      </c>
+      <c r="H10" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>681</v>
+      </c>
+      <c r="B11" t="s">
+        <v>736</v>
+      </c>
+      <c r="C11" t="s">
+        <v>737</v>
+      </c>
+      <c r="D11" t="s">
+        <v>738</v>
+      </c>
+      <c r="E11" t="s">
+        <v>739</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>740</v>
+      </c>
+      <c r="H11" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>681</v>
+      </c>
+      <c r="B12" t="s">
+        <v>742</v>
+      </c>
+      <c r="C12" t="s">
+        <v>743</v>
+      </c>
+      <c r="D12" t="s">
+        <v>744</v>
+      </c>
+      <c r="E12" t="s">
+        <v>745</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>746</v>
+      </c>
+      <c r="H12" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>681</v>
+      </c>
+      <c r="B13" t="s">
+        <v>748</v>
+      </c>
+      <c r="C13" t="s">
+        <v>749</v>
+      </c>
+      <c r="D13" t="s">
+        <v>750</v>
+      </c>
+      <c r="E13" t="s">
+        <v>751</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>752</v>
+      </c>
+      <c r="H13" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>681</v>
+      </c>
+      <c r="B14" t="s">
+        <v>754</v>
+      </c>
+      <c r="C14" t="s">
+        <v>755</v>
+      </c>
+      <c r="D14" t="s">
+        <v>756</v>
+      </c>
+      <c r="E14" t="s">
+        <v>757</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>758</v>
+      </c>
+      <c r="H14" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>681</v>
+      </c>
+      <c r="B15" t="s">
+        <v>760</v>
+      </c>
+      <c r="C15" t="s">
+        <v>761</v>
+      </c>
+      <c r="D15" t="s">
+        <v>762</v>
+      </c>
+      <c r="E15" t="s">
+        <v>763</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>764</v>
+      </c>
+      <c r="H15" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>681</v>
+      </c>
+      <c r="B16" t="s">
+        <v>766</v>
+      </c>
+      <c r="C16" t="s">
+        <v>767</v>
+      </c>
+      <c r="D16" t="s">
+        <v>768</v>
+      </c>
+      <c r="E16" t="s">
+        <v>769</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>770</v>
+      </c>
+      <c r="H16" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>681</v>
+      </c>
+      <c r="B17" t="s">
+        <v>772</v>
+      </c>
+      <c r="C17" t="s">
+        <v>773</v>
+      </c>
+      <c r="D17" t="s">
+        <v>774</v>
+      </c>
+      <c r="E17" t="s">
+        <v>775</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>776</v>
+      </c>
+      <c r="H17" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>681</v>
+      </c>
+      <c r="B18" t="s">
+        <v>778</v>
+      </c>
+      <c r="C18" t="s">
+        <v>779</v>
+      </c>
+      <c r="D18" t="s">
+        <v>780</v>
+      </c>
+      <c r="E18" t="s">
+        <v>781</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>782</v>
+      </c>
+      <c r="H18" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>681</v>
+      </c>
+      <c r="B19" t="s">
+        <v>784</v>
+      </c>
+      <c r="C19" t="s">
+        <v>785</v>
+      </c>
+      <c r="D19" t="s">
+        <v>786</v>
+      </c>
+      <c r="E19" t="s">
+        <v>787</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>788</v>
+      </c>
+      <c r="H19" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>681</v>
+      </c>
+      <c r="B20" t="s">
+        <v>790</v>
+      </c>
+      <c r="C20" t="s">
+        <v>791</v>
+      </c>
+      <c r="D20" t="s">
+        <v>792</v>
+      </c>
+      <c r="E20" t="s">
+        <v>793</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>794</v>
+      </c>
+      <c r="H20" t="s">
+        <v>795</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>681</v>
+      </c>
+      <c r="B21" t="s">
+        <v>796</v>
+      </c>
+      <c r="C21" t="s">
+        <v>797</v>
+      </c>
+      <c r="D21" t="s">
+        <v>798</v>
+      </c>
+      <c r="E21" t="s">
+        <v>799</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>800</v>
+      </c>
+      <c r="H21" t="s">
+        <v>801</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>681</v>
+      </c>
+      <c r="B22" t="s">
+        <v>802</v>
+      </c>
+      <c r="C22" t="s">
+        <v>803</v>
+      </c>
+      <c r="D22" t="s">
+        <v>804</v>
+      </c>
+      <c r="E22" t="s">
+        <v>805</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>806</v>
+      </c>
+      <c r="H22" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>681</v>
+      </c>
+      <c r="B23" t="s">
+        <v>808</v>
+      </c>
+      <c r="C23" t="s">
+        <v>809</v>
+      </c>
+      <c r="D23" t="s">
+        <v>810</v>
+      </c>
+      <c r="E23" t="s">
+        <v>811</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>812</v>
+      </c>
+      <c r="H23" t="s">
+        <v>813</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>814</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>815</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>816</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>817</v>
       </c>
       <c r="E2" t="s">
-        <v>17</v>
+        <v>818</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>18</v>
+        <v>819</v>
       </c>
       <c r="H2" t="s">
-        <v>19</v>
+        <v>820</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>15</v>
+        <v>814</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>821</v>
       </c>
       <c r="C3" t="s">
-        <v>21</v>
+        <v>822</v>
       </c>
       <c r="D3" t="s">
-        <v>22</v>
+        <v>823</v>
       </c>
       <c r="E3" t="s">
-        <v>23</v>
+        <v>824</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>24</v>
+        <v>825</v>
       </c>
       <c r="H3" t="s">
-        <v>25</v>
+        <v>826</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:AB6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>827</v>
+      </c>
+      <c r="J1" t="s">
+        <v>828</v>
+      </c>
+      <c r="K1" t="s">
+        <v>829</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>26</v>
+        <v>830</v>
       </c>
       <c r="B2" t="s">
-        <v>27</v>
+        <v>831</v>
       </c>
       <c r="C2" t="s">
-        <v>28</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>29</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>30</v>
+        <v>832</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>31</v>
+        <v>833</v>
       </c>
       <c r="H2" t="s">
-        <v>32</v>
+        <v>834</v>
+      </c>
+      <c r="I2" t="s">
+        <v>835</v>
+      </c>
+      <c r="J2" t="s">
+        <v>836</v>
+      </c>
+      <c r="K2" t="s">
+        <v>837</v>
+      </c>
+      <c r="L2" t="s">
+        <v>838</v>
+      </c>
+      <c r="M2" t="s">
+        <v>839</v>
+      </c>
+      <c r="N2" t="s">
+        <v>840</v>
+      </c>
+      <c r="O2" t="s">
+        <v>841</v>
+      </c>
+      <c r="P2" t="s">
+        <v>842</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>843</v>
+      </c>
+      <c r="R2" t="s">
+        <v>844</v>
+      </c>
+      <c r="S2" t="s">
+        <v>845</v>
+      </c>
+      <c r="T2" t="s">
+        <v>846</v>
+      </c>
+      <c r="U2" t="s">
+        <v>847</v>
+      </c>
+      <c r="V2" t="s">
+        <v>848</v>
+      </c>
+      <c r="W2" t="s">
+        <v>849</v>
+      </c>
+      <c r="X2" t="s">
+        <v>850</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>851</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>852</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>853</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>854</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>26</v>
+        <v>830</v>
       </c>
       <c r="B3" t="s">
-        <v>33</v>
+        <v>855</v>
       </c>
       <c r="C3" t="s">
-        <v>34</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>36</v>
+        <v>856</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>37</v>
+        <v>857</v>
       </c>
       <c r="H3" t="s">
-        <v>38</v>
+        <v>858</v>
+      </c>
+      <c r="I3" t="s">
+        <v>835</v>
+      </c>
+      <c r="J3" t="s">
+        <v>859</v>
+      </c>
+      <c r="K3" t="s">
+        <v>860</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>26</v>
+        <v>830</v>
       </c>
       <c r="B4" t="s">
-        <v>39</v>
+        <v>861</v>
       </c>
       <c r="C4" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>41</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>42</v>
+        <v>862</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>43</v>
+        <v>863</v>
       </c>
       <c r="H4" t="s">
-        <v>44</v>
+        <v>864</v>
+      </c>
+      <c r="I4" t="s">
+        <v>835</v>
+      </c>
+      <c r="J4" t="s">
+        <v>865</v>
+      </c>
+      <c r="K4" t="s">
+        <v>866</v>
+      </c>
+      <c r="L4" t="s">
+        <v>867</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>26</v>
+        <v>830</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>868</v>
       </c>
       <c r="C5" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>48</v>
+        <v>869</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>49</v>
+        <v>870</v>
       </c>
       <c r="H5" t="s">
-        <v>50</v>
-[...134 lines deleted...]
-        <v>78</v>
+        <v>871</v>
+      </c>
+      <c r="I5" t="s">
+        <v>835</v>
+      </c>
+      <c r="J5" t="s">
+        <v>872</v>
+      </c>
+      <c r="K5" t="s">
+        <v>873</v>
+      </c>
+      <c r="L5" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>830</v>
+      </c>
+      <c r="B6" t="s">
+        <v>875</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>876</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>877</v>
+      </c>
+      <c r="H6" t="s">
+        <v>878</v>
+      </c>
+      <c r="I6" t="s">
+        <v>879</v>
+      </c>
+      <c r="J6" t="s">
+        <v>13</v>
+      </c>
+      <c r="K6" t="s">
+        <v>880</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>