--- v1 (2025-11-04)
+++ v2 (2026-02-04)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Medicament" r:id="rId8" sheetId="6"/>
     <sheet name="Export Article HAS" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="329" uniqueCount="169">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="347" uniqueCount="179">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -89,50 +89,65 @@
   <si>
     <t/>
   </si>
   <si>
     <t>30/01/2024 00:00:00</t>
   </si>
   <si>
     <t>28/02/2024 10:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3496700/fr/omnipod-5-pompe-a-insuline-et-controleur-omnipod-5-systeme-de-mesure-du-glucose-interstitiel-dexcom-g6</t>
   </si>
   <si>
     <t>p_3496700</t>
   </si>
   <si>
     <t>Système de boucle semi-fermée dédié à la gestion automatisée du diabète de type 1</t>
   </si>
   <si>
     <t>INSULET France S.A.S (France)</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
     <t>Lupus Systémique</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de Lupus Systémique.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751894/fr/lupus-systemique</t>
   </si>
   <si>
     <t>c_2751894</t>
   </si>
   <si>
     <t>Guide parcours de soins maladie coronarienne stable</t>
   </si>
   <si>
     <t>L’objectif de ce guide est : - d’expliciter le parcours de soins d’une personne ayant une maladie coronarienne stable en médecine de ville et notamment en médecine générale ; - de rendre compte de la pluri-professionnalité de la prise en charge ainsi que des principes et modalités de coordination et de coopération entre les professionnels impliqués Le guide est construit autour d’étapes du parcours identifiées comme les moments où existent d’importants risques de dysfonctionnement et où il est particulièrement indispensable que les patients bénéficient de la bonne prestation délivrée par les bons professionnels, afin d’assurer la qualité et la sécurité du parcours ...</t>
   </si>
   <si>
     <t>21/09/2016 00:00:00</t>
   </si>
   <si>
     <t>06/10/2016 14:02:00</t>
@@ -218,65 +233,77 @@
   <si>
     <t>Prévention cardio-vasculaire : le choix de la statine la mieux adaptée dépend de son efficacité et de son efficience</t>
   </si>
   <si>
     <t>La prévention cardio-vasculaire repose d’abord sur la mise en oeuvre de mesures hygiéno-diététiques. Si la prescription d’une statine est jugée nécessaire, le choix de la molécule et de sa dose dépend du niveau de risque du patient, de l’existence ou non d’antécédents cardio-vasculaires, du taux initial de LDL-cholestérol (LDL-c) et de la réduction du LDL-c recherchée. On préférera la statine ayant, dans ces conditions, la meilleure efficience (rapport coût/efficacité).</t>
   </si>
   <si>
     <t>01/02/2012 00:00:00</t>
   </si>
   <si>
     <t>02/02/2012 11:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/r_1439693/fr/prevention-cardio-vasculaire-le-choix-de-la-statine-la-mieux-adaptee-depend-de-son-efficacite-et-de-son-efficience</t>
   </si>
   <si>
     <t>r_1439693</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
+    <t>Commission de la transparence - Réunion du 14 janvier 2026</t>
+  </si>
+  <si>
+    <t>07/01/2026 13:53:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807451/fr/commission-de-la-transparence-reunion-du-14-janvier-2026</t>
+  </si>
+  <si>
+    <t>p_3807451</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
     <t>Commission de la transparence - Réunion du 9 avril 2025</t>
   </si>
   <si>
     <t>03/04/2025 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600189/fr/commission-de-la-transparence-reunion-du-9-avril-2025</t>
   </si>
   <si>
     <t>p_3600189</t>
   </si>
   <si>
-    <t>Commission</t>
-[...1 lines deleted...]
-  <si>
     <t>Commission de la transparence - Réunion du 18 octobre 2023</t>
   </si>
   <si>
     <t>11/10/2023 11:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3467505/fr/commission-de-la-transparence-reunion-du-18-octobre-2023</t>
   </si>
   <si>
     <t>p_3467505</t>
   </si>
   <si>
     <t>Commission de la Transparence - Réunion du 2 février 2022</t>
   </si>
   <si>
     <t>25/01/2022 18:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3311951/fr/commission-de-la-transparence-reunion-du-2-fevrier-2022</t>
   </si>
   <si>
     <t>p_3311951</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 4 septembre 2019</t>
@@ -416,66 +443,69 @@
   <si>
     <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
   </si>
   <si>
     <t>10/10/2007 16:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
   </si>
   <si>
     <t>c_592918</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>QUILOGA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
-    <t>24/04/2025 15:16:36</t>
+    <t>20/01/2026 12:18:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603116/fr/quiloga-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>p_3603116</t>
   </si>
   <si>
     <t>rosuvastatine,ézétimibe</t>
   </si>
   <si>
     <t>ZENTIVA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3602981/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809524/fr/quiloga-rosuvastatine/ezetimibe-hypercholesterolemie</t>
   </si>
   <si>
     <t>LIPOROSA (rosuvastatine/ézétimibe)</t>
   </si>
   <si>
     <t>25/01/2024 08:36:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983176/fr/liporosa-rosuvastatine/ezetimibe</t>
   </si>
   <si>
     <t>pprd_2983176</t>
   </si>
   <si>
     <t>SERVIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2863024/fr/liporosa-rosuvastatine/-ezetimibe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3478085/fr/liporosa-rosuvastatine/ezetimibe-maladie-coronaire-avec-antecedent-de-syndrome-coronarien-aigu-sca</t>
   </si>
   <si>
     <t>SUVREZA (rosuvastatine/ézétimibe)</t>
   </si>
@@ -662,51 +692,51 @@
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -731,1045 +761,1103 @@
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>26</v>
       </c>
       <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>28</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>19</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
         <v>31</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>32</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>33</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
         <v>34</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>35</v>
       </c>
-      <c r="H4" t="s">
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>19</v>
+      </c>
+      <c r="B5" t="s">
         <v>36</v>
+      </c>
+      <c r="C5" t="s">
+        <v>37</v>
+      </c>
+      <c r="D5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E5" t="s">
+        <v>39</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H5" t="s">
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B2" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C2" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="D2" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="E2" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="H2" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="B3" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="H3" t="s">
-        <v>47</v>
+        <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B2" t="s">
-        <v>49</v>
+        <v>54</v>
       </c>
       <c r="C2" t="s">
-        <v>50</v>
+        <v>55</v>
       </c>
       <c r="D2" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E2" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H2" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>48</v>
+        <v>53</v>
       </c>
       <c r="B3" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="C3" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="D3" t="s">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="E3" t="s">
-        <v>58</v>
+        <v>63</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>59</v>
+        <v>64</v>
       </c>
       <c r="H3" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I16"/>
+  <dimension ref="A1:I17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B2" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>64</v>
+        <v>69</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="H2" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="I2" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B3" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H3" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="I3" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B4" t="s">
+        <v>77</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>78</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>79</v>
+      </c>
+      <c r="H4" t="s">
+        <v>80</v>
+      </c>
+      <c r="I4" t="s">
         <v>72</v>
-      </c>
-[...19 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="H5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I5" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B6" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="H6" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="I6" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B7" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>92</v>
       </c>
       <c r="I7" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="H8" t="s">
-        <v>91</v>
+        <v>96</v>
       </c>
       <c r="I8" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B9" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="I9" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B10" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H10" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="I10" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C11" t="s">
-        <v>101</v>
+        <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="H11" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="I11" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B12" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>110</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="H12" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="I12" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B13" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="H13" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="I13" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="H14" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="I14" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B15" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="H15" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="I15" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="B16" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H16" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I16" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
         <v>67</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+      <c r="I17" t="s">
+        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>125</v>
+        <v>134</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>126</v>
+        <v>135</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B2" t="s">
-        <v>128</v>
+        <v>137</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>129</v>
+        <v>138</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>130</v>
+        <v>139</v>
       </c>
       <c r="H2" t="s">
-        <v>131</v>
+        <v>140</v>
       </c>
       <c r="I2" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="J2" t="s">
-        <v>133</v>
+        <v>142</v>
       </c>
       <c r="K2" t="s">
-        <v>134</v>
+        <v>143</v>
+      </c>
+      <c r="L2" t="s">
+        <v>144</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B3" t="s">
-        <v>135</v>
+        <v>145</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>136</v>
+        <v>146</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="H3" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="I3" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="J3" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="K3" t="s">
-        <v>140</v>
+        <v>150</v>
       </c>
       <c r="L3" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B4" t="s">
-        <v>142</v>
+        <v>152</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>143</v>
+        <v>153</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>144</v>
+        <v>154</v>
       </c>
       <c r="H4" t="s">
-        <v>145</v>
+        <v>155</v>
       </c>
       <c r="I4" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="J4" t="s">
-        <v>146</v>
+        <v>156</v>
       </c>
       <c r="K4" t="s">
-        <v>147</v>
+        <v>157</v>
       </c>
       <c r="L4" t="s">
-        <v>148</v>
+        <v>158</v>
       </c>
       <c r="M4" t="s">
-        <v>149</v>
+        <v>159</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B5" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>151</v>
+        <v>161</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>152</v>
+        <v>162</v>
       </c>
       <c r="H5" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="I5" t="s">
-        <v>154</v>
+        <v>164</v>
       </c>
       <c r="J5" t="s">
-        <v>155</v>
+        <v>165</v>
       </c>
       <c r="K5" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>127</v>
+        <v>136</v>
       </c>
       <c r="B6" t="s">
-        <v>157</v>
+        <v>167</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>158</v>
+        <v>168</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>159</v>
+        <v>169</v>
       </c>
       <c r="H6" t="s">
-        <v>160</v>
+        <v>170</v>
       </c>
       <c r="I6" t="s">
-        <v>132</v>
+        <v>141</v>
       </c>
       <c r="J6" t="s">
-        <v>161</v>
+        <v>171</v>
       </c>
       <c r="K6" t="s">
-        <v>162</v>
+        <v>172</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>163</v>
+        <v>173</v>
       </c>
       <c r="B2" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="C2" t="s">
-        <v>165</v>
+        <v>175</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>167</v>
+        <v>177</v>
       </c>
       <c r="H2" t="s">
-        <v>168</v>
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>