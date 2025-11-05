--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,207 +1,1609 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="176">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...5 lines deleted...]
-    <t>Questions put to the jury: 1. How to diagnose ALS? 2. How to break the news of ALS? 3. How to assess the course of ALS and what instruments to use? 4. What therapies and follow-up are available for patients with ALS and their families? 5. What is the role of life support in patients with ALS?</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Sclérose Latérale Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SLP. Il a été élaboré par le CRMR Constitutif de Coordination SLA et autres maladies du neurone moteur de Tours à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>03/10/2025 13:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689360/fr/sclerose-laterale-primitive</t>
+  </si>
+  <si>
+    <t>p_3689360</t>
+  </si>
+  <si>
+    <t>CADASIL (Cerebral Autosomal Dominant Arteriopathy with Subcortical Infarcts and Leucoencephalopathy)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de CADASIL. Il a été élaboré par le Centre de Référence des Maladies Vasculaires Rares du Cerveau et de l’Œil à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/07/2025 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069510/fr/cadasil-cerebral-autosomal-dominant-arteriopathy-with-subcortical-infarcts-and-leucoencephalopathy</t>
+  </si>
+  <si>
+    <t>c_1069510</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Paralysie Supranucléaire Progressive et Syndrome Corticobasal</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PSP ou de SCB. Il a été élaboré par le Centre de référence Démences Rares ou Préco à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390276/fr/paralysie-supranucleaire-progressive-et-syndrome-corticobasal</t>
+  </si>
+  <si>
+    <t>p_3390276</t>
+  </si>
+  <si>
+    <t>Neurodégénérescences avec accumulation intracérébrale de fer (Neurodegeneration with Brain Iron Accumulation ou NBIA)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neurodégénérescence avec accumulation intracérébrale de fer. Il a été élaboré par le Centre de Référence de Neurogénétique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/04/2022 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3332411/fr/neurodegenerescences-avec-accumulation-intracerebrale-de-fer-neurodegeneration-with-brain-iron-accumulation-ou-nbia</t>
+  </si>
+  <si>
+    <t>p_3332411</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Maladie de Huntington</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Huntington. Il a été élaboré par le Centre de Référence National Maladie de Huntington à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/10/2021 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055518/fr/maladie-de-huntington</t>
+  </si>
+  <si>
+    <t>c_2055518</t>
+  </si>
+  <si>
+    <t>Adrénoleucodystrophie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Adrénoleucodystrophie. Il a été élaboré par le Centre de Référence Leucodystrophies et leuco-encéphalopathies rares et le Centre de Référence Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292277/fr/adrenoleucodystrophie</t>
+  </si>
+  <si>
+    <t>p_3292277</t>
+  </si>
+  <si>
+    <t>Amyotrophie spinale infantile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Amyotrophie spinale infantile. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/03/2021 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3245042/fr/amyotrophie-spinale-infantile</t>
+  </si>
+  <si>
+    <t>p_3245042</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Atrésie de l’œsophage</t>
+  </si>
+  <si>
+    <t>17/12/2018 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
+  </si>
+  <si>
+    <t>c_715169</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Rett et apparentés</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome de Rett.</t>
+  </si>
+  <si>
+    <t>03/05/2017 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2760855/fr/syndrome-de-rett-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2760855</t>
+  </si>
+  <si>
+    <t>Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de Sclérose latérale amyotrophique.</t>
+  </si>
+  <si>
+    <t>18/11/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2573383/fr/sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_2573383</t>
+  </si>
+  <si>
+    <t>ALD n° 9 - Sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 9 : sclérose latérale amyotrophique (SLA).</t>
+  </si>
+  <si>
+    <t>10/01/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>31/05/2007 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_538662/fr/ald-n-9-sclerose-laterale-amyotrophique</t>
+  </si>
+  <si>
+    <t>c_538662</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
+    <t>Pertes de connaissance brèves de l’adulte : prise en charge diagnostique et thérapeutique des syncopes</t>
+  </si>
+  <si>
+    <t>Le champ des recommandations concerne les pertes de connaissance brèves de l’adulte. Elles abordent plus précisément la prise en charge diagnostique et thérapeutique des syncopes.</t>
+  </si>
+  <si>
+    <t>14/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>22/09/2008 14:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_681605/fr/pertes-de-connaissance-breves-de-l-adulte-prise-en-charge-diagnostique-et-therapeutique-des-syncopes</t>
+  </si>
+  <si>
+    <t>c_681605</t>
+  </si>
+  <si>
+    <t>Prise en charge des personnes atteintes de sclérose latérale amyotrophique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : 1. Comment fait-on le diagnostic de sclérose latérale amyotrophique (SLA) ? 2. Comment dit-on le diagnostic de SLA ? 3. Comment évalue-t-on l’évolution de la SLA et quels outils utiliser ? 4. Quelles thérapies et quel suivi pour le patient atteint de SLA et son entourage ? 5. Quelle est la place de la suppléance des fonctions vitales chez le patient atteint de SLA ?</t>
   </si>
   <si>
     <t>02/02/2006 00:00:00</t>
   </si>
   <si>
     <t>02/02/2006 15:30:00</t>
   </si>
   <si>
-    <t/>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_409014/en/care-of-patients-with-amyotrophic-lateral-sclerosis-als-23-24-november-2004</t>
+    <t>https://www.has-sante.fr/jcms/c_409014/fr/prise-en-charge-des-personnes-atteintes-de-sclerose-laterale-amyotrophique</t>
   </si>
   <si>
     <t>c_409014</t>
+  </si>
+  <si>
+    <t>Modalités de prise en charge de l'adulte nécessitant des soins palliatifs</t>
+  </si>
+  <si>
+    <t>Proposer des recommandations concernant les modalités de prise en charge de l'adulte nécessitant des soins palliatifs.</t>
+  </si>
+  <si>
+    <t>01/12/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/12/2002 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272224/fr/modalites-de-prise-en-charge-de-l-adulte-necessitant-des-soins-palliatifs</t>
+  </si>
+  <si>
+    <t>c_272224</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/09/2018 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2872541/fr/commission-de-la-transparence-reunion-du-5-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2872541</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>BROMHYDRATE DE SCOPOLAMINE RENAUDIN (scopolamine)</t>
+  </si>
+  <si>
+    <t>12/12/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983822/fr/bromhydrate-de-scopolamine-renaudin-scopolamine</t>
+  </si>
+  <si>
+    <t>pprd_2983822</t>
+  </si>
+  <si>
+    <t>scopolamine</t>
+  </si>
+  <si>
+    <t>RENAUDIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729431/fr/bromhydrate-de-scopolamine-renaudin-scopolamine</t>
+  </si>
+  <si>
+    <t>SCOPOLAMINE COOPER (scopolamine (bromhydrate de))</t>
+  </si>
+  <si>
+    <t>21/10/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984363/fr/scopolamine-cooper-scopolamine-bromhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984363</t>
+  </si>
+  <si>
+    <t>scopolamine (bromhydrate de)</t>
+  </si>
+  <si>
+    <t>COOPERATION PHARMACEUTIQUE FRANCAISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456555/fr/scopolamine-cooper-scopolamine-bromhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_991892/fr/scopolamine-cooper-scopolamine-bromhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2564413/fr/scopolamine-cooper-scopolamine-bromhydrate-de</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
       </c>
-      <c r="H2" t="s">
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
         <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>42</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>43</v>
+      </c>
+      <c r="H8" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C9" t="s">
+        <v>46</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>47</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>48</v>
+      </c>
+      <c r="H9" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>50</v>
+      </c>
+      <c r="C10" t="s">
+        <v>51</v>
+      </c>
+      <c r="D10" t="s">
+        <v>11</v>
+      </c>
+      <c r="E10" t="s">
+        <v>52</v>
+      </c>
+      <c r="F10" t="s">
+        <v>11</v>
+      </c>
+      <c r="G10" t="s">
+        <v>53</v>
+      </c>
+      <c r="H10" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
+        <v>55</v>
+      </c>
+      <c r="C11" t="s">
+        <v>56</v>
+      </c>
+      <c r="D11" t="s">
+        <v>11</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>11</v>
+      </c>
+      <c r="G11" t="s">
+        <v>57</v>
+      </c>
+      <c r="H11" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>8</v>
+      </c>
+      <c r="B12" t="s">
+        <v>59</v>
+      </c>
+      <c r="C12" t="s">
+        <v>60</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>61</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>62</v>
+      </c>
+      <c r="H12" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>8</v>
+      </c>
+      <c r="B13" t="s">
+        <v>64</v>
+      </c>
+      <c r="C13" t="s">
+        <v>65</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>66</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>67</v>
+      </c>
+      <c r="H13" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" t="s">
+        <v>69</v>
+      </c>
+      <c r="C14" t="s">
+        <v>70</v>
+      </c>
+      <c r="D14" t="s">
+        <v>11</v>
+      </c>
+      <c r="E14" t="s">
+        <v>71</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>72</v>
+      </c>
+      <c r="H14" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>8</v>
+      </c>
+      <c r="B15" t="s">
+        <v>74</v>
+      </c>
+      <c r="C15" t="s">
+        <v>75</v>
+      </c>
+      <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
+        <v>76</v>
+      </c>
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
+        <v>77</v>
+      </c>
+      <c r="H15" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>8</v>
+      </c>
+      <c r="B16" t="s">
+        <v>79</v>
+      </c>
+      <c r="C16" t="s">
+        <v>80</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>81</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>82</v>
+      </c>
+      <c r="H16" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" t="s">
+        <v>84</v>
+      </c>
+      <c r="C17" t="s">
+        <v>85</v>
+      </c>
+      <c r="D17" t="s">
+        <v>11</v>
+      </c>
+      <c r="E17" t="s">
+        <v>86</v>
+      </c>
+      <c r="F17" t="s">
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>87</v>
+      </c>
+      <c r="H17" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>8</v>
+      </c>
+      <c r="B18" t="s">
+        <v>89</v>
+      </c>
+      <c r="C18" t="s">
+        <v>90</v>
+      </c>
+      <c r="D18" t="s">
+        <v>11</v>
+      </c>
+      <c r="E18" t="s">
+        <v>91</v>
+      </c>
+      <c r="F18" t="s">
+        <v>11</v>
+      </c>
+      <c r="G18" t="s">
+        <v>92</v>
+      </c>
+      <c r="H18" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>8</v>
+      </c>
+      <c r="B19" t="s">
+        <v>94</v>
+      </c>
+      <c r="C19" t="s">
+        <v>95</v>
+      </c>
+      <c r="D19" t="s">
+        <v>11</v>
+      </c>
+      <c r="E19" t="s">
+        <v>96</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
+        <v>97</v>
+      </c>
+      <c r="H19" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>8</v>
+      </c>
+      <c r="B20" t="s">
+        <v>99</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>100</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>101</v>
+      </c>
+      <c r="H20" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>103</v>
+      </c>
+      <c r="C21" t="s">
+        <v>104</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>105</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>106</v>
+      </c>
+      <c r="H21" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>108</v>
+      </c>
+      <c r="C22" t="s">
+        <v>109</v>
+      </c>
+      <c r="D22" t="s">
+        <v>11</v>
+      </c>
+      <c r="E22" t="s">
+        <v>110</v>
+      </c>
+      <c r="F22" t="s">
+        <v>11</v>
+      </c>
+      <c r="G22" t="s">
+        <v>111</v>
+      </c>
+      <c r="H22" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>113</v>
+      </c>
+      <c r="C23" t="s">
+        <v>114</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>115</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>116</v>
+      </c>
+      <c r="H23" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>118</v>
+      </c>
+      <c r="C24" t="s">
+        <v>119</v>
+      </c>
+      <c r="D24" t="s">
+        <v>120</v>
+      </c>
+      <c r="E24" t="s">
+        <v>121</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>122</v>
+      </c>
+      <c r="H24" t="s">
+        <v>123</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>124</v>
+      </c>
+      <c r="B2" t="s">
+        <v>125</v>
+      </c>
+      <c r="C2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D2" t="s">
+        <v>127</v>
+      </c>
+      <c r="E2" t="s">
+        <v>128</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>129</v>
+      </c>
+      <c r="H2" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>124</v>
+      </c>
+      <c r="B3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D3" t="s">
+        <v>133</v>
+      </c>
+      <c r="E3" t="s">
+        <v>134</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>135</v>
+      </c>
+      <c r="H3" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>124</v>
+      </c>
+      <c r="B4" t="s">
+        <v>137</v>
+      </c>
+      <c r="C4" t="s">
+        <v>138</v>
+      </c>
+      <c r="D4" t="s">
+        <v>139</v>
+      </c>
+      <c r="E4" t="s">
+        <v>140</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>141</v>
+      </c>
+      <c r="H4" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B5" t="s">
+        <v>143</v>
+      </c>
+      <c r="C5" t="s">
+        <v>144</v>
+      </c>
+      <c r="D5" t="s">
+        <v>145</v>
+      </c>
+      <c r="E5" t="s">
+        <v>146</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>147</v>
+      </c>
+      <c r="H5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>150</v>
+      </c>
+      <c r="B2" t="s">
+        <v>151</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>152</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>153</v>
+      </c>
+      <c r="H2" t="s">
+        <v>154</v>
+      </c>
+      <c r="I2" t="s">
+        <v>155</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>156</v>
+      </c>
+      <c r="J1" t="s">
+        <v>157</v>
+      </c>
+      <c r="K1" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>161</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>162</v>
+      </c>
+      <c r="H2" t="s">
+        <v>163</v>
+      </c>
+      <c r="I2" t="s">
+        <v>164</v>
+      </c>
+      <c r="J2" t="s">
+        <v>165</v>
+      </c>
+      <c r="K2" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B3" t="s">
+        <v>167</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>169</v>
+      </c>
+      <c r="H3" t="s">
+        <v>170</v>
+      </c>
+      <c r="I3" t="s">
+        <v>171</v>
+      </c>
+      <c r="J3" t="s">
+        <v>172</v>
+      </c>
+      <c r="K3" t="s">
+        <v>173</v>
+      </c>
+      <c r="L3" t="s">
+        <v>174</v>
+      </c>
+      <c r="M3" t="s">
+        <v>175</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>