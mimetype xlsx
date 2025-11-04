--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,628 +1,7879 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId7" sheetId="5"/>
+    <sheet name="Export évènement de calendrier" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId9" sheetId="7"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Medicament" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1597" uniqueCount="826">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>ULTIMASTER NAGOMI</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>20/05/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/08/2025 13:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635764/fr/ultimaster-nagomi</t>
+  </si>
+  <si>
+    <t>p_3635764</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.S (France)</t>
+  </si>
+  <si>
+    <t>ELUVIA</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/03/2025 08:53:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593830/fr/eluvia</t>
+  </si>
+  <si>
+    <t>p_3593830</t>
+  </si>
+  <si>
+    <t>Endoprothèse périphérique à libération de principe actif (paclitaxel)</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>ZILVER PTX</t>
+  </si>
+  <si>
+    <t>04/02/2025 08:23:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587266/fr/zilver-ptx</t>
+  </si>
+  <si>
+    <t>p_3587266</t>
+  </si>
+  <si>
+    <t>COOK FRANCE</t>
+  </si>
+  <si>
+    <t>VIVO ISAR</t>
+  </si>
+  <si>
+    <t>20/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/01/2023 15:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403977/fr/vivo-isar</t>
+  </si>
+  <si>
+    <t>p_3403977</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de  sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA FRANCE</t>
+  </si>
+  <si>
+    <t>LUTONIX 018</t>
+  </si>
+  <si>
+    <t>21/06/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351104/fr/lutonix-018</t>
+  </si>
+  <si>
+    <t>p_3351104</t>
+  </si>
+  <si>
+    <t>Ballon périphérique à élution de paclitaxel</t>
+  </si>
+  <si>
+    <t>BECTON DICKINSON (France) anciennement BARD France SAS</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>FIREHAWK</t>
+  </si>
+  <si>
+    <t>14/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2020 09:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146857/fr/firehawk</t>
+  </si>
+  <si>
+    <t>p_3146857</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>MICROPORT CRM FRANCE SAS</t>
+  </si>
+  <si>
+    <t>SUPRAFLEX</t>
+  </si>
+  <si>
+    <t>17/12/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2020 09:30:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3146608/fr/supraflex</t>
+  </si>
+  <si>
+    <t>p_3146608</t>
+  </si>
+  <si>
+    <t>SMT - Sahajanand Medical Technologies Pvt Ltd</t>
+  </si>
+  <si>
+    <t>CRE8</t>
+  </si>
+  <si>
+    <t>05/11/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>02/01/2020 17:08:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3122217/fr/cre8</t>
+  </si>
+  <si>
+    <t>p_3122217</t>
+  </si>
+  <si>
+    <t>ALVIMEDICA MEDICAL TECHNOLOGIES</t>
+  </si>
+  <si>
+    <t>ANGIOLITE</t>
+  </si>
+  <si>
+    <t>22/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2019 11:22:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121326/fr/angiolite</t>
+  </si>
+  <si>
+    <t>p_3121326</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement),</t>
+  </si>
+  <si>
+    <t>IVASCULAR FRANCE</t>
+  </si>
+  <si>
+    <t>BIOMIME</t>
+  </si>
+  <si>
+    <t>16/07/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106825/fr/biomime</t>
+  </si>
+  <si>
+    <t>p_3106825</t>
+  </si>
+  <si>
+    <t>MERIL LIFE SCIENCES Pvt. Ltd.</t>
+  </si>
+  <si>
+    <t>23/04/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>17/05/2019 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968543/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_2968543</t>
+  </si>
+  <si>
+    <t>26/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>20/03/2019 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909449/fr/firehawk</t>
+  </si>
+  <si>
+    <t>c_2909449</t>
+  </si>
+  <si>
+    <t>MISTENT</t>
+  </si>
+  <si>
+    <t>12/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2019 09:03:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907554/fr/mistent</t>
+  </si>
+  <si>
+    <t>c_2907554</t>
+  </si>
+  <si>
+    <t>STENTYS SA</t>
+  </si>
+  <si>
+    <t>YUKON CHROME PC</t>
+  </si>
+  <si>
+    <t>04/12/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>04/02/2019 13:38:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902390/fr/yukon-chrome-pc</t>
+  </si>
+  <si>
+    <t>c_2902390</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus</t>
+  </si>
+  <si>
+    <t>TRANSLUMINA GmbH</t>
+  </si>
+  <si>
+    <t>YUKON CHOICE PC</t>
+  </si>
+  <si>
+    <t>25/01/2019 08:51:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2896009/fr/yukon-choice-pc</t>
+  </si>
+  <si>
+    <t>c_2896009</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée de sirolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>ULTIMASTER</t>
+  </si>
+  <si>
+    <t>06/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>12/03/2018 15:19:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2830852/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2830852</t>
+  </si>
+  <si>
+    <t>Laboratoires TERUMO France SA</t>
+  </si>
+  <si>
+    <t>18/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/06/2017 16:42:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772238/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2772238</t>
+  </si>
+  <si>
+    <t>COROFLEX ISAR</t>
+  </si>
+  <si>
+    <t>21/03/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/05/2017 08:33:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754728/fr/coroflex-isar</t>
+  </si>
+  <si>
+    <t>c_2754728</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL</t>
+  </si>
+  <si>
+    <t>MAGMARIS</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif entièrement biorésorbable</t>
+  </si>
+  <si>
+    <t>31/03/2017 15:46:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2752881/fr/magmaris</t>
+  </si>
+  <si>
+    <t>c_2752881</t>
+  </si>
+  <si>
+    <t>BIOMATRIX ALPHA</t>
+  </si>
+  <si>
+    <t>22/11/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>30/11/2016 10:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2727182/fr/biomatrix-alpha</t>
+  </si>
+  <si>
+    <t>c_2727182</t>
+  </si>
+  <si>
+    <t>BIOSENSORS France SAS</t>
+  </si>
+  <si>
+    <t>24/02/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2015 14:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2018891/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_2018891</t>
+  </si>
+  <si>
+    <t>07/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/10/2014 18:10:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1770297/fr/ultimaster</t>
+  </si>
+  <si>
+    <t>c_1770297</t>
+  </si>
+  <si>
+    <t>01/07/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>23/07/2014 17:13:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1752088/fr/cre8</t>
+  </si>
+  <si>
+    <t>c_1752088</t>
+  </si>
+  <si>
+    <t>CID S.p.A.</t>
+  </si>
+  <si>
+    <t>25/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>21/03/2014 17:07:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1726953/fr/orsiro</t>
+  </si>
+  <si>
+    <t>c_1726953</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE</t>
+  </si>
+  <si>
+    <t>BioMatrix Flex</t>
+  </si>
+  <si>
+    <t>17/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2014 17:42:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715362/fr/biomatrix-flex</t>
+  </si>
+  <si>
+    <t>c_1715362</t>
+  </si>
+  <si>
+    <t>BioMatrix</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1715363/fr/biomatrix</t>
+  </si>
+  <si>
+    <t>c_1715363</t>
+  </si>
+  <si>
+    <t>Gamme Xience XPEDITION, Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'endoprothèse coronaire à élution d'everolimus</t>
+  </si>
+  <si>
+    <t>18/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2013 17:08:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350928/fr/gamme-xience-xpedition-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350928</t>
+  </si>
+  <si>
+    <t>ABBOTT Vascular</t>
+  </si>
+  <si>
+    <t>Gamme Xience PRIME, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>Système d'Endoprothèse Coronaire à Elution d'Everolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350943/fr/gamme-xience-prime-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350943</t>
+  </si>
+  <si>
+    <t>Gamme Xience V, endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1350944/fr/gamme-xience-v-endoprothese-coronaire-a-liberation-de-principe-actif</t>
+  </si>
+  <si>
+    <t>c_1350944</t>
+  </si>
+  <si>
+    <t>CRE8 -  15 mai 2012 (4218) avis</t>
+  </si>
+  <si>
+    <t>29/05/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 14:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1237054/fr/cre8-15-mai-2012-4218-avis</t>
+  </si>
+  <si>
+    <t>c_1237054</t>
+  </si>
+  <si>
+    <t>CID Vascular Sarl (France)</t>
+  </si>
+  <si>
+    <t>TAXUS ELEMENT - 29 novembre 2011 (3996) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de paclitaxel (produit actif pharmacologiquement) Cardiologie interventionnelle – Nouvelle indication Partage avec CYPHER du progrès mineur par rapport au pontage aorto-coronarien dans la sténose du tronc commun gauche non protégé</t>
+  </si>
+  <si>
+    <t>29/11/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2011 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1122211/fr/taxus-element-29-novembre-2011-3996-avis</t>
+  </si>
+  <si>
+    <t>c_1122211</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 27 septembre 2011 (3859) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Mise au point Avis défavorable à l’extension d’indication aux patients atteints de lésions situées dans des vaisseaux d’un diamètre &gt; ou égal à 3 mm</t>
+  </si>
+  <si>
+    <t>27/09/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>29/09/2011 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068582/fr/xience-prime-27-septembre-2011-3859-avis</t>
+  </si>
+  <si>
+    <t>c_1068582</t>
+  </si>
+  <si>
+    <t>XIENCE V - 27 septembre 2011 (3857) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1068588/fr/xience-v-27-septembre-2011-3857-avis</t>
+  </si>
+  <si>
+    <t>c_1068588</t>
+  </si>
+  <si>
+    <t>OPTIVE - 03 mai 2011 (3568) avis</t>
+  </si>
+  <si>
+    <t>Solution stérile pour usage ophtalmique topique OPTHTALMOLOGIE – Nouveau dispositif Pas d’avantage clinique démontré par rapport à VISMED Multi</t>
+  </si>
+  <si>
+    <t>03/05/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>12/05/2011 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046127/fr/optive-03-mai-2011-3568-avis</t>
+  </si>
+  <si>
+    <t>c_1046127</t>
+  </si>
+  <si>
+    <t>ALLERGAN France SAS</t>
+  </si>
+  <si>
+    <t>XIENCE V - 29 juin 2010 (2533) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès mineur par rapport à une autre endoprothèse coronaire enrobée de paclitaxel (TAXUS) dans les lésions monotronculaires à haut risque de resténose Progrès thérapeutique mineur (partagé avec TAXUS) par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>29/06/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>05/08/2010 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973400/fr/xience-v-29-juin-2010-2533-avis</t>
+  </si>
+  <si>
+    <t>c_973400</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - 29 juin 2010 (2532) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_973407/fr/xience-prime-29-juin-2010-2532-avis</t>
+  </si>
+  <si>
+    <t>c_973407</t>
+  </si>
+  <si>
+    <t>ENDEAVOR SPRINT RX - 04 mai 2010 (2377) avis</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de zotarolimus (produit actif pharmacologiquement) CARDIOLOGIE INTERVENTIONNELLE – Extension d’indication Progrès thérapeutique mineur (partagé avec TAXUS autre endoprothèse coronaire enrobée de paclitaxel) () par rapport au pontage aorto-coronarien dans les lésions pluritronculaires à haut risque de resténose</t>
+  </si>
+  <si>
+    <t>04/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>06/05/2010 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950917/fr/endeavor-sprint-rx-04-mai-2010-2377-avis</t>
+  </si>
+  <si>
+    <t>c_950917</t>
+  </si>
+  <si>
+    <t>MEDTRONIC S.A.S.</t>
+  </si>
+  <si>
+    <t>ENDEAVOR - 04 mai 2010 (2373) avis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950926/fr/endeavor-04-mai-2010-2373-avis</t>
+  </si>
+  <si>
+    <t>c_950926</t>
+  </si>
+  <si>
+    <t>XIENCE PRIME - CNEDiMTS du 22 septembre 2009 (2246)</t>
+  </si>
+  <si>
+    <t>22/09/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>15/10/2009 17:36:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_864993/fr/xience-prime-cnedimts-du-22-septembre-2009-2246</t>
+  </si>
+  <si>
+    <t>c_864993</t>
+  </si>
+  <si>
+    <t>ABBOTT France SAS</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS - CEPP du 26 mai 2009 (2108)</t>
+  </si>
+  <si>
+    <t>26/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/09/2009 11:17:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_829815/fr/cypher-select-plus-cepp-du-26-mai-2009-2108</t>
+  </si>
+  <si>
+    <t>c_829815</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. France</t>
+  </si>
+  <si>
+    <t>NOBORI - CEPP du 07 juillet 2009 (2086)</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée de biolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>07/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>09/09/2009 15:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840790/fr/nobori-cepp-du-07-juillet-2009-2086</t>
+  </si>
+  <si>
+    <t>c_840790</t>
+  </si>
+  <si>
+    <t>TERUMO France S.A.</t>
+  </si>
+  <si>
+    <t>BIOMATRIX - CEPP du 07 juillet 2009 (2085)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840794/fr/biomatrix-cepp-du-07-juillet-2009-2085</t>
+  </si>
+  <si>
+    <t>c_840794</t>
+  </si>
+  <si>
+    <t>BIOSENSORS Int. France SARL</t>
+  </si>
+  <si>
+    <t>TAXUS LIBERTE</t>
+  </si>
+  <si>
+    <t>03/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>03/03/2009 16:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773453/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_773453</t>
+  </si>
+  <si>
+    <t>Commission d'Evaluation des Produits et Prestations (CEPP)</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT PLUS</t>
+  </si>
+  <si>
+    <t>31/03/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>31/03/2009 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_773458/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_773458</t>
+  </si>
+  <si>
+    <t>02/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2008 14:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_731812/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_731812</t>
+  </si>
+  <si>
+    <t>02/12/2008 18:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_725165/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_725165</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA France</t>
+  </si>
+  <si>
+    <t>ENDEAVOR</t>
+  </si>
+  <si>
+    <t>28/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2008 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_716885/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_716885</t>
+  </si>
+  <si>
+    <t>MEDTRONIC France S.A.S.</t>
+  </si>
+  <si>
+    <t>NOBORI</t>
+  </si>
+  <si>
+    <t>14/10/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2008 18:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_703389/fr/nobori</t>
+  </si>
+  <si>
+    <t>c_703389</t>
+  </si>
+  <si>
+    <t>TERUMO France</t>
+  </si>
+  <si>
+    <t>10/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>10/06/2008 11:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671429/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_671429</t>
+  </si>
+  <si>
+    <t>13/05/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2008 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666117/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_666117</t>
+  </si>
+  <si>
+    <t>CORDIS S.A.S. (France)</t>
+  </si>
+  <si>
+    <t>CYPHER SELECT</t>
+  </si>
+  <si>
+    <t>13/05/2008 16:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666118/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_666118</t>
+  </si>
+  <si>
+    <t>ENDEAVOR Sprint RX</t>
+  </si>
+  <si>
+    <t>15/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>15/04/2008 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_658716/fr/endeavor-sprint-rx</t>
+  </si>
+  <si>
+    <t>c_658716</t>
+  </si>
+  <si>
+    <t>28/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>03/01/2008 16:45:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616564/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_616564</t>
+  </si>
+  <si>
+    <t>25/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455178/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_455178</t>
+  </si>
+  <si>
+    <t>25/10/2006 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455185/fr/cypher-select-plus</t>
+  </si>
+  <si>
+    <t>c_455185</t>
+  </si>
+  <si>
+    <t>11/10/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>11/10/2006 16:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455477/fr/taxus-liberte</t>
+  </si>
+  <si>
+    <t>c_455477</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SA (France)</t>
+  </si>
+  <si>
+    <t>CYPHER</t>
+  </si>
+  <si>
+    <t>25/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398455/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398455</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398584/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398584</t>
+  </si>
+  <si>
+    <t>CORDIS Europa N.V (Hollande)</t>
+  </si>
+  <si>
+    <t>18/05/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398629/fr/cypher</t>
+  </si>
+  <si>
+    <t>c_398629</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398630/fr/cypher-select</t>
+  </si>
+  <si>
+    <t>c_398630</t>
+  </si>
+  <si>
+    <t>22/02/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398739/fr/endeavor</t>
+  </si>
+  <si>
+    <t>c_398739</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Évaluation médico-économique des stratégies de prise en charge de l’insuffisance rénale chronique terminale en France</t>
+  </si>
+  <si>
+    <t>La HAS et l’Agence de la biomédecine ont conduit une évaluation médico-économique des stratégies de prise en charge des patients en insuffisance rénale chronique terminale (IRCT) à partir d’une modélisation des possibilités de changement dans la trajectoire de soins des patients entre différentes modalités de traitement de suppléance.</t>
+  </si>
+  <si>
+    <t>09/10/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2014 10:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1775180/fr/evaluation-medico-economique-des-strategies-de-prise-en-charge-de-l-insuffisance-renale-chronique-terminale-en-france</t>
+  </si>
+  <si>
+    <t>c_1775180</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mastocytoses avancées de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient adulte atteint de mastocytose dite avancée : mastocytose systémique agressive, mastocytose systémique associée à une hémopathie maligne et leucémie à mastocytes (1–5). Il a été élaboré sous l’égide du Centre de Référence des Mastocytoses (CEREMAST) et de la filière de santé Maladies Rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636720/fr/mastocytoses-avancees-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636720</t>
+  </si>
+  <si>
+    <t>Purpura Thrombopénique Immunologique  de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de purpura thrombopénique immunologique (PTI). Il a été élaboré par le Centre de référence des cytopénies auto-immunes de l’enfant (CEREVANCE) sous l’égide de la filière de santé Maladies Rares Immuno-Hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/04/2025 14:08:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601597/fr/purpura-thrombopenique-immunologique-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3601597</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>Atrophie multisystématisée (AMS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’AMS. Il a été élaboré par le Centre de référence Atrophie multisystématisée à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 15:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2574640/fr/atrophie-multisystematisee-ams</t>
+  </si>
+  <si>
+    <t>c_2574640</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Angioedème héréditaire : diagnostic et prise en charge chez l'adulte et chez l'enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'AOH. Il a été élaboré par Centre de référence des Angioedèmes (CREAK) sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3297816/fr/angioedeme-hereditaire-diagnostic-et-prise-en-charge-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3297816</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Syndromes drépanocytaires majeurs de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome drépanocytaire majeur. Il a été élaboré par la Filière de santé maladies rares MCGRE à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_938890/fr/syndromes-drepanocytaires-majeurs-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>c_938890</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Lymphangiectasies intestinales primitives (maladie de Waldmann)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient Lymphangiectasies intestinales primitives (maladie de Waldmann). Il a été élaboré par le Centre national de référence des maladies vasculaires rares (malformations lymphatiques, lymphoedème primaire) Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390524/fr/lymphangiectasies-intestinales-primitives-maladie-de-waldmann</t>
+  </si>
+  <si>
+    <t>p_3390524</t>
+  </si>
+  <si>
+    <t>Hyperéosinophilies et syndromes hyperéosinophiliques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346155/fr/hypereosinophilies-et-syndromes-hypereosinophiliques</t>
+  </si>
+  <si>
+    <t>p_3346155</t>
+  </si>
+  <si>
+    <t>Les malformations artério-veineuses superficielles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de malformations artério-veineuses superficielles. Il a été élaboré par le Centre de référence maladies vasculaires rares – Filière FAVA-Multi à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299827/fr/les-malformations-arterio-veineuses-superficielles</t>
+  </si>
+  <si>
+    <t>p_3299827</t>
+  </si>
+  <si>
+    <t>Myosite à inclusions sporadique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de myosite à inclusions. Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295071/fr/myosite-a-inclusions-sporadique</t>
+  </si>
+  <si>
+    <t>p_3295071</t>
+  </si>
+  <si>
+    <t>Sclérose Tubéreuse de Bourneville</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une Sclérose Tubéreuse de Bourneville. Il a été élaboré par le Centre de Référence des Epilepsies Rares du CHU de Lille et de Necker Enfants Malades à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/10/2021 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293728/fr/sclerose-tubereuse-de-bourneville</t>
+  </si>
+  <si>
+    <t>p_3293728</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Lymphangioléiomyomatose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente chez laquelle est diagnostiquée une lymphangioléiomyomatose. Il a été élaboré par le Centre de Référence des maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>14/10/2021 11:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264012/fr/lymphangioleiomyomatose</t>
+  </si>
+  <si>
+    <t>c_1264012</t>
+  </si>
+  <si>
+    <t>Neurofibromatose 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de NF1. Il a été élaboré par le Centre de référence labellisé neurofibromatoses à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/09/2021 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283954/fr/neurofibromatose-1</t>
+  </si>
+  <si>
+    <t>p_3283954</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Syndrome Hémolytique et Urémique (SHU)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de SHU. Il a été élaboré par les Centres de Références des Maladies Rénales Rares (SORARE, NEPHROGONES, MARHEA) et Maladies Rares Immuno-Hématologiques (CNR des microangiopathies thrombotiques) sous l’égide des filières ORKiD et MaRIH, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 09:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236879/fr/syndrome-hemolytique-et-uremique-shu</t>
+  </si>
+  <si>
+    <t>p_3236879</t>
+  </si>
+  <si>
+    <t>Syndromes hypertrophiques liés au gène PIK3CA (PROS) sans atteinte cérébrale - Les syndromes CLOVES et de Klippel-Trenaunay</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de syndrome CLOVES ou KTS. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 15:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226373/fr/syndromes-hypertrophiques-lies-au-gene-pik3ca-pros-sans-atteinte-cerebrale-les-syndromes-cloves-et-de-klippel-trenaunay</t>
+  </si>
+  <si>
+    <t>p_3226373</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>Maladie de Castleman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
+  </si>
+  <si>
+    <t>27/11/2019 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
+  </si>
+  <si>
+    <t>p_3121172</t>
+  </si>
+  <si>
+    <t>ALD n° 28 - Suite de transplantation rénale de l'adulte</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>03/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/11/2018 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_689330/fr/ald-n-28-suite-de-transplantation-renale-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_689330</t>
+  </si>
+  <si>
+    <t>Anémie Hémolytique Auto-Immune de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘anémie hémolytique auto-immune.</t>
+  </si>
+  <si>
+    <t>01/03/2017 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2747976/fr/anemie-hemolytique-auto-immune-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2747976</t>
+  </si>
+  <si>
+    <t>Dermatomyosite de l’enfant et de l’adulte</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et desoins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint de dermatomyosite chez l’adulte (DM) et chez l’enfant (dermatomyosite juvénile : DMJ).</t>
+  </si>
+  <si>
+    <t>19/09/2016 14:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2666858/fr/dermatomyosite-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2666858</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Contraception chez les patientes transplantées (rein, foie, coeur, poumon)</t>
+  </si>
+  <si>
+    <t>L’objectif de cette fiche mémo est d’actualiser les modes de contraception préconisés pour les patientes greffées, hépatiques, cardiaques et pulmonaires, en âge de procréer.</t>
+  </si>
+  <si>
+    <t>06/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2870343/fr/contraception-chez-les-patientes-transplantees-rein-foie-coeur-poumon</t>
+  </si>
+  <si>
+    <t>c_2870343</t>
+  </si>
+  <si>
+    <t>Bon usage des agents antiplaquettaires</t>
+  </si>
+  <si>
+    <t>Ces recommandations définissent les situations et conditions de prescription des agents antiplaquettaires (aspirine, clopidogrel, prasugrel et ticagrelor) en prévention primaire ou secondaire d’une maladie cardiovasculaire, ainsi que la conduite à tenir en cas de chirurgie. Leur utilisation dans certaines situations particulières est également abordée : sujet âgé, insuffisance rénale chronique, grossesse, HIV.</t>
+  </si>
+  <si>
+    <t>01/06/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>01/06/2012 15:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1264095/fr/bon-usage-des-agents-antiplaquettaires</t>
+  </si>
+  <si>
+    <t>c_1264095</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Pancreatic islet transplantation - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Endoprothèses (stents) coronaires</t>
+  </si>
+  <si>
+    <t>Cette réévaluation concerne les endoprothèses coronaires à libération de principe actif dits stents actifs’, celles enrobées de substance non pharmacologiquement active dits ‘stents non actifs’, celles métalliques sans enrobage dits ‘stents nus’ ainsi que celles couvertes d’une membrane synthétique en polytétra-fluoroéthylène ou ‘stents couverts de PTFE’.</t>
+  </si>
+  <si>
+    <t>15/05/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>23/05/2018 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659417/fr/endoprotheses-stents-coronaires</t>
+  </si>
+  <si>
+    <t>c_2659417</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude HAS - ANSM</t>
+  </si>
+  <si>
+    <t>La HAS publie avec l’ANSM une étude portant sur l’efficacité et la sécurité des différentes gammes de stents coronaires « en vie réelle » en France.</t>
+  </si>
+  <si>
+    <t>30/01/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>21/02/2018 11:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829945/fr/endoprotheses-coronaires-stents-rapport-d-etude-has-ansm</t>
+  </si>
+  <si>
+    <t>c_2829945</t>
+  </si>
+  <si>
+    <t>Endoprothèses coronaires (stents) - Rapport d'étude</t>
+  </si>
+  <si>
+    <t>Cette étude porte sur l’ensemble des patients ayant eu une pose de stents en 2014, soit plus de 100 000 patients de plus de 18 ans. Elle apporte une description précise des pratiques actuelles des angioplasties coronaires avec pose de stents et montre notamment que la majorité des stents posés (74 %) sont actifs. Elle montre également que les malades qui ne reçoivent pas de stents actifs sont préférentiellement ceux qui ont un fort risque hémorragique et/ou une faible espérance de vie.</t>
+  </si>
+  <si>
+    <t>01/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>08/08/2016 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659301/fr/endoprotheses-coronaires-stents-rapport-d-etude</t>
+  </si>
+  <si>
+    <t>c_2659301</t>
+  </si>
+  <si>
+    <t>Évaluation des implants endovasculaires</t>
+  </si>
+  <si>
+    <t>L’objectif principal de cette évaluation est de proposer une nomenclature actualisée des endoprothèses vasculaires utilisées dans les artères et veines périphériques. Les objectifs secondaires de l’évaluation sont : - d’évaluer l'intérêt des endoprothèses périphériques en définissant leurs indications, leur rapport bénéfice/risque, leur place dans la stratégie thérapeutique, - d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, d’évaluer le service médical rendu - de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, - de préciser, si besoin, des conditions de prescription et d'utilisation, - de comparer les dispositifs entre eux au sein d'une même indication, - d’identifier et d’estimer les populations cibles. - d’établir l’intérêt des nouvelles catégories d’endoprothèses et notamment des endoprothèses à libération de principe actif, - de définir le mode d’inscription le plus adapté (ligne générique ou nom de marque).</t>
+  </si>
+  <si>
+    <t>08/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>12/07/2016 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655535/fr/evaluation-des-implants-endovasculaires</t>
+  </si>
+  <si>
+    <t>c_2655535</t>
+  </si>
+  <si>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 06 Mai 2025</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638968/fr/cnedimts-du-06-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3638968</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 Juillet 2025</t>
+  </si>
+  <si>
+    <t>16/07/2025 16:58:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635091/fr/cnedimts-du-15-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3635091</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 20 Mai 2025</t>
+  </si>
+  <si>
+    <t>14/05/2025 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3605649/fr/cnedimts-du-20-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3605649</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591654/fr/cnedimts-du-06-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3591654</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 03 décembre 2024</t>
+  </si>
+  <si>
+    <t>29/11/2024 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557342/fr/cnedimts-du-03-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3557342</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2024</t>
+  </si>
+  <si>
+    <t>16/10/2024 12:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3548979/fr/commission-de-la-transparence-reunion-du-23-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3548979</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 23 avril 2024</t>
+  </si>
+  <si>
+    <t>22/04/2024 17:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3509097/fr/cnedimts-du-23-avril-2024</t>
+  </si>
+  <si>
+    <t>p_3509097</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 12 mars 2024</t>
+  </si>
+  <si>
+    <t>11/03/2024 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500131/fr/cnedimts-du-12-mars-2024</t>
+  </si>
+  <si>
+    <t>p_3500131</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 19 septembre 2023</t>
+  </si>
+  <si>
+    <t>18/09/2023 09:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461325/fr/cnedimts-du-19-septembre-2023</t>
+  </si>
+  <si>
+    <t>p_3461325</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 30 mai 2023</t>
+  </si>
+  <si>
+    <t>26/05/2023 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443646/fr/cnedimts-du-30-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3443646</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 6 décembre 2022</t>
+  </si>
+  <si>
+    <t>30/11/2022 15:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392491/fr/cnedimts-du-6-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3392491</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 18 avril 2023</t>
+  </si>
+  <si>
+    <t>17/04/2023 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3428113/fr/cnedimts-du-18-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3428113</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 21 février 2023</t>
+  </si>
+  <si>
+    <t>17/02/2023 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415216/fr/cnedimts-du-21-fevrier-2023</t>
+  </si>
+  <si>
+    <t>p_3415216</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 31 janvier 2023</t>
+  </si>
+  <si>
+    <t>27/01/2023 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408843/fr/cnedimts-du-31-janvier-2023</t>
+  </si>
+  <si>
+    <t>p_3408843</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 4 octobre 2022</t>
+  </si>
+  <si>
+    <t>28/09/2022 08:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3372346/fr/cnedimts-du-4-octobre-2022</t>
+  </si>
+  <si>
+    <t>p_3372346</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 26 avril 2022</t>
+  </si>
+  <si>
+    <t>22/04/2022 14:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3333108/fr/cnedimts-du-26-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3333108</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 1er février 2022</t>
+  </si>
+  <si>
+    <t>31/01/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3312878/fr/cnedimts-du-1er-fevrier-2022</t>
+  </si>
+  <si>
+    <t>p_3312878</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 13 avril 2021</t>
+  </si>
+  <si>
+    <t>09/04/2021 08:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260312/fr/cnedimts-du-13-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3260312</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 19 janvier 2021</t>
+  </si>
+  <si>
+    <t>15/01/2021 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3231385/fr/cnedimts-du-19-janvier-2021</t>
+  </si>
+  <si>
+    <t>p_3231385</t>
+  </si>
+  <si>
+    <t>CNEDIMTS du 15 décembre 2020</t>
+  </si>
+  <si>
+    <t>14/12/2020 08:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223645/fr/cnedimts-du-15-decembre-2020</t>
+  </si>
+  <si>
+    <t>p_3223645</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 12 novembre 2020</t>
+  </si>
+  <si>
+    <t>16/11/2020 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3215543/fr/college-deliberatif-du-12-novembre-2020</t>
+  </si>
+  <si>
+    <t>p_3215543</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 1er Septembre 2020</t>
+  </si>
+  <si>
+    <t>28/08/2020 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199654/fr/cnedimts-reunion-du-1er-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199654</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 9 octobre 2018</t>
+  </si>
+  <si>
+    <t>26/06/2020 11:43:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891134/fr/cnedimts-reunion-du-9-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2891134</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 16 juin 2020</t>
+  </si>
+  <si>
+    <t>11/06/2020 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3189105/fr/cnedimts-reunion-du-16-juin-2020</t>
+  </si>
+  <si>
+    <t>p_3189105</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 avril 2020</t>
+  </si>
+  <si>
+    <t>05/05/2020 08:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182272/fr/cnedimts-reunion-du-21-avril-2020</t>
+  </si>
+  <si>
+    <t>p_3182272</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 10 mars 2020</t>
+  </si>
+  <si>
+    <t>05/03/2020 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3160875/fr/cnedimts-reunion-du-10-mars-2020</t>
+  </si>
+  <si>
+    <t>p_3160875</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 14 janvier 2020</t>
+  </si>
+  <si>
+    <t>13/01/2020 08:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145877/fr/cnedimts-reunion-du-14-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3145877</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 17 décembre 2019</t>
+  </si>
+  <si>
+    <t>13/12/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3124325/fr/cnedimts-reunion-du-17-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3124325</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 3 décembre 2019</t>
+  </si>
+  <si>
+    <t>29/11/2019 11:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120627/fr/cnedimts-reunion-du-3-decembre-2019</t>
+  </si>
+  <si>
+    <t>p_3120627</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 5 novembre 2019</t>
+  </si>
+  <si>
+    <t>28/10/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113148/fr/cnedimts-reunion-du-5-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3113148</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 22 octobre 2019</t>
+  </si>
+  <si>
+    <t>15/10/2019 13:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113023/fr/cnedimts-reunion-du-22-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113023</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 08 octobre 2019</t>
+  </si>
+  <si>
+    <t>04/10/2019 08:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3108920/fr/cnedimts-reunion-du-08-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3108920</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 16 juillet 2019</t>
+  </si>
+  <si>
+    <t>18/07/2019 17:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067806/fr/cnedimts-reunion-du-16-juillet-2019</t>
+  </si>
+  <si>
+    <t>p_3067806</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 18 juin 2019</t>
+  </si>
+  <si>
+    <t>12/06/2019 08:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973875/fr/cnedimts-reunion-du-18-juin-2019</t>
+  </si>
+  <si>
+    <t>c_2973875</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 mai 2019</t>
+  </si>
+  <si>
+    <t>15/05/2019 10:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968243/fr/cnedimts-reunion-du-21-mai-2019</t>
+  </si>
+  <si>
+    <t>c_2968243</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 avril 2019</t>
+  </si>
+  <si>
+    <t>18/04/2019 11:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964466/fr/cnedimts-reunion-du-23-avril-2019</t>
+  </si>
+  <si>
+    <t>c_2964466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mars 2019</t>
+  </si>
+  <si>
+    <t>14/03/2019 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2909894/fr/commission-de-la-transparence-reunion-du-20-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2909894</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 mars 2019</t>
+  </si>
+  <si>
+    <t>07/03/2019 12:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2907827/fr/cnedimts-reunion-du-12-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2907827</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 février 2019</t>
+  </si>
+  <si>
+    <t>06/02/2019 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902075/fr/cnedimts-reunion-du-12-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2902075</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 6 novembre 2018</t>
+  </si>
+  <si>
+    <t>05/11/2018 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2881564/fr/cnedimts-reunion-du-6-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2881564</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 29 janvier 2019</t>
+  </si>
+  <si>
+    <t>03/10/2018 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2875331/fr/cnedimts-reunion-du-29-janvier-2019</t>
+  </si>
+  <si>
+    <t>c_2875331</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 2 mai 2017</t>
+  </si>
+  <si>
+    <t>15/06/2018 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2797382/fr/cnedimts-reunion-du-2-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2797382</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 2 mai 2018</t>
+  </si>
+  <si>
+    <t>27/04/2018 08:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2846667/fr/college-deliberatif-du-2-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2846667</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 23 janvier 2018</t>
+  </si>
+  <si>
+    <t>18/01/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820752/fr/cnedimts-reunion-du-23-janvier-2018</t>
+  </si>
+  <si>
+    <t>c_2820752</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 12 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/09/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792034/fr/cnedimts-reunion-du-12-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2792034</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 13 juin 2017</t>
+  </si>
+  <si>
+    <t>06/06/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2772717/fr/cnedimts-reunion-du-13-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2772717</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 02 mai 2017</t>
+  </si>
+  <si>
+    <t>28/04/2017 09:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757667/fr/cnedimts-reunion-du-02-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2757667</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 18 avril 2017</t>
+  </si>
+  <si>
+    <t>12/04/2017 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2756320/fr/cnedimts-reunion-du-18-avril-2017</t>
+  </si>
+  <si>
+    <t>c_2756320</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 21 mars 2017</t>
+  </si>
+  <si>
+    <t>15/03/2017 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2750790/fr/cnedimts-reunion-du-21-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2750790</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 24 janvier 2017</t>
+  </si>
+  <si>
+    <t>20/01/2017 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2738270/fr/cnedimts-reunion-du-24-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2738270</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 21 avril 2015</t>
+  </si>
+  <si>
+    <t>24/04/2015 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030542/fr/cnedimts-reunion-du-21-avril-2015</t>
+  </si>
+  <si>
+    <t>c_2030542</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 24 février 2015</t>
+  </si>
+  <si>
+    <t>25/02/2015 11:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2016021/fr/cnedimts-reunion-du-24-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2016021</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 17 juin 2014</t>
+  </si>
+  <si>
+    <t>13/10/2014 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747099/fr/cnedimts-reunion-du-17-juin-2014</t>
+  </si>
+  <si>
+    <t>c_1747099</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 23 septembre 2014</t>
+  </si>
+  <si>
+    <t>13/10/2014 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1762690/fr/cnedimts-reunion-du-23-septembre-2014</t>
+  </si>
+  <si>
+    <t>c_1762690</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Réunion du 11 février 2014</t>
+  </si>
+  <si>
+    <t>10/02/2014 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722884/fr/cnedimts-reunion-du-11-fevrier-2014</t>
+  </si>
+  <si>
+    <t>c_1722884</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 15 mai 2012</t>
+  </si>
+  <si>
+    <t>04/07/2012 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1247000/fr/cnedimts-commission-du-15-mai-2012</t>
+  </si>
+  <si>
+    <t>c_1247000</t>
+  </si>
+  <si>
+    <t>CNEDiMTS - Commission du 20 mars 2012</t>
+  </si>
+  <si>
+    <t>12/06/2012 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1254526/fr/cnedimts-commission-du-20-mars-2012</t>
+  </si>
+  <si>
+    <t>c_1254526</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juin 2008</t>
+  </si>
+  <si>
+    <t>25/06/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_673949/fr/commission-de-la-transparence-reunion-du-25-juin-2008</t>
+  </si>
+  <si>
+    <t>c_673949</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0073/AC/SED du 12 novembre 2020 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire du système d'endoprothèse endocoronaire ABLUMINUS DES+ en application de l'article L. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>Avis n° 2020.0073/AC/SED du 12 novembre 2020 du collège de la Haute Autorité de santé relatif à la prise en charge dérogatoire du système d'endoprothèse endocoronaire ALBUMINUS DES+ en application de l'articleL. 165-1-1 du code de la sécurité sociale</t>
+  </si>
+  <si>
+    <t>12/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2020 18:31:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3217776/fr/avis-n-2020-0073/ac/sed-du-12-novembre-2020-du-college-de-la-haute-autorite-de-sante-relatif-a-la-prise-en-charge-derogatoire-du-systeme-d-endoprothese-endocoronaire-abluminus-des-en-application-de-l-article-l-165-1-1-du-code-de-la-securite-sociale</t>
+  </si>
+  <si>
+    <t>p_3217776</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre le SARS-CoV-2 - Vaccination prioritaire de l’entourage des personnes immunodéprimées contre le SARS-Cov 2</t>
+  </si>
+  <si>
+    <t>HAS rappelle que les personnes immunodéprimées, chez qui le risque de forme grave et de décès par la Covid-19 est important, doivent être vaccinées de façon prioritaire contre le SARS-CoV-2. Cependant, du fait même de leur immunodépression, leur réponse immunitaire à la vaccination étant souvent diminuée rendant cette vaccination moins efficace, la HAS recommande qu’une stratégie de « cocooning » (vaccination de l’entourage) soit mise en place autour des personnes immunodéprimées adultes et enfants.</t>
+  </si>
+  <si>
+    <t>29/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>30/04/2021 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264056/fr/strategie-de-vaccination-contre-le-sars-cov-2-vaccination-prioritaire-de-l-entourage-des-personnes-immunodeprimees-contre-le-sars-cov-2</t>
+  </si>
+  <si>
+    <t>p_3264056</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
   </si>
   <si>
     <t>RAPAMUNE (sirolimus)</t>
   </si>
   <si>
-    <t>11/21/2024 15:29:11</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982784/en/rapamune-sirolimus</t>
+    <t>21/11/2024 15:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982784/fr/rapamune-sirolimus</t>
   </si>
   <si>
     <t>pprd_2982784</t>
   </si>
   <si>
     <t>sirolimus</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399282/en/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3557612/en/rapamune-sirolimus-sporadic-lymphangioleiomyomatosis</t>
+    <t>https://www.has-sante.fr/jcms/c_399282/fr/rapamune-1-mg/ml-solution-buvable-flacon-de-60-ml-avec-30-seringues-pour-administration-orale-rapamune-1-mg/1-ml-solution-buvable-sachet-b/30-rapamune-2-mg/2-ml-solution-buvable-sachet-b/30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399860/fr/rapamune-2-mg-comprime-enrobe-boite-de-30-comprimes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400336/fr/rapamune-1-mg-comprime-enrobe-boite-de-30-code-cip-359-530-1-rapamune-2-mg-comprime-enrobe-boite-de-30-code-cip-361-568-2-rapamune-1-mg/ml-solution-buvable-flacon-60-ml-code-cip-356-884-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_684072/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652825/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2965614/fr/rapamune-sirolimus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557612/fr/rapamune-sirolimus-lymphangioleiomyomatose-sporadique-s-lam</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J63"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
+        <v>11</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>15</v>
+      </c>
+      <c r="H2" t="s">
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B3" t="s">
+        <v>19</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>10</v>
+      </c>
+      <c r="B4" t="s">
+        <v>26</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>27</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>28</v>
+      </c>
+      <c r="H4" t="s">
+        <v>29</v>
+      </c>
+      <c r="I4" t="s">
+        <v>24</v>
+      </c>
+      <c r="J4" t="s">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>31</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>32</v>
+      </c>
+      <c r="E5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>34</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>36</v>
+      </c>
+      <c r="J5" t="s">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>40</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>41</v>
+      </c>
+      <c r="H6" t="s">
+        <v>42</v>
+      </c>
+      <c r="I6" t="s">
+        <v>43</v>
+      </c>
+      <c r="J6" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>45</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>46</v>
+      </c>
+      <c r="E7" t="s">
+        <v>47</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>48</v>
+      </c>
+      <c r="H7" t="s">
+        <v>49</v>
+      </c>
+      <c r="I7" t="s">
+        <v>50</v>
+      </c>
+      <c r="J7" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>53</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I8" t="s">
+        <v>57</v>
+      </c>
+      <c r="J8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>60</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+      <c r="I9" t="s">
+        <v>57</v>
+      </c>
+      <c r="J9" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>66</v>
+      </c>
+      <c r="E10" t="s">
+        <v>67</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10" t="s">
+        <v>69</v>
+      </c>
+      <c r="I10" t="s">
+        <v>57</v>
+      </c>
+      <c r="J10" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>71</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>72</v>
+      </c>
+      <c r="E11" t="s">
+        <v>73</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>74</v>
+      </c>
+      <c r="H11" t="s">
+        <v>75</v>
+      </c>
+      <c r="I11" t="s">
+        <v>76</v>
+      </c>
+      <c r="J11" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>79</v>
+      </c>
+      <c r="E12" t="s">
+        <v>80</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>81</v>
+      </c>
+      <c r="H12" t="s">
+        <v>82</v>
+      </c>
+      <c r="I12" t="s">
+        <v>57</v>
+      </c>
+      <c r="J12" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B13" t="s">
+        <v>45</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>84</v>
+      </c>
+      <c r="E13" t="s">
+        <v>85</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>86</v>
+      </c>
+      <c r="H13" t="s">
+        <v>87</v>
+      </c>
+      <c r="I13" t="s">
+        <v>57</v>
+      </c>
+      <c r="J13" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>88</v>
+      </c>
+      <c r="E14" t="s">
+        <v>89</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>90</v>
+      </c>
+      <c r="H14" t="s">
+        <v>91</v>
+      </c>
+      <c r="I14" t="s">
+        <v>57</v>
+      </c>
+      <c r="J14" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>10</v>
+      </c>
+      <c r="B15" t="s">
+        <v>92</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>93</v>
+      </c>
+      <c r="E15" t="s">
+        <v>94</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>95</v>
+      </c>
+      <c r="H15" t="s">
+        <v>96</v>
+      </c>
+      <c r="I15" t="s">
+        <v>57</v>
+      </c>
+      <c r="J15" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" t="s">
+        <v>98</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>99</v>
+      </c>
+      <c r="E16" t="s">
+        <v>100</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>101</v>
+      </c>
+      <c r="H16" t="s">
+        <v>102</v>
+      </c>
+      <c r="I16" t="s">
+        <v>103</v>
+      </c>
+      <c r="J16" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>10</v>
+      </c>
+      <c r="B17" t="s">
+        <v>105</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>99</v>
+      </c>
+      <c r="E17" t="s">
+        <v>106</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>107</v>
+      </c>
+      <c r="H17" t="s">
+        <v>108</v>
+      </c>
+      <c r="I17" t="s">
+        <v>109</v>
+      </c>
+      <c r="J17" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" t="s">
+        <v>110</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>111</v>
+      </c>
+      <c r="E18" t="s">
+        <v>112</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>113</v>
+      </c>
+      <c r="H18" t="s">
+        <v>114</v>
+      </c>
+      <c r="I18" t="s">
+        <v>57</v>
+      </c>
+      <c r="J18" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>10</v>
+      </c>
+      <c r="B19" t="s">
+        <v>110</v>
+      </c>
+      <c r="C19" t="s">
+        <v>50</v>
+      </c>
+      <c r="D19" t="s">
+        <v>116</v>
+      </c>
+      <c r="E19" t="s">
+        <v>117</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>118</v>
+      </c>
+      <c r="H19" t="s">
+        <v>119</v>
+      </c>
+      <c r="I19" t="s">
+        <v>50</v>
+      </c>
+      <c r="J19" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" t="s">
+        <v>120</v>
+      </c>
+      <c r="C20" t="s">
+        <v>50</v>
+      </c>
+      <c r="D20" t="s">
+        <v>121</v>
+      </c>
+      <c r="E20" t="s">
+        <v>122</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>123</v>
+      </c>
+      <c r="H20" t="s">
+        <v>124</v>
+      </c>
+      <c r="I20" t="s">
+        <v>50</v>
+      </c>
+      <c r="J20" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>10</v>
+      </c>
+      <c r="B21" t="s">
+        <v>126</v>
+      </c>
+      <c r="C21" t="s">
+        <v>127</v>
+      </c>
+      <c r="D21" t="s">
+        <v>121</v>
+      </c>
+      <c r="E21" t="s">
+        <v>128</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>129</v>
+      </c>
+      <c r="H21" t="s">
+        <v>130</v>
+      </c>
+      <c r="I21" t="s">
+        <v>127</v>
+      </c>
+      <c r="J21" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>10</v>
+      </c>
+      <c r="B22" t="s">
+        <v>131</v>
+      </c>
+      <c r="C22" t="s">
+        <v>50</v>
+      </c>
+      <c r="D22" t="s">
+        <v>132</v>
+      </c>
+      <c r="E22" t="s">
+        <v>133</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>134</v>
+      </c>
+      <c r="H22" t="s">
+        <v>135</v>
+      </c>
+      <c r="I22" t="s">
+        <v>50</v>
+      </c>
+      <c r="J22" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>110</v>
+      </c>
+      <c r="C23" t="s">
+        <v>50</v>
+      </c>
+      <c r="D23" t="s">
+        <v>137</v>
+      </c>
+      <c r="E23" t="s">
+        <v>138</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>139</v>
+      </c>
+      <c r="H23" t="s">
+        <v>140</v>
+      </c>
+      <c r="I23" t="s">
+        <v>50</v>
+      </c>
+      <c r="J23" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" t="s">
+        <v>50</v>
+      </c>
+      <c r="D24" t="s">
+        <v>141</v>
+      </c>
+      <c r="E24" t="s">
+        <v>142</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>143</v>
+      </c>
+      <c r="H24" t="s">
+        <v>144</v>
+      </c>
+      <c r="I24" t="s">
+        <v>50</v>
+      </c>
+      <c r="J24" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" t="s">
+        <v>50</v>
+      </c>
+      <c r="D25" t="s">
+        <v>145</v>
+      </c>
+      <c r="E25" t="s">
+        <v>146</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>147</v>
+      </c>
+      <c r="H25" t="s">
+        <v>148</v>
+      </c>
+      <c r="I25" t="s">
+        <v>50</v>
+      </c>
+      <c r="J25" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>45</v>
+      </c>
+      <c r="C26" t="s">
+        <v>50</v>
+      </c>
+      <c r="D26" t="s">
+        <v>150</v>
+      </c>
+      <c r="E26" t="s">
+        <v>151</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>152</v>
+      </c>
+      <c r="H26" t="s">
+        <v>153</v>
+      </c>
+      <c r="I26" t="s">
+        <v>50</v>
+      </c>
+      <c r="J26" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>155</v>
+      </c>
+      <c r="C27" t="s">
+        <v>50</v>
+      </c>
+      <c r="D27" t="s">
+        <v>156</v>
+      </c>
+      <c r="E27" t="s">
+        <v>157</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>158</v>
+      </c>
+      <c r="H27" t="s">
+        <v>159</v>
+      </c>
+      <c r="I27" t="s">
+        <v>50</v>
+      </c>
+      <c r="J27" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>160</v>
+      </c>
+      <c r="C28" t="s">
+        <v>50</v>
+      </c>
+      <c r="D28" t="s">
+        <v>156</v>
+      </c>
+      <c r="E28" t="s">
+        <v>157</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>161</v>
+      </c>
+      <c r="H28" t="s">
+        <v>162</v>
+      </c>
+      <c r="I28" t="s">
+        <v>50</v>
+      </c>
+      <c r="J28" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>163</v>
+      </c>
+      <c r="C29" t="s">
+        <v>164</v>
+      </c>
+      <c r="D29" t="s">
+        <v>165</v>
+      </c>
+      <c r="E29" t="s">
+        <v>166</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>167</v>
+      </c>
+      <c r="H29" t="s">
+        <v>168</v>
+      </c>
+      <c r="I29" t="s">
+        <v>164</v>
+      </c>
+      <c r="J29" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>170</v>
+      </c>
+      <c r="C30" t="s">
+        <v>171</v>
+      </c>
+      <c r="D30" t="s">
+        <v>165</v>
+      </c>
+      <c r="E30" t="s">
+        <v>166</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>172</v>
+      </c>
+      <c r="H30" t="s">
+        <v>173</v>
+      </c>
+      <c r="I30" t="s">
+        <v>171</v>
+      </c>
+      <c r="J30" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>174</v>
+      </c>
+      <c r="C31" t="s">
+        <v>171</v>
+      </c>
+      <c r="D31" t="s">
+        <v>165</v>
+      </c>
+      <c r="E31" t="s">
+        <v>166</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>175</v>
+      </c>
+      <c r="H31" t="s">
+        <v>176</v>
+      </c>
+      <c r="I31" t="s">
+        <v>171</v>
+      </c>
+      <c r="J31" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>177</v>
+      </c>
+      <c r="C32" t="s">
+        <v>17</v>
+      </c>
+      <c r="D32" t="s">
+        <v>178</v>
+      </c>
+      <c r="E32" t="s">
+        <v>179</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>180</v>
+      </c>
+      <c r="H32" t="s">
+        <v>181</v>
+      </c>
+      <c r="I32" t="s">
+        <v>17</v>
+      </c>
+      <c r="J32" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>183</v>
+      </c>
+      <c r="C33" t="s">
+        <v>184</v>
+      </c>
+      <c r="D33" t="s">
+        <v>185</v>
+      </c>
+      <c r="E33" t="s">
+        <v>186</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>187</v>
+      </c>
+      <c r="H33" t="s">
+        <v>188</v>
+      </c>
+      <c r="I33" t="s">
+        <v>12</v>
+      </c>
+      <c r="J33" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>189</v>
+      </c>
+      <c r="C34" t="s">
+        <v>190</v>
+      </c>
+      <c r="D34" t="s">
+        <v>191</v>
+      </c>
+      <c r="E34" t="s">
+        <v>192</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>193</v>
+      </c>
+      <c r="H34" t="s">
+        <v>194</v>
+      </c>
+      <c r="I34" t="s">
+        <v>12</v>
+      </c>
+      <c r="J34" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>195</v>
+      </c>
+      <c r="C35" t="s">
+        <v>190</v>
+      </c>
+      <c r="D35" t="s">
+        <v>191</v>
+      </c>
+      <c r="E35" t="s">
+        <v>192</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>196</v>
+      </c>
+      <c r="H35" t="s">
+        <v>197</v>
+      </c>
+      <c r="I35" t="s">
+        <v>12</v>
+      </c>
+      <c r="J35" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>198</v>
+      </c>
+      <c r="C36" t="s">
+        <v>199</v>
+      </c>
+      <c r="D36" t="s">
+        <v>200</v>
+      </c>
+      <c r="E36" t="s">
+        <v>201</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>202</v>
+      </c>
+      <c r="H36" t="s">
+        <v>203</v>
+      </c>
+      <c r="I36" t="s">
+        <v>12</v>
+      </c>
+      <c r="J36" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>205</v>
+      </c>
+      <c r="C37" t="s">
+        <v>206</v>
+      </c>
+      <c r="D37" t="s">
+        <v>207</v>
+      </c>
+      <c r="E37" t="s">
+        <v>208</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>209</v>
+      </c>
+      <c r="H37" t="s">
+        <v>210</v>
+      </c>
+      <c r="I37" t="s">
+        <v>12</v>
+      </c>
+      <c r="J37" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>212</v>
+      </c>
+      <c r="C38" t="s">
+        <v>206</v>
+      </c>
+      <c r="D38" t="s">
+        <v>207</v>
+      </c>
+      <c r="E38" t="s">
+        <v>208</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>213</v>
+      </c>
+      <c r="H38" t="s">
+        <v>214</v>
+      </c>
+      <c r="I38" t="s">
+        <v>12</v>
+      </c>
+      <c r="J38" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>215</v>
+      </c>
+      <c r="C39" t="s">
+        <v>216</v>
+      </c>
+      <c r="D39" t="s">
+        <v>217</v>
+      </c>
+      <c r="E39" t="s">
+        <v>218</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>219</v>
+      </c>
+      <c r="H39" t="s">
+        <v>220</v>
+      </c>
+      <c r="I39" t="s">
+        <v>12</v>
+      </c>
+      <c r="J39" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>222</v>
+      </c>
+      <c r="C40" t="s">
+        <v>216</v>
+      </c>
+      <c r="D40" t="s">
+        <v>217</v>
+      </c>
+      <c r="E40" t="s">
+        <v>218</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>223</v>
+      </c>
+      <c r="H40" t="s">
+        <v>224</v>
+      </c>
+      <c r="I40" t="s">
+        <v>12</v>
+      </c>
+      <c r="J40" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>225</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>226</v>
+      </c>
+      <c r="E41" t="s">
+        <v>227</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>228</v>
+      </c>
+      <c r="H41" t="s">
+        <v>229</v>
+      </c>
+      <c r="I41" t="s">
+        <v>12</v>
+      </c>
+      <c r="J41" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>231</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>232</v>
+      </c>
+      <c r="E42" t="s">
+        <v>233</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>234</v>
+      </c>
+      <c r="H42" t="s">
+        <v>235</v>
+      </c>
+      <c r="I42" t="s">
+        <v>12</v>
+      </c>
+      <c r="J42" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>237</v>
+      </c>
+      <c r="C43" t="s">
+        <v>238</v>
+      </c>
+      <c r="D43" t="s">
+        <v>239</v>
+      </c>
+      <c r="E43" t="s">
+        <v>240</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>241</v>
+      </c>
+      <c r="H43" t="s">
+        <v>242</v>
+      </c>
+      <c r="I43" t="s">
+        <v>238</v>
+      </c>
+      <c r="J43" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>244</v>
+      </c>
+      <c r="C44" t="s">
+        <v>238</v>
+      </c>
+      <c r="D44" t="s">
+        <v>239</v>
+      </c>
+      <c r="E44" t="s">
+        <v>240</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>245</v>
+      </c>
+      <c r="H44" t="s">
+        <v>246</v>
+      </c>
+      <c r="I44" t="s">
+        <v>238</v>
+      </c>
+      <c r="J44" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>248</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>249</v>
+      </c>
+      <c r="E45" t="s">
+        <v>250</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>251</v>
+      </c>
+      <c r="H45" t="s">
+        <v>252</v>
+      </c>
+      <c r="I45" t="s">
+        <v>12</v>
+      </c>
+      <c r="J45" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>254</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>255</v>
+      </c>
+      <c r="E46" t="s">
+        <v>256</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>257</v>
+      </c>
+      <c r="H46" t="s">
+        <v>258</v>
+      </c>
+      <c r="I46" t="s">
+        <v>12</v>
+      </c>
+      <c r="J46" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>254</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>259</v>
+      </c>
+      <c r="E47" t="s">
+        <v>260</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>261</v>
+      </c>
+      <c r="H47" t="s">
+        <v>262</v>
+      </c>
+      <c r="I47" t="s">
+        <v>12</v>
+      </c>
+      <c r="J47" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>248</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>259</v>
+      </c>
+      <c r="E48" t="s">
+        <v>263</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>264</v>
+      </c>
+      <c r="H48" t="s">
+        <v>265</v>
+      </c>
+      <c r="I48" t="s">
+        <v>12</v>
+      </c>
+      <c r="J48" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>267</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>268</v>
+      </c>
+      <c r="E49" t="s">
+        <v>269</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>270</v>
+      </c>
+      <c r="H49" t="s">
+        <v>271</v>
+      </c>
+      <c r="I49" t="s">
+        <v>12</v>
+      </c>
+      <c r="J49" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>273</v>
+      </c>
+      <c r="C50" t="s">
+        <v>238</v>
+      </c>
+      <c r="D50" t="s">
+        <v>274</v>
+      </c>
+      <c r="E50" t="s">
+        <v>275</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>276</v>
+      </c>
+      <c r="H50" t="s">
+        <v>277</v>
+      </c>
+      <c r="I50" t="s">
+        <v>238</v>
+      </c>
+      <c r="J50" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>267</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>279</v>
+      </c>
+      <c r="E51" t="s">
+        <v>280</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>281</v>
+      </c>
+      <c r="H51" t="s">
+        <v>282</v>
+      </c>
+      <c r="I51" t="s">
+        <v>12</v>
+      </c>
+      <c r="J51" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>254</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>283</v>
+      </c>
+      <c r="E52" t="s">
+        <v>284</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>285</v>
+      </c>
+      <c r="H52" t="s">
+        <v>286</v>
+      </c>
+      <c r="I52" t="s">
+        <v>12</v>
+      </c>
+      <c r="J52" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>288</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>283</v>
+      </c>
+      <c r="E53" t="s">
+        <v>289</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>290</v>
+      </c>
+      <c r="H53" t="s">
+        <v>291</v>
+      </c>
+      <c r="I53" t="s">
+        <v>12</v>
+      </c>
+      <c r="J53" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>292</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>293</v>
+      </c>
+      <c r="E54" t="s">
+        <v>294</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>295</v>
+      </c>
+      <c r="H54" t="s">
+        <v>296</v>
+      </c>
+      <c r="I54" t="s">
+        <v>12</v>
+      </c>
+      <c r="J54" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>267</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>297</v>
+      </c>
+      <c r="E55" t="s">
+        <v>298</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>299</v>
+      </c>
+      <c r="H55" t="s">
+        <v>300</v>
+      </c>
+      <c r="I55" t="s">
+        <v>12</v>
+      </c>
+      <c r="J55" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>288</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>301</v>
+      </c>
+      <c r="E56" t="s">
+        <v>302</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>303</v>
+      </c>
+      <c r="H56" t="s">
+        <v>304</v>
+      </c>
+      <c r="I56" t="s">
+        <v>12</v>
+      </c>
+      <c r="J56" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>254</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>301</v>
+      </c>
+      <c r="E57" t="s">
+        <v>305</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>306</v>
+      </c>
+      <c r="H57" t="s">
+        <v>307</v>
+      </c>
+      <c r="I57" t="s">
+        <v>12</v>
+      </c>
+      <c r="J57" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>248</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>308</v>
+      </c>
+      <c r="E58" t="s">
+        <v>309</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>310</v>
+      </c>
+      <c r="H58" t="s">
+        <v>311</v>
+      </c>
+      <c r="I58" t="s">
+        <v>12</v>
+      </c>
+      <c r="J58" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>313</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>314</v>
+      </c>
+      <c r="E59" t="s">
+        <v>314</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>315</v>
+      </c>
+      <c r="H59" t="s">
+        <v>316</v>
+      </c>
+      <c r="I59" t="s">
+        <v>12</v>
+      </c>
+      <c r="J59" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>313</v>
+      </c>
+      <c r="C60" t="s">
+        <v>12</v>
+      </c>
+      <c r="D60" t="s">
+        <v>318</v>
+      </c>
+      <c r="E60" t="s">
+        <v>318</v>
+      </c>
+      <c r="F60" t="s">
+        <v>12</v>
+      </c>
+      <c r="G60" t="s">
+        <v>319</v>
+      </c>
+      <c r="H60" t="s">
+        <v>320</v>
+      </c>
+      <c r="I60" t="s">
+        <v>12</v>
+      </c>
+      <c r="J60" t="s">
+        <v>321</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>313</v>
+      </c>
+      <c r="C61" t="s">
+        <v>12</v>
+      </c>
+      <c r="D61" t="s">
+        <v>322</v>
+      </c>
+      <c r="E61" t="s">
+        <v>322</v>
+      </c>
+      <c r="F61" t="s">
+        <v>12</v>
+      </c>
+      <c r="G61" t="s">
+        <v>323</v>
+      </c>
+      <c r="H61" t="s">
+        <v>324</v>
+      </c>
+      <c r="I61" t="s">
+        <v>12</v>
+      </c>
+      <c r="J61" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>288</v>
+      </c>
+      <c r="C62" t="s">
+        <v>12</v>
+      </c>
+      <c r="D62" t="s">
+        <v>322</v>
+      </c>
+      <c r="E62" t="s">
+        <v>322</v>
+      </c>
+      <c r="F62" t="s">
+        <v>12</v>
+      </c>
+      <c r="G62" t="s">
+        <v>325</v>
+      </c>
+      <c r="H62" t="s">
+        <v>326</v>
+      </c>
+      <c r="I62" t="s">
+        <v>12</v>
+      </c>
+      <c r="J62" t="s">
+        <v>287</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>267</v>
+      </c>
+      <c r="C63" t="s">
+        <v>12</v>
+      </c>
+      <c r="D63" t="s">
+        <v>327</v>
+      </c>
+      <c r="E63" t="s">
+        <v>327</v>
+      </c>
+      <c r="F63" t="s">
+        <v>12</v>
+      </c>
+      <c r="G63" t="s">
+        <v>328</v>
+      </c>
+      <c r="H63" t="s">
+        <v>329</v>
+      </c>
+      <c r="I63" t="s">
+        <v>12</v>
+      </c>
+      <c r="J63" t="s">
+        <v>272</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:Q2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>810</v>
+      </c>
+      <c r="J1" t="s">
         <v>9</v>
       </c>
+      <c r="K1" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>812</v>
+      </c>
+      <c r="B2" t="s">
+        <v>813</v>
+      </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>814</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>815</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>816</v>
+      </c>
+      <c r="I2" t="s">
+        <v>817</v>
+      </c>
+      <c r="J2" t="s">
+        <v>818</v>
+      </c>
+      <c r="K2" t="s">
+        <v>819</v>
+      </c>
+      <c r="L2" t="s">
+        <v>820</v>
+      </c>
+      <c r="M2" t="s">
+        <v>821</v>
+      </c>
+      <c r="N2" t="s">
+        <v>822</v>
+      </c>
+      <c r="O2" t="s">
+        <v>823</v>
+      </c>
+      <c r="P2" t="s">
+        <v>824</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>825</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>330</v>
+      </c>
+      <c r="B2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D2" t="s">
+        <v>333</v>
+      </c>
+      <c r="E2" t="s">
+        <v>334</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>335</v>
+      </c>
+      <c r="H2" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>330</v>
+      </c>
+      <c r="B3" t="s">
+        <v>337</v>
+      </c>
+      <c r="C3" t="s">
+        <v>338</v>
+      </c>
+      <c r="D3" t="s">
+        <v>339</v>
+      </c>
+      <c r="E3" t="s">
+        <v>340</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>341</v>
+      </c>
+      <c r="H3" t="s">
+        <v>342</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>343</v>
+      </c>
+      <c r="B2" t="s">
+        <v>344</v>
+      </c>
+      <c r="C2" t="s">
+        <v>345</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>346</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>347</v>
+      </c>
+      <c r="H2" t="s">
+        <v>348</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>343</v>
+      </c>
+      <c r="B3" t="s">
+        <v>349</v>
+      </c>
+      <c r="C3" t="s">
+        <v>350</v>
+      </c>
+      <c r="D3" t="s">
+        <v>351</v>
+      </c>
+      <c r="E3" t="s">
+        <v>352</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>353</v>
+      </c>
+      <c r="H3" t="s">
+        <v>354</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>343</v>
+      </c>
+      <c r="B4" t="s">
+        <v>355</v>
+      </c>
+      <c r="C4" t="s">
+        <v>356</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>357</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>358</v>
+      </c>
+      <c r="H4" t="s">
+        <v>359</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B5" t="s">
+        <v>360</v>
+      </c>
+      <c r="C5" t="s">
+        <v>361</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>363</v>
+      </c>
+      <c r="H5" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>343</v>
+      </c>
+      <c r="B6" t="s">
+        <v>365</v>
+      </c>
+      <c r="C6" t="s">
+        <v>366</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>367</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>368</v>
+      </c>
+      <c r="H6" t="s">
+        <v>369</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>343</v>
+      </c>
+      <c r="B7" t="s">
+        <v>370</v>
+      </c>
+      <c r="C7" t="s">
+        <v>371</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>372</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>373</v>
+      </c>
+      <c r="H7" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>343</v>
+      </c>
+      <c r="B8" t="s">
+        <v>375</v>
+      </c>
+      <c r="C8" t="s">
+        <v>376</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>377</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>378</v>
+      </c>
+      <c r="H8" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>343</v>
+      </c>
+      <c r="B9" t="s">
+        <v>380</v>
+      </c>
+      <c r="C9" t="s">
+        <v>381</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>382</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>383</v>
+      </c>
+      <c r="H9" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>343</v>
+      </c>
+      <c r="B10" t="s">
+        <v>385</v>
+      </c>
+      <c r="C10" t="s">
+        <v>386</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>387</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>388</v>
+      </c>
+      <c r="H10" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>343</v>
+      </c>
+      <c r="B11" t="s">
+        <v>390</v>
+      </c>
+      <c r="C11" t="s">
+        <v>391</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>392</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>393</v>
+      </c>
+      <c r="H11" t="s">
+        <v>394</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>343</v>
+      </c>
+      <c r="B12" t="s">
+        <v>395</v>
+      </c>
+      <c r="C12" t="s">
+        <v>396</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>397</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>398</v>
+      </c>
+      <c r="H12" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>343</v>
+      </c>
+      <c r="B13" t="s">
+        <v>400</v>
+      </c>
+      <c r="C13" t="s">
+        <v>401</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>402</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>403</v>
+      </c>
+      <c r="H13" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>343</v>
+      </c>
+      <c r="B14" t="s">
+        <v>405</v>
+      </c>
+      <c r="C14" t="s">
+        <v>406</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>407</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>408</v>
+      </c>
+      <c r="H14" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>343</v>
+      </c>
+      <c r="B15" t="s">
+        <v>410</v>
+      </c>
+      <c r="C15" t="s">
+        <v>411</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>412</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>413</v>
+      </c>
+      <c r="H15" t="s">
+        <v>414</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>343</v>
+      </c>
+      <c r="B16" t="s">
+        <v>415</v>
+      </c>
+      <c r="C16" t="s">
+        <v>416</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>417</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>418</v>
+      </c>
+      <c r="H16" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>343</v>
+      </c>
+      <c r="B17" t="s">
+        <v>420</v>
+      </c>
+      <c r="C17" t="s">
+        <v>421</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>422</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>423</v>
+      </c>
+      <c r="H17" t="s">
+        <v>424</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>343</v>
+      </c>
+      <c r="B18" t="s">
+        <v>425</v>
+      </c>
+      <c r="C18" t="s">
+        <v>426</v>
+      </c>
+      <c r="D18" t="s">
+        <v>427</v>
+      </c>
+      <c r="E18" t="s">
+        <v>428</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>429</v>
+      </c>
+      <c r="H18" t="s">
+        <v>430</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>343</v>
+      </c>
+      <c r="B19" t="s">
+        <v>431</v>
+      </c>
+      <c r="C19" t="s">
+        <v>432</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>433</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>434</v>
+      </c>
+      <c r="H19" t="s">
+        <v>435</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>343</v>
+      </c>
+      <c r="B20" t="s">
+        <v>436</v>
+      </c>
+      <c r="C20" t="s">
+        <v>437</v>
+      </c>
+      <c r="D20" t="s">
+        <v>438</v>
+      </c>
+      <c r="E20" t="s">
+        <v>439</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>440</v>
+      </c>
+      <c r="H20" t="s">
+        <v>441</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>343</v>
+      </c>
+      <c r="B21" t="s">
+        <v>442</v>
+      </c>
+      <c r="C21" t="s">
+        <v>443</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>444</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>445</v>
+      </c>
+      <c r="H21" t="s">
+        <v>446</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>343</v>
+      </c>
+      <c r="B22" t="s">
+        <v>447</v>
+      </c>
+      <c r="C22" t="s">
+        <v>448</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>449</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>450</v>
+      </c>
+      <c r="H22" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>343</v>
+      </c>
+      <c r="B23" t="s">
+        <v>452</v>
+      </c>
+      <c r="C23" t="s">
+        <v>453</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>454</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>455</v>
+      </c>
+      <c r="H23" t="s">
+        <v>456</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>343</v>
+      </c>
+      <c r="B24" t="s">
+        <v>457</v>
+      </c>
+      <c r="C24" t="s">
+        <v>458</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>459</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>460</v>
+      </c>
+      <c r="H24" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>343</v>
+      </c>
+      <c r="B25" t="s">
+        <v>462</v>
+      </c>
+      <c r="C25" t="s">
+        <v>463</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>464</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>465</v>
+      </c>
+      <c r="H25" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>343</v>
+      </c>
+      <c r="B26" t="s">
+        <v>467</v>
+      </c>
+      <c r="C26" t="s">
+        <v>468</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>469</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>470</v>
+      </c>
+      <c r="H26" t="s">
+        <v>471</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>343</v>
+      </c>
+      <c r="B27" t="s">
+        <v>472</v>
+      </c>
+      <c r="C27" t="s">
+        <v>473</v>
+      </c>
+      <c r="D27" t="s">
+        <v>474</v>
+      </c>
+      <c r="E27" t="s">
+        <v>475</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>476</v>
+      </c>
+      <c r="H27" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>343</v>
+      </c>
+      <c r="B28" t="s">
+        <v>478</v>
+      </c>
+      <c r="C28" t="s">
+        <v>479</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>480</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>481</v>
+      </c>
+      <c r="H28" t="s">
+        <v>482</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>343</v>
+      </c>
+      <c r="B29" t="s">
+        <v>483</v>
+      </c>
+      <c r="C29" t="s">
+        <v>484</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>485</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>486</v>
+      </c>
+      <c r="H29" t="s">
+        <v>487</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>488</v>
+      </c>
+      <c r="B2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C2" t="s">
+        <v>490</v>
+      </c>
+      <c r="D2" t="s">
+        <v>491</v>
+      </c>
+      <c r="E2" t="s">
+        <v>492</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>493</v>
+      </c>
+      <c r="H2" t="s">
+        <v>494</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>488</v>
+      </c>
+      <c r="B3" t="s">
+        <v>495</v>
+      </c>
+      <c r="C3" t="s">
+        <v>496</v>
+      </c>
+      <c r="D3" t="s">
+        <v>497</v>
+      </c>
+      <c r="E3" t="s">
+        <v>498</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>499</v>
+      </c>
+      <c r="H3" t="s">
+        <v>500</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>488</v>
+      </c>
+      <c r="B4" t="s">
+        <v>501</v>
+      </c>
+      <c r="C4" t="s">
+        <v>502</v>
+      </c>
+      <c r="D4" t="s">
+        <v>503</v>
+      </c>
+      <c r="E4" t="s">
+        <v>504</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>505</v>
+      </c>
+      <c r="H4" t="s">
+        <v>506</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H8"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>507</v>
+      </c>
+      <c r="B2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C2" t="s">
+        <v>509</v>
+      </c>
+      <c r="D2" t="s">
+        <v>510</v>
+      </c>
+      <c r="E2" t="s">
+        <v>511</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>512</v>
+      </c>
+      <c r="H2" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>507</v>
+      </c>
+      <c r="B3" t="s">
+        <v>514</v>
+      </c>
+      <c r="C3" t="s">
+        <v>515</v>
+      </c>
+      <c r="D3" t="s">
+        <v>516</v>
+      </c>
+      <c r="E3" t="s">
+        <v>517</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>518</v>
+      </c>
+      <c r="H3" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>507</v>
+      </c>
+      <c r="B4" t="s">
+        <v>520</v>
+      </c>
+      <c r="C4" t="s">
+        <v>521</v>
+      </c>
+      <c r="D4" t="s">
+        <v>522</v>
+      </c>
+      <c r="E4" t="s">
+        <v>523</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>524</v>
+      </c>
+      <c r="H4" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>507</v>
+      </c>
+      <c r="B5" t="s">
+        <v>526</v>
+      </c>
+      <c r="C5" t="s">
+        <v>527</v>
+      </c>
+      <c r="D5" t="s">
+        <v>528</v>
+      </c>
+      <c r="E5" t="s">
+        <v>529</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>530</v>
+      </c>
+      <c r="H5" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>507</v>
+      </c>
+      <c r="B6" t="s">
+        <v>532</v>
+      </c>
+      <c r="C6" t="s">
+        <v>533</v>
+      </c>
+      <c r="D6" t="s">
+        <v>534</v>
+      </c>
+      <c r="E6" t="s">
+        <v>535</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>536</v>
+      </c>
+      <c r="H6" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>507</v>
+      </c>
+      <c r="B7" t="s">
+        <v>538</v>
+      </c>
+      <c r="C7" t="s">
+        <v>539</v>
+      </c>
+      <c r="D7" t="s">
+        <v>540</v>
+      </c>
+      <c r="E7" t="s">
+        <v>541</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>542</v>
+      </c>
+      <c r="H7" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>507</v>
+      </c>
+      <c r="B8" t="s">
+        <v>544</v>
+      </c>
+      <c r="C8" t="s">
+        <v>545</v>
+      </c>
+      <c r="D8" t="s">
+        <v>546</v>
+      </c>
+      <c r="E8" t="s">
+        <v>547</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>548</v>
+      </c>
+      <c r="H8" t="s">
+        <v>549</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>550</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>551</v>
+      </c>
+      <c r="B2" t="s">
+        <v>552</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>553</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>554</v>
+      </c>
+      <c r="H2" t="s">
+        <v>555</v>
+      </c>
+      <c r="I2" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>551</v>
+      </c>
+      <c r="B3" t="s">
+        <v>557</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>558</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>559</v>
+      </c>
+      <c r="H3" t="s">
+        <v>560</v>
+      </c>
+      <c r="I3" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>551</v>
+      </c>
+      <c r="B4" t="s">
+        <v>561</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>562</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>563</v>
+      </c>
+      <c r="H4" t="s">
+        <v>564</v>
+      </c>
+      <c r="I4" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>551</v>
+      </c>
+      <c r="B5" t="s">
+        <v>552</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>565</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>566</v>
+      </c>
+      <c r="H5" t="s">
+        <v>567</v>
+      </c>
+      <c r="I5" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>551</v>
+      </c>
+      <c r="B6" t="s">
+        <v>568</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>569</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>570</v>
+      </c>
+      <c r="H6" t="s">
+        <v>571</v>
+      </c>
+      <c r="I6" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>551</v>
+      </c>
+      <c r="B7" t="s">
+        <v>572</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>573</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>574</v>
+      </c>
+      <c r="H7" t="s">
+        <v>575</v>
+      </c>
+      <c r="I7" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>551</v>
+      </c>
+      <c r="B8" t="s">
+        <v>576</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>577</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>578</v>
+      </c>
+      <c r="H8" t="s">
+        <v>579</v>
+      </c>
+      <c r="I8" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>551</v>
+      </c>
+      <c r="B9" t="s">
+        <v>580</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>581</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>582</v>
+      </c>
+      <c r="H9" t="s">
+        <v>583</v>
+      </c>
+      <c r="I9" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>551</v>
+      </c>
+      <c r="B10" t="s">
+        <v>584</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>585</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>586</v>
+      </c>
+      <c r="H10" t="s">
+        <v>587</v>
+      </c>
+      <c r="I10" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>551</v>
+      </c>
+      <c r="B11" t="s">
+        <v>588</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>589</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>590</v>
+      </c>
+      <c r="H11" t="s">
+        <v>591</v>
+      </c>
+      <c r="I11" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>551</v>
+      </c>
+      <c r="B12" t="s">
+        <v>592</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>593</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>594</v>
+      </c>
+      <c r="H12" t="s">
+        <v>595</v>
+      </c>
+      <c r="I12" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>551</v>
+      </c>
+      <c r="B13" t="s">
+        <v>596</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>597</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>598</v>
+      </c>
+      <c r="H13" t="s">
+        <v>599</v>
+      </c>
+      <c r="I13" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>551</v>
+      </c>
+      <c r="B14" t="s">
+        <v>600</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>601</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>602</v>
+      </c>
+      <c r="H14" t="s">
+        <v>603</v>
+      </c>
+      <c r="I14" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>551</v>
+      </c>
+      <c r="B15" t="s">
+        <v>604</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>605</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>606</v>
+      </c>
+      <c r="H15" t="s">
+        <v>607</v>
+      </c>
+      <c r="I15" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>551</v>
+      </c>
+      <c r="B16" t="s">
+        <v>608</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>609</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>610</v>
+      </c>
+      <c r="H16" t="s">
+        <v>611</v>
+      </c>
+      <c r="I16" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>551</v>
+      </c>
+      <c r="B17" t="s">
+        <v>612</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>613</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>614</v>
+      </c>
+      <c r="H17" t="s">
+        <v>615</v>
+      </c>
+      <c r="I17" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>551</v>
+      </c>
+      <c r="B18" t="s">
+        <v>616</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
+        <v>617</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>618</v>
+      </c>
+      <c r="H18" t="s">
+        <v>619</v>
+      </c>
+      <c r="I18" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>551</v>
+      </c>
+      <c r="B19" t="s">
+        <v>620</v>
+      </c>
+      <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
+        <v>12</v>
+      </c>
+      <c r="E19" t="s">
+        <v>621</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>622</v>
+      </c>
+      <c r="H19" t="s">
+        <v>623</v>
+      </c>
+      <c r="I19" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>551</v>
+      </c>
+      <c r="B20" t="s">
+        <v>624</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
+        <v>12</v>
+      </c>
+      <c r="E20" t="s">
+        <v>625</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>626</v>
+      </c>
+      <c r="H20" t="s">
+        <v>627</v>
+      </c>
+      <c r="I20" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>551</v>
+      </c>
+      <c r="B21" t="s">
+        <v>628</v>
+      </c>
+      <c r="C21" t="s">
+        <v>12</v>
+      </c>
+      <c r="D21" t="s">
+        <v>12</v>
+      </c>
+      <c r="E21" t="s">
+        <v>629</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>630</v>
+      </c>
+      <c r="H21" t="s">
+        <v>631</v>
+      </c>
+      <c r="I21" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>551</v>
+      </c>
+      <c r="B22" t="s">
+        <v>632</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
+        <v>633</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>634</v>
+      </c>
+      <c r="H22" t="s">
+        <v>635</v>
+      </c>
+      <c r="I22" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>551</v>
+      </c>
+      <c r="B23" t="s">
+        <v>636</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>637</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>638</v>
+      </c>
+      <c r="H23" t="s">
+        <v>639</v>
+      </c>
+      <c r="I23" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>551</v>
+      </c>
+      <c r="B24" t="s">
+        <v>640</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
+        <v>12</v>
+      </c>
+      <c r="E24" t="s">
+        <v>641</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>642</v>
+      </c>
+      <c r="H24" t="s">
+        <v>643</v>
+      </c>
+      <c r="I24" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>551</v>
+      </c>
+      <c r="B25" t="s">
+        <v>644</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
+        <v>12</v>
+      </c>
+      <c r="E25" t="s">
+        <v>645</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>646</v>
+      </c>
+      <c r="H25" t="s">
+        <v>647</v>
+      </c>
+      <c r="I25" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>551</v>
+      </c>
+      <c r="B26" t="s">
+        <v>648</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
+        <v>12</v>
+      </c>
+      <c r="E26" t="s">
+        <v>649</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>650</v>
+      </c>
+      <c r="H26" t="s">
+        <v>651</v>
+      </c>
+      <c r="I26" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>551</v>
+      </c>
+      <c r="B27" t="s">
+        <v>652</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>12</v>
+      </c>
+      <c r="E27" t="s">
+        <v>653</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>654</v>
+      </c>
+      <c r="H27" t="s">
+        <v>655</v>
+      </c>
+      <c r="I27" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>551</v>
+      </c>
+      <c r="B28" t="s">
+        <v>656</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>12</v>
+      </c>
+      <c r="E28" t="s">
+        <v>657</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>658</v>
+      </c>
+      <c r="H28" t="s">
+        <v>659</v>
+      </c>
+      <c r="I28" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>551</v>
+      </c>
+      <c r="B29" t="s">
+        <v>660</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
+        <v>12</v>
+      </c>
+      <c r="E29" t="s">
+        <v>661</v>
+      </c>
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
+        <v>662</v>
+      </c>
+      <c r="H29" t="s">
+        <v>663</v>
+      </c>
+      <c r="I29" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>551</v>
+      </c>
+      <c r="B30" t="s">
+        <v>664</v>
+      </c>
+      <c r="C30" t="s">
+        <v>12</v>
+      </c>
+      <c r="D30" t="s">
+        <v>12</v>
+      </c>
+      <c r="E30" t="s">
+        <v>665</v>
+      </c>
+      <c r="F30" t="s">
+        <v>12</v>
+      </c>
+      <c r="G30" t="s">
+        <v>666</v>
+      </c>
+      <c r="H30" t="s">
+        <v>667</v>
+      </c>
+      <c r="I30" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>551</v>
+      </c>
+      <c r="B31" t="s">
+        <v>668</v>
+      </c>
+      <c r="C31" t="s">
+        <v>12</v>
+      </c>
+      <c r="D31" t="s">
+        <v>12</v>
+      </c>
+      <c r="E31" t="s">
+        <v>669</v>
+      </c>
+      <c r="F31" t="s">
+        <v>12</v>
+      </c>
+      <c r="G31" t="s">
+        <v>670</v>
+      </c>
+      <c r="H31" t="s">
+        <v>671</v>
+      </c>
+      <c r="I31" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>551</v>
+      </c>
+      <c r="B32" t="s">
+        <v>672</v>
+      </c>
+      <c r="C32" t="s">
+        <v>12</v>
+      </c>
+      <c r="D32" t="s">
+        <v>12</v>
+      </c>
+      <c r="E32" t="s">
+        <v>673</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>674</v>
+      </c>
+      <c r="H32" t="s">
+        <v>675</v>
+      </c>
+      <c r="I32" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>551</v>
+      </c>
+      <c r="B33" t="s">
+        <v>676</v>
+      </c>
+      <c r="C33" t="s">
+        <v>12</v>
+      </c>
+      <c r="D33" t="s">
+        <v>12</v>
+      </c>
+      <c r="E33" t="s">
+        <v>677</v>
+      </c>
+      <c r="F33" t="s">
+        <v>12</v>
+      </c>
+      <c r="G33" t="s">
+        <v>678</v>
+      </c>
+      <c r="H33" t="s">
+        <v>679</v>
+      </c>
+      <c r="I33" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>551</v>
+      </c>
+      <c r="B34" t="s">
+        <v>680</v>
+      </c>
+      <c r="C34" t="s">
+        <v>12</v>
+      </c>
+      <c r="D34" t="s">
+        <v>12</v>
+      </c>
+      <c r="E34" t="s">
+        <v>681</v>
+      </c>
+      <c r="F34" t="s">
+        <v>12</v>
+      </c>
+      <c r="G34" t="s">
+        <v>682</v>
+      </c>
+      <c r="H34" t="s">
+        <v>683</v>
+      </c>
+      <c r="I34" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>551</v>
+      </c>
+      <c r="B35" t="s">
+        <v>684</v>
+      </c>
+      <c r="C35" t="s">
+        <v>12</v>
+      </c>
+      <c r="D35" t="s">
+        <v>12</v>
+      </c>
+      <c r="E35" t="s">
+        <v>685</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>686</v>
+      </c>
+      <c r="H35" t="s">
+        <v>687</v>
+      </c>
+      <c r="I35" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>551</v>
+      </c>
+      <c r="B36" t="s">
+        <v>688</v>
+      </c>
+      <c r="C36" t="s">
+        <v>12</v>
+      </c>
+      <c r="D36" t="s">
+        <v>12</v>
+      </c>
+      <c r="E36" t="s">
+        <v>689</v>
+      </c>
+      <c r="F36" t="s">
+        <v>12</v>
+      </c>
+      <c r="G36" t="s">
+        <v>690</v>
+      </c>
+      <c r="H36" t="s">
+        <v>691</v>
+      </c>
+      <c r="I36" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>551</v>
+      </c>
+      <c r="B37" t="s">
+        <v>692</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>12</v>
+      </c>
+      <c r="E37" t="s">
+        <v>693</v>
+      </c>
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
+        <v>694</v>
+      </c>
+      <c r="H37" t="s">
+        <v>695</v>
+      </c>
+      <c r="I37" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>551</v>
+      </c>
+      <c r="B38" t="s">
+        <v>696</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>697</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>698</v>
+      </c>
+      <c r="H38" t="s">
+        <v>699</v>
+      </c>
+      <c r="I38" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>551</v>
+      </c>
+      <c r="B39" t="s">
+        <v>700</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>701</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>702</v>
+      </c>
+      <c r="H39" t="s">
+        <v>703</v>
+      </c>
+      <c r="I39" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>551</v>
+      </c>
+      <c r="B40" t="s">
+        <v>704</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>705</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>706</v>
+      </c>
+      <c r="H40" t="s">
+        <v>707</v>
+      </c>
+      <c r="I40" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>551</v>
+      </c>
+      <c r="B41" t="s">
+        <v>708</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>709</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>710</v>
+      </c>
+      <c r="H41" t="s">
+        <v>711</v>
+      </c>
+      <c r="I41" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>551</v>
+      </c>
+      <c r="B42" t="s">
+        <v>712</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>713</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>714</v>
+      </c>
+      <c r="H42" t="s">
+        <v>715</v>
+      </c>
+      <c r="I42" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>551</v>
+      </c>
+      <c r="B43" t="s">
+        <v>716</v>
+      </c>
+      <c r="C43" t="s">
+        <v>12</v>
+      </c>
+      <c r="D43" t="s">
+        <v>12</v>
+      </c>
+      <c r="E43" t="s">
+        <v>717</v>
+      </c>
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
+        <v>718</v>
+      </c>
+      <c r="H43" t="s">
+        <v>719</v>
+      </c>
+      <c r="I43" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>551</v>
+      </c>
+      <c r="B44" t="s">
+        <v>720</v>
+      </c>
+      <c r="C44" t="s">
+        <v>12</v>
+      </c>
+      <c r="D44" t="s">
+        <v>12</v>
+      </c>
+      <c r="E44" t="s">
+        <v>721</v>
+      </c>
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
+        <v>722</v>
+      </c>
+      <c r="H44" t="s">
+        <v>723</v>
+      </c>
+      <c r="I44" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>551</v>
+      </c>
+      <c r="B45" t="s">
+        <v>724</v>
+      </c>
+      <c r="C45" t="s">
+        <v>12</v>
+      </c>
+      <c r="D45" t="s">
+        <v>12</v>
+      </c>
+      <c r="E45" t="s">
+        <v>725</v>
+      </c>
+      <c r="F45" t="s">
+        <v>12</v>
+      </c>
+      <c r="G45" t="s">
+        <v>726</v>
+      </c>
+      <c r="H45" t="s">
+        <v>727</v>
+      </c>
+      <c r="I45" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>551</v>
+      </c>
+      <c r="B46" t="s">
+        <v>728</v>
+      </c>
+      <c r="C46" t="s">
+        <v>12</v>
+      </c>
+      <c r="D46" t="s">
+        <v>12</v>
+      </c>
+      <c r="E46" t="s">
+        <v>729</v>
+      </c>
+      <c r="F46" t="s">
+        <v>12</v>
+      </c>
+      <c r="G46" t="s">
+        <v>730</v>
+      </c>
+      <c r="H46" t="s">
+        <v>731</v>
+      </c>
+      <c r="I46" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>551</v>
+      </c>
+      <c r="B47" t="s">
+        <v>732</v>
+      </c>
+      <c r="C47" t="s">
+        <v>12</v>
+      </c>
+      <c r="D47" t="s">
+        <v>12</v>
+      </c>
+      <c r="E47" t="s">
+        <v>733</v>
+      </c>
+      <c r="F47" t="s">
+        <v>12</v>
+      </c>
+      <c r="G47" t="s">
+        <v>734</v>
+      </c>
+      <c r="H47" t="s">
+        <v>735</v>
+      </c>
+      <c r="I47" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>551</v>
+      </c>
+      <c r="B48" t="s">
+        <v>736</v>
+      </c>
+      <c r="C48" t="s">
+        <v>12</v>
+      </c>
+      <c r="D48" t="s">
+        <v>12</v>
+      </c>
+      <c r="E48" t="s">
+        <v>737</v>
+      </c>
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
+        <v>738</v>
+      </c>
+      <c r="H48" t="s">
+        <v>739</v>
+      </c>
+      <c r="I48" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>551</v>
+      </c>
+      <c r="B49" t="s">
+        <v>740</v>
+      </c>
+      <c r="C49" t="s">
+        <v>12</v>
+      </c>
+      <c r="D49" t="s">
+        <v>12</v>
+      </c>
+      <c r="E49" t="s">
+        <v>741</v>
+      </c>
+      <c r="F49" t="s">
+        <v>12</v>
+      </c>
+      <c r="G49" t="s">
+        <v>742</v>
+      </c>
+      <c r="H49" t="s">
+        <v>743</v>
+      </c>
+      <c r="I49" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>551</v>
+      </c>
+      <c r="B50" t="s">
+        <v>744</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>745</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>746</v>
+      </c>
+      <c r="H50" t="s">
+        <v>747</v>
+      </c>
+      <c r="I50" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>551</v>
+      </c>
+      <c r="B51" t="s">
+        <v>748</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>749</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>750</v>
+      </c>
+      <c r="H51" t="s">
+        <v>751</v>
+      </c>
+      <c r="I51" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>551</v>
+      </c>
+      <c r="B52" t="s">
+        <v>752</v>
+      </c>
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
+        <v>753</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>754</v>
+      </c>
+      <c r="H52" t="s">
+        <v>755</v>
+      </c>
+      <c r="I52" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>551</v>
+      </c>
+      <c r="B53" t="s">
+        <v>756</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>757</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>758</v>
+      </c>
+      <c r="H53" t="s">
+        <v>759</v>
+      </c>
+      <c r="I53" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>551</v>
+      </c>
+      <c r="B54" t="s">
+        <v>760</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>761</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>762</v>
+      </c>
+      <c r="H54" t="s">
+        <v>763</v>
+      </c>
+      <c r="I54" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>551</v>
+      </c>
+      <c r="B55" t="s">
+        <v>764</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>765</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>766</v>
+      </c>
+      <c r="H55" t="s">
+        <v>767</v>
+      </c>
+      <c r="I55" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>551</v>
+      </c>
+      <c r="B56" t="s">
+        <v>768</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>769</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>770</v>
+      </c>
+      <c r="H56" t="s">
+        <v>771</v>
+      </c>
+      <c r="I56" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>551</v>
+      </c>
+      <c r="B57" t="s">
+        <v>772</v>
+      </c>
+      <c r="C57" t="s">
+        <v>12</v>
+      </c>
+      <c r="D57" t="s">
+        <v>12</v>
+      </c>
+      <c r="E57" t="s">
+        <v>773</v>
+      </c>
+      <c r="F57" t="s">
+        <v>12</v>
+      </c>
+      <c r="G57" t="s">
+        <v>774</v>
+      </c>
+      <c r="H57" t="s">
+        <v>775</v>
+      </c>
+      <c r="I57" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>551</v>
+      </c>
+      <c r="B58" t="s">
+        <v>776</v>
+      </c>
+      <c r="C58" t="s">
+        <v>12</v>
+      </c>
+      <c r="D58" t="s">
+        <v>12</v>
+      </c>
+      <c r="E58" t="s">
+        <v>777</v>
+      </c>
+      <c r="F58" t="s">
+        <v>12</v>
+      </c>
+      <c r="G58" t="s">
+        <v>778</v>
+      </c>
+      <c r="H58" t="s">
+        <v>779</v>
+      </c>
+      <c r="I58" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>551</v>
+      </c>
+      <c r="B59" t="s">
+        <v>780</v>
+      </c>
+      <c r="C59" t="s">
+        <v>12</v>
+      </c>
+      <c r="D59" t="s">
+        <v>12</v>
+      </c>
+      <c r="E59" t="s">
+        <v>781</v>
+      </c>
+      <c r="F59" t="s">
+        <v>12</v>
+      </c>
+      <c r="G59" t="s">
+        <v>782</v>
+      </c>
+      <c r="H59" t="s">
+        <v>783</v>
+      </c>
+      <c r="I59" t="s">
+        <v>556</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>784</v>
+      </c>
+      <c r="B2" t="s">
+        <v>785</v>
+      </c>
+      <c r="C2" t="s">
+        <v>786</v>
+      </c>
+      <c r="D2" t="s">
+        <v>787</v>
+      </c>
+      <c r="E2" t="s">
+        <v>788</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>789</v>
+      </c>
+      <c r="H2" t="s">
+        <v>790</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>784</v>
+      </c>
+      <c r="B3" t="s">
+        <v>791</v>
+      </c>
+      <c r="C3" t="s">
+        <v>792</v>
+      </c>
+      <c r="D3" t="s">
+        <v>793</v>
+      </c>
+      <c r="E3" t="s">
+        <v>794</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>795</v>
+      </c>
+      <c r="H3" t="s">
+        <v>796</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>797</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>798</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>799</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>800</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>801</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
+        <v>802</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>803</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>804</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>805</v>
       </c>
       <c r="D2" t="s">
-        <v>25</v>
+        <v>806</v>
       </c>
       <c r="E2" t="s">
-        <v>26</v>
+        <v>807</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>27</v>
+        <v>808</v>
       </c>
       <c r="H2" t="s">
-        <v>28</v>
-[...51 lines deleted...]
-        <v>40</v>
+        <v>809</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...100 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>