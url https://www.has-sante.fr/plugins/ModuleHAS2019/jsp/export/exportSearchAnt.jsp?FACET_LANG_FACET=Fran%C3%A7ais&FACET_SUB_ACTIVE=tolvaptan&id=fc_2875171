--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,407 +1,209 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...1 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...3 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...3 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="34">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...2 lines deleted...]
-    <t>Études en vie réelle pour l’évaluation des médicaments et dispositifs médicaux</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Real-world studies for the assessment of medicinal products and medical devices</t>
   </si>
   <si>
     <t>Ce guide méthodologique proposé par la HAS vise à soutenir et accompagner les études en vie réelle des produits de santé évaluées par les commissions d’évaluation de la HAS. Il propose des points de repère pratiques sur les aspects méthodologiques pour optimiser le niveau de preuve de ces études et la confiance dans leurs résultats.</t>
   </si>
   <si>
-    <t>10/06/2021 00:00:00</t>
-[...2 lines deleted...]
-    <t>30/06/2021 10:21:00</t>
+    <t>06/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/30/2021 10:21:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3284524/fr/etudes-en-vie-reelle-pour-l-evaluation-des-medicaments-et-dispositifs-medicaux</t>
+    <t>https://www.has-sante.fr/jcms/p_3284524/en/real-world-studies-for-the-assessment-of-medicinal-products-and-medical-devices</t>
   </si>
   <si>
     <t>p_3284524</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...134 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>JINARC (tolvaptan)</t>
   </si>
   <si>
-    <t>04/10/2019 12:00:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984249/fr/jinarc-tolvaptan</t>
+    <t>10/04/2019 12:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984249/en/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2984249</t>
   </si>
   <si>
     <t>tolvaptan</t>
   </si>
   <si>
     <t>OTSUKA PHARMACEUTICAL FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2589169/fr/jinarc-tolvaptan-antagoniste-de-la-vasopressine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3080482/fr/jinarc-tolvaptan</t>
+    <t>https://www.has-sante.fr/jcms/c_2589169/en/jinarc-tolvaptan-vasopressin-antagonist</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080482/en/jinarc-tolvaptan</t>
   </si>
   <si>
     <t>SAMSCA (tolvaptan)</t>
   </si>
   <si>
-    <t>18/12/2018 16:24:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983087/fr/samsca-tolvaptan</t>
+    <t>12/18/2018 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983087/en/samsca-tolvaptan</t>
   </si>
   <si>
     <t>pprd_2983087</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_964925/fr/samsca-tolvaptan</t>
-[...65 lines deleted...]
-    <t>p_3113800</t>
+    <t>https://www.has-sante.fr/jcms/c_964925/en/samsca</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876340/en/samsca-tolvaptan-vasopressin-antagonist</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -428,642 +230,160 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
-[...336 lines deleted...]
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:L3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>58</v>
+        <v>16</v>
       </c>
       <c r="J1" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>60</v>
+        <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="B2" t="s">
-        <v>62</v>
+        <v>20</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>63</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>64</v>
+        <v>22</v>
       </c>
       <c r="H2" t="s">
-        <v>65</v>
+        <v>23</v>
       </c>
       <c r="I2" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="J2" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="K2" t="s">
-        <v>68</v>
+        <v>26</v>
       </c>
       <c r="L2" t="s">
-        <v>69</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>61</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>70</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>71</v>
+        <v>29</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="H3" t="s">
-        <v>73</v>
+        <v>31</v>
       </c>
       <c r="I3" t="s">
-        <v>66</v>
+        <v>24</v>
       </c>
       <c r="J3" t="s">
-        <v>67</v>
+        <v>25</v>
       </c>
       <c r="K3" t="s">
-        <v>74</v>
+        <v>32</v>
       </c>
       <c r="L3" t="s">
-        <v>75</v>
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...142 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>