--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -65,51 +65,51 @@
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Encéphalopathie Mitochondriale Neuro-Gastro-Intestinale (MNGIE)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale de type encéphalopathie mitochondriale neuro-gastro intestinale (MNGIE). Il a été élaboré par les Centres de Références et de Compétences pour les maladies mitochondriales de l’enfant et de l’adulte – CALISSON et CARAMMEL, Centres de Références et de Compétences des maladies héréditaires du métabolisme de l’enfant et de l’adulte – G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>20/12/2024 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574909/fr/encephalopathie-mitochondriale-neuro-gastro-intestinale-mngie</t>
   </si>
   <si>
     <t>p_3574909</t>
   </si>
   <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>