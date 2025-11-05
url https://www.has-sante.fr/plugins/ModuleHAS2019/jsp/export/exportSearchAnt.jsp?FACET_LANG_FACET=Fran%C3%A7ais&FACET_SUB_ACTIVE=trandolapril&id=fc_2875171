--- v0 (2025-11-05)
+++ v1 (2025-11-05)
@@ -1,207 +1,750 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="16" uniqueCount="16">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="73">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>08/26/2025 17:14:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>CARDIOMEMS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_534673/en/chronic-symptomatic-heart-failure-with-preserved-systolic-function</t>
+    <t>27/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2021 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267496/fr/cardiomems</t>
+  </si>
+  <si>
+    <t>p_3267496</t>
+  </si>
+  <si>
+    <t>Capteur de pression artérielle pulmonaire</t>
+  </si>
+  <si>
+    <t>ABBOTT MEDICAL France SAS</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Insuffisance cardiaque grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/08/2025 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534673/fr/ald-n-5-insuffisance-cardiaque-grave</t>
   </si>
   <si>
     <t>c_534673</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation des médicaments antihypertenseurs et place dans la stratégie thérapeutique - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer les différentes classes d’antihypertenseurs dans la prise en charge de l’HTA essentielle. La méthode proposée est celle d’une évaluation des technologies de santé avec analyse médico-économique. Elle comporte la rédaction d’un argumentaire en collaboration avec un groupe de travail multidisciplinaire, soumis à la consultation d’un groupe de lecture. L’argumentaire repose sur : l’analyse exhaustive de la littérature clinique (efficacité, tolérance, persistence) et économique ; l’interrogation des bases de données de prescription disponibles ; la réalisation d’un modèle médico-économique. L’avis médico-économique est rédigé par le SEM et le SEESP, revu par la CEESP et par la CT, puis validé par le Collège.</t>
+  </si>
+  <si>
+    <t>01/10/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>22/07/2010 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1499422/fr/evaluation-des-medicaments-antihypertenseurs-et-place-dans-la-strategie-therapeutique-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>r_1499422</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>TARKA (trandolapril/ vérapamil (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>20/06/2018 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983232/fr/tarka-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983232</t>
+  </si>
+  <si>
+    <t>trandolapril,vérapamil (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399465/fr/tarka-lp-comprime-pellicule-a-liberation-prolongee-boite-de-28-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399466/fr/tarka-lp-gelule-a-liberation-prolongee-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_614850/fr/tarka-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1344401/fr/tarka-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719410/fr/tarka-lp-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857747/fr/tarka-lp-trandolapril/-verapamil-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>ODRIK (trandolapril)</t>
+  </si>
+  <si>
+    <t>12/11/2014 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984692/fr/odrik-trandolapril</t>
+  </si>
+  <si>
+    <t>pprd_2984692</t>
+  </si>
+  <si>
+    <t>trandolapril</t>
+  </si>
+  <si>
+    <t>ABBOTT PRODUCTS SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400171/fr/odrik-4-mg-gelule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400328/fr/odrik-0-5-mg-gelule-boite-de-28-odrik-2-mg-gelule-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_883287/fr/odrik-trandolapril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1769332/fr/odrik-trandolapril</t>
+  </si>
+  <si>
+    <t>GOPTEN (trandolapril)</t>
+  </si>
+  <si>
+    <t>19/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985866/fr/gopten-trandolapril</t>
+  </si>
+  <si>
+    <t>pprd_2985866</t>
+  </si>
+  <si>
+    <t>ABBOTT France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399429/fr/gopten-0-5-mg-gelule-b/28-gopten-2-mg-gelule-b/28-trandolapril</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400162/fr/gopten-4-mg-gelule-boite-de-28</t>
+  </si>
+  <si>
+    <t>OCADRIK LP (trandolapril/ vérapamil)</t>
+  </si>
+  <si>
+    <t>24/04/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2986024/fr/ocadrik-lp-trandolapril/-verapamil</t>
+  </si>
+  <si>
+    <t>pprd_2986024</t>
+  </si>
+  <si>
+    <t>trandolapril,vérapamil</t>
+  </si>
+  <si>
+    <t>AVENTIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399444/fr/ocadrik-lp-comprime-pellicule-a-liberation-prolongee-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399445/fr/ocadrik-lp-gelule-a-liberation-prolongee-boite-de-28</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>19</v>
+      </c>
+      <c r="B2" t="s">
+        <v>20</v>
+      </c>
+      <c r="C2" t="s">
+        <v>21</v>
+      </c>
+      <c r="D2" t="s">
+        <v>22</v>
+      </c>
+      <c r="E2" t="s">
+        <v>23</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>24</v>
+      </c>
+      <c r="H2" t="s">
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>26</v>
+      </c>
+      <c r="B2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D2" t="s">
+        <v>29</v>
+      </c>
+      <c r="E2" t="s">
+        <v>30</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>31</v>
+      </c>
+      <c r="H2" t="s">
+        <v>32</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>33</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+      <c r="I2" t="s">
+        <v>40</v>
+      </c>
+      <c r="J2" t="s">
+        <v>41</v>
+      </c>
+      <c r="K2" t="s">
+        <v>42</v>
+      </c>
+      <c r="L2" t="s">
+        <v>43</v>
+      </c>
+      <c r="M2" t="s">
+        <v>44</v>
+      </c>
+      <c r="N2" t="s">
+        <v>45</v>
+      </c>
+      <c r="O2" t="s">
+        <v>46</v>
+      </c>
+      <c r="P2" t="s">
+        <v>47</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B3" t="s">
+        <v>48</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>50</v>
+      </c>
+      <c r="H3" t="s">
+        <v>51</v>
+      </c>
+      <c r="I3" t="s">
+        <v>52</v>
+      </c>
+      <c r="J3" t="s">
+        <v>53</v>
+      </c>
+      <c r="K3" t="s">
+        <v>54</v>
+      </c>
+      <c r="L3" t="s">
+        <v>55</v>
+      </c>
+      <c r="M3" t="s">
+        <v>56</v>
+      </c>
+      <c r="N3" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>35</v>
+      </c>
+      <c r="B4" t="s">
+        <v>58</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>59</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>60</v>
+      </c>
+      <c r="H4" t="s">
+        <v>61</v>
+      </c>
+      <c r="I4" t="s">
+        <v>52</v>
+      </c>
+      <c r="J4" t="s">
+        <v>62</v>
+      </c>
+      <c r="K4" t="s">
+        <v>63</v>
+      </c>
+      <c r="L4" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>35</v>
+      </c>
+      <c r="B5" t="s">
+        <v>65</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>67</v>
+      </c>
+      <c r="H5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I5" t="s">
+        <v>69</v>
+      </c>
+      <c r="J5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K5" t="s">
+        <v>71</v>
+      </c>
+      <c r="L5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>