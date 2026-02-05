--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -1,1466 +1,398 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...9 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Methodology guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Chronic disease guide" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Practice guidelines" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...9 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="854" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="148" uniqueCount="94">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>07/04/2014 15:40:00</t>
+    <t>Methodology guide</t>
+  </si>
+  <si>
+    <t>Companion diagnostic test associated with a targeted therapy: definitions and assessment method</t>
+  </si>
+  <si>
+    <t>Stratified medicine is a therapeutic approach based on drug/diagnostic test associations. The objective of the diagnostic test is to use a marker predictive for the effect of the treatment in order to select the patients to whom it is administered so as to treat only the subpopulation that will benefit from it. In this context, demonstrating the efficacy of the treatment in a limited subpopulation identified by its status for the marker logically leads to the prescription of the treatment being restricted to this subpopulation in its marketing authorisation, making this test a regulatory requirement.</t>
+  </si>
+  <si>
+    <t>02/19/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>04/07/2014 15:40:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735034/fr/test-compagnon-associe-a-une-therapie-ciblee-definitions-et-methode-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1735034/en/companion-diagnostic-test-associated-with-a-targeted-therapy-definitions-and-assessment-method</t>
   </si>
   <si>
     <t>c_1735034</t>
   </si>
   <si>
-    <t>Description</t>
-[...65 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_534689/fr/ald-n-5-insuffisance-cardiaque-systolique</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Symptomatic chronic systolic heart failure</t>
+  </si>
+  <si>
+    <t>The aim of this guide for medical practitioners is to describe the optimal theorical care and the clinical pathway for a patient entering the ALD [Long-term condition] scheme: systolic heart failure.</t>
+  </si>
+  <si>
+    <t>07/01/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>07/24/2015 13:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_534689/en/symptomatic-chronic-systolic-heart-failure</t>
   </si>
   <si>
     <t>c_534689</t>
   </si>
   <si>
-    <t>Guide parcours de soins insuffisance cardiaque</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_451135/fr/criteres-d-eligibilite-des-patients-a-une-chimiotherapie-anticancereuse-a-domicile</t>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Patient selection criteria for at-home cancer chemotherapy</t>
+  </si>
+  <si>
+    <t>To establish consensus guidelines for selecting patients for at-home chemotherapy and for ensuring that this chemotherapy is administered to standards that are as safe as those of conventional hospitalisation and of similar quality.</t>
+  </si>
+  <si>
+    <t>09/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2003 09:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_451135/en/patient-selection-criteria-for-at-home-cancer-chemotherapy</t>
   </si>
   <si>
     <t>c_451135</t>
   </si>
   <si>
-    <t>Communiqué de presse</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3701090/fr/sequencage-haut-debit-cible-d-un-panel-de-genes-sur-adn-tumoral-circulant-dans-la-prise-en-charge-therapeutique-du-cancer-du-poumon</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next generation sequencing gene panel using circulating tumor DNA for medical lung cancer care - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objectives were: (1) to evaluate the benefit–risk ratio of circulating tumor DNA (ctDNA)-based next generation sequencing (NGS) gene panel testing for the clinical management of advanced and metastatic non-small cell lung cancer (NSCLC) in routine clinical practice, and (2) to define the conditions for its implementation.</t>
+  </si>
+  <si>
+    <t>10/16/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701090/en/next-generation-sequencing-gene-panel-using-circulating-tumor-dna-for-medical-lung-cancer-care-inahta-brief</t>
   </si>
   <si>
     <t>p_3701090</t>
   </si>
   <si>
-    <t>Intérêt de l’angiomammographie double énergie dans la stratégie diagnostique du cancer du sein - Rapport d'évaluation</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186760/fr/interet-de-l-angiomammographie-double-energie-dans-la-strategie-diagnostique-du-cancer-du-sein-rapport-d-evaluation</t>
+    <t>Usefulness of contrast-enhanced mammography in breast cancer diagnosis strategy - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>HAS has assessed contrast-enhanced mammography (CEM) in the breast cancer diagnosis strategy to issue an opinion on listing the procedure in the joint classification of medical procedures. The aim of the assessment was to i) compare the diagnostic performances of contrast-enhanced mammography to breast MRI in certain indications, ii) to evaluate safety in relation to exposure to ionising radiation and to reactions secondary to iodinated contrast agent injection, iii) to evaluate the impact of CEM on the therapeutic strategy and iv) to assess organisational impacts of CEM</t>
+  </si>
+  <si>
+    <t>11/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>11/22/2021 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186760/en/usefulness-of-contrast-enhanced-mammography-in-breast-cancer-diagnosis-strategy-inahta-brief</t>
   </si>
   <si>
     <t>p_3186760</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...851 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ENHERTU (trastuzumab déruxtécan)</t>
   </si>
   <si>
-    <t>06/05/2025 14:21:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3273604/fr/enhertu-trastuzumab-deruxtecan</t>
+    <t>05/06/2025 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273604/en/enhertu-trastuzumab-deruxtecan</t>
   </si>
   <si>
     <t>p_3273604</t>
   </si>
   <si>
     <t>trastuzumab déruxtécan</t>
   </si>
   <si>
     <t>DAIICHI SANKYO FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3272596/fr/enhertu-trastuzumab-deruxtecan</t>
-[...32 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3598458/fr/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
+    <t>https://www.has-sante.fr/jcms/p_3272596/en/enhertu-trastuzumab-deruxtecan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341817/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3359829/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3383475/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3424347/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443053/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444788/en/enhertu-trastuzumab-deruxtecan-her2-low-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447975/en/enhertu-trastuzumab-deruxtecan-gastric-or-gastroesophageal-junction-gej-adenocarcinoma</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458293/en/enhertu-trastuzumab-deruxtecan-cancer-de-l-estomac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3471088/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3530992/en/enhertu-trastuzumab-deruxtecan-lung-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3598458/en/enhertu-trastuzumab-deruxtecan-cancer-du-sein-her2-faible-ou-ultra-faible</t>
   </si>
   <si>
     <t>PHESGO (pertuzumab, trastuzumab)</t>
   </si>
   <si>
-    <t>08/04/2021 16:32:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3260146/fr/phesgo-pertuzumab-trastuzumab</t>
+    <t>04/08/2021 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3260146/en/phesgo-pertuzumab-trastuzumab</t>
   </si>
   <si>
     <t>p_3260146</t>
   </si>
   <si>
     <t>pertuzumab,trastuzumab</t>
   </si>
   <si>
     <t>ROCHE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3259931/fr/phesgo-pertuzumab-trastuzumab</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984794/fr/kadcyla-trastuzumab-emtansine</t>
+    <t>https://www.has-sante.fr/jcms/p_3259931/en/phesgo-pertuzumab-trastuzumab</t>
+  </si>
+  <si>
+    <t>KADCYLA</t>
+  </si>
+  <si>
+    <t>06/12/2020 09:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984794/en/kadcyla</t>
   </si>
   <si>
     <t>pprd_2984794</t>
   </si>
   <si>
     <t>trastuzumab emtansine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1735595/fr/kadcyla-trastuzumab-emtansine-anticorps-ciblant-le-recepteur-her-2-couple-a-un-cytotoxique</t>
-[...14 lines deleted...]
-    <t>pprd_2982861</t>
+    <t>https://www.has-sante.fr/jcms/c_1735595/en/kadcyla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3188463/en/kadcyla</t>
+  </si>
+  <si>
+    <t>HERCEPTIN (trastuzumab)</t>
+  </si>
+  <si>
+    <t>09/28/2016 15:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984084/en/herceptin-trastuzumab</t>
+  </si>
+  <si>
+    <t>pprd_2984084</t>
   </si>
   <si>
     <t>trastuzumab</t>
   </si>
   <si>
-    <t>MYLAN MEDICAL SAS</t>
-[...146 lines deleted...]
-    <t>c_2906058</t>
+    <t>https://www.has-sante.fr/jcms/c_398959/en/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400626/en/herceptin-150-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-de-1-flacon-de-15-ml-cip-562-103-7</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455468/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_657536/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036288/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1359733/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1739160/en/herceptin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620144/en/herceptin-trastuzumab-monoclonal-antibody</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637981/en/herceptin-trastuzumab-monoclonal-antibody-treatment-of-her2-early-breast-cancer</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2633563/en/herceptin-trastuzumab-monoclonal-antibody-gastric-cancer</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -1485,2873 +417,513 @@
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
-[...438 lines deleted...]
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>438</v>
+        <v>16</v>
       </c>
       <c r="B2" t="s">
-        <v>439</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>440</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="E2" t="s">
-        <v>441</v>
+        <v>20</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>442</v>
+        <v>21</v>
       </c>
       <c r="H2" t="s">
-        <v>443</v>
+        <v>22</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...76 lines deleted...]
-  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>23</v>
+      </c>
+      <c r="B2" t="s">
+        <v>24</v>
+      </c>
+      <c r="C2" t="s">
+        <v>25</v>
+      </c>
+      <c r="D2" t="s">
         <v>26</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>27</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>28</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>29</v>
-      </c>
-[...10 lines deleted...]
-        <v>32</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
         <v>33</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>34</v>
       </c>
-      <c r="C2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>35</v>
       </c>
-      <c r="D2" t="s">
+      <c r="H2" t="s">
         <v>36</v>
-      </c>
-[...10 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
       <c r="B3" t="s">
+        <v>37</v>
+      </c>
+      <c r="C3" t="s">
+        <v>38</v>
+      </c>
+      <c r="D3" t="s">
+        <v>39</v>
+      </c>
+      <c r="E3" t="s">
         <v>40</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>41</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:V5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>43</v>
+      </c>
+      <c r="J1" t="s">
+        <v>44</v>
+      </c>
+      <c r="K1" t="s">
+        <v>45</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>46</v>
       </c>
       <c r="B2" t="s">
         <v>47</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>48</v>
       </c>
-      <c r="D2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>49</v>
       </c>
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>50</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>51</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>52</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="K2" t="s">
         <v>53</v>
       </c>
-      <c r="B2" t="s">
+      <c r="L2" t="s">
         <v>54</v>
       </c>
-      <c r="C2" t="s">
+      <c r="M2" t="s">
         <v>55</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="N2" t="s">
         <v>56</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="O2" t="s">
         <v>57</v>
       </c>
-      <c r="H2" t="s">
+      <c r="P2" t="s">
         <v>58</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="Q2" t="s">
         <v>59</v>
       </c>
-      <c r="B2" t="s">
+      <c r="R2" t="s">
         <v>60</v>
       </c>
-      <c r="C2" t="s">
+      <c r="S2" t="s">
         <v>61</v>
       </c>
-      <c r="D2" t="s">
+      <c r="T2" t="s">
         <v>62</v>
       </c>
-      <c r="E2" t="s">
+      <c r="U2" t="s">
         <v>63</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="V2" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>59</v>
+        <v>46</v>
       </c>
       <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
         <v>66</v>
       </c>
-      <c r="C3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>67</v>
       </c>
-      <c r="D3" t="s">
+      <c r="H3" t="s">
         <v>68</v>
       </c>
-      <c r="E3" t="s">
+      <c r="I3" t="s">
         <v>69</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="J3" t="s">
         <v>70</v>
       </c>
-      <c r="H3" t="s">
+      <c r="K3" t="s">
         <v>71</v>
-      </c>
-[...99 lines deleted...]
-        <v>78</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
         <v>73</v>
       </c>
-      <c r="B4" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>85</v>
+        <v>74</v>
       </c>
       <c r="H4" t="s">
-        <v>86</v>
+        <v>75</v>
       </c>
       <c r="I4" t="s">
-        <v>87</v>
+        <v>76</v>
+      </c>
+      <c r="J4" t="s">
+        <v>70</v>
+      </c>
+      <c r="K4" t="s">
+        <v>77</v>
+      </c>
+      <c r="L4" t="s">
+        <v>78</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B5" t="s">
+        <v>79</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
+      </c>
+      <c r="I5" t="s">
+        <v>83</v>
+      </c>
+      <c r="J5" t="s">
+        <v>70</v>
+      </c>
+      <c r="K5" t="s">
+        <v>84</v>
+      </c>
+      <c r="L5" t="s">
+        <v>85</v>
+      </c>
+      <c r="M5" t="s">
+        <v>86</v>
+      </c>
+      <c r="N5" t="s">
+        <v>87</v>
+      </c>
+      <c r="O5" t="s">
         <v>88</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="P5" t="s">
         <v>89</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="Q5" t="s">
         <v>90</v>
       </c>
-      <c r="H5" t="s">
+      <c r="R5" t="s">
         <v>91</v>
       </c>
-      <c r="I5" t="s">
-[...7 lines deleted...]
-      <c r="B6" t="s">
+      <c r="S5" t="s">
         <v>92</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="T5" t="s">
         <v>93</v>
       </c>
-      <c r="F6" t="s">
-[...1315 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:I1"/>
-[...377 lines deleted...]
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>