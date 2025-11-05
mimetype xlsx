--- v0 (2025-11-04)
+++ v1 (2025-11-05)
@@ -1,322 +1,682 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...2 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="185">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Évaluation de la pertinence d'un dépistage systématique de l'infection à cytomégalovirus (CMV) au cours de la grossesse</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la pertinence d’un dépistage systématique de l’infection à CMV chez la femme enceinte. La HAS recommande de mettre en place un dépistage systématique national du CMV pour toutes les femmes enceintes dont le statut sérologique est négatif ou inconnu, avec une réévaluation du dispositif après trois ans de mise en œuvre. La poursuite de ce dispositif dépendra d’une évaluation fondée sur des données scientifiques complémentaires incluant l’efficacité du dépistage, l’impact sur la prévention des formes graves dont les séquelles neurosensorielles, et la tolérance du traitement antiviral. Celles-ci devront être produites via des études spécifiques, des systèmes d’information adaptés ou l’ajustement des dispositifs existants, afin de répondre aux incertitudes identifiées lors de l’évaluation de la HAS.</t>
+  </si>
+  <si>
+    <t>05/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/06/2025 16:33:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3587389/fr/evaluation-de-la-pertinence-d-un-depistage-systematique-de-l-infection-a-cytomegalovirus-cmv-au-cours-de-la-grossesse</t>
+  </si>
+  <si>
+    <t>p_3587389</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+    <t>État de santé des personnes en situation de prostitution et des travailleurs du sexe et identification des facteurs de vulnérabilité sanitaire</t>
+  </si>
+  <si>
+    <t>Un état des lieux des connaissances sur la situation sanitaire des personnes en situation de prostitution et sur les facteurs de vulnérabilité sanitaire de ces personnes. Ce travail s’inscrit dans le cadre d’éventuelles modifications réglementaires futures, susceptibles d’avoir un impact sur la santé des personnes en situation de prostitution, et ont pour vocation de servir de socle de connaissances à une politique de réduction des risques.</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>11/04/2016 14:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
+  </si>
+  <si>
+    <t>c_2615057</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
+  </si>
+  <si>
+    <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
+    <t>Amylose AL</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’amylose AL. Il a été élaboré par le Centre national de référence amylose AL. et autres maladies de dépôts d'immunoglobulines monoclonales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385053/fr/amylose-al</t>
+  </si>
+  <si>
+    <t>p_3385053</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome néphrotique idiopathique de l’enfant. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403870/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3403870</t>
+  </si>
+  <si>
+    <t>Greffe de cellules souches hématopoïétiques dans  les maladies auto-immunes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie auto-immune (MAI) et traité par greffe de CSH. Il a été élaboré par le Centre de référence des maladies auto-immunes et systémiques rares d’Ile-de-France (site constitutif, Saint-Louis, AP-HP) : MATHEC, maladies Auto-immunes et Thérapies Cellulaires. Sous l’égide des filières de santé : Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R, Filière de santé des maladies rares immuno-hématologiques MaRIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374064/fr/greffe-de-cellules-souches-hematopoietiques-dans-les-maladies-auto-immunes</t>
+  </si>
+  <si>
+    <t>p_3374064</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Histiocytose langerhansienne (enfant de moins de 18 ans)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'histiocytose Langerhansienne. Il a été élaboré par le Centre de référence des Histiocytoses sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
+  </si>
+  <si>
+    <t>p_3301927</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l'enfant</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
+  </si>
+  <si>
+    <t>29/04/2016 15:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
+  </si>
+  <si>
+    <t>c_2628561</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
+  </si>
+  <si>
+    <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
+  </si>
+  <si>
+    <t>04/05/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>25/05/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
+    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des Herpesviridae (cytomégalovirus CMV, virus herpès simplex HSV et varicelle-zona VZV) par amplification génique (PCR) dans le diagnostic dans le diagnostic et la prise en charge des maladies opportunistes chez les personnes vivant avec le VIH</t>
+  </si>
+  <si>
+    <t>27/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Evaluation of the gene amplification of Herpesviridae (herpes simplex and varicella-zoster virus) with mucocutaneous and ocular manifestations - INAHTA Brief</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598252/en/evaluation-of-the-gene-amplification-of-herpesviridae-herpes-simplex-and-varicella-zoster-virus-with-mucocutaneous-and-ocular-manifestations-inahta-brief</t>
+    <t>Évaluation de l'amplification génique des Herpesviridae (virus herpès simplex et varicelle-zona) devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>Évaluation de la recherche du génome des virus herpès simplex (HSV) et varicelle - zona (VZV) par amplification génique (PCR) dans le diagnostic de l’herpès et du zona devant des manifestations cutanéomuqueuses et oculaires</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598252/fr/evaluation-de-l-amplification-genique-des-herpesviridae-virus-herpes-simplex-et-varicelle-zona-devant-des-manifestations-cutaneomuqueuses-et-oculaires</t>
   </si>
   <si>
     <t>c_2598252</t>
   </si>
   <si>
-    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983614/en/zelitrex-n/r/-valaciclovir/-valaciclovir-chlorhydrate-de</t>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 3 juin 2025</t>
+  </si>
+  <si>
+    <t>11/06/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609589/fr/ceesp-reunion-du-3-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3609589</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 8 avril 2025</t>
+  </si>
+  <si>
+    <t>08/04/2025 14:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601119/fr/ceesp-reunion-du-8-avril-2025</t>
+  </si>
+  <si>
+    <t>p_3601119</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 11 mars 2025</t>
+  </si>
+  <si>
+    <t>10/03/2025 16:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594995/fr/ceesp-reunion-du-11-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3594995</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 10 décembre 2024</t>
+  </si>
+  <si>
+    <t>09/12/2024 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3568123/fr/ceesp-reunion-du-10-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3568123</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 19 novembre 2024</t>
+  </si>
+  <si>
+    <t>18/11/2024 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3556900/fr/ceesp-reunion-du-19-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3556900</t>
+  </si>
+  <si>
+    <t>CEESP - Réunion du 15 octobre 2024</t>
+  </si>
+  <si>
+    <t>14/10/2024 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547673/fr/ceesp-reunion-du-15-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3547673</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 avril 2018</t>
+  </si>
+  <si>
+    <t>11/04/2018 14:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2843604</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
+  </si>
+  <si>
+    <t>04/07/2007 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
+  </si>
+  <si>
+    <t>c_616105</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
+  </si>
+  <si>
+    <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
+  </si>
+  <si>
+    <t>27/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>31/07/2023 11:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
+  </si>
+  <si>
+    <t>p_3456351</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ZELITREX (valaciclovir)</t>
+  </si>
+  <si>
+    <t>29/05/2017 15:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983614/fr/zelitrex-valaciclovir</t>
   </si>
   <si>
     <t>pprd_2983614</t>
   </si>
   <si>
     <t>valaciclovir</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399354/en/zelitrex-valaciclovir</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769381/en/zelitrex-valaciclovir</t>
+    <t>https://www.has-sante.fr/jcms/c_399354/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399599/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400042/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574666/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574662/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1260379/fr/zelitrex-valaciclovir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769381/fr/zelitrex-valaciclovir</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -356,355 +716,1103 @@
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>36</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>42</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>43</v>
+      </c>
+      <c r="H3" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>45</v>
+      </c>
+      <c r="C4" t="s">
+        <v>46</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>47</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>48</v>
+      </c>
+      <c r="H4" t="s">
+        <v>49</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>51</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H5" t="s">
+        <v>53</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>34</v>
+      </c>
+      <c r="B6" t="s">
+        <v>54</v>
+      </c>
+      <c r="C6" t="s">
+        <v>55</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>34</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>65</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>66</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>67</v>
+      </c>
+      <c r="H8" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>34</v>
+      </c>
+      <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>71</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>72</v>
+      </c>
+      <c r="H9" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>74</v>
+      </c>
+      <c r="B2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C2" t="s">
+        <v>76</v>
+      </c>
+      <c r="D2" t="s">
+        <v>77</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>74</v>
+      </c>
+      <c r="B3" t="s">
+        <v>81</v>
+      </c>
+      <c r="C3" t="s">
+        <v>82</v>
+      </c>
+      <c r="D3" t="s">
+        <v>83</v>
+      </c>
+      <c r="E3" t="s">
+        <v>84</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>85</v>
+      </c>
+      <c r="H3" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>74</v>
+      </c>
+      <c r="B4" t="s">
+        <v>87</v>
+      </c>
+      <c r="C4" t="s">
+        <v>88</v>
+      </c>
+      <c r="D4" t="s">
+        <v>89</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>93</v>
+      </c>
+      <c r="B2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D2" t="s">
+        <v>96</v>
+      </c>
+      <c r="E2" t="s">
+        <v>97</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>98</v>
+      </c>
+      <c r="H2" t="s">
+        <v>99</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>93</v>
+      </c>
+      <c r="B3" t="s">
+        <v>100</v>
+      </c>
+      <c r="C3" t="s">
+        <v>101</v>
+      </c>
+      <c r="D3" t="s">
+        <v>102</v>
+      </c>
+      <c r="E3" t="s">
+        <v>103</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>104</v>
+      </c>
+      <c r="H3" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>93</v>
+      </c>
+      <c r="B4" t="s">
+        <v>106</v>
+      </c>
+      <c r="C4" t="s">
+        <v>107</v>
+      </c>
+      <c r="D4" t="s">
+        <v>102</v>
+      </c>
+      <c r="E4" t="s">
+        <v>103</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>108</v>
+      </c>
+      <c r="H4" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>93</v>
+      </c>
+      <c r="B5" t="s">
+        <v>110</v>
+      </c>
+      <c r="C5" t="s">
+        <v>111</v>
+      </c>
+      <c r="D5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E5" t="s">
+        <v>113</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>114</v>
+      </c>
+      <c r="H5" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>93</v>
+      </c>
+      <c r="B6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>123</v>
+      </c>
+      <c r="B2" t="s">
+        <v>124</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>125</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>126</v>
+      </c>
+      <c r="H2" t="s">
+        <v>127</v>
+      </c>
+      <c r="I2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>123</v>
+      </c>
+      <c r="B3" t="s">
+        <v>129</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>130</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>131</v>
+      </c>
+      <c r="H3" t="s">
+        <v>132</v>
+      </c>
+      <c r="I3" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>123</v>
+      </c>
+      <c r="B4" t="s">
+        <v>133</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>134</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>135</v>
+      </c>
+      <c r="H4" t="s">
+        <v>136</v>
+      </c>
+      <c r="I4" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>123</v>
+      </c>
+      <c r="B5" t="s">
+        <v>137</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>138</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I5" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>123</v>
+      </c>
+      <c r="B6" t="s">
+        <v>141</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>142</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>143</v>
+      </c>
+      <c r="H6" t="s">
+        <v>144</v>
+      </c>
+      <c r="I6" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>123</v>
+      </c>
+      <c r="B7" t="s">
+        <v>145</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>146</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>147</v>
+      </c>
+      <c r="H7" t="s">
+        <v>148</v>
+      </c>
+      <c r="I7" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>123</v>
+      </c>
+      <c r="B8" t="s">
+        <v>149</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>150</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>151</v>
+      </c>
+      <c r="H8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I8" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>123</v>
+      </c>
+      <c r="B9" t="s">
+        <v>153</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>154</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>155</v>
+      </c>
+      <c r="H9" t="s">
+        <v>156</v>
+      </c>
+      <c r="I9" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>123</v>
+      </c>
+      <c r="B10" t="s">
+        <v>157</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>158</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>159</v>
+      </c>
+      <c r="H10" t="s">
+        <v>160</v>
+      </c>
+      <c r="I10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
       <c r="B2" t="s">
-        <v>23</v>
+        <v>162</v>
       </c>
       <c r="C2" t="s">
-        <v>24</v>
+        <v>163</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>164</v>
       </c>
       <c r="E2" t="s">
-        <v>25</v>
+        <v>165</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>26</v>
+        <v>166</v>
       </c>
       <c r="H2" t="s">
-        <v>27</v>
+        <v>167</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
-[...143 lines deleted...]
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>51</v>
+        <v>168</v>
       </c>
       <c r="J1" t="s">
-        <v>52</v>
+        <v>169</v>
       </c>
       <c r="K1" t="s">
-        <v>53</v>
+        <v>170</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>171</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>172</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>56</v>
+        <v>173</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>57</v>
+        <v>174</v>
       </c>
       <c r="H2" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
       <c r="I2" t="s">
-        <v>59</v>
+        <v>176</v>
       </c>
       <c r="J2" t="s">
-        <v>60</v>
+        <v>177</v>
       </c>
       <c r="K2" t="s">
-        <v>61</v>
+        <v>178</v>
       </c>
       <c r="L2" t="s">
-        <v>62</v>
+        <v>179</v>
       </c>
       <c r="M2" t="s">
-        <v>63</v>
+        <v>180</v>
       </c>
       <c r="N2" t="s">
-        <v>64</v>
+        <v>181</v>
       </c>
       <c r="O2" t="s">
-        <v>65</v>
+        <v>182</v>
       </c>
       <c r="P2" t="s">
-        <v>66</v>
+        <v>183</v>
       </c>
       <c r="Q2" t="s">
-        <v>67</v>
+        <v>184</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>