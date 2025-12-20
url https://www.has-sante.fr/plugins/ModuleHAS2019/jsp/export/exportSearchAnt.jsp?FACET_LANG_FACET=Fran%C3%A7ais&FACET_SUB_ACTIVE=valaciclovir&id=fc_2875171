--- v1 (2025-11-05)
+++ v2 (2025-12-20)
@@ -7,71 +7,71 @@
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="326" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="342" uniqueCount="196">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -131,50 +131,122 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2615057/fr/etat-de-sante-des-personnes-en-situation-de-prostitution-et-des-travailleurs-du-sexe-et-identification-des-facteurs-de-vulnerabilite-sanitaire</t>
   </si>
   <si>
     <t>c_2615057</t>
   </si>
   <si>
     <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
   </si>
   <si>
     <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
   </si>
   <si>
     <t>01/09/2004 00:00:00</t>
   </si>
   <si>
     <t>01/09/2004 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Dépistage systématique du cytomégalovirus au premier trimestre de grossesse :  prise en charge et suivi - Note de cadrage</t>
+  </si>
+  <si>
+    <t>19/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/11/2025 16:42:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3748990/fr/depistage-systematique-du-cytomegalovirus-au-premier-trimestre-de-grossesse-prise-en-charge-et-suivi-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3748990</t>
+  </si>
+  <si>
+    <t>Prise en charge thérapeutique du patient atteint d’herpès génital</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes atteintes d’herpès génital. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>14/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3562501/fr/prise-en-charge-therapeutique-du-patient-atteint-d-herpes-genital</t>
+  </si>
+  <si>
+    <t>p_3562501</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Prise en charge de l’herpès cutanéo-muqueux chez le sujet immunocompétent (manifestations oculaires exclues)</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury : Quelle est l'histoire naturelle de l'infection à HSV ? Quelles sont les particularités cliniques et évolutives de certaines localisations ? (herpès oro-facial, cutané localisé, cutané diffus, syndrome de Kaposi-Juliusberg, éryhtème polymorphe, herpès génital, néonatal, infection herpétique chez la femme enceinte) Quelles sont la signification et les limites des moyens diagnostiques ? Quelles sont les modalités des traitements locaux et généraux, médicamenteux ou non ? (herpès oro-facial, génital, néonatal, de la femme enceinte, formes particulières) Quelles sont les perspectives pour le diagnostic, le traitement et la prévention de l'infection à HSV ?</t>
+  </si>
+  <si>
+    <t>03/12/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272087/fr/prise-en-charge-de-l-herpes-cutaneo-muqueux-chez-le-sujet-immunocompetent-manifestations-oculaires-exclues</t>
+  </si>
+  <si>
+    <t>c_272087</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Hémophilie A acquise</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/03/2025 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
   </si>
   <si>
     <t>p_3594164</t>
   </si>
   <si>
     <t>Aplasies médullaires acquises et constitutionnelles</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/05/2024 18:03:00</t>
@@ -251,107 +323,50 @@
   <si>
     <t>01/12/2021 17:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301927/fr/histiocytose-langerhansienne-enfant-de-moins-de-18-ans</t>
   </si>
   <si>
     <t>p_3301927</t>
   </si>
   <si>
     <t>Syndrome néphrotique idiopathique de l'enfant</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d'un enfant atteint du syndrome néphrotique idiopathique.</t>
   </si>
   <si>
     <t>29/04/2016 15:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2628561/fr/syndrome-nephrotique-idiopathique-de-l-enfant</t>
   </si>
   <si>
     <t>c_2628561</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...55 lines deleted...]
-  <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
   </si>
   <si>
     <t>Évaluation des tests relatifs au diagnostic des infections à virus herpes simplex de types 1 et 2 (HSV-1/-2) et varicelle-zona (VZV) dans le cadre de la transmission mère-enfant de ces virus : détection du génome de ces virus par PCR dans différents contextes et prélèvements, diagnostic immunologique direct (détection d’antigènes viraux par immunofluorescence ou méthode immunoenzymatique), cultures orientée et non orientée, recherches sérologiques (IgM et IgG anti-VZV, IgM et IgG anti-HSV-1/-2 non spécifiques de type, IgG anti-HSV-1 et -2 spécifiques de type)</t>
   </si>
   <si>
     <t>04/05/2016 00:00:00</t>
   </si>
   <si>
     <t>25/05/2016 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
     <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
   </si>
   <si>
     <t>Évaluation de la recherche du génome des Herpesviridae (cytomégalovirus CMV, virus herpès simplex HSV et varicelle-zona VZV) par amplification génique (PCR) dans le diagnostic dans le diagnostic et la prise en charge des maladies opportunistes chez les personnes vivant avec le VIH</t>
@@ -513,50 +528,68 @@
     <t>Commission de la transparence - Réunion du 18 avril 2018</t>
   </si>
   <si>
     <t>11/04/2018 14:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2843604/fr/commission-de-la-transparence-reunion-du-18-avril-2018</t>
   </si>
   <si>
     <t>c_2843604</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 4 juillet 2007</t>
   </si>
   <si>
     <t>04/07/2007 10:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_616105/fr/commission-de-la-transparence-reunion-du-4-juillet-2007</t>
   </si>
   <si>
     <t>c_616105</t>
   </si>
   <si>
     <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus – Note de cadrage</t>
+  </si>
+  <si>
+    <t>La HAS publie la note de cadrage concernant la recommandation vaccinale contre la varicelle chez les nourrissons de 12 mois et plus</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2025 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777770/fr/recommandation-vaccinale-contre-la-varicelle-chez-les-nourrissons-de-12-mois-et-plus-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3777770</t>
   </si>
   <si>
     <t>Actualisation des recommandations et obligations vaccinales des professionnels</t>
   </si>
   <si>
     <t>La HAS préconise qu’une obligation d’immunisation contre la rougeole soit mise en place pour les étudiants et professionnels pour lesquels cette vaccination est actuellement recommandée. En l’absence de disponibilité d’un vaccin rougeole non combiné, la HAS préconise ainsi que l’administration de deux doses de vaccin trivalent ROR soit rendue obligatoire en milieu professionnel pour les personnes non vaccinées et sans antécédent documenté de rougeole. La HAS préconise également de maintenir les recommandations de vaccination contre la coqueluche, la grippe, l’hépatite A, et la varicelle.</t>
   </si>
   <si>
     <t>27/07/2023 00:00:00</t>
   </si>
   <si>
     <t>31/07/2023 11:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456351/fr/actualisation-des-recommandations-et-obligations-vaccinales-des-professionnels</t>
   </si>
   <si>
     <t>p_3456351</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
@@ -776,1043 +809,1095 @@
       </c>
       <c r="D5" t="s">
         <v>30</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>32</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>34</v>
+      </c>
+      <c r="B2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>36</v>
+      </c>
+      <c r="E2" t="s">
+        <v>37</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>38</v>
+      </c>
+      <c r="H2" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>34</v>
+      </c>
+      <c r="B3" t="s">
+        <v>40</v>
+      </c>
+      <c r="C3" t="s">
+        <v>41</v>
+      </c>
+      <c r="D3" t="s">
+        <v>42</v>
+      </c>
+      <c r="E3" t="s">
+        <v>43</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>44</v>
+      </c>
+      <c r="H3" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>34</v>
+      </c>
+      <c r="B4" t="s">
+        <v>46</v>
+      </c>
+      <c r="C4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D4" t="s">
+        <v>48</v>
+      </c>
+      <c r="E4" t="s">
+        <v>49</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>50</v>
+      </c>
+      <c r="H4" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>34</v>
+      </c>
+      <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E5" t="s">
+        <v>55</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>56</v>
+      </c>
+      <c r="H5" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B2" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="C2" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>37</v>
+        <v>61</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="H2" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B3" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="C3" t="s">
-        <v>41</v>
+        <v>65</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>66</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>67</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>68</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B4" t="s">
-        <v>45</v>
+        <v>69</v>
       </c>
       <c r="C4" t="s">
-        <v>46</v>
+        <v>70</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="H4" t="s">
-        <v>49</v>
+        <v>73</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B5" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="C5" t="s">
-        <v>51</v>
+        <v>75</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>47</v>
+        <v>71</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>52</v>
+        <v>76</v>
       </c>
       <c r="H5" t="s">
-        <v>53</v>
+        <v>77</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B6" t="s">
-        <v>54</v>
+        <v>78</v>
       </c>
       <c r="C6" t="s">
-        <v>55</v>
+        <v>79</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>56</v>
+        <v>80</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>57</v>
+        <v>81</v>
       </c>
       <c r="H6" t="s">
-        <v>58</v>
+        <v>82</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B7" t="s">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="C7" t="s">
-        <v>60</v>
+        <v>84</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>61</v>
+        <v>85</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>62</v>
+        <v>86</v>
       </c>
       <c r="H7" t="s">
-        <v>63</v>
+        <v>87</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>64</v>
+        <v>88</v>
       </c>
       <c r="C8" t="s">
-        <v>65</v>
+        <v>89</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>66</v>
+        <v>90</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>67</v>
+        <v>91</v>
       </c>
       <c r="H8" t="s">
-        <v>68</v>
+        <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>34</v>
+        <v>58</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>71</v>
+        <v>95</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="H9" t="s">
-        <v>73</v>
-[...117 lines deleted...]
-        <v>92</v>
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B2" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="C2" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="D2" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="E2" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="H2" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B3" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C3" t="s">
-        <v>101</v>
+        <v>106</v>
       </c>
       <c r="D3" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="E3" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H3" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B4" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="C4" t="s">
+        <v>112</v>
+      </c>
+      <c r="D4" t="s">
         <v>107</v>
       </c>
-      <c r="D4" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="H4" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B5" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="C5" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="D5" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="E5" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="H5" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="B6" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="C6" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="D6" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="E6" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="H6" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B2" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="H2" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="I2" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B3" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H3" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I3" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B4" t="s">
+        <v>138</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>139</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>140</v>
+      </c>
+      <c r="H4" t="s">
+        <v>141</v>
+      </c>
+      <c r="I4" t="s">
         <v>133</v>
-      </c>
-[...19 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B5" t="s">
-        <v>137</v>
+        <v>142</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>138</v>
+        <v>143</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>139</v>
+        <v>144</v>
       </c>
       <c r="H5" t="s">
-        <v>140</v>
+        <v>145</v>
       </c>
       <c r="I5" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B6" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="H6" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="I6" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B7" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="H7" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="I7" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B8" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="H8" t="s">
-        <v>152</v>
+        <v>157</v>
       </c>
       <c r="I8" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B9" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="H9" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="I9" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="B10" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="H10" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="I10" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="D2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="E2" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
+        <v>171</v>
+      </c>
+      <c r="H2" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>166</v>
       </c>
-      <c r="H2" t="s">
-        <v>167</v>
+      <c r="B3" t="s">
+        <v>173</v>
+      </c>
+      <c r="C3" t="s">
+        <v>174</v>
+      </c>
+      <c r="D3" t="s">
+        <v>175</v>
+      </c>
+      <c r="E3" t="s">
+        <v>176</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>177</v>
+      </c>
+      <c r="H3" t="s">
+        <v>178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Q2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="J1" t="s">
-        <v>169</v>
+        <v>180</v>
       </c>
       <c r="K1" t="s">
-        <v>170</v>
+        <v>181</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>171</v>
+        <v>182</v>
       </c>
       <c r="B2" t="s">
-        <v>172</v>
+        <v>183</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>173</v>
+        <v>184</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>174</v>
+        <v>185</v>
       </c>
       <c r="H2" t="s">
-        <v>175</v>
+        <v>186</v>
       </c>
       <c r="I2" t="s">
-        <v>176</v>
+        <v>187</v>
       </c>
       <c r="J2" t="s">
-        <v>177</v>
+        <v>188</v>
       </c>
       <c r="K2" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="L2" t="s">
-        <v>179</v>
+        <v>190</v>
       </c>
       <c r="M2" t="s">
-        <v>180</v>
+        <v>191</v>
       </c>
       <c r="N2" t="s">
-        <v>181</v>
+        <v>192</v>
       </c>
       <c r="O2" t="s">
-        <v>182</v>
+        <v>193</v>
       </c>
       <c r="P2" t="s">
-        <v>183</v>
+        <v>194</v>
       </c>
       <c r="Q2" t="s">
-        <v>184</v>
+        <v>195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>