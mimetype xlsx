--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -1,342 +1,2768 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Article HAS" r:id="rId11" sheetId="9"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="291">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>11/29/2021 15:10:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>DAC</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>10/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/09/2019 17:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106819/fr/dac</t>
+  </si>
+  <si>
+    <t>p_3106819</t>
+  </si>
+  <si>
+    <t>hydrogel biorésorbable pour implants orthopédiques</t>
+  </si>
+  <si>
+    <t>NOVAGENIT SRL</t>
+  </si>
+  <si>
+    <t>AMS 700 InhibiZone</t>
+  </si>
+  <si>
+    <t>Implants péniens gonflables</t>
+  </si>
+  <si>
+    <t>17/09/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2013 17:00:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648397/fr/ams-700-inhibizone</t>
+  </si>
+  <si>
+    <t>c_1648397</t>
+  </si>
+  <si>
+    <t>American Medical Systems Inc.</t>
+  </si>
+  <si>
+    <t>SYNICEM - 22 décembre 2009 (2154) avis</t>
+  </si>
+  <si>
+    <t>Implant temporaire de hanche (espaceur) Chirurgie orthopédique - Nouveau dispositif Avis défavorable au remboursement dans le traitement de l’infection sur prothèse de hanche</t>
+  </si>
+  <si>
+    <t>22/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>10/05/2010 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951392/fr/synicem-22-decembre-2009-2154-avis</t>
+  </si>
+  <si>
+    <t>c_951392</t>
+  </si>
+  <si>
+    <t>SYNIMED France</t>
+  </si>
+  <si>
+    <t>SYNICEM - CNEDiMTS du 12 janvier 2010 (2154)</t>
+  </si>
+  <si>
+    <t>12/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2010 18:32:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_917934/fr/synicem-cnedimts-du-12-janvier-2010-2154</t>
+  </si>
+  <si>
+    <t>c_917934</t>
+  </si>
+  <si>
+    <t>OSTEOSET T</t>
+  </si>
+  <si>
+    <t>08/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398766/fr/osteoset-t</t>
+  </si>
+  <si>
+    <t>c_398766</t>
+  </si>
+  <si>
+    <t>WRIGHT MEDICAL</t>
+  </si>
+  <si>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage et prise en charge de l’infection à Neisseria gonorrhoeae : état des lieux et propositions</t>
+  </si>
+  <si>
+    <t>Trois objectifs généraux ont guidé l’élaboration de ce rapport : établir un état des lieux des données disponibles ou non sur l’infection à Neisseria gonorrhoeae : histoire naturelle de la maladie, épidémiologie, identification et traitement. identifier l’ensemble des problèmes posés par la prise en charge diagnostique et thérapeutique et s’interroger sur les évolutions souhaitables. conduire une réflexion sur la pertinence du dépistage.</t>
+  </si>
+  <si>
+    <t>16/12/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>11/03/2011 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1031777/fr/depistage-et-prise-en-charge-de-l-infection-a-neisseria-gonorrhoeae-etat-des-lieux-et-propositions</t>
+  </si>
+  <si>
+    <t>c_1031777</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Purpura thrombopénique immunologique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) du CHU Henri Mondor de Créteil, APHP, UPEC, sous l’égide de la filière de santé maladies rares MARIH (Maladies Rares Immuno-Hématologiques) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578446/fr/purpura-thrombopenique-immunologique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3578446</t>
+  </si>
+  <si>
+    <t>DRESS de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un adulte ou d’un enfant pris en charge pour un DRESS (en anglais « Drug Reaction with Eosinophilia and Systemic Symptoms » ou DIHS « Drug-Induced Hypersensitivity Syndrome », ou syndrome d’hypersensibilité médicamenteuse). Il a été élaboré par le Centre de référence des dermatoses bulleuses toxiques et toxidermies graves TOXIBUL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557694/fr/dress-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3557694</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins – Maladie rénale chronique de l’adulte (MRC)</t>
+  </si>
+  <si>
+    <t>Le guide du parcours de soins décrit la prise en charge usuelle d’une personne ayant une maladie rénale chronique (MRC). Il est destiné aux professionnels impliqués dans la prise en charge globale des patients, du secteur sanitaire, social et médico-social.</t>
+  </si>
+  <si>
+    <t>27/09/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2023 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3288950/fr/guide-du-parcours-de-soins-maladie-renale-chronique-de-l-adulte-mrc</t>
+  </si>
+  <si>
+    <t>p_3288950</t>
+  </si>
+  <si>
+    <t>Syndrome du grêle court de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint d’un Syndrome du Grêle Court (SGC) nécessitant un traitement prolongé et spécialisé. Il a été élaboré par le Centre de référence des maladies rares digestives (MaRDi) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>30/06/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:02:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3449629/fr/syndrome-du-grele-court-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3449629</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636268/fr/maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_2636268</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Dermatite herpétiforme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636271/fr/maladies-bulleuses-auto-immunes-dermatite-herpetiforme</t>
+  </si>
+  <si>
+    <t>c_2636271</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>ALD n° 7 - Infection par le virus de l'immunodéficience humaine (VIH)</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>31/10/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>17/11/2011 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_634723/fr/ald-n-7-infection-par-le-virus-de-l-immunodeficience-humaine-vih</t>
+  </si>
+  <si>
+    <t>c_634723</t>
+  </si>
+  <si>
+    <t>ALD hors liste - Maladies bulleuses auto-immunes : Dermatose à IgA linéaire</t>
+  </si>
+  <si>
+    <t>12/01/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1035498/fr/ald-hors-liste-maladies-bulleuses-auto-immunes-dermatose-a-iga-lineaire</t>
+  </si>
+  <si>
+    <t>c_1035498</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Truncus arteriosus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un patient ayant un truncus arteriosus.</t>
+  </si>
+  <si>
+    <t>04/06/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699955/fr/ald-n-5-cardiopathies-congenitales-complexes-truncus-arteriosus</t>
+  </si>
+  <si>
+    <t>c_699955</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : Transposition simple des gros vaisseaux</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une TGV simple.</t>
+  </si>
+  <si>
+    <t>07/10/2008 16:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699962/fr/ald-n-5-cardiopathies-congenitales-complexes-transposition-simple-des-gros-vaisseaux</t>
+  </si>
+  <si>
+    <t>c_699962</t>
+  </si>
+  <si>
+    <t>ALD n° 5 - Cardiopathies congénitales complexes : tétralogie de Fallot, atrésie pulmonaire à septum ouvert ou agénésie des valves pulmonaires avec communication interventriculaire</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un patient ayant une tétralogie de Fallot, une APSO ou une agénésie des valves pulmonaire avec CIV.</t>
+  </si>
+  <si>
+    <t>07/10/2008 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_699967/fr/ald-n-5-cardiopathies-congenitales-complexes-tetralogie-de-fallot-atresie-pulmonaire-a-septum-ouvert-ou-agenesie-des-valves-pulmonaires-avec-communication-interventriculaire</t>
+  </si>
+  <si>
+    <t>c_699967</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour finalité de définir une stratégie de prise en charge des complications de la chirurgie avec prothèse de l’incontinence urinaire d’effort et du prolapsus génital de la femme, afin de : Savoir reconnaitre et explorer une complication chirurgicale Proposer la meilleure prise en charge, adaptée à chaque type de complication Participer à la formation des chirurgiens pour cette prise en charge Soulager et améliorer la qualité de vie des patientes après la chirurgie Délivrer une information claire et appropriée à la patiente</t>
+  </si>
+  <si>
+    <t>16/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>17/04/2023 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3235557/fr/complications-de-la-chirurgie-avec-prothese-de-l-incontinence-urinaire-d-effort-et-du-prolapsus-genital-de-la-femme</t>
+  </si>
+  <si>
+    <t>p_3235557</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Programmes de récupération améliorée après chirurgie (RAAC)</t>
+  </si>
+  <si>
+    <t>Depuis son émergence dans les années 1990 par l’équipe danoise du Pr. Henrik Kehlet, la récupération améliorée après chirurgie (RAAC) est une approche de prise en charge globale du patient favorisant le rétablissement précoce de ses capacités après la chirurgie. Le rapport d’orientation est conçu pour aider les professionnels à mettre en place de programmes RAAC et à préparer leurs futures évaluations.</t>
+  </si>
+  <si>
+    <t>22/06/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>03/10/2016 10:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1763416/fr/programmes-de-recuperation-amelioree-apres-chirurgie-raac</t>
+  </si>
+  <si>
+    <t>c_1763416</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1343374/en/assessment-of-an-epiretinal-implant-and-its-implantation-procedure</t>
+    <t>Prise en charge de l'urticaire chronique</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux six questions suivantes, posées au jury : Quelles sont les données de l’interrogatoire et de l’examen clinique permettant d’orienter le diagnostic étiologique d’une urticaire chronique ? Devant une urticaire chronique, quel bilan paraclinique minimal faut-il effectuer ? Chez quels malades faut-il faire un bilan plus complet et lequel ? Quand faut-il faire des examens allergologiques et lesquels ? Dans quelles circonstances la mise en évidence d’une étiologie a-t-elle un retentissement sur la prise en charge thérapeutique et l’évolution de l’urticaire chronique ? Quelles sont les modalités thérapeutiques proposées aux patients présentant une urticaire chronique idiopathique résistante à un traitement antihistaminique en monothérapie ? Quand faut-il envisager la prise en charge des facteurs psychologiques et selon quelles modalités ?</t>
+  </si>
+  <si>
+    <t>01/02/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272211/fr/prise-en-charge-de-l-urticaire-chronique</t>
+  </si>
+  <si>
+    <t>c_272211</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Permettre un accès sécurisé et accéléré aux innovations médicamenteuses : la HAS reste mobilisée pour les patients</t>
+  </si>
+  <si>
+    <t>Depuis plusieurs années, la HAS, avec sa commission de la transparence (CT), œuvre pour une accélération de la mise à disposition des thérapies innovantes pour les patients. Le dispositif d’autorisation d’accès précoce constitue un levier important pour accélérer l’accès aux traitements présumés innovants et, un an et demi après son démarrage, la HAS en dresse un bilan positif. Elle publie également l’actualisation de la doctrine d’évaluation des médicaments en vue de leur remboursement de droit commun qui décrit les adaptations admises lorsque des essais randomisés contrôlés ne sont pas disponibles ou envisageables.</t>
+  </si>
+  <si>
+    <t>17/02/2023 17:33:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3415391/fr/permettre-un-acces-securise-et-accelere-aux-innovations-medicamenteuses-la-has-reste-mobilisee-pour-les-patients</t>
+  </si>
+  <si>
+    <t>p_3415391</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Ciments avec ou sans antibiotiques pour la fixation des implants articulaires</t>
+  </si>
+  <si>
+    <t>Le ciment chirurgical est utilisé pour la fixation d’implants articulaires tels que la hanche, le genou, l’épaule, la cheville et le coude.</t>
+  </si>
+  <si>
+    <t>20/12/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2017 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607290/fr/ciments-avec-ou-sans-antibiotiques-pour-la-fixation-des-implants-articulaires</t>
+  </si>
+  <si>
+    <t>c_2607290</t>
+  </si>
+  <si>
+    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer si des examens non invasifs d’imagerie cardiaque pouvaient être réalisés chez des patients présentant un syndrome coronarien aigu (SCA) non ST+ à bas risque d’évènement cardiovasculaire grave, et un risque d’ischémie intermédiaire.</t>
+  </si>
+  <si>
+    <t>18/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/06/2015 12:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_830007/fr/evaluation-de-l-imagerie-cardiaque-non-invasive-dans-le-diagnostic-des-syndromes-coronariens-aigus-non-st-a-bas-risque-d-evenement-cardiovasculaire-grave</t>
+  </si>
+  <si>
+    <t>c_830007</t>
+  </si>
+  <si>
+    <t>Prothèse épirétinienne et son acte d'implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer l’implant épirétinien ARGUS II et les actes professionnels y afférant afin de : * proposer, le cas échéant, son remboursement ; * définir ses indications et les situations cliniques d’utilisation ; * évaluer son intérêt en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; * déterminer les conditions d’utilisation et l’environnement technique</t>
+  </si>
+  <si>
+    <t>19/12/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2012 11:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1343374/fr/prothese-epiretinienne-et-son-acte-d-implantation</t>
   </si>
   <si>
     <t>c_1343374</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 décembre 2023</t>
+  </si>
+  <si>
+    <t>22/01/2024 13:42:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3490545/fr/commission-de-la-transparence-reunion-du-6-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3490545</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>CNEDIMTS - Réunion du 8 Septembre 2020</t>
+  </si>
+  <si>
+    <t>07/09/2020 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3200189/fr/cnedimts-reunion-du-8-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3200189</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 9 septembre 2020</t>
+  </si>
+  <si>
+    <t>02/09/2020 13:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199995/fr/commission-de-la-transparence-reunion-a-distance-du-9-septembre-2020</t>
+  </si>
+  <si>
+    <t>p_3199995</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 juillet 2017</t>
+  </si>
+  <si>
+    <t>28/06/2017 14:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2777371/fr/commission-de-la-transparence-reunion-du-5-juillet-2017</t>
+  </si>
+  <si>
+    <t>c_2777371</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>04/11/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568255/fr/commission-de-la-transparence-reunion-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 mai 2015</t>
+  </si>
+  <si>
+    <t>13/05/2015 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2034553/fr/commission-de-la-transparence-reunion-du-20-mai-2015</t>
+  </si>
+  <si>
+    <t>c_2034553</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2012</t>
+  </si>
+  <si>
+    <t>17/10/2012 15:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1321793/fr/commission-de-la-transparence-reunion-du-17-octobre-2012</t>
+  </si>
+  <si>
+    <t>c_1321793</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision N°2018.0375/CCES/SCES-31120 du 01/06/2018 de la commission de certification des établissements de santé portant sur la procédure de certification de l'établissement de santé CENTRES HOSPITALIERS DE PARAY-LE-MONIAL ET DE CHAROLLES</t>
+  </si>
+  <si>
+    <t>Décision N°2018.0375/CCES/SCES-31120 du 01/06/2018 de la commission de certification des établissements de santé portant sur la procédure de certification de l'établissement de santé CENTRES HOSPITALIERS DE PARAY-LE-MONIAL ET DE CHAROLLES (Mesure de suivi V2014)</t>
+  </si>
+  <si>
+    <t>01/06/2018 10:01:00</t>
+  </si>
+  <si>
+    <t>15/06/2018 10:42:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288081/fr/decision-n2018-0375/cces/sces-31120-du-01/06/2018-de-la-commission-de-certification-des-etablissements-de-sante-portant-sur-la-procedure-de-certification-de-l-etablissement-de-sante-centres-hospitaliers-de-paray-le-monial-et-de-charolles</t>
+  </si>
+  <si>
+    <t>c_1288081</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Commission de la transparence (CT)</t>
+  </si>
+  <si>
+    <t>La commission de la transparence est une instance scientifique composée de médecins, pharmaciens, spécialistes en méthodologie et épidémiologie. Elle évalue les médicaments ayant obtenu leur autorisation de mise sur le marché (AMM), lorsque le laboratoire qui les commercialise souhaite obtenir leur inscription sur la liste des médicaments remboursables.</t>
+  </si>
+  <si>
+    <t>10/11/2024 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_412210/fr/commission-de-la-transparence-ct</t>
+  </si>
+  <si>
+    <t>c_412210</t>
+  </si>
+  <si>
+    <t>Guide pédagogique de l'OMS pour la sécurité des patients - édition multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>Guide pédagogique pour la sécurité des patients : édition multiprofessionnelle : Publié par l’Organisation mondiale de la santé en 2011 sous le titre Patient Safety Curriculum Guide Multi-professionnal, ce guide a été traduit en français par le Ministère des Affaires sociales, de la Santé et des Droits des femmes (Direction générale de l’offre de soins-DGOS) avec la supervision éditoriale par un comité scientifique comprenant des membres de la HAS.</t>
+  </si>
+  <si>
+    <t>22/12/2015 12:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582471/fr/guide-pedagogique-de-l-oms-pour-la-securite-des-patients-edition-multiprofessionnelle</t>
+  </si>
+  <si>
+    <t>c_2582471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
+        <v>23</v>
+      </c>
+      <c r="H3" t="s">
+        <v>24</v>
+      </c>
+      <c r="I3" t="s">
         <v>20</v>
       </c>
-      <c r="H3" t="s">
-        <v>21</v>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="D4" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E4" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>27</v>
+        <v>31</v>
+      </c>
+      <c r="I4" t="s">
+        <v>12</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C5" t="s">
-        <v>30</v>
+        <v>12</v>
       </c>
       <c r="D5" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="E5" t="s">
+        <v>35</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>36</v>
+      </c>
+      <c r="H5" t="s">
+        <v>37</v>
+      </c>
+      <c r="I5" t="s">
+        <v>12</v>
+      </c>
+      <c r="J5" t="s">
         <v>32</v>
       </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>38</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>39</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" t="s">
+        <v>12</v>
+      </c>
+      <c r="J6" t="s">
+        <v>42</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>43</v>
+      </c>
+      <c r="B2" t="s">
+        <v>44</v>
+      </c>
+      <c r="C2" t="s">
+        <v>45</v>
+      </c>
+      <c r="D2" t="s">
+        <v>46</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H19"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>50</v>
+      </c>
+      <c r="B2" t="s">
+        <v>51</v>
+      </c>
+      <c r="C2" t="s">
+        <v>52</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>53</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>54</v>
+      </c>
+      <c r="H2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>50</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>57</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>58</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>59</v>
+      </c>
+      <c r="H3" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>50</v>
+      </c>
+      <c r="B4" t="s">
+        <v>61</v>
+      </c>
+      <c r="C4" t="s">
+        <v>62</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>63</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>64</v>
+      </c>
+      <c r="H4" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>50</v>
+      </c>
+      <c r="B5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>68</v>
+      </c>
       <c r="F5" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>33</v>
+        <v>69</v>
       </c>
       <c r="H5" t="s">
-        <v>34</v>
+        <v>70</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>50</v>
+      </c>
+      <c r="B6" t="s">
+        <v>71</v>
+      </c>
+      <c r="C6" t="s">
+        <v>72</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>73</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>74</v>
+      </c>
+      <c r="H6" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>50</v>
+      </c>
+      <c r="B7" t="s">
+        <v>76</v>
+      </c>
+      <c r="C7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D7" t="s">
+        <v>78</v>
+      </c>
+      <c r="E7" t="s">
+        <v>79</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>80</v>
+      </c>
+      <c r="H7" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>50</v>
+      </c>
+      <c r="B8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D8" t="s">
+        <v>84</v>
+      </c>
+      <c r="E8" t="s">
+        <v>85</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>86</v>
+      </c>
+      <c r="H8" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>50</v>
+      </c>
+      <c r="B9" t="s">
+        <v>88</v>
+      </c>
+      <c r="C9" t="s">
+        <v>89</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>90</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>91</v>
+      </c>
+      <c r="H9" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>50</v>
+      </c>
+      <c r="B10" t="s">
+        <v>93</v>
+      </c>
+      <c r="C10" t="s">
+        <v>94</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>95</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>96</v>
+      </c>
+      <c r="H10" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>50</v>
+      </c>
+      <c r="B11" t="s">
+        <v>98</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>99</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>100</v>
+      </c>
+      <c r="H11" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>50</v>
+      </c>
+      <c r="B12" t="s">
+        <v>102</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>12</v>
+      </c>
+      <c r="E12" t="s">
+        <v>99</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>103</v>
+      </c>
+      <c r="H12" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>50</v>
+      </c>
+      <c r="B13" t="s">
+        <v>105</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>12</v>
+      </c>
+      <c r="E13" t="s">
+        <v>99</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>106</v>
+      </c>
+      <c r="H13" t="s">
+        <v>107</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>50</v>
+      </c>
+      <c r="B14" t="s">
+        <v>108</v>
+      </c>
+      <c r="C14" t="s">
+        <v>12</v>
+      </c>
+      <c r="D14" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" t="s">
+        <v>99</v>
+      </c>
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
+        <v>109</v>
+      </c>
+      <c r="H14" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>50</v>
+      </c>
+      <c r="B15" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" t="s">
+        <v>112</v>
+      </c>
+      <c r="D15" t="s">
+        <v>113</v>
+      </c>
+      <c r="E15" t="s">
+        <v>114</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>115</v>
+      </c>
+      <c r="H15" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>50</v>
+      </c>
+      <c r="B16" t="s">
+        <v>117</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>118</v>
+      </c>
+      <c r="E16" t="s">
+        <v>118</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
+        <v>119</v>
+      </c>
+      <c r="H16" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>50</v>
+      </c>
+      <c r="B17" t="s">
+        <v>121</v>
+      </c>
+      <c r="C17" t="s">
+        <v>122</v>
+      </c>
+      <c r="D17" t="s">
+        <v>123</v>
+      </c>
+      <c r="E17" t="s">
+        <v>124</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>125</v>
+      </c>
+      <c r="H17" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>50</v>
+      </c>
+      <c r="B18" t="s">
+        <v>127</v>
+      </c>
+      <c r="C18" t="s">
+        <v>128</v>
+      </c>
+      <c r="D18" t="s">
+        <v>123</v>
+      </c>
+      <c r="E18" t="s">
+        <v>129</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>130</v>
+      </c>
+      <c r="H18" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>50</v>
+      </c>
+      <c r="B19" t="s">
+        <v>132</v>
+      </c>
+      <c r="C19" t="s">
+        <v>133</v>
+      </c>
+      <c r="D19" t="s">
+        <v>123</v>
+      </c>
+      <c r="E19" t="s">
+        <v>134</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>135</v>
+      </c>
+      <c r="H19" t="s">
+        <v>136</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>137</v>
+      </c>
+      <c r="B2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C2" t="s">
+        <v>139</v>
+      </c>
+      <c r="D2" t="s">
+        <v>140</v>
+      </c>
+      <c r="E2" t="s">
+        <v>141</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>142</v>
+      </c>
+      <c r="H2" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>137</v>
+      </c>
+      <c r="B3" t="s">
+        <v>144</v>
+      </c>
+      <c r="C3" t="s">
+        <v>145</v>
+      </c>
+      <c r="D3" t="s">
+        <v>146</v>
+      </c>
+      <c r="E3" t="s">
+        <v>147</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>148</v>
+      </c>
+      <c r="H3" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>137</v>
+      </c>
+      <c r="B4" t="s">
+        <v>150</v>
+      </c>
+      <c r="C4" t="s">
+        <v>151</v>
+      </c>
+      <c r="D4" t="s">
+        <v>152</v>
+      </c>
+      <c r="E4" t="s">
+        <v>153</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>154</v>
+      </c>
+      <c r="H4" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>137</v>
+      </c>
+      <c r="B5" t="s">
+        <v>156</v>
+      </c>
+      <c r="C5" t="s">
+        <v>157</v>
+      </c>
+      <c r="D5" t="s">
+        <v>158</v>
+      </c>
+      <c r="E5" t="s">
+        <v>159</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>160</v>
+      </c>
+      <c r="H5" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>137</v>
+      </c>
+      <c r="B6" t="s">
+        <v>162</v>
+      </c>
+      <c r="C6" t="s">
+        <v>163</v>
+      </c>
+      <c r="D6" t="s">
+        <v>164</v>
+      </c>
+      <c r="E6" t="s">
+        <v>165</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>166</v>
+      </c>
+      <c r="H6" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>137</v>
+      </c>
+      <c r="B7" t="s">
+        <v>168</v>
+      </c>
+      <c r="C7" t="s">
+        <v>169</v>
+      </c>
+      <c r="D7" t="s">
+        <v>170</v>
+      </c>
+      <c r="E7" t="s">
+        <v>171</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>172</v>
+      </c>
+      <c r="H7" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>137</v>
+      </c>
+      <c r="B8" t="s">
+        <v>174</v>
+      </c>
+      <c r="C8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D8" t="s">
+        <v>176</v>
+      </c>
+      <c r="E8" t="s">
+        <v>177</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>178</v>
+      </c>
+      <c r="H8" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>137</v>
+      </c>
+      <c r="B9" t="s">
+        <v>180</v>
+      </c>
+      <c r="C9" t="s">
+        <v>181</v>
+      </c>
+      <c r="D9" t="s">
+        <v>176</v>
+      </c>
+      <c r="E9" t="s">
+        <v>182</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>183</v>
+      </c>
+      <c r="H9" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>137</v>
+      </c>
+      <c r="B10" t="s">
+        <v>185</v>
+      </c>
+      <c r="C10" t="s">
+        <v>186</v>
+      </c>
+      <c r="D10" t="s">
+        <v>187</v>
+      </c>
+      <c r="E10" t="s">
+        <v>188</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>189</v>
+      </c>
+      <c r="H10" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>137</v>
+      </c>
+      <c r="B11" t="s">
+        <v>191</v>
+      </c>
+      <c r="C11" t="s">
+        <v>192</v>
+      </c>
+      <c r="D11" t="s">
+        <v>193</v>
+      </c>
+      <c r="E11" t="s">
+        <v>194</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>195</v>
+      </c>
+      <c r="H11" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>137</v>
+      </c>
+      <c r="B12" t="s">
+        <v>197</v>
+      </c>
+      <c r="C12" t="s">
+        <v>198</v>
+      </c>
+      <c r="D12" t="s">
+        <v>199</v>
+      </c>
+      <c r="E12" t="s">
+        <v>200</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>201</v>
+      </c>
+      <c r="H12" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>137</v>
+      </c>
+      <c r="B13" t="s">
+        <v>203</v>
+      </c>
+      <c r="C13" t="s">
+        <v>204</v>
+      </c>
+      <c r="D13" t="s">
+        <v>205</v>
+      </c>
+      <c r="E13" t="s">
+        <v>206</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>207</v>
+      </c>
+      <c r="H13" t="s">
+        <v>208</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>209</v>
+      </c>
+      <c r="B2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C2" t="s">
+        <v>211</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>215</v>
+      </c>
+      <c r="B2" t="s">
+        <v>216</v>
+      </c>
+      <c r="C2" t="s">
+        <v>217</v>
+      </c>
+      <c r="D2" t="s">
+        <v>218</v>
+      </c>
+      <c r="E2" t="s">
+        <v>219</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>220</v>
+      </c>
+      <c r="H2" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>215</v>
+      </c>
+      <c r="B3" t="s">
+        <v>222</v>
+      </c>
+      <c r="C3" t="s">
+        <v>223</v>
+      </c>
+      <c r="D3" t="s">
+        <v>224</v>
+      </c>
+      <c r="E3" t="s">
+        <v>225</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>226</v>
+      </c>
+      <c r="H3" t="s">
+        <v>227</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>215</v>
+      </c>
+      <c r="B4" t="s">
+        <v>228</v>
+      </c>
+      <c r="C4" t="s">
+        <v>229</v>
+      </c>
+      <c r="D4" t="s">
+        <v>230</v>
+      </c>
+      <c r="E4" t="s">
+        <v>231</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>232</v>
+      </c>
+      <c r="H4" t="s">
+        <v>233</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>234</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>235</v>
+      </c>
+      <c r="B2" t="s">
+        <v>236</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>237</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>238</v>
+      </c>
+      <c r="H2" t="s">
+        <v>239</v>
+      </c>
+      <c r="I2" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>235</v>
+      </c>
+      <c r="B3" t="s">
+        <v>241</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>242</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>243</v>
+      </c>
+      <c r="H3" t="s">
+        <v>244</v>
+      </c>
+      <c r="I3" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>235</v>
+      </c>
+      <c r="B4" t="s">
+        <v>245</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>246</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>247</v>
+      </c>
+      <c r="H4" t="s">
+        <v>248</v>
+      </c>
+      <c r="I4" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>235</v>
+      </c>
+      <c r="B5" t="s">
+        <v>249</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>250</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>251</v>
+      </c>
+      <c r="H5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I5" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>235</v>
+      </c>
+      <c r="B6" t="s">
+        <v>253</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>254</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>255</v>
+      </c>
+      <c r="H6" t="s">
+        <v>256</v>
+      </c>
+      <c r="I6" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>235</v>
+      </c>
+      <c r="B7" t="s">
+        <v>257</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>258</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>259</v>
+      </c>
+      <c r="H7" t="s">
+        <v>260</v>
+      </c>
+      <c r="I7" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>235</v>
+      </c>
+      <c r="B8" t="s">
+        <v>261</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>262</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>263</v>
+      </c>
+      <c r="H8" t="s">
+        <v>264</v>
+      </c>
+      <c r="I8" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>235</v>
+      </c>
+      <c r="B9" t="s">
+        <v>265</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>266</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>267</v>
+      </c>
+      <c r="H9" t="s">
+        <v>268</v>
+      </c>
+      <c r="I9" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>235</v>
+      </c>
+      <c r="B10" t="s">
+        <v>269</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>270</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>271</v>
+      </c>
+      <c r="H10" t="s">
+        <v>272</v>
+      </c>
+      <c r="I10" t="s">
+        <v>240</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>273</v>
+      </c>
+      <c r="B2" t="s">
+        <v>274</v>
+      </c>
+      <c r="C2" t="s">
+        <v>275</v>
+      </c>
+      <c r="D2" t="s">
+        <v>276</v>
+      </c>
+      <c r="E2" t="s">
+        <v>277</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>278</v>
+      </c>
+      <c r="H2" t="s">
+        <v>279</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>280</v>
+      </c>
+      <c r="B2" t="s">
+        <v>281</v>
+      </c>
+      <c r="C2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>283</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>284</v>
+      </c>
+      <c r="H2" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>280</v>
+      </c>
+      <c r="B3" t="s">
+        <v>286</v>
+      </c>
+      <c r="C3" t="s">
+        <v>287</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>288</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>289</v>
+      </c>
+      <c r="H3" t="s">
+        <v>290</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>