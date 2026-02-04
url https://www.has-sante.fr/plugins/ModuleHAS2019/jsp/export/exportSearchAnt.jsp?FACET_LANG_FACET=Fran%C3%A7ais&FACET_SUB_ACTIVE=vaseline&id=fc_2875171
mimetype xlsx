--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Études et Rapports" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="410">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="720" uniqueCount="411">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -959,186 +959,189 @@
   <si>
     <t>06/01/2010 00:00:00</t>
   </si>
   <si>
     <t>02/04/2010 13:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_938884/fr/ald-n-10-syndromes-drepanocytaires-majeurs-de-l-adulte</t>
   </si>
   <si>
     <t>c_938884</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Évaluation d'actes d’odontologie conservatrice, coiffe pédodontique, pulpotomie thérapeutique</t>
   </si>
   <si>
     <t>L’objectif de l’évaluation était de donner un avis à l’assurance maladie sur 5 actes d’odontologie, en vue de leur remboursement.</t>
   </si>
   <si>
     <t>04/12/2025 00:00:00</t>
   </si>
   <si>
+    <t>11/12/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784577/fr/evaluation-d-actes-d-odontologie-conservatrice-coiffe-pedodontique-pulpotomie-therapeutique</t>
+  </si>
+  <si>
+    <t>p_3784577</t>
+  </si>
+  <si>
+    <t>Pansements pour plaies suturées, à la suite d’une intervention chirurgicale - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré cette fiche de bon usage à la demande de la Caisse Nationale d’Assurance Maladie afin de compléter la fiche intitulée « Les pansements : Indications et utilisations recommandées », qui ne détaillait pas les stratégies et les pansements recommandés sur une plaie suturée après une chirurgie.</t>
+  </si>
+  <si>
+    <t>01/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394796/fr/pansements-pour-plaies-suturees-a-la-suite-d-une-intervention-chirurgicale-fiche-buts</t>
+  </si>
+  <si>
+    <t>p_3394796</t>
+  </si>
+  <si>
+    <t>Les pansements : Indications et utilisations recommandées - Fiche BUTS</t>
+  </si>
+  <si>
+    <t>La HAS a procédé à la réévaluation des descriptions génériques des articles pour pansements. Ceci a permis de préciser les indications des pansements primaires, placés au contact direct de la plaie, et des pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>01/03/2010 12:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1438004/fr/les-pansements-indications-et-utilisations-recommandees-fiche-buts</t>
+  </si>
+  <si>
+    <t>r_1438004</t>
+  </si>
+  <si>
+    <t>Évaluation des dispositifs médicaux et prestations associées pour l’oxygénothérapie à domicile</t>
+  </si>
+  <si>
+    <t>Les objectifs de l’évaluation sont : d’évaluer l'intérêt des prestations et des dispositifs médicaux de l’oxygénothérapie à domicile en définissant leurs indications, leur rapport effet thérapeutique/risques, leur place dans la stratégie thérapeutique, d’évaluer leur intérêt en santé publique en prenant en compte la gravité de la pathologie et selon que le besoin est déjà couvert ou non, de définir le contenu des prestations en fonction des indications, de définir des caractéristiques techniques communes à une même catégorie de dispositifs utilisés dans les mêmes indications, de préciser, si besoin, des conditions de prescription et d'utilisation, de comparer les dispositifs entre eux au sein d'une même indication, d’estimer les populations cibles. L’objectif final de cette évaluation est de proposer une mise à jour des modalités de remboursement des dispositifs et des prestations d’oxygénothérapie sur la LPPR.</t>
+  </si>
+  <si>
+    <t>17/04/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2012 14:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265304/fr/evaluation-des-dispositifs-medicaux-et-prestations-associees-pour-l-oxygenotherapie-a-domicile</t>
+  </si>
+  <si>
+    <t>c_1265304</t>
+  </si>
+  <si>
+    <t>Évaluation des pansements</t>
+  </si>
+  <si>
+    <t>La révision des descriptions génériques des articles pour pansements a été réalisée dans le cadre de l’arrêté du 25 juillet 2005. Elle a concerné les pansements primaires, placés au contact direct de la plaie, et les pansements secondaires et matériels de fixation/maintien. Les pansements disposant d’une AMM (ou médicaments présentés sous forme de pansement) étaient hors du champ d’investigation.</t>
+  </si>
+  <si>
+    <t>03/10/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/11/2008 13:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717899/fr/evaluation-des-pansements</t>
+  </si>
+  <si>
+    <t>c_717899</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 1er juillet 2015</t>
+  </si>
+  <si>
+    <t>24/06/2015 17:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040932/fr/commission-de-la-transparence-reunion-du-1er-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2040932</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 février 2015</t>
+  </si>
+  <si>
+    <t>30/01/2015 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009376/fr/commission-de-la-transparence-reunion-du-4-fevrier-2015</t>
+  </si>
+  <si>
+    <t>c_2009376</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 juillet 2009</t>
+  </si>
+  <si>
+    <t>08/07/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748561/fr/commission-de-la-transparence-reunion-du-8-juillet-2009</t>
+  </si>
+  <si>
+    <t>c_748561</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n°2025.0063/AC/SEAP du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de l’acte de traitement restaurateur atraumatique</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé adoptant la publication accessible par le lien situé dans l'encadré "Voir aussi"</t>
+  </si>
+  <si>
+    <t>04/12/2025 18:27:00</t>
+  </si>
+  <si>
     <t>11/12/2025 11:02:34</t>
-  </si>
-[...133 lines deleted...]
-    <t>04/12/2025 18:27:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3784830/fr/avis-n2025-0063/ac/seap-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-inscription-sur-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-de-l-acte-de-traitement-restaurateur-atraumatique</t>
   </si>
   <si>
     <t>p_3784830</t>
   </si>
   <si>
     <t>Avis n° 2019.0030/AC/SA3P du 22 mai 2019 du collège de la Haute Autorité de santé relatif au protocole de coopération « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive »</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-2 du code de la santé publique, le Directeur général de l'ARS Bourgogne Franche-Comté a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération entre professionnels de santé « Réalisation des manométries oesophagienne, ano-rectale et pHmétrie, par des infirmier(e)s du service d’exploration fonctionnelle digestive » Professionnels concernés : Médecin Infirmier</t>
   </si>
   <si>
     <t>22/05/2019 00:00:00</t>
   </si>
   <si>
     <t>01/08/2019 12:05:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3083226/fr/avis-n-2019-0030/ac/sa3p-du-22-mai-2019-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-realisation-des-manometries-oesophagienne-ano-rectale-et-phmetrie-par-des-infirmier-e-s-du-service-d-exploration-fonctionnelle-digestive</t>
   </si>
   <si>
     <t>p_3083226</t>
   </si>
@@ -3410,369 +3413,369 @@
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>351</v>
       </c>
       <c r="B2" t="s">
         <v>352</v>
       </c>
       <c r="C2" t="s">
         <v>353</v>
       </c>
       <c r="D2" t="s">
         <v>354</v>
       </c>
       <c r="E2" t="s">
-        <v>309</v>
+        <v>355</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>351</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C3" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D3" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="E3" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H3" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="H2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:N5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
       <c r="K1" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B2" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C2" t="s">
         <v>15</v>
       </c>
       <c r="D2" t="s">
         <v>15</v>
       </c>
       <c r="E2" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F2" t="s">
         <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H2" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="I2" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="J2" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="K2" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="L2" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="M2" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B3" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C3" t="s">
         <v>15</v>
       </c>
       <c r="D3" t="s">
         <v>15</v>
       </c>
       <c r="E3" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="F3" t="s">
         <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="H3" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="I3" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J3" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="K3" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="L3" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="M3" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="N3" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B4" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C4" t="s">
         <v>15</v>
       </c>
       <c r="D4" t="s">
         <v>15</v>
       </c>
       <c r="E4" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="F4" t="s">
         <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="H4" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="I4" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="J4" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="K4" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L4" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M4" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="N4" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="B5" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>15</v>
       </c>
       <c r="E5" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="F5" t="s">
         <v>15</v>
       </c>
       <c r="G5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="J5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="K5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="L5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="M5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="N5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>