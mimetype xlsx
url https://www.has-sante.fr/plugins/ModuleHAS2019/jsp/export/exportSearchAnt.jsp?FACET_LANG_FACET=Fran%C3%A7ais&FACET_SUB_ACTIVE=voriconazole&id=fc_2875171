--- v0 (2025-11-04)
+++ v1 (2025-11-04)
@@ -1,595 +1,247 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
-[...2 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...5 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...5 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="274" uniqueCount="156">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="44">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Acquired and inherited aplastic anemia</t>
+  </si>
+  <si>
+    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/08/2024 17:27:00</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
+    <t>05/04/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
-[...134 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Update of laboratory medicine procedures related to the diagnosis of invasive candidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the assessment request made by the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) for review of procedures listed in the Nomenclature of Procedures in Laboratory Medicine (NABM), this work focused on assessing the proposed changes to the wording for laboratory diagnosis of candidiasis. This request concerns only screening for anti-Candida serum antibodies and soluble antigens, and does not deal with mycological identification procedures</t>
+  </si>
+  <si>
+    <t>10/04/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>10/18/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the accuracy of biological techniques for the diagnosis of Aspergillus (fungal diseases). It focuses on detection of fungal proteins (named soluble antigens) in blood or other biological fluids and on specific Aspergillus antibodies detection in serum. This study was conducted with a view to inclusions or changes in the List of Procedures in Laboratory Medicine reimbursed by the National Health Insurance System in France</t>
+  </si>
+  <si>
+    <t>05/31/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>06/09/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...209 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2642077/fr/voriconazole-arrow-voriconazole</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>VFEND IV (voriconazole), antifongique triazolé</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984078/fr/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
   <si>
     <t>pprd_2984078</t>
   </si>
   <si>
     <t>N/R,-,voriconazole</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399664/fr/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2640148/fr/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/en/vfend</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/en/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/en/vfend-voriconazole-antifungal-agent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -603,957 +255,234 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="3">
-[...154 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="B2" t="s">
-        <v>48</v>
+        <v>16</v>
       </c>
       <c r="C2" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="D2" t="s">
-        <v>50</v>
+        <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>51</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>52</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
-        <v>53</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>15</v>
+      </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>24</v>
+      </c>
+      <c r="E3" t="s">
+        <v>25</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>26</v>
+      </c>
+      <c r="H3" t="s">
+        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:P2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>28</v>
+      </c>
+      <c r="J1" t="s">
+        <v>29</v>
+      </c>
+      <c r="K1" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>54</v>
+        <v>31</v>
       </c>
       <c r="B2" t="s">
-        <v>55</v>
+        <v>32</v>
       </c>
       <c r="C2" t="s">
-        <v>56</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>57</v>
+        <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>58</v>
+        <v>33</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>59</v>
+        <v>34</v>
       </c>
       <c r="H2" t="s">
-        <v>60</v>
-[...120 lines deleted...]
-        <v>78</v>
+        <v>35</v>
       </c>
       <c r="I2" t="s">
-        <v>79</v>
-[...412 lines deleted...]
-        <v>130</v>
+        <v>36</v>
       </c>
       <c r="J2" t="s">
-        <v>131</v>
+        <v>37</v>
       </c>
       <c r="K2" t="s">
-        <v>132</v>
+        <v>38</v>
       </c>
       <c r="L2" t="s">
-        <v>133</v>
+        <v>39</v>
       </c>
       <c r="M2" t="s">
-        <v>134</v>
+        <v>40</v>
       </c>
       <c r="N2" t="s">
-        <v>135</v>
+        <v>41</v>
       </c>
       <c r="O2" t="s">
-        <v>136</v>
+        <v>42</v>
       </c>
       <c r="P2" t="s">
-        <v>137</v>
-[...67 lines deleted...]
-        <v>155</v>
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>