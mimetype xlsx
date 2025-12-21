--- v1 (2025-11-04)
+++ v2 (2025-12-21)
@@ -1,247 +1,610 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Chronic disease guide" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId7" sheetId="5"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="67" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="282" uniqueCount="161">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...5 lines deleted...]
-    <t>This national diagnosis and care protocol (PNDS) explains to the professionals concerned the optimal diagnostic and therapeutic management and care pathway of a patient suffering from acquired (AMA) or constitutional (AMC) bone marrow aplasia (BMA). It was drawn up by the reference center for acquired and constitutional bone marrow aplasia, using a methodology proposed by the French National Authority for Health (HAS). It has not been validated by the HAS, which did not participate in its development.</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/04/2024 18:03:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3431519/en/acquired-and-inherited-aplastic-anemia</t>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Péricardites Récidivantes</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de PéR. Il a été élaboré sous l’égide de : Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) Et de la Filière de santé des maladies cardiaques héréditaires ou rares (Cardiogen) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 14:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3777808/fr/pericardites-recidivantes</t>
+  </si>
+  <si>
+    <t>p_3777808</t>
+  </si>
+  <si>
+    <t>Neutropénies chroniques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de neutropénie chronique. Il a été élaboré par le Centre de Référence Maladies Rares Neutropénies Chroniques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3522408/fr/neutropenies-chroniques</t>
+  </si>
+  <si>
+    <t>p_3522408</t>
+  </si>
+  <si>
+    <t>Aplasies médullaires acquises et constitutionnelles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) acquise (AMA) ou constitutionnelle (AMC). Il a été élaboré par le centre de référence des aplasies médullaires acquises et constitutionnelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/05/2024 18:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3431519/fr/aplasies-medullaires-acquises-et-constitutionnelles</t>
   </si>
   <si>
     <t>p_3431519</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2746956/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-invasive-candidiasis-inahta-brief</t>
+    <t>Fièvre Méditerranéenne Familiale (FMF)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de fièvre méditerranéenne familiale. Il a été élaboré sous l’égide du : Centre de référence des maladies rares auto-inflammatoires et de l’amylose inflammatoire (CeReMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390303/fr/fievre-mediterraneenne-familiale-fmf</t>
+  </si>
+  <si>
+    <t>p_3390303</t>
+  </si>
+  <si>
+    <t>Aspergillose broncho-pulmonaire allergique (hors mucoviscidose)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aspergillose broncho-pulmonaire allergique (hors mucoviscidose). Il a été élaboré par le Centre de référence des maladies pulmonaires rares – OrphaLungs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289862/fr/aspergillose-broncho-pulmonaire-allergique-hors-mucoviscidose</t>
+  </si>
+  <si>
+    <t>p_3289862</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Guide parcours de soins Fibrillation atriale</t>
+  </si>
+  <si>
+    <t>Les objectifs de ce guide sont d’expliciter les différentes étapes de prise en charge d’un malade ayant une fibrillation atriale (FA) en médecine de ville et notamment en médecine générale et de rendre compte de la multidisciplinarité de la prise en charge ainsi que des principes et des modalités de coordination et de coopération entre les professionnels impliqués.</t>
+  </si>
+  <si>
+    <t>19/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>22/05/2014 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1741768/fr/guide-parcours-de-soins-fibrillation-atriale</t>
+  </si>
+  <si>
+    <t>c_1741768</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prévention vasculaire après un infarctus cérébral ou un accident ischémique transitoire</t>
+  </si>
+  <si>
+    <t>Les recommandations portent sur la prévention secondaire des événements vasculaires (accident vasculaire cérébral, infarctus du myocarde et décès d’origine vasculaire), parce que l’infarctus cérébral confère non seulement un risque élevé de récidive, mais aussi un risque conséquent d’infarctus du myocarde et de décès d’origine vasculaire.</t>
+  </si>
+  <si>
+    <t>07/06/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>13/06/2018 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1252051/fr/prevention-vasculaire-apres-un-infarctus-cerebral-ou-un-accident-ischemique-transitoire</t>
+  </si>
+  <si>
+    <t>c_1252051</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblé des panels de gènes en pharmacogénétique des traitements d’oncologie et des soins de support des leucémies aiguës – Recherche des variants génétiques constitutionnels</t>
+  </si>
+  <si>
+    <t>L’objectif de cette évaluation était de déterminer l’intérêt médical du séquençage haut débit ciblé (SHD) des panels de gènes afin d’identifier les variants génétiques impliqués dans la pharmacogénétique des traitements des leucémies aiguës et des soins de support. Il s'agissait de définir : la composition des panels de gènes d’intérêt à séquencer et à analyser par SHD (à partir d’un prélèvement sanguin) ; la pertinence du recours aux analyses de panels de gènes par SHD au regard d‘autres techniques utilisées ; la place des analyses de panels de gènes dans la stratégie de prise en charge thérapeutique des leucémies aiguës.</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637474/fr/sequencage-haut-debit-cible-des-panels-de-genes-en-pharmacogenetique-des-traitements-d-oncologie-et-des-soins-de-support-des-leucemies-aigues-recherche-des-variants-genetiques-constitutionnels</t>
+  </si>
+  <si>
+    <t>p_3637474</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des candidoses invasives</t>
+  </si>
+  <si>
+    <t>Ce travail a porté sur l’évaluation des propositions de modification des libellés concernant le diagnostic biologique de candidose. Cette demande concernait uniquement la recherche des anticorps sériques anti-Candida et des antigènes solubles et ne traite pas des actes d’identification mycologique.</t>
+  </si>
+  <si>
+    <t>04/10/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2017 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2746956/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-candidoses-invasives</t>
   </si>
   <si>
     <t>c_2746956</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Aspergillus diseases - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2736666/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-aspergillus-diseases-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des infections à Aspergillus</t>
+  </si>
+  <si>
+    <t>Pour modification de la Nomenclature des actes de biologie médicale (NABM) concernant les actes de diagnostic biologique des infections dues aux champignons filamenteux du genre Aspergillus, la HAS a évalué les techniques directes de recherche d’antigènes solubles spécifiques dans le sang (et les autres liquides biologiques) ainsi que les techniques indirectes de recherche des anticorps sériques spécifiques.</t>
+  </si>
+  <si>
+    <t>31/05/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/06/2017 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2736666/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-infections-a-aspergillus</t>
   </si>
   <si>
     <t>c_2736666</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 mai 2016</t>
+  </si>
+  <si>
+    <t>20/05/2016 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632843/fr/commission-de-la-transparence-reunion-du-25-mai-2016</t>
+  </si>
+  <si>
+    <t>c_2632843</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 février 2016</t>
+  </si>
+  <si>
+    <t>27/01/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2590295/fr/commission-de-la-transparence-reunion-du-3-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2590295</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juillet 2015</t>
+  </si>
+  <si>
+    <t>15/07/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2046188/fr/commission-de-la-transparence-reunion-du-22-juillet-2015</t>
+  </si>
+  <si>
+    <t>c_2046188</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 juillet 2012</t>
+  </si>
+  <si>
+    <t>Retrait des demandes d'inscription des spécialités MULTAQ et CLAREAL par les laboratoires exploitants. Les projet d'avis sont annexés au compte-rendu</t>
+  </si>
+  <si>
+    <t>04/07/2012 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1265267/fr/commission-de-la-transparence-reunion-du-4-juillet-2012</t>
+  </si>
+  <si>
+    <t>c_1265267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 septembre 2009</t>
+  </si>
+  <si>
+    <t>09/09/2009 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_840805/fr/commission-de-la-transparence-reunion-du-9-septembre-2009</t>
+  </si>
+  <si>
+    <t>c_840805</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2023.0185/DC/SEM du 11 mai 2023 du collège de la Haute Autorité de santé portant refus de la demande d’autorisation d’accès précoce de la spécialité REZAFUNGINE MUNDIPHARMA</t>
+  </si>
+  <si>
+    <t>Autorisation d’accès précoce refusée à la spécialité REZAFUNGINE MUNDIPHARMA dans l'indication « Traitement des patients adultes (≥ 18 ans) atteints de candidose invasive ou de candidémie dont l’abord veineux est difficile (ne pouvant recevoir quotidiennement un traitement antifongique par voie IV) ».</t>
+  </si>
+  <si>
+    <t>11/05/2023 09:39:00</t>
+  </si>
+  <si>
+    <t>15/05/2023 14:13:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3434520/fr/decision-n2023-0185/dc/sem-du-11-mai-2023-du-college-de-la-haute-autorite-de-sante-portant-refus-de-la-demande-d-autorisation-d-acces-precoce-de-la-specialite-rezafungine-mundipharma</t>
+  </si>
+  <si>
+    <t>p_3434520</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Traitement de la Covid-19</t>
+  </si>
+  <si>
+    <t>Cette fiche a pour objectif d’accompagner les professionnels de santé dans la conduite du traitement contre la Covid 19, en ambulatoire comme dans les établissements de santé. Cette réponse rapide actualise la fiche Réponses rapides sur le traitement par Paxlovid® des patients à risque de forme grave de Covid-19 (dernière actualisation le 21 décembre 2023).</t>
+  </si>
+  <si>
+    <t>23/06/2023 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447571/fr/traitement-de-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3447571</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>VORICONAZOLE (voriconazole)</t>
+  </si>
+  <si>
+    <t>06/03/2020 13:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983731/fr/voriconazole-voriconazole</t>
+  </si>
+  <si>
+    <t>pprd_2983731</t>
+  </si>
+  <si>
+    <t>voriconazole</t>
+  </si>
+  <si>
+    <t>REDDY PHARMA SAS / ARROW GENERIQUES / ACCORD HEALTHCARE FRANCE SAS / TEVA SANTE / MYLAN / FRESENIUS KABI FRANCE / OHRE PHARMA / PANPHARMA / SANDOZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581329/fr/voriconazole-accord-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611692/fr/voriconazole-accord-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642050/fr/voriconazole-sandoz-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642062/fr/voriconazole-ohre-pharma-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655923/fr/voriconazole-xellia-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671794/fr/voriconazole-ohre-pharma-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671806/fr/voriconazole-fresenius-kabi-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671815/fr/voriconazole-mylan-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745885/fr/voriconazole-teva-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745888/fr/voriconazole-dr-reddy-s-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152695/fr/voriconazole-arrow-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2642077/fr/voriconazole-arrow-voriconazole</t>
   </si>
   <si>
     <t>VFEND IV (voriconazole), antifongique triazolé</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984078/en/vfend-iv-voriconazole-antifongique-triazole</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984078/fr/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
   <si>
     <t>pprd_2984078</t>
   </si>
   <si>
     <t>N/R,-,voriconazole</t>
   </si>
   <si>
     <t>PFIZER PFE FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399664/en/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2640148/en/vfend-iv-voriconazole-triazole-antifungal</t>
+    <t>https://www.has-sante.fr/jcms/c_399664/fr/vfend-50-mg-200-mg-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_477584/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558835/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559121/fr/vfend-n/r/-/-voriconazole</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055712/fr/vfend-voriconazole-antifongique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2640148/fr/vfend-iv-voriconazole-antifongique-triazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -255,234 +618,983 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>18</v>
+      </c>
+      <c r="H3" t="s">
+        <v>19</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>22</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>23</v>
+      </c>
+      <c r="H4" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>32</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>33</v>
+      </c>
+      <c r="H6" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C8" t="s">
+        <v>41</v>
+      </c>
+      <c r="D8" t="s">
+        <v>42</v>
+      </c>
+      <c r="E8" t="s">
+        <v>43</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>44</v>
+      </c>
+      <c r="H8" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C9" t="s">
+        <v>47</v>
+      </c>
+      <c r="D9" t="s">
+        <v>48</v>
+      </c>
+      <c r="E9" t="s">
+        <v>49</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>50</v>
+      </c>
+      <c r="H9" t="s">
+        <v>51</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="B2" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="C2" t="s">
-        <v>17</v>
+        <v>54</v>
       </c>
       <c r="D2" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="E2" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>20</v>
+        <v>57</v>
       </c>
       <c r="H2" t="s">
-        <v>21</v>
-[...25 lines deleted...]
-        <v>27</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>31</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>32</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>34</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>35</v>
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>59</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>67</v>
+      </c>
+      <c r="D3" t="s">
+        <v>68</v>
+      </c>
+      <c r="E3" t="s">
+        <v>69</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>70</v>
+      </c>
+      <c r="H3" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>59</v>
+      </c>
+      <c r="B4" t="s">
+        <v>72</v>
+      </c>
+      <c r="C4" t="s">
+        <v>73</v>
+      </c>
+      <c r="D4" t="s">
+        <v>74</v>
+      </c>
+      <c r="E4" t="s">
+        <v>75</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>76</v>
+      </c>
+      <c r="H4" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
       </c>
       <c r="I2" t="s">
-        <v>36</v>
+        <v>84</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>79</v>
+      </c>
+      <c r="B3" t="s">
+        <v>85</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>86</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>87</v>
+      </c>
+      <c r="H3" t="s">
+        <v>88</v>
+      </c>
+      <c r="I3" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>79</v>
+      </c>
+      <c r="B4" t="s">
+        <v>89</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>90</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>91</v>
+      </c>
+      <c r="H4" t="s">
+        <v>92</v>
+      </c>
+      <c r="I4" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>79</v>
+      </c>
+      <c r="B5" t="s">
+        <v>93</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>94</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>95</v>
+      </c>
+      <c r="H5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>79</v>
+      </c>
+      <c r="B6" t="s">
+        <v>97</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>98</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>99</v>
+      </c>
+      <c r="H6" t="s">
+        <v>100</v>
+      </c>
+      <c r="I6" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>79</v>
+      </c>
+      <c r="B7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>102</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>103</v>
+      </c>
+      <c r="H7" t="s">
+        <v>104</v>
+      </c>
+      <c r="I7" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>79</v>
+      </c>
+      <c r="B8" t="s">
+        <v>105</v>
+      </c>
+      <c r="C8" t="s">
+        <v>106</v>
+      </c>
+      <c r="D8" t="s">
+        <v>11</v>
+      </c>
+      <c r="E8" t="s">
+        <v>107</v>
+      </c>
+      <c r="F8" t="s">
+        <v>11</v>
+      </c>
+      <c r="G8" t="s">
+        <v>108</v>
+      </c>
+      <c r="H8" t="s">
+        <v>109</v>
+      </c>
+      <c r="I8" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>79</v>
+      </c>
+      <c r="B9" t="s">
+        <v>110</v>
+      </c>
+      <c r="C9" t="s">
+        <v>11</v>
+      </c>
+      <c r="D9" t="s">
+        <v>11</v>
+      </c>
+      <c r="E9" t="s">
+        <v>111</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
+        <v>112</v>
+      </c>
+      <c r="H9" t="s">
+        <v>113</v>
+      </c>
+      <c r="I9" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>114</v>
+      </c>
+      <c r="B2" t="s">
+        <v>115</v>
+      </c>
+      <c r="C2" t="s">
+        <v>116</v>
+      </c>
+      <c r="D2" t="s">
+        <v>117</v>
+      </c>
+      <c r="E2" t="s">
+        <v>118</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>119</v>
+      </c>
+      <c r="H2" t="s">
+        <v>120</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>121</v>
+      </c>
+      <c r="B2" t="s">
+        <v>122</v>
+      </c>
+      <c r="C2" t="s">
+        <v>123</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>126</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:V3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>127</v>
+      </c>
+      <c r="J1" t="s">
+        <v>128</v>
+      </c>
+      <c r="K1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+      <c r="I2" t="s">
+        <v>135</v>
       </c>
       <c r="J2" t="s">
-        <v>37</v>
+        <v>136</v>
       </c>
       <c r="K2" t="s">
-        <v>38</v>
+        <v>137</v>
       </c>
       <c r="L2" t="s">
-        <v>39</v>
+        <v>138</v>
       </c>
       <c r="M2" t="s">
-        <v>40</v>
+        <v>139</v>
       </c>
       <c r="N2" t="s">
-        <v>41</v>
+        <v>140</v>
       </c>
       <c r="O2" t="s">
-        <v>42</v>
+        <v>141</v>
       </c>
       <c r="P2" t="s">
-        <v>43</v>
+        <v>142</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>143</v>
+      </c>
+      <c r="R2" t="s">
+        <v>144</v>
+      </c>
+      <c r="S2" t="s">
+        <v>145</v>
+      </c>
+      <c r="T2" t="s">
+        <v>146</v>
+      </c>
+      <c r="U2" t="s">
+        <v>147</v>
+      </c>
+      <c r="V2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>150</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>151</v>
+      </c>
+      <c r="H3" t="s">
+        <v>152</v>
+      </c>
+      <c r="I3" t="s">
+        <v>153</v>
+      </c>
+      <c r="J3" t="s">
+        <v>154</v>
+      </c>
+      <c r="K3" t="s">
+        <v>155</v>
+      </c>
+      <c r="L3" t="s">
+        <v>156</v>
+      </c>
+      <c r="M3" t="s">
+        <v>157</v>
+      </c>
+      <c r="N3" t="s">
+        <v>158</v>
+      </c>
+      <c r="O3" t="s">
+        <v>159</v>
+      </c>
+      <c r="P3" t="s">
+        <v>160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>