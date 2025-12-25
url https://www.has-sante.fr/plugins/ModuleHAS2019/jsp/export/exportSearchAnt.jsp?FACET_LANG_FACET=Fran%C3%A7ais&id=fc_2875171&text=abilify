--- v0 (2025-11-10)
+++ v1 (2025-12-25)
@@ -21,51 +21,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
     <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="611" uniqueCount="361">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="378">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -788,50 +788,71 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_400016/fr/risperdalconsta-lp-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400339/fr/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
   </si>
   <si>
     <t>OKEDI (rispéridone)</t>
   </si>
   <si>
     <t>12/12/2022 08:33:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395204/fr/okedi-risperidone</t>
   </si>
   <si>
     <t>p_3395204</t>
   </si>
   <si>
     <t>ROVI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3395167/fr/okedi-risperidone-schizophrenie</t>
   </si>
   <si>
+    <t>RXULTI (brexpiprazole)</t>
+  </si>
+  <si>
+    <t>28/11/2025 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3767233/fr/rxulti-brexpiprazole</t>
+  </si>
+  <si>
+    <t>p_3767233</t>
+  </si>
+  <si>
+    <t>brexpiprazole</t>
+  </si>
+  <si>
+    <t>OTSUKA PHARMACEUTICAL FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742005/fr/rxulti-brexpiprazole-schizophrenie-chez-les-adultes-et-les-adolescents-ages-de-13-ans-et-plus</t>
+  </si>
+  <si>
     <t>ACEMAP (penfluridol)</t>
   </si>
   <si>
     <t>13/06/2025 16:45:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609905/fr/acemap-penfluridol</t>
   </si>
   <si>
     <t>p_3609905</t>
   </si>
   <si>
     <t>penfluridol</t>
   </si>
   <si>
     <t>INTSEL CHIMOS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609556/fr/acemap-penfluridol-schizophrenie</t>
   </si>
   <si>
     <t>LOXAPAC (loxapine (succinate de))</t>
   </si>
   <si>
     <t>12/05/2023 15:44:08</t>
@@ -875,129 +896,159 @@
   <si>
     <t>pprd_2984438</t>
   </si>
   <si>
     <t>zuclopenthixol (décanoate de)</t>
   </si>
   <si>
     <t>LUNDBECK SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_618022/fr/clopixol-zuclopenthixol-decanoate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1339965/fr/clopixol-zuclopenthixol-decanoate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2055320/fr/clopixol-zuclopenthixol-decanoate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313583/fr/clopixol-zuclopenthixol</t>
   </si>
   <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
-    <t>13/01/2017 10:47:00</t>
+    <t>15/12/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
     <t>LATUDA (lurasidone (chlorhydrate de))</t>
   </si>
   <si>
     <t>19/12/2014 09:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984640/fr/latuda-lurasidone-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984640</t>
   </si>
   <si>
     <t>lurasidone (chlorhydrate de)</t>
   </si>
   <si>
     <t>TAKEDA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1792838/fr/latuda-lurasidone-antipsychotique-par-voie-orale</t>
   </si>
   <si>
     <t>REAGILA (cariprazine)</t>
   </si>
   <si>
     <t>14/02/2019 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982879/fr/reagila-cariprazine</t>
   </si>
   <si>
     <t>pprd_2982879</t>
   </si>
   <si>
     <t>cariprazine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904637/fr/reagila-cariprazine-antipsychotique</t>
   </si>
   <si>
-    <t>LORAZEPAM XILMAC (lorazépam)</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3457344/fr/lorazepam-xilmac-lorazepam</t>
+    <t>LORAZEPAM (lorazépam)</t>
+  </si>
+  <si>
+    <t>01/12/2025 14:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457344/fr/lorazepam-lorazepam</t>
   </si>
   <si>
     <t>p_3457344</t>
   </si>
   <si>
     <t>lorazépam</t>
   </si>
   <si>
-    <t>LABORATOIRES DELBERT</t>
+    <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457064/fr/lorazepam-xilmac-lorazepam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3750739/fr/lorazepam-arrow-lorazepam-anxiete</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399333/fr/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
+  </si>
+  <si>
+    <t>ADAFLEX (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:06:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
+  </si>
+  <si>
+    <t>p_3742069</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
   </si>
   <si>
     <t>TREVICTA (palmitate de palipéridone)</t>
   </si>
   <si>
     <t>27/07/2023 10:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983913/fr/trevicta-palmitate-de-paliperidone</t>
   </si>
   <si>
     <t>pprd_2983913</t>
   </si>
   <si>
     <t>palipéridone (palmitate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678886/fr/trevicta-paliperidone-antipsychotique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452869/fr/trevicta-palmitate-de-paliperidone-schizophrenie</t>
   </si>
   <si>
     <t>BYANNLI (palmitate de palipéridone)</t>
   </si>
@@ -2215,51 +2266,51 @@
       </c>
       <c r="E23" t="s">
         <v>153</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>154</v>
       </c>
       <c r="H23" t="s">
         <v>155</v>
       </c>
       <c r="I23" t="s">
         <v>70</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W22"/>
+  <dimension ref="A1:W24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2728,480 +2779,562 @@
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
         <v>263</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>264</v>
       </c>
       <c r="H11" t="s">
         <v>265</v>
       </c>
       <c r="I11" t="s">
         <v>266</v>
       </c>
       <c r="J11" t="s">
         <v>267</v>
       </c>
       <c r="K11" t="s">
         <v>268</v>
       </c>
-      <c r="L11" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>159</v>
       </c>
       <c r="B12" t="s">
+        <v>269</v>
+      </c>
+      <c r="C12" t="s">
+        <v>11</v>
+      </c>
+      <c r="D12" t="s">
+        <v>11</v>
+      </c>
+      <c r="E12" t="s">
+        <v>270</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
+        <v>271</v>
+      </c>
+      <c r="H12" t="s">
+        <v>272</v>
+      </c>
+      <c r="I12" t="s">
         <v>273</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="J12" t="s">
         <v>274</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="K12" t="s">
         <v>275</v>
       </c>
-      <c r="H12" t="s">
+      <c r="L12" t="s">
         <v>276</v>
       </c>
-      <c r="I12" t="s">
+      <c r="M12" t="s">
         <v>277</v>
       </c>
-      <c r="J12" t="s">
+      <c r="N12" t="s">
         <v>278</v>
       </c>
-      <c r="K12" t="s">
+      <c r="O12" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>282</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>159</v>
       </c>
       <c r="B13" t="s">
+        <v>280</v>
+      </c>
+      <c r="C13" t="s">
+        <v>11</v>
+      </c>
+      <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
+        <v>281</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
+        <v>282</v>
+      </c>
+      <c r="H13" t="s">
         <v>283</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="I13" t="s">
         <v>284</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="J13" t="s">
         <v>285</v>
       </c>
-      <c r="H13" t="s">
+      <c r="K13" t="s">
         <v>286</v>
       </c>
-      <c r="I13" t="s">
+      <c r="L13" t="s">
         <v>287</v>
       </c>
-      <c r="J13" t="s">
+      <c r="M13" t="s">
         <v>288</v>
       </c>
-      <c r="K13" t="s">
+      <c r="N13" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>159</v>
       </c>
       <c r="B14" t="s">
         <v>290</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
         <v>291</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>292</v>
       </c>
       <c r="H14" t="s">
         <v>293</v>
       </c>
       <c r="I14" t="s">
         <v>294</v>
       </c>
       <c r="J14" t="s">
         <v>295</v>
       </c>
       <c r="K14" t="s">
         <v>296</v>
       </c>
+      <c r="L14" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>159</v>
       </c>
       <c r="B15" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="H15" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="I15" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="J15" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="K15" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>159</v>
       </c>
       <c r="B16" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="H16" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="I16" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="J16" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="K16" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>159</v>
       </c>
       <c r="B17" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="H17" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="I17" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J17" t="s">
-        <v>237</v>
+        <v>317</v>
       </c>
       <c r="K17" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="L17" t="s">
-        <v>317</v>
+        <v>319</v>
+      </c>
+      <c r="M17" t="s">
+        <v>320</v>
+      </c>
+      <c r="N17" t="s">
+        <v>319</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>159</v>
       </c>
       <c r="B18" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="H18" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="I18" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="J18" t="s">
-        <v>237</v>
+        <v>326</v>
       </c>
       <c r="K18" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>159</v>
       </c>
       <c r="B19" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="H19" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="I19" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="J19" t="s">
-        <v>329</v>
+        <v>237</v>
       </c>
       <c r="K19" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="L19" t="s">
-        <v>331</v>
-[...7 lines deleted...]
-      <c r="O19" t="s">
         <v>334</v>
-      </c>
-[...13 lines deleted...]
-        <v>339</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>159</v>
       </c>
       <c r="B20" t="s">
+        <v>335</v>
+      </c>
+      <c r="C20" t="s">
+        <v>11</v>
+      </c>
+      <c r="D20" t="s">
+        <v>11</v>
+      </c>
+      <c r="E20" t="s">
+        <v>336</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
+        <v>337</v>
+      </c>
+      <c r="H20" t="s">
+        <v>338</v>
+      </c>
+      <c r="I20" t="s">
+        <v>339</v>
+      </c>
+      <c r="J20" t="s">
+        <v>237</v>
+      </c>
+      <c r="K20" t="s">
         <v>340</v>
-      </c>
-[...25 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>159</v>
       </c>
       <c r="B21" t="s">
+        <v>341</v>
+      </c>
+      <c r="C21" t="s">
+        <v>11</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>342</v>
+      </c>
+      <c r="F21" t="s">
+        <v>11</v>
+      </c>
+      <c r="G21" t="s">
+        <v>343</v>
+      </c>
+      <c r="H21" t="s">
+        <v>344</v>
+      </c>
+      <c r="I21" t="s">
+        <v>345</v>
+      </c>
+      <c r="J21" t="s">
+        <v>346</v>
+      </c>
+      <c r="K21" t="s">
         <v>347</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="L21" t="s">
         <v>348</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="M21" t="s">
         <v>349</v>
       </c>
-      <c r="H21" t="s">
+      <c r="N21" t="s">
         <v>350</v>
       </c>
-      <c r="I21" t="s">
+      <c r="O21" t="s">
         <v>351</v>
       </c>
-      <c r="J21" t="s">
+      <c r="P21" t="s">
         <v>352</v>
       </c>
-      <c r="K21" t="s">
+      <c r="Q21" t="s">
         <v>353</v>
+      </c>
+      <c r="R21" t="s">
+        <v>354</v>
+      </c>
+      <c r="S21" t="s">
+        <v>355</v>
+      </c>
+      <c r="T21" t="s">
+        <v>356</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>159</v>
       </c>
       <c r="B22" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>356</v>
+        <v>359</v>
       </c>
       <c r="H22" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="I22" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="J22" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="K22" t="s">
-        <v>360</v>
+        <v>363</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>159</v>
+      </c>
+      <c r="B23" t="s">
+        <v>364</v>
+      </c>
+      <c r="C23" t="s">
+        <v>11</v>
+      </c>
+      <c r="D23" t="s">
+        <v>11</v>
+      </c>
+      <c r="E23" t="s">
+        <v>365</v>
+      </c>
+      <c r="F23" t="s">
+        <v>11</v>
+      </c>
+      <c r="G23" t="s">
+        <v>366</v>
+      </c>
+      <c r="H23" t="s">
+        <v>367</v>
+      </c>
+      <c r="I23" t="s">
+        <v>368</v>
+      </c>
+      <c r="J23" t="s">
+        <v>369</v>
+      </c>
+      <c r="K23" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>159</v>
+      </c>
+      <c r="B24" t="s">
+        <v>371</v>
+      </c>
+      <c r="C24" t="s">
+        <v>11</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>372</v>
+      </c>
+      <c r="F24" t="s">
+        <v>11</v>
+      </c>
+      <c r="G24" t="s">
+        <v>373</v>
+      </c>
+      <c r="H24" t="s">
+        <v>374</v>
+      </c>
+      <c r="I24" t="s">
+        <v>375</v>
+      </c>
+      <c r="J24" t="s">
+        <v>376</v>
+      </c>
+      <c r="K24" t="s">
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>