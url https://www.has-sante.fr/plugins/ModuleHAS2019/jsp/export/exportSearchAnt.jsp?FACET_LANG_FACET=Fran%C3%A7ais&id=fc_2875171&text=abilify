--- v1 (2025-12-25)
+++ v2 (2026-02-16)
@@ -4,105 +4,177 @@
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
     <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="637" uniqueCount="378">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="659" uniqueCount="393">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Confusion aiguë chez la personne âgée : prise en charge initiale de l'agitation</t>
+  </si>
+  <si>
+    <t>Ces recommandations concernent la prise en charge initiale de tous les patients âgés ayant une confusion aiguë et agités, avec ou sans démence connue sous-jacente. Si la prise en charge des patients atteints de maladie d’Alzheimer ou apparentés présente des spécificités, elle donne lieu à des recommandations spécifiques. Est exclue de ces recommandations la prise en charge de la confusion aiguë postopératoire.</t>
+  </si>
+  <si>
+    <t>27/05/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>08/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_819557/fr/confusion-aigue-chez-la-personne-agee-prise-en-charge-initiale-de-l-agitation</t>
+  </si>
+  <si>
+    <t>c_819557</t>
+  </si>
+  <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
   </si>
   <si>
     <t>p_3374374</t>
   </si>
   <si>
     <t>Syndrome Gilles de la Tourette</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
   </si>
   <si>
     <t>p_3346137</t>
   </si>
   <si>
     <t>Syndrome de White-Sutton</t>
@@ -143,104 +215,50 @@
   <si>
     <t>14/10/2021 08:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
   </si>
   <si>
     <t>p_3291625</t>
   </si>
   <si>
     <t>Trisomie 21</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>29/01/2020 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
   </si>
   <si>
     <t>p_3148883</t>
   </si>
   <si>
-    <t>Recommandation de bonne pratique</t>
-[...52 lines deleted...]
-  <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Améliorer la prescription des psychotropes chez la personne âgée</t>
   </si>
   <si>
     <t>La prescription des psychotropes (anxiolytiques, hypnotiques, neuroleptiques, antidépresseurs pour l’essentiel) constitue un problème de santé majeur et complexe, particulièrement chez les personnes âgées. Afin d’améliorer les pratiques de prescription et l’usage des psychotropes, la HAS a réuni des professionnels de santé et des institutionnels, en étroite collaboration avec le ministère de la Santé, de la Jeunesse et des Sports. Les travaux conduits depuis 2006 ont permis d’établir un état des lieux des situations cliniques de prescription des psychotropes chez la personne âgée et de proposer un ensemble d’actions concertées pour les deux années à venir.</t>
   </si>
   <si>
     <t>07/11/2007 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_601523/fr/ameliorer-la-prescription-des-psychotropes-chez-la-personne-agee</t>
   </si>
   <si>
     <t>c_601523</t>
   </si>
   <si>
     <t>Type d'évènement</t>
   </si>
   <si>
     <t>Evénement de Calendrier</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 8 janvier 2020</t>
@@ -959,90 +977,117 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1792838/fr/latuda-lurasidone-antipsychotique-par-voie-orale</t>
   </si>
   <si>
     <t>REAGILA (cariprazine)</t>
   </si>
   <si>
     <t>14/02/2019 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982879/fr/reagila-cariprazine</t>
   </si>
   <si>
     <t>pprd_2982879</t>
   </si>
   <si>
     <t>cariprazine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904637/fr/reagila-cariprazine-antipsychotique</t>
   </si>
   <si>
+    <t>SLENYTO (mélatonine)</t>
+  </si>
+  <si>
+    <t>05/02/2026 18:46:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080614/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>p_3080614</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>BIOCODEX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080473/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267210/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858392/fr/slenyto-melatonine-insomnie-chez-les-enfants-et-les-adolescents-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858398/fr/slenyto-melatonine-insomnie-liee-a-des-troubles-neurogenetiques-chez-les-enfants-et-les-adolescents-de-2-a-18-ans</t>
+  </si>
+  <si>
     <t>LORAZEPAM (lorazépam)</t>
   </si>
   <si>
     <t>01/12/2025 14:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457344/fr/lorazepam-lorazepam</t>
   </si>
   <si>
     <t>p_3457344</t>
   </si>
   <si>
     <t>lorazépam</t>
   </si>
   <si>
     <t>ARROW GENERIQUES / BIOGARAN / LABORATOIRES DELBERT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457064/fr/lorazepam-xilmac-lorazepam-premedication</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3750739/fr/lorazepam-arrow-lorazepam-anxiete</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399333/fr/lorazepam-biogaran-1-mg-comprime-secable-boite-de-50</t>
   </si>
   <si>
     <t>ADAFLEX (mélatonine)</t>
   </si>
   <si>
     <t>21/11/2025 09:06:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
   </si>
   <si>
     <t>p_3742069</t>
-  </si>
-[...1 lines deleted...]
-    <t>mélatonine</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
   </si>
   <si>
     <t>TREVICTA (palmitate de palipéridone)</t>
   </si>
   <si>
     <t>27/07/2023 10:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983913/fr/trevicta-palmitate-de-paliperidone</t>
   </si>
   <si>
     <t>pprd_2983913</t>
   </si>
   <si>
     <t>palipéridone (palmitate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678886/fr/trevicta-paliperidone-antipsychotique</t>
   </si>
@@ -1205,2136 +1250,2206 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C4" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
       <c r="C5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="E5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="H5" t="s">
-        <v>29</v>
-[...15 lines deleted...]
-      <c r="E6" t="s">
         <v>32</v>
-      </c>
-[...33 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B2" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="C2" t="s">
-        <v>42</v>
+        <v>35</v>
       </c>
       <c r="D2" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>44</v>
+        <v>36</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="H2" t="s">
-        <v>46</v>
+        <v>38</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>33</v>
+      </c>
+      <c r="B3" t="s">
+        <v>39</v>
+      </c>
+      <c r="C3" t="s">
         <v>40</v>
       </c>
-      <c r="B3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>41</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>42</v>
+      </c>
+      <c r="H3" t="s">
         <v>43</v>
-      </c>
-[...10 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>40</v>
+        <v>33</v>
       </c>
       <c r="B4" t="s">
+        <v>44</v>
+      </c>
+      <c r="C4" t="s">
+        <v>45</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>46</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>47</v>
+      </c>
+      <c r="H4" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>50</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>52</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H5" t="s">
         <v>53</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>33</v>
+      </c>
+      <c r="B6" t="s">
         <v>54</v>
       </c>
-      <c r="E4" t="s">
+      <c r="C6" t="s">
         <v>55</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
         <v>56</v>
       </c>
-      <c r="H4" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>61</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>62</v>
+      </c>
+      <c r="H7" t="s">
+        <v>63</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>58</v>
+        <v>64</v>
       </c>
       <c r="B2" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="C2" t="s">
-        <v>60</v>
+        <v>66</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>61</v>
+        <v>67</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="H2" t="s">
-        <v>63</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I23"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>64</v>
+        <v>70</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B2" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="H2" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="I2" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B3" t="s">
-        <v>71</v>
+        <v>77</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>73</v>
+        <v>79</v>
       </c>
       <c r="H3" t="s">
-        <v>74</v>
+        <v>80</v>
       </c>
       <c r="I3" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B4" t="s">
-        <v>75</v>
+        <v>81</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
+        <v>82</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>83</v>
+      </c>
+      <c r="H4" t="s">
+        <v>84</v>
+      </c>
+      <c r="I4" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B5" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="H5" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="I5" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B6" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="H6" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="I6" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B7" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="H7" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I7" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B8" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="H8" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="I8" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B9" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="H9" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="I9" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B10" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="H10" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="I10" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B11" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="H11" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="I11" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B12" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="H12" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="I12" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>112</v>
+        <v>118</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>113</v>
+        <v>119</v>
       </c>
       <c r="H13" t="s">
-        <v>114</v>
+        <v>120</v>
       </c>
       <c r="I13" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B14" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="H14" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="I14" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="H15" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="I15" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B16" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="C16" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="H16" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="I16" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B17" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H17" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
       <c r="I17" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B18" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="H18" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="I18" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B19" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="H19" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="I19" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B20" t="s">
-        <v>140</v>
+        <v>146</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>141</v>
+        <v>147</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>142</v>
+        <v>148</v>
       </c>
       <c r="H20" t="s">
-        <v>143</v>
+        <v>149</v>
       </c>
       <c r="I20" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B21" t="s">
-        <v>144</v>
+        <v>150</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="H21" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
       <c r="I21" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B22" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="F22" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="H22" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="I22" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="B23" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="H23" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="I23" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W24"/>
+  <dimension ref="A1:W25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="J1" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="K1" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>163</v>
+        <v>169</v>
       </c>
       <c r="I2" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="J2" t="s">
-        <v>165</v>
+        <v>171</v>
       </c>
       <c r="K2" t="s">
-        <v>166</v>
+        <v>172</v>
       </c>
       <c r="L2" t="s">
-        <v>167</v>
+        <v>173</v>
       </c>
       <c r="M2" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="N2" t="s">
-        <v>169</v>
+        <v>175</v>
       </c>
       <c r="O2" t="s">
-        <v>170</v>
+        <v>176</v>
       </c>
       <c r="P2" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="Q2" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="R2" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="S2" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="T2" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
       <c r="U2" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="V2" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="W2" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B3" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="C3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="H3" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="I3" t="s">
-        <v>164</v>
+        <v>170</v>
       </c>
       <c r="J3" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="K3" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B4" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="F4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
       <c r="H4" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="I4" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="J4" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="K4" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="L4" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="M4" t="s">
-        <v>193</v>
+        <v>199</v>
       </c>
       <c r="N4" t="s">
-        <v>194</v>
+        <v>200</v>
       </c>
       <c r="O4" t="s">
-        <v>195</v>
+        <v>201</v>
       </c>
       <c r="P4" t="s">
-        <v>196</v>
+        <v>202</v>
       </c>
       <c r="Q4" t="s">
-        <v>197</v>
+        <v>203</v>
       </c>
       <c r="R4" t="s">
-        <v>198</v>
+        <v>204</v>
       </c>
       <c r="S4" t="s">
-        <v>199</v>
+        <v>205</v>
       </c>
       <c r="T4" t="s">
-        <v>200</v>
+        <v>206</v>
       </c>
       <c r="U4" t="s">
-        <v>201</v>
+        <v>207</v>
       </c>
       <c r="V4" t="s">
-        <v>202</v>
+        <v>208</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B5" t="s">
-        <v>203</v>
+        <v>209</v>
       </c>
       <c r="C5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>204</v>
+        <v>210</v>
       </c>
       <c r="F5" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>205</v>
+        <v>211</v>
       </c>
       <c r="H5" t="s">
-        <v>206</v>
+        <v>212</v>
       </c>
       <c r="I5" t="s">
-        <v>207</v>
+        <v>213</v>
       </c>
       <c r="J5" t="s">
-        <v>208</v>
+        <v>214</v>
       </c>
       <c r="K5" t="s">
-        <v>209</v>
+        <v>215</v>
       </c>
       <c r="L5" t="s">
-        <v>210</v>
+        <v>216</v>
       </c>
       <c r="M5" t="s">
-        <v>211</v>
+        <v>217</v>
       </c>
       <c r="N5" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B6" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
       <c r="F6" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="H6" t="s">
-        <v>216</v>
+        <v>222</v>
       </c>
       <c r="I6" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="J6" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
       <c r="K6" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="L6" t="s">
-        <v>220</v>
+        <v>226</v>
       </c>
       <c r="M6" t="s">
-        <v>221</v>
+        <v>227</v>
       </c>
       <c r="N6" t="s">
-        <v>222</v>
+        <v>228</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B7" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="C7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="F7" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>225</v>
+        <v>231</v>
       </c>
       <c r="H7" t="s">
-        <v>226</v>
+        <v>232</v>
       </c>
       <c r="I7" t="s">
-        <v>227</v>
+        <v>233</v>
       </c>
       <c r="J7" t="s">
-        <v>228</v>
+        <v>234</v>
       </c>
       <c r="K7" t="s">
-        <v>229</v>
+        <v>235</v>
       </c>
       <c r="L7" t="s">
-        <v>230</v>
+        <v>236</v>
       </c>
       <c r="M7" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B8" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="F8" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H8" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="I8" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="J8" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="K8" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="L8" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="M8" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="N8" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="O8" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="P8" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="Q8" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="R8" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="S8" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="T8" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
       <c r="U8" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B9" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="C9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
       <c r="F9" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="H9" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="I9" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="J9" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
       <c r="K9" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B10" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="C10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>256</v>
+        <v>262</v>
       </c>
       <c r="F10" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>257</v>
+        <v>263</v>
       </c>
       <c r="H10" t="s">
-        <v>258</v>
+        <v>264</v>
       </c>
       <c r="I10" t="s">
-        <v>259</v>
+        <v>265</v>
       </c>
       <c r="J10" t="s">
-        <v>260</v>
+        <v>266</v>
       </c>
       <c r="K10" t="s">
-        <v>261</v>
+        <v>267</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B11" t="s">
-        <v>262</v>
+        <v>268</v>
       </c>
       <c r="C11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>263</v>
+        <v>269</v>
       </c>
       <c r="F11" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>264</v>
+        <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>265</v>
+        <v>271</v>
       </c>
       <c r="I11" t="s">
-        <v>266</v>
+        <v>272</v>
       </c>
       <c r="J11" t="s">
-        <v>267</v>
+        <v>273</v>
       </c>
       <c r="K11" t="s">
-        <v>268</v>
+        <v>274</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B12" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="C12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="F12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>271</v>
+        <v>277</v>
       </c>
       <c r="H12" t="s">
-        <v>272</v>
+        <v>278</v>
       </c>
       <c r="I12" t="s">
-        <v>273</v>
+        <v>279</v>
       </c>
       <c r="J12" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="K12" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="L12" t="s">
-        <v>276</v>
+        <v>282</v>
       </c>
       <c r="M12" t="s">
-        <v>277</v>
+        <v>283</v>
       </c>
       <c r="N12" t="s">
-        <v>278</v>
+        <v>284</v>
       </c>
       <c r="O12" t="s">
-        <v>279</v>
+        <v>285</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B13" t="s">
-        <v>280</v>
+        <v>286</v>
       </c>
       <c r="C13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="F13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>282</v>
+        <v>288</v>
       </c>
       <c r="H13" t="s">
-        <v>283</v>
+        <v>289</v>
       </c>
       <c r="I13" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="J13" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="K13" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
       <c r="L13" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="M13" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="N13" t="s">
-        <v>289</v>
+        <v>295</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B14" t="s">
-        <v>290</v>
+        <v>296</v>
       </c>
       <c r="C14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>291</v>
+        <v>297</v>
       </c>
       <c r="F14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>292</v>
+        <v>298</v>
       </c>
       <c r="H14" t="s">
-        <v>293</v>
+        <v>299</v>
       </c>
       <c r="I14" t="s">
-        <v>294</v>
+        <v>300</v>
       </c>
       <c r="J14" t="s">
-        <v>295</v>
+        <v>301</v>
       </c>
       <c r="K14" t="s">
-        <v>296</v>
+        <v>302</v>
       </c>
       <c r="L14" t="s">
-        <v>297</v>
+        <v>303</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B15" t="s">
-        <v>298</v>
+        <v>304</v>
       </c>
       <c r="C15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>299</v>
+        <v>305</v>
       </c>
       <c r="F15" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>300</v>
+        <v>306</v>
       </c>
       <c r="H15" t="s">
-        <v>301</v>
+        <v>307</v>
       </c>
       <c r="I15" t="s">
-        <v>302</v>
+        <v>308</v>
       </c>
       <c r="J15" t="s">
-        <v>303</v>
+        <v>309</v>
       </c>
       <c r="K15" t="s">
-        <v>304</v>
+        <v>310</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B16" t="s">
-        <v>305</v>
+        <v>311</v>
       </c>
       <c r="C16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>306</v>
+        <v>312</v>
       </c>
       <c r="F16" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>307</v>
+        <v>313</v>
       </c>
       <c r="H16" t="s">
-        <v>308</v>
+        <v>314</v>
       </c>
       <c r="I16" t="s">
-        <v>309</v>
+        <v>315</v>
       </c>
       <c r="J16" t="s">
-        <v>310</v>
+        <v>316</v>
       </c>
       <c r="K16" t="s">
-        <v>311</v>
+        <v>317</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B17" t="s">
-        <v>312</v>
+        <v>318</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>313</v>
+        <v>319</v>
       </c>
       <c r="F17" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>314</v>
+        <v>320</v>
       </c>
       <c r="H17" t="s">
-        <v>315</v>
+        <v>321</v>
       </c>
       <c r="I17" t="s">
-        <v>316</v>
+        <v>322</v>
       </c>
       <c r="J17" t="s">
-        <v>317</v>
+        <v>323</v>
       </c>
       <c r="K17" t="s">
-        <v>318</v>
+        <v>324</v>
       </c>
       <c r="L17" t="s">
-        <v>319</v>
+        <v>325</v>
       </c>
       <c r="M17" t="s">
-        <v>320</v>
+        <v>326</v>
       </c>
       <c r="N17" t="s">
-        <v>319</v>
+        <v>327</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B18" t="s">
-        <v>321</v>
+        <v>328</v>
       </c>
       <c r="C18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>322</v>
+        <v>329</v>
       </c>
       <c r="F18" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>323</v>
+        <v>330</v>
       </c>
       <c r="H18" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="I18" t="s">
-        <v>325</v>
+        <v>332</v>
       </c>
       <c r="J18" t="s">
-        <v>326</v>
+        <v>333</v>
       </c>
       <c r="K18" t="s">
-        <v>327</v>
+        <v>334</v>
+      </c>
+      <c r="L18" t="s">
+        <v>335</v>
+      </c>
+      <c r="M18" t="s">
+        <v>336</v>
+      </c>
+      <c r="N18" t="s">
+        <v>335</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B19" t="s">
-        <v>328</v>
+        <v>337</v>
       </c>
       <c r="C19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>329</v>
+        <v>338</v>
       </c>
       <c r="F19" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>330</v>
+        <v>339</v>
       </c>
       <c r="H19" t="s">
-        <v>331</v>
+        <v>340</v>
       </c>
       <c r="I19" t="s">
-        <v>332</v>
+        <v>322</v>
       </c>
       <c r="J19" t="s">
-        <v>237</v>
+        <v>341</v>
       </c>
       <c r="K19" t="s">
-        <v>333</v>
-[...2 lines deleted...]
-        <v>334</v>
+        <v>342</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B20" t="s">
-        <v>335</v>
+        <v>343</v>
       </c>
       <c r="C20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>336</v>
+        <v>344</v>
       </c>
       <c r="F20" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>337</v>
+        <v>345</v>
       </c>
       <c r="H20" t="s">
-        <v>338</v>
+        <v>346</v>
       </c>
       <c r="I20" t="s">
-        <v>339</v>
+        <v>347</v>
       </c>
       <c r="J20" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="K20" t="s">
-        <v>340</v>
+        <v>348</v>
+      </c>
+      <c r="L20" t="s">
+        <v>349</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B21" t="s">
-        <v>341</v>
+        <v>350</v>
       </c>
       <c r="C21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>342</v>
+        <v>351</v>
       </c>
       <c r="F21" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>343</v>
+        <v>352</v>
       </c>
       <c r="H21" t="s">
-        <v>344</v>
+        <v>353</v>
       </c>
       <c r="I21" t="s">
-        <v>345</v>
+        <v>354</v>
       </c>
       <c r="J21" t="s">
-        <v>346</v>
+        <v>243</v>
       </c>
       <c r="K21" t="s">
-        <v>347</v>
-[...22 lines deleted...]
-      <c r="S21" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B22" t="s">
+        <v>356</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
         <v>357</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
         <v>358</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>359</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>360</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>361</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>362</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>363</v>
+      </c>
+      <c r="M22" t="s">
+        <v>364</v>
+      </c>
+      <c r="N22" t="s">
+        <v>365</v>
+      </c>
+      <c r="O22" t="s">
+        <v>366</v>
+      </c>
+      <c r="P22" t="s">
+        <v>367</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>368</v>
+      </c>
+      <c r="R22" t="s">
+        <v>369</v>
+      </c>
+      <c r="S22" t="s">
+        <v>370</v>
+      </c>
+      <c r="T22" t="s">
+        <v>371</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B23" t="s">
-        <v>364</v>
+        <v>372</v>
       </c>
       <c r="C23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>365</v>
+        <v>373</v>
       </c>
       <c r="F23" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>366</v>
+        <v>374</v>
       </c>
       <c r="H23" t="s">
-        <v>367</v>
+        <v>375</v>
       </c>
       <c r="I23" t="s">
-        <v>368</v>
+        <v>376</v>
       </c>
       <c r="J23" t="s">
-        <v>369</v>
+        <v>377</v>
       </c>
       <c r="K23" t="s">
-        <v>370</v>
+        <v>378</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
       <c r="B24" t="s">
-        <v>371</v>
+        <v>379</v>
       </c>
       <c r="C24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>372</v>
+        <v>380</v>
       </c>
       <c r="F24" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>373</v>
+        <v>381</v>
       </c>
       <c r="H24" t="s">
-        <v>374</v>
+        <v>382</v>
       </c>
       <c r="I24" t="s">
-        <v>375</v>
+        <v>383</v>
       </c>
       <c r="J24" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="K24" t="s">
-        <v>377</v>
+        <v>385</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>165</v>
+      </c>
+      <c r="B25" t="s">
+        <v>386</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>387</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>388</v>
+      </c>
+      <c r="H25" t="s">
+        <v>389</v>
+      </c>
+      <c r="I25" t="s">
+        <v>390</v>
+      </c>
+      <c r="J25" t="s">
+        <v>391</v>
+      </c>
+      <c r="K25" t="s">
+        <v>392</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>