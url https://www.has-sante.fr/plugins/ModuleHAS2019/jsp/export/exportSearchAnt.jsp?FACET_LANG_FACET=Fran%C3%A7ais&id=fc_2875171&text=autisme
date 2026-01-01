--- v0 (2025-11-17)
+++ v1 (2026-01-01)
@@ -57,51 +57,51 @@
     <sheet name="Export Article HAS" r:id="rId19" sheetId="17"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="16" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4465" uniqueCount="2669">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4664" uniqueCount="2774">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -320,50 +320,65 @@
   <si>
     <t>p_3394677</t>
   </si>
   <si>
     <t>Le déploiement de la bientraitance</t>
   </si>
   <si>
     <t>La HAS et la FORAP, la Fédération des Organismes régionaux d’Amélioration des Pratiques et des Organisations en santé proposent un guide dont l’objectif est d’accompagner les établissements dans le déploiement de la bientraitance en leur donnant les outils stratégiques et opérationnels nécessaires. Outre une démarche de déploiement d’une politique de bientraitance, le groupe propose un kit de 7 outils aux établissements qui peuvent les utiliser et les adapter en fonction de leur situation, de leur degré de développement préalable de la bientraitance, de leurs objectifs et de leurs besoins.</t>
   </si>
   <si>
     <t>24/10/2012 00:00:00</t>
   </si>
   <si>
     <t>24/10/2012 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1323996/fr/le-deploiement-de-la-bientraitance</t>
   </si>
   <si>
     <t>c_1323996</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
     <t>Syndrome KBG</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome KBG. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs - Filière de santé AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/12/2020 11:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226217/fr/syndrome-kbg</t>
   </si>
   <si>
     <t>p_3226217</t>
   </si>
   <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
@@ -710,50 +725,65 @@
   <si>
     <t>27/01/2020 14:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
   </si>
   <si>
     <t>p_3148006</t>
   </si>
   <si>
     <t>Dystrophie musculaire de Duchenne</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Duchenne.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121365/fr/dystrophie-musculaire-de-duchenne</t>
   </si>
   <si>
     <t>p_3121365</t>
   </si>
   <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
     <t>Syndrome de Myhre</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>03/10/2025 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
   </si>
   <si>
     <t>p_3689386</t>
   </si>
   <si>
     <t>Monosomie 5p</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/07/2022 13:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
@@ -1355,50 +1385,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
   </si>
   <si>
     <t>p_3493385</t>
   </si>
   <si>
     <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
   </si>
   <si>
     <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
   </si>
   <si>
     <t>23/03/2023 00:00:00</t>
   </si>
   <si>
     <t>11/12/2023 11:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
   </si>
   <si>
     <t>p_3444925</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Aggrecanopathies</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aggrecanopathies. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/10/2025 10:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689370/fr/aggrecanopathies</t>
   </si>
   <si>
     <t>p_3689370</t>
   </si>
   <si>
     <t>Mucopolysaccharidoses (MPS)</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>21/01/2025 08:28:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
@@ -3320,239 +3365,416 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>SESSAD AUTISME ADSEA LA CONVENTION</t>
+  </si>
+  <si>
+    <t>17/12/2025 05:05:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15257_FicheESSMS/fr/sessad-autisme-adsea-la-convention</t>
+  </si>
+  <si>
+    <t>15257_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>32000 AUCH</t>
+  </si>
+  <si>
+    <t>AUCH</t>
+  </si>
+  <si>
+    <t>32</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>320004955</t>
+  </si>
+  <si>
+    <t>SESSAD AUTISME ET TED</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15171_FicheESSMS/fr/sessad-autisme-et-ted</t>
+  </si>
+  <si>
+    <t>15171_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20620 BIGUGLIA</t>
+  </si>
+  <si>
+    <t>BIGUGLIA</t>
+  </si>
+  <si>
+    <t>2B</t>
+  </si>
+  <si>
+    <t>2B0005318</t>
+  </si>
+  <si>
+    <t>SAMSAH AUTISME LA MAISON DU PARC</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14820_FicheESSMS/fr/samsah-autisme-la-maison-du-parc</t>
+  </si>
+  <si>
+    <t>14820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De La Gare</t>
+  </si>
+  <si>
+    <t>63400 CHAMALIERES</t>
+  </si>
+  <si>
+    <t>CHAMALIERES</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>630013043</t>
+  </si>
+  <si>
     <t>CENTRE DE RESSOURCES POUR L'AUTISME</t>
   </si>
   <si>
     <t>07/11/2025 16:26:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14437_FicheESSMS/fr/centre-de-ressources-pour-l-autisme</t>
   </si>
   <si>
     <t>14437_FicheESSMS</t>
   </si>
   <si>
     <t>3 Rue Victor Hugo</t>
   </si>
   <si>
     <t>20600 BASTIA</t>
   </si>
   <si>
     <t>BASTIA</t>
   </si>
   <si>
-    <t>2B</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
   </si>
   <si>
     <t>2B0005524</t>
   </si>
   <si>
     <t>UE AUTISME LA COMETE- SESSAD CLAIRJOIE</t>
   </si>
   <si>
     <t>07/11/2025 16:27:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14492_FicheESSMS/fr/ue-autisme-la-comete-sessad-clairjoie</t>
   </si>
   <si>
     <t>14492_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Des Chartreux</t>
   </si>
   <si>
     <t>03000 MOULINS</t>
   </si>
   <si>
     <t>MOULINS</t>
   </si>
   <si>
     <t>03</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>030007462</t>
   </si>
   <si>
     <t>IME CAP AUTISME</t>
   </si>
   <si>
     <t>07/11/2025 16:30:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14605_FicheESSMS/fr/ime-cap-autisme</t>
   </si>
   <si>
     <t>14605_FicheESSMS</t>
   </si>
   <si>
     <t>73 Boulevard Soult</t>
   </si>
   <si>
     <t>75012 PARIS</t>
   </si>
   <si>
     <t>PARIS</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>750048258</t>
   </si>
   <si>
+    <t>IME AUTISTES LEO KANNER CCAS YVETOT</t>
+  </si>
+  <si>
+    <t>20/10/2025 16:17:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14172_FicheESSMS/fr/ime-autistes-leo-kanner-ccas-yvetot</t>
+  </si>
+  <si>
+    <t>14172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Rue Joseph Coddeville</t>
+  </si>
+  <si>
+    <t>76190 YVETOT</t>
+  </si>
+  <si>
+    <t>YVETOT</t>
+  </si>
+  <si>
+    <t>76</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>760012831</t>
+  </si>
+  <si>
     <t>FAM POUR ADULTES AUTISTES (CAPS)</t>
   </si>
   <si>
     <t>10/09/2025 12:15:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/725_FicheESSMS/fr/fam-pour-adultes-autistes-caps</t>
   </si>
   <si>
     <t>725_FicheESSMS</t>
   </si>
   <si>
     <t>54290 BAYON</t>
   </si>
   <si>
     <t>BAYON</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>Public</t>
-[...4 lines deleted...]
-  <si>
     <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
   </si>
   <si>
     <t>540013539</t>
   </si>
   <si>
+    <t>CENTRE DE RESSOURCE DIAGNOSTIC AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1028_FicheESSMS/fr/centre-de-ressource-diagnostic-autisme</t>
+  </si>
+  <si>
+    <t>1028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97122 BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>BAIE MAHAULT</t>
+  </si>
+  <si>
+    <t>9A</t>
+  </si>
+  <si>
+    <t>970109195</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES POUR AUTISTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1310_FicheESSMS/fr/centre-de-ressources-pour-autistes</t>
+  </si>
+  <si>
+    <t>1310_FicheESSMS</t>
+  </si>
+  <si>
+    <t>97232 LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>LE LAMENTIN</t>
+  </si>
+  <si>
+    <t>9B</t>
+  </si>
+  <si>
+    <t>970209953</t>
+  </si>
+  <si>
     <t>SAMSAH AUTISME ADIAPH SUD GIRONDE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1356_FicheESSMS/fr/samsah-autisme-adiaph-sud-gironde</t>
   </si>
   <si>
     <t>1356_FicheESSMS</t>
   </si>
   <si>
     <t>35 Cours Sadi Carnot</t>
   </si>
   <si>
     <t>33210 LANGON</t>
   </si>
   <si>
     <t>LANGON</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>Service d'accompagnement médico-social adultes handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>330060153</t>
   </si>
   <si>
     <t>EQ MOBILE ACCOMP MEDICO SOCIAL AUTISTE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1491_FicheESSMS/fr/eq-mobile-accomp-medico-social-autiste</t>
   </si>
   <si>
     <t>1491_FicheESSMS</t>
   </si>
   <si>
     <t>13 Chemin Du Levant</t>
   </si>
   <si>
     <t>01210 FERNEY VOLTAIRE</t>
   </si>
   <si>
     <t>FERNEY VOLTAIRE</t>
   </si>
   <si>
     <t>01</t>
   </si>
   <si>
     <t>010010585</t>
   </si>
   <si>
+    <t>SESSAD AUTISME DOMAINE ROSEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2366_FicheESSMS/fr/sessad-autisme-domaine-rosen</t>
+  </si>
+  <si>
+    <t>2366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Avenue De Bruxelles</t>
+  </si>
+  <si>
+    <t>68350 BRUNSTATT DIDENHEIM</t>
+  </si>
+  <si>
+    <t>BRUNSTATT DIDENHEIM</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>680020799</t>
+  </si>
+  <si>
     <t>CTRE RGNAL DE RESSOURCES SUR L'AUTISME</t>
   </si>
   <si>
     <t>10/09/2025 12:18:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2567_FicheESSMS/fr/ctre-rgnal-de-ressources-sur-l-autisme</t>
   </si>
   <si>
     <t>2567_FicheESSMS</t>
   </si>
   <si>
     <t>2 Boulevard Mal De Lattre De Tassigny</t>
   </si>
   <si>
     <t>21034 DIJON</t>
   </si>
   <si>
     <t>DIJON</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>210005039</t>
@@ -3584,525 +3806,561 @@
   <si>
     <t>740015938</t>
   </si>
   <si>
     <t>SESSAD AUTISME ST FRANCOIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2863_FicheESSMS/fr/sessad-autisme-st-francois</t>
   </si>
   <si>
     <t>2863_FicheESSMS</t>
   </si>
   <si>
     <t>152 Rue Des Merisiers</t>
   </si>
   <si>
     <t>74370 ANNECY</t>
   </si>
   <si>
     <t>ANNECY</t>
   </si>
   <si>
     <t>740011861</t>
   </si>
   <si>
+    <t>SAMSAH AUTISME SDI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3435_FicheESSMS/fr/samsah-autisme-sdi</t>
+  </si>
+  <si>
+    <t>3435_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue De Strasbourg</t>
+  </si>
+  <si>
+    <t>680020633</t>
+  </si>
+  <si>
+    <t>IME AGIR ET VIVRE L AUTISME SURESNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3575_FicheESSMS/fr/ime-agir-et-vivre-l-autisme-suresnes</t>
+  </si>
+  <si>
+    <t>3575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Gustave Stresemann</t>
+  </si>
+  <si>
+    <t>92150 SURESNES</t>
+  </si>
+  <si>
+    <t>SURESNES</t>
+  </si>
+  <si>
+    <t>92</t>
+  </si>
+  <si>
+    <t>920026168</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3858_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>3858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51092 REIMS</t>
+  </si>
+  <si>
+    <t>REIMS</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>510016439</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE AUTISME - LA VIGERIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4405_FicheESSMS/fr/foyer-de-vie-autisme-la-vigerie</t>
+  </si>
+  <si>
+    <t>4405_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17350 ST SAVINIEN</t>
+  </si>
+  <si>
+    <t>ST SAVINIEN</t>
+  </si>
+  <si>
+    <t>17</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>170019905</t>
+  </si>
+  <si>
+    <t>FOYER HEBGT AUTISTES - ESAT LA VIGERIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4403_FicheESSMS/fr/foyer-hebgt-autistes-esat-la-vigerie</t>
+  </si>
+  <si>
+    <t>4403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>170022503</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4652_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>4652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>370 Avenue Jacques Coeur</t>
+  </si>
+  <si>
+    <t>86000 POITIERS</t>
+  </si>
+  <si>
+    <t>POITIERS</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>860011139</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCE POUR L'AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4829_FicheESSMS/fr/centre-de-ressource-pour-l-autisme</t>
+  </si>
+  <si>
+    <t>4829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14033 CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>CAEN CEDEX 9</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>140025396</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL POUR ADULTES AUTISTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5186_FicheESSMS/fr/centre-d-accueil-pour-adultes-autistes</t>
+  </si>
+  <si>
+    <t>5186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>250 Rue Du Commandant Bayart</t>
+  </si>
+  <si>
+    <t>59242 GENECH</t>
+  </si>
+  <si>
+    <t>GENECH</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>590035150</t>
+  </si>
+  <si>
+    <t>SESSAD SERVICE AUTISME SOLIDARITE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5740_FicheESSMS/fr/sessad-service-autisme-solidarite</t>
+  </si>
+  <si>
+    <t>5740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>122 Rue De La Tombe Issoire</t>
+  </si>
+  <si>
+    <t>75014 PARIS</t>
+  </si>
+  <si>
+    <t>750002164</t>
+  </si>
+  <si>
+    <t>IME POLE ENFANCE AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5984_FicheESSMS/fr/ime-pole-enfance-autisme</t>
+  </si>
+  <si>
+    <t>5984_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Du Jeu De Paume</t>
+  </si>
+  <si>
+    <t>77200 TORCY</t>
+  </si>
+  <si>
+    <t>TORCY</t>
+  </si>
+  <si>
+    <t>77</t>
+  </si>
+  <si>
+    <t>770017374</t>
+  </si>
+  <si>
+    <t>CENTRE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6102_FicheESSMS/fr/centre-ressources-autisme</t>
+  </si>
+  <si>
+    <t>6102_FicheESSMS</t>
+  </si>
+  <si>
+    <t>58 Rue Montalembert</t>
+  </si>
+  <si>
+    <t>63003 CLERMONT FERRAND CEDEX 1</t>
+  </si>
+  <si>
+    <t>CLERMONT FERRAND CEDEX 1</t>
+  </si>
+  <si>
+    <t>630006948</t>
+  </si>
+  <si>
+    <t>CENTRE RESSOURCES REGIONAL SUR AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6148_FicheESSMS/fr/centre-ressources-regional-sur-autisme</t>
+  </si>
+  <si>
+    <t>6148_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Du 4Eme Rsm</t>
+  </si>
+  <si>
+    <t>68250 ROUFFACH</t>
+  </si>
+  <si>
+    <t>ROUFFACH</t>
+  </si>
+  <si>
+    <t>680009149</t>
+  </si>
+  <si>
+    <t>IME AGIR ET VIVRE L AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6226_FicheESSMS/fr/ime-agir-et-vivre-l-autisme</t>
+  </si>
+  <si>
+    <t>6226_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Clos De La Famille</t>
+  </si>
+  <si>
+    <t>78240 CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>CHAMBOURCY</t>
+  </si>
+  <si>
+    <t>78</t>
+  </si>
+  <si>
+    <t>780020723</t>
+  </si>
+  <si>
+    <t>CENTRE REGIONAL AUTISME DE LORRAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6237_FicheESSMS/fr/centre-regional-autisme-de-lorraine</t>
+  </si>
+  <si>
+    <t>6237_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Dr Archambault</t>
+  </si>
+  <si>
+    <t>54521 LAXOU</t>
+  </si>
+  <si>
+    <t>LAXOU</t>
+  </si>
+  <si>
+    <t>540015468</t>
+  </si>
+  <si>
     <t>SESSAD AUTISTES ADAPEI DE LA MEUSE</t>
   </si>
   <si>
     <t>10/09/2025 12:24:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7338_FicheESSMS/fr/sessad-autistes-adapei-de-la-meuse</t>
   </si>
   <si>
     <t>7338_FicheESSMS</t>
   </si>
   <si>
     <t>43 Quai Sadi Carnot</t>
   </si>
   <si>
     <t>55000 BAR LE DUC</t>
   </si>
   <si>
     <t>BAR LE DUC</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>550007066</t>
   </si>
   <si>
+    <t>CTRE RESSSOURCES AUTISMES NORD PAS DE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7513_FicheESSMS/fr/ctre-resssources-autismes-nord-pas-de</t>
+  </si>
+  <si>
+    <t>7513_FicheESSMS</t>
+  </si>
+  <si>
+    <t>59000 LILLE</t>
+  </si>
+  <si>
+    <t>LILLE</t>
+  </si>
+  <si>
+    <t>590032439</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE INTERVENTION AUTISME 35</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7576_FicheESSMS/fr/equipe-mobile-intervention-autisme-35</t>
+  </si>
+  <si>
+    <t>7576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Andre Et Yvonne Meynier</t>
+  </si>
+  <si>
+    <t>35000 RENNES</t>
+  </si>
+  <si>
+    <t>RENNES</t>
+  </si>
+  <si>
+    <t>35</t>
+  </si>
+  <si>
+    <t>350052122</t>
+  </si>
+  <si>
     <t>SESSAD PLANETE AUTISME</t>
   </si>
   <si>
     <t>10/09/2025 12:25:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9139_FicheESSMS/fr/sessad-planete-autisme</t>
   </si>
   <si>
     <t>9139_FicheESSMS</t>
   </si>
   <si>
     <t>1050 Avenue Du Midi</t>
   </si>
   <si>
     <t>47000 AGEN</t>
   </si>
   <si>
     <t>AGEN</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
     <t>470016239</t>
   </si>
   <si>
-    <t>CENTRE DE RESSOURCE DIAGNOSTIC AUTISME</t>
-[...356 lines deleted...]
-    <t>350052122</t>
+    <t>MAIA AUTISME DE PARIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9929_FicheESSMS/fr/maia-autisme-de-paris</t>
+  </si>
+  <si>
+    <t>9929_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Avenue Du Dr Arnold Netter</t>
+  </si>
+  <si>
+    <t>750047086</t>
   </si>
   <si>
     <t>SESSAD PREVENTION AUTISME RECHERCHE</t>
   </si>
   <si>
     <t>10/09/2025 12:27:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11447_FicheESSMS/fr/sessad-prevention-autisme-recherche</t>
   </si>
   <si>
     <t>11447_FicheESSMS</t>
   </si>
   <si>
     <t>830 Route De Saint Canadet</t>
   </si>
   <si>
     <t>13090 AIX EN PROVENCE</t>
   </si>
   <si>
     <t>AIX EN PROVENCE</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>130039100</t>
   </si>
   <si>
-    <t>IME AGIR ET VIVRE L AUTISME</t>
-[...1 lines deleted...]
-  <si>
     <t>10/09/2025 12:27:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11660_FicheESSMS/fr/ime-agir-et-vivre-l-autisme</t>
   </si>
   <si>
     <t>11660_FicheESSMS</t>
   </si>
   <si>
     <t>64 Rue Clisson</t>
   </si>
   <si>
     <t>75013 PARIS</t>
   </si>
   <si>
     <t>750047045</t>
   </si>
   <si>
     <t>SAMSAH AUTISME</t>
   </si>
   <si>
     <t>10/09/2025 12:27:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11871_FicheESSMS/fr/samsah-autisme</t>
   </si>
   <si>
     <t>11871_FicheESSMS</t>
   </si>
   <si>
-    <t>76 Allée Des Caroubiers</t>
+    <t>3 Rue Michel Tisse</t>
   </si>
   <si>
     <t>40000 MONT DE MARSAN</t>
   </si>
   <si>
     <t>MONT DE MARSAN</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>400014346</t>
   </si>
   <si>
     <t>10/09/2025 12:27:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12638_FicheESSMS/fr/centre-de-ressources-autisme</t>
   </si>
   <si>
     <t>12638_FicheESSMS</t>
   </si>
   <si>
     <t>57 Avenue De La Californie</t>
   </si>
@@ -4532,101 +4790,119 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2835410/fr/elaboration-redaction-et-animation-du-projet-d-etablissement-ou-de-service</t>
   </si>
   <si>
     <t>c_2835410</t>
   </si>
   <si>
     <t>Prendre en compte la santé des mineurs/jeunes majeurs dans le cadre des établissements/services de la protection de l’enfance et/ou mettant en oeuvre des mesures éducatives</t>
   </si>
   <si>
     <t>Ces recommandations ont pour objectif de guider les professionnels dans leurs pratiques liées à la prise en compte de la santé des enfants/jeunes majeurs accueillis dans leurs services.</t>
   </si>
   <si>
     <t>09/10/2015 00:00:00</t>
   </si>
   <si>
     <t>09/10/2015 16:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2835427/fr/prendre-en-compte-la-sante-des-mineurs/jeunes-majeurs-dans-le-cadre-des-etablissements/services-de-la-protection-de-l-enfance-et/ou-mettant-en-oeuvre-des-mesures-educatives</t>
   </si>
   <si>
     <t>c_2835427</t>
   </si>
   <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
-    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
-[...13 lines deleted...]
-  <si>
     <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
   </si>
   <si>
     <t>17/12/2014 00:00:00</t>
   </si>
   <si>
     <t>15/03/2015 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2835720/fr/l-adaptation-de-l-intervention-aupres-des-personnes-handicapees-vieillissantes</t>
   </si>
   <si>
     <t>c_2835720</t>
   </si>
   <si>
     <t>Accès aux soins des personnes en situation de handicap - Rapport de la commission d'audition publique</t>
   </si>
   <si>
     <t>Les deux principaux objectifs fixés à cette audition publique consistent à : Établir un état des lieux globalisé des données disponibles et des principaux freins et obstacles habituellement constatés de façon éparse Formuler des préconisations concrètes et pratiques pour améliorer le parcours de soins des personnes en situation de handicap.</t>
   </si>
   <si>
     <t>23/01/2009 00:00:00</t>
@@ -6839,50 +7115,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_400989/fr/risperdal-1-mg-comprime-pellicule-b/60-risperdal-2-mg-comprime-pellicule-b/60-risperdal-4-mg-comprime-pellicule-b/60-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml-60ml-et-120ml-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_969961/fr/risperdal-risperdaloro-risperdalconsta-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1241693/fr/risperdal-risperdaloro-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1728502/fr/risperdal-risperdaloro-risperidone-antipsychotique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2619974/fr/risperdal-risperdalconsta-lp-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_957062/fr/risperdalconsta-l-p-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400016/fr/risperdalconsta-lp-risperidone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400339/fr/risperdaloro-0-5-mg-comprime-orodispersible-boite-de-28-risperdaloro-1-mg-comprime-orodispersible-boite-de-28-risperdaloro-2-mg-comprime-orodispersible-boite-de-28-risperdaloro-3-mg-comprime-orodispersible-boite-de-28-risperdaloro-4-mg-comprime-orodispersible-boite-de-28-risperdal-1-mg/ml-solution-buvable-flacons-de-30-ml</t>
   </si>
   <si>
+    <t>ADAFLEX (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:06:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
+  </si>
+  <si>
+    <t>p_3742069</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
+  </si>
+  <si>
     <t>BUCCOLAM (midazolam)</t>
   </si>
   <si>
     <t>05/09/2025 13:50:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983442/fr/buccolam-midazolam</t>
   </si>
   <si>
     <t>pprd_2983442</t>
   </si>
   <si>
     <t>midazolam</t>
   </si>
   <si>
     <t>NEURAXPHARM</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284604/fr/buccolam-midazolam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2818022/fr/buccolam-midazolam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643533/fr/buccolam-midazolam-epilepsie-chez-l-adulte</t>
@@ -6923,53 +7217,50 @@
   <si>
     <t>palipéridone (palmitate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2678886/fr/trevicta-paliperidone-antipsychotique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3452869/fr/trevicta-palmitate-de-paliperidone-schizophrenie</t>
   </si>
   <si>
     <t>MEDIKINET (méthylphénidate (chlorhydrate de))</t>
   </si>
   <si>
     <t>10/03/2023 17:41:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982941/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982941</t>
   </si>
   <si>
     <t>méthylphénidate (chlorhydrate de)</t>
   </si>
   <si>
-    <t>HAC PHARMA</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_1334805/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2893478/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3210115/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3419433/fr/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
   </si>
   <si>
     <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
   </si>
   <si>
     <t>10/03/2023 17:35:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984462</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
@@ -7101,50 +7392,74 @@
     <t>Laboratoire LILLY FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025881/fr/strattera-atomoxetine</t>
   </si>
   <si>
     <t>REAGILA (cariprazine)</t>
   </si>
   <si>
     <t>14/02/2019 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982879/fr/reagila-cariprazine</t>
   </si>
   <si>
     <t>pprd_2982879</t>
   </si>
   <si>
     <t>cariprazine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904637/fr/reagila-cariprazine-antipsychotique</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
   </si>
   <si>
     <t>REKAMBYS (rilpivirine)</t>
   </si>
   <si>
     <t>21/10/2025 11:05:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263205/fr/rekambys-rilpivirine</t>
   </si>
   <si>
     <t>p_3263205</t>
   </si>
   <si>
     <t>rilpivirine</t>
   </si>
   <si>
     <t>VIIV HEALTHCARE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3263060/fr/rekambys-rilpivirine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3412895/fr/rekambys-rilpivirine-vih</t>
   </si>
@@ -8180,8148 +8495,8697 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P32"/>
+  <dimension ref="A1:P41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="J1" t="s">
-        <v>1079</v>
+        <v>1094</v>
       </c>
       <c r="K1" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="L1" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="M1" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="N1" t="s">
-        <v>1083</v>
+        <v>1098</v>
       </c>
       <c r="O1" t="s">
-        <v>1084</v>
+        <v>1099</v>
       </c>
       <c r="P1" t="s">
-        <v>1085</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B2" t="s">
-        <v>1087</v>
+        <v>1102</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1088</v>
+        <v>1103</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1089</v>
+        <v>1104</v>
       </c>
       <c r="H2" t="s">
-        <v>1090</v>
+        <v>1105</v>
       </c>
       <c r="I2" t="s">
-        <v>1091</v>
+        <v>1106</v>
       </c>
       <c r="J2" t="s">
-        <v>1092</v>
+        <v>1107</v>
       </c>
       <c r="K2" t="s">
-        <v>1093</v>
+        <v>1108</v>
       </c>
       <c r="L2" t="s">
-        <v>1094</v>
+        <v>1109</v>
       </c>
       <c r="M2" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N2" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="O2" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="P2" t="s">
-        <v>1098</v>
+        <v>1113</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B3" t="s">
-        <v>1099</v>
+        <v>1114</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1100</v>
+        <v>1115</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1101</v>
+        <v>1116</v>
       </c>
       <c r="H3" t="s">
-        <v>1102</v>
+        <v>1117</v>
       </c>
       <c r="I3" t="s">
-        <v>1103</v>
+        <v>1118</v>
       </c>
       <c r="J3" t="s">
-        <v>1104</v>
+        <v>11</v>
       </c>
       <c r="K3" t="s">
-        <v>1105</v>
+        <v>1119</v>
       </c>
       <c r="L3" t="s">
-        <v>1106</v>
+        <v>1120</v>
       </c>
       <c r="M3" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N3" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="O3" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="P3" t="s">
-        <v>1109</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C4" t="s">
+        <v>11</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1127</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1128</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1129</v>
+      </c>
+      <c r="M4" t="s">
         <v>1110</v>
       </c>
-      <c r="C4" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>1107</v>
+        <v>1130</v>
       </c>
       <c r="O4" t="s">
-        <v>1118</v>
+        <v>1131</v>
       </c>
       <c r="P4" t="s">
-        <v>1119</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1137</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="L5" t="s">
         <v>1120</v>
       </c>
-      <c r="C5" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="M5" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N5" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="O5" t="s">
-        <v>1129</v>
+        <v>1141</v>
       </c>
       <c r="P5" t="s">
-        <v>1130</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B6" t="s">
-        <v>1131</v>
+        <v>1143</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1132</v>
+        <v>1144</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1133</v>
+        <v>1145</v>
       </c>
       <c r="H6" t="s">
-        <v>1134</v>
+        <v>1146</v>
       </c>
       <c r="I6" t="s">
-        <v>1135</v>
+        <v>1147</v>
       </c>
       <c r="J6" t="s">
-        <v>1136</v>
+        <v>1148</v>
       </c>
       <c r="K6" t="s">
-        <v>1137</v>
+        <v>1149</v>
       </c>
       <c r="L6" t="s">
-        <v>1138</v>
+        <v>1150</v>
       </c>
       <c r="M6" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N6" t="s">
-        <v>1128</v>
+        <v>1111</v>
       </c>
       <c r="O6" t="s">
-        <v>1139</v>
+        <v>1112</v>
       </c>
       <c r="P6" t="s">
-        <v>1140</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B7" t="s">
-        <v>1141</v>
+        <v>1152</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1142</v>
+        <v>1153</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1143</v>
+        <v>1154</v>
       </c>
       <c r="H7" t="s">
-        <v>1144</v>
+        <v>1155</v>
       </c>
       <c r="I7" t="s">
-        <v>1145</v>
+        <v>1156</v>
       </c>
       <c r="J7" t="s">
-        <v>1146</v>
+        <v>1157</v>
       </c>
       <c r="K7" t="s">
-        <v>1147</v>
+        <v>1158</v>
       </c>
       <c r="L7" t="s">
-        <v>1148</v>
+        <v>1159</v>
       </c>
       <c r="M7" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N7" t="s">
-        <v>1128</v>
+        <v>1111</v>
       </c>
       <c r="O7" t="s">
-        <v>1139</v>
+        <v>1160</v>
       </c>
       <c r="P7" t="s">
-        <v>1149</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B8" t="s">
-        <v>1150</v>
+        <v>1162</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1151</v>
+        <v>1163</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1152</v>
+        <v>1164</v>
       </c>
       <c r="H8" t="s">
-        <v>1153</v>
+        <v>1165</v>
       </c>
       <c r="I8" t="s">
-        <v>1154</v>
+        <v>1166</v>
       </c>
       <c r="J8" t="s">
-        <v>1155</v>
+        <v>1167</v>
       </c>
       <c r="K8" t="s">
-        <v>1156</v>
+        <v>1168</v>
       </c>
       <c r="L8" t="s">
-        <v>1157</v>
+        <v>1169</v>
       </c>
       <c r="M8" t="s">
-        <v>1127</v>
+        <v>1170</v>
       </c>
       <c r="N8" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="O8" t="s">
-        <v>1097</v>
+        <v>1160</v>
       </c>
       <c r="P8" t="s">
-        <v>1158</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B9" t="s">
-        <v>1159</v>
+        <v>1172</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1160</v>
+        <v>1173</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1161</v>
+        <v>1174</v>
       </c>
       <c r="H9" t="s">
-        <v>1162</v>
+        <v>1175</v>
       </c>
       <c r="I9" t="s">
-        <v>1163</v>
+        <v>1176</v>
       </c>
       <c r="J9" t="s">
-        <v>1164</v>
+        <v>11</v>
       </c>
       <c r="K9" t="s">
-        <v>1165</v>
+        <v>1177</v>
       </c>
       <c r="L9" t="s">
-        <v>1166</v>
+        <v>1178</v>
       </c>
       <c r="M9" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N9" t="s">
-        <v>1107</v>
+        <v>1130</v>
       </c>
       <c r="O9" t="s">
-        <v>1108</v>
+        <v>1179</v>
       </c>
       <c r="P9" t="s">
-        <v>1167</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B10" t="s">
-        <v>1168</v>
+        <v>1181</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1160</v>
+        <v>1182</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1169</v>
+        <v>1183</v>
       </c>
       <c r="H10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J10" t="s">
+        <v>11</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1187</v>
+      </c>
+      <c r="M10" t="s">
         <v>1170</v>
       </c>
-      <c r="I10" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="N10" t="s">
-        <v>1107</v>
+        <v>1140</v>
       </c>
       <c r="O10" t="s">
-        <v>1108</v>
+        <v>1141</v>
       </c>
       <c r="P10" t="s">
-        <v>1174</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B11" t="s">
-        <v>1175</v>
+        <v>1189</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1176</v>
+        <v>1190</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1177</v>
+        <v>1191</v>
       </c>
       <c r="H11" t="s">
-        <v>1178</v>
+        <v>1192</v>
       </c>
       <c r="I11" t="s">
-        <v>1179</v>
+        <v>1193</v>
       </c>
       <c r="J11" t="s">
-        <v>1180</v>
+        <v>11</v>
       </c>
       <c r="K11" t="s">
-        <v>1181</v>
+        <v>1194</v>
       </c>
       <c r="L11" t="s">
-        <v>1182</v>
+        <v>1195</v>
       </c>
       <c r="M11" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N11" t="s">
-        <v>1107</v>
+        <v>1140</v>
       </c>
       <c r="O11" t="s">
-        <v>1108</v>
+        <v>1141</v>
       </c>
       <c r="P11" t="s">
-        <v>1183</v>
+        <v>1196</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B12" t="s">
-        <v>1184</v>
+        <v>1197</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1185</v>
+        <v>1198</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1186</v>
+        <v>1199</v>
       </c>
       <c r="H12" t="s">
-        <v>1187</v>
+        <v>1200</v>
       </c>
       <c r="I12" t="s">
-        <v>1188</v>
+        <v>1201</v>
       </c>
       <c r="J12" t="s">
-        <v>1189</v>
+        <v>1202</v>
       </c>
       <c r="K12" t="s">
-        <v>1190</v>
+        <v>1203</v>
       </c>
       <c r="L12" t="s">
-        <v>1191</v>
+        <v>1204</v>
       </c>
       <c r="M12" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N12" t="s">
-        <v>1107</v>
+        <v>1130</v>
       </c>
       <c r="O12" t="s">
-        <v>1108</v>
+        <v>1131</v>
       </c>
       <c r="P12" t="s">
-        <v>1192</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B13" t="s">
-        <v>1193</v>
+        <v>1206</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1194</v>
+        <v>1207</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1195</v>
+        <v>1208</v>
       </c>
       <c r="H13" t="s">
-        <v>1196</v>
+        <v>1209</v>
       </c>
       <c r="I13" t="s">
-        <v>1197</v>
+        <v>1210</v>
       </c>
       <c r="J13" t="s">
-        <v>11</v>
+        <v>1211</v>
       </c>
       <c r="K13" t="s">
-        <v>1198</v>
+        <v>1212</v>
       </c>
       <c r="L13" t="s">
-        <v>1199</v>
+        <v>1213</v>
       </c>
       <c r="M13" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N13" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="O13" t="s">
-        <v>1097</v>
+        <v>1131</v>
       </c>
       <c r="P13" t="s">
-        <v>1200</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B14" t="s">
-        <v>1201</v>
+        <v>1215</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1202</v>
+        <v>1216</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1203</v>
+        <v>1217</v>
       </c>
       <c r="H14" t="s">
-        <v>1204</v>
+        <v>1218</v>
       </c>
       <c r="I14" t="s">
-        <v>1205</v>
+        <v>1219</v>
       </c>
       <c r="J14" t="s">
-        <v>11</v>
+        <v>1220</v>
       </c>
       <c r="K14" t="s">
-        <v>1206</v>
+        <v>1221</v>
       </c>
       <c r="L14" t="s">
-        <v>1207</v>
+        <v>1222</v>
       </c>
       <c r="M14" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N14" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="O14" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="P14" t="s">
-        <v>1208</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B15" t="s">
-        <v>1209</v>
+        <v>1224</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1210</v>
+        <v>1225</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1211</v>
+        <v>1226</v>
       </c>
       <c r="H15" t="s">
-        <v>1212</v>
+        <v>1227</v>
       </c>
       <c r="I15" t="s">
-        <v>1213</v>
+        <v>1228</v>
       </c>
       <c r="J15" t="s">
-        <v>1214</v>
+        <v>1229</v>
       </c>
       <c r="K15" t="s">
-        <v>1215</v>
+        <v>1230</v>
       </c>
       <c r="L15" t="s">
-        <v>1216</v>
+        <v>1231</v>
       </c>
       <c r="M15" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N15" t="s">
-        <v>1107</v>
+        <v>1140</v>
       </c>
       <c r="O15" t="s">
-        <v>1108</v>
+        <v>1141</v>
       </c>
       <c r="P15" t="s">
-        <v>1217</v>
+        <v>1232</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B16" t="s">
-        <v>1218</v>
+        <v>1233</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1219</v>
+        <v>1234</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1220</v>
+        <v>1235</v>
       </c>
       <c r="H16" t="s">
-        <v>1221</v>
+        <v>1236</v>
       </c>
       <c r="I16" t="s">
-        <v>1222</v>
+        <v>1237</v>
       </c>
       <c r="J16" t="s">
-        <v>1214</v>
+        <v>1238</v>
       </c>
       <c r="K16" t="s">
-        <v>1215</v>
+        <v>1239</v>
       </c>
       <c r="L16" t="s">
-        <v>1216</v>
+        <v>1240</v>
       </c>
       <c r="M16" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N16" t="s">
-        <v>1128</v>
+        <v>1111</v>
       </c>
       <c r="O16" t="s">
-        <v>1139</v>
+        <v>1112</v>
       </c>
       <c r="P16" t="s">
-        <v>1223</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B17" t="s">
-        <v>1224</v>
+        <v>1242</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1225</v>
+        <v>1234</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1226</v>
+        <v>1243</v>
       </c>
       <c r="H17" t="s">
-        <v>1227</v>
+        <v>1244</v>
       </c>
       <c r="I17" t="s">
-        <v>1228</v>
+        <v>1245</v>
       </c>
       <c r="J17" t="s">
-        <v>1229</v>
+        <v>1246</v>
       </c>
       <c r="K17" t="s">
-        <v>1230</v>
+        <v>1247</v>
       </c>
       <c r="L17" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="M17" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N17" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="O17" t="s">
-        <v>1118</v>
+        <v>1112</v>
       </c>
       <c r="P17" t="s">
-        <v>1232</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B18" t="s">
-        <v>1233</v>
+        <v>1249</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1234</v>
+        <v>1250</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1235</v>
+        <v>1251</v>
       </c>
       <c r="H18" t="s">
-        <v>1236</v>
+        <v>1252</v>
       </c>
       <c r="I18" t="s">
-        <v>1237</v>
+        <v>1253</v>
       </c>
       <c r="J18" t="s">
-        <v>11</v>
+        <v>1220</v>
       </c>
       <c r="K18" t="s">
-        <v>1238</v>
+        <v>1221</v>
       </c>
       <c r="L18" t="s">
-        <v>1239</v>
+        <v>1222</v>
       </c>
       <c r="M18" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N18" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="O18" t="s">
-        <v>1097</v>
+        <v>1131</v>
       </c>
       <c r="P18" t="s">
-        <v>1240</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B19" t="s">
-        <v>1241</v>
+        <v>1255</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1242</v>
+        <v>1256</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1243</v>
+        <v>1257</v>
       </c>
       <c r="H19" t="s">
-        <v>1244</v>
+        <v>1258</v>
       </c>
       <c r="I19" t="s">
-        <v>1245</v>
+        <v>1259</v>
       </c>
       <c r="J19" t="s">
-        <v>11</v>
+        <v>1260</v>
       </c>
       <c r="K19" t="s">
-        <v>1246</v>
+        <v>1261</v>
       </c>
       <c r="L19" t="s">
-        <v>1247</v>
+        <v>1262</v>
       </c>
       <c r="M19" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N19" t="s">
-        <v>1128</v>
+        <v>1111</v>
       </c>
       <c r="O19" t="s">
-        <v>1248</v>
+        <v>1160</v>
       </c>
       <c r="P19" t="s">
-        <v>1249</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B20" t="s">
-        <v>1250</v>
+        <v>1264</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1242</v>
+        <v>1265</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
       <c r="H20" t="s">
-        <v>1252</v>
+        <v>1267</v>
       </c>
       <c r="I20" t="s">
-        <v>1245</v>
+        <v>1268</v>
       </c>
       <c r="J20" t="s">
         <v>11</v>
       </c>
       <c r="K20" t="s">
-        <v>1246</v>
+        <v>1269</v>
       </c>
       <c r="L20" t="s">
-        <v>1247</v>
+        <v>1270</v>
       </c>
       <c r="M20" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N20" t="s">
-        <v>1128</v>
+        <v>1140</v>
       </c>
       <c r="O20" t="s">
-        <v>1253</v>
+        <v>1141</v>
       </c>
       <c r="P20" t="s">
-        <v>1254</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B21" t="s">
-        <v>1233</v>
+        <v>1272</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1255</v>
+        <v>1273</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1256</v>
+        <v>1274</v>
       </c>
       <c r="H21" t="s">
-        <v>1257</v>
+        <v>1275</v>
       </c>
       <c r="I21" t="s">
-        <v>1258</v>
+        <v>1276</v>
       </c>
       <c r="J21" t="s">
-        <v>1259</v>
+        <v>11</v>
       </c>
       <c r="K21" t="s">
-        <v>1260</v>
+        <v>1277</v>
       </c>
       <c r="L21" t="s">
-        <v>1261</v>
+        <v>1278</v>
       </c>
       <c r="M21" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N21" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="O21" t="s">
-        <v>1097</v>
+        <v>1279</v>
       </c>
       <c r="P21" t="s">
-        <v>1262</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B22" t="s">
-        <v>1263</v>
+        <v>1281</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1264</v>
+        <v>1273</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1265</v>
+        <v>1282</v>
       </c>
       <c r="H22" t="s">
-        <v>1266</v>
+        <v>1283</v>
       </c>
       <c r="I22" t="s">
-        <v>1267</v>
+        <v>1276</v>
       </c>
       <c r="J22" t="s">
         <v>11</v>
       </c>
       <c r="K22" t="s">
-        <v>1268</v>
+        <v>1277</v>
       </c>
       <c r="L22" t="s">
-        <v>1269</v>
+        <v>1278</v>
       </c>
       <c r="M22" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N22" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="O22" t="s">
-        <v>1097</v>
+        <v>1284</v>
       </c>
       <c r="P22" t="s">
-        <v>1270</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B23" t="s">
-        <v>1271</v>
+        <v>1264</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1272</v>
+        <v>1286</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1273</v>
+        <v>1287</v>
       </c>
       <c r="H23" t="s">
-        <v>1274</v>
+        <v>1288</v>
       </c>
       <c r="I23" t="s">
-        <v>1275</v>
+        <v>1289</v>
       </c>
       <c r="J23" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
       <c r="K23" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="L23" t="s">
-        <v>1278</v>
+        <v>1292</v>
       </c>
       <c r="M23" t="s">
-        <v>1127</v>
+        <v>1170</v>
       </c>
       <c r="N23" t="s">
-        <v>1096</v>
+        <v>1140</v>
       </c>
       <c r="O23" t="s">
-        <v>1097</v>
+        <v>1141</v>
       </c>
       <c r="P23" t="s">
-        <v>1279</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B24" t="s">
-        <v>1280</v>
+        <v>1294</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1281</v>
+        <v>1295</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1282</v>
+        <v>1296</v>
       </c>
       <c r="H24" t="s">
-        <v>1283</v>
+        <v>1297</v>
       </c>
       <c r="I24" t="s">
-        <v>1284</v>
+        <v>1298</v>
       </c>
       <c r="J24" t="s">
-        <v>1285</v>
+        <v>11</v>
       </c>
       <c r="K24" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="L24" t="s">
-        <v>1216</v>
+        <v>1300</v>
       </c>
       <c r="M24" t="s">
-        <v>1127</v>
+        <v>1170</v>
       </c>
       <c r="N24" t="s">
-        <v>1096</v>
+        <v>1140</v>
       </c>
       <c r="O24" t="s">
-        <v>1097</v>
+        <v>1141</v>
       </c>
       <c r="P24" t="s">
-        <v>1287</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B25" t="s">
-        <v>1288</v>
+        <v>1302</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1289</v>
+        <v>1303</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1290</v>
+        <v>1304</v>
       </c>
       <c r="H25" t="s">
-        <v>1291</v>
+        <v>1305</v>
       </c>
       <c r="I25" t="s">
-        <v>1292</v>
+        <v>1306</v>
       </c>
       <c r="J25" t="s">
-        <v>1293</v>
+        <v>1307</v>
       </c>
       <c r="K25" t="s">
-        <v>1294</v>
+        <v>1308</v>
       </c>
       <c r="L25" t="s">
-        <v>1126</v>
+        <v>1309</v>
       </c>
       <c r="M25" t="s">
-        <v>1127</v>
+        <v>1110</v>
       </c>
       <c r="N25" t="s">
-        <v>1096</v>
+        <v>1130</v>
       </c>
       <c r="O25" t="s">
-        <v>1097</v>
+        <v>1179</v>
       </c>
       <c r="P25" t="s">
-        <v>1295</v>
+        <v>1310</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B26" t="s">
-        <v>1296</v>
+        <v>1311</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1297</v>
+        <v>1312</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1298</v>
+        <v>1313</v>
       </c>
       <c r="H26" t="s">
-        <v>1299</v>
+        <v>1314</v>
       </c>
       <c r="I26" t="s">
-        <v>1300</v>
+        <v>1315</v>
       </c>
       <c r="J26" t="s">
-        <v>11</v>
+        <v>1316</v>
       </c>
       <c r="K26" t="s">
-        <v>1301</v>
+        <v>1158</v>
       </c>
       <c r="L26" t="s">
-        <v>1302</v>
+        <v>1159</v>
       </c>
       <c r="M26" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N26" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="O26" t="s">
-        <v>1097</v>
+        <v>1112</v>
       </c>
       <c r="P26" t="s">
-        <v>1303</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B27" t="s">
-        <v>1304</v>
+        <v>1318</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1305</v>
+        <v>1319</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1306</v>
+        <v>1320</v>
       </c>
       <c r="H27" t="s">
-        <v>1307</v>
+        <v>1321</v>
       </c>
       <c r="I27" t="s">
-        <v>1308</v>
+        <v>1322</v>
       </c>
       <c r="J27" t="s">
-        <v>1309</v>
+        <v>1323</v>
       </c>
       <c r="K27" t="s">
-        <v>1310</v>
+        <v>1324</v>
       </c>
       <c r="L27" t="s">
-        <v>1311</v>
+        <v>1325</v>
       </c>
       <c r="M27" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N27" t="s">
-        <v>1096</v>
+        <v>1111</v>
       </c>
       <c r="O27" t="s">
-        <v>1097</v>
+        <v>1160</v>
       </c>
       <c r="P27" t="s">
-        <v>1312</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B28" t="s">
-        <v>1313</v>
+        <v>1327</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1314</v>
+        <v>1328</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1315</v>
+        <v>1329</v>
       </c>
       <c r="H28" t="s">
-        <v>1316</v>
+        <v>1330</v>
       </c>
       <c r="I28" t="s">
-        <v>1317</v>
+        <v>1331</v>
       </c>
       <c r="J28" t="s">
-        <v>1318</v>
+        <v>1332</v>
       </c>
       <c r="K28" t="s">
-        <v>1319</v>
+        <v>1333</v>
       </c>
       <c r="L28" t="s">
-        <v>1320</v>
+        <v>1129</v>
       </c>
       <c r="M28" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N28" t="s">
-        <v>1107</v>
+        <v>1140</v>
       </c>
       <c r="O28" t="s">
-        <v>1108</v>
+        <v>1141</v>
       </c>
       <c r="P28" t="s">
-        <v>1321</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B29" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="H29" t="s">
-        <v>1325</v>
+        <v>1338</v>
       </c>
       <c r="I29" t="s">
-        <v>1326</v>
+        <v>1339</v>
       </c>
       <c r="J29" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="K29" t="s">
-        <v>1116</v>
+        <v>1341</v>
       </c>
       <c r="L29" t="s">
-        <v>1117</v>
+        <v>1222</v>
       </c>
       <c r="M29" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N29" t="s">
-        <v>1107</v>
+        <v>1140</v>
       </c>
       <c r="O29" t="s">
-        <v>1118</v>
+        <v>1141</v>
       </c>
       <c r="P29" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B30" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="H30" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
       <c r="I30" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="J30" t="s">
-        <v>1334</v>
+        <v>1348</v>
       </c>
       <c r="K30" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
       <c r="L30" t="s">
-        <v>1336</v>
+        <v>1350</v>
       </c>
       <c r="M30" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N30" t="s">
-        <v>1128</v>
+        <v>1111</v>
       </c>
       <c r="O30" t="s">
-        <v>1139</v>
+        <v>1160</v>
       </c>
       <c r="P30" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B31" t="s">
-        <v>1233</v>
+        <v>1352</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1338</v>
+        <v>1353</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1339</v>
+        <v>1354</v>
       </c>
       <c r="H31" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
       <c r="I31" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
       <c r="J31" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="K31" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
       <c r="L31" t="s">
-        <v>1344</v>
+        <v>1178</v>
       </c>
       <c r="M31" t="s">
-        <v>1095</v>
+        <v>1170</v>
       </c>
       <c r="N31" t="s">
-        <v>1096</v>
+        <v>1140</v>
       </c>
       <c r="O31" t="s">
-        <v>1097</v>
+        <v>1141</v>
       </c>
       <c r="P31" t="s">
-        <v>1345</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1086</v>
+        <v>1101</v>
       </c>
       <c r="B32" t="s">
-        <v>1346</v>
+        <v>1360</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1347</v>
+        <v>1361</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1348</v>
+        <v>1362</v>
       </c>
       <c r="H32" t="s">
-        <v>1349</v>
+        <v>1363</v>
       </c>
       <c r="I32" t="s">
-        <v>1350</v>
+        <v>1364</v>
       </c>
       <c r="J32" t="s">
-        <v>1351</v>
+        <v>1365</v>
       </c>
       <c r="K32" t="s">
-        <v>1352</v>
+        <v>1366</v>
       </c>
       <c r="L32" t="s">
-        <v>1353</v>
+        <v>1367</v>
       </c>
       <c r="M32" t="s">
-        <v>1095</v>
+        <v>1110</v>
       </c>
       <c r="N32" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
       <c r="O32" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="P32" t="s">
-        <v>1354</v>
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1369</v>
+      </c>
+      <c r="C33" t="s">
+        <v>11</v>
+      </c>
+      <c r="D33" t="s">
+        <v>11</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1370</v>
+      </c>
+      <c r="F33" t="s">
+        <v>11</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1371</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1372</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1373</v>
+      </c>
+      <c r="J33" t="s">
+        <v>11</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1309</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1140</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C34" t="s">
+        <v>11</v>
+      </c>
+      <c r="D34" t="s">
+        <v>11</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F34" t="s">
+        <v>11</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1382</v>
+      </c>
+      <c r="L34" t="s">
+        <v>1383</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1140</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1385</v>
+      </c>
+      <c r="C35" t="s">
+        <v>11</v>
+      </c>
+      <c r="D35" t="s">
+        <v>11</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1386</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1389</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1390</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1391</v>
+      </c>
+      <c r="L35" t="s">
+        <v>1392</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C36" t="s">
+        <v>11</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1396</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1397</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1398</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1157</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1158</v>
+      </c>
+      <c r="L36" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1400</v>
+      </c>
+      <c r="C37" t="s">
+        <v>11</v>
+      </c>
+      <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1401</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1404</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1405</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1406</v>
+      </c>
+      <c r="L37" t="s">
+        <v>1407</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1343</v>
+      </c>
+      <c r="C38" t="s">
+        <v>11</v>
+      </c>
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1409</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1413</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1158</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1159</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1160</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C39" t="s">
+        <v>11</v>
+      </c>
+      <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1416</v>
+      </c>
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1417</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1418</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1419</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1420</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1421</v>
+      </c>
+      <c r="L39" t="s">
+        <v>1422</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1130</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1131</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1423</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C40" t="s">
+        <v>11</v>
+      </c>
+      <c r="D40" t="s">
+        <v>11</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1424</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1425</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1426</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1427</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1429</v>
+      </c>
+      <c r="L40" t="s">
+        <v>1430</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1140</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1141</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1101</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C41" t="s">
+        <v>11</v>
+      </c>
+      <c r="D41" t="s">
+        <v>11</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F41" t="s">
+        <v>11</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1436</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1437</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1438</v>
+      </c>
+      <c r="L41" t="s">
+        <v>1439</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1110</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1111</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1112</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1440</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H96"/>
+  <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B2" t="s">
-        <v>1356</v>
+        <v>1442</v>
       </c>
       <c r="C2" t="s">
-        <v>1357</v>
+        <v>1443</v>
       </c>
       <c r="D2" t="s">
-        <v>1358</v>
+        <v>1444</v>
       </c>
       <c r="E2" t="s">
-        <v>1359</v>
+        <v>1445</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1360</v>
+        <v>1446</v>
       </c>
       <c r="H2" t="s">
-        <v>1361</v>
+        <v>1447</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B3" t="s">
-        <v>1362</v>
+        <v>1448</v>
       </c>
       <c r="C3" t="s">
-        <v>1363</v>
+        <v>1449</v>
       </c>
       <c r="D3" t="s">
-        <v>1364</v>
+        <v>1450</v>
       </c>
       <c r="E3" t="s">
-        <v>1365</v>
+        <v>1451</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1366</v>
+        <v>1452</v>
       </c>
       <c r="H3" t="s">
-        <v>1367</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B4" t="s">
-        <v>1368</v>
+        <v>1454</v>
       </c>
       <c r="C4" t="s">
-        <v>1369</v>
+        <v>1455</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1370</v>
+        <v>1456</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1371</v>
+        <v>1457</v>
       </c>
       <c r="H4" t="s">
-        <v>1372</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B5" t="s">
-        <v>1373</v>
+        <v>1459</v>
       </c>
       <c r="C5" t="s">
-        <v>1374</v>
+        <v>1460</v>
       </c>
       <c r="D5" t="s">
-        <v>1375</v>
+        <v>1461</v>
       </c>
       <c r="E5" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1377</v>
+        <v>1463</v>
       </c>
       <c r="H5" t="s">
-        <v>1378</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B6" t="s">
-        <v>1379</v>
+        <v>1465</v>
       </c>
       <c r="C6" t="s">
-        <v>1380</v>
+        <v>1466</v>
       </c>
       <c r="D6" t="s">
-        <v>1381</v>
+        <v>1467</v>
       </c>
       <c r="E6" t="s">
-        <v>1382</v>
+        <v>1468</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1383</v>
+        <v>1469</v>
       </c>
       <c r="H6" t="s">
-        <v>1384</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B7" t="s">
-        <v>1385</v>
+        <v>1471</v>
       </c>
       <c r="C7" t="s">
-        <v>1386</v>
+        <v>1472</v>
       </c>
       <c r="D7" t="s">
-        <v>1387</v>
+        <v>1473</v>
       </c>
       <c r="E7" t="s">
-        <v>1388</v>
+        <v>1474</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1389</v>
+        <v>1475</v>
       </c>
       <c r="H7" t="s">
-        <v>1390</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B8" t="s">
-        <v>1391</v>
+        <v>1477</v>
       </c>
       <c r="C8" t="s">
-        <v>1392</v>
+        <v>1478</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1393</v>
+        <v>1479</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1394</v>
+        <v>1480</v>
       </c>
       <c r="H8" t="s">
-        <v>1395</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B9" t="s">
-        <v>1396</v>
+        <v>1482</v>
       </c>
       <c r="C9" t="s">
-        <v>1397</v>
+        <v>1483</v>
       </c>
       <c r="D9" t="s">
-        <v>1398</v>
+        <v>1484</v>
       </c>
       <c r="E9" t="s">
-        <v>1398</v>
+        <v>1484</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1399</v>
+        <v>1485</v>
       </c>
       <c r="H9" t="s">
-        <v>1400</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B10" t="s">
-        <v>1401</v>
+        <v>1487</v>
       </c>
       <c r="C10" t="s">
-        <v>1402</v>
+        <v>1488</v>
       </c>
       <c r="D10" t="s">
-        <v>1403</v>
+        <v>1489</v>
       </c>
       <c r="E10" t="s">
-        <v>1404</v>
+        <v>1490</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1405</v>
+        <v>1491</v>
       </c>
       <c r="H10" t="s">
-        <v>1406</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B11" t="s">
-        <v>1407</v>
+        <v>1493</v>
       </c>
       <c r="C11" t="s">
-        <v>1408</v>
+        <v>1494</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1409</v>
+        <v>1495</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1410</v>
+        <v>1496</v>
       </c>
       <c r="H11" t="s">
-        <v>1411</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B12" t="s">
-        <v>1412</v>
+        <v>1498</v>
       </c>
       <c r="C12" t="s">
-        <v>1413</v>
+        <v>1499</v>
       </c>
       <c r="D12" t="s">
-        <v>1414</v>
+        <v>1500</v>
       </c>
       <c r="E12" t="s">
-        <v>1415</v>
+        <v>1501</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1416</v>
+        <v>1502</v>
       </c>
       <c r="H12" t="s">
-        <v>1417</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B13" t="s">
-        <v>1418</v>
+        <v>1504</v>
       </c>
       <c r="C13" t="s">
-        <v>1419</v>
+        <v>1505</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1420</v>
+        <v>1506</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1421</v>
+        <v>1507</v>
       </c>
       <c r="H13" t="s">
-        <v>1422</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B14" t="s">
-        <v>1423</v>
+        <v>1509</v>
       </c>
       <c r="C14" t="s">
-        <v>1424</v>
+        <v>1510</v>
       </c>
       <c r="D14" t="s">
-        <v>1425</v>
+        <v>1511</v>
       </c>
       <c r="E14" t="s">
-        <v>1425</v>
+        <v>1511</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1426</v>
+        <v>1512</v>
       </c>
       <c r="H14" t="s">
-        <v>1427</v>
+        <v>1513</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B15" t="s">
-        <v>1428</v>
+        <v>1514</v>
       </c>
       <c r="C15" t="s">
-        <v>1429</v>
+        <v>1515</v>
       </c>
       <c r="D15" t="s">
-        <v>1430</v>
+        <v>1516</v>
       </c>
       <c r="E15" t="s">
-        <v>1431</v>
+        <v>1517</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1432</v>
+        <v>1518</v>
       </c>
       <c r="H15" t="s">
-        <v>1433</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B16" t="s">
-        <v>1434</v>
+        <v>1520</v>
       </c>
       <c r="C16" t="s">
-        <v>1435</v>
+        <v>1521</v>
       </c>
       <c r="D16" t="s">
-        <v>1436</v>
+        <v>1522</v>
       </c>
       <c r="E16" t="s">
-        <v>1437</v>
+        <v>1523</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1438</v>
+        <v>1524</v>
       </c>
       <c r="H16" t="s">
-        <v>1439</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B17" t="s">
-        <v>1440</v>
+        <v>1526</v>
       </c>
       <c r="C17" t="s">
-        <v>1441</v>
+        <v>1527</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1442</v>
+        <v>1528</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1443</v>
+        <v>1529</v>
       </c>
       <c r="H17" t="s">
-        <v>1444</v>
+        <v>1530</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B18" t="s">
-        <v>1445</v>
+        <v>1531</v>
       </c>
       <c r="C18" t="s">
-        <v>1446</v>
+        <v>1532</v>
       </c>
       <c r="D18" t="s">
-        <v>1447</v>
+        <v>1533</v>
       </c>
       <c r="E18" t="s">
-        <v>1448</v>
+        <v>1534</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1449</v>
+        <v>1535</v>
       </c>
       <c r="H18" t="s">
-        <v>1450</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B19" t="s">
-        <v>1451</v>
+        <v>1537</v>
       </c>
       <c r="C19" t="s">
-        <v>1452</v>
+        <v>1538</v>
       </c>
       <c r="D19" t="s">
-        <v>1453</v>
+        <v>1539</v>
       </c>
       <c r="E19" t="s">
-        <v>1454</v>
+        <v>1540</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1455</v>
+        <v>1541</v>
       </c>
       <c r="H19" t="s">
-        <v>1456</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B20" t="s">
-        <v>1457</v>
+        <v>1543</v>
       </c>
       <c r="C20" t="s">
-        <v>1458</v>
+        <v>1544</v>
       </c>
       <c r="D20" t="s">
-        <v>1459</v>
+        <v>1545</v>
       </c>
       <c r="E20" t="s">
-        <v>1460</v>
+        <v>1546</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1461</v>
+        <v>1547</v>
       </c>
       <c r="H20" t="s">
-        <v>1462</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B21" t="s">
-        <v>1463</v>
+        <v>1549</v>
       </c>
       <c r="C21" t="s">
-        <v>1464</v>
+        <v>1550</v>
       </c>
       <c r="D21" t="s">
-        <v>1465</v>
+        <v>1551</v>
       </c>
       <c r="E21" t="s">
-        <v>1466</v>
+        <v>1552</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1467</v>
+        <v>1553</v>
       </c>
       <c r="H21" t="s">
-        <v>1468</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B22" t="s">
-        <v>1469</v>
+        <v>1555</v>
       </c>
       <c r="C22" t="s">
-        <v>1470</v>
+        <v>1556</v>
       </c>
       <c r="D22" t="s">
-        <v>1471</v>
+        <v>1557</v>
       </c>
       <c r="E22" t="s">
-        <v>1472</v>
+        <v>1558</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1473</v>
+        <v>1559</v>
       </c>
       <c r="H22" t="s">
-        <v>1474</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B23" t="s">
-        <v>1475</v>
+        <v>1561</v>
       </c>
       <c r="C23" t="s">
-        <v>1476</v>
+        <v>1562</v>
       </c>
       <c r="D23" t="s">
-        <v>1471</v>
+        <v>1557</v>
       </c>
       <c r="E23" t="s">
-        <v>1477</v>
+        <v>1563</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1478</v>
+        <v>1564</v>
       </c>
       <c r="H23" t="s">
-        <v>1479</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B24" t="s">
-        <v>1480</v>
+        <v>1566</v>
       </c>
       <c r="C24" t="s">
-        <v>1481</v>
+        <v>1567</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1482</v>
+        <v>1568</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1483</v>
+        <v>1569</v>
       </c>
       <c r="H24" t="s">
-        <v>1484</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B25" t="s">
-        <v>1485</v>
+        <v>1571</v>
       </c>
       <c r="C25" t="s">
-        <v>1486</v>
+        <v>1572</v>
       </c>
       <c r="D25" t="s">
-        <v>1487</v>
+        <v>1573</v>
       </c>
       <c r="E25" t="s">
-        <v>1488</v>
+        <v>1574</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1489</v>
+        <v>1575</v>
       </c>
       <c r="H25" t="s">
-        <v>1490</v>
+        <v>1576</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B26" t="s">
-        <v>1491</v>
+        <v>1577</v>
       </c>
       <c r="C26" t="s">
-        <v>1492</v>
+        <v>11</v>
       </c>
       <c r="D26" t="s">
-        <v>1493</v>
+        <v>1578</v>
       </c>
       <c r="E26" t="s">
-        <v>1494</v>
+        <v>1579</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1495</v>
+        <v>1580</v>
       </c>
       <c r="H26" t="s">
-        <v>1496</v>
+        <v>1581</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B27" t="s">
-        <v>1497</v>
+        <v>1582</v>
       </c>
       <c r="C27" t="s">
-        <v>1498</v>
+        <v>1583</v>
       </c>
       <c r="D27" t="s">
-        <v>1499</v>
+        <v>1584</v>
       </c>
       <c r="E27" t="s">
-        <v>1500</v>
+        <v>1585</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1501</v>
+        <v>1586</v>
       </c>
       <c r="H27" t="s">
-        <v>1502</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B28" t="s">
-        <v>1503</v>
+        <v>1588</v>
       </c>
       <c r="C28" t="s">
-        <v>11</v>
+        <v>1589</v>
       </c>
       <c r="D28" t="s">
-        <v>1504</v>
+        <v>1590</v>
       </c>
       <c r="E28" t="s">
-        <v>1505</v>
+        <v>1591</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1506</v>
+        <v>1592</v>
       </c>
       <c r="H28" t="s">
-        <v>1507</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B29" t="s">
-        <v>1508</v>
+        <v>1594</v>
       </c>
       <c r="C29" t="s">
-        <v>1509</v>
+        <v>1595</v>
       </c>
       <c r="D29" t="s">
-        <v>1510</v>
+        <v>1596</v>
       </c>
       <c r="E29" t="s">
-        <v>1511</v>
+        <v>1597</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1512</v>
+        <v>1598</v>
       </c>
       <c r="H29" t="s">
-        <v>1513</v>
+        <v>1599</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B30" t="s">
-        <v>1514</v>
+        <v>1600</v>
       </c>
       <c r="C30" t="s">
-        <v>1515</v>
+        <v>1601</v>
       </c>
       <c r="D30" t="s">
-        <v>1516</v>
+        <v>1602</v>
       </c>
       <c r="E30" t="s">
-        <v>1517</v>
+        <v>1603</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1518</v>
+        <v>1604</v>
       </c>
       <c r="H30" t="s">
-        <v>1519</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B31" t="s">
-        <v>1520</v>
+        <v>1606</v>
       </c>
       <c r="C31" t="s">
-        <v>1521</v>
+        <v>1607</v>
       </c>
       <c r="D31" t="s">
-        <v>1522</v>
+        <v>1608</v>
       </c>
       <c r="E31" t="s">
-        <v>1522</v>
+        <v>1609</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1523</v>
+        <v>1610</v>
       </c>
       <c r="H31" t="s">
-        <v>1524</v>
+        <v>1611</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B32" t="s">
-        <v>1525</v>
+        <v>1612</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>1613</v>
       </c>
       <c r="D32" t="s">
-        <v>1526</v>
+        <v>1614</v>
       </c>
       <c r="E32" t="s">
-        <v>1527</v>
+        <v>1614</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1528</v>
+        <v>1615</v>
       </c>
       <c r="H32" t="s">
-        <v>1529</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B33" t="s">
-        <v>1530</v>
+        <v>1617</v>
       </c>
       <c r="C33" t="s">
-        <v>1531</v>
+        <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>1532</v>
+        <v>1618</v>
       </c>
       <c r="E33" t="s">
-        <v>1533</v>
+        <v>1619</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1534</v>
+        <v>1620</v>
       </c>
       <c r="H33" t="s">
-        <v>1535</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B34" t="s">
-        <v>1536</v>
+        <v>1622</v>
       </c>
       <c r="C34" t="s">
-        <v>1537</v>
+        <v>1623</v>
       </c>
       <c r="D34" t="s">
-        <v>1538</v>
+        <v>1624</v>
       </c>
       <c r="E34" t="s">
-        <v>1539</v>
+        <v>1625</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1540</v>
+        <v>1626</v>
       </c>
       <c r="H34" t="s">
-        <v>1541</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B35" t="s">
-        <v>1542</v>
+        <v>1628</v>
       </c>
       <c r="C35" t="s">
-        <v>1543</v>
+        <v>1629</v>
       </c>
       <c r="D35" t="s">
-        <v>11</v>
+        <v>1630</v>
       </c>
       <c r="E35" t="s">
-        <v>1544</v>
+        <v>1631</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1545</v>
+        <v>1632</v>
       </c>
       <c r="H35" t="s">
-        <v>1546</v>
+        <v>1633</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B36" t="s">
-        <v>1547</v>
+        <v>1634</v>
       </c>
       <c r="C36" t="s">
-        <v>1548</v>
+        <v>1635</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1549</v>
+        <v>1636</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1550</v>
+        <v>1637</v>
       </c>
       <c r="H36" t="s">
-        <v>1551</v>
+        <v>1638</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B37" t="s">
-        <v>1552</v>
+        <v>1639</v>
       </c>
       <c r="C37" t="s">
-        <v>1553</v>
+        <v>1640</v>
       </c>
       <c r="D37" t="s">
-        <v>1554</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1554</v>
+        <v>1641</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1555</v>
+        <v>1642</v>
       </c>
       <c r="H37" t="s">
-        <v>1556</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B38" t="s">
-        <v>1557</v>
+        <v>1644</v>
       </c>
       <c r="C38" t="s">
-        <v>1558</v>
+        <v>1645</v>
       </c>
       <c r="D38" t="s">
-        <v>11</v>
+        <v>1646</v>
       </c>
       <c r="E38" t="s">
-        <v>1559</v>
+        <v>1646</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1560</v>
+        <v>1647</v>
       </c>
       <c r="H38" t="s">
-        <v>1561</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B39" t="s">
-        <v>1562</v>
+        <v>1649</v>
       </c>
       <c r="C39" t="s">
-        <v>1563</v>
+        <v>1650</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1564</v>
+        <v>1651</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1565</v>
+        <v>1652</v>
       </c>
       <c r="H39" t="s">
-        <v>1566</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B40" t="s">
-        <v>1567</v>
+        <v>1654</v>
       </c>
       <c r="C40" t="s">
-        <v>1568</v>
+        <v>1655</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1569</v>
+        <v>1656</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1570</v>
+        <v>1657</v>
       </c>
       <c r="H40" t="s">
-        <v>1571</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B41" t="s">
-        <v>1572</v>
+        <v>1659</v>
       </c>
       <c r="C41" t="s">
-        <v>1573</v>
+        <v>1660</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1574</v>
+        <v>1661</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1575</v>
+        <v>1662</v>
       </c>
       <c r="H41" t="s">
-        <v>1576</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B42" t="s">
-        <v>1577</v>
+        <v>1664</v>
       </c>
       <c r="C42" t="s">
-        <v>1578</v>
+        <v>1665</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1579</v>
+        <v>1666</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1580</v>
+        <v>1667</v>
       </c>
       <c r="H42" t="s">
-        <v>1581</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B43" t="s">
-        <v>1582</v>
+        <v>1669</v>
       </c>
       <c r="C43" t="s">
-        <v>1583</v>
+        <v>1670</v>
       </c>
       <c r="D43" t="s">
-        <v>1584</v>
+        <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1585</v>
+        <v>1671</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1586</v>
+        <v>1672</v>
       </c>
       <c r="H43" t="s">
-        <v>1587</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B44" t="s">
-        <v>1588</v>
+        <v>1674</v>
       </c>
       <c r="C44" t="s">
-        <v>1589</v>
+        <v>1675</v>
       </c>
       <c r="D44" t="s">
-        <v>1584</v>
+        <v>1676</v>
       </c>
       <c r="E44" t="s">
-        <v>1590</v>
+        <v>1677</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1591</v>
+        <v>1678</v>
       </c>
       <c r="H44" t="s">
-        <v>1592</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B45" t="s">
-        <v>1593</v>
+        <v>1680</v>
       </c>
       <c r="C45" t="s">
-        <v>1594</v>
+        <v>1681</v>
       </c>
       <c r="D45" t="s">
-        <v>1595</v>
+        <v>1676</v>
       </c>
       <c r="E45" t="s">
-        <v>1596</v>
+        <v>1682</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1597</v>
+        <v>1683</v>
       </c>
       <c r="H45" t="s">
-        <v>1598</v>
+        <v>1684</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B46" t="s">
-        <v>1599</v>
+        <v>1685</v>
       </c>
       <c r="C46" t="s">
-        <v>1600</v>
+        <v>1686</v>
       </c>
       <c r="D46" t="s">
-        <v>1601</v>
+        <v>1687</v>
       </c>
       <c r="E46" t="s">
-        <v>1602</v>
+        <v>1688</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1603</v>
+        <v>1689</v>
       </c>
       <c r="H46" t="s">
-        <v>1604</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B47" t="s">
-        <v>1605</v>
+        <v>1691</v>
       </c>
       <c r="C47" t="s">
-        <v>1606</v>
+        <v>1692</v>
       </c>
       <c r="D47" t="s">
-        <v>1607</v>
+        <v>1693</v>
       </c>
       <c r="E47" t="s">
-        <v>1608</v>
+        <v>1694</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1609</v>
+        <v>1695</v>
       </c>
       <c r="H47" t="s">
-        <v>1610</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B48" t="s">
-        <v>1611</v>
+        <v>1697</v>
       </c>
       <c r="C48" t="s">
-        <v>1612</v>
+        <v>1698</v>
       </c>
       <c r="D48" t="s">
-        <v>11</v>
+        <v>1699</v>
       </c>
       <c r="E48" t="s">
-        <v>1613</v>
+        <v>1700</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1614</v>
+        <v>1701</v>
       </c>
       <c r="H48" t="s">
-        <v>1615</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B49" t="s">
-        <v>1616</v>
+        <v>1703</v>
       </c>
       <c r="C49" t="s">
-        <v>1617</v>
+        <v>1704</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1618</v>
+        <v>1705</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1619</v>
+        <v>1706</v>
       </c>
       <c r="H49" t="s">
-        <v>1620</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B50" t="s">
-        <v>1621</v>
+        <v>1708</v>
       </c>
       <c r="C50" t="s">
-        <v>1622</v>
+        <v>1709</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1623</v>
+        <v>1710</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1624</v>
+        <v>1711</v>
       </c>
       <c r="H50" t="s">
-        <v>1625</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B51" t="s">
-        <v>1626</v>
+        <v>1713</v>
       </c>
       <c r="C51" t="s">
-        <v>1627</v>
+        <v>1714</v>
       </c>
       <c r="D51" t="s">
-        <v>1628</v>
+        <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1629</v>
+        <v>1715</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1630</v>
+        <v>1716</v>
       </c>
       <c r="H51" t="s">
-        <v>1631</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B52" t="s">
-        <v>1632</v>
+        <v>1718</v>
       </c>
       <c r="C52" t="s">
-        <v>1633</v>
+        <v>1719</v>
       </c>
       <c r="D52" t="s">
-        <v>11</v>
+        <v>1720</v>
       </c>
       <c r="E52" t="s">
-        <v>1634</v>
+        <v>1721</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1635</v>
+        <v>1722</v>
       </c>
       <c r="H52" t="s">
-        <v>1636</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B53" t="s">
-        <v>1637</v>
+        <v>1724</v>
       </c>
       <c r="C53" t="s">
-        <v>1638</v>
+        <v>1725</v>
       </c>
       <c r="D53" t="s">
-        <v>1639</v>
+        <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1640</v>
+        <v>1726</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1641</v>
+        <v>1727</v>
       </c>
       <c r="H53" t="s">
-        <v>1642</v>
+        <v>1728</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B54" t="s">
-        <v>1643</v>
+        <v>1729</v>
       </c>
       <c r="C54" t="s">
-        <v>1644</v>
+        <v>1730</v>
       </c>
       <c r="D54" t="s">
-        <v>1425</v>
+        <v>1731</v>
       </c>
       <c r="E54" t="s">
-        <v>1645</v>
+        <v>1732</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1646</v>
+        <v>1733</v>
       </c>
       <c r="H54" t="s">
-        <v>1647</v>
+        <v>1734</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B55" t="s">
-        <v>1648</v>
+        <v>1735</v>
       </c>
       <c r="C55" t="s">
-        <v>1649</v>
+        <v>1736</v>
       </c>
       <c r="D55" t="s">
-        <v>1538</v>
+        <v>1511</v>
       </c>
       <c r="E55" t="s">
-        <v>1650</v>
+        <v>1737</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1651</v>
+        <v>1738</v>
       </c>
       <c r="H55" t="s">
-        <v>1652</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B56" t="s">
-        <v>1653</v>
+        <v>1740</v>
       </c>
       <c r="C56" t="s">
-        <v>1654</v>
+        <v>1741</v>
       </c>
       <c r="D56" t="s">
-        <v>1430</v>
+        <v>1630</v>
       </c>
       <c r="E56" t="s">
-        <v>1655</v>
+        <v>1742</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1656</v>
+        <v>1743</v>
       </c>
       <c r="H56" t="s">
-        <v>1657</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B57" t="s">
-        <v>1658</v>
+        <v>1745</v>
       </c>
       <c r="C57" t="s">
-        <v>11</v>
+        <v>1746</v>
       </c>
       <c r="D57" t="s">
-        <v>1659</v>
+        <v>1516</v>
       </c>
       <c r="E57" t="s">
-        <v>1660</v>
+        <v>1747</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1661</v>
+        <v>1748</v>
       </c>
       <c r="H57" t="s">
-        <v>1662</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B58" t="s">
-        <v>1663</v>
+        <v>1750</v>
       </c>
       <c r="C58" t="s">
-        <v>1664</v>
+        <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>1459</v>
+        <v>1751</v>
       </c>
       <c r="E58" t="s">
-        <v>1665</v>
+        <v>1752</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1666</v>
+        <v>1753</v>
       </c>
       <c r="H58" t="s">
-        <v>1667</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B59" t="s">
-        <v>1668</v>
+        <v>1755</v>
       </c>
       <c r="C59" t="s">
-        <v>1669</v>
+        <v>1756</v>
       </c>
       <c r="D59" t="s">
-        <v>1670</v>
+        <v>1545</v>
       </c>
       <c r="E59" t="s">
-        <v>1671</v>
+        <v>1757</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1672</v>
+        <v>1758</v>
       </c>
       <c r="H59" t="s">
-        <v>1673</v>
+        <v>1759</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B60" t="s">
-        <v>1674</v>
+        <v>1760</v>
       </c>
       <c r="C60" t="s">
-        <v>1675</v>
+        <v>1761</v>
       </c>
       <c r="D60" t="s">
-        <v>1584</v>
+        <v>1762</v>
       </c>
       <c r="E60" t="s">
-        <v>1676</v>
+        <v>1763</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1677</v>
+        <v>1764</v>
       </c>
       <c r="H60" t="s">
-        <v>1678</v>
+        <v>1765</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B61" t="s">
-        <v>1679</v>
+        <v>1766</v>
       </c>
       <c r="C61" t="s">
-        <v>1680</v>
+        <v>1767</v>
       </c>
       <c r="D61" t="s">
-        <v>1681</v>
+        <v>1676</v>
       </c>
       <c r="E61" t="s">
-        <v>1682</v>
+        <v>1768</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1683</v>
+        <v>1769</v>
       </c>
       <c r="H61" t="s">
-        <v>1684</v>
+        <v>1770</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B62" t="s">
-        <v>1685</v>
+        <v>1771</v>
       </c>
       <c r="C62" t="s">
-        <v>1686</v>
+        <v>1772</v>
       </c>
       <c r="D62" t="s">
-        <v>1687</v>
+        <v>1773</v>
       </c>
       <c r="E62" t="s">
-        <v>1688</v>
+        <v>1774</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1689</v>
+        <v>1775</v>
       </c>
       <c r="H62" t="s">
-        <v>1690</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B63" t="s">
-        <v>1691</v>
+        <v>1777</v>
       </c>
       <c r="C63" t="s">
-        <v>1692</v>
+        <v>1778</v>
       </c>
       <c r="D63" t="s">
-        <v>11</v>
+        <v>1779</v>
       </c>
       <c r="E63" t="s">
-        <v>1693</v>
+        <v>1780</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1694</v>
+        <v>1781</v>
       </c>
       <c r="H63" t="s">
-        <v>1695</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B64" t="s">
-        <v>1696</v>
+        <v>1783</v>
       </c>
       <c r="C64" t="s">
-        <v>1697</v>
+        <v>1784</v>
       </c>
       <c r="D64" t="s">
-        <v>1698</v>
+        <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1699</v>
+        <v>1785</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1700</v>
+        <v>1786</v>
       </c>
       <c r="H64" t="s">
-        <v>1701</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B65" t="s">
-        <v>1702</v>
+        <v>1788</v>
       </c>
       <c r="C65" t="s">
-        <v>1703</v>
+        <v>1789</v>
       </c>
       <c r="D65" t="s">
-        <v>1704</v>
+        <v>1790</v>
       </c>
       <c r="E65" t="s">
-        <v>1705</v>
+        <v>1791</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1706</v>
+        <v>1792</v>
       </c>
       <c r="H65" t="s">
-        <v>1707</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B66" t="s">
-        <v>1708</v>
+        <v>1794</v>
       </c>
       <c r="C66" t="s">
-        <v>1709</v>
+        <v>1795</v>
       </c>
       <c r="D66" t="s">
-        <v>1710</v>
+        <v>1796</v>
       </c>
       <c r="E66" t="s">
-        <v>1711</v>
+        <v>1797</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1712</v>
+        <v>1798</v>
       </c>
       <c r="H66" t="s">
-        <v>1713</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B67" t="s">
-        <v>1714</v>
+        <v>1800</v>
       </c>
       <c r="C67" t="s">
-        <v>1715</v>
+        <v>1801</v>
       </c>
       <c r="D67" t="s">
-        <v>1716</v>
+        <v>1802</v>
       </c>
       <c r="E67" t="s">
-        <v>1717</v>
+        <v>1803</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1718</v>
+        <v>1804</v>
       </c>
       <c r="H67" t="s">
-        <v>1719</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B68" t="s">
-        <v>1720</v>
+        <v>1806</v>
       </c>
       <c r="C68" t="s">
-        <v>1721</v>
+        <v>1807</v>
       </c>
       <c r="D68" t="s">
-        <v>1722</v>
+        <v>1808</v>
       </c>
       <c r="E68" t="s">
-        <v>1723</v>
+        <v>1809</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1724</v>
+        <v>1810</v>
       </c>
       <c r="H68" t="s">
-        <v>1725</v>
+        <v>1811</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B69" t="s">
-        <v>1726</v>
+        <v>1812</v>
       </c>
       <c r="C69" t="s">
-        <v>1727</v>
+        <v>1813</v>
       </c>
       <c r="D69" t="s">
-        <v>11</v>
+        <v>1814</v>
       </c>
       <c r="E69" t="s">
-        <v>1728</v>
+        <v>1815</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1729</v>
+        <v>1816</v>
       </c>
       <c r="H69" t="s">
-        <v>1730</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B70" t="s">
-        <v>1731</v>
+        <v>1818</v>
       </c>
       <c r="C70" t="s">
-        <v>1732</v>
+        <v>1819</v>
       </c>
       <c r="D70" t="s">
-        <v>1733</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1734</v>
+        <v>1820</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1735</v>
+        <v>1821</v>
       </c>
       <c r="H70" t="s">
-        <v>1736</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B71" t="s">
-        <v>1737</v>
+        <v>1823</v>
       </c>
       <c r="C71" t="s">
-        <v>1680</v>
+        <v>1824</v>
       </c>
       <c r="D71" t="s">
-        <v>1681</v>
+        <v>1825</v>
       </c>
       <c r="E71" t="s">
-        <v>1738</v>
+        <v>1826</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1739</v>
+        <v>1827</v>
       </c>
       <c r="H71" t="s">
-        <v>1740</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B72" t="s">
-        <v>1741</v>
+        <v>1829</v>
       </c>
       <c r="C72" t="s">
-        <v>1742</v>
+        <v>1772</v>
       </c>
       <c r="D72" t="s">
-        <v>11</v>
+        <v>1773</v>
       </c>
       <c r="E72" t="s">
-        <v>1743</v>
+        <v>1830</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1744</v>
+        <v>1831</v>
       </c>
       <c r="H72" t="s">
-        <v>1745</v>
+        <v>1832</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B73" t="s">
-        <v>1746</v>
+        <v>1833</v>
       </c>
       <c r="C73" t="s">
-        <v>1747</v>
+        <v>1834</v>
       </c>
       <c r="D73" t="s">
-        <v>1748</v>
+        <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1749</v>
+        <v>1835</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1750</v>
+        <v>1836</v>
       </c>
       <c r="H73" t="s">
-        <v>1751</v>
+        <v>1837</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B74" t="s">
-        <v>1752</v>
+        <v>1838</v>
       </c>
       <c r="C74" t="s">
-        <v>1753</v>
+        <v>1839</v>
       </c>
       <c r="D74" t="s">
-        <v>1754</v>
+        <v>1840</v>
       </c>
       <c r="E74" t="s">
-        <v>1755</v>
+        <v>1841</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1756</v>
+        <v>1842</v>
       </c>
       <c r="H74" t="s">
-        <v>1757</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B75" t="s">
-        <v>1758</v>
+        <v>1844</v>
       </c>
       <c r="C75" t="s">
-        <v>1759</v>
+        <v>1845</v>
       </c>
       <c r="D75" t="s">
-        <v>1760</v>
+        <v>1846</v>
       </c>
       <c r="E75" t="s">
-        <v>1761</v>
+        <v>1847</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1762</v>
+        <v>1848</v>
       </c>
       <c r="H75" t="s">
-        <v>1763</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B76" t="s">
-        <v>1764</v>
+        <v>1850</v>
       </c>
       <c r="C76" t="s">
-        <v>1765</v>
+        <v>1851</v>
       </c>
       <c r="D76" t="s">
-        <v>1766</v>
+        <v>1852</v>
       </c>
       <c r="E76" t="s">
-        <v>1767</v>
+        <v>1853</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1768</v>
+        <v>1854</v>
       </c>
       <c r="H76" t="s">
-        <v>1769</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B77" t="s">
-        <v>1770</v>
+        <v>1856</v>
       </c>
       <c r="C77" t="s">
-        <v>1771</v>
+        <v>1857</v>
       </c>
       <c r="D77" t="s">
-        <v>1772</v>
+        <v>1858</v>
       </c>
       <c r="E77" t="s">
-        <v>1773</v>
+        <v>1859</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1774</v>
+        <v>1860</v>
       </c>
       <c r="H77" t="s">
-        <v>1775</v>
+        <v>1861</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B78" t="s">
-        <v>1776</v>
+        <v>1862</v>
       </c>
       <c r="C78" t="s">
-        <v>11</v>
+        <v>1863</v>
       </c>
       <c r="D78" t="s">
-        <v>1777</v>
+        <v>1864</v>
       </c>
       <c r="E78" t="s">
-        <v>1778</v>
+        <v>1865</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1779</v>
+        <v>1866</v>
       </c>
       <c r="H78" t="s">
-        <v>1780</v>
+        <v>1867</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B79" t="s">
-        <v>1781</v>
+        <v>1868</v>
       </c>
       <c r="C79" t="s">
-        <v>1782</v>
+        <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>1783</v>
+        <v>1869</v>
       </c>
       <c r="E79" t="s">
-        <v>1784</v>
+        <v>1870</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1785</v>
+        <v>1871</v>
       </c>
       <c r="H79" t="s">
-        <v>1786</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B80" t="s">
-        <v>1787</v>
+        <v>1873</v>
       </c>
       <c r="C80" t="s">
-        <v>1788</v>
+        <v>1874</v>
       </c>
       <c r="D80" t="s">
-        <v>1789</v>
+        <v>1875</v>
       </c>
       <c r="E80" t="s">
-        <v>1790</v>
+        <v>1876</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1791</v>
+        <v>1877</v>
       </c>
       <c r="H80" t="s">
-        <v>1792</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B81" t="s">
-        <v>1793</v>
+        <v>1879</v>
       </c>
       <c r="C81" t="s">
-        <v>1794</v>
+        <v>1880</v>
       </c>
       <c r="D81" t="s">
-        <v>1795</v>
+        <v>1881</v>
       </c>
       <c r="E81" t="s">
-        <v>1796</v>
+        <v>1882</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1797</v>
+        <v>1883</v>
       </c>
       <c r="H81" t="s">
-        <v>1798</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B82" t="s">
-        <v>1799</v>
+        <v>1885</v>
       </c>
       <c r="C82" t="s">
-        <v>1800</v>
+        <v>1886</v>
       </c>
       <c r="D82" t="s">
-        <v>1801</v>
+        <v>1887</v>
       </c>
       <c r="E82" t="s">
-        <v>1802</v>
+        <v>1888</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1803</v>
+        <v>1889</v>
       </c>
       <c r="H82" t="s">
-        <v>1804</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B83" t="s">
-        <v>1805</v>
+        <v>1891</v>
       </c>
       <c r="C83" t="s">
-        <v>1806</v>
+        <v>1892</v>
       </c>
       <c r="D83" t="s">
-        <v>1807</v>
+        <v>1893</v>
       </c>
       <c r="E83" t="s">
-        <v>1808</v>
+        <v>1894</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1809</v>
+        <v>1895</v>
       </c>
       <c r="H83" t="s">
-        <v>1810</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B84" t="s">
-        <v>1811</v>
+        <v>1897</v>
       </c>
       <c r="C84" t="s">
-        <v>1812</v>
+        <v>1898</v>
       </c>
       <c r="D84" t="s">
-        <v>11</v>
+        <v>1899</v>
       </c>
       <c r="E84" t="s">
-        <v>1813</v>
+        <v>1900</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1814</v>
+        <v>1901</v>
       </c>
       <c r="H84" t="s">
-        <v>1815</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B85" t="s">
-        <v>1816</v>
+        <v>1903</v>
       </c>
       <c r="C85" t="s">
-        <v>1817</v>
+        <v>1904</v>
       </c>
       <c r="D85" t="s">
-        <v>1818</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>1819</v>
+        <v>1905</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1820</v>
+        <v>1906</v>
       </c>
       <c r="H85" t="s">
-        <v>1821</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B86" t="s">
-        <v>1822</v>
+        <v>1908</v>
       </c>
       <c r="C86" t="s">
-        <v>1823</v>
+        <v>1909</v>
       </c>
       <c r="D86" t="s">
-        <v>11</v>
+        <v>1910</v>
       </c>
       <c r="E86" t="s">
-        <v>1824</v>
+        <v>1911</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1825</v>
+        <v>1912</v>
       </c>
       <c r="H86" t="s">
-        <v>1826</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B87" t="s">
-        <v>1827</v>
+        <v>1914</v>
       </c>
       <c r="C87" t="s">
-        <v>1828</v>
+        <v>1915</v>
       </c>
       <c r="D87" t="s">
-        <v>1766</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>1766</v>
+        <v>1916</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1829</v>
+        <v>1917</v>
       </c>
       <c r="H87" t="s">
-        <v>1830</v>
+        <v>1918</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B88" t="s">
-        <v>1831</v>
+        <v>1919</v>
       </c>
       <c r="C88" t="s">
-        <v>1832</v>
+        <v>1920</v>
       </c>
       <c r="D88" t="s">
-        <v>1833</v>
+        <v>1858</v>
       </c>
       <c r="E88" t="s">
-        <v>1834</v>
+        <v>1858</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1835</v>
+        <v>1921</v>
       </c>
       <c r="H88" t="s">
-        <v>1836</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B89" t="s">
-        <v>1837</v>
+        <v>1923</v>
       </c>
       <c r="C89" t="s">
-        <v>1838</v>
+        <v>1924</v>
       </c>
       <c r="D89" t="s">
-        <v>1833</v>
+        <v>1925</v>
       </c>
       <c r="E89" t="s">
-        <v>1839</v>
+        <v>1926</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1840</v>
+        <v>1927</v>
       </c>
       <c r="H89" t="s">
-        <v>1841</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B90" t="s">
-        <v>1842</v>
+        <v>1929</v>
       </c>
       <c r="C90" t="s">
-        <v>1843</v>
+        <v>1930</v>
       </c>
       <c r="D90" t="s">
-        <v>1844</v>
+        <v>1925</v>
       </c>
       <c r="E90" t="s">
-        <v>1845</v>
+        <v>1931</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1846</v>
+        <v>1932</v>
       </c>
       <c r="H90" t="s">
-        <v>1847</v>
+        <v>1933</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B91" t="s">
-        <v>1848</v>
+        <v>1934</v>
       </c>
       <c r="C91" t="s">
-        <v>1849</v>
+        <v>1935</v>
       </c>
       <c r="D91" t="s">
-        <v>1850</v>
+        <v>1936</v>
       </c>
       <c r="E91" t="s">
-        <v>1851</v>
+        <v>1937</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1852</v>
+        <v>1938</v>
       </c>
       <c r="H91" t="s">
-        <v>1853</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B92" t="s">
-        <v>1854</v>
+        <v>1940</v>
       </c>
       <c r="C92" t="s">
-        <v>1855</v>
+        <v>1941</v>
       </c>
       <c r="D92" t="s">
-        <v>1856</v>
+        <v>1942</v>
       </c>
       <c r="E92" t="s">
-        <v>1857</v>
+        <v>1943</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1858</v>
+        <v>1944</v>
       </c>
       <c r="H92" t="s">
-        <v>1859</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B93" t="s">
-        <v>1860</v>
+        <v>1946</v>
       </c>
       <c r="C93" t="s">
-        <v>1861</v>
+        <v>1947</v>
       </c>
       <c r="D93" t="s">
-        <v>1862</v>
+        <v>1948</v>
       </c>
       <c r="E93" t="s">
-        <v>1863</v>
+        <v>1949</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1864</v>
+        <v>1950</v>
       </c>
       <c r="H93" t="s">
-        <v>1865</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B94" t="s">
-        <v>1866</v>
+        <v>1952</v>
       </c>
       <c r="C94" t="s">
-        <v>1867</v>
+        <v>1953</v>
       </c>
       <c r="D94" t="s">
-        <v>1868</v>
+        <v>1954</v>
       </c>
       <c r="E94" t="s">
-        <v>1868</v>
+        <v>1955</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1869</v>
+        <v>1956</v>
       </c>
       <c r="H94" t="s">
-        <v>1870</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B95" t="s">
-        <v>1871</v>
+        <v>1958</v>
       </c>
       <c r="C95" t="s">
-        <v>1872</v>
+        <v>1959</v>
       </c>
       <c r="D95" t="s">
-        <v>1873</v>
+        <v>1960</v>
       </c>
       <c r="E95" t="s">
-        <v>1874</v>
+        <v>1960</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1875</v>
+        <v>1961</v>
       </c>
       <c r="H95" t="s">
-        <v>1876</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1355</v>
+        <v>1441</v>
       </c>
       <c r="B96" t="s">
-        <v>1877</v>
+        <v>1963</v>
       </c>
       <c r="C96" t="s">
-        <v>1878</v>
+        <v>1964</v>
       </c>
       <c r="D96" t="s">
-        <v>1879</v>
+        <v>1965</v>
       </c>
       <c r="E96" t="s">
-        <v>1880</v>
+        <v>1966</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1881</v>
+        <v>1967</v>
       </c>
       <c r="H96" t="s">
-        <v>1882</v>
+        <v>1968</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1969</v>
+      </c>
+      <c r="C97" t="s">
+        <v>1970</v>
+      </c>
+      <c r="D97" t="s">
+        <v>1971</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1972</v>
+      </c>
+      <c r="F97" t="s">
+        <v>11</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1973</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1974</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H15"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B2" t="s">
-        <v>1884</v>
+        <v>1976</v>
       </c>
       <c r="C2" t="s">
-        <v>1885</v>
+        <v>1977</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1886</v>
+        <v>1978</v>
       </c>
       <c r="H2" t="s">
-        <v>1887</v>
+        <v>1979</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B3" t="s">
-        <v>1888</v>
+        <v>1980</v>
       </c>
       <c r="C3" t="s">
-        <v>1889</v>
+        <v>1981</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1890</v>
+        <v>1982</v>
       </c>
       <c r="H3" t="s">
-        <v>1891</v>
+        <v>1983</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B4" t="s">
-        <v>1892</v>
+        <v>1984</v>
       </c>
       <c r="C4" t="s">
-        <v>1893</v>
+        <v>1985</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1894</v>
+        <v>1986</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1895</v>
+        <v>1987</v>
       </c>
       <c r="H4" t="s">
-        <v>1896</v>
+        <v>1988</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B5" t="s">
-        <v>1897</v>
+        <v>1989</v>
       </c>
       <c r="C5" t="s">
-        <v>1898</v>
+        <v>1990</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1899</v>
+        <v>1991</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1900</v>
+        <v>1992</v>
       </c>
       <c r="H5" t="s">
-        <v>1901</v>
+        <v>1993</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B6" t="s">
-        <v>1902</v>
+        <v>1994</v>
       </c>
       <c r="C6" t="s">
-        <v>1903</v>
+        <v>1995</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1904</v>
+        <v>1996</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1905</v>
+        <v>1997</v>
       </c>
       <c r="H6" t="s">
-        <v>1906</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B7" t="s">
-        <v>1907</v>
+        <v>1999</v>
       </c>
       <c r="C7" t="s">
-        <v>1908</v>
+        <v>2000</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1909</v>
+        <v>2001</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1910</v>
+        <v>2002</v>
       </c>
       <c r="H7" t="s">
-        <v>1911</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B8" t="s">
-        <v>1912</v>
+        <v>2004</v>
       </c>
       <c r="C8" t="s">
-        <v>1913</v>
+        <v>2005</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1914</v>
+        <v>2006</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1915</v>
+        <v>2007</v>
       </c>
       <c r="H8" t="s">
-        <v>1916</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B9" t="s">
-        <v>1917</v>
+        <v>2009</v>
       </c>
       <c r="C9" t="s">
-        <v>1918</v>
+        <v>2010</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1919</v>
+        <v>2011</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1920</v>
+        <v>2012</v>
       </c>
       <c r="H9" t="s">
-        <v>1921</v>
+        <v>2013</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B10" t="s">
-        <v>1922</v>
+        <v>2014</v>
       </c>
       <c r="C10" t="s">
-        <v>1923</v>
+        <v>2015</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1924</v>
+        <v>2016</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1925</v>
+        <v>2017</v>
       </c>
       <c r="H10" t="s">
-        <v>1926</v>
+        <v>2018</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B11" t="s">
-        <v>1927</v>
+        <v>2019</v>
       </c>
       <c r="C11" t="s">
-        <v>1928</v>
+        <v>2020</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1517</v>
+        <v>1609</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1929</v>
+        <v>2021</v>
       </c>
       <c r="H11" t="s">
-        <v>1930</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B12" t="s">
-        <v>1931</v>
+        <v>2023</v>
       </c>
       <c r="C12" t="s">
-        <v>1932</v>
+        <v>2024</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1933</v>
+        <v>2025</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1934</v>
+        <v>2026</v>
       </c>
       <c r="H12" t="s">
-        <v>1935</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B13" t="s">
-        <v>1936</v>
+        <v>2028</v>
       </c>
       <c r="C13" t="s">
-        <v>1937</v>
+        <v>2029</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1938</v>
+        <v>2030</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1939</v>
+        <v>2031</v>
       </c>
       <c r="H13" t="s">
-        <v>1940</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B14" t="s">
-        <v>1941</v>
+        <v>2033</v>
       </c>
       <c r="C14" t="s">
-        <v>1942</v>
+        <v>2034</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1943</v>
+        <v>2035</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1944</v>
+        <v>2036</v>
       </c>
       <c r="H14" t="s">
-        <v>1945</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1883</v>
+        <v>1975</v>
       </c>
       <c r="B15" t="s">
-        <v>1946</v>
+        <v>2038</v>
       </c>
       <c r="C15" t="s">
-        <v>1947</v>
+        <v>2039</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1948</v>
+        <v>2040</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1949</v>
+        <v>2041</v>
       </c>
       <c r="H15" t="s">
-        <v>1950</v>
+        <v>2042</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B2" t="s">
-        <v>1952</v>
+        <v>2044</v>
       </c>
       <c r="C2" t="s">
-        <v>1953</v>
+        <v>2045</v>
       </c>
       <c r="D2" t="s">
-        <v>1954</v>
+        <v>2046</v>
       </c>
       <c r="E2" t="s">
-        <v>1955</v>
+        <v>2047</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1956</v>
+        <v>2048</v>
       </c>
       <c r="H2" t="s">
-        <v>1957</v>
+        <v>2049</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B3" t="s">
-        <v>1958</v>
+        <v>2050</v>
       </c>
       <c r="C3" t="s">
-        <v>1959</v>
+        <v>2051</v>
       </c>
       <c r="D3" t="s">
-        <v>1960</v>
+        <v>2052</v>
       </c>
       <c r="E3" t="s">
-        <v>1961</v>
+        <v>2053</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1962</v>
+        <v>2054</v>
       </c>
       <c r="H3" t="s">
-        <v>1963</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B4" t="s">
-        <v>1964</v>
+        <v>2056</v>
       </c>
       <c r="C4" t="s">
-        <v>1965</v>
+        <v>2057</v>
       </c>
       <c r="D4" t="s">
-        <v>1966</v>
+        <v>2058</v>
       </c>
       <c r="E4" t="s">
-        <v>1967</v>
+        <v>2059</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1968</v>
+        <v>2060</v>
       </c>
       <c r="H4" t="s">
-        <v>1969</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B5" t="s">
-        <v>1970</v>
+        <v>2062</v>
       </c>
       <c r="C5" t="s">
-        <v>1971</v>
+        <v>2063</v>
       </c>
       <c r="D5" t="s">
-        <v>1972</v>
+        <v>2064</v>
       </c>
       <c r="E5" t="s">
-        <v>1973</v>
+        <v>2065</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1974</v>
+        <v>2066</v>
       </c>
       <c r="H5" t="s">
-        <v>1975</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B6" t="s">
-        <v>1976</v>
+        <v>2068</v>
       </c>
       <c r="C6" t="s">
-        <v>1977</v>
+        <v>2069</v>
       </c>
       <c r="D6" t="s">
-        <v>1978</v>
+        <v>2070</v>
       </c>
       <c r="E6" t="s">
-        <v>1979</v>
+        <v>2071</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1980</v>
+        <v>2072</v>
       </c>
       <c r="H6" t="s">
-        <v>1981</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B7" t="s">
-        <v>1982</v>
+        <v>2074</v>
       </c>
       <c r="C7" t="s">
-        <v>1983</v>
+        <v>2075</v>
       </c>
       <c r="D7" t="s">
-        <v>1984</v>
+        <v>2076</v>
       </c>
       <c r="E7" t="s">
-        <v>1985</v>
+        <v>2077</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1986</v>
+        <v>2078</v>
       </c>
       <c r="H7" t="s">
-        <v>1987</v>
+        <v>2079</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B8" t="s">
-        <v>1988</v>
+        <v>2080</v>
       </c>
       <c r="C8" t="s">
-        <v>1989</v>
+        <v>2081</v>
       </c>
       <c r="D8" t="s">
-        <v>1493</v>
+        <v>1590</v>
       </c>
       <c r="E8" t="s">
-        <v>1990</v>
+        <v>2082</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1991</v>
+        <v>2083</v>
       </c>
       <c r="H8" t="s">
-        <v>1992</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B9" t="s">
-        <v>1993</v>
+        <v>2085</v>
       </c>
       <c r="C9" t="s">
-        <v>1994</v>
+        <v>2086</v>
       </c>
       <c r="D9" t="s">
-        <v>1995</v>
+        <v>2087</v>
       </c>
       <c r="E9" t="s">
-        <v>1996</v>
+        <v>2088</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1997</v>
+        <v>2089</v>
       </c>
       <c r="H9" t="s">
-        <v>1998</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B10" t="s">
-        <v>1999</v>
+        <v>2091</v>
       </c>
       <c r="C10" t="s">
-        <v>2000</v>
+        <v>2092</v>
       </c>
       <c r="D10" t="s">
-        <v>2001</v>
+        <v>2093</v>
       </c>
       <c r="E10" t="s">
-        <v>2002</v>
+        <v>2094</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2003</v>
+        <v>2095</v>
       </c>
       <c r="H10" t="s">
-        <v>2004</v>
+        <v>2096</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1951</v>
+        <v>2043</v>
       </c>
       <c r="B11" t="s">
-        <v>2005</v>
+        <v>2097</v>
       </c>
       <c r="C11" t="s">
-        <v>2006</v>
+        <v>2098</v>
       </c>
       <c r="D11" t="s">
-        <v>2007</v>
+        <v>2099</v>
       </c>
       <c r="E11" t="s">
-        <v>2008</v>
+        <v>2100</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2009</v>
+        <v>2101</v>
       </c>
       <c r="H11" t="s">
-        <v>2010</v>
+        <v>2102</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B2" t="s">
-        <v>2012</v>
+        <v>2104</v>
       </c>
       <c r="C2" t="s">
-        <v>2012</v>
+        <v>2104</v>
       </c>
       <c r="D2" t="s">
-        <v>2013</v>
+        <v>2105</v>
       </c>
       <c r="E2" t="s">
-        <v>2014</v>
+        <v>2106</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2015</v>
+        <v>2107</v>
       </c>
       <c r="H2" t="s">
-        <v>2016</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B3" t="s">
-        <v>2017</v>
+        <v>2109</v>
       </c>
       <c r="C3" t="s">
-        <v>2018</v>
+        <v>2110</v>
       </c>
       <c r="D3" t="s">
-        <v>2019</v>
+        <v>2111</v>
       </c>
       <c r="E3" t="s">
-        <v>2020</v>
+        <v>2112</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2021</v>
+        <v>2113</v>
       </c>
       <c r="H3" t="s">
-        <v>2022</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B4" t="s">
-        <v>2023</v>
+        <v>2115</v>
       </c>
       <c r="C4" t="s">
-        <v>2024</v>
+        <v>2116</v>
       </c>
       <c r="D4" t="s">
-        <v>2025</v>
+        <v>2117</v>
       </c>
       <c r="E4" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2026</v>
+        <v>2118</v>
       </c>
       <c r="H4" t="s">
-        <v>2027</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B5" t="s">
-        <v>2028</v>
+        <v>2120</v>
       </c>
       <c r="C5" t="s">
-        <v>2029</v>
+        <v>2121</v>
       </c>
       <c r="D5" t="s">
-        <v>2030</v>
+        <v>2122</v>
       </c>
       <c r="E5" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2031</v>
+        <v>2123</v>
       </c>
       <c r="H5" t="s">
-        <v>2032</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B6" t="s">
-        <v>2033</v>
+        <v>2125</v>
       </c>
       <c r="C6" t="s">
-        <v>2034</v>
+        <v>2126</v>
       </c>
       <c r="D6" t="s">
-        <v>2035</v>
+        <v>2127</v>
       </c>
       <c r="E6" t="s">
-        <v>2036</v>
+        <v>2128</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2037</v>
+        <v>2129</v>
       </c>
       <c r="H6" t="s">
-        <v>2038</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B7" t="s">
-        <v>2039</v>
+        <v>2131</v>
       </c>
       <c r="C7" t="s">
-        <v>2040</v>
+        <v>2132</v>
       </c>
       <c r="D7" t="s">
-        <v>2041</v>
+        <v>2133</v>
       </c>
       <c r="E7" t="s">
-        <v>2042</v>
+        <v>2134</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2043</v>
+        <v>2135</v>
       </c>
       <c r="H7" t="s">
-        <v>2044</v>
+        <v>2136</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B8" t="s">
-        <v>2045</v>
+        <v>2137</v>
       </c>
       <c r="C8" t="s">
-        <v>2046</v>
+        <v>2138</v>
       </c>
       <c r="D8" t="s">
-        <v>2047</v>
+        <v>2139</v>
       </c>
       <c r="E8" t="s">
-        <v>2048</v>
+        <v>2140</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2049</v>
+        <v>2141</v>
       </c>
       <c r="H8" t="s">
-        <v>2050</v>
+        <v>2142</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B9" t="s">
-        <v>2051</v>
+        <v>2143</v>
       </c>
       <c r="C9" t="s">
-        <v>2052</v>
+        <v>2144</v>
       </c>
       <c r="D9" t="s">
-        <v>2053</v>
+        <v>2145</v>
       </c>
       <c r="E9" t="s">
-        <v>2054</v>
+        <v>2146</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2055</v>
+        <v>2147</v>
       </c>
       <c r="H9" t="s">
-        <v>2056</v>
+        <v>2148</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B10" t="s">
-        <v>2057</v>
+        <v>2149</v>
       </c>
       <c r="C10" t="s">
-        <v>2058</v>
+        <v>2150</v>
       </c>
       <c r="D10" t="s">
-        <v>2059</v>
+        <v>2151</v>
       </c>
       <c r="E10" t="s">
-        <v>2060</v>
+        <v>2152</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2061</v>
+        <v>2153</v>
       </c>
       <c r="H10" t="s">
-        <v>2062</v>
+        <v>2154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B11" t="s">
-        <v>2063</v>
+        <v>2155</v>
       </c>
       <c r="C11" t="s">
-        <v>2064</v>
+        <v>2156</v>
       </c>
       <c r="D11" t="s">
-        <v>2065</v>
+        <v>2157</v>
       </c>
       <c r="E11" t="s">
-        <v>2066</v>
+        <v>2158</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2067</v>
+        <v>2159</v>
       </c>
       <c r="H11" t="s">
-        <v>2068</v>
+        <v>2160</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B12" t="s">
-        <v>2069</v>
+        <v>2161</v>
       </c>
       <c r="C12" t="s">
-        <v>2070</v>
+        <v>2162</v>
       </c>
       <c r="D12" t="s">
-        <v>2071</v>
+        <v>2163</v>
       </c>
       <c r="E12" t="s">
-        <v>2072</v>
+        <v>2164</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2073</v>
+        <v>2165</v>
       </c>
       <c r="H12" t="s">
-        <v>2074</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2011</v>
+        <v>2103</v>
       </c>
       <c r="B13" t="s">
-        <v>2075</v>
+        <v>2167</v>
       </c>
       <c r="C13" t="s">
-        <v>2076</v>
+        <v>2168</v>
       </c>
       <c r="D13" t="s">
-        <v>2077</v>
+        <v>2169</v>
       </c>
       <c r="E13" t="s">
-        <v>2078</v>
+        <v>2170</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2079</v>
+        <v>2171</v>
       </c>
       <c r="H13" t="s">
-        <v>2080</v>
+        <v>2172</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2081</v>
+        <v>2173</v>
       </c>
       <c r="J1" t="s">
-        <v>1078</v>
+        <v>1093</v>
       </c>
       <c r="K1" t="s">
-        <v>2082</v>
+        <v>2174</v>
       </c>
       <c r="L1" t="s">
-        <v>1080</v>
+        <v>1095</v>
       </c>
       <c r="M1" t="s">
-        <v>1081</v>
+        <v>1096</v>
       </c>
       <c r="N1" t="s">
-        <v>2083</v>
+        <v>2175</v>
       </c>
       <c r="O1" t="s">
-        <v>2084</v>
+        <v>2176</v>
       </c>
       <c r="P1" t="s">
-        <v>2085</v>
+        <v>2177</v>
       </c>
       <c r="Q1" t="s">
-        <v>2086</v>
+        <v>2178</v>
       </c>
       <c r="R1" t="s">
-        <v>1082</v>
+        <v>1097</v>
       </c>
       <c r="S1" t="s">
-        <v>2087</v>
+        <v>2179</v>
       </c>
       <c r="T1" t="s">
-        <v>2088</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2089</v>
+        <v>2181</v>
       </c>
       <c r="B2" t="s">
-        <v>2090</v>
+        <v>2182</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2091</v>
+        <v>2183</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2092</v>
+        <v>2184</v>
       </c>
       <c r="H2" t="s">
-        <v>2093</v>
+        <v>2185</v>
       </c>
       <c r="I2" t="s">
-        <v>2094</v>
+        <v>2186</v>
       </c>
       <c r="J2" t="s">
-        <v>2095</v>
+        <v>2187</v>
       </c>
       <c r="K2" t="s">
-        <v>2096</v>
+        <v>2188</v>
       </c>
       <c r="L2" t="s">
-        <v>2097</v>
+        <v>2189</v>
       </c>
       <c r="M2" t="s">
-        <v>2098</v>
+        <v>2190</v>
       </c>
       <c r="N2" t="s">
-        <v>2099</v>
+        <v>2191</v>
       </c>
       <c r="O2" t="s">
         <v>11</v>
       </c>
       <c r="P2" t="s">
-        <v>2100</v>
+        <v>2192</v>
       </c>
       <c r="Q2" t="s">
-        <v>2101</v>
+        <v>2193</v>
       </c>
       <c r="R2" t="s">
-        <v>1127</v>
+        <v>1170</v>
       </c>
       <c r="S2" t="s">
-        <v>2102</v>
+        <v>2194</v>
       </c>
       <c r="T2" t="s">
-        <v>2103</v>
+        <v>2195</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD48"/>
+  <dimension ref="A1:AD50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2104</v>
+        <v>2196</v>
       </c>
       <c r="J1" t="s">
-        <v>2105</v>
+        <v>2197</v>
       </c>
       <c r="K1" t="s">
-        <v>2106</v>
+        <v>2198</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B2" t="s">
-        <v>2108</v>
+        <v>2200</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2109</v>
+        <v>2201</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2110</v>
+        <v>2202</v>
       </c>
       <c r="H2" t="s">
-        <v>2111</v>
+        <v>2203</v>
       </c>
       <c r="I2" t="s">
-        <v>2112</v>
+        <v>2204</v>
       </c>
       <c r="J2" t="s">
-        <v>2113</v>
+        <v>2205</v>
       </c>
       <c r="K2" t="s">
-        <v>2114</v>
+        <v>2206</v>
       </c>
       <c r="L2" t="s">
-        <v>2115</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B3" t="s">
-        <v>2116</v>
+        <v>2208</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2117</v>
+        <v>2209</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2118</v>
+        <v>2210</v>
       </c>
       <c r="H3" t="s">
-        <v>2119</v>
+        <v>2211</v>
       </c>
       <c r="I3" t="s">
-        <v>2112</v>
+        <v>2204</v>
       </c>
       <c r="J3" t="s">
-        <v>2120</v>
+        <v>2212</v>
       </c>
       <c r="K3" t="s">
-        <v>2121</v>
+        <v>2213</v>
       </c>
       <c r="L3" t="s">
-        <v>2122</v>
+        <v>2214</v>
       </c>
       <c r="M3" t="s">
-        <v>2123</v>
+        <v>2215</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B4" t="s">
-        <v>2124</v>
+        <v>2216</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2125</v>
+        <v>2217</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2126</v>
+        <v>2218</v>
       </c>
       <c r="H4" t="s">
-        <v>2127</v>
+        <v>2219</v>
       </c>
       <c r="I4" t="s">
-        <v>2128</v>
+        <v>2220</v>
       </c>
       <c r="J4" t="s">
-        <v>2129</v>
+        <v>2221</v>
       </c>
       <c r="K4" t="s">
-        <v>2130</v>
+        <v>2222</v>
       </c>
       <c r="L4" t="s">
-        <v>2131</v>
+        <v>2223</v>
       </c>
       <c r="M4" t="s">
-        <v>2132</v>
+        <v>2224</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B5" t="s">
-        <v>2133</v>
+        <v>2225</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2134</v>
+        <v>2226</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2135</v>
+        <v>2227</v>
       </c>
       <c r="H5" t="s">
-        <v>2136</v>
+        <v>2228</v>
       </c>
       <c r="I5" t="s">
-        <v>2137</v>
+        <v>2229</v>
       </c>
       <c r="J5" t="s">
-        <v>2138</v>
+        <v>2230</v>
       </c>
       <c r="K5" t="s">
-        <v>2139</v>
+        <v>2231</v>
       </c>
       <c r="L5" t="s">
-        <v>2140</v>
+        <v>2232</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B6" t="s">
-        <v>2141</v>
+        <v>2233</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2142</v>
+        <v>2234</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2143</v>
+        <v>2235</v>
       </c>
       <c r="H6" t="s">
-        <v>2144</v>
+        <v>2236</v>
       </c>
       <c r="I6" t="s">
-        <v>2145</v>
+        <v>2237</v>
       </c>
       <c r="J6" t="s">
-        <v>2146</v>
+        <v>2238</v>
       </c>
       <c r="K6" t="s">
-        <v>2147</v>
+        <v>2239</v>
       </c>
       <c r="L6" t="s">
-        <v>2148</v>
+        <v>2240</v>
       </c>
       <c r="M6" t="s">
-        <v>2149</v>
+        <v>2241</v>
       </c>
       <c r="N6" t="s">
-        <v>2150</v>
+        <v>2242</v>
       </c>
       <c r="O6" t="s">
-        <v>2151</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B7" t="s">
-        <v>2152</v>
+        <v>2244</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2153</v>
+        <v>2245</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2154</v>
+        <v>2246</v>
       </c>
       <c r="H7" t="s">
-        <v>2155</v>
+        <v>2247</v>
       </c>
       <c r="I7" t="s">
-        <v>2156</v>
+        <v>2248</v>
       </c>
       <c r="J7" t="s">
-        <v>2157</v>
+        <v>2249</v>
       </c>
       <c r="K7" t="s">
-        <v>2158</v>
+        <v>2250</v>
       </c>
       <c r="L7" t="s">
-        <v>2159</v>
+        <v>2251</v>
       </c>
       <c r="M7" t="s">
-        <v>2160</v>
+        <v>2252</v>
       </c>
       <c r="N7" t="s">
-        <v>2161</v>
+        <v>2253</v>
       </c>
       <c r="O7" t="s">
-        <v>2162</v>
+        <v>2254</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B8" t="s">
-        <v>2163</v>
+        <v>2255</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2164</v>
+        <v>2256</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2165</v>
+        <v>2257</v>
       </c>
       <c r="H8" t="s">
-        <v>2166</v>
+        <v>2258</v>
       </c>
       <c r="I8" t="s">
-        <v>2167</v>
+        <v>2259</v>
       </c>
       <c r="J8" t="s">
-        <v>2168</v>
+        <v>2260</v>
       </c>
       <c r="K8" t="s">
-        <v>2169</v>
+        <v>2261</v>
       </c>
       <c r="L8" t="s">
-        <v>2170</v>
+        <v>2262</v>
       </c>
       <c r="M8" t="s">
-        <v>2171</v>
+        <v>2263</v>
       </c>
       <c r="N8" t="s">
-        <v>2172</v>
+        <v>2264</v>
       </c>
       <c r="O8" t="s">
-        <v>2173</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B9" t="s">
-        <v>2174</v>
+        <v>2266</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2175</v>
+        <v>2267</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2176</v>
+        <v>2268</v>
       </c>
       <c r="H9" t="s">
-        <v>2177</v>
+        <v>2269</v>
       </c>
       <c r="I9" t="s">
-        <v>2178</v>
+        <v>2270</v>
       </c>
       <c r="J9" t="s">
-        <v>2138</v>
+        <v>2230</v>
       </c>
       <c r="K9" t="s">
-        <v>2179</v>
+        <v>2271</v>
       </c>
       <c r="L9" t="s">
-        <v>2180</v>
+        <v>2272</v>
       </c>
       <c r="M9" t="s">
-        <v>2181</v>
+        <v>2273</v>
       </c>
       <c r="N9" t="s">
-        <v>2182</v>
+        <v>2274</v>
       </c>
       <c r="O9" t="s">
-        <v>2183</v>
+        <v>2275</v>
       </c>
       <c r="P9" t="s">
-        <v>2184</v>
+        <v>2276</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B10" t="s">
-        <v>2185</v>
+        <v>2277</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2186</v>
+        <v>2278</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2187</v>
+        <v>2279</v>
       </c>
       <c r="H10" t="s">
-        <v>2188</v>
+        <v>2280</v>
       </c>
       <c r="I10" t="s">
-        <v>2189</v>
+        <v>2281</v>
       </c>
       <c r="J10" t="s">
-        <v>2190</v>
+        <v>2282</v>
       </c>
       <c r="K10" t="s">
-        <v>2191</v>
+        <v>2283</v>
       </c>
       <c r="L10" t="s">
-        <v>2192</v>
+        <v>2284</v>
       </c>
       <c r="M10" t="s">
-        <v>2193</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B11" t="s">
-        <v>2194</v>
+        <v>2286</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2195</v>
+        <v>2287</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2196</v>
+        <v>2288</v>
       </c>
       <c r="H11" t="s">
-        <v>2197</v>
+        <v>2289</v>
       </c>
       <c r="I11" t="s">
-        <v>2128</v>
+        <v>2220</v>
       </c>
       <c r="J11" t="s">
-        <v>2198</v>
+        <v>2290</v>
       </c>
       <c r="K11" t="s">
-        <v>2199</v>
+        <v>2291</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B12" t="s">
-        <v>2200</v>
+        <v>2292</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2201</v>
+        <v>2293</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2202</v>
+        <v>2294</v>
       </c>
       <c r="H12" t="s">
-        <v>2203</v>
+        <v>2295</v>
       </c>
       <c r="I12" t="s">
-        <v>2204</v>
+        <v>2296</v>
       </c>
       <c r="J12" t="s">
-        <v>2146</v>
+        <v>2238</v>
       </c>
       <c r="K12" t="s">
-        <v>2205</v>
+        <v>2297</v>
       </c>
       <c r="L12" t="s">
-        <v>2206</v>
+        <v>2298</v>
       </c>
       <c r="M12" t="s">
-        <v>2207</v>
+        <v>2299</v>
       </c>
       <c r="N12" t="s">
-        <v>2208</v>
+        <v>2300</v>
       </c>
       <c r="O12" t="s">
-        <v>2209</v>
+        <v>2301</v>
       </c>
       <c r="P12" t="s">
-        <v>2210</v>
+        <v>2302</v>
       </c>
       <c r="Q12" t="s">
-        <v>2211</v>
+        <v>2303</v>
       </c>
       <c r="R12" t="s">
-        <v>2212</v>
+        <v>2304</v>
       </c>
       <c r="S12" t="s">
-        <v>2213</v>
+        <v>2305</v>
       </c>
       <c r="T12" t="s">
-        <v>2214</v>
+        <v>2306</v>
       </c>
       <c r="U12" t="s">
-        <v>2215</v>
+        <v>2307</v>
       </c>
       <c r="V12" t="s">
-        <v>2216</v>
+        <v>2308</v>
       </c>
       <c r="W12" t="s">
-        <v>2217</v>
+        <v>2309</v>
       </c>
       <c r="X12" t="s">
-        <v>2218</v>
+        <v>2310</v>
       </c>
       <c r="Y12" t="s">
-        <v>2219</v>
+        <v>2311</v>
       </c>
       <c r="Z12" t="s">
-        <v>2220</v>
+        <v>2312</v>
       </c>
       <c r="AA12" t="s">
-        <v>2221</v>
+        <v>2313</v>
       </c>
       <c r="AB12" t="s">
-        <v>2222</v>
+        <v>2314</v>
       </c>
       <c r="AC12" t="s">
-        <v>2223</v>
+        <v>2315</v>
       </c>
       <c r="AD12" t="s">
-        <v>2224</v>
+        <v>2316</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B13" t="s">
-        <v>2225</v>
+        <v>2317</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2142</v>
+        <v>2234</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2226</v>
+        <v>2318</v>
       </c>
       <c r="H13" t="s">
-        <v>2227</v>
+        <v>2319</v>
       </c>
       <c r="I13" t="s">
-        <v>2228</v>
+        <v>2320</v>
       </c>
       <c r="J13" t="s">
-        <v>2146</v>
+        <v>2238</v>
       </c>
       <c r="K13" t="s">
-        <v>2229</v>
+        <v>2321</v>
       </c>
       <c r="L13" t="s">
-        <v>2230</v>
+        <v>2322</v>
       </c>
       <c r="M13" t="s">
-        <v>2231</v>
+        <v>2323</v>
       </c>
       <c r="N13" t="s">
-        <v>2232</v>
+        <v>2324</v>
       </c>
       <c r="O13" t="s">
-        <v>2233</v>
+        <v>2325</v>
       </c>
       <c r="P13" t="s">
-        <v>2234</v>
+        <v>2326</v>
       </c>
       <c r="Q13" t="s">
-        <v>2235</v>
+        <v>2327</v>
       </c>
       <c r="R13" t="s">
-        <v>2151</v>
+        <v>2243</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B14" t="s">
-        <v>2236</v>
+        <v>2328</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2237</v>
+        <v>2329</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2238</v>
+        <v>2330</v>
       </c>
       <c r="H14" t="s">
-        <v>2239</v>
+        <v>2331</v>
       </c>
       <c r="I14" t="s">
-        <v>2240</v>
+        <v>2332</v>
       </c>
       <c r="J14" t="s">
-        <v>2241</v>
+        <v>2333</v>
       </c>
       <c r="K14" t="s">
-        <v>2242</v>
+        <v>2334</v>
       </c>
       <c r="L14" t="s">
-        <v>2243</v>
+        <v>2335</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B15" t="s">
-        <v>2244</v>
+        <v>2336</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2245</v>
+        <v>2337</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2246</v>
+        <v>2338</v>
       </c>
       <c r="H15" t="s">
-        <v>2247</v>
+        <v>2339</v>
       </c>
       <c r="I15" t="s">
-        <v>2248</v>
+        <v>2340</v>
       </c>
       <c r="J15" t="s">
-        <v>2138</v>
+        <v>2230</v>
       </c>
       <c r="K15" t="s">
-        <v>2249</v>
+        <v>2341</v>
       </c>
       <c r="L15" t="s">
-        <v>2250</v>
+        <v>2342</v>
       </c>
       <c r="M15" t="s">
-        <v>2251</v>
+        <v>2343</v>
       </c>
       <c r="N15" t="s">
-        <v>2252</v>
+        <v>2344</v>
       </c>
       <c r="O15" t="s">
-        <v>2253</v>
+        <v>2345</v>
       </c>
       <c r="P15" t="s">
-        <v>2254</v>
+        <v>2346</v>
       </c>
       <c r="Q15" t="s">
-        <v>2255</v>
+        <v>2347</v>
       </c>
       <c r="R15" t="s">
-        <v>2256</v>
+        <v>2348</v>
       </c>
       <c r="S15" t="s">
-        <v>2257</v>
+        <v>2349</v>
       </c>
       <c r="T15" t="s">
-        <v>2258</v>
+        <v>2350</v>
       </c>
       <c r="U15" t="s">
-        <v>2259</v>
+        <v>2351</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B16" t="s">
-        <v>2260</v>
+        <v>2352</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2261</v>
+        <v>2353</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2262</v>
+        <v>2354</v>
       </c>
       <c r="H16" t="s">
-        <v>2263</v>
+        <v>2355</v>
       </c>
       <c r="I16" t="s">
-        <v>2264</v>
+        <v>2204</v>
       </c>
       <c r="J16" t="s">
-        <v>2265</v>
+        <v>2356</v>
       </c>
       <c r="K16" t="s">
-        <v>2266</v>
-[...5 lines deleted...]
-        <v>2268</v>
+        <v>2357</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B17" t="s">
-        <v>2269</v>
+        <v>2358</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2270</v>
+        <v>2359</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2271</v>
+        <v>2360</v>
       </c>
       <c r="H17" t="s">
-        <v>2272</v>
+        <v>2361</v>
       </c>
       <c r="I17" t="s">
-        <v>2273</v>
+        <v>2362</v>
       </c>
       <c r="J17" t="s">
-        <v>2274</v>
+        <v>2363</v>
       </c>
       <c r="K17" t="s">
-        <v>2275</v>
+        <v>2364</v>
+      </c>
+      <c r="L17" t="s">
+        <v>2365</v>
+      </c>
+      <c r="M17" t="s">
+        <v>2366</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B18" t="s">
-        <v>2276</v>
+        <v>2367</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2277</v>
+        <v>2368</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2278</v>
+        <v>2369</v>
       </c>
       <c r="H18" t="s">
-        <v>2279</v>
+        <v>2370</v>
       </c>
       <c r="I18" t="s">
-        <v>2280</v>
+        <v>2371</v>
       </c>
       <c r="J18" t="s">
-        <v>2138</v>
+        <v>2372</v>
       </c>
       <c r="K18" t="s">
-        <v>2281</v>
-[...2 lines deleted...]
-        <v>2282</v>
+        <v>2373</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B19" t="s">
-        <v>2283</v>
+        <v>2374</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2284</v>
+        <v>2375</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2285</v>
+        <v>2376</v>
       </c>
       <c r="H19" t="s">
-        <v>2286</v>
+        <v>2377</v>
       </c>
       <c r="I19" t="s">
-        <v>2287</v>
+        <v>2378</v>
       </c>
       <c r="J19" t="s">
-        <v>2288</v>
+        <v>2230</v>
       </c>
       <c r="K19" t="s">
-        <v>2289</v>
+        <v>2379</v>
       </c>
       <c r="L19" t="s">
-        <v>2290</v>
-[...5 lines deleted...]
-        <v>2292</v>
+        <v>2380</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B20" t="s">
-        <v>2293</v>
+        <v>2381</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2294</v>
+        <v>2382</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2295</v>
+        <v>2383</v>
       </c>
       <c r="H20" t="s">
-        <v>2296</v>
+        <v>2384</v>
       </c>
       <c r="I20" t="s">
-        <v>2287</v>
+        <v>2385</v>
       </c>
       <c r="J20" t="s">
-        <v>2138</v>
+        <v>2356</v>
       </c>
       <c r="K20" t="s">
-        <v>2297</v>
+        <v>2386</v>
       </c>
       <c r="L20" t="s">
-        <v>2298</v>
+        <v>2387</v>
       </c>
       <c r="M20" t="s">
-        <v>2299</v>
+        <v>2388</v>
       </c>
       <c r="N20" t="s">
-        <v>2300</v>
-[...5 lines deleted...]
-        <v>2302</v>
+        <v>2389</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B21" t="s">
-        <v>2303</v>
+        <v>2390</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2304</v>
+        <v>2391</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2305</v>
+        <v>2392</v>
       </c>
       <c r="H21" t="s">
-        <v>2306</v>
+        <v>2393</v>
       </c>
       <c r="I21" t="s">
-        <v>2287</v>
+        <v>2385</v>
       </c>
       <c r="J21" t="s">
-        <v>2307</v>
+        <v>2230</v>
       </c>
       <c r="K21" t="s">
-        <v>2308</v>
+        <v>2394</v>
       </c>
       <c r="L21" t="s">
-        <v>2309</v>
+        <v>2395</v>
       </c>
       <c r="M21" t="s">
-        <v>2310</v>
+        <v>2396</v>
       </c>
       <c r="N21" t="s">
-        <v>2311</v>
+        <v>2397</v>
       </c>
       <c r="O21" t="s">
-        <v>2312</v>
+        <v>2398</v>
       </c>
       <c r="P21" t="s">
-        <v>2313</v>
+        <v>2399</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B22" t="s">
-        <v>2314</v>
+        <v>2400</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2315</v>
+        <v>2401</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2316</v>
+        <v>2402</v>
       </c>
       <c r="H22" t="s">
-        <v>2317</v>
+        <v>2403</v>
       </c>
       <c r="I22" t="s">
-        <v>2287</v>
+        <v>2385</v>
       </c>
       <c r="J22" t="s">
-        <v>2318</v>
+        <v>2404</v>
       </c>
       <c r="K22" t="s">
-        <v>2319</v>
+        <v>2405</v>
       </c>
       <c r="L22" t="s">
-        <v>2320</v>
+        <v>2406</v>
       </c>
       <c r="M22" t="s">
-        <v>2321</v>
+        <v>2407</v>
       </c>
       <c r="N22" t="s">
-        <v>2322</v>
+        <v>2408</v>
+      </c>
+      <c r="O22" t="s">
+        <v>2409</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2410</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B23" t="s">
-        <v>2323</v>
+        <v>2411</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2324</v>
+        <v>2412</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2325</v>
+        <v>2413</v>
       </c>
       <c r="H23" t="s">
-        <v>2326</v>
+        <v>2414</v>
       </c>
       <c r="I23" t="s">
-        <v>2327</v>
+        <v>2385</v>
       </c>
       <c r="J23" t="s">
-        <v>2328</v>
+        <v>2415</v>
       </c>
       <c r="K23" t="s">
-        <v>2329</v>
+        <v>2416</v>
       </c>
       <c r="L23" t="s">
-        <v>2330</v>
+        <v>2417</v>
       </c>
       <c r="M23" t="s">
-        <v>2331</v>
+        <v>2418</v>
       </c>
       <c r="N23" t="s">
-        <v>2332</v>
-[...2 lines deleted...]
-        <v>2333</v>
+        <v>2419</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B24" t="s">
-        <v>2334</v>
+        <v>2420</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2335</v>
+        <v>2421</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2336</v>
+        <v>2422</v>
       </c>
       <c r="H24" t="s">
-        <v>2337</v>
+        <v>2423</v>
       </c>
       <c r="I24" t="s">
-        <v>2338</v>
+        <v>2424</v>
       </c>
       <c r="J24" t="s">
-        <v>2339</v>
+        <v>2425</v>
       </c>
       <c r="K24" t="s">
-        <v>2340</v>
+        <v>2426</v>
+      </c>
+      <c r="L24" t="s">
+        <v>2427</v>
+      </c>
+      <c r="M24" t="s">
+        <v>2428</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2429</v>
+      </c>
+      <c r="O24" t="s">
+        <v>2430</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B25" t="s">
-        <v>2341</v>
+        <v>2431</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2342</v>
+        <v>2432</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2343</v>
+        <v>2433</v>
       </c>
       <c r="H25" t="s">
-        <v>2344</v>
+        <v>2434</v>
       </c>
       <c r="I25" t="s">
-        <v>2345</v>
+        <v>2435</v>
       </c>
       <c r="J25" t="s">
-        <v>2346</v>
+        <v>2436</v>
       </c>
       <c r="K25" t="s">
-        <v>2347</v>
+        <v>2437</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B26" t="s">
-        <v>2348</v>
+        <v>2438</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2349</v>
+        <v>2439</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2350</v>
+        <v>2440</v>
       </c>
       <c r="H26" t="s">
-        <v>2351</v>
+        <v>2441</v>
       </c>
       <c r="I26" t="s">
-        <v>2352</v>
+        <v>2442</v>
       </c>
       <c r="J26" t="s">
-        <v>2353</v>
+        <v>2443</v>
       </c>
       <c r="K26" t="s">
-        <v>2354</v>
-[...5 lines deleted...]
-        <v>2356</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B27" t="s">
-        <v>2357</v>
+        <v>2445</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2358</v>
+        <v>2446</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2359</v>
+        <v>2447</v>
       </c>
       <c r="H27" t="s">
-        <v>2360</v>
+        <v>2448</v>
       </c>
       <c r="I27" t="s">
-        <v>2361</v>
+        <v>2449</v>
       </c>
       <c r="J27" t="s">
-        <v>2353</v>
+        <v>2450</v>
       </c>
       <c r="K27" t="s">
-        <v>2362</v>
+        <v>2451</v>
       </c>
       <c r="L27" t="s">
-        <v>2363</v>
-[...2 lines deleted...]
-        <v>2364</v>
+        <v>2452</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B28" t="s">
-        <v>2365</v>
+        <v>2453</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2366</v>
+        <v>2454</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2367</v>
+        <v>2455</v>
       </c>
       <c r="H28" t="s">
-        <v>2368</v>
+        <v>2456</v>
       </c>
       <c r="I28" t="s">
-        <v>2369</v>
+        <v>2457</v>
       </c>
       <c r="J28" t="s">
-        <v>2288</v>
+        <v>2458</v>
       </c>
       <c r="K28" t="s">
-        <v>2370</v>
+        <v>2459</v>
+      </c>
+      <c r="L28" t="s">
+        <v>2460</v>
+      </c>
+      <c r="M28" t="s">
+        <v>2461</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B29" t="s">
-        <v>2371</v>
+        <v>2462</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2372</v>
+        <v>2463</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2373</v>
+        <v>2464</v>
       </c>
       <c r="H29" t="s">
-        <v>2374</v>
+        <v>2465</v>
       </c>
       <c r="I29" t="s">
-        <v>2375</v>
+        <v>2466</v>
       </c>
       <c r="J29" t="s">
-        <v>2376</v>
+        <v>2458</v>
       </c>
       <c r="K29" t="s">
-        <v>2377</v>
+        <v>2467</v>
       </c>
       <c r="L29" t="s">
-        <v>2378</v>
+        <v>2468</v>
       </c>
       <c r="M29" t="s">
-        <v>2379</v>
-[...17 lines deleted...]
-        <v>2385</v>
+        <v>2469</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B30" t="s">
-        <v>2386</v>
+        <v>2470</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2387</v>
+        <v>2471</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2388</v>
+        <v>2472</v>
       </c>
       <c r="H30" t="s">
-        <v>2389</v>
+        <v>2473</v>
       </c>
       <c r="I30" t="s">
-        <v>2390</v>
+        <v>2474</v>
       </c>
       <c r="J30" t="s">
-        <v>2391</v>
+        <v>2356</v>
       </c>
       <c r="K30" t="s">
-        <v>2392</v>
-[...5 lines deleted...]
-        <v>2394</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B31" t="s">
-        <v>2395</v>
+        <v>2476</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2396</v>
+        <v>2477</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2397</v>
+        <v>2478</v>
       </c>
       <c r="H31" t="s">
-        <v>2398</v>
+        <v>2479</v>
       </c>
       <c r="I31" t="s">
-        <v>2399</v>
+        <v>2480</v>
       </c>
       <c r="J31" t="s">
-        <v>2138</v>
+        <v>2481</v>
       </c>
       <c r="K31" t="s">
-        <v>2400</v>
+        <v>2482</v>
       </c>
       <c r="L31" t="s">
-        <v>2401</v>
+        <v>2483</v>
       </c>
       <c r="M31" t="s">
-        <v>2401</v>
+        <v>2484</v>
       </c>
       <c r="N31" t="s">
-        <v>2402</v>
+        <v>2485</v>
+      </c>
+      <c r="O31" t="s">
+        <v>2486</v>
+      </c>
+      <c r="P31" t="s">
+        <v>2487</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R31" t="s">
+        <v>2489</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2490</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B32" t="s">
-        <v>2403</v>
+        <v>2491</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2404</v>
+        <v>2492</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2405</v>
+        <v>2493</v>
       </c>
       <c r="H32" t="s">
-        <v>2406</v>
+        <v>2494</v>
       </c>
       <c r="I32" t="s">
-        <v>2407</v>
+        <v>2495</v>
       </c>
       <c r="J32" t="s">
-        <v>2408</v>
+        <v>2496</v>
       </c>
       <c r="K32" t="s">
-        <v>2409</v>
+        <v>2497</v>
       </c>
       <c r="L32" t="s">
-        <v>2410</v>
+        <v>2498</v>
       </c>
       <c r="M32" t="s">
-        <v>2411</v>
+        <v>2499</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B33" t="s">
-        <v>2412</v>
+        <v>2500</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2413</v>
+        <v>2501</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2414</v>
+        <v>2502</v>
       </c>
       <c r="H33" t="s">
-        <v>2415</v>
+        <v>2503</v>
       </c>
       <c r="I33" t="s">
-        <v>2416</v>
+        <v>2504</v>
       </c>
       <c r="J33" t="s">
-        <v>2417</v>
+        <v>2230</v>
       </c>
       <c r="K33" t="s">
-        <v>2418</v>
+        <v>2505</v>
       </c>
       <c r="L33" t="s">
-        <v>2419</v>
+        <v>2506</v>
       </c>
       <c r="M33" t="s">
-        <v>2420</v>
+        <v>2506</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2507</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B34" t="s">
-        <v>2421</v>
+        <v>2508</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2422</v>
+        <v>2509</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2423</v>
+        <v>2510</v>
       </c>
       <c r="H34" t="s">
-        <v>2424</v>
+        <v>2511</v>
       </c>
       <c r="I34" t="s">
-        <v>2425</v>
+        <v>2512</v>
       </c>
       <c r="J34" t="s">
-        <v>2426</v>
+        <v>2513</v>
       </c>
       <c r="K34" t="s">
-        <v>2427</v>
+        <v>2514</v>
+      </c>
+      <c r="L34" t="s">
+        <v>2515</v>
+      </c>
+      <c r="M34" t="s">
+        <v>2516</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B35" t="s">
-        <v>2428</v>
+        <v>2517</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2429</v>
+        <v>2518</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2430</v>
+        <v>2519</v>
       </c>
       <c r="H35" t="s">
-        <v>2431</v>
+        <v>2520</v>
       </c>
       <c r="I35" t="s">
-        <v>2432</v>
+        <v>2521</v>
       </c>
       <c r="J35" t="s">
-        <v>2376</v>
+        <v>2522</v>
       </c>
       <c r="K35" t="s">
-        <v>2433</v>
+        <v>2523</v>
       </c>
       <c r="L35" t="s">
-        <v>2434</v>
+        <v>2524</v>
+      </c>
+      <c r="M35" t="s">
+        <v>2525</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B36" t="s">
-        <v>2435</v>
+        <v>2526</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2436</v>
+        <v>2527</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2437</v>
+        <v>2528</v>
       </c>
       <c r="H36" t="s">
-        <v>2438</v>
+        <v>2529</v>
       </c>
       <c r="I36" t="s">
-        <v>2439</v>
+        <v>2530</v>
       </c>
       <c r="J36" t="s">
-        <v>2440</v>
+        <v>2531</v>
       </c>
       <c r="K36" t="s">
-        <v>2441</v>
-[...5 lines deleted...]
-        <v>2443</v>
+        <v>2532</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B37" t="s">
-        <v>2444</v>
+        <v>2533</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2445</v>
+        <v>2534</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2446</v>
+        <v>2535</v>
       </c>
       <c r="H37" t="s">
-        <v>2447</v>
+        <v>2536</v>
       </c>
       <c r="I37" t="s">
-        <v>2448</v>
+        <v>2537</v>
       </c>
       <c r="J37" t="s">
-        <v>2449</v>
+        <v>2481</v>
       </c>
       <c r="K37" t="s">
-        <v>2450</v>
+        <v>2538</v>
       </c>
       <c r="L37" t="s">
-        <v>2451</v>
-[...23 lines deleted...]
-        <v>2459</v>
+        <v>2539</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B38" t="s">
-        <v>2460</v>
+        <v>2540</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2461</v>
+        <v>2541</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2462</v>
+        <v>2542</v>
       </c>
       <c r="H38" t="s">
-        <v>2463</v>
+        <v>2543</v>
       </c>
       <c r="I38" t="s">
-        <v>2464</v>
+        <v>2544</v>
       </c>
       <c r="J38" t="s">
-        <v>2168</v>
+        <v>2545</v>
       </c>
       <c r="K38" t="s">
-        <v>2465</v>
+        <v>2546</v>
       </c>
       <c r="L38" t="s">
-        <v>2466</v>
+        <v>2547</v>
       </c>
       <c r="M38" t="s">
-        <v>2467</v>
-[...5 lines deleted...]
-        <v>2469</v>
+        <v>2548</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B39" t="s">
-        <v>2470</v>
+        <v>2549</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2471</v>
+        <v>2550</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2472</v>
+        <v>2551</v>
       </c>
       <c r="H39" t="s">
-        <v>2473</v>
+        <v>2552</v>
       </c>
       <c r="I39" t="s">
-        <v>2474</v>
+        <v>2553</v>
       </c>
       <c r="J39" t="s">
-        <v>2376</v>
+        <v>2554</v>
       </c>
       <c r="K39" t="s">
-        <v>2475</v>
+        <v>2555</v>
       </c>
       <c r="L39" t="s">
-        <v>2476</v>
+        <v>2556</v>
       </c>
       <c r="M39" t="s">
-        <v>2477</v>
+        <v>2557</v>
       </c>
       <c r="N39" t="s">
-        <v>2478</v>
+        <v>2558</v>
       </c>
       <c r="O39" t="s">
-        <v>2479</v>
+        <v>2559</v>
+      </c>
+      <c r="P39" t="s">
+        <v>2560</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2561</v>
+      </c>
+      <c r="R39" t="s">
+        <v>2562</v>
+      </c>
+      <c r="S39" t="s">
+        <v>2563</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2564</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B40" t="s">
-        <v>2480</v>
+        <v>2565</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2481</v>
+        <v>2566</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2482</v>
+        <v>2567</v>
       </c>
       <c r="H40" t="s">
-        <v>2483</v>
+        <v>2568</v>
       </c>
       <c r="I40" t="s">
-        <v>2484</v>
+        <v>2569</v>
       </c>
       <c r="J40" t="s">
-        <v>2485</v>
+        <v>2260</v>
       </c>
       <c r="K40" t="s">
-        <v>2486</v>
+        <v>2570</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2571</v>
+      </c>
+      <c r="M40" t="s">
+        <v>2572</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2573</v>
+      </c>
+      <c r="O40" t="s">
+        <v>2574</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B41" t="s">
-        <v>2487</v>
+        <v>2575</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2488</v>
+        <v>2576</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2489</v>
+        <v>2577</v>
       </c>
       <c r="H41" t="s">
-        <v>2490</v>
+        <v>2578</v>
       </c>
       <c r="I41" t="s">
-        <v>2491</v>
+        <v>2579</v>
       </c>
       <c r="J41" t="s">
-        <v>2168</v>
+        <v>2481</v>
       </c>
       <c r="K41" t="s">
-        <v>2492</v>
+        <v>2580</v>
       </c>
       <c r="L41" t="s">
-        <v>2493</v>
+        <v>2581</v>
       </c>
       <c r="M41" t="s">
-        <v>2494</v>
+        <v>2582</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2583</v>
+      </c>
+      <c r="O41" t="s">
+        <v>2584</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B42" t="s">
-        <v>2495</v>
+        <v>2585</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2496</v>
+        <v>2586</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2497</v>
+        <v>2587</v>
       </c>
       <c r="H42" t="s">
-        <v>2498</v>
+        <v>2588</v>
       </c>
       <c r="I42" t="s">
-        <v>2499</v>
+        <v>2589</v>
       </c>
       <c r="J42" t="s">
-        <v>2500</v>
+        <v>2590</v>
       </c>
       <c r="K42" t="s">
-        <v>2501</v>
-[...11 lines deleted...]
-        <v>2505</v>
+        <v>2591</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B43" t="s">
-        <v>2506</v>
+        <v>2592</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2507</v>
+        <v>2593</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2508</v>
+        <v>2594</v>
       </c>
       <c r="H43" t="s">
-        <v>2509</v>
+        <v>2595</v>
       </c>
       <c r="I43" t="s">
-        <v>2510</v>
+        <v>2596</v>
       </c>
       <c r="J43" t="s">
-        <v>2318</v>
+        <v>2260</v>
       </c>
       <c r="K43" t="s">
-        <v>2511</v>
+        <v>2597</v>
+      </c>
+      <c r="L43" t="s">
+        <v>2598</v>
+      </c>
+      <c r="M43" t="s">
+        <v>2599</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B44" t="s">
-        <v>2512</v>
+        <v>2600</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2513</v>
+        <v>2601</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2514</v>
+        <v>2602</v>
       </c>
       <c r="H44" t="s">
-        <v>2515</v>
+        <v>2603</v>
       </c>
       <c r="I44" t="s">
-        <v>2516</v>
+        <v>2604</v>
       </c>
       <c r="J44" t="s">
-        <v>2129</v>
+        <v>2605</v>
       </c>
       <c r="K44" t="s">
-        <v>2517</v>
+        <v>2606</v>
       </c>
       <c r="L44" t="s">
-        <v>2518</v>
+        <v>2607</v>
       </c>
       <c r="M44" t="s">
-        <v>2519</v>
+        <v>2608</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2609</v>
+      </c>
+      <c r="O44" t="s">
+        <v>2610</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B45" t="s">
-        <v>2520</v>
+        <v>2611</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2125</v>
+        <v>2612</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2521</v>
+        <v>2613</v>
       </c>
       <c r="H45" t="s">
-        <v>2522</v>
+        <v>2614</v>
       </c>
       <c r="I45" t="s">
-        <v>2523</v>
+        <v>2615</v>
       </c>
       <c r="J45" t="s">
-        <v>2129</v>
+        <v>2415</v>
       </c>
       <c r="K45" t="s">
-        <v>2524</v>
-[...5 lines deleted...]
-        <v>2526</v>
+        <v>2616</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B46" t="s">
-        <v>2527</v>
+        <v>2617</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2528</v>
+        <v>2618</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2529</v>
+        <v>2619</v>
       </c>
       <c r="H46" t="s">
-        <v>2530</v>
+        <v>2620</v>
       </c>
       <c r="I46" t="s">
-        <v>2531</v>
+        <v>2621</v>
       </c>
       <c r="J46" t="s">
-        <v>2129</v>
+        <v>2221</v>
       </c>
       <c r="K46" t="s">
-        <v>2532</v>
+        <v>2622</v>
       </c>
       <c r="L46" t="s">
-        <v>2533</v>
+        <v>2623</v>
       </c>
       <c r="M46" t="s">
-        <v>2534</v>
+        <v>2624</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B47" t="s">
-        <v>2535</v>
+        <v>2625</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2324</v>
+        <v>2217</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2536</v>
+        <v>2626</v>
       </c>
       <c r="H47" t="s">
-        <v>2537</v>
+        <v>2627</v>
       </c>
       <c r="I47" t="s">
-        <v>2538</v>
+        <v>2628</v>
       </c>
       <c r="J47" t="s">
-        <v>2129</v>
+        <v>2221</v>
       </c>
       <c r="K47" t="s">
-        <v>2539</v>
+        <v>2629</v>
       </c>
       <c r="L47" t="s">
-        <v>2540</v>
+        <v>2630</v>
       </c>
       <c r="M47" t="s">
-        <v>2541</v>
-[...2 lines deleted...]
-        <v>2542</v>
+        <v>2631</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2107</v>
+        <v>2199</v>
       </c>
       <c r="B48" t="s">
-        <v>2543</v>
+        <v>2632</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2544</v>
+        <v>2633</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2545</v>
+        <v>2634</v>
       </c>
       <c r="H48" t="s">
-        <v>2546</v>
+        <v>2635</v>
       </c>
       <c r="I48" t="s">
-        <v>2547</v>
+        <v>2636</v>
       </c>
       <c r="J48" t="s">
-        <v>2274</v>
+        <v>2221</v>
       </c>
       <c r="K48" t="s">
-        <v>2548</v>
+        <v>2637</v>
       </c>
       <c r="L48" t="s">
-        <v>2549</v>
+        <v>2638</v>
       </c>
       <c r="M48" t="s">
-        <v>2550</v>
-[...2 lines deleted...]
-        <v>2551</v>
+        <v>2639</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2640</v>
+      </c>
+      <c r="C49" t="s">
+        <v>11</v>
+      </c>
+      <c r="D49" t="s">
+        <v>11</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2421</v>
+      </c>
+      <c r="F49" t="s">
+        <v>11</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2641</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2642</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2643</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2221</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2644</v>
+      </c>
+      <c r="L49" t="s">
+        <v>2645</v>
+      </c>
+      <c r="M49" t="s">
+        <v>2646</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2647</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2199</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2648</v>
+      </c>
+      <c r="C50" t="s">
+        <v>11</v>
+      </c>
+      <c r="D50" t="s">
+        <v>11</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2649</v>
+      </c>
+      <c r="F50" t="s">
+        <v>11</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2650</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2651</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2652</v>
+      </c>
+      <c r="J50" t="s">
+        <v>2372</v>
+      </c>
+      <c r="K50" t="s">
+        <v>2653</v>
+      </c>
+      <c r="L50" t="s">
+        <v>2654</v>
+      </c>
+      <c r="M50" t="s">
+        <v>2655</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2656</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B2" t="s">
-        <v>2553</v>
+        <v>2658</v>
       </c>
       <c r="C2" t="s">
-        <v>2554</v>
+        <v>2659</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2555</v>
+        <v>2660</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2556</v>
+        <v>2661</v>
       </c>
       <c r="H2" t="s">
-        <v>2557</v>
+        <v>2662</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B3" t="s">
-        <v>2558</v>
+        <v>2663</v>
       </c>
       <c r="C3" t="s">
-        <v>2559</v>
+        <v>2664</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2560</v>
+        <v>2665</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2561</v>
+        <v>2666</v>
       </c>
       <c r="H3" t="s">
-        <v>2562</v>
+        <v>2667</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B4" t="s">
-        <v>2563</v>
+        <v>2668</v>
       </c>
       <c r="C4" t="s">
-        <v>2564</v>
+        <v>2669</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2565</v>
+        <v>2670</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2566</v>
+        <v>2671</v>
       </c>
       <c r="H4" t="s">
-        <v>2567</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B5" t="s">
-        <v>2568</v>
+        <v>2673</v>
       </c>
       <c r="C5" t="s">
-        <v>2569</v>
+        <v>2674</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2570</v>
+        <v>2675</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2571</v>
+        <v>2676</v>
       </c>
       <c r="H5" t="s">
-        <v>2572</v>
+        <v>2677</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B6" t="s">
-        <v>2573</v>
+        <v>2678</v>
       </c>
       <c r="C6" t="s">
-        <v>2574</v>
+        <v>2679</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1376</v>
+        <v>1462</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2575</v>
+        <v>2680</v>
       </c>
       <c r="H6" t="s">
-        <v>2576</v>
+        <v>2681</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B7" t="s">
-        <v>2577</v>
+        <v>2682</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1904</v>
+        <v>1996</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2578</v>
+        <v>2683</v>
       </c>
       <c r="H7" t="s">
-        <v>2579</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B8" t="s">
-        <v>2580</v>
+        <v>2685</v>
       </c>
       <c r="C8" t="s">
-        <v>2581</v>
+        <v>2686</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2582</v>
+        <v>2687</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2583</v>
+        <v>2688</v>
       </c>
       <c r="H8" t="s">
-        <v>2584</v>
+        <v>2689</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B9" t="s">
-        <v>2585</v>
+        <v>2690</v>
       </c>
       <c r="C9" t="s">
-        <v>2586</v>
+        <v>2691</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2587</v>
+        <v>2692</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2588</v>
+        <v>2693</v>
       </c>
       <c r="H9" t="s">
-        <v>2589</v>
+        <v>2694</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B10" t="s">
-        <v>2590</v>
+        <v>2695</v>
       </c>
       <c r="C10" t="s">
-        <v>2591</v>
+        <v>2696</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2592</v>
+        <v>2697</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2593</v>
+        <v>2698</v>
       </c>
       <c r="H10" t="s">
-        <v>2594</v>
+        <v>2699</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B11" t="s">
-        <v>2595</v>
+        <v>2700</v>
       </c>
       <c r="C11" t="s">
-        <v>2596</v>
+        <v>2701</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2597</v>
+        <v>2702</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2598</v>
+        <v>2703</v>
       </c>
       <c r="H11" t="s">
-        <v>2599</v>
+        <v>2704</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B12" t="s">
-        <v>2600</v>
+        <v>2705</v>
       </c>
       <c r="C12" t="s">
-        <v>2601</v>
+        <v>2706</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2602</v>
+        <v>2707</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2603</v>
+        <v>2708</v>
       </c>
       <c r="H12" t="s">
-        <v>2604</v>
+        <v>2709</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B13" t="s">
-        <v>2605</v>
+        <v>2710</v>
       </c>
       <c r="C13" t="s">
-        <v>2606</v>
+        <v>2711</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2607</v>
+        <v>2712</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2608</v>
+        <v>2713</v>
       </c>
       <c r="H13" t="s">
-        <v>2609</v>
+        <v>2714</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B14" t="s">
-        <v>2610</v>
+        <v>2715</v>
       </c>
       <c r="C14" t="s">
-        <v>2611</v>
+        <v>2716</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2612</v>
+        <v>2717</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2613</v>
+        <v>2718</v>
       </c>
       <c r="H14" t="s">
-        <v>2614</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B15" t="s">
-        <v>2615</v>
+        <v>2720</v>
       </c>
       <c r="C15" t="s">
-        <v>2616</v>
+        <v>2721</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2617</v>
+        <v>2722</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2618</v>
+        <v>2723</v>
       </c>
       <c r="H15" t="s">
-        <v>2619</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B16" t="s">
-        <v>2620</v>
+        <v>2725</v>
       </c>
       <c r="C16" t="s">
-        <v>2621</v>
+        <v>2726</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2622</v>
+        <v>2727</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2623</v>
+        <v>2728</v>
       </c>
       <c r="H16" t="s">
-        <v>2624</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B17" t="s">
-        <v>2625</v>
+        <v>2730</v>
       </c>
       <c r="C17" t="s">
-        <v>2626</v>
+        <v>2731</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2627</v>
+        <v>2732</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2628</v>
+        <v>2733</v>
       </c>
       <c r="H17" t="s">
-        <v>2629</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B18" t="s">
-        <v>2630</v>
+        <v>2735</v>
       </c>
       <c r="C18" t="s">
-        <v>2631</v>
+        <v>2736</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2632</v>
+        <v>2737</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2633</v>
+        <v>2738</v>
       </c>
       <c r="H18" t="s">
-        <v>2634</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B19" t="s">
-        <v>2635</v>
+        <v>2740</v>
       </c>
       <c r="C19" t="s">
-        <v>2636</v>
+        <v>2741</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2637</v>
+        <v>2742</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2638</v>
+        <v>2743</v>
       </c>
       <c r="H19" t="s">
-        <v>2639</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B20" t="s">
-        <v>2640</v>
+        <v>2745</v>
       </c>
       <c r="C20" t="s">
-        <v>2641</v>
+        <v>2746</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2642</v>
+        <v>2747</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2643</v>
+        <v>2748</v>
       </c>
       <c r="H20" t="s">
-        <v>2644</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B21" t="s">
-        <v>2645</v>
+        <v>2750</v>
       </c>
       <c r="C21" t="s">
-        <v>2646</v>
+        <v>2751</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2647</v>
+        <v>2752</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2648</v>
+        <v>2753</v>
       </c>
       <c r="H21" t="s">
-        <v>2649</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B22" t="s">
-        <v>2650</v>
+        <v>2755</v>
       </c>
       <c r="C22" t="s">
-        <v>2651</v>
+        <v>2756</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2652</v>
+        <v>2757</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2653</v>
+        <v>2758</v>
       </c>
       <c r="H22" t="s">
-        <v>2654</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B23" t="s">
-        <v>2655</v>
+        <v>2760</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2656</v>
+        <v>2761</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2657</v>
+        <v>2762</v>
       </c>
       <c r="H23" t="s">
-        <v>2658</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B24" t="s">
-        <v>2659</v>
+        <v>2764</v>
       </c>
       <c r="C24" t="s">
-        <v>2660</v>
+        <v>2765</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2661</v>
+        <v>2766</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2662</v>
+        <v>2767</v>
       </c>
       <c r="H24" t="s">
-        <v>2663</v>
+        <v>2768</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2552</v>
+        <v>2657</v>
       </c>
       <c r="B25" t="s">
-        <v>2664</v>
+        <v>2769</v>
       </c>
       <c r="C25" t="s">
-        <v>2665</v>
+        <v>2770</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2666</v>
+        <v>2771</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2667</v>
+        <v>2772</v>
       </c>
       <c r="H25" t="s">
-        <v>2668</v>
+        <v>2773</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -16640,51 +17504,51 @@
       </c>
       <c r="D13" t="s">
         <v>82</v>
       </c>
       <c r="E13" t="s">
         <v>83</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>84</v>
       </c>
       <c r="H13" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H105"/>
+  <dimension ref="A1:H108"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -16764,100 +17628,100 @@
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
         <v>100</v>
       </c>
       <c r="H4" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>86</v>
       </c>
       <c r="B5" t="s">
         <v>102</v>
       </c>
       <c r="C5" t="s">
         <v>103</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>86</v>
       </c>
       <c r="B6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D6" t="s">
-        <v>108</v>
+        <v>11</v>
       </c>
       <c r="E6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>109</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>111</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>86</v>
       </c>
       <c r="B7" t="s">
+        <v>111</v>
+      </c>
+      <c r="C7" t="s">
         <v>112</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>113</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>114</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
         <v>115</v>
       </c>
       <c r="H7" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>86</v>
       </c>
       <c r="B8" t="s">
         <v>117</v>
       </c>
       <c r="C8" t="s">
         <v>118</v>
       </c>
       <c r="D8" t="s">
@@ -16868,230 +17732,230 @@
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>120</v>
       </c>
       <c r="H8" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>122</v>
       </c>
       <c r="C9" t="s">
         <v>123</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="H9" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C10" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>128</v>
+        <v>104</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
         <v>129</v>
       </c>
       <c r="H10" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
         <v>131</v>
       </c>
       <c r="C11" t="s">
         <v>132</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>119</v>
+        <v>133</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="H11" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>86</v>
       </c>
       <c r="B12" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C12" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D12" t="s">
-        <v>137</v>
+        <v>11</v>
       </c>
       <c r="E12" t="s">
+        <v>124</v>
+      </c>
+      <c r="F12" t="s">
+        <v>11</v>
+      </c>
+      <c r="G12" t="s">
         <v>138</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>86</v>
       </c>
       <c r="B13" t="s">
+        <v>140</v>
+      </c>
+      <c r="C13" t="s">
         <v>141</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>142</v>
       </c>
-      <c r="D13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E13" t="s">
-        <v>119</v>
+        <v>143</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H13" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>86</v>
       </c>
       <c r="B14" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C14" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>147</v>
+        <v>124</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
         <v>148</v>
       </c>
       <c r="H14" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>86</v>
       </c>
       <c r="B15" t="s">
         <v>150</v>
       </c>
       <c r="C15" t="s">
         <v>151</v>
       </c>
       <c r="D15" t="s">
+        <v>11</v>
+      </c>
+      <c r="E15" t="s">
         <v>152</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>11</v>
+      </c>
+      <c r="G15" t="s">
         <v>153</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>154</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
+        <v>155</v>
+      </c>
+      <c r="C16" t="s">
         <v>156</v>
       </c>
-      <c r="C16" t="s">
+      <c r="D16" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E16" t="s">
         <v>158</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
         <v>159</v>
       </c>
       <c r="H16" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
         <v>161</v>
       </c>
       <c r="C17" t="s">
         <v>162</v>
       </c>
       <c r="D17" t="s">
@@ -17154,207 +18018,207 @@
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
         <v>174</v>
       </c>
       <c r="H19" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>176</v>
       </c>
       <c r="C20" t="s">
         <v>177</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>128</v>
+        <v>178</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="H20" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C21" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>182</v>
+        <v>133</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>183</v>
       </c>
       <c r="H21" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
         <v>185</v>
       </c>
       <c r="C22" t="s">
         <v>186</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>114</v>
+        <v>187</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="H22" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C23" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>191</v>
+        <v>119</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>192</v>
       </c>
       <c r="H23" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
         <v>194</v>
       </c>
       <c r="C24" t="s">
         <v>195</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>99</v>
+        <v>196</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="H24" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C25" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="H25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>86</v>
       </c>
       <c r="B26" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>204</v>
+        <v>152</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>205</v>
       </c>
       <c r="H26" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
         <v>207</v>
       </c>
       <c r="C27" t="s">
         <v>208</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
@@ -17518,259 +18382,259 @@
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
         <v>240</v>
       </c>
       <c r="H33" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>86</v>
       </c>
       <c r="B34" t="s">
         <v>242</v>
       </c>
       <c r="C34" t="s">
         <v>243</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>209</v>
+        <v>244</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="H34" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>86</v>
       </c>
       <c r="B35" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C35" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="H35" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>86</v>
       </c>
       <c r="B36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C36" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>253</v>
+        <v>214</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
         <v>254</v>
       </c>
       <c r="H36" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>86</v>
       </c>
       <c r="B37" t="s">
         <v>256</v>
       </c>
       <c r="C37" t="s">
         <v>257</v>
       </c>
       <c r="D37" t="s">
+        <v>11</v>
+      </c>
+      <c r="E37" t="s">
         <v>258</v>
       </c>
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>259</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>260</v>
-      </c>
-[...1 lines deleted...]
-        <v>261</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>86</v>
       </c>
       <c r="B38" t="s">
+        <v>261</v>
+      </c>
+      <c r="C38" t="s">
         <v>262</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
+        <v>11</v>
+      </c>
+      <c r="E38" t="s">
         <v>263</v>
-      </c>
-[...4 lines deleted...]
-        <v>191</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>264</v>
       </c>
       <c r="H38" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>86</v>
       </c>
       <c r="B39" t="s">
         <v>266</v>
       </c>
       <c r="C39" t="s">
         <v>267</v>
       </c>
       <c r="D39" t="s">
-        <v>11</v>
+        <v>268</v>
       </c>
       <c r="E39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="H39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C40" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>147</v>
+        <v>196</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="H41" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C42" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>282</v>
+        <v>152</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
         <v>283</v>
       </c>
       <c r="H42" t="s">
         <v>284</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
         <v>285</v>
       </c>
       <c r="C43" t="s">
         <v>286</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
@@ -17804,311 +18668,311 @@
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
         <v>293</v>
       </c>
       <c r="H44" t="s">
         <v>294</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>86</v>
       </c>
       <c r="B45" t="s">
         <v>295</v>
       </c>
       <c r="C45" t="s">
         <v>296</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>114</v>
+        <v>297</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="H45" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>86</v>
       </c>
       <c r="B46" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="C46" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>224</v>
+        <v>302</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="H46" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="C47" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>99</v>
+        <v>119</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="H47" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>86</v>
       </c>
       <c r="B48" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C48" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>99</v>
+        <v>234</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="H48" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>86</v>
       </c>
       <c r="B49" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="C49" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="H49" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="C50" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>147</v>
+        <v>104</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="H50" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>86</v>
       </c>
       <c r="B51" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="C51" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>321</v>
+        <v>104</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="H51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>86</v>
       </c>
       <c r="B52" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>326</v>
+        <v>152</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
         <v>327</v>
       </c>
       <c r="H52" t="s">
         <v>328</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>86</v>
       </c>
       <c r="B53" t="s">
         <v>329</v>
       </c>
       <c r="C53" t="s">
         <v>330</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>114</v>
+        <v>331</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="H53" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>86</v>
       </c>
       <c r="B54" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C54" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="H54" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>86</v>
       </c>
       <c r="B55" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C55" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>340</v>
+        <v>119</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
         <v>341</v>
       </c>
       <c r="H55" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
         <v>343</v>
       </c>
       <c r="C56" t="s">
         <v>344</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
@@ -18116,207 +18980,207 @@
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>346</v>
       </c>
       <c r="H56" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>348</v>
       </c>
       <c r="C57" t="s">
         <v>349</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>191</v>
+        <v>350</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="H57" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>86</v>
       </c>
       <c r="B58" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="C58" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="D58" t="s">
-        <v>354</v>
+        <v>11</v>
       </c>
       <c r="E58" t="s">
         <v>355</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
         <v>356</v>
       </c>
       <c r="H58" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>86</v>
       </c>
       <c r="B59" t="s">
         <v>358</v>
       </c>
       <c r="C59" t="s">
         <v>359</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>119</v>
+        <v>196</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
         <v>360</v>
       </c>
       <c r="H59" t="s">
         <v>361</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>86</v>
       </c>
       <c r="B60" t="s">
         <v>362</v>
       </c>
       <c r="C60" t="s">
         <v>363</v>
       </c>
       <c r="D60" t="s">
-        <v>11</v>
+        <v>364</v>
       </c>
       <c r="E60" t="s">
-        <v>224</v>
+        <v>365</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H60" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>86</v>
       </c>
       <c r="B61" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="C61" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>99</v>
+        <v>124</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="H61" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>86</v>
       </c>
       <c r="B62" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="C62" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>372</v>
+        <v>234</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="H62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>86</v>
       </c>
       <c r="B63" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="C63" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>377</v>
+        <v>104</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
         <v>378</v>
       </c>
       <c r="H63" t="s">
         <v>379</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>86</v>
       </c>
       <c r="B64" t="s">
         <v>380</v>
       </c>
       <c r="C64" t="s">
         <v>381</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
@@ -18347,285 +19211,285 @@
       </c>
       <c r="E65" t="s">
         <v>387</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
         <v>388</v>
       </c>
       <c r="H65" t="s">
         <v>389</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>86</v>
       </c>
       <c r="B66" t="s">
         <v>390</v>
       </c>
       <c r="C66" t="s">
         <v>391</v>
       </c>
       <c r="D66" t="s">
+        <v>11</v>
+      </c>
+      <c r="E66" t="s">
         <v>392</v>
       </c>
-      <c r="E66" t="s">
+      <c r="F66" t="s">
+        <v>11</v>
+      </c>
+      <c r="G66" t="s">
         <v>393</v>
       </c>
-      <c r="F66" t="s">
-[...2 lines deleted...]
-      <c r="G66" t="s">
+      <c r="H66" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>86</v>
       </c>
       <c r="B67" t="s">
+        <v>395</v>
+      </c>
+      <c r="C67" t="s">
         <v>396</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>11</v>
+      </c>
+      <c r="E67" t="s">
         <v>397</v>
       </c>
-      <c r="D67" t="s">
-[...2 lines deleted...]
-      <c r="E67" t="s">
+      <c r="F67" t="s">
+        <v>11</v>
+      </c>
+      <c r="G67" t="s">
         <v>398</v>
       </c>
-      <c r="F67" t="s">
-[...2 lines deleted...]
-      <c r="G67" t="s">
+      <c r="H67" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>86</v>
       </c>
       <c r="B68" t="s">
+        <v>400</v>
+      </c>
+      <c r="C68" t="s">
         <v>401</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>402</v>
       </c>
-      <c r="D68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E68" t="s">
-        <v>119</v>
+        <v>403</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H68" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>86</v>
       </c>
       <c r="B69" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="C69" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>147</v>
+        <v>408</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="H69" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>86</v>
       </c>
       <c r="B70" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C70" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="D70" t="s">
-        <v>411</v>
+        <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>412</v>
+        <v>124</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
         <v>413</v>
       </c>
       <c r="H70" t="s">
         <v>414</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>86</v>
       </c>
       <c r="B71" t="s">
         <v>415</v>
       </c>
       <c r="C71" t="s">
         <v>416</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
+        <v>152</v>
+      </c>
+      <c r="F71" t="s">
+        <v>11</v>
+      </c>
+      <c r="G71" t="s">
         <v>417</v>
       </c>
-      <c r="F71" t="s">
-[...2 lines deleted...]
-      <c r="G71" t="s">
+      <c r="H71" t="s">
         <v>418</v>
-      </c>
-[...1 lines deleted...]
-        <v>419</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>86</v>
       </c>
       <c r="B72" t="s">
+        <v>419</v>
+      </c>
+      <c r="C72" t="s">
         <v>420</v>
       </c>
-      <c r="C72" t="s">
+      <c r="D72" t="s">
         <v>421</v>
       </c>
-      <c r="D72" t="s">
+      <c r="E72" t="s">
         <v>422</v>
       </c>
-      <c r="E72" t="s">
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
         <v>423</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>424</v>
-      </c>
-[...1 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>86</v>
       </c>
       <c r="B73" t="s">
+        <v>425</v>
+      </c>
+      <c r="C73" t="s">
         <v>426</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>11</v>
+      </c>
+      <c r="E73" t="s">
         <v>427</v>
       </c>
-      <c r="D73" t="s">
+      <c r="F73" t="s">
+        <v>11</v>
+      </c>
+      <c r="G73" t="s">
         <v>428</v>
       </c>
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>429</v>
-      </c>
-[...7 lines deleted...]
-        <v>431</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>86</v>
       </c>
       <c r="B74" t="s">
+        <v>430</v>
+      </c>
+      <c r="C74" t="s">
+        <v>431</v>
+      </c>
+      <c r="D74" t="s">
         <v>432</v>
       </c>
-      <c r="C74" t="s">
+      <c r="E74" t="s">
         <v>433</v>
       </c>
-      <c r="D74" t="s">
-[...2 lines deleted...]
-      <c r="E74" t="s">
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
         <v>434</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>86</v>
       </c>
       <c r="B75" t="s">
+        <v>436</v>
+      </c>
+      <c r="C75" t="s">
         <v>437</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>438</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E75" t="s">
         <v>439</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
         <v>440</v>
       </c>
       <c r="H75" t="s">
         <v>441</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>86</v>
       </c>
       <c r="B76" t="s">
         <v>442</v>
       </c>
       <c r="C76" t="s">
         <v>443</v>
       </c>
       <c r="D76" t="s">
@@ -18763,496 +19627,496 @@
       </c>
       <c r="E81" t="s">
         <v>469</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
         <v>470</v>
       </c>
       <c r="H81" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>86</v>
       </c>
       <c r="B82" t="s">
         <v>472</v>
       </c>
       <c r="C82" t="s">
         <v>473</v>
       </c>
       <c r="D82" t="s">
-        <v>422</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
-        <v>423</v>
+        <v>474</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H82" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>86</v>
       </c>
       <c r="B83" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C83" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D83" t="s">
         <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="H83" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>86</v>
       </c>
       <c r="B84" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="C84" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="D84" t="s">
         <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>114</v>
+        <v>484</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="H84" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>86</v>
       </c>
       <c r="B85" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C85" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="D85" t="s">
-        <v>11</v>
+        <v>432</v>
       </c>
       <c r="E85" t="s">
-        <v>114</v>
+        <v>433</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H85" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="C86" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>128</v>
+        <v>493</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>491</v>
+        <v>494</v>
       </c>
       <c r="H86" t="s">
-        <v>492</v>
+        <v>495</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>493</v>
+        <v>496</v>
       </c>
       <c r="C87" t="s">
-        <v>494</v>
+        <v>497</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>128</v>
+        <v>119</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>495</v>
+        <v>498</v>
       </c>
       <c r="H87" t="s">
-        <v>496</v>
+        <v>499</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>86</v>
       </c>
       <c r="B88" t="s">
-        <v>497</v>
+        <v>500</v>
       </c>
       <c r="C88" t="s">
-        <v>498</v>
+        <v>501</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>499</v>
+        <v>119</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="H88" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>86</v>
       </c>
       <c r="B89" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C89" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>504</v>
+        <v>133</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H89" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>86</v>
       </c>
       <c r="B90" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C90" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>509</v>
+        <v>133</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
         <v>510</v>
       </c>
       <c r="H90" t="s">
         <v>511</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>86</v>
       </c>
       <c r="B91" t="s">
         <v>512</v>
       </c>
       <c r="C91" t="s">
         <v>513</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>191</v>
+        <v>514</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="H91" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>86</v>
       </c>
       <c r="B92" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="C92" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="H92" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>86</v>
       </c>
       <c r="B93" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C93" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
-        <v>372</v>
+        <v>524</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>523</v>
+        <v>525</v>
       </c>
       <c r="H93" t="s">
-        <v>524</v>
+        <v>526</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>86</v>
       </c>
       <c r="B94" t="s">
-        <v>525</v>
+        <v>527</v>
       </c>
       <c r="C94" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>372</v>
+        <v>196</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="H94" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>86</v>
       </c>
       <c r="B95" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="C95" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>147</v>
+        <v>533</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="H95" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>86</v>
       </c>
       <c r="B96" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="C96" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>147</v>
+        <v>382</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="H96" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>86</v>
       </c>
       <c r="B97" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C97" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>539</v>
+        <v>382</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="H97" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>86</v>
       </c>
       <c r="B98" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C98" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>544</v>
+        <v>152</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H98" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>86</v>
       </c>
       <c r="B99" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C99" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>549</v>
+        <v>152</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
         <v>550</v>
       </c>
       <c r="H99" t="s">
         <v>551</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>86</v>
       </c>
       <c r="B100" t="s">
         <v>552</v>
       </c>
       <c r="C100" t="s">
         <v>553</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
@@ -19332,3404 +20196,3482 @@
       </c>
       <c r="D103" t="s">
         <v>11</v>
       </c>
       <c r="E103" t="s">
         <v>569</v>
       </c>
       <c r="F103" t="s">
         <v>11</v>
       </c>
       <c r="G103" t="s">
         <v>570</v>
       </c>
       <c r="H103" t="s">
         <v>571</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>86</v>
       </c>
       <c r="B104" t="s">
         <v>572</v>
       </c>
       <c r="C104" t="s">
-        <v>11</v>
+        <v>573</v>
       </c>
       <c r="D104" t="s">
         <v>11</v>
       </c>
       <c r="E104" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="F104" t="s">
         <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="H104" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>86</v>
       </c>
       <c r="B105" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C105" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="D105" t="s">
         <v>11</v>
       </c>
       <c r="E105" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="F105" t="s">
         <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H105" t="s">
-        <v>580</v>
+        <v>581</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>86</v>
+      </c>
+      <c r="B106" t="s">
+        <v>582</v>
+      </c>
+      <c r="C106" t="s">
+        <v>583</v>
+      </c>
+      <c r="D106" t="s">
+        <v>11</v>
+      </c>
+      <c r="E106" t="s">
+        <v>584</v>
+      </c>
+      <c r="F106" t="s">
+        <v>11</v>
+      </c>
+      <c r="G106" t="s">
+        <v>585</v>
+      </c>
+      <c r="H106" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>86</v>
+      </c>
+      <c r="B107" t="s">
+        <v>587</v>
+      </c>
+      <c r="C107" t="s">
+        <v>11</v>
+      </c>
+      <c r="D107" t="s">
+        <v>11</v>
+      </c>
+      <c r="E107" t="s">
+        <v>588</v>
+      </c>
+      <c r="F107" t="s">
+        <v>11</v>
+      </c>
+      <c r="G107" t="s">
+        <v>589</v>
+      </c>
+      <c r="H107" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>86</v>
+      </c>
+      <c r="B108" t="s">
+        <v>591</v>
+      </c>
+      <c r="C108" t="s">
+        <v>592</v>
+      </c>
+      <c r="D108" t="s">
+        <v>11</v>
+      </c>
+      <c r="E108" t="s">
+        <v>593</v>
+      </c>
+      <c r="F108" t="s">
+        <v>11</v>
+      </c>
+      <c r="G108" t="s">
+        <v>594</v>
+      </c>
+      <c r="H108" t="s">
+        <v>595</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I81"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>581</v>
+        <v>596</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B2" t="s">
-        <v>583</v>
+        <v>598</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>584</v>
+        <v>599</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>585</v>
+        <v>600</v>
       </c>
       <c r="H2" t="s">
-        <v>586</v>
+        <v>601</v>
       </c>
       <c r="I2" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B3" t="s">
-        <v>588</v>
+        <v>603</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>589</v>
+        <v>604</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>590</v>
+        <v>605</v>
       </c>
       <c r="H3" t="s">
-        <v>591</v>
+        <v>606</v>
       </c>
       <c r="I3" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B4" t="s">
-        <v>592</v>
+        <v>607</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>593</v>
+        <v>608</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>594</v>
+        <v>609</v>
       </c>
       <c r="H4" t="s">
-        <v>595</v>
+        <v>610</v>
       </c>
       <c r="I4" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B5" t="s">
-        <v>596</v>
+        <v>611</v>
       </c>
       <c r="C5" t="s">
-        <v>597</v>
+        <v>612</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>599</v>
+        <v>614</v>
       </c>
       <c r="H5" t="s">
-        <v>600</v>
+        <v>615</v>
       </c>
       <c r="I5" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B6" t="s">
+        <v>617</v>
+      </c>
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
+        <v>11</v>
+      </c>
+      <c r="E6" t="s">
+        <v>604</v>
+      </c>
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
+        <v>618</v>
+      </c>
+      <c r="H6" t="s">
+        <v>619</v>
+      </c>
+      <c r="I6" t="s">
         <v>602</v>
-      </c>
-[...19 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B7" t="s">
-        <v>605</v>
+        <v>620</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>606</v>
+        <v>621</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>607</v>
+        <v>622</v>
       </c>
       <c r="H7" t="s">
-        <v>608</v>
+        <v>623</v>
       </c>
       <c r="I7" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B8" t="s">
-        <v>609</v>
+        <v>624</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>611</v>
+        <v>626</v>
       </c>
       <c r="H8" t="s">
-        <v>612</v>
+        <v>627</v>
       </c>
       <c r="I8" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B9" t="s">
-        <v>613</v>
+        <v>628</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>614</v>
+        <v>629</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>615</v>
+        <v>630</v>
       </c>
       <c r="H9" t="s">
-        <v>616</v>
+        <v>631</v>
       </c>
       <c r="I9" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B10" t="s">
-        <v>617</v>
+        <v>632</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>618</v>
+        <v>633</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>619</v>
+        <v>634</v>
       </c>
       <c r="H10" t="s">
-        <v>620</v>
+        <v>635</v>
       </c>
       <c r="I10" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B11" t="s">
-        <v>621</v>
+        <v>636</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>623</v>
+        <v>638</v>
       </c>
       <c r="H11" t="s">
-        <v>624</v>
+        <v>639</v>
       </c>
       <c r="I11" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B12" t="s">
-        <v>625</v>
+        <v>640</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>626</v>
+        <v>641</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>627</v>
+        <v>642</v>
       </c>
       <c r="H12" t="s">
-        <v>628</v>
+        <v>643</v>
       </c>
       <c r="I12" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B13" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>630</v>
+        <v>645</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>631</v>
+        <v>646</v>
       </c>
       <c r="H13" t="s">
-        <v>632</v>
+        <v>647</v>
       </c>
       <c r="I13" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B14" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>633</v>
+        <v>648</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>634</v>
+        <v>649</v>
       </c>
       <c r="H14" t="s">
-        <v>635</v>
+        <v>650</v>
       </c>
       <c r="I14" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B15" t="s">
-        <v>636</v>
+        <v>651</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>637</v>
+        <v>652</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>638</v>
+        <v>653</v>
       </c>
       <c r="H15" t="s">
-        <v>639</v>
+        <v>654</v>
       </c>
       <c r="I15" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B16" t="s">
-        <v>641</v>
+        <v>656</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>642</v>
+        <v>657</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>643</v>
+        <v>658</v>
       </c>
       <c r="H16" t="s">
-        <v>644</v>
+        <v>659</v>
       </c>
       <c r="I16" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B17" t="s">
-        <v>645</v>
+        <v>660</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>646</v>
+        <v>661</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="H17" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="I17" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B18" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>650</v>
+        <v>665</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>651</v>
+        <v>666</v>
       </c>
       <c r="H18" t="s">
-        <v>652</v>
+        <v>667</v>
       </c>
       <c r="I18" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B19" t="s">
-        <v>653</v>
+        <v>668</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>654</v>
+        <v>669</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>655</v>
+        <v>670</v>
       </c>
       <c r="H19" t="s">
-        <v>656</v>
+        <v>671</v>
       </c>
       <c r="I19" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B20" t="s">
-        <v>657</v>
+        <v>672</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>659</v>
+        <v>674</v>
       </c>
       <c r="H20" t="s">
-        <v>660</v>
+        <v>675</v>
       </c>
       <c r="I20" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B21" t="s">
-        <v>661</v>
+        <v>676</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>662</v>
+        <v>677</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>663</v>
+        <v>678</v>
       </c>
       <c r="H21" t="s">
-        <v>664</v>
+        <v>679</v>
       </c>
       <c r="I21" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B22" t="s">
-        <v>665</v>
+        <v>680</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>667</v>
+        <v>682</v>
       </c>
       <c r="H22" t="s">
-        <v>668</v>
+        <v>683</v>
       </c>
       <c r="I22" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B23" t="s">
-        <v>669</v>
+        <v>684</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>670</v>
+        <v>685</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>671</v>
+        <v>686</v>
       </c>
       <c r="H23" t="s">
-        <v>672</v>
+        <v>687</v>
       </c>
       <c r="I23" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B24" t="s">
-        <v>673</v>
+        <v>688</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>674</v>
+        <v>689</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>675</v>
+        <v>690</v>
       </c>
       <c r="H24" t="s">
-        <v>676</v>
+        <v>691</v>
       </c>
       <c r="I24" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B25" t="s">
-        <v>677</v>
+        <v>692</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>678</v>
+        <v>693</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>679</v>
+        <v>694</v>
       </c>
       <c r="H25" t="s">
-        <v>680</v>
+        <v>695</v>
       </c>
       <c r="I25" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B26" t="s">
-        <v>681</v>
+        <v>696</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>682</v>
+        <v>697</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>683</v>
+        <v>698</v>
       </c>
       <c r="H26" t="s">
-        <v>684</v>
+        <v>699</v>
       </c>
       <c r="I26" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B27" t="s">
-        <v>685</v>
+        <v>700</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>686</v>
+        <v>701</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>687</v>
+        <v>702</v>
       </c>
       <c r="H27" t="s">
-        <v>688</v>
+        <v>703</v>
       </c>
       <c r="I27" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B28" t="s">
-        <v>689</v>
+        <v>704</v>
       </c>
       <c r="C28" t="s">
-        <v>690</v>
+        <v>705</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>691</v>
+        <v>706</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>692</v>
+        <v>707</v>
       </c>
       <c r="H28" t="s">
-        <v>693</v>
+        <v>708</v>
       </c>
       <c r="I28" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B29" t="s">
-        <v>694</v>
+        <v>709</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>695</v>
+        <v>710</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>696</v>
+        <v>711</v>
       </c>
       <c r="H29" t="s">
-        <v>697</v>
+        <v>712</v>
       </c>
       <c r="I29" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B30" t="s">
-        <v>698</v>
+        <v>713</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>699</v>
+        <v>714</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>700</v>
+        <v>715</v>
       </c>
       <c r="H30" t="s">
-        <v>701</v>
+        <v>716</v>
       </c>
       <c r="I30" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B31" t="s">
-        <v>702</v>
+        <v>717</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>703</v>
+        <v>718</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>704</v>
+        <v>719</v>
       </c>
       <c r="H31" t="s">
-        <v>705</v>
+        <v>720</v>
       </c>
       <c r="I31" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B32" t="s">
-        <v>706</v>
+        <v>721</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>707</v>
+        <v>722</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>708</v>
+        <v>723</v>
       </c>
       <c r="H32" t="s">
-        <v>709</v>
+        <v>724</v>
       </c>
       <c r="I32" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B33" t="s">
-        <v>710</v>
+        <v>725</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>711</v>
+        <v>726</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>712</v>
+        <v>727</v>
       </c>
       <c r="H33" t="s">
-        <v>713</v>
+        <v>728</v>
       </c>
       <c r="I33" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B34" t="s">
-        <v>714</v>
+        <v>729</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>715</v>
+        <v>730</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>716</v>
+        <v>731</v>
       </c>
       <c r="H34" t="s">
-        <v>717</v>
+        <v>732</v>
       </c>
       <c r="I34" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B35" t="s">
-        <v>718</v>
+        <v>733</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>666</v>
+        <v>681</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>719</v>
+        <v>734</v>
       </c>
       <c r="H35" t="s">
-        <v>720</v>
+        <v>735</v>
       </c>
       <c r="I35" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B36" t="s">
-        <v>721</v>
+        <v>736</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>722</v>
+        <v>737</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>723</v>
+        <v>738</v>
       </c>
       <c r="H36" t="s">
-        <v>724</v>
+        <v>739</v>
       </c>
       <c r="I36" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B37" t="s">
-        <v>725</v>
+        <v>740</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>726</v>
+        <v>741</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>727</v>
+        <v>742</v>
       </c>
       <c r="H37" t="s">
-        <v>728</v>
+        <v>743</v>
       </c>
       <c r="I37" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B38" t="s">
-        <v>729</v>
+        <v>744</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>730</v>
+        <v>745</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>731</v>
+        <v>746</v>
       </c>
       <c r="H38" t="s">
-        <v>732</v>
+        <v>747</v>
       </c>
       <c r="I38" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B39" t="s">
-        <v>733</v>
+        <v>748</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>734</v>
+        <v>749</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>735</v>
+        <v>750</v>
       </c>
       <c r="H39" t="s">
-        <v>736</v>
+        <v>751</v>
       </c>
       <c r="I39" t="s">
-        <v>640</v>
+        <v>655</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B40" t="s">
-        <v>737</v>
+        <v>752</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>738</v>
+        <v>753</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>739</v>
+        <v>754</v>
       </c>
       <c r="H40" t="s">
-        <v>740</v>
+        <v>755</v>
       </c>
       <c r="I40" t="s">
-        <v>741</v>
+        <v>756</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B41" t="s">
-        <v>742</v>
+        <v>757</v>
       </c>
       <c r="C41" t="s">
-        <v>743</v>
+        <v>758</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>744</v>
+        <v>759</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>745</v>
+        <v>760</v>
       </c>
       <c r="H41" t="s">
-        <v>746</v>
+        <v>761</v>
       </c>
       <c r="I41" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B42" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>748</v>
+        <v>763</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>749</v>
+        <v>764</v>
       </c>
       <c r="H42" t="s">
-        <v>750</v>
+        <v>765</v>
       </c>
       <c r="I42" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B43" t="s">
-        <v>751</v>
+        <v>766</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>752</v>
+        <v>767</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>753</v>
+        <v>768</v>
       </c>
       <c r="H43" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="I43" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B44" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>756</v>
+        <v>771</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>757</v>
+        <v>772</v>
       </c>
       <c r="H44" t="s">
-        <v>758</v>
+        <v>773</v>
       </c>
       <c r="I44" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B45" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>761</v>
+        <v>776</v>
       </c>
       <c r="H45" t="s">
-        <v>762</v>
+        <v>777</v>
       </c>
       <c r="I45" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B46" t="s">
-        <v>763</v>
+        <v>778</v>
       </c>
       <c r="C46" t="s">
-        <v>764</v>
+        <v>779</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>765</v>
+        <v>780</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>766</v>
+        <v>781</v>
       </c>
       <c r="H46" t="s">
-        <v>767</v>
+        <v>782</v>
       </c>
       <c r="I46" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B47" t="s">
-        <v>768</v>
+        <v>783</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>769</v>
+        <v>784</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>770</v>
+        <v>785</v>
       </c>
       <c r="H47" t="s">
-        <v>771</v>
+        <v>786</v>
       </c>
       <c r="I47" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B48" t="s">
-        <v>772</v>
+        <v>787</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>773</v>
+        <v>788</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>774</v>
+        <v>789</v>
       </c>
       <c r="H48" t="s">
-        <v>775</v>
+        <v>790</v>
       </c>
       <c r="I48" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B49" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="C49" t="s">
-        <v>777</v>
+        <v>792</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>778</v>
+        <v>793</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>779</v>
+        <v>794</v>
       </c>
       <c r="H49" t="s">
-        <v>780</v>
+        <v>795</v>
       </c>
       <c r="I49" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B50" t="s">
-        <v>781</v>
+        <v>796</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="H50" t="s">
-        <v>784</v>
+        <v>799</v>
       </c>
       <c r="I50" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B51" t="s">
-        <v>785</v>
+        <v>800</v>
       </c>
       <c r="C51" t="s">
-        <v>786</v>
+        <v>801</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>787</v>
+        <v>802</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>788</v>
+        <v>803</v>
       </c>
       <c r="H51" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="I51" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B52" t="s">
-        <v>790</v>
+        <v>805</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>791</v>
+        <v>806</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="H52" t="s">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="I52" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B53" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="C53" t="s">
         <v>11</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>796</v>
+        <v>811</v>
       </c>
       <c r="H53" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="I53" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B54" t="s">
-        <v>798</v>
+        <v>813</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>799</v>
+        <v>814</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>800</v>
+        <v>815</v>
       </c>
       <c r="H54" t="s">
-        <v>801</v>
+        <v>816</v>
       </c>
       <c r="I54" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B55" t="s">
-        <v>802</v>
+        <v>817</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>803</v>
+        <v>818</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>804</v>
+        <v>819</v>
       </c>
       <c r="H55" t="s">
-        <v>805</v>
+        <v>820</v>
       </c>
       <c r="I55" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B56" t="s">
-        <v>806</v>
+        <v>821</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>807</v>
+        <v>822</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>808</v>
+        <v>823</v>
       </c>
       <c r="H56" t="s">
-        <v>809</v>
+        <v>824</v>
       </c>
       <c r="I56" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B57" t="s">
-        <v>810</v>
+        <v>825</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>811</v>
+        <v>826</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>812</v>
+        <v>827</v>
       </c>
       <c r="H57" t="s">
-        <v>813</v>
+        <v>828</v>
       </c>
       <c r="I57" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B58" t="s">
-        <v>814</v>
+        <v>829</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>815</v>
+        <v>830</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>816</v>
+        <v>831</v>
       </c>
       <c r="H58" t="s">
-        <v>817</v>
+        <v>832</v>
       </c>
       <c r="I58" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B59" t="s">
-        <v>818</v>
+        <v>833</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>819</v>
+        <v>834</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>820</v>
+        <v>835</v>
       </c>
       <c r="H59" t="s">
-        <v>821</v>
+        <v>836</v>
       </c>
       <c r="I59" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B60" t="s">
-        <v>822</v>
+        <v>837</v>
       </c>
       <c r="C60" t="s">
-        <v>823</v>
+        <v>838</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>824</v>
+        <v>839</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>825</v>
+        <v>840</v>
       </c>
       <c r="H60" t="s">
-        <v>826</v>
+        <v>841</v>
       </c>
       <c r="I60" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B61" t="s">
-        <v>827</v>
+        <v>842</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>828</v>
+        <v>843</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>829</v>
+        <v>844</v>
       </c>
       <c r="H61" t="s">
-        <v>830</v>
+        <v>845</v>
       </c>
       <c r="I61" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B62" t="s">
-        <v>831</v>
+        <v>846</v>
       </c>
       <c r="C62" t="s">
         <v>11</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>832</v>
+        <v>847</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>833</v>
+        <v>848</v>
       </c>
       <c r="H62" t="s">
-        <v>834</v>
+        <v>849</v>
       </c>
       <c r="I62" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B63" t="s">
-        <v>835</v>
+        <v>850</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>837</v>
+        <v>852</v>
       </c>
       <c r="H63" t="s">
-        <v>838</v>
+        <v>853</v>
       </c>
       <c r="I63" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B64" t="s">
-        <v>839</v>
+        <v>854</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>840</v>
+        <v>855</v>
       </c>
       <c r="H64" t="s">
-        <v>841</v>
+        <v>856</v>
       </c>
       <c r="I64" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B65" t="s">
-        <v>842</v>
+        <v>857</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>844</v>
+        <v>859</v>
       </c>
       <c r="H65" t="s">
-        <v>845</v>
+        <v>860</v>
       </c>
       <c r="I65" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B66" t="s">
-        <v>846</v>
+        <v>861</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>847</v>
+        <v>862</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>848</v>
+        <v>863</v>
       </c>
       <c r="H66" t="s">
-        <v>849</v>
+        <v>864</v>
       </c>
       <c r="I66" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B67" t="s">
-        <v>850</v>
+        <v>865</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>851</v>
+        <v>866</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>852</v>
+        <v>867</v>
       </c>
       <c r="H67" t="s">
-        <v>853</v>
+        <v>868</v>
       </c>
       <c r="I67" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B68" t="s">
-        <v>854</v>
+        <v>869</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>856</v>
+        <v>871</v>
       </c>
       <c r="H68" t="s">
-        <v>857</v>
+        <v>872</v>
       </c>
       <c r="I68" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B69" t="s">
-        <v>858</v>
+        <v>873</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>855</v>
+        <v>870</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>859</v>
+        <v>874</v>
       </c>
       <c r="H69" t="s">
-        <v>860</v>
+        <v>875</v>
       </c>
       <c r="I69" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B70" t="s">
-        <v>861</v>
+        <v>876</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>862</v>
+        <v>877</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>863</v>
+        <v>878</v>
       </c>
       <c r="H70" t="s">
-        <v>864</v>
+        <v>879</v>
       </c>
       <c r="I70" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B71" t="s">
-        <v>865</v>
+        <v>880</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>658</v>
+        <v>673</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>866</v>
+        <v>881</v>
       </c>
       <c r="H71" t="s">
-        <v>867</v>
+        <v>882</v>
       </c>
       <c r="I71" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B72" t="s">
-        <v>868</v>
+        <v>883</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>869</v>
+        <v>884</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>870</v>
+        <v>885</v>
       </c>
       <c r="H72" t="s">
-        <v>871</v>
+        <v>886</v>
       </c>
       <c r="I72" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B73" t="s">
-        <v>872</v>
+        <v>887</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>873</v>
+        <v>888</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>874</v>
+        <v>889</v>
       </c>
       <c r="H73" t="s">
-        <v>875</v>
+        <v>890</v>
       </c>
       <c r="I73" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B74" t="s">
-        <v>876</v>
+        <v>891</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>877</v>
+        <v>892</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>878</v>
+        <v>893</v>
       </c>
       <c r="H74" t="s">
-        <v>879</v>
+        <v>894</v>
       </c>
       <c r="I74" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B75" t="s">
-        <v>880</v>
+        <v>895</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>881</v>
+        <v>896</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>882</v>
+        <v>897</v>
       </c>
       <c r="H75" t="s">
-        <v>883</v>
+        <v>898</v>
       </c>
       <c r="I75" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B76" t="s">
-        <v>884</v>
+        <v>899</v>
       </c>
       <c r="C76" t="s">
-        <v>885</v>
+        <v>900</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>886</v>
+        <v>901</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>887</v>
+        <v>902</v>
       </c>
       <c r="H76" t="s">
-        <v>888</v>
+        <v>903</v>
       </c>
       <c r="I76" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B77" t="s">
-        <v>889</v>
+        <v>904</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>890</v>
+        <v>905</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>891</v>
+        <v>906</v>
       </c>
       <c r="H77" t="s">
-        <v>892</v>
+        <v>907</v>
       </c>
       <c r="I77" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B78" t="s">
-        <v>893</v>
+        <v>908</v>
       </c>
       <c r="C78" t="s">
         <v>11</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>894</v>
+        <v>909</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>895</v>
+        <v>910</v>
       </c>
       <c r="H78" t="s">
-        <v>896</v>
+        <v>911</v>
       </c>
       <c r="I78" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B79" t="s">
-        <v>897</v>
+        <v>912</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>610</v>
+        <v>625</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>898</v>
+        <v>913</v>
       </c>
       <c r="H79" t="s">
-        <v>899</v>
+        <v>914</v>
       </c>
       <c r="I79" t="s">
-        <v>587</v>
+        <v>602</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B80" t="s">
-        <v>900</v>
+        <v>915</v>
       </c>
       <c r="C80" t="s">
-        <v>901</v>
+        <v>916</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>902</v>
+        <v>917</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>903</v>
+        <v>918</v>
       </c>
       <c r="H80" t="s">
-        <v>904</v>
+        <v>919</v>
       </c>
       <c r="I80" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>582</v>
+        <v>597</v>
       </c>
       <c r="B81" t="s">
-        <v>905</v>
+        <v>920</v>
       </c>
       <c r="C81" t="s">
-        <v>906</v>
+        <v>921</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>907</v>
+        <v>922</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>908</v>
+        <v>923</v>
       </c>
       <c r="H81" t="s">
-        <v>909</v>
+        <v>924</v>
       </c>
       <c r="I81" t="s">
-        <v>601</v>
+        <v>616</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B2" t="s">
-        <v>911</v>
+        <v>926</v>
       </c>
       <c r="C2" t="s">
-        <v>912</v>
+        <v>927</v>
       </c>
       <c r="D2" t="s">
-        <v>913</v>
+        <v>928</v>
       </c>
       <c r="E2" t="s">
-        <v>914</v>
+        <v>929</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>915</v>
+        <v>930</v>
       </c>
       <c r="H2" t="s">
-        <v>916</v>
+        <v>931</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B3" t="s">
-        <v>917</v>
+        <v>932</v>
       </c>
       <c r="C3" t="s">
-        <v>918</v>
+        <v>933</v>
       </c>
       <c r="D3" t="s">
-        <v>919</v>
+        <v>934</v>
       </c>
       <c r="E3" t="s">
-        <v>920</v>
+        <v>935</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>921</v>
+        <v>936</v>
       </c>
       <c r="H3" t="s">
-        <v>922</v>
+        <v>937</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B4" t="s">
-        <v>923</v>
+        <v>938</v>
       </c>
       <c r="C4" t="s">
-        <v>924</v>
+        <v>939</v>
       </c>
       <c r="D4" t="s">
-        <v>925</v>
+        <v>940</v>
       </c>
       <c r="E4" t="s">
-        <v>926</v>
+        <v>941</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>927</v>
+        <v>942</v>
       </c>
       <c r="H4" t="s">
-        <v>928</v>
+        <v>943</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B5" t="s">
-        <v>929</v>
+        <v>944</v>
       </c>
       <c r="C5" t="s">
-        <v>930</v>
+        <v>945</v>
       </c>
       <c r="D5" t="s">
-        <v>931</v>
+        <v>946</v>
       </c>
       <c r="E5" t="s">
-        <v>932</v>
+        <v>947</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>933</v>
+        <v>948</v>
       </c>
       <c r="H5" t="s">
-        <v>934</v>
+        <v>949</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B6" t="s">
-        <v>935</v>
+        <v>950</v>
       </c>
       <c r="C6" t="s">
-        <v>936</v>
+        <v>951</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>937</v>
+        <v>952</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>938</v>
+        <v>953</v>
       </c>
       <c r="H6" t="s">
-        <v>939</v>
+        <v>954</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B7" t="s">
-        <v>940</v>
+        <v>955</v>
       </c>
       <c r="C7" t="s">
-        <v>941</v>
+        <v>956</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>942</v>
+        <v>957</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>943</v>
+        <v>958</v>
       </c>
       <c r="H7" t="s">
-        <v>944</v>
+        <v>959</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B8" t="s">
-        <v>945</v>
+        <v>960</v>
       </c>
       <c r="C8" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="D8" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="E8" t="s">
-        <v>948</v>
+        <v>963</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>949</v>
+        <v>964</v>
       </c>
       <c r="H8" t="s">
-        <v>950</v>
+        <v>965</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B9" t="s">
-        <v>951</v>
+        <v>966</v>
       </c>
       <c r="C9" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="D9" t="s">
-        <v>952</v>
+        <v>967</v>
       </c>
       <c r="E9" t="s">
-        <v>953</v>
+        <v>968</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>954</v>
+        <v>969</v>
       </c>
       <c r="H9" t="s">
-        <v>955</v>
+        <v>970</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B10" t="s">
-        <v>956</v>
+        <v>971</v>
       </c>
       <c r="C10" t="s">
-        <v>957</v>
+        <v>972</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>958</v>
+        <v>973</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>959</v>
+        <v>974</v>
       </c>
       <c r="H10" t="s">
-        <v>960</v>
+        <v>975</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B11" t="s">
-        <v>961</v>
+        <v>976</v>
       </c>
       <c r="C11" t="s">
-        <v>962</v>
+        <v>977</v>
       </c>
       <c r="D11" t="s">
-        <v>963</v>
+        <v>978</v>
       </c>
       <c r="E11" t="s">
-        <v>964</v>
+        <v>979</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>965</v>
+        <v>980</v>
       </c>
       <c r="H11" t="s">
-        <v>966</v>
+        <v>981</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B12" t="s">
-        <v>967</v>
+        <v>982</v>
       </c>
       <c r="C12" t="s">
-        <v>968</v>
+        <v>983</v>
       </c>
       <c r="D12" t="s">
-        <v>969</v>
+        <v>984</v>
       </c>
       <c r="E12" t="s">
-        <v>970</v>
+        <v>985</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>971</v>
+        <v>986</v>
       </c>
       <c r="H12" t="s">
-        <v>972</v>
+        <v>987</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B13" t="s">
-        <v>973</v>
+        <v>988</v>
       </c>
       <c r="C13" t="s">
-        <v>974</v>
+        <v>989</v>
       </c>
       <c r="D13" t="s">
-        <v>975</v>
+        <v>990</v>
       </c>
       <c r="E13" t="s">
-        <v>976</v>
+        <v>991</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>977</v>
+        <v>992</v>
       </c>
       <c r="H13" t="s">
-        <v>978</v>
+        <v>993</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B14" t="s">
-        <v>979</v>
+        <v>994</v>
       </c>
       <c r="C14" t="s">
-        <v>980</v>
+        <v>995</v>
       </c>
       <c r="D14" t="s">
-        <v>981</v>
+        <v>996</v>
       </c>
       <c r="E14" t="s">
-        <v>982</v>
+        <v>997</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>983</v>
+        <v>998</v>
       </c>
       <c r="H14" t="s">
-        <v>984</v>
+        <v>999</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B15" t="s">
-        <v>985</v>
+        <v>1000</v>
       </c>
       <c r="C15" t="s">
-        <v>986</v>
+        <v>1001</v>
       </c>
       <c r="D15" t="s">
-        <v>987</v>
+        <v>1002</v>
       </c>
       <c r="E15" t="s">
-        <v>988</v>
+        <v>1003</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>989</v>
+        <v>1004</v>
       </c>
       <c r="H15" t="s">
-        <v>990</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>910</v>
+        <v>925</v>
       </c>
       <c r="B16" t="s">
-        <v>991</v>
+        <v>1006</v>
       </c>
       <c r="C16" t="s">
-        <v>992</v>
+        <v>1007</v>
       </c>
       <c r="D16" t="s">
-        <v>993</v>
+        <v>1008</v>
       </c>
       <c r="E16" t="s">
-        <v>994</v>
+        <v>1009</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>995</v>
+        <v>1010</v>
       </c>
       <c r="H16" t="s">
-        <v>996</v>
+        <v>1011</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B2" t="s">
-        <v>998</v>
+        <v>1013</v>
       </c>
       <c r="C2" t="s">
-        <v>999</v>
+        <v>1014</v>
       </c>
       <c r="D2" t="s">
-        <v>1000</v>
+        <v>1015</v>
       </c>
       <c r="E2" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1002</v>
+        <v>1017</v>
       </c>
       <c r="H2" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B3" t="s">
-        <v>1004</v>
+        <v>1019</v>
       </c>
       <c r="C3" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="D3" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
       <c r="E3" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="H3" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B4" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="C4" t="s">
-        <v>1011</v>
+        <v>1026</v>
       </c>
       <c r="D4" t="s">
-        <v>1012</v>
+        <v>1027</v>
       </c>
       <c r="E4" t="s">
-        <v>1013</v>
+        <v>1028</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="H4" t="s">
-        <v>1015</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B5" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="C5" t="s">
-        <v>1017</v>
+        <v>1032</v>
       </c>
       <c r="D5" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
       <c r="E5" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
       <c r="H5" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B6" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="C6" t="s">
-        <v>1023</v>
+        <v>1038</v>
       </c>
       <c r="D6" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="E6" t="s">
-        <v>1025</v>
+        <v>1040</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1026</v>
+        <v>1041</v>
       </c>
       <c r="H6" t="s">
-        <v>1027</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>997</v>
+        <v>1012</v>
       </c>
       <c r="B7" t="s">
-        <v>1028</v>
+        <v>1043</v>
       </c>
       <c r="C7" t="s">
-        <v>1029</v>
+        <v>1044</v>
       </c>
       <c r="D7" t="s">
-        <v>1030</v>
+        <v>1045</v>
       </c>
       <c r="E7" t="s">
-        <v>1031</v>
+        <v>1046</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1032</v>
+        <v>1047</v>
       </c>
       <c r="H7" t="s">
-        <v>1033</v>
+        <v>1048</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="B2" t="s">
-        <v>1035</v>
+        <v>1050</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1036</v>
+        <v>1051</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1037</v>
+        <v>1052</v>
       </c>
       <c r="H2" t="s">
-        <v>1038</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="B3" t="s">
-        <v>1039</v>
+        <v>1054</v>
       </c>
       <c r="C3" t="s">
-        <v>1040</v>
+        <v>1055</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1041</v>
+        <v>1056</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="H3" t="s">
-        <v>1043</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1034</v>
+        <v>1049</v>
       </c>
       <c r="B4" t="s">
-        <v>1044</v>
+        <v>1059</v>
       </c>
       <c r="C4" t="s">
-        <v>1045</v>
+        <v>1060</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1046</v>
+        <v>1061</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1047</v>
+        <v>1062</v>
       </c>
       <c r="H4" t="s">
-        <v>1048</v>
+        <v>1063</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1049</v>
+        <v>1064</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>1050</v>
+        <v>1065</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1051</v>
+        <v>1066</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1052</v>
+        <v>1067</v>
       </c>
       <c r="H2" t="s">
-        <v>1053</v>
+        <v>1068</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="B2" t="s">
-        <v>1055</v>
+        <v>1070</v>
       </c>
       <c r="C2" t="s">
-        <v>1056</v>
+        <v>1071</v>
       </c>
       <c r="D2" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
       <c r="E2" t="s">
-        <v>1057</v>
+        <v>1072</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1058</v>
+        <v>1073</v>
       </c>
       <c r="H2" t="s">
-        <v>1059</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="B3" t="s">
-        <v>1060</v>
+        <v>1075</v>
       </c>
       <c r="C3" t="s">
-        <v>1061</v>
+        <v>1076</v>
       </c>
       <c r="D3" t="s">
-        <v>1062</v>
+        <v>1077</v>
       </c>
       <c r="E3" t="s">
-        <v>1063</v>
+        <v>1078</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1064</v>
+        <v>1079</v>
       </c>
       <c r="H3" t="s">
-        <v>1065</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="B4" t="s">
-        <v>1066</v>
+        <v>1081</v>
       </c>
       <c r="C4" t="s">
-        <v>1067</v>
+        <v>1082</v>
       </c>
       <c r="D4" t="s">
-        <v>1068</v>
+        <v>1083</v>
       </c>
       <c r="E4" t="s">
-        <v>1069</v>
+        <v>1084</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1070</v>
+        <v>1085</v>
       </c>
       <c r="H4" t="s">
-        <v>1071</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1054</v>
+        <v>1069</v>
       </c>
       <c r="B5" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
       <c r="C5" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="D5" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="E5" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="H5" t="s">
-        <v>1077</v>
+        <v>1092</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>