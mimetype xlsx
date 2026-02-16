--- v1 (2026-01-01)
+++ v2 (2026-02-16)
@@ -57,89 +57,89 @@
     <sheet name="Export Article HAS" r:id="rId19" sheetId="17"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Panorama'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Dossier'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="14" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="15" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="16" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4664" uniqueCount="2774">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4726" uniqueCount="2809">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Panorama</t>
   </si>
   <si>
     <t>Autisme</t>
   </si>
   <si>
     <t>Panorama des principales publications de la HAS sur l'autisme.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>13/05/2022 16:44:00</t>
+    <t>12/02/2026 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3286288/fr/autisme</t>
   </si>
   <si>
     <t>p_3286288</t>
   </si>
   <si>
     <t>Guide méthodologique</t>
   </si>
   <si>
     <t>Évaluation des ESSMS : référentiel et manuel</t>
   </si>
   <si>
     <t>Le référentiel national et le manuel d’évaluation proposent un cadre national unique, homogène et commun aux établissements et services sociaux et médico-sociaux. Centré sur la personne accompagnée, ses souhaits, ses besoins et son projet, ce dispositif d’évaluation est conçu pour promouvoir une démarche d’amélioration continue de la qualité qui favorise un meilleur accompagnement délivré aux personnes accueillies.</t>
   </si>
   <si>
     <t>10/03/2022 00:00:00</t>
   </si>
   <si>
     <t>10/03/2022 12:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3324490/fr/evaluation-des-essms-referentiel-et-manuel</t>
   </si>
@@ -326,74 +326,89 @@
   <si>
     <t>La HAS et la FORAP, la Fédération des Organismes régionaux d’Amélioration des Pratiques et des Organisations en santé proposent un guide dont l’objectif est d’accompagner les établissements dans le déploiement de la bientraitance en leur donnant les outils stratégiques et opérationnels nécessaires. Outre une démarche de déploiement d’une politique de bientraitance, le groupe propose un kit de 7 outils aux établissements qui peuvent les utiliser et les adapter en fonction de leur situation, de leur degré de développement préalable de la bientraitance, de leurs objectifs et de leurs besoins.</t>
   </si>
   <si>
     <t>24/10/2012 00:00:00</t>
   </si>
   <si>
     <t>24/10/2012 08:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1323996/fr/le-deploiement-de-la-bientraitance</t>
   </si>
   <si>
     <t>c_1323996</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Comportements défis dans les troubles du neurodéveloppement</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
-    <t>19/12/2025 10:53:00</t>
+    <t>19/12/2025 11:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
   </si>
   <si>
     <t>p_3806299</t>
   </si>
   <si>
     <t>Syndrome KBG</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome KBG. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs - Filière de santé AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/12/2020 11:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3226217/fr/syndrome-kbg</t>
   </si>
   <si>
     <t>p_3226217</t>
   </si>
   <si>
+    <t>Syndrome MYT1L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome MYT1L. Il a été élaboré par le Centre de Référence constitutif « Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2026 08:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840763/fr/syndrome-myt1l</t>
+  </si>
+  <si>
+    <t>p_3840763</t>
+  </si>
+  <si>
     <t>Embryo-Foetopathie au Valproate</t>
   </si>
   <si>
     <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
   </si>
   <si>
     <t>21/03/2017 15:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
   </si>
   <si>
     <t>c_2751900</t>
   </si>
   <si>
     <t>Syndrome de Dravet</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>04/11/2021 12:50:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
@@ -1385,50 +1400,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
   </si>
   <si>
     <t>p_3493385</t>
   </si>
   <si>
     <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
   </si>
   <si>
     <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
   </si>
   <si>
     <t>23/03/2023 00:00:00</t>
   </si>
   <si>
     <t>11/12/2023 11:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
   </si>
   <si>
     <t>p_3444925</t>
   </si>
   <si>
+    <t>Syndrome d’anomalies cardiaques – petite taille – hypermobilité articulaire lié aux variants du gène TAB2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint du syndrome d’anomalie cardiaque – petite taille – hypermobilité articulaire lié à un variant du gène TAB2.Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826258/fr/syndrome-d-anomalies-cardiaques-petite-taille-hypermobilite-articulaire-lie-aux-variants-du-gene-tab2</t>
+  </si>
+  <si>
+    <t>p_3826258</t>
+  </si>
+  <si>
     <t>Dégénérescence frontotemporale – variante comportementale</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/12/2025 11:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
   </si>
   <si>
     <t>p_3764532</t>
   </si>
   <si>
     <t>Aggrecanopathies</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'aggrecanopathies. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>27/10/2025 10:31:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689370/fr/aggrecanopathies</t>
@@ -2267,50 +2297,77 @@
   <si>
     <t>p_3508442</t>
   </si>
   <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 11/04/2023</t>
   </si>
   <si>
     <t>03/11/2023 18:23:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3471209/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-11/04/2023</t>
   </si>
   <si>
     <t>p_3471209</t>
   </si>
   <si>
     <t>Commission des stratégies de prise en charge - Réunion du Mardi 23 janvier 2018</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2827047/fr/commission-des-strategies-de-prise-en-charge-reunion-du-mardi-23-janvier-2018</t>
   </si>
   <si>
     <t>c_2827047</t>
   </si>
   <si>
+    <t>Comité santé mentale et psychiatrie du 26 novembre 2025</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:12:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699897/fr/comite-sante-mentale-et-psychiatrie-du-26-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3699897</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 8 janvier 2026</t>
+  </si>
+  <si>
+    <t>08/01/2026 15:09:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807689/fr/college-deliberatif-du-8-janvier-2026</t>
+  </si>
+  <si>
+    <t>p_3807689</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
     <t>CSMS - Réunion du mardi 11 mars 2025</t>
   </si>
   <si>
     <t>11/03/2025 12:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3597999/fr/csms-reunion-du-mardi-11-mars-2025</t>
   </si>
   <si>
     <t>p_3597999</t>
   </si>
   <si>
     <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
   </si>
   <si>
     <t>23/09/2025 08:47:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
   </si>
   <si>
     <t>p_3610236</t>
   </si>
   <si>
     <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 24/09/2024</t>
@@ -2327,53 +2384,50 @@
   <si>
     <t>Comité santé mentale et psychiatrie du 18 février 2025</t>
   </si>
   <si>
     <t>13/05/2025 08:45:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3573857/fr/comite-sante-mentale-et-psychiatrie-du-18-fevrier-2025</t>
   </si>
   <si>
     <t>p_3573857</t>
   </si>
   <si>
     <t>Collège délibératif du 23 janvier 2025</t>
   </si>
   <si>
     <t>04/04/2025 08:31:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600218/fr/college-deliberatif-du-23-janvier-2025</t>
   </si>
   <si>
     <t>p_3600218</t>
   </si>
   <si>
-    <t>Collège</t>
-[...1 lines deleted...]
-  <si>
     <t>Conseil pour l’engagement des usagers - Réunion du 4 février 2025</t>
   </si>
   <si>
     <t>Ordre du jour de la réunion du mardi 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du marci 4 février 2025 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé</t>
   </si>
   <si>
     <t>20/01/2025 08:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3578513/fr/conseil-pour-l-engagement-des-usagers-reunion-du-4-fevrier-2025</t>
   </si>
   <si>
     <t>p_3578513</t>
   </si>
   <si>
     <t>CSMS - Réunion du mercredi 9 octobre 2024</t>
   </si>
   <si>
     <t>24/10/2024 10:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3552657/fr/csms-reunion-du-mercredi-9-octobre-2024</t>
   </si>
   <si>
     <t>p_3552657</t>
@@ -2804,50 +2858,65 @@
   <si>
     <t>c_2795884</t>
   </si>
   <si>
     <t>Collège délibératif du 20 septembre 2017</t>
   </si>
   <si>
     <t>15/09/2017 14:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2793565/fr/college-deliberatif-du-20-septembre-2017</t>
   </si>
   <si>
     <t>c_2793565</t>
   </si>
   <si>
     <t>Commission Recommandations de Bonne Pratique - Réunion du 23/10/2012</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1351124/fr/commission-recommandations-de-bonne-pratique-reunion-du-23/10/2012</t>
   </si>
   <si>
     <t>c_1351124</t>
   </si>
   <si>
+    <t>TSA enfant &amp; adolescent - Comment co-construire un accompagnement de qualité ?</t>
+  </si>
+  <si>
+    <t>La HAS publie de nouvelles recommandations sur l’autisme et organise un webinaire gratuit pour présenter les bonnes pratiques, permettant aux professionnels d’échanger et de poser leurs questions aux experts. Les inscriptions sont ouvertes.</t>
+  </si>
+  <si>
+    <t>13/02/2026 09:05:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859884/fr/tsa-enfant-adolescent-comment-co-construire-un-accompagnement-de-qualite</t>
+  </si>
+  <si>
+    <t>p_3859884</t>
+  </si>
+  <si>
     <t>Regarder en replay le webinaire « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité »</t>
   </si>
   <si>
     <t>Webinaire HAS « Protection de l’enfance &amp; Handicap : repères et socle communs d’actions pour soutenir la scolarité ». Replay disponible</t>
   </si>
   <si>
     <t>29/10/2021 15:41:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3296009/fr/regarder-en-replay-le-webinaire-protection-de-l-enfance-handicap-reperes-et-socle-communs-d-actions-pour-soutenir-la-scolarite</t>
   </si>
   <si>
     <t>p_3296009</t>
   </si>
   <si>
     <t>Regarder en replay - premier rendez-vous de l’engagement des usagers</t>
   </si>
   <si>
     <t>La Haute Autorité de santé (HAS) organisait le mardi 29 septembre un temps d’échange en direct sur l’engagement des usagers, des personnes accompagnées et des associations de patients.</t>
   </si>
   <si>
     <t>21/09/2020 15:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3148556/fr/regarder-en-replay-premier-rendez-vous-de-l-engagement-des-usagers</t>
@@ -2939,98 +3008,98 @@
   <si>
     <t>05/01/2015 09:13:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838287/fr/resultats-de-l-enquete-bientraitance-dans-les-services-intervenant-aupres-d-un-public-adulte-a-domicile</t>
   </si>
   <si>
     <t>c_2838287</t>
   </si>
   <si>
     <t>Étude relative à la participation des usagers au fonctionnement des ESSMS</t>
   </si>
   <si>
     <t>Menée auprès de 33 structures cette étude qualitative a eu pour objectifs de dresser un état des lieux sur la mise en place des modalités de participation au fonctionnement des ESSMS et d’identifier les points positifs et les axes d’amélioration des différentes formes de participation mises en place. L’enquête détaille les pratiques professionnelles développées au sein des structures pour permettre la participation. Elle analyse le regard des professionnels et des usagers, qu’ils soient impliqués directement ou non dans les dispositifs de participation collectifs mis en œuvre.</t>
   </si>
   <si>
     <t>01/09/2014 09:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838280/fr/etude-relative-a-la-participation-des-usagers-au-fonctionnement-des-essms</t>
   </si>
   <si>
     <t>c_2838280</t>
   </si>
   <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
     <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2024</t>
   </si>
   <si>
     <t>Depuis 2002, les ESSMS sont tenus de faire procéder à une évaluation de la qualité des prestations qu’ils délivrent aux personnes accompagnées. La démarche, rénovée, s’ancre aujourd’hui dans l’objectif plus large d’amplifier la dynamique d’amélioration continue de la qualité dans les structures pour répondre au plus près aux besoins des publics concernés, tout en respectant leurs attentes.</t>
   </si>
   <si>
     <t>03/07/2025 00:00:00</t>
   </si>
   <si>
     <t>03/07/2025 12:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634116/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2024</t>
   </si>
   <si>
     <t>p_3634116</t>
   </si>
   <si>
     <t>Dispositif d’évaluation de la qualité des établissements et services sociaux et médico-sociaux : bilan annuel 2023</t>
   </si>
   <si>
     <t>26/03/2024 00:00:00</t>
   </si>
   <si>
     <t>14/05/2024 10:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517462/fr/dispositif-d-evaluation-de-la-qualite-des-etablissements-et-services-sociaux-et-medico-sociaux-bilan-annuel-2023</t>
   </si>
   <si>
     <t>p_3517462</t>
   </si>
   <si>
-    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
-[...13 lines deleted...]
-  <si>
     <t>Évènements indésirables graves associés aux soins (EIGS) : bilan annuel 2022</t>
   </si>
   <si>
     <t>La HAS publie le bilan annuel des déclarations d’évènements indésirables graves associés à des soins (EIGS) qu’elle a reçues, accompagné de préconisations pour l’amélioration de la sécurité des patients.</t>
   </si>
   <si>
     <t>24/11/2023 00:00:00</t>
   </si>
   <si>
     <t>20/11/2023 15:14:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3472509/fr/evenements-indesirables-graves-associes-aux-soins-eigs-bilan-annuel-2022</t>
   </si>
   <si>
     <t>p_3472509</t>
   </si>
   <si>
     <t>L'expertise publique en santé en situation de crise - Rapport d'analyse prospective 2022</t>
   </si>
   <si>
     <t>La HAS analyse la manière dont l’expertise publique en santé a été mobilisée et produite au cours de la pandémie de Covid-19 tout en tirant des enseignements et des axes d’amélioration pour l’avenir.</t>
   </si>
   <si>
     <t>20/02/2023 00:00:00</t>
@@ -4385,63 +4454,63 @@
   <si>
     <t>https://www.has-sante.fr/jcms/12856_FicheESSMS/fr/sessad-autisme-ted</t>
   </si>
   <si>
     <t>12856_FicheESSMS</t>
   </si>
   <si>
     <t>11 Lotissement Stanis</t>
   </si>
   <si>
     <t>97354 REMIRE MONTJOLY</t>
   </si>
   <si>
     <t>REMIRE MONTJOLY</t>
   </si>
   <si>
     <t>9C</t>
   </si>
   <si>
     <t>970304846</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
-    <t>Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie de l’enfant et de l’adolescent - Note de cadrage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-de-l-enfant-et-de-l-adolescent-note-de-cadrage</t>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité des interventions proposées aux enfants ayant un TSA, afin de leur permettre un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs</t>
+  </si>
+  <si>
+    <t>08/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
   </si>
   <si>
     <t>p_3448980</t>
   </si>
   <si>
     <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
   </si>
   <si>
     <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
   </si>
   <si>
     <t>26/03/2018 00:00:00</t>
   </si>
   <si>
     <t>26/03/2018 05:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
   </si>
   <si>
     <t>c_2006477</t>
   </si>
   <si>
     <t>Pour un accompagnement de qualité des personnes avec autisme ou autres troubles envahissants du développement</t>
   </si>
@@ -4688,203 +4757,203 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
   </si>
   <si>
     <t>p_3214468</t>
   </si>
   <si>
     <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
   </si>
   <si>
     <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
   </si>
   <si>
     <t>10/12/2014 00:00:00</t>
   </si>
   <si>
     <t>12/02/2015 10:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
   </si>
   <si>
     <t>c_1362146</t>
   </si>
   <si>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Femmes en âge de procréer ayant un trouble bipolaire : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant un trouble bipolaire.</t>
+  </si>
+  <si>
+    <t>26/09/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2018 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2579748/fr/femmes-en-age-de-procreer-ayant-un-trouble-bipolaire-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2579748</t>
+  </si>
+  <si>
+    <t>Filles, adolescentes, femmes en âge de procréer et femmes enceintes ayant une épilepsie : spécialités à base de valproate et alternatives médicamenteuses</t>
+  </si>
+  <si>
+    <t>L’acide valproïque ou valproate (Dépakine®, Micropakine®, Dépakote®, Dépamide® et génériques) est le plus tératogène des anticonvulsivants et des thymorégulateurs. Il entraîne également un risque accru de troubles du développement psychomoteur et/ou des troubles du spectre autistique chez les enfants exposés in utero. L’objectif de cette fiche mémo est de mettre à disposition des médecins des recommandations de prise en charge thérapeutique alternative chez les patientes présentant une épilepsie.</t>
+  </si>
+  <si>
+    <t>20/12/2018 09:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882733/fr/filles-adolescentes-femmes-en-age-de-procreer-et-femmes-enceintes-ayant-une-epilepsie-specialites-a-base-de-valproate-et-alternatives-medicamenteuses</t>
+  </si>
+  <si>
+    <t>c_2882733</t>
+  </si>
+  <si>
+    <t>Élaboration, rédaction, et animation du projet d’établissement ou de service</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif de soutenir les cadres et les professionnels de terrain dans la construction de la démarche du projet d’établissement/service, dans sa rédaction, puis dans l’animation autour des objectifs choisis.</t>
+  </si>
+  <si>
+    <t>05/05/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835410/fr/elaboration-redaction-et-animation-du-projet-d-etablissement-ou-de-service</t>
+  </si>
+  <si>
+    <t>c_2835410</t>
+  </si>
+  <si>
+    <t>Prendre en compte la santé des mineurs/jeunes majeurs dans le cadre des établissements/services de la protection de l’enfance et/ou mettant en oeuvre des mesures éducatives</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de guider les professionnels dans leurs pratiques liées à la prise en compte de la santé des enfants/jeunes majeurs accueillis dans leurs services.</t>
+  </si>
+  <si>
+    <t>09/10/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>09/10/2015 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2835427/fr/prendre-en-compte-la-sante-des-mineurs/jeunes-majeurs-dans-le-cadre-des-etablissements/services-de-la-protection-de-l-enfance-et/ou-mettant-en-oeuvre-des-mesures-educatives</t>
+  </si>
+  <si>
+    <t>c_2835427</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Transidentité : prise en charge de l’adulte</t>
+  </si>
+  <si>
+    <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/07/2025 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3636735</t>
+  </si>
+  <si>
     <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
   </si>
   <si>
     <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
   </si>
   <si>
     <t>14/01/2025 00:00:00</t>
   </si>
   <si>
     <t>12/02/2025 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
   </si>
   <si>
     <t>p_3590098</t>
   </si>
   <si>
-    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
-[...133 lines deleted...]
-  <si>
     <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
   </si>
   <si>
     <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
   </si>
   <si>
     <t>18/07/2024 00:00:00</t>
   </si>
   <si>
     <t>23/09/2024 10:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
   </si>
   <si>
     <t>p_3302482</t>
   </si>
   <si>
     <t>L’adaptation de l’intervention auprès des personnes handicapées vieillissantes</t>
   </si>
   <si>
     <t>L’objectif de ces recommandations est d’apporter des jalons et des pistes pour l’action, destinés à permettre aux professionnels d’évaluer et de faire évoluer leurs pratiques d’accompagnement des personnes handicapées avançant en âge.</t>
   </si>
   <si>
     <t>17/12/2014 00:00:00</t>
@@ -5987,50 +6056,65 @@
   <si>
     <t>c_272123</t>
   </si>
   <si>
     <t>Prise en charge de la psychopathie</t>
   </si>
   <si>
     <t>Proposer des recommandations pour : Le diagnostic et la prise en charge des adultes dont l’organisation de la personnalité est à expression psychopathique, tant dans le domaine psychiatrique, que social, que judiciaire. Le repérage et la prise en charge des enfants et des adolescents ayant des troubles des conduites potentiellement à risque d’évolution vers une organisation de la personnalité à expression psychopathique.</t>
   </si>
   <si>
     <t>01/05/2006 00:00:00</t>
   </si>
   <si>
     <t>31/05/2006 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272478/fr/prise-en-charge-de-la-psychopathie</t>
   </si>
   <si>
     <t>c_272478</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
+    <t>Autisme : les nouvelles recommandations pour le nourrisson, l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Le trouble du spectre de l’autisme (TSA) se manifeste le plus souvent dès l’enfance et perdure tout au long de la vie. Identifier le plus tôt possible les signes d’un TSA, y compris chez le nourrisson, permet de mettre en place des interventions précoces, adaptées et régulières. La Haute Autorité de santé (HAS) publie aujourd’hui de nouvelles recommandations pour aider les professionnels dans leurs pratiques, qu’ils soient issus du secteur sanitaire, social, médico-social ou encore de l’éducation. L’enjeu est d’assurer à chaque enfant un parcours de vie cohérent et inclusif en favorisant son autodétermination.</t>
+  </si>
+  <si>
+    <t>12/02/2026 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859897/fr/autisme-les-nouvelles-recommandations-pour-le-nourrisson-l-enfant-et-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3859897</t>
+  </si>
+  <si>
     <t>Autisme de l’adulte : tout mettre en œuvre pour l’autonomie, l’inclusion sociale et la qualité de vie</t>
   </si>
   <si>
     <t>Aujourd’hui, l’offre d’accompagnement des adultes autistes est moins développée et structurée que pour l’enfant. Pourtant, arrivée à l’âge adulte, une personne autiste doit pouvoir bénéficier d’un accompagnement favorisant son autonomie, son inclusion dans la vie de la cité et la mise en œuvre de ses droits au quotidien. C’est pourquoi l’Agence nationale de l'évaluation et de la qualité des établissements et services sociaux et médico-sociaux (Anesm) et la Haute Autorité de Santé (HAS) publient aujourd’hui les premières recommandations spécifiques sur les interventions auprès des adultes autistes. Ces recommandations insistent sur la nécessité de construire avec l’adulte autiste un projet d’interventions personnalisé, tenant compte de son entourage et de son environnement, pour chaque domaine de sa vie quotidienne.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2828597/fr/autisme-de-l-adulte-tout-mettre-en-oeuvre-pour-l-autonomie-l-inclusion-sociale-et-la-qualite-de-vie</t>
   </si>
   <si>
     <t>c_2828597</t>
   </si>
   <si>
     <t>Autisme de l’enfant : accélérer les étapes jusqu’au diagnostic, agir sans attendre</t>
   </si>
   <si>
     <t>L’autisme est un trouble qui apparaît dans les toutes premières années de l’enfance. Plus le diagnostic est posé tôt, plus les interventions pourront être mises en place précocement et aideront l’enfant dans son développement. Malheureusement le diagnostic est encore trop tardif en France et les parents inquiets ne savent pas toujours vers qui se tourner. Pour répondre à cette urgence, la HAS recommande aujourd’hui de mobiliser toutes les personnes en contact avec l’enfant pour repérer les signaux d’alerte, de s’appuyer sur le médecin traitant pour proposer au plus vite de premières actions et sur les équipes spécialisées pour confirmer le diagnostic et initier un projet d’interventions personnalisé.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2829131/fr/autisme-de-l-enfant-accelerer-les-etapes-jusqu-au-diagnostic-agir-sans-attendre</t>
   </si>
   <si>
     <t>c_2829131</t>
   </si>
   <si>
     <t>"Autisme : poursuivons nos efforts" - Tribune de la présidente de la HAS</t>
@@ -6371,50 +6455,62 @@
   <si>
     <t>c_1356838</t>
   </si>
   <si>
     <t>Place et conditions de réalisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil - Rapport d'évaluation</t>
   </si>
   <si>
     <t>Préciser les indications et non indications ainsi que les conditions d'utilisation de la polysomnographie et de la polygraphie respiratoire dans les troubles du sommeil.</t>
   </si>
   <si>
     <t>01/05/2012 00:00:00</t>
   </si>
   <si>
     <t>01/06/2012 09:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1056842/fr/place-et-conditions-de-realisation-de-la-polysomnographie-et-de-la-polygraphie-respiratoire-dans-les-troubles-du-sommeil-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1056842</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
+    <t>Décision n° 2026.0001/DC/SBP du collège de la Haute Autorité de santé du 8 janvier 2026 portant adoption de la recommandation de bonne pratique intitulée « Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie du nourrisson, de l’enfant et de l’adolescent »</t>
+  </si>
+  <si>
+    <t>08/01/2026 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3854533/fr/decision-n-2026-0001/dc/sbp-du-college-de-la-haute-autorite-de-sante-du-8-janvier-2026-portant-adoption-de-la-recommandation-de-bonne-pratique-intitulee-trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-du-nourrisson-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3854533</t>
+  </si>
+  <si>
     <t>Décision n°2022.0149/DC/SBP du collège de la Haute Autorité de santé du 28 avril 2022 portant adoption du document intitulé « Troubles du spectre de l’autisme - Évaluation de la méthode 3I »</t>
   </si>
   <si>
     <t>28/04/2022 14:37:00</t>
   </si>
   <si>
     <t>13/05/2022 12:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3336462/fr/decision-n2022-0149/dc/sbp-du-college-de-la-haute-autorite-de-sante-du-28-avril-2022-portant-adoption-du-document-intitule-troubles-du-spectre-de-l-autisme-evaluation-de-la-methode-3i</t>
   </si>
   <si>
     <t>p_3336462</t>
   </si>
   <si>
     <t>Avis n° 2021.0014/AC/SE du 11 mars 2021 du collège de la Haute Autorité de santé relatif à la correspondance entre le référentiel de certification Cap'Handéo « Services et Établissements Autisme » et les dispositions de l’annexe 3-10 au code de l’action sociale et des familles</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du collège de la Haute Autorité de santé relatif à la correspondance entre le référentiel de certification Cap'Handéo « Services et Établissements Autisme » et les dispositions de l’annexe 3-10 au code de l’action sociale et des familles.</t>
   </si>
   <si>
     <t>11/03/2021 12:49:00</t>
   </si>
   <si>
     <t>16/03/2021 09:05:00</t>
@@ -6662,71 +6758,77 @@
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>790012355</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>SLENYTO (mélatonine)</t>
   </si>
   <si>
-    <t>21/05/2021 11:18:00</t>
+    <t>05/02/2026 18:46:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3080614/fr/slenyto-melatonine</t>
   </si>
   <si>
     <t>p_3080614</t>
   </si>
   <si>
     <t>mélatonine</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3080473/fr/slenyto-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3267210/fr/slenyto-melatonine</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/p_3858392/fr/slenyto-melatonine-insomnie-chez-les-enfants-et-les-adolescents-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858398/fr/slenyto-melatonine-insomnie-liee-a-des-troubles-neurogenetiques-chez-les-enfants-et-les-adolescents-de-2-a-18-ans</t>
+  </si>
+  <si>
     <t>CIRCADIN (mélatonine)</t>
   </si>
   <si>
     <t>06/02/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985264/fr/circadin-melatonine</t>
   </si>
   <si>
     <t>pprd_2985264</t>
   </si>
   <si>
     <t>Laboratoires Lundbeck</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967008/fr/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-adulte-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_967446/fr/circadin-dans-le-traitement-des-troubles-du-rythme-veille-sommeil-de-l-enfant-melatonine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_727179/fr/circadin-melatonine-lp-hypnotique</t>
   </si>
   <si>
     <t>DOGMATIL (sulpiride)</t>
@@ -7394,50 +7496,80 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1025881/fr/strattera-atomoxetine</t>
   </si>
   <si>
     <t>REAGILA (cariprazine)</t>
   </si>
   <si>
     <t>14/02/2019 12:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982879/fr/reagila-cariprazine</t>
   </si>
   <si>
     <t>pprd_2982879</t>
   </si>
   <si>
     <t>cariprazine</t>
   </si>
   <si>
     <t>BOUCHARA RECORDATI</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2904637/fr/reagila-cariprazine-antipsychotique</t>
   </si>
   <si>
+    <t>UPSTAZA (éladocagene exuparvovec)</t>
+  </si>
+  <si>
+    <t>28/01/2026 18:25:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398542/fr/upstaza-eladocagene-exuparvovec</t>
+  </si>
+  <si>
+    <t>p_3398542</t>
+  </si>
+  <si>
+    <t>éladocagène exuparvovec</t>
+  </si>
+  <si>
+    <t>PTC THERAPEUTICS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398547/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402378/fr/upstaza-eladocagene-exuparvovec-deficit-en-decarboxylase-d-acide-l-amine-aromatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482626/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3840501/fr/upstaza-eladocagene-exuparvovec-maladie-rare</t>
+  </si>
+  <si>
     <t>LIKOZAM (clobazam)</t>
   </si>
   <si>
     <t>15/12/2025 08:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
   </si>
   <si>
     <t>pprd_2983931</t>
   </si>
   <si>
     <t>clobazam</t>
   </si>
   <si>
     <t>ADVICENNE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
   </si>
   <si>
     <t>REKAMBYS (rilpivirine)</t>
@@ -7679,77 +7811,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3483609/fr/aquipta-atogepant-migraine</t>
   </si>
   <si>
     <t>BRIVIACT (brivaracétam)</t>
   </si>
   <si>
     <t>09/01/2023 09:52:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983977/fr/briviact-brivaracetam</t>
   </si>
   <si>
     <t>pprd_2983977</t>
   </si>
   <si>
     <t>brivaracétam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2664617/fr/briviact-brivaracetam-antiepileptique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402018/fr/briviact-brivaracetam-epilepsie-de-l-enfant-et-de-l-adolescent-2-a-15-ans-inclus</t>
   </si>
   <si>
-    <t>UPSTAZA (éladocagene exuparvovec)</t>
-[...25 lines deleted...]
-  <si>
     <t>LAMICTAL (lamotrigine)</t>
   </si>
   <si>
     <t>07/03/2022 13:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985274/fr/lamictal-lamotrigine</t>
   </si>
   <si>
     <t>pprd_2985274</t>
   </si>
   <si>
     <t>lamotrigine</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_957059/fr/lamictal-lamicstart-n/r/-lamotrigine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1652822/fr/lamictal-n/r/-lamotrigine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_556176/fr/lamictal-n/r/-lamotrigine</t>
@@ -8279,60 +8384,60 @@
   <si>
     <t>23/05/2023 09:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433849/fr/accreditation-des-etablissements-de-sante-etrangers</t>
   </si>
   <si>
     <t>p_3433849</t>
   </si>
   <si>
     <t>Synthèse des résultats de l’appel à contribution "Qualité de vie : handicap, les problèmes somatiques et les phénomènes douloureux"</t>
   </si>
   <si>
     <t>Les contributions des particuliers et des professionnels du social, médicosocial et de la santé ont permis de mettre en exergue des problématiques somatiques rencontrées par les personnes en situation de handicap et d’apporter des éléments de compréhension aux professionnels et de façon indirecte aux proches pour améliorer la prévention, le repérage et la prise en compte des problèmes somatiques et des phénomènes douloureux.</t>
   </si>
   <si>
     <t>13/12/2017 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2838231/fr/synthese-des-resultats-de-l-appel-a-contribution-qualite-de-vie-handicap-les-problemes-somatiques-et-les-phenomenes-douloureux</t>
   </si>
   <si>
     <t>c_2838231</t>
   </si>
   <si>
-    <t>Productions programmées en 2025</t>
-[...2 lines deleted...]
-    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+    <t>Productions programmées en 2026</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2026 » de la HAS recense les productions prévues pour l'année 2026, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
   </si>
   <si>
     <t>18/01/2024 13:59:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2026</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
     <t>La HAS évalue le potentiel de l’IA pour assister le processus de revue de littérature</t>
   </si>
   <si>
     <t>La revue de littérature occupe une place particulièrement importante au sein de la HAS. Les outils d’intelligence artificielle (IA), et en particulier l’IA générative, semblent prometteurs pour assister certaines étapes de ce processus chronophage. C’est pourquoi la HAS a lancé en 2024 une démarche d’expérimentation des outils d’IA pour la revue de littérature. L’objectif est de tester ces outils en évolution rapide, en évaluant leurs potentialités, leurs limites et les risques associés.</t>
   </si>
   <si>
     <t>08/04/2025 16:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3599818/fr/la-has-evalue-le-potentiel-de-l-ia-pour-assister-le-processus-de-revue-de-litterature</t>
   </si>
   <si>
     <t>p_3599818</t>
   </si>
   <si>
     <t>Publications archivées</t>
   </si>
   <si>
     <t>Liste des publications archivées classées par type de document</t>
   </si>
@@ -8527,8665 +8632,8726 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1093</v>
+        <v>1116</v>
       </c>
       <c r="J1" t="s">
-        <v>1094</v>
+        <v>1117</v>
       </c>
       <c r="K1" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="L1" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="M1" t="s">
-        <v>1097</v>
+        <v>1120</v>
       </c>
       <c r="N1" t="s">
-        <v>1098</v>
+        <v>1121</v>
       </c>
       <c r="O1" t="s">
-        <v>1099</v>
+        <v>1122</v>
       </c>
       <c r="P1" t="s">
-        <v>1100</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B2" t="s">
-        <v>1102</v>
+        <v>1125</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1103</v>
+        <v>1126</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1104</v>
+        <v>1127</v>
       </c>
       <c r="H2" t="s">
-        <v>1105</v>
+        <v>1128</v>
       </c>
       <c r="I2" t="s">
-        <v>1106</v>
+        <v>1129</v>
       </c>
       <c r="J2" t="s">
-        <v>1107</v>
+        <v>1130</v>
       </c>
       <c r="K2" t="s">
-        <v>1108</v>
+        <v>1131</v>
       </c>
       <c r="L2" t="s">
-        <v>1109</v>
+        <v>1132</v>
       </c>
       <c r="M2" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N2" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O2" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P2" t="s">
-        <v>1113</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B3" t="s">
-        <v>1114</v>
+        <v>1137</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1115</v>
+        <v>1138</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1116</v>
+        <v>1139</v>
       </c>
       <c r="H3" t="s">
-        <v>1117</v>
+        <v>1140</v>
       </c>
       <c r="I3" t="s">
-        <v>1118</v>
+        <v>1141</v>
       </c>
       <c r="J3" t="s">
         <v>11</v>
       </c>
       <c r="K3" t="s">
-        <v>1119</v>
+        <v>1142</v>
       </c>
       <c r="L3" t="s">
-        <v>1120</v>
+        <v>1143</v>
       </c>
       <c r="M3" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N3" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O3" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P3" t="s">
-        <v>1121</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B4" t="s">
-        <v>1122</v>
+        <v>1145</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1123</v>
+        <v>1146</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1124</v>
+        <v>1147</v>
       </c>
       <c r="H4" t="s">
-        <v>1125</v>
+        <v>1148</v>
       </c>
       <c r="I4" t="s">
-        <v>1126</v>
+        <v>1149</v>
       </c>
       <c r="J4" t="s">
-        <v>1127</v>
+        <v>1150</v>
       </c>
       <c r="K4" t="s">
-        <v>1128</v>
+        <v>1151</v>
       </c>
       <c r="L4" t="s">
-        <v>1129</v>
+        <v>1152</v>
       </c>
       <c r="M4" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N4" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O4" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="P4" t="s">
-        <v>1132</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C5" t="s">
+        <v>11</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="M5" t="s">
         <v>1133</v>
       </c>
-      <c r="C5" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N5" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O5" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P5" t="s">
-        <v>1142</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B6" t="s">
-        <v>1143</v>
+        <v>1166</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1144</v>
+        <v>1167</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1145</v>
+        <v>1168</v>
       </c>
       <c r="H6" t="s">
-        <v>1146</v>
+        <v>1169</v>
       </c>
       <c r="I6" t="s">
-        <v>1147</v>
+        <v>1170</v>
       </c>
       <c r="J6" t="s">
-        <v>1148</v>
+        <v>1171</v>
       </c>
       <c r="K6" t="s">
-        <v>1149</v>
+        <v>1172</v>
       </c>
       <c r="L6" t="s">
-        <v>1150</v>
+        <v>1173</v>
       </c>
       <c r="M6" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N6" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O6" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P6" t="s">
-        <v>1151</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B7" t="s">
-        <v>1152</v>
+        <v>1175</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1153</v>
+        <v>1176</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1154</v>
+        <v>1177</v>
       </c>
       <c r="H7" t="s">
-        <v>1155</v>
+        <v>1178</v>
       </c>
       <c r="I7" t="s">
-        <v>1156</v>
+        <v>1179</v>
       </c>
       <c r="J7" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="K7" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="L7" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="M7" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N7" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O7" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P7" t="s">
-        <v>1161</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B8" t="s">
-        <v>1162</v>
+        <v>1185</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1163</v>
+        <v>1186</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1164</v>
+        <v>1187</v>
       </c>
       <c r="H8" t="s">
-        <v>1165</v>
+        <v>1188</v>
       </c>
       <c r="I8" t="s">
-        <v>1166</v>
+        <v>1189</v>
       </c>
       <c r="J8" t="s">
-        <v>1167</v>
+        <v>1190</v>
       </c>
       <c r="K8" t="s">
-        <v>1168</v>
+        <v>1191</v>
       </c>
       <c r="L8" t="s">
-        <v>1169</v>
+        <v>1192</v>
       </c>
       <c r="M8" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N8" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O8" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P8" t="s">
-        <v>1171</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B9" t="s">
-        <v>1172</v>
+        <v>1195</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>1173</v>
+        <v>1196</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1174</v>
+        <v>1197</v>
       </c>
       <c r="H9" t="s">
-        <v>1175</v>
+        <v>1198</v>
       </c>
       <c r="I9" t="s">
-        <v>1176</v>
+        <v>1199</v>
       </c>
       <c r="J9" t="s">
         <v>11</v>
       </c>
       <c r="K9" t="s">
-        <v>1177</v>
+        <v>1200</v>
       </c>
       <c r="L9" t="s">
-        <v>1178</v>
+        <v>1201</v>
       </c>
       <c r="M9" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N9" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O9" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="P9" t="s">
-        <v>1180</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B10" t="s">
-        <v>1181</v>
+        <v>1204</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>1182</v>
+        <v>1205</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1183</v>
+        <v>1206</v>
       </c>
       <c r="H10" t="s">
-        <v>1184</v>
+        <v>1207</v>
       </c>
       <c r="I10" t="s">
-        <v>1185</v>
+        <v>1208</v>
       </c>
       <c r="J10" t="s">
         <v>11</v>
       </c>
       <c r="K10" t="s">
-        <v>1186</v>
+        <v>1209</v>
       </c>
       <c r="L10" t="s">
-        <v>1187</v>
+        <v>1210</v>
       </c>
       <c r="M10" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N10" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O10" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P10" t="s">
-        <v>1188</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B11" t="s">
-        <v>1189</v>
+        <v>1212</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1190</v>
+        <v>1213</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1191</v>
+        <v>1214</v>
       </c>
       <c r="H11" t="s">
-        <v>1192</v>
+        <v>1215</v>
       </c>
       <c r="I11" t="s">
+        <v>1216</v>
+      </c>
+      <c r="J11" t="s">
+        <v>11</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1217</v>
+      </c>
+      <c r="L11" t="s">
+        <v>1218</v>
+      </c>
+      <c r="M11" t="s">
         <v>1193</v>
       </c>
-      <c r="J11" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="N11" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O11" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P11" t="s">
-        <v>1196</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B12" t="s">
-        <v>1197</v>
+        <v>1220</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>1198</v>
+        <v>1221</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1199</v>
+        <v>1222</v>
       </c>
       <c r="H12" t="s">
-        <v>1200</v>
+        <v>1223</v>
       </c>
       <c r="I12" t="s">
-        <v>1201</v>
+        <v>1224</v>
       </c>
       <c r="J12" t="s">
-        <v>1202</v>
+        <v>1225</v>
       </c>
       <c r="K12" t="s">
-        <v>1203</v>
+        <v>1226</v>
       </c>
       <c r="L12" t="s">
-        <v>1204</v>
+        <v>1227</v>
       </c>
       <c r="M12" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N12" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O12" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="P12" t="s">
-        <v>1205</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B13" t="s">
-        <v>1206</v>
+        <v>1229</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1207</v>
+        <v>1230</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1208</v>
+        <v>1231</v>
       </c>
       <c r="H13" t="s">
-        <v>1209</v>
+        <v>1232</v>
       </c>
       <c r="I13" t="s">
-        <v>1210</v>
+        <v>1233</v>
       </c>
       <c r="J13" t="s">
-        <v>1211</v>
+        <v>1234</v>
       </c>
       <c r="K13" t="s">
-        <v>1212</v>
+        <v>1235</v>
       </c>
       <c r="L13" t="s">
-        <v>1213</v>
+        <v>1236</v>
       </c>
       <c r="M13" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N13" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O13" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="P13" t="s">
-        <v>1214</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B14" t="s">
-        <v>1215</v>
+        <v>1238</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>1216</v>
+        <v>1239</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1217</v>
+        <v>1240</v>
       </c>
       <c r="H14" t="s">
-        <v>1218</v>
+        <v>1241</v>
       </c>
       <c r="I14" t="s">
-        <v>1219</v>
+        <v>1242</v>
       </c>
       <c r="J14" t="s">
-        <v>1220</v>
+        <v>1243</v>
       </c>
       <c r="K14" t="s">
-        <v>1221</v>
+        <v>1244</v>
       </c>
       <c r="L14" t="s">
-        <v>1222</v>
+        <v>1245</v>
       </c>
       <c r="M14" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N14" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O14" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P14" t="s">
-        <v>1223</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B15" t="s">
-        <v>1224</v>
+        <v>1247</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>1225</v>
+        <v>1248</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1226</v>
+        <v>1249</v>
       </c>
       <c r="H15" t="s">
-        <v>1227</v>
+        <v>1250</v>
       </c>
       <c r="I15" t="s">
-        <v>1228</v>
+        <v>1251</v>
       </c>
       <c r="J15" t="s">
-        <v>1229</v>
+        <v>1252</v>
       </c>
       <c r="K15" t="s">
-        <v>1230</v>
+        <v>1253</v>
       </c>
       <c r="L15" t="s">
-        <v>1231</v>
+        <v>1254</v>
       </c>
       <c r="M15" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N15" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O15" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P15" t="s">
-        <v>1232</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B16" t="s">
-        <v>1233</v>
+        <v>1256</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>1234</v>
+        <v>1257</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1235</v>
+        <v>1258</v>
       </c>
       <c r="H16" t="s">
-        <v>1236</v>
+        <v>1259</v>
       </c>
       <c r="I16" t="s">
-        <v>1237</v>
+        <v>1260</v>
       </c>
       <c r="J16" t="s">
-        <v>1238</v>
+        <v>1261</v>
       </c>
       <c r="K16" t="s">
-        <v>1239</v>
+        <v>1262</v>
       </c>
       <c r="L16" t="s">
-        <v>1240</v>
+        <v>1263</v>
       </c>
       <c r="M16" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N16" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O16" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P16" t="s">
-        <v>1241</v>
+        <v>1264</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B17" t="s">
-        <v>1242</v>
+        <v>1265</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1234</v>
+        <v>1257</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1243</v>
+        <v>1266</v>
       </c>
       <c r="H17" t="s">
-        <v>1244</v>
+        <v>1267</v>
       </c>
       <c r="I17" t="s">
-        <v>1245</v>
+        <v>1268</v>
       </c>
       <c r="J17" t="s">
-        <v>1246</v>
+        <v>1269</v>
       </c>
       <c r="K17" t="s">
-        <v>1247</v>
+        <v>1270</v>
       </c>
       <c r="L17" t="s">
-        <v>1240</v>
+        <v>1263</v>
       </c>
       <c r="M17" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N17" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O17" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P17" t="s">
-        <v>1248</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B18" t="s">
-        <v>1249</v>
+        <v>1272</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>1250</v>
+        <v>1273</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1251</v>
+        <v>1274</v>
       </c>
       <c r="H18" t="s">
-        <v>1252</v>
+        <v>1275</v>
       </c>
       <c r="I18" t="s">
-        <v>1253</v>
+        <v>1276</v>
       </c>
       <c r="J18" t="s">
-        <v>1220</v>
+        <v>1243</v>
       </c>
       <c r="K18" t="s">
-        <v>1221</v>
+        <v>1244</v>
       </c>
       <c r="L18" t="s">
-        <v>1222</v>
+        <v>1245</v>
       </c>
       <c r="M18" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N18" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O18" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="P18" t="s">
-        <v>1254</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B19" t="s">
-        <v>1255</v>
+        <v>1278</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>1256</v>
+        <v>1279</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1257</v>
+        <v>1280</v>
       </c>
       <c r="H19" t="s">
-        <v>1258</v>
+        <v>1281</v>
       </c>
       <c r="I19" t="s">
-        <v>1259</v>
+        <v>1282</v>
       </c>
       <c r="J19" t="s">
-        <v>1260</v>
+        <v>1283</v>
       </c>
       <c r="K19" t="s">
-        <v>1261</v>
+        <v>1284</v>
       </c>
       <c r="L19" t="s">
-        <v>1262</v>
+        <v>1285</v>
       </c>
       <c r="M19" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N19" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O19" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P19" t="s">
-        <v>1263</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B20" t="s">
-        <v>1264</v>
+        <v>1287</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>1265</v>
+        <v>1288</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1266</v>
+        <v>1289</v>
       </c>
       <c r="H20" t="s">
-        <v>1267</v>
+        <v>1290</v>
       </c>
       <c r="I20" t="s">
-        <v>1268</v>
+        <v>1291</v>
       </c>
       <c r="J20" t="s">
         <v>11</v>
       </c>
       <c r="K20" t="s">
-        <v>1269</v>
+        <v>1292</v>
       </c>
       <c r="L20" t="s">
-        <v>1270</v>
+        <v>1293</v>
       </c>
       <c r="M20" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N20" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O20" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P20" t="s">
-        <v>1271</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B21" t="s">
-        <v>1272</v>
+        <v>1295</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>1273</v>
+        <v>1296</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1274</v>
+        <v>1297</v>
       </c>
       <c r="H21" t="s">
-        <v>1275</v>
+        <v>1298</v>
       </c>
       <c r="I21" t="s">
-        <v>1276</v>
+        <v>1299</v>
       </c>
       <c r="J21" t="s">
         <v>11</v>
       </c>
       <c r="K21" t="s">
-        <v>1277</v>
+        <v>1300</v>
       </c>
       <c r="L21" t="s">
-        <v>1278</v>
+        <v>1301</v>
       </c>
       <c r="M21" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N21" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O21" t="s">
-        <v>1279</v>
+        <v>1302</v>
       </c>
       <c r="P21" t="s">
-        <v>1280</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B22" t="s">
-        <v>1281</v>
+        <v>1304</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>1273</v>
+        <v>1296</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1282</v>
+        <v>1305</v>
       </c>
       <c r="H22" t="s">
-        <v>1283</v>
+        <v>1306</v>
       </c>
       <c r="I22" t="s">
-        <v>1276</v>
+        <v>1299</v>
       </c>
       <c r="J22" t="s">
         <v>11</v>
       </c>
       <c r="K22" t="s">
-        <v>1277</v>
+        <v>1300</v>
       </c>
       <c r="L22" t="s">
-        <v>1278</v>
+        <v>1301</v>
       </c>
       <c r="M22" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N22" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O22" t="s">
-        <v>1284</v>
+        <v>1307</v>
       </c>
       <c r="P22" t="s">
-        <v>1285</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B23" t="s">
-        <v>1264</v>
+        <v>1287</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1286</v>
+        <v>1309</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1287</v>
+        <v>1310</v>
       </c>
       <c r="H23" t="s">
-        <v>1288</v>
+        <v>1311</v>
       </c>
       <c r="I23" t="s">
-        <v>1289</v>
+        <v>1312</v>
       </c>
       <c r="J23" t="s">
-        <v>1290</v>
+        <v>1313</v>
       </c>
       <c r="K23" t="s">
-        <v>1291</v>
+        <v>1314</v>
       </c>
       <c r="L23" t="s">
-        <v>1292</v>
+        <v>1315</v>
       </c>
       <c r="M23" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N23" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O23" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P23" t="s">
-        <v>1293</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B24" t="s">
-        <v>1294</v>
+        <v>1317</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>1295</v>
+        <v>1318</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1296</v>
+        <v>1319</v>
       </c>
       <c r="H24" t="s">
-        <v>1297</v>
+        <v>1320</v>
       </c>
       <c r="I24" t="s">
-        <v>1298</v>
+        <v>1321</v>
       </c>
       <c r="J24" t="s">
         <v>11</v>
       </c>
       <c r="K24" t="s">
-        <v>1299</v>
+        <v>1322</v>
       </c>
       <c r="L24" t="s">
-        <v>1300</v>
+        <v>1323</v>
       </c>
       <c r="M24" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N24" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O24" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P24" t="s">
-        <v>1301</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B25" t="s">
-        <v>1302</v>
+        <v>1325</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>1303</v>
+        <v>1326</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1304</v>
+        <v>1327</v>
       </c>
       <c r="H25" t="s">
-        <v>1305</v>
+        <v>1328</v>
       </c>
       <c r="I25" t="s">
-        <v>1306</v>
+        <v>1329</v>
       </c>
       <c r="J25" t="s">
-        <v>1307</v>
+        <v>1330</v>
       </c>
       <c r="K25" t="s">
-        <v>1308</v>
+        <v>1331</v>
       </c>
       <c r="L25" t="s">
-        <v>1309</v>
+        <v>1332</v>
       </c>
       <c r="M25" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N25" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O25" t="s">
-        <v>1179</v>
+        <v>1202</v>
       </c>
       <c r="P25" t="s">
-        <v>1310</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B26" t="s">
-        <v>1311</v>
+        <v>1334</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>1312</v>
+        <v>1335</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1313</v>
+        <v>1336</v>
       </c>
       <c r="H26" t="s">
-        <v>1314</v>
+        <v>1337</v>
       </c>
       <c r="I26" t="s">
-        <v>1315</v>
+        <v>1338</v>
       </c>
       <c r="J26" t="s">
-        <v>1316</v>
+        <v>1339</v>
       </c>
       <c r="K26" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="L26" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="M26" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N26" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O26" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P26" t="s">
-        <v>1317</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B27" t="s">
-        <v>1318</v>
+        <v>1341</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>1319</v>
+        <v>1342</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1320</v>
+        <v>1343</v>
       </c>
       <c r="H27" t="s">
-        <v>1321</v>
+        <v>1344</v>
       </c>
       <c r="I27" t="s">
-        <v>1322</v>
+        <v>1345</v>
       </c>
       <c r="J27" t="s">
-        <v>1323</v>
+        <v>1346</v>
       </c>
       <c r="K27" t="s">
-        <v>1324</v>
+        <v>1347</v>
       </c>
       <c r="L27" t="s">
-        <v>1325</v>
+        <v>1348</v>
       </c>
       <c r="M27" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N27" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O27" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P27" t="s">
-        <v>1326</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B28" t="s">
-        <v>1327</v>
+        <v>1350</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>1328</v>
+        <v>1351</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1329</v>
+        <v>1352</v>
       </c>
       <c r="H28" t="s">
-        <v>1330</v>
+        <v>1353</v>
       </c>
       <c r="I28" t="s">
-        <v>1331</v>
+        <v>1354</v>
       </c>
       <c r="J28" t="s">
-        <v>1332</v>
+        <v>1355</v>
       </c>
       <c r="K28" t="s">
-        <v>1333</v>
+        <v>1356</v>
       </c>
       <c r="L28" t="s">
-        <v>1129</v>
+        <v>1152</v>
       </c>
       <c r="M28" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N28" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O28" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P28" t="s">
-        <v>1334</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B29" t="s">
-        <v>1335</v>
+        <v>1358</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>1336</v>
+        <v>1359</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1337</v>
+        <v>1360</v>
       </c>
       <c r="H29" t="s">
-        <v>1338</v>
+        <v>1361</v>
       </c>
       <c r="I29" t="s">
-        <v>1339</v>
+        <v>1362</v>
       </c>
       <c r="J29" t="s">
-        <v>1340</v>
+        <v>1363</v>
       </c>
       <c r="K29" t="s">
-        <v>1341</v>
+        <v>1364</v>
       </c>
       <c r="L29" t="s">
-        <v>1222</v>
+        <v>1245</v>
       </c>
       <c r="M29" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N29" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O29" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P29" t="s">
-        <v>1342</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B30" t="s">
-        <v>1343</v>
+        <v>1366</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>1344</v>
+        <v>1367</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1345</v>
+        <v>1368</v>
       </c>
       <c r="H30" t="s">
-        <v>1346</v>
+        <v>1369</v>
       </c>
       <c r="I30" t="s">
-        <v>1347</v>
+        <v>1370</v>
       </c>
       <c r="J30" t="s">
-        <v>1348</v>
+        <v>1371</v>
       </c>
       <c r="K30" t="s">
-        <v>1349</v>
+        <v>1372</v>
       </c>
       <c r="L30" t="s">
-        <v>1350</v>
+        <v>1373</v>
       </c>
       <c r="M30" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N30" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O30" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P30" t="s">
-        <v>1351</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B31" t="s">
-        <v>1352</v>
+        <v>1375</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>1353</v>
+        <v>1376</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1354</v>
+        <v>1377</v>
       </c>
       <c r="H31" t="s">
-        <v>1355</v>
+        <v>1378</v>
       </c>
       <c r="I31" t="s">
-        <v>1356</v>
+        <v>1379</v>
       </c>
       <c r="J31" t="s">
-        <v>1357</v>
+        <v>1380</v>
       </c>
       <c r="K31" t="s">
-        <v>1358</v>
+        <v>1381</v>
       </c>
       <c r="L31" t="s">
-        <v>1178</v>
+        <v>1201</v>
       </c>
       <c r="M31" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="N31" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O31" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P31" t="s">
-        <v>1359</v>
+        <v>1382</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B32" t="s">
-        <v>1360</v>
+        <v>1383</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>1361</v>
+        <v>1384</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1362</v>
+        <v>1385</v>
       </c>
       <c r="H32" t="s">
-        <v>1363</v>
+        <v>1386</v>
       </c>
       <c r="I32" t="s">
-        <v>1364</v>
+        <v>1387</v>
       </c>
       <c r="J32" t="s">
-        <v>1365</v>
+        <v>1388</v>
       </c>
       <c r="K32" t="s">
-        <v>1366</v>
+        <v>1389</v>
       </c>
       <c r="L32" t="s">
-        <v>1367</v>
+        <v>1390</v>
       </c>
       <c r="M32" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N32" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O32" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P32" t="s">
-        <v>1368</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B33" t="s">
-        <v>1369</v>
+        <v>1392</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>1370</v>
+        <v>1393</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1371</v>
+        <v>1394</v>
       </c>
       <c r="H33" t="s">
-        <v>1372</v>
+        <v>1395</v>
       </c>
       <c r="I33" t="s">
-        <v>1373</v>
+        <v>1396</v>
       </c>
       <c r="J33" t="s">
         <v>11</v>
       </c>
       <c r="K33" t="s">
-        <v>1374</v>
+        <v>1397</v>
       </c>
       <c r="L33" t="s">
-        <v>1309</v>
+        <v>1332</v>
       </c>
       <c r="M33" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N33" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O33" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P33" t="s">
-        <v>1375</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B34" t="s">
-        <v>1376</v>
+        <v>1399</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>1377</v>
+        <v>1400</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1378</v>
+        <v>1401</v>
       </c>
       <c r="H34" t="s">
-        <v>1379</v>
+        <v>1402</v>
       </c>
       <c r="I34" t="s">
-        <v>1380</v>
+        <v>1403</v>
       </c>
       <c r="J34" t="s">
-        <v>1381</v>
+        <v>1404</v>
       </c>
       <c r="K34" t="s">
-        <v>1382</v>
+        <v>1405</v>
       </c>
       <c r="L34" t="s">
-        <v>1383</v>
+        <v>1406</v>
       </c>
       <c r="M34" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N34" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O34" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P34" t="s">
-        <v>1384</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B35" t="s">
-        <v>1385</v>
+        <v>1408</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>1386</v>
+        <v>1409</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1387</v>
+        <v>1410</v>
       </c>
       <c r="H35" t="s">
-        <v>1388</v>
+        <v>1411</v>
       </c>
       <c r="I35" t="s">
-        <v>1389</v>
+        <v>1412</v>
       </c>
       <c r="J35" t="s">
-        <v>1390</v>
+        <v>1413</v>
       </c>
       <c r="K35" t="s">
-        <v>1391</v>
+        <v>1414</v>
       </c>
       <c r="L35" t="s">
-        <v>1392</v>
+        <v>1415</v>
       </c>
       <c r="M35" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N35" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O35" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P35" t="s">
-        <v>1393</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B36" t="s">
-        <v>1394</v>
+        <v>1417</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1395</v>
+        <v>1418</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1396</v>
+        <v>1419</v>
       </c>
       <c r="H36" t="s">
-        <v>1397</v>
+        <v>1420</v>
       </c>
       <c r="I36" t="s">
-        <v>1398</v>
+        <v>1421</v>
       </c>
       <c r="J36" t="s">
-        <v>1157</v>
+        <v>1180</v>
       </c>
       <c r="K36" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="L36" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="M36" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N36" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O36" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P36" t="s">
-        <v>1399</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B37" t="s">
-        <v>1400</v>
+        <v>1423</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1401</v>
+        <v>1424</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1402</v>
+        <v>1425</v>
       </c>
       <c r="H37" t="s">
-        <v>1403</v>
+        <v>1426</v>
       </c>
       <c r="I37" t="s">
-        <v>1404</v>
+        <v>1427</v>
       </c>
       <c r="J37" t="s">
-        <v>1405</v>
+        <v>1428</v>
       </c>
       <c r="K37" t="s">
-        <v>1406</v>
+        <v>1429</v>
       </c>
       <c r="L37" t="s">
-        <v>1407</v>
+        <v>1430</v>
       </c>
       <c r="M37" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N37" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O37" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P37" t="s">
-        <v>1408</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B38" t="s">
-        <v>1343</v>
+        <v>1366</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>1409</v>
+        <v>1432</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1410</v>
+        <v>1433</v>
       </c>
       <c r="H38" t="s">
-        <v>1411</v>
+        <v>1434</v>
       </c>
       <c r="I38" t="s">
-        <v>1412</v>
+        <v>1435</v>
       </c>
       <c r="J38" t="s">
-        <v>1413</v>
+        <v>1436</v>
       </c>
       <c r="K38" t="s">
-        <v>1158</v>
+        <v>1181</v>
       </c>
       <c r="L38" t="s">
-        <v>1159</v>
+        <v>1182</v>
       </c>
       <c r="M38" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N38" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O38" t="s">
-        <v>1160</v>
+        <v>1183</v>
       </c>
       <c r="P38" t="s">
-        <v>1414</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B39" t="s">
-        <v>1415</v>
+        <v>1438</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1416</v>
+        <v>1439</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1417</v>
+        <v>1440</v>
       </c>
       <c r="H39" t="s">
-        <v>1418</v>
+        <v>1441</v>
       </c>
       <c r="I39" t="s">
-        <v>1419</v>
+        <v>1442</v>
       </c>
       <c r="J39" t="s">
-        <v>1420</v>
+        <v>1443</v>
       </c>
       <c r="K39" t="s">
-        <v>1421</v>
+        <v>1444</v>
       </c>
       <c r="L39" t="s">
-        <v>1422</v>
+        <v>1445</v>
       </c>
       <c r="M39" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N39" t="s">
-        <v>1130</v>
+        <v>1153</v>
       </c>
       <c r="O39" t="s">
-        <v>1131</v>
+        <v>1154</v>
       </c>
       <c r="P39" t="s">
-        <v>1423</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B40" t="s">
-        <v>1264</v>
+        <v>1287</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1424</v>
+        <v>1447</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1425</v>
+        <v>1448</v>
       </c>
       <c r="H40" t="s">
-        <v>1426</v>
+        <v>1449</v>
       </c>
       <c r="I40" t="s">
-        <v>1427</v>
+        <v>1450</v>
       </c>
       <c r="J40" t="s">
-        <v>1428</v>
+        <v>1451</v>
       </c>
       <c r="K40" t="s">
-        <v>1429</v>
+        <v>1452</v>
       </c>
       <c r="L40" t="s">
-        <v>1430</v>
+        <v>1453</v>
       </c>
       <c r="M40" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N40" t="s">
-        <v>1140</v>
+        <v>1163</v>
       </c>
       <c r="O40" t="s">
-        <v>1141</v>
+        <v>1164</v>
       </c>
       <c r="P40" t="s">
-        <v>1431</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1101</v>
+        <v>1124</v>
       </c>
       <c r="B41" t="s">
-        <v>1432</v>
+        <v>1455</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1433</v>
+        <v>1456</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1434</v>
+        <v>1457</v>
       </c>
       <c r="H41" t="s">
-        <v>1435</v>
+        <v>1458</v>
       </c>
       <c r="I41" t="s">
-        <v>1436</v>
+        <v>1459</v>
       </c>
       <c r="J41" t="s">
-        <v>1437</v>
+        <v>1460</v>
       </c>
       <c r="K41" t="s">
-        <v>1438</v>
+        <v>1461</v>
       </c>
       <c r="L41" t="s">
-        <v>1439</v>
+        <v>1462</v>
       </c>
       <c r="M41" t="s">
-        <v>1110</v>
+        <v>1133</v>
       </c>
       <c r="N41" t="s">
-        <v>1111</v>
+        <v>1134</v>
       </c>
       <c r="O41" t="s">
-        <v>1112</v>
+        <v>1135</v>
       </c>
       <c r="P41" t="s">
-        <v>1440</v>
+        <v>1463</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H97"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B2" t="s">
-        <v>1442</v>
+        <v>1465</v>
       </c>
       <c r="C2" t="s">
-        <v>1443</v>
+        <v>1466</v>
       </c>
       <c r="D2" t="s">
-        <v>1444</v>
+        <v>1467</v>
       </c>
       <c r="E2" t="s">
-        <v>1445</v>
+        <v>1468</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1446</v>
+        <v>1469</v>
       </c>
       <c r="H2" t="s">
-        <v>1447</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B3" t="s">
-        <v>1448</v>
+        <v>1471</v>
       </c>
       <c r="C3" t="s">
-        <v>1449</v>
+        <v>1472</v>
       </c>
       <c r="D3" t="s">
-        <v>1450</v>
+        <v>1473</v>
       </c>
       <c r="E3" t="s">
-        <v>1451</v>
+        <v>1474</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1452</v>
+        <v>1475</v>
       </c>
       <c r="H3" t="s">
-        <v>1453</v>
+        <v>1476</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B4" t="s">
-        <v>1454</v>
+        <v>1477</v>
       </c>
       <c r="C4" t="s">
-        <v>1455</v>
+        <v>1478</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1456</v>
+        <v>1479</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1457</v>
+        <v>1480</v>
       </c>
       <c r="H4" t="s">
-        <v>1458</v>
+        <v>1481</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B5" t="s">
-        <v>1459</v>
+        <v>1482</v>
       </c>
       <c r="C5" t="s">
-        <v>1460</v>
+        <v>1483</v>
       </c>
       <c r="D5" t="s">
-        <v>1461</v>
+        <v>1484</v>
       </c>
       <c r="E5" t="s">
-        <v>1462</v>
+        <v>1485</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1463</v>
+        <v>1486</v>
       </c>
       <c r="H5" t="s">
-        <v>1464</v>
+        <v>1487</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B6" t="s">
-        <v>1465</v>
+        <v>1488</v>
       </c>
       <c r="C6" t="s">
-        <v>1466</v>
+        <v>1489</v>
       </c>
       <c r="D6" t="s">
-        <v>1467</v>
+        <v>1490</v>
       </c>
       <c r="E6" t="s">
-        <v>1468</v>
+        <v>1491</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1469</v>
+        <v>1492</v>
       </c>
       <c r="H6" t="s">
-        <v>1470</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B7" t="s">
-        <v>1471</v>
+        <v>1494</v>
       </c>
       <c r="C7" t="s">
-        <v>1472</v>
+        <v>1495</v>
       </c>
       <c r="D7" t="s">
-        <v>1473</v>
+        <v>1496</v>
       </c>
       <c r="E7" t="s">
-        <v>1474</v>
+        <v>1497</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1475</v>
+        <v>1498</v>
       </c>
       <c r="H7" t="s">
-        <v>1476</v>
+        <v>1499</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B8" t="s">
-        <v>1477</v>
+        <v>1500</v>
       </c>
       <c r="C8" t="s">
-        <v>1478</v>
+        <v>1501</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>1479</v>
+        <v>1502</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>1480</v>
+        <v>1503</v>
       </c>
       <c r="H8" t="s">
-        <v>1481</v>
+        <v>1504</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B9" t="s">
-        <v>1482</v>
+        <v>1505</v>
       </c>
       <c r="C9" t="s">
-        <v>1483</v>
+        <v>1506</v>
       </c>
       <c r="D9" t="s">
-        <v>1484</v>
+        <v>1507</v>
       </c>
       <c r="E9" t="s">
-        <v>1484</v>
+        <v>1507</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>1485</v>
+        <v>1508</v>
       </c>
       <c r="H9" t="s">
-        <v>1486</v>
+        <v>1509</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B10" t="s">
-        <v>1487</v>
+        <v>1510</v>
       </c>
       <c r="C10" t="s">
-        <v>1488</v>
+        <v>1511</v>
       </c>
       <c r="D10" t="s">
-        <v>1489</v>
+        <v>1512</v>
       </c>
       <c r="E10" t="s">
-        <v>1490</v>
+        <v>1513</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>1491</v>
+        <v>1514</v>
       </c>
       <c r="H10" t="s">
-        <v>1492</v>
+        <v>1515</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B11" t="s">
-        <v>1493</v>
+        <v>1516</v>
       </c>
       <c r="C11" t="s">
-        <v>1494</v>
+        <v>1517</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1495</v>
+        <v>1518</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>1496</v>
+        <v>1519</v>
       </c>
       <c r="H11" t="s">
-        <v>1497</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B12" t="s">
-        <v>1498</v>
+        <v>1521</v>
       </c>
       <c r="C12" t="s">
-        <v>1499</v>
+        <v>1522</v>
       </c>
       <c r="D12" t="s">
-        <v>1500</v>
+        <v>1523</v>
       </c>
       <c r="E12" t="s">
-        <v>1501</v>
+        <v>1524</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>1502</v>
+        <v>1525</v>
       </c>
       <c r="H12" t="s">
-        <v>1503</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B13" t="s">
-        <v>1504</v>
+        <v>1527</v>
       </c>
       <c r="C13" t="s">
-        <v>1505</v>
+        <v>1528</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>1506</v>
+        <v>1529</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>1507</v>
+        <v>1530</v>
       </c>
       <c r="H13" t="s">
-        <v>1508</v>
+        <v>1531</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B14" t="s">
-        <v>1509</v>
+        <v>1532</v>
       </c>
       <c r="C14" t="s">
-        <v>1510</v>
+        <v>1533</v>
       </c>
       <c r="D14" t="s">
-        <v>1511</v>
+        <v>1534</v>
       </c>
       <c r="E14" t="s">
-        <v>1511</v>
+        <v>1534</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>1512</v>
+        <v>1535</v>
       </c>
       <c r="H14" t="s">
-        <v>1513</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B15" t="s">
-        <v>1514</v>
+        <v>1537</v>
       </c>
       <c r="C15" t="s">
-        <v>1515</v>
+        <v>1538</v>
       </c>
       <c r="D15" t="s">
-        <v>1516</v>
+        <v>1539</v>
       </c>
       <c r="E15" t="s">
-        <v>1517</v>
+        <v>1540</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1518</v>
+        <v>1541</v>
       </c>
       <c r="H15" t="s">
-        <v>1519</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B16" t="s">
-        <v>1520</v>
+        <v>1543</v>
       </c>
       <c r="C16" t="s">
-        <v>1521</v>
+        <v>1544</v>
       </c>
       <c r="D16" t="s">
-        <v>1522</v>
+        <v>1545</v>
       </c>
       <c r="E16" t="s">
-        <v>1523</v>
+        <v>1546</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1524</v>
+        <v>1547</v>
       </c>
       <c r="H16" t="s">
-        <v>1525</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B17" t="s">
-        <v>1526</v>
+        <v>1549</v>
       </c>
       <c r="C17" t="s">
-        <v>1527</v>
+        <v>1550</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>1528</v>
+        <v>1551</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>1529</v>
+        <v>1552</v>
       </c>
       <c r="H17" t="s">
-        <v>1530</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B18" t="s">
-        <v>1531</v>
+        <v>1554</v>
       </c>
       <c r="C18" t="s">
-        <v>1532</v>
+        <v>1555</v>
       </c>
       <c r="D18" t="s">
-        <v>1533</v>
+        <v>1556</v>
       </c>
       <c r="E18" t="s">
-        <v>1534</v>
+        <v>1557</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>1535</v>
+        <v>1558</v>
       </c>
       <c r="H18" t="s">
-        <v>1536</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B19" t="s">
-        <v>1537</v>
+        <v>1560</v>
       </c>
       <c r="C19" t="s">
-        <v>1538</v>
+        <v>1561</v>
       </c>
       <c r="D19" t="s">
-        <v>1539</v>
+        <v>1562</v>
       </c>
       <c r="E19" t="s">
-        <v>1540</v>
+        <v>1563</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>1541</v>
+        <v>1564</v>
       </c>
       <c r="H19" t="s">
-        <v>1542</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B20" t="s">
-        <v>1543</v>
+        <v>1566</v>
       </c>
       <c r="C20" t="s">
-        <v>1544</v>
+        <v>1567</v>
       </c>
       <c r="D20" t="s">
-        <v>1545</v>
+        <v>1568</v>
       </c>
       <c r="E20" t="s">
-        <v>1546</v>
+        <v>1569</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>1547</v>
+        <v>1570</v>
       </c>
       <c r="H20" t="s">
-        <v>1548</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B21" t="s">
-        <v>1549</v>
+        <v>1572</v>
       </c>
       <c r="C21" t="s">
-        <v>1550</v>
+        <v>1573</v>
       </c>
       <c r="D21" t="s">
-        <v>1551</v>
+        <v>1574</v>
       </c>
       <c r="E21" t="s">
-        <v>1552</v>
+        <v>1575</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>1553</v>
+        <v>1576</v>
       </c>
       <c r="H21" t="s">
-        <v>1554</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B22" t="s">
-        <v>1555</v>
+        <v>1578</v>
       </c>
       <c r="C22" t="s">
-        <v>1556</v>
+        <v>1579</v>
       </c>
       <c r="D22" t="s">
-        <v>1557</v>
+        <v>1574</v>
       </c>
       <c r="E22" t="s">
-        <v>1558</v>
+        <v>1580</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>1559</v>
+        <v>1581</v>
       </c>
       <c r="H22" t="s">
-        <v>1560</v>
+        <v>1582</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B23" t="s">
-        <v>1561</v>
+        <v>1583</v>
       </c>
       <c r="C23" t="s">
-        <v>1562</v>
+        <v>1584</v>
       </c>
       <c r="D23" t="s">
-        <v>1557</v>
+        <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>1563</v>
+        <v>1585</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>1564</v>
+        <v>1586</v>
       </c>
       <c r="H23" t="s">
-        <v>1565</v>
+        <v>1587</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B24" t="s">
-        <v>1566</v>
+        <v>1588</v>
       </c>
       <c r="C24" t="s">
-        <v>1567</v>
+        <v>1589</v>
       </c>
       <c r="D24" t="s">
-        <v>11</v>
+        <v>1590</v>
       </c>
       <c r="E24" t="s">
-        <v>1568</v>
+        <v>1591</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>1569</v>
+        <v>1592</v>
       </c>
       <c r="H24" t="s">
-        <v>1570</v>
+        <v>1593</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B25" t="s">
-        <v>1571</v>
+        <v>1594</v>
       </c>
       <c r="C25" t="s">
-        <v>1572</v>
+        <v>11</v>
       </c>
       <c r="D25" t="s">
-        <v>1573</v>
+        <v>1595</v>
       </c>
       <c r="E25" t="s">
-        <v>1574</v>
+        <v>1596</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>1575</v>
+        <v>1597</v>
       </c>
       <c r="H25" t="s">
-        <v>1576</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B26" t="s">
-        <v>1577</v>
+        <v>1599</v>
       </c>
       <c r="C26" t="s">
-        <v>11</v>
+        <v>1600</v>
       </c>
       <c r="D26" t="s">
-        <v>1578</v>
+        <v>1601</v>
       </c>
       <c r="E26" t="s">
-        <v>1579</v>
+        <v>1602</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>1580</v>
+        <v>1603</v>
       </c>
       <c r="H26" t="s">
-        <v>1581</v>
+        <v>1604</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B27" t="s">
-        <v>1582</v>
+        <v>1605</v>
       </c>
       <c r="C27" t="s">
-        <v>1583</v>
+        <v>1606</v>
       </c>
       <c r="D27" t="s">
-        <v>1584</v>
+        <v>1607</v>
       </c>
       <c r="E27" t="s">
-        <v>1585</v>
+        <v>1608</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>1586</v>
+        <v>1609</v>
       </c>
       <c r="H27" t="s">
-        <v>1587</v>
+        <v>1610</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B28" t="s">
-        <v>1588</v>
+        <v>1611</v>
       </c>
       <c r="C28" t="s">
-        <v>1589</v>
+        <v>1612</v>
       </c>
       <c r="D28" t="s">
-        <v>1590</v>
+        <v>1613</v>
       </c>
       <c r="E28" t="s">
-        <v>1591</v>
+        <v>1614</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>1592</v>
+        <v>1615</v>
       </c>
       <c r="H28" t="s">
-        <v>1593</v>
+        <v>1616</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B29" t="s">
-        <v>1594</v>
+        <v>1617</v>
       </c>
       <c r="C29" t="s">
-        <v>1595</v>
+        <v>1618</v>
       </c>
       <c r="D29" t="s">
-        <v>1596</v>
+        <v>1619</v>
       </c>
       <c r="E29" t="s">
-        <v>1597</v>
+        <v>1620</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>1598</v>
+        <v>1621</v>
       </c>
       <c r="H29" t="s">
-        <v>1599</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B30" t="s">
-        <v>1600</v>
+        <v>1623</v>
       </c>
       <c r="C30" t="s">
-        <v>1601</v>
+        <v>1624</v>
       </c>
       <c r="D30" t="s">
-        <v>1602</v>
+        <v>1625</v>
       </c>
       <c r="E30" t="s">
-        <v>1603</v>
+        <v>1626</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>1604</v>
+        <v>1627</v>
       </c>
       <c r="H30" t="s">
-        <v>1605</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B31" t="s">
-        <v>1606</v>
+        <v>1629</v>
       </c>
       <c r="C31" t="s">
-        <v>1607</v>
+        <v>1630</v>
       </c>
       <c r="D31" t="s">
-        <v>1608</v>
+        <v>1631</v>
       </c>
       <c r="E31" t="s">
-        <v>1609</v>
+        <v>1632</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>1610</v>
+        <v>1633</v>
       </c>
       <c r="H31" t="s">
-        <v>1611</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B32" t="s">
-        <v>1612</v>
+        <v>1635</v>
       </c>
       <c r="C32" t="s">
-        <v>1613</v>
+        <v>1636</v>
       </c>
       <c r="D32" t="s">
-        <v>1614</v>
+        <v>1637</v>
       </c>
       <c r="E32" t="s">
-        <v>1614</v>
+        <v>1637</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>1615</v>
+        <v>1638</v>
       </c>
       <c r="H32" t="s">
-        <v>1616</v>
+        <v>1639</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B33" t="s">
-        <v>1617</v>
+        <v>1640</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
-        <v>1618</v>
+        <v>1641</v>
       </c>
       <c r="E33" t="s">
-        <v>1619</v>
+        <v>1642</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>1620</v>
+        <v>1643</v>
       </c>
       <c r="H33" t="s">
-        <v>1621</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B34" t="s">
-        <v>1622</v>
+        <v>1645</v>
       </c>
       <c r="C34" t="s">
-        <v>1623</v>
+        <v>1646</v>
       </c>
       <c r="D34" t="s">
-        <v>1624</v>
+        <v>1647</v>
       </c>
       <c r="E34" t="s">
-        <v>1625</v>
+        <v>1648</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>1626</v>
+        <v>1649</v>
       </c>
       <c r="H34" t="s">
-        <v>1627</v>
+        <v>1650</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B35" t="s">
-        <v>1628</v>
+        <v>1651</v>
       </c>
       <c r="C35" t="s">
-        <v>1629</v>
+        <v>1652</v>
       </c>
       <c r="D35" t="s">
-        <v>1630</v>
+        <v>1653</v>
       </c>
       <c r="E35" t="s">
-        <v>1631</v>
+        <v>1654</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>1632</v>
+        <v>1655</v>
       </c>
       <c r="H35" t="s">
-        <v>1633</v>
+        <v>1656</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B36" t="s">
-        <v>1634</v>
+        <v>1657</v>
       </c>
       <c r="C36" t="s">
-        <v>1635</v>
+        <v>1658</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>1636</v>
+        <v>1659</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>1637</v>
+        <v>1660</v>
       </c>
       <c r="H36" t="s">
-        <v>1638</v>
+        <v>1661</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B37" t="s">
-        <v>1639</v>
+        <v>1662</v>
       </c>
       <c r="C37" t="s">
-        <v>1640</v>
+        <v>1663</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>1641</v>
+        <v>1664</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>1642</v>
+        <v>1665</v>
       </c>
       <c r="H37" t="s">
-        <v>1643</v>
+        <v>1666</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B38" t="s">
-        <v>1644</v>
+        <v>1667</v>
       </c>
       <c r="C38" t="s">
-        <v>1645</v>
+        <v>1668</v>
       </c>
       <c r="D38" t="s">
-        <v>1646</v>
+        <v>1669</v>
       </c>
       <c r="E38" t="s">
-        <v>1646</v>
+        <v>1669</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>1647</v>
+        <v>1670</v>
       </c>
       <c r="H38" t="s">
-        <v>1648</v>
+        <v>1671</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B39" t="s">
-        <v>1649</v>
+        <v>1672</v>
       </c>
       <c r="C39" t="s">
-        <v>1650</v>
+        <v>1673</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>1651</v>
+        <v>1674</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>1652</v>
+        <v>1675</v>
       </c>
       <c r="H39" t="s">
-        <v>1653</v>
+        <v>1676</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B40" t="s">
-        <v>1654</v>
+        <v>1677</v>
       </c>
       <c r="C40" t="s">
-        <v>1655</v>
+        <v>1678</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>1656</v>
+        <v>1679</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>1657</v>
+        <v>1680</v>
       </c>
       <c r="H40" t="s">
-        <v>1658</v>
+        <v>1681</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B41" t="s">
-        <v>1659</v>
+        <v>1682</v>
       </c>
       <c r="C41" t="s">
-        <v>1660</v>
+        <v>1683</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>1661</v>
+        <v>1684</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>1662</v>
+        <v>1685</v>
       </c>
       <c r="H41" t="s">
-        <v>1663</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B42" t="s">
-        <v>1664</v>
+        <v>1687</v>
       </c>
       <c r="C42" t="s">
-        <v>1665</v>
+        <v>1688</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>1666</v>
+        <v>1689</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>1667</v>
+        <v>1690</v>
       </c>
       <c r="H42" t="s">
-        <v>1668</v>
+        <v>1691</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B43" t="s">
-        <v>1669</v>
+        <v>1692</v>
       </c>
       <c r="C43" t="s">
-        <v>1670</v>
+        <v>1693</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>1671</v>
+        <v>1694</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>1672</v>
+        <v>1695</v>
       </c>
       <c r="H43" t="s">
-        <v>1673</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B44" t="s">
-        <v>1674</v>
+        <v>1697</v>
       </c>
       <c r="C44" t="s">
-        <v>1675</v>
+        <v>1698</v>
       </c>
       <c r="D44" t="s">
-        <v>1676</v>
+        <v>1699</v>
       </c>
       <c r="E44" t="s">
-        <v>1677</v>
+        <v>1700</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>1678</v>
+        <v>1701</v>
       </c>
       <c r="H44" t="s">
-        <v>1679</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B45" t="s">
-        <v>1680</v>
+        <v>1703</v>
       </c>
       <c r="C45" t="s">
-        <v>1681</v>
+        <v>1704</v>
       </c>
       <c r="D45" t="s">
-        <v>1676</v>
+        <v>1699</v>
       </c>
       <c r="E45" t="s">
-        <v>1682</v>
+        <v>1705</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>1683</v>
+        <v>1706</v>
       </c>
       <c r="H45" t="s">
-        <v>1684</v>
+        <v>1707</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B46" t="s">
-        <v>1685</v>
+        <v>1708</v>
       </c>
       <c r="C46" t="s">
-        <v>1686</v>
+        <v>1709</v>
       </c>
       <c r="D46" t="s">
-        <v>1687</v>
+        <v>1710</v>
       </c>
       <c r="E46" t="s">
-        <v>1688</v>
+        <v>1711</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>1689</v>
+        <v>1712</v>
       </c>
       <c r="H46" t="s">
-        <v>1690</v>
+        <v>1713</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B47" t="s">
-        <v>1691</v>
+        <v>1714</v>
       </c>
       <c r="C47" t="s">
-        <v>1692</v>
+        <v>1715</v>
       </c>
       <c r="D47" t="s">
-        <v>1693</v>
+        <v>1716</v>
       </c>
       <c r="E47" t="s">
-        <v>1694</v>
+        <v>1717</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>1695</v>
+        <v>1718</v>
       </c>
       <c r="H47" t="s">
-        <v>1696</v>
+        <v>1719</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B48" t="s">
-        <v>1697</v>
+        <v>1720</v>
       </c>
       <c r="C48" t="s">
-        <v>1698</v>
+        <v>1721</v>
       </c>
       <c r="D48" t="s">
-        <v>1699</v>
+        <v>1722</v>
       </c>
       <c r="E48" t="s">
-        <v>1700</v>
+        <v>1723</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>1701</v>
+        <v>1724</v>
       </c>
       <c r="H48" t="s">
-        <v>1702</v>
+        <v>1725</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B49" t="s">
-        <v>1703</v>
+        <v>1726</v>
       </c>
       <c r="C49" t="s">
-        <v>1704</v>
+        <v>1727</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>1705</v>
+        <v>1728</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>1706</v>
+        <v>1729</v>
       </c>
       <c r="H49" t="s">
-        <v>1707</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B50" t="s">
-        <v>1708</v>
+        <v>1731</v>
       </c>
       <c r="C50" t="s">
-        <v>1709</v>
+        <v>1732</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>1710</v>
+        <v>1733</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>1711</v>
+        <v>1734</v>
       </c>
       <c r="H50" t="s">
-        <v>1712</v>
+        <v>1735</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B51" t="s">
-        <v>1713</v>
+        <v>1736</v>
       </c>
       <c r="C51" t="s">
-        <v>1714</v>
+        <v>1737</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>1715</v>
+        <v>1738</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>1716</v>
+        <v>1739</v>
       </c>
       <c r="H51" t="s">
-        <v>1717</v>
+        <v>1740</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B52" t="s">
-        <v>1718</v>
+        <v>1741</v>
       </c>
       <c r="C52" t="s">
-        <v>1719</v>
+        <v>1742</v>
       </c>
       <c r="D52" t="s">
-        <v>1720</v>
+        <v>1743</v>
       </c>
       <c r="E52" t="s">
-        <v>1721</v>
+        <v>1744</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>1722</v>
+        <v>1745</v>
       </c>
       <c r="H52" t="s">
-        <v>1723</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B53" t="s">
-        <v>1724</v>
+        <v>1747</v>
       </c>
       <c r="C53" t="s">
-        <v>1725</v>
+        <v>1748</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>1726</v>
+        <v>1749</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>1727</v>
+        <v>1750</v>
       </c>
       <c r="H53" t="s">
-        <v>1728</v>
+        <v>1751</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B54" t="s">
-        <v>1729</v>
+        <v>1752</v>
       </c>
       <c r="C54" t="s">
-        <v>1730</v>
+        <v>1753</v>
       </c>
       <c r="D54" t="s">
-        <v>1731</v>
+        <v>1754</v>
       </c>
       <c r="E54" t="s">
-        <v>1732</v>
+        <v>1755</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>1733</v>
+        <v>1756</v>
       </c>
       <c r="H54" t="s">
-        <v>1734</v>
+        <v>1757</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B55" t="s">
-        <v>1735</v>
+        <v>1758</v>
       </c>
       <c r="C55" t="s">
-        <v>1736</v>
+        <v>1759</v>
       </c>
       <c r="D55" t="s">
-        <v>1511</v>
+        <v>1534</v>
       </c>
       <c r="E55" t="s">
-        <v>1737</v>
+        <v>1760</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>1738</v>
+        <v>1761</v>
       </c>
       <c r="H55" t="s">
-        <v>1739</v>
+        <v>1762</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B56" t="s">
-        <v>1740</v>
+        <v>1763</v>
       </c>
       <c r="C56" t="s">
-        <v>1741</v>
+        <v>1764</v>
       </c>
       <c r="D56" t="s">
-        <v>1630</v>
+        <v>1653</v>
       </c>
       <c r="E56" t="s">
-        <v>1742</v>
+        <v>1765</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>1743</v>
+        <v>1766</v>
       </c>
       <c r="H56" t="s">
-        <v>1744</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B57" t="s">
-        <v>1745</v>
+        <v>1768</v>
       </c>
       <c r="C57" t="s">
-        <v>1746</v>
+        <v>1769</v>
       </c>
       <c r="D57" t="s">
-        <v>1516</v>
+        <v>1539</v>
       </c>
       <c r="E57" t="s">
-        <v>1747</v>
+        <v>1770</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>1748</v>
+        <v>1771</v>
       </c>
       <c r="H57" t="s">
-        <v>1749</v>
+        <v>1772</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B58" t="s">
-        <v>1750</v>
+        <v>1773</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
-        <v>1751</v>
+        <v>1774</v>
       </c>
       <c r="E58" t="s">
-        <v>1752</v>
+        <v>1775</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>1753</v>
+        <v>1776</v>
       </c>
       <c r="H58" t="s">
-        <v>1754</v>
+        <v>1777</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B59" t="s">
-        <v>1755</v>
+        <v>1778</v>
       </c>
       <c r="C59" t="s">
-        <v>1756</v>
+        <v>1779</v>
       </c>
       <c r="D59" t="s">
-        <v>1545</v>
+        <v>1613</v>
       </c>
       <c r="E59" t="s">
-        <v>1757</v>
+        <v>1780</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>1758</v>
+        <v>1781</v>
       </c>
       <c r="H59" t="s">
-        <v>1759</v>
+        <v>1782</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B60" t="s">
-        <v>1760</v>
+        <v>1783</v>
       </c>
       <c r="C60" t="s">
-        <v>1761</v>
+        <v>1784</v>
       </c>
       <c r="D60" t="s">
-        <v>1762</v>
+        <v>1785</v>
       </c>
       <c r="E60" t="s">
-        <v>1763</v>
+        <v>1786</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>1764</v>
+        <v>1787</v>
       </c>
       <c r="H60" t="s">
-        <v>1765</v>
+        <v>1788</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B61" t="s">
-        <v>1766</v>
+        <v>1789</v>
       </c>
       <c r="C61" t="s">
-        <v>1767</v>
+        <v>1790</v>
       </c>
       <c r="D61" t="s">
-        <v>1676</v>
+        <v>1699</v>
       </c>
       <c r="E61" t="s">
-        <v>1768</v>
+        <v>1791</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>1769</v>
+        <v>1792</v>
       </c>
       <c r="H61" t="s">
-        <v>1770</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B62" t="s">
-        <v>1771</v>
+        <v>1794</v>
       </c>
       <c r="C62" t="s">
-        <v>1772</v>
+        <v>1795</v>
       </c>
       <c r="D62" t="s">
-        <v>1773</v>
+        <v>1796</v>
       </c>
       <c r="E62" t="s">
-        <v>1774</v>
+        <v>1797</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>1775</v>
+        <v>1798</v>
       </c>
       <c r="H62" t="s">
-        <v>1776</v>
+        <v>1799</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B63" t="s">
-        <v>1777</v>
+        <v>1800</v>
       </c>
       <c r="C63" t="s">
-        <v>1778</v>
+        <v>1801</v>
       </c>
       <c r="D63" t="s">
-        <v>1779</v>
+        <v>1802</v>
       </c>
       <c r="E63" t="s">
-        <v>1780</v>
+        <v>1803</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>1781</v>
+        <v>1804</v>
       </c>
       <c r="H63" t="s">
-        <v>1782</v>
+        <v>1805</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B64" t="s">
-        <v>1783</v>
+        <v>1806</v>
       </c>
       <c r="C64" t="s">
-        <v>1784</v>
+        <v>1807</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>1785</v>
+        <v>1808</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>1786</v>
+        <v>1809</v>
       </c>
       <c r="H64" t="s">
-        <v>1787</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B65" t="s">
-        <v>1788</v>
+        <v>1811</v>
       </c>
       <c r="C65" t="s">
-        <v>1789</v>
+        <v>1812</v>
       </c>
       <c r="D65" t="s">
-        <v>1790</v>
+        <v>1813</v>
       </c>
       <c r="E65" t="s">
-        <v>1791</v>
+        <v>1814</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>1792</v>
+        <v>1815</v>
       </c>
       <c r="H65" t="s">
-        <v>1793</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B66" t="s">
-        <v>1794</v>
+        <v>1817</v>
       </c>
       <c r="C66" t="s">
-        <v>1795</v>
+        <v>1818</v>
       </c>
       <c r="D66" t="s">
-        <v>1796</v>
+        <v>1819</v>
       </c>
       <c r="E66" t="s">
-        <v>1797</v>
+        <v>1820</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>1798</v>
+        <v>1821</v>
       </c>
       <c r="H66" t="s">
-        <v>1799</v>
+        <v>1822</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B67" t="s">
-        <v>1800</v>
+        <v>1823</v>
       </c>
       <c r="C67" t="s">
-        <v>1801</v>
+        <v>1824</v>
       </c>
       <c r="D67" t="s">
-        <v>1802</v>
+        <v>1825</v>
       </c>
       <c r="E67" t="s">
-        <v>1803</v>
+        <v>1826</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>1804</v>
+        <v>1827</v>
       </c>
       <c r="H67" t="s">
-        <v>1805</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B68" t="s">
-        <v>1806</v>
+        <v>1829</v>
       </c>
       <c r="C68" t="s">
-        <v>1807</v>
+        <v>1830</v>
       </c>
       <c r="D68" t="s">
-        <v>1808</v>
+        <v>1831</v>
       </c>
       <c r="E68" t="s">
-        <v>1809</v>
+        <v>1832</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>1810</v>
+        <v>1833</v>
       </c>
       <c r="H68" t="s">
-        <v>1811</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B69" t="s">
-        <v>1812</v>
+        <v>1835</v>
       </c>
       <c r="C69" t="s">
-        <v>1813</v>
+        <v>1836</v>
       </c>
       <c r="D69" t="s">
-        <v>1814</v>
+        <v>1837</v>
       </c>
       <c r="E69" t="s">
-        <v>1815</v>
+        <v>1838</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>1816</v>
+        <v>1839</v>
       </c>
       <c r="H69" t="s">
-        <v>1817</v>
+        <v>1840</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B70" t="s">
-        <v>1818</v>
+        <v>1841</v>
       </c>
       <c r="C70" t="s">
-        <v>1819</v>
+        <v>1842</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>1820</v>
+        <v>1843</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>1821</v>
+        <v>1844</v>
       </c>
       <c r="H70" t="s">
-        <v>1822</v>
+        <v>1845</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B71" t="s">
-        <v>1823</v>
+        <v>1846</v>
       </c>
       <c r="C71" t="s">
-        <v>1824</v>
+        <v>1847</v>
       </c>
       <c r="D71" t="s">
-        <v>1825</v>
+        <v>1848</v>
       </c>
       <c r="E71" t="s">
-        <v>1826</v>
+        <v>1849</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>1827</v>
+        <v>1850</v>
       </c>
       <c r="H71" t="s">
-        <v>1828</v>
+        <v>1851</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B72" t="s">
-        <v>1829</v>
+        <v>1852</v>
       </c>
       <c r="C72" t="s">
-        <v>1772</v>
+        <v>1795</v>
       </c>
       <c r="D72" t="s">
-        <v>1773</v>
+        <v>1796</v>
       </c>
       <c r="E72" t="s">
-        <v>1830</v>
+        <v>1853</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>1831</v>
+        <v>1854</v>
       </c>
       <c r="H72" t="s">
-        <v>1832</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B73" t="s">
-        <v>1833</v>
+        <v>1856</v>
       </c>
       <c r="C73" t="s">
-        <v>1834</v>
+        <v>1857</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>1835</v>
+        <v>1858</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>1836</v>
+        <v>1859</v>
       </c>
       <c r="H73" t="s">
-        <v>1837</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B74" t="s">
-        <v>1838</v>
+        <v>1861</v>
       </c>
       <c r="C74" t="s">
-        <v>1839</v>
+        <v>1862</v>
       </c>
       <c r="D74" t="s">
-        <v>1840</v>
+        <v>1863</v>
       </c>
       <c r="E74" t="s">
-        <v>1841</v>
+        <v>1864</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>1842</v>
+        <v>1865</v>
       </c>
       <c r="H74" t="s">
-        <v>1843</v>
+        <v>1866</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B75" t="s">
-        <v>1844</v>
+        <v>1867</v>
       </c>
       <c r="C75" t="s">
-        <v>1845</v>
+        <v>1868</v>
       </c>
       <c r="D75" t="s">
-        <v>1846</v>
+        <v>1869</v>
       </c>
       <c r="E75" t="s">
-        <v>1847</v>
+        <v>1870</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>1848</v>
+        <v>1871</v>
       </c>
       <c r="H75" t="s">
-        <v>1849</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B76" t="s">
-        <v>1850</v>
+        <v>1873</v>
       </c>
       <c r="C76" t="s">
-        <v>1851</v>
+        <v>1874</v>
       </c>
       <c r="D76" t="s">
-        <v>1852</v>
+        <v>1875</v>
       </c>
       <c r="E76" t="s">
-        <v>1853</v>
+        <v>1876</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>1854</v>
+        <v>1877</v>
       </c>
       <c r="H76" t="s">
-        <v>1855</v>
+        <v>1878</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B77" t="s">
-        <v>1856</v>
+        <v>1879</v>
       </c>
       <c r="C77" t="s">
-        <v>1857</v>
+        <v>1880</v>
       </c>
       <c r="D77" t="s">
-        <v>1858</v>
+        <v>1881</v>
       </c>
       <c r="E77" t="s">
-        <v>1859</v>
+        <v>1882</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>1860</v>
+        <v>1883</v>
       </c>
       <c r="H77" t="s">
-        <v>1861</v>
+        <v>1884</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B78" t="s">
-        <v>1862</v>
+        <v>1885</v>
       </c>
       <c r="C78" t="s">
-        <v>1863</v>
+        <v>1886</v>
       </c>
       <c r="D78" t="s">
-        <v>1864</v>
+        <v>1887</v>
       </c>
       <c r="E78" t="s">
-        <v>1865</v>
+        <v>1888</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>1866</v>
+        <v>1889</v>
       </c>
       <c r="H78" t="s">
-        <v>1867</v>
+        <v>1890</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B79" t="s">
-        <v>1868</v>
+        <v>1891</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
-        <v>1869</v>
+        <v>1892</v>
       </c>
       <c r="E79" t="s">
-        <v>1870</v>
+        <v>1893</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>1871</v>
+        <v>1894</v>
       </c>
       <c r="H79" t="s">
-        <v>1872</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B80" t="s">
-        <v>1873</v>
+        <v>1896</v>
       </c>
       <c r="C80" t="s">
-        <v>1874</v>
+        <v>1897</v>
       </c>
       <c r="D80" t="s">
-        <v>1875</v>
+        <v>1898</v>
       </c>
       <c r="E80" t="s">
-        <v>1876</v>
+        <v>1899</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>1877</v>
+        <v>1900</v>
       </c>
       <c r="H80" t="s">
-        <v>1878</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B81" t="s">
-        <v>1879</v>
+        <v>1902</v>
       </c>
       <c r="C81" t="s">
-        <v>1880</v>
+        <v>1903</v>
       </c>
       <c r="D81" t="s">
-        <v>1881</v>
+        <v>1904</v>
       </c>
       <c r="E81" t="s">
-        <v>1882</v>
+        <v>1905</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>1883</v>
+        <v>1906</v>
       </c>
       <c r="H81" t="s">
-        <v>1884</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B82" t="s">
-        <v>1885</v>
+        <v>1908</v>
       </c>
       <c r="C82" t="s">
-        <v>1886</v>
+        <v>1909</v>
       </c>
       <c r="D82" t="s">
-        <v>1887</v>
+        <v>1910</v>
       </c>
       <c r="E82" t="s">
-        <v>1888</v>
+        <v>1911</v>
       </c>
       <c r="F82" t="s">
         <v>11</v>
       </c>
       <c r="G82" t="s">
-        <v>1889</v>
+        <v>1912</v>
       </c>
       <c r="H82" t="s">
-        <v>1890</v>
+        <v>1913</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B83" t="s">
-        <v>1891</v>
+        <v>1914</v>
       </c>
       <c r="C83" t="s">
-        <v>1892</v>
+        <v>1915</v>
       </c>
       <c r="D83" t="s">
-        <v>1893</v>
+        <v>1916</v>
       </c>
       <c r="E83" t="s">
-        <v>1894</v>
+        <v>1917</v>
       </c>
       <c r="F83" t="s">
         <v>11</v>
       </c>
       <c r="G83" t="s">
-        <v>1895</v>
+        <v>1918</v>
       </c>
       <c r="H83" t="s">
-        <v>1896</v>
+        <v>1919</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B84" t="s">
-        <v>1897</v>
+        <v>1920</v>
       </c>
       <c r="C84" t="s">
-        <v>1898</v>
+        <v>1921</v>
       </c>
       <c r="D84" t="s">
-        <v>1899</v>
+        <v>1922</v>
       </c>
       <c r="E84" t="s">
-        <v>1900</v>
+        <v>1923</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
-        <v>1901</v>
+        <v>1924</v>
       </c>
       <c r="H84" t="s">
-        <v>1902</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B85" t="s">
-        <v>1903</v>
+        <v>1926</v>
       </c>
       <c r="C85" t="s">
-        <v>1904</v>
+        <v>1927</v>
       </c>
       <c r="D85" t="s">
         <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>1905</v>
+        <v>1928</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>1906</v>
+        <v>1929</v>
       </c>
       <c r="H85" t="s">
-        <v>1907</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B86" t="s">
-        <v>1908</v>
+        <v>1931</v>
       </c>
       <c r="C86" t="s">
-        <v>1909</v>
+        <v>1932</v>
       </c>
       <c r="D86" t="s">
-        <v>1910</v>
+        <v>1933</v>
       </c>
       <c r="E86" t="s">
-        <v>1911</v>
+        <v>1934</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>1912</v>
+        <v>1935</v>
       </c>
       <c r="H86" t="s">
-        <v>1913</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B87" t="s">
-        <v>1914</v>
+        <v>1937</v>
       </c>
       <c r="C87" t="s">
-        <v>1915</v>
+        <v>1938</v>
       </c>
       <c r="D87" t="s">
         <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>1916</v>
+        <v>1939</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>1917</v>
+        <v>1940</v>
       </c>
       <c r="H87" t="s">
-        <v>1918</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B88" t="s">
-        <v>1919</v>
+        <v>1942</v>
       </c>
       <c r="C88" t="s">
-        <v>1920</v>
+        <v>1943</v>
       </c>
       <c r="D88" t="s">
-        <v>1858</v>
+        <v>1881</v>
       </c>
       <c r="E88" t="s">
-        <v>1858</v>
+        <v>1881</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>1921</v>
+        <v>1944</v>
       </c>
       <c r="H88" t="s">
-        <v>1922</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B89" t="s">
-        <v>1923</v>
+        <v>1946</v>
       </c>
       <c r="C89" t="s">
-        <v>1924</v>
+        <v>1947</v>
       </c>
       <c r="D89" t="s">
-        <v>1925</v>
+        <v>1948</v>
       </c>
       <c r="E89" t="s">
-        <v>1926</v>
+        <v>1949</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>1927</v>
+        <v>1950</v>
       </c>
       <c r="H89" t="s">
-        <v>1928</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B90" t="s">
-        <v>1929</v>
+        <v>1952</v>
       </c>
       <c r="C90" t="s">
-        <v>1930</v>
+        <v>1953</v>
       </c>
       <c r="D90" t="s">
-        <v>1925</v>
+        <v>1948</v>
       </c>
       <c r="E90" t="s">
-        <v>1931</v>
+        <v>1954</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>1932</v>
+        <v>1955</v>
       </c>
       <c r="H90" t="s">
-        <v>1933</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B91" t="s">
-        <v>1934</v>
+        <v>1957</v>
       </c>
       <c r="C91" t="s">
-        <v>1935</v>
+        <v>1958</v>
       </c>
       <c r="D91" t="s">
-        <v>1936</v>
+        <v>1959</v>
       </c>
       <c r="E91" t="s">
-        <v>1937</v>
+        <v>1960</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>1938</v>
+        <v>1961</v>
       </c>
       <c r="H91" t="s">
-        <v>1939</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B92" t="s">
-        <v>1940</v>
+        <v>1963</v>
       </c>
       <c r="C92" t="s">
-        <v>1941</v>
+        <v>1964</v>
       </c>
       <c r="D92" t="s">
-        <v>1942</v>
+        <v>1965</v>
       </c>
       <c r="E92" t="s">
-        <v>1943</v>
+        <v>1966</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>1944</v>
+        <v>1967</v>
       </c>
       <c r="H92" t="s">
-        <v>1945</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B93" t="s">
-        <v>1946</v>
+        <v>1969</v>
       </c>
       <c r="C93" t="s">
-        <v>1947</v>
+        <v>1970</v>
       </c>
       <c r="D93" t="s">
-        <v>1948</v>
+        <v>1971</v>
       </c>
       <c r="E93" t="s">
-        <v>1949</v>
+        <v>1972</v>
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>1950</v>
+        <v>1973</v>
       </c>
       <c r="H93" t="s">
-        <v>1951</v>
+        <v>1974</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B94" t="s">
-        <v>1952</v>
+        <v>1975</v>
       </c>
       <c r="C94" t="s">
-        <v>1953</v>
+        <v>1976</v>
       </c>
       <c r="D94" t="s">
-        <v>1954</v>
+        <v>1977</v>
       </c>
       <c r="E94" t="s">
-        <v>1955</v>
+        <v>1978</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>1956</v>
+        <v>1979</v>
       </c>
       <c r="H94" t="s">
-        <v>1957</v>
+        <v>1980</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B95" t="s">
-        <v>1958</v>
+        <v>1981</v>
       </c>
       <c r="C95" t="s">
-        <v>1959</v>
+        <v>1982</v>
       </c>
       <c r="D95" t="s">
-        <v>1960</v>
+        <v>1983</v>
       </c>
       <c r="E95" t="s">
-        <v>1960</v>
+        <v>1983</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>1961</v>
+        <v>1984</v>
       </c>
       <c r="H95" t="s">
-        <v>1962</v>
+        <v>1985</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B96" t="s">
-        <v>1963</v>
+        <v>1986</v>
       </c>
       <c r="C96" t="s">
-        <v>1964</v>
+        <v>1987</v>
       </c>
       <c r="D96" t="s">
-        <v>1965</v>
+        <v>1988</v>
       </c>
       <c r="E96" t="s">
-        <v>1966</v>
+        <v>1989</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>1967</v>
+        <v>1990</v>
       </c>
       <c r="H96" t="s">
-        <v>1968</v>
+        <v>1991</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>1441</v>
+        <v>1464</v>
       </c>
       <c r="B97" t="s">
-        <v>1969</v>
+        <v>1992</v>
       </c>
       <c r="C97" t="s">
-        <v>1970</v>
+        <v>1993</v>
       </c>
       <c r="D97" t="s">
-        <v>1971</v>
+        <v>1994</v>
       </c>
       <c r="E97" t="s">
-        <v>1972</v>
+        <v>1995</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>1973</v>
+        <v>1996</v>
       </c>
       <c r="H97" t="s">
-        <v>1974</v>
+        <v>1997</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B2" t="s">
-        <v>1976</v>
+        <v>1999</v>
       </c>
       <c r="C2" t="s">
-        <v>1977</v>
+        <v>2000</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1462</v>
+        <v>2001</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1978</v>
+        <v>2002</v>
       </c>
       <c r="H2" t="s">
-        <v>1979</v>
+        <v>2003</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B3" t="s">
-        <v>1980</v>
+        <v>2004</v>
       </c>
       <c r="C3" t="s">
-        <v>1981</v>
+        <v>2005</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1462</v>
+        <v>1485</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1982</v>
+        <v>2006</v>
       </c>
       <c r="H3" t="s">
-        <v>1983</v>
+        <v>2007</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B4" t="s">
-        <v>1984</v>
+        <v>2008</v>
       </c>
       <c r="C4" t="s">
-        <v>1985</v>
+        <v>2009</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1986</v>
+        <v>1485</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1987</v>
+        <v>2010</v>
       </c>
       <c r="H4" t="s">
-        <v>1988</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B5" t="s">
-        <v>1989</v>
+        <v>2012</v>
       </c>
       <c r="C5" t="s">
-        <v>1990</v>
+        <v>2013</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>1991</v>
+        <v>2014</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1992</v>
+        <v>2015</v>
       </c>
       <c r="H5" t="s">
-        <v>1993</v>
+        <v>2016</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B6" t="s">
-        <v>1994</v>
+        <v>2017</v>
       </c>
       <c r="C6" t="s">
-        <v>1995</v>
+        <v>2018</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1996</v>
+        <v>2019</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1997</v>
+        <v>2020</v>
       </c>
       <c r="H6" t="s">
-        <v>1998</v>
+        <v>2021</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B7" t="s">
-        <v>1999</v>
+        <v>2022</v>
       </c>
       <c r="C7" t="s">
-        <v>2000</v>
+        <v>2023</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2001</v>
+        <v>2024</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2002</v>
+        <v>2025</v>
       </c>
       <c r="H7" t="s">
-        <v>2003</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B8" t="s">
-        <v>2004</v>
+        <v>2027</v>
       </c>
       <c r="C8" t="s">
-        <v>2005</v>
+        <v>2028</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2006</v>
+        <v>2029</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2007</v>
+        <v>2030</v>
       </c>
       <c r="H8" t="s">
-        <v>2008</v>
+        <v>2031</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B9" t="s">
-        <v>2009</v>
+        <v>2032</v>
       </c>
       <c r="C9" t="s">
-        <v>2010</v>
+        <v>2033</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2011</v>
+        <v>2034</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2012</v>
+        <v>2035</v>
       </c>
       <c r="H9" t="s">
-        <v>2013</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B10" t="s">
-        <v>2014</v>
+        <v>2037</v>
       </c>
       <c r="C10" t="s">
-        <v>2015</v>
+        <v>2038</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2016</v>
+        <v>2039</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2017</v>
+        <v>2040</v>
       </c>
       <c r="H10" t="s">
-        <v>2018</v>
+        <v>2041</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B11" t="s">
-        <v>2019</v>
+        <v>2042</v>
       </c>
       <c r="C11" t="s">
-        <v>2020</v>
+        <v>2043</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>1609</v>
+        <v>2044</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2021</v>
+        <v>2045</v>
       </c>
       <c r="H11" t="s">
-        <v>2022</v>
+        <v>2046</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B12" t="s">
-        <v>2023</v>
+        <v>2047</v>
       </c>
       <c r="C12" t="s">
-        <v>2024</v>
+        <v>2048</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2025</v>
+        <v>1632</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2026</v>
+        <v>2049</v>
       </c>
       <c r="H12" t="s">
-        <v>2027</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B13" t="s">
-        <v>2028</v>
+        <v>2051</v>
       </c>
       <c r="C13" t="s">
-        <v>2029</v>
+        <v>2052</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2030</v>
+        <v>2053</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2031</v>
+        <v>2054</v>
       </c>
       <c r="H13" t="s">
-        <v>2032</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B14" t="s">
-        <v>2033</v>
+        <v>2056</v>
       </c>
       <c r="C14" t="s">
-        <v>2034</v>
+        <v>2057</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2035</v>
+        <v>2058</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2036</v>
+        <v>2059</v>
       </c>
       <c r="H14" t="s">
-        <v>2037</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1975</v>
+        <v>1998</v>
       </c>
       <c r="B15" t="s">
-        <v>2038</v>
+        <v>2061</v>
       </c>
       <c r="C15" t="s">
-        <v>2039</v>
+        <v>2062</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2040</v>
+        <v>2063</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2041</v>
+        <v>2064</v>
       </c>
       <c r="H15" t="s">
-        <v>2042</v>
+        <v>2065</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1998</v>
+      </c>
+      <c r="B16" t="s">
+        <v>2066</v>
+      </c>
+      <c r="C16" t="s">
+        <v>2067</v>
+      </c>
+      <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2068</v>
+      </c>
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2070</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B2" t="s">
-        <v>2044</v>
+        <v>2072</v>
       </c>
       <c r="C2" t="s">
-        <v>2045</v>
+        <v>2073</v>
       </c>
       <c r="D2" t="s">
-        <v>2046</v>
+        <v>2074</v>
       </c>
       <c r="E2" t="s">
-        <v>2047</v>
+        <v>2075</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2048</v>
+        <v>2076</v>
       </c>
       <c r="H2" t="s">
-        <v>2049</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B3" t="s">
-        <v>2050</v>
+        <v>2078</v>
       </c>
       <c r="C3" t="s">
-        <v>2051</v>
+        <v>2079</v>
       </c>
       <c r="D3" t="s">
-        <v>2052</v>
+        <v>2080</v>
       </c>
       <c r="E3" t="s">
-        <v>2053</v>
+        <v>2081</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2054</v>
+        <v>2082</v>
       </c>
       <c r="H3" t="s">
-        <v>2055</v>
+        <v>2083</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B4" t="s">
-        <v>2056</v>
+        <v>2084</v>
       </c>
       <c r="C4" t="s">
-        <v>2057</v>
+        <v>2085</v>
       </c>
       <c r="D4" t="s">
-        <v>2058</v>
+        <v>2086</v>
       </c>
       <c r="E4" t="s">
-        <v>2059</v>
+        <v>2087</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2060</v>
+        <v>2088</v>
       </c>
       <c r="H4" t="s">
-        <v>2061</v>
+        <v>2089</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B5" t="s">
-        <v>2062</v>
+        <v>2090</v>
       </c>
       <c r="C5" t="s">
-        <v>2063</v>
+        <v>2091</v>
       </c>
       <c r="D5" t="s">
-        <v>2064</v>
+        <v>2092</v>
       </c>
       <c r="E5" t="s">
-        <v>2065</v>
+        <v>2093</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2066</v>
+        <v>2094</v>
       </c>
       <c r="H5" t="s">
-        <v>2067</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B6" t="s">
-        <v>2068</v>
+        <v>2096</v>
       </c>
       <c r="C6" t="s">
-        <v>2069</v>
+        <v>2097</v>
       </c>
       <c r="D6" t="s">
-        <v>2070</v>
+        <v>2098</v>
       </c>
       <c r="E6" t="s">
-        <v>2071</v>
+        <v>2099</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2072</v>
+        <v>2100</v>
       </c>
       <c r="H6" t="s">
-        <v>2073</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B7" t="s">
-        <v>2074</v>
+        <v>2102</v>
       </c>
       <c r="C7" t="s">
-        <v>2075</v>
+        <v>2103</v>
       </c>
       <c r="D7" t="s">
-        <v>2076</v>
+        <v>2104</v>
       </c>
       <c r="E7" t="s">
-        <v>2077</v>
+        <v>2105</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2078</v>
+        <v>2106</v>
       </c>
       <c r="H7" t="s">
-        <v>2079</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B8" t="s">
-        <v>2080</v>
+        <v>2108</v>
       </c>
       <c r="C8" t="s">
-        <v>2081</v>
+        <v>2109</v>
       </c>
       <c r="D8" t="s">
-        <v>1590</v>
+        <v>1607</v>
       </c>
       <c r="E8" t="s">
-        <v>2082</v>
+        <v>2110</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2083</v>
+        <v>2111</v>
       </c>
       <c r="H8" t="s">
-        <v>2084</v>
+        <v>2112</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B9" t="s">
-        <v>2085</v>
+        <v>2113</v>
       </c>
       <c r="C9" t="s">
-        <v>2086</v>
+        <v>2114</v>
       </c>
       <c r="D9" t="s">
-        <v>2087</v>
+        <v>2115</v>
       </c>
       <c r="E9" t="s">
-        <v>2088</v>
+        <v>2116</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2089</v>
+        <v>2117</v>
       </c>
       <c r="H9" t="s">
-        <v>2090</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B10" t="s">
-        <v>2091</v>
+        <v>2119</v>
       </c>
       <c r="C10" t="s">
-        <v>2092</v>
+        <v>2120</v>
       </c>
       <c r="D10" t="s">
-        <v>2093</v>
+        <v>2121</v>
       </c>
       <c r="E10" t="s">
-        <v>2094</v>
+        <v>2122</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2095</v>
+        <v>2123</v>
       </c>
       <c r="H10" t="s">
-        <v>2096</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2043</v>
+        <v>2071</v>
       </c>
       <c r="B11" t="s">
-        <v>2097</v>
+        <v>2125</v>
       </c>
       <c r="C11" t="s">
-        <v>2098</v>
+        <v>2126</v>
       </c>
       <c r="D11" t="s">
-        <v>2099</v>
+        <v>2127</v>
       </c>
       <c r="E11" t="s">
-        <v>2100</v>
+        <v>2128</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2101</v>
+        <v>2129</v>
       </c>
       <c r="H11" t="s">
-        <v>2102</v>
+        <v>2130</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H13"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B2" t="s">
-        <v>2104</v>
+        <v>2132</v>
       </c>
       <c r="C2" t="s">
-        <v>2104</v>
+        <v>11</v>
       </c>
       <c r="D2" t="s">
-        <v>2105</v>
+        <v>2133</v>
       </c>
       <c r="E2" t="s">
-        <v>2106</v>
+        <v>2001</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2107</v>
+        <v>2134</v>
       </c>
       <c r="H2" t="s">
-        <v>2108</v>
+        <v>2135</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B3" t="s">
-        <v>2109</v>
+        <v>2136</v>
       </c>
       <c r="C3" t="s">
-        <v>2110</v>
+        <v>2136</v>
       </c>
       <c r="D3" t="s">
-        <v>2111</v>
+        <v>2137</v>
       </c>
       <c r="E3" t="s">
-        <v>2112</v>
+        <v>2138</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2113</v>
+        <v>2139</v>
       </c>
       <c r="H3" t="s">
-        <v>2114</v>
+        <v>2140</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B4" t="s">
-        <v>2115</v>
+        <v>2141</v>
       </c>
       <c r="C4" t="s">
-        <v>2116</v>
+        <v>2142</v>
       </c>
       <c r="D4" t="s">
-        <v>2117</v>
+        <v>2143</v>
       </c>
       <c r="E4" t="s">
-        <v>1462</v>
+        <v>2144</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2118</v>
+        <v>2145</v>
       </c>
       <c r="H4" t="s">
-        <v>2119</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B5" t="s">
-        <v>2120</v>
+        <v>2147</v>
       </c>
       <c r="C5" t="s">
-        <v>2121</v>
+        <v>2148</v>
       </c>
       <c r="D5" t="s">
-        <v>2122</v>
+        <v>2149</v>
       </c>
       <c r="E5" t="s">
-        <v>1462</v>
+        <v>1485</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2123</v>
+        <v>2150</v>
       </c>
       <c r="H5" t="s">
-        <v>2124</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B6" t="s">
-        <v>2125</v>
+        <v>2152</v>
       </c>
       <c r="C6" t="s">
-        <v>2126</v>
+        <v>2153</v>
       </c>
       <c r="D6" t="s">
-        <v>2127</v>
+        <v>2154</v>
       </c>
       <c r="E6" t="s">
-        <v>2128</v>
+        <v>1485</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2129</v>
+        <v>2155</v>
       </c>
       <c r="H6" t="s">
-        <v>2130</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B7" t="s">
-        <v>2131</v>
+        <v>2157</v>
       </c>
       <c r="C7" t="s">
-        <v>2132</v>
+        <v>2158</v>
       </c>
       <c r="D7" t="s">
-        <v>2133</v>
+        <v>2159</v>
       </c>
       <c r="E7" t="s">
-        <v>2134</v>
+        <v>2160</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2135</v>
+        <v>2161</v>
       </c>
       <c r="H7" t="s">
-        <v>2136</v>
+        <v>2162</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B8" t="s">
-        <v>2137</v>
+        <v>2163</v>
       </c>
       <c r="C8" t="s">
-        <v>2138</v>
+        <v>2164</v>
       </c>
       <c r="D8" t="s">
-        <v>2139</v>
+        <v>2165</v>
       </c>
       <c r="E8" t="s">
-        <v>2140</v>
+        <v>2166</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2141</v>
+        <v>2167</v>
       </c>
       <c r="H8" t="s">
-        <v>2142</v>
+        <v>2168</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B9" t="s">
-        <v>2143</v>
+        <v>2169</v>
       </c>
       <c r="C9" t="s">
-        <v>2144</v>
+        <v>2170</v>
       </c>
       <c r="D9" t="s">
-        <v>2145</v>
+        <v>2171</v>
       </c>
       <c r="E9" t="s">
-        <v>2146</v>
+        <v>2172</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2147</v>
+        <v>2173</v>
       </c>
       <c r="H9" t="s">
-        <v>2148</v>
+        <v>2174</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B10" t="s">
-        <v>2149</v>
+        <v>2175</v>
       </c>
       <c r="C10" t="s">
-        <v>2150</v>
+        <v>2176</v>
       </c>
       <c r="D10" t="s">
-        <v>2151</v>
+        <v>2177</v>
       </c>
       <c r="E10" t="s">
-        <v>2152</v>
+        <v>2178</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2153</v>
+        <v>2179</v>
       </c>
       <c r="H10" t="s">
-        <v>2154</v>
+        <v>2180</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B11" t="s">
-        <v>2155</v>
+        <v>2181</v>
       </c>
       <c r="C11" t="s">
-        <v>2156</v>
+        <v>2182</v>
       </c>
       <c r="D11" t="s">
-        <v>2157</v>
+        <v>2183</v>
       </c>
       <c r="E11" t="s">
-        <v>2158</v>
+        <v>2184</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2159</v>
+        <v>2185</v>
       </c>
       <c r="H11" t="s">
-        <v>2160</v>
+        <v>2186</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B12" t="s">
-        <v>2161</v>
+        <v>2187</v>
       </c>
       <c r="C12" t="s">
-        <v>2162</v>
+        <v>2188</v>
       </c>
       <c r="D12" t="s">
-        <v>2163</v>
+        <v>2189</v>
       </c>
       <c r="E12" t="s">
-        <v>2164</v>
+        <v>2190</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2165</v>
+        <v>2191</v>
       </c>
       <c r="H12" t="s">
-        <v>2166</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2103</v>
+        <v>2131</v>
       </c>
       <c r="B13" t="s">
-        <v>2167</v>
+        <v>2193</v>
       </c>
       <c r="C13" t="s">
-        <v>2168</v>
+        <v>2194</v>
       </c>
       <c r="D13" t="s">
-        <v>2169</v>
+        <v>2195</v>
       </c>
       <c r="E13" t="s">
-        <v>2170</v>
+        <v>2196</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2171</v>
+        <v>2197</v>
       </c>
       <c r="H13" t="s">
-        <v>2172</v>
+        <v>2198</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2131</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2199</v>
+      </c>
+      <c r="C14" t="s">
+        <v>2200</v>
+      </c>
+      <c r="D14" t="s">
+        <v>2201</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2202</v>
+      </c>
+      <c r="F14" t="s">
+        <v>11</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2203</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2204</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2173</v>
+        <v>2205</v>
       </c>
       <c r="J1" t="s">
-        <v>1093</v>
+        <v>1116</v>
       </c>
       <c r="K1" t="s">
-        <v>2174</v>
+        <v>2206</v>
       </c>
       <c r="L1" t="s">
-        <v>1095</v>
+        <v>1118</v>
       </c>
       <c r="M1" t="s">
-        <v>1096</v>
+        <v>1119</v>
       </c>
       <c r="N1" t="s">
-        <v>2175</v>
+        <v>2207</v>
       </c>
       <c r="O1" t="s">
-        <v>2176</v>
+        <v>2208</v>
       </c>
       <c r="P1" t="s">
-        <v>2177</v>
+        <v>2209</v>
       </c>
       <c r="Q1" t="s">
-        <v>2178</v>
+        <v>2210</v>
       </c>
       <c r="R1" t="s">
-        <v>1097</v>
+        <v>1120</v>
       </c>
       <c r="S1" t="s">
-        <v>2179</v>
+        <v>2211</v>
       </c>
       <c r="T1" t="s">
-        <v>2180</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2181</v>
+        <v>2213</v>
       </c>
       <c r="B2" t="s">
-        <v>2182</v>
+        <v>2214</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2183</v>
+        <v>2215</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2184</v>
+        <v>2216</v>
       </c>
       <c r="H2" t="s">
-        <v>2185</v>
+        <v>2217</v>
       </c>
       <c r="I2" t="s">
-        <v>2186</v>
+        <v>2218</v>
       </c>
       <c r="J2" t="s">
-        <v>2187</v>
+        <v>2219</v>
       </c>
       <c r="K2" t="s">
-        <v>2188</v>
+        <v>2220</v>
       </c>
       <c r="L2" t="s">
-        <v>2189</v>
+        <v>2221</v>
       </c>
       <c r="M2" t="s">
-        <v>2190</v>
+        <v>2222</v>
       </c>
       <c r="N2" t="s">
-        <v>2191</v>
+        <v>2223</v>
       </c>
       <c r="O2" t="s">
         <v>11</v>
       </c>
       <c r="P2" t="s">
-        <v>2192</v>
+        <v>2224</v>
       </c>
       <c r="Q2" t="s">
-        <v>2193</v>
+        <v>2225</v>
       </c>
       <c r="R2" t="s">
-        <v>1170</v>
+        <v>1193</v>
       </c>
       <c r="S2" t="s">
-        <v>2194</v>
+        <v>2226</v>
       </c>
       <c r="T2" t="s">
-        <v>2195</v>
+        <v>2227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AD50"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2196</v>
+        <v>2228</v>
       </c>
       <c r="J1" t="s">
-        <v>2197</v>
+        <v>2229</v>
       </c>
       <c r="K1" t="s">
-        <v>2198</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B2" t="s">
-        <v>2200</v>
+        <v>2232</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2201</v>
+        <v>2233</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2202</v>
+        <v>2234</v>
       </c>
       <c r="H2" t="s">
-        <v>2203</v>
+        <v>2235</v>
       </c>
       <c r="I2" t="s">
-        <v>2204</v>
+        <v>2236</v>
       </c>
       <c r="J2" t="s">
-        <v>2205</v>
+        <v>2237</v>
       </c>
       <c r="K2" t="s">
-        <v>2206</v>
+        <v>2238</v>
       </c>
       <c r="L2" t="s">
-        <v>2207</v>
+        <v>2239</v>
+      </c>
+      <c r="M2" t="s">
+        <v>2240</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2241</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B3" t="s">
-        <v>2208</v>
+        <v>2242</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2209</v>
+        <v>2243</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2210</v>
+        <v>2244</v>
       </c>
       <c r="H3" t="s">
-        <v>2211</v>
+        <v>2245</v>
       </c>
       <c r="I3" t="s">
-        <v>2204</v>
+        <v>2236</v>
       </c>
       <c r="J3" t="s">
-        <v>2212</v>
+        <v>2246</v>
       </c>
       <c r="K3" t="s">
-        <v>2213</v>
+        <v>2247</v>
       </c>
       <c r="L3" t="s">
-        <v>2214</v>
+        <v>2248</v>
       </c>
       <c r="M3" t="s">
-        <v>2215</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B4" t="s">
-        <v>2216</v>
+        <v>2250</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2217</v>
+        <v>2251</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2218</v>
+        <v>2252</v>
       </c>
       <c r="H4" t="s">
-        <v>2219</v>
+        <v>2253</v>
       </c>
       <c r="I4" t="s">
-        <v>2220</v>
+        <v>2254</v>
       </c>
       <c r="J4" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="K4" t="s">
-        <v>2222</v>
+        <v>2256</v>
       </c>
       <c r="L4" t="s">
-        <v>2223</v>
+        <v>2257</v>
       </c>
       <c r="M4" t="s">
-        <v>2224</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B5" t="s">
-        <v>2225</v>
+        <v>2259</v>
       </c>
       <c r="C5" t="s">
         <v>11</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2226</v>
+        <v>2260</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2227</v>
+        <v>2261</v>
       </c>
       <c r="H5" t="s">
-        <v>2228</v>
+        <v>2262</v>
       </c>
       <c r="I5" t="s">
-        <v>2229</v>
+        <v>2263</v>
       </c>
       <c r="J5" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="K5" t="s">
-        <v>2231</v>
+        <v>2265</v>
       </c>
       <c r="L5" t="s">
-        <v>2232</v>
+        <v>2266</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B6" t="s">
-        <v>2233</v>
+        <v>2267</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2235</v>
+        <v>2269</v>
       </c>
       <c r="H6" t="s">
-        <v>2236</v>
+        <v>2270</v>
       </c>
       <c r="I6" t="s">
-        <v>2237</v>
+        <v>2271</v>
       </c>
       <c r="J6" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="K6" t="s">
-        <v>2239</v>
+        <v>2273</v>
       </c>
       <c r="L6" t="s">
-        <v>2240</v>
+        <v>2274</v>
       </c>
       <c r="M6" t="s">
-        <v>2241</v>
+        <v>2275</v>
       </c>
       <c r="N6" t="s">
-        <v>2242</v>
+        <v>2276</v>
       </c>
       <c r="O6" t="s">
-        <v>2243</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B7" t="s">
-        <v>2244</v>
+        <v>2278</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>2245</v>
+        <v>2279</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2246</v>
+        <v>2280</v>
       </c>
       <c r="H7" t="s">
-        <v>2247</v>
+        <v>2281</v>
       </c>
       <c r="I7" t="s">
-        <v>2248</v>
+        <v>2282</v>
       </c>
       <c r="J7" t="s">
-        <v>2249</v>
+        <v>2283</v>
       </c>
       <c r="K7" t="s">
-        <v>2250</v>
+        <v>2284</v>
       </c>
       <c r="L7" t="s">
-        <v>2251</v>
+        <v>2285</v>
       </c>
       <c r="M7" t="s">
-        <v>2252</v>
+        <v>2286</v>
       </c>
       <c r="N7" t="s">
-        <v>2253</v>
+        <v>2287</v>
       </c>
       <c r="O7" t="s">
-        <v>2254</v>
+        <v>2288</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B8" t="s">
-        <v>2255</v>
+        <v>2289</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2256</v>
+        <v>2290</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2257</v>
+        <v>2291</v>
       </c>
       <c r="H8" t="s">
-        <v>2258</v>
+        <v>2292</v>
       </c>
       <c r="I8" t="s">
-        <v>2259</v>
+        <v>2293</v>
       </c>
       <c r="J8" t="s">
-        <v>2260</v>
+        <v>2294</v>
       </c>
       <c r="K8" t="s">
-        <v>2261</v>
+        <v>2295</v>
       </c>
       <c r="L8" t="s">
-        <v>2262</v>
+        <v>2296</v>
       </c>
       <c r="M8" t="s">
-        <v>2263</v>
+        <v>2297</v>
       </c>
       <c r="N8" t="s">
-        <v>2264</v>
+        <v>2298</v>
       </c>
       <c r="O8" t="s">
-        <v>2265</v>
+        <v>2299</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B9" t="s">
-        <v>2266</v>
+        <v>2300</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2267</v>
+        <v>2301</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2268</v>
+        <v>2302</v>
       </c>
       <c r="H9" t="s">
-        <v>2269</v>
+        <v>2303</v>
       </c>
       <c r="I9" t="s">
-        <v>2270</v>
+        <v>2304</v>
       </c>
       <c r="J9" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="K9" t="s">
-        <v>2271</v>
+        <v>2305</v>
       </c>
       <c r="L9" t="s">
-        <v>2272</v>
+        <v>2306</v>
       </c>
       <c r="M9" t="s">
-        <v>2273</v>
+        <v>2307</v>
       </c>
       <c r="N9" t="s">
-        <v>2274</v>
+        <v>2308</v>
       </c>
       <c r="O9" t="s">
-        <v>2275</v>
+        <v>2309</v>
       </c>
       <c r="P9" t="s">
-        <v>2276</v>
+        <v>2310</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B10" t="s">
-        <v>2277</v>
+        <v>2311</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2278</v>
+        <v>2312</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2279</v>
+        <v>2313</v>
       </c>
       <c r="H10" t="s">
-        <v>2280</v>
+        <v>2314</v>
       </c>
       <c r="I10" t="s">
-        <v>2281</v>
+        <v>2315</v>
       </c>
       <c r="J10" t="s">
-        <v>2282</v>
+        <v>2316</v>
       </c>
       <c r="K10" t="s">
-        <v>2283</v>
+        <v>2317</v>
       </c>
       <c r="L10" t="s">
-        <v>2284</v>
+        <v>2318</v>
       </c>
       <c r="M10" t="s">
-        <v>2285</v>
+        <v>2319</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B11" t="s">
-        <v>2286</v>
+        <v>2320</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2287</v>
+        <v>2321</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2288</v>
+        <v>2322</v>
       </c>
       <c r="H11" t="s">
-        <v>2289</v>
+        <v>2323</v>
       </c>
       <c r="I11" t="s">
-        <v>2220</v>
+        <v>2254</v>
       </c>
       <c r="J11" t="s">
-        <v>2290</v>
+        <v>2324</v>
       </c>
       <c r="K11" t="s">
-        <v>2291</v>
+        <v>2325</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B12" t="s">
-        <v>2292</v>
+        <v>2326</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2293</v>
+        <v>2327</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2294</v>
+        <v>2328</v>
       </c>
       <c r="H12" t="s">
-        <v>2295</v>
+        <v>2329</v>
       </c>
       <c r="I12" t="s">
-        <v>2296</v>
+        <v>2330</v>
       </c>
       <c r="J12" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="K12" t="s">
-        <v>2297</v>
+        <v>2331</v>
       </c>
       <c r="L12" t="s">
-        <v>2298</v>
+        <v>2332</v>
       </c>
       <c r="M12" t="s">
-        <v>2299</v>
+        <v>2333</v>
       </c>
       <c r="N12" t="s">
-        <v>2300</v>
+        <v>2334</v>
       </c>
       <c r="O12" t="s">
-        <v>2301</v>
+        <v>2335</v>
       </c>
       <c r="P12" t="s">
-        <v>2302</v>
+        <v>2336</v>
       </c>
       <c r="Q12" t="s">
-        <v>2303</v>
+        <v>2337</v>
       </c>
       <c r="R12" t="s">
-        <v>2304</v>
+        <v>2338</v>
       </c>
       <c r="S12" t="s">
-        <v>2305</v>
+        <v>2339</v>
       </c>
       <c r="T12" t="s">
-        <v>2306</v>
+        <v>2340</v>
       </c>
       <c r="U12" t="s">
-        <v>2307</v>
+        <v>2341</v>
       </c>
       <c r="V12" t="s">
-        <v>2308</v>
+        <v>2342</v>
       </c>
       <c r="W12" t="s">
-        <v>2309</v>
+        <v>2343</v>
       </c>
       <c r="X12" t="s">
-        <v>2310</v>
+        <v>2344</v>
       </c>
       <c r="Y12" t="s">
-        <v>2311</v>
+        <v>2345</v>
       </c>
       <c r="Z12" t="s">
-        <v>2312</v>
+        <v>2346</v>
       </c>
       <c r="AA12" t="s">
-        <v>2313</v>
+        <v>2347</v>
       </c>
       <c r="AB12" t="s">
-        <v>2314</v>
+        <v>2348</v>
       </c>
       <c r="AC12" t="s">
-        <v>2315</v>
+        <v>2349</v>
       </c>
       <c r="AD12" t="s">
-        <v>2316</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B13" t="s">
-        <v>2317</v>
+        <v>2351</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2234</v>
+        <v>2268</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2318</v>
+        <v>2352</v>
       </c>
       <c r="H13" t="s">
-        <v>2319</v>
+        <v>2353</v>
       </c>
       <c r="I13" t="s">
-        <v>2320</v>
+        <v>2354</v>
       </c>
       <c r="J13" t="s">
-        <v>2238</v>
+        <v>2272</v>
       </c>
       <c r="K13" t="s">
-        <v>2321</v>
+        <v>2355</v>
       </c>
       <c r="L13" t="s">
-        <v>2322</v>
+        <v>2356</v>
       </c>
       <c r="M13" t="s">
-        <v>2323</v>
+        <v>2357</v>
       </c>
       <c r="N13" t="s">
-        <v>2324</v>
+        <v>2358</v>
       </c>
       <c r="O13" t="s">
-        <v>2325</v>
+        <v>2359</v>
       </c>
       <c r="P13" t="s">
-        <v>2326</v>
+        <v>2360</v>
       </c>
       <c r="Q13" t="s">
-        <v>2327</v>
+        <v>2361</v>
       </c>
       <c r="R13" t="s">
-        <v>2243</v>
+        <v>2277</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B14" t="s">
-        <v>2328</v>
+        <v>2362</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2329</v>
+        <v>2363</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2330</v>
+        <v>2364</v>
       </c>
       <c r="H14" t="s">
-        <v>2331</v>
+        <v>2365</v>
       </c>
       <c r="I14" t="s">
-        <v>2332</v>
+        <v>2366</v>
       </c>
       <c r="J14" t="s">
-        <v>2333</v>
+        <v>2367</v>
       </c>
       <c r="K14" t="s">
-        <v>2334</v>
+        <v>2368</v>
       </c>
       <c r="L14" t="s">
-        <v>2335</v>
+        <v>2369</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B15" t="s">
-        <v>2336</v>
+        <v>2370</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2337</v>
+        <v>2371</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2338</v>
+        <v>2372</v>
       </c>
       <c r="H15" t="s">
-        <v>2339</v>
+        <v>2373</v>
       </c>
       <c r="I15" t="s">
-        <v>2340</v>
+        <v>2374</v>
       </c>
       <c r="J15" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="K15" t="s">
-        <v>2341</v>
+        <v>2375</v>
       </c>
       <c r="L15" t="s">
-        <v>2342</v>
+        <v>2376</v>
       </c>
       <c r="M15" t="s">
-        <v>2343</v>
+        <v>2377</v>
       </c>
       <c r="N15" t="s">
-        <v>2344</v>
+        <v>2378</v>
       </c>
       <c r="O15" t="s">
-        <v>2345</v>
+        <v>2379</v>
       </c>
       <c r="P15" t="s">
-        <v>2346</v>
+        <v>2380</v>
       </c>
       <c r="Q15" t="s">
-        <v>2347</v>
+        <v>2381</v>
       </c>
       <c r="R15" t="s">
-        <v>2348</v>
+        <v>2382</v>
       </c>
       <c r="S15" t="s">
-        <v>2349</v>
+        <v>2383</v>
       </c>
       <c r="T15" t="s">
-        <v>2350</v>
+        <v>2384</v>
       </c>
       <c r="U15" t="s">
-        <v>2351</v>
+        <v>2385</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B16" t="s">
-        <v>2352</v>
+        <v>2386</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2353</v>
+        <v>2387</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2354</v>
+        <v>2388</v>
       </c>
       <c r="H16" t="s">
-        <v>2355</v>
+        <v>2389</v>
       </c>
       <c r="I16" t="s">
-        <v>2204</v>
+        <v>2236</v>
       </c>
       <c r="J16" t="s">
-        <v>2356</v>
+        <v>2390</v>
       </c>
       <c r="K16" t="s">
-        <v>2357</v>
+        <v>2391</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B17" t="s">
-        <v>2358</v>
+        <v>2392</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2359</v>
+        <v>2393</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2360</v>
+        <v>2394</v>
       </c>
       <c r="H17" t="s">
-        <v>2361</v>
+        <v>2395</v>
       </c>
       <c r="I17" t="s">
-        <v>2362</v>
+        <v>2396</v>
       </c>
       <c r="J17" t="s">
-        <v>2363</v>
+        <v>2397</v>
       </c>
       <c r="K17" t="s">
-        <v>2364</v>
+        <v>2398</v>
       </c>
       <c r="L17" t="s">
-        <v>2365</v>
+        <v>2399</v>
       </c>
       <c r="M17" t="s">
-        <v>2366</v>
+        <v>2400</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B18" t="s">
-        <v>2367</v>
+        <v>2401</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2368</v>
+        <v>2402</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2369</v>
+        <v>2403</v>
       </c>
       <c r="H18" t="s">
-        <v>2370</v>
+        <v>2404</v>
       </c>
       <c r="I18" t="s">
-        <v>2371</v>
+        <v>2405</v>
       </c>
       <c r="J18" t="s">
-        <v>2372</v>
+        <v>2406</v>
       </c>
       <c r="K18" t="s">
-        <v>2373</v>
+        <v>2407</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B19" t="s">
-        <v>2374</v>
+        <v>2408</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2375</v>
+        <v>2409</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2376</v>
+        <v>2410</v>
       </c>
       <c r="H19" t="s">
-        <v>2377</v>
+        <v>2411</v>
       </c>
       <c r="I19" t="s">
-        <v>2378</v>
+        <v>2412</v>
       </c>
       <c r="J19" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="K19" t="s">
-        <v>2379</v>
+        <v>2413</v>
       </c>
       <c r="L19" t="s">
-        <v>2380</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B20" t="s">
-        <v>2381</v>
+        <v>2415</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2382</v>
+        <v>2416</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2383</v>
+        <v>2417</v>
       </c>
       <c r="H20" t="s">
-        <v>2384</v>
+        <v>2418</v>
       </c>
       <c r="I20" t="s">
-        <v>2385</v>
+        <v>2419</v>
       </c>
       <c r="J20" t="s">
-        <v>2356</v>
+        <v>2390</v>
       </c>
       <c r="K20" t="s">
-        <v>2386</v>
+        <v>2420</v>
       </c>
       <c r="L20" t="s">
-        <v>2387</v>
+        <v>2421</v>
       </c>
       <c r="M20" t="s">
-        <v>2388</v>
+        <v>2422</v>
       </c>
       <c r="N20" t="s">
-        <v>2389</v>
+        <v>2423</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B21" t="s">
-        <v>2390</v>
+        <v>2424</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2391</v>
+        <v>2425</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2392</v>
+        <v>2426</v>
       </c>
       <c r="H21" t="s">
-        <v>2393</v>
+        <v>2427</v>
       </c>
       <c r="I21" t="s">
-        <v>2385</v>
+        <v>2419</v>
       </c>
       <c r="J21" t="s">
-        <v>2230</v>
+        <v>2264</v>
       </c>
       <c r="K21" t="s">
-        <v>2394</v>
+        <v>2428</v>
       </c>
       <c r="L21" t="s">
-        <v>2395</v>
+        <v>2429</v>
       </c>
       <c r="M21" t="s">
-        <v>2396</v>
+        <v>2430</v>
       </c>
       <c r="N21" t="s">
-        <v>2397</v>
+        <v>2431</v>
       </c>
       <c r="O21" t="s">
-        <v>2398</v>
+        <v>2432</v>
       </c>
       <c r="P21" t="s">
-        <v>2399</v>
+        <v>2433</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B22" t="s">
-        <v>2400</v>
+        <v>2434</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2401</v>
+        <v>2435</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2402</v>
+        <v>2436</v>
       </c>
       <c r="H22" t="s">
-        <v>2403</v>
+        <v>2437</v>
       </c>
       <c r="I22" t="s">
-        <v>2385</v>
+        <v>2419</v>
       </c>
       <c r="J22" t="s">
-        <v>2404</v>
+        <v>2438</v>
       </c>
       <c r="K22" t="s">
-        <v>2405</v>
+        <v>2439</v>
       </c>
       <c r="L22" t="s">
-        <v>2406</v>
+        <v>2440</v>
       </c>
       <c r="M22" t="s">
-        <v>2407</v>
+        <v>2441</v>
       </c>
       <c r="N22" t="s">
-        <v>2408</v>
+        <v>2442</v>
       </c>
       <c r="O22" t="s">
-        <v>2409</v>
+        <v>2443</v>
       </c>
       <c r="P22" t="s">
-        <v>2410</v>
+        <v>2444</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B23" t="s">
-        <v>2411</v>
+        <v>2445</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2412</v>
+        <v>2446</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2413</v>
+        <v>2447</v>
       </c>
       <c r="H23" t="s">
-        <v>2414</v>
+        <v>2448</v>
       </c>
       <c r="I23" t="s">
-        <v>2385</v>
+        <v>2419</v>
       </c>
       <c r="J23" t="s">
-        <v>2415</v>
+        <v>2449</v>
       </c>
       <c r="K23" t="s">
-        <v>2416</v>
+        <v>2450</v>
       </c>
       <c r="L23" t="s">
-        <v>2417</v>
+        <v>2451</v>
       </c>
       <c r="M23" t="s">
-        <v>2418</v>
+        <v>2452</v>
       </c>
       <c r="N23" t="s">
-        <v>2419</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B24" t="s">
-        <v>2420</v>
+        <v>2454</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2421</v>
+        <v>2455</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2422</v>
+        <v>2456</v>
       </c>
       <c r="H24" t="s">
-        <v>2423</v>
+        <v>2457</v>
       </c>
       <c r="I24" t="s">
-        <v>2424</v>
+        <v>2458</v>
       </c>
       <c r="J24" t="s">
-        <v>2425</v>
+        <v>2459</v>
       </c>
       <c r="K24" t="s">
-        <v>2426</v>
+        <v>2460</v>
       </c>
       <c r="L24" t="s">
-        <v>2427</v>
+        <v>2461</v>
       </c>
       <c r="M24" t="s">
-        <v>2428</v>
+        <v>2462</v>
       </c>
       <c r="N24" t="s">
-        <v>2429</v>
+        <v>2463</v>
       </c>
       <c r="O24" t="s">
-        <v>2430</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B25" t="s">
-        <v>2431</v>
+        <v>2465</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2432</v>
+        <v>2466</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2433</v>
+        <v>2467</v>
       </c>
       <c r="H25" t="s">
-        <v>2434</v>
+        <v>2468</v>
       </c>
       <c r="I25" t="s">
-        <v>2435</v>
+        <v>2469</v>
       </c>
       <c r="J25" t="s">
-        <v>2436</v>
+        <v>2470</v>
       </c>
       <c r="K25" t="s">
-        <v>2437</v>
+        <v>2471</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B26" t="s">
-        <v>2438</v>
+        <v>2472</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>2439</v>
+        <v>2473</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>2440</v>
+        <v>2474</v>
       </c>
       <c r="H26" t="s">
-        <v>2441</v>
+        <v>2475</v>
       </c>
       <c r="I26" t="s">
-        <v>2442</v>
+        <v>2476</v>
       </c>
       <c r="J26" t="s">
-        <v>2443</v>
+        <v>2477</v>
       </c>
       <c r="K26" t="s">
-        <v>2444</v>
+        <v>2478</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B27" t="s">
-        <v>2445</v>
+        <v>2479</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>2446</v>
+        <v>2480</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>2447</v>
+        <v>2481</v>
       </c>
       <c r="H27" t="s">
-        <v>2448</v>
+        <v>2482</v>
       </c>
       <c r="I27" t="s">
-        <v>2449</v>
+        <v>2483</v>
       </c>
       <c r="J27" t="s">
-        <v>2450</v>
+        <v>2484</v>
       </c>
       <c r="K27" t="s">
-        <v>2451</v>
+        <v>2485</v>
       </c>
       <c r="L27" t="s">
-        <v>2452</v>
+        <v>2486</v>
+      </c>
+      <c r="M27" t="s">
+        <v>2487</v>
+      </c>
+      <c r="N27" t="s">
+        <v>2488</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B28" t="s">
-        <v>2453</v>
+        <v>2489</v>
       </c>
       <c r="C28" t="s">
         <v>11</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>2454</v>
+        <v>2490</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>2455</v>
+        <v>2491</v>
       </c>
       <c r="H28" t="s">
-        <v>2456</v>
+        <v>2492</v>
       </c>
       <c r="I28" t="s">
-        <v>2457</v>
+        <v>2493</v>
       </c>
       <c r="J28" t="s">
-        <v>2458</v>
+        <v>2494</v>
       </c>
       <c r="K28" t="s">
-        <v>2459</v>
+        <v>2495</v>
       </c>
       <c r="L28" t="s">
-        <v>2460</v>
-[...2 lines deleted...]
-        <v>2461</v>
+        <v>2496</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B29" t="s">
-        <v>2462</v>
+        <v>2497</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>2463</v>
+        <v>2498</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>2464</v>
+        <v>2499</v>
       </c>
       <c r="H29" t="s">
-        <v>2465</v>
+        <v>2500</v>
       </c>
       <c r="I29" t="s">
-        <v>2466</v>
+        <v>2501</v>
       </c>
       <c r="J29" t="s">
-        <v>2458</v>
+        <v>2502</v>
       </c>
       <c r="K29" t="s">
-        <v>2467</v>
+        <v>2503</v>
       </c>
       <c r="L29" t="s">
-        <v>2468</v>
+        <v>2504</v>
       </c>
       <c r="M29" t="s">
-        <v>2469</v>
+        <v>2505</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B30" t="s">
-        <v>2470</v>
+        <v>2506</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>2471</v>
+        <v>2507</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>2472</v>
+        <v>2508</v>
       </c>
       <c r="H30" t="s">
-        <v>2473</v>
+        <v>2509</v>
       </c>
       <c r="I30" t="s">
-        <v>2474</v>
+        <v>2510</v>
       </c>
       <c r="J30" t="s">
-        <v>2356</v>
+        <v>2502</v>
       </c>
       <c r="K30" t="s">
-        <v>2475</v>
+        <v>2511</v>
+      </c>
+      <c r="L30" t="s">
+        <v>2512</v>
+      </c>
+      <c r="M30" t="s">
+        <v>2513</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B31" t="s">
-        <v>2476</v>
+        <v>2514</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>2477</v>
+        <v>2515</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>2478</v>
+        <v>2516</v>
       </c>
       <c r="H31" t="s">
-        <v>2479</v>
+        <v>2517</v>
       </c>
       <c r="I31" t="s">
-        <v>2480</v>
+        <v>2518</v>
       </c>
       <c r="J31" t="s">
-        <v>2481</v>
+        <v>2390</v>
       </c>
       <c r="K31" t="s">
-        <v>2482</v>
-[...23 lines deleted...]
-        <v>2490</v>
+        <v>2519</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B32" t="s">
-        <v>2491</v>
+        <v>2520</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>2492</v>
+        <v>2521</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>2493</v>
+        <v>2522</v>
       </c>
       <c r="H32" t="s">
-        <v>2494</v>
+        <v>2523</v>
       </c>
       <c r="I32" t="s">
-        <v>2495</v>
+        <v>2524</v>
       </c>
       <c r="J32" t="s">
-        <v>2496</v>
+        <v>2525</v>
       </c>
       <c r="K32" t="s">
-        <v>2497</v>
+        <v>2526</v>
       </c>
       <c r="L32" t="s">
-        <v>2498</v>
+        <v>2527</v>
       </c>
       <c r="M32" t="s">
-        <v>2499</v>
+        <v>2528</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2529</v>
+      </c>
+      <c r="O32" t="s">
+        <v>2530</v>
+      </c>
+      <c r="P32" t="s">
+        <v>2531</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2532</v>
+      </c>
+      <c r="R32" t="s">
+        <v>2533</v>
+      </c>
+      <c r="S32" t="s">
+        <v>2534</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B33" t="s">
-        <v>2500</v>
+        <v>2535</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>2501</v>
+        <v>2536</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>2502</v>
+        <v>2537</v>
       </c>
       <c r="H33" t="s">
-        <v>2503</v>
+        <v>2538</v>
       </c>
       <c r="I33" t="s">
-        <v>2504</v>
+        <v>2539</v>
       </c>
       <c r="J33" t="s">
-        <v>2230</v>
+        <v>2540</v>
       </c>
       <c r="K33" t="s">
-        <v>2505</v>
+        <v>2541</v>
       </c>
       <c r="L33" t="s">
-        <v>2506</v>
+        <v>2542</v>
       </c>
       <c r="M33" t="s">
-        <v>2506</v>
-[...2 lines deleted...]
-        <v>2507</v>
+        <v>2543</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B34" t="s">
-        <v>2508</v>
+        <v>2544</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>2509</v>
+        <v>2545</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>2510</v>
+        <v>2546</v>
       </c>
       <c r="H34" t="s">
-        <v>2511</v>
+        <v>2547</v>
       </c>
       <c r="I34" t="s">
-        <v>2512</v>
+        <v>2548</v>
       </c>
       <c r="J34" t="s">
-        <v>2513</v>
+        <v>2264</v>
       </c>
       <c r="K34" t="s">
-        <v>2514</v>
+        <v>2549</v>
       </c>
       <c r="L34" t="s">
-        <v>2515</v>
+        <v>2550</v>
       </c>
       <c r="M34" t="s">
-        <v>2516</v>
+        <v>2550</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2551</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B35" t="s">
-        <v>2517</v>
+        <v>2552</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>2518</v>
+        <v>2553</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>2519</v>
+        <v>2554</v>
       </c>
       <c r="H35" t="s">
-        <v>2520</v>
+        <v>2555</v>
       </c>
       <c r="I35" t="s">
-        <v>2521</v>
+        <v>2556</v>
       </c>
       <c r="J35" t="s">
-        <v>2522</v>
+        <v>2557</v>
       </c>
       <c r="K35" t="s">
-        <v>2523</v>
+        <v>2558</v>
       </c>
       <c r="L35" t="s">
-        <v>2524</v>
+        <v>2559</v>
       </c>
       <c r="M35" t="s">
-        <v>2525</v>
+        <v>2560</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B36" t="s">
-        <v>2526</v>
+        <v>2561</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>2527</v>
+        <v>2562</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>2528</v>
+        <v>2563</v>
       </c>
       <c r="H36" t="s">
-        <v>2529</v>
+        <v>2564</v>
       </c>
       <c r="I36" t="s">
-        <v>2530</v>
+        <v>2565</v>
       </c>
       <c r="J36" t="s">
-        <v>2531</v>
+        <v>2566</v>
       </c>
       <c r="K36" t="s">
-        <v>2532</v>
+        <v>2567</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2568</v>
+      </c>
+      <c r="M36" t="s">
+        <v>2569</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B37" t="s">
-        <v>2533</v>
+        <v>2570</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>2534</v>
+        <v>2571</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>2535</v>
+        <v>2572</v>
       </c>
       <c r="H37" t="s">
-        <v>2536</v>
+        <v>2573</v>
       </c>
       <c r="I37" t="s">
-        <v>2537</v>
+        <v>2574</v>
       </c>
       <c r="J37" t="s">
-        <v>2481</v>
+        <v>2575</v>
       </c>
       <c r="K37" t="s">
-        <v>2538</v>
-[...2 lines deleted...]
-        <v>2539</v>
+        <v>2576</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B38" t="s">
-        <v>2540</v>
+        <v>2577</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>2541</v>
+        <v>2578</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>2542</v>
+        <v>2579</v>
       </c>
       <c r="H38" t="s">
-        <v>2543</v>
+        <v>2580</v>
       </c>
       <c r="I38" t="s">
-        <v>2544</v>
+        <v>2581</v>
       </c>
       <c r="J38" t="s">
-        <v>2545</v>
+        <v>2525</v>
       </c>
       <c r="K38" t="s">
-        <v>2546</v>
+        <v>2582</v>
       </c>
       <c r="L38" t="s">
-        <v>2547</v>
-[...2 lines deleted...]
-        <v>2548</v>
+        <v>2583</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B39" t="s">
-        <v>2549</v>
+        <v>2584</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>2550</v>
+        <v>2585</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>2551</v>
+        <v>2586</v>
       </c>
       <c r="H39" t="s">
-        <v>2552</v>
+        <v>2587</v>
       </c>
       <c r="I39" t="s">
-        <v>2553</v>
+        <v>2588</v>
       </c>
       <c r="J39" t="s">
-        <v>2554</v>
+        <v>2589</v>
       </c>
       <c r="K39" t="s">
-        <v>2555</v>
+        <v>2590</v>
       </c>
       <c r="L39" t="s">
-        <v>2556</v>
+        <v>2591</v>
       </c>
       <c r="M39" t="s">
-        <v>2557</v>
+        <v>2592</v>
       </c>
       <c r="N39" t="s">
-        <v>2558</v>
+        <v>2593</v>
       </c>
       <c r="O39" t="s">
-        <v>2559</v>
+        <v>2594</v>
       </c>
       <c r="P39" t="s">
-        <v>2560</v>
+        <v>2595</v>
       </c>
       <c r="Q39" t="s">
-        <v>2561</v>
+        <v>2596</v>
       </c>
       <c r="R39" t="s">
-        <v>2562</v>
+        <v>2597</v>
       </c>
       <c r="S39" t="s">
-        <v>2563</v>
+        <v>2598</v>
       </c>
       <c r="T39" t="s">
-        <v>2564</v>
+        <v>2599</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B40" t="s">
-        <v>2565</v>
+        <v>2600</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>2566</v>
+        <v>2601</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>2567</v>
+        <v>2602</v>
       </c>
       <c r="H40" t="s">
-        <v>2568</v>
+        <v>2603</v>
       </c>
       <c r="I40" t="s">
-        <v>2569</v>
+        <v>2604</v>
       </c>
       <c r="J40" t="s">
-        <v>2260</v>
+        <v>2294</v>
       </c>
       <c r="K40" t="s">
-        <v>2570</v>
+        <v>2605</v>
       </c>
       <c r="L40" t="s">
-        <v>2571</v>
+        <v>2606</v>
       </c>
       <c r="M40" t="s">
-        <v>2572</v>
+        <v>2607</v>
       </c>
       <c r="N40" t="s">
-        <v>2573</v>
+        <v>2608</v>
       </c>
       <c r="O40" t="s">
-        <v>2574</v>
+        <v>2609</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B41" t="s">
-        <v>2575</v>
+        <v>2610</v>
       </c>
       <c r="C41" t="s">
         <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>2576</v>
+        <v>2611</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>2577</v>
+        <v>2612</v>
       </c>
       <c r="H41" t="s">
-        <v>2578</v>
+        <v>2613</v>
       </c>
       <c r="I41" t="s">
-        <v>2579</v>
+        <v>2614</v>
       </c>
       <c r="J41" t="s">
-        <v>2481</v>
+        <v>2525</v>
       </c>
       <c r="K41" t="s">
-        <v>2580</v>
+        <v>2615</v>
       </c>
       <c r="L41" t="s">
-        <v>2581</v>
+        <v>2616</v>
       </c>
       <c r="M41" t="s">
-        <v>2582</v>
+        <v>2617</v>
       </c>
       <c r="N41" t="s">
-        <v>2583</v>
+        <v>2618</v>
       </c>
       <c r="O41" t="s">
-        <v>2584</v>
+        <v>2619</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B42" t="s">
-        <v>2585</v>
+        <v>2620</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>2586</v>
+        <v>2621</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>2587</v>
+        <v>2622</v>
       </c>
       <c r="H42" t="s">
-        <v>2588</v>
+        <v>2623</v>
       </c>
       <c r="I42" t="s">
-        <v>2589</v>
+        <v>2624</v>
       </c>
       <c r="J42" t="s">
-        <v>2590</v>
+        <v>2625</v>
       </c>
       <c r="K42" t="s">
-        <v>2591</v>
+        <v>2626</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B43" t="s">
-        <v>2592</v>
+        <v>2627</v>
       </c>
       <c r="C43" t="s">
         <v>11</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>2593</v>
+        <v>2628</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>2594</v>
+        <v>2629</v>
       </c>
       <c r="H43" t="s">
-        <v>2595</v>
+        <v>2630</v>
       </c>
       <c r="I43" t="s">
-        <v>2596</v>
+        <v>2631</v>
       </c>
       <c r="J43" t="s">
-        <v>2260</v>
+        <v>2294</v>
       </c>
       <c r="K43" t="s">
-        <v>2597</v>
+        <v>2632</v>
       </c>
       <c r="L43" t="s">
-        <v>2598</v>
+        <v>2633</v>
       </c>
       <c r="M43" t="s">
-        <v>2599</v>
+        <v>2634</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B44" t="s">
-        <v>2600</v>
+        <v>2635</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>2601</v>
+        <v>2636</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>2602</v>
+        <v>2637</v>
       </c>
       <c r="H44" t="s">
-        <v>2603</v>
+        <v>2638</v>
       </c>
       <c r="I44" t="s">
-        <v>2604</v>
+        <v>2639</v>
       </c>
       <c r="J44" t="s">
-        <v>2605</v>
+        <v>2640</v>
       </c>
       <c r="K44" t="s">
-        <v>2606</v>
+        <v>2641</v>
       </c>
       <c r="L44" t="s">
-        <v>2607</v>
+        <v>2642</v>
       </c>
       <c r="M44" t="s">
-        <v>2608</v>
+        <v>2643</v>
       </c>
       <c r="N44" t="s">
-        <v>2609</v>
+        <v>2644</v>
       </c>
       <c r="O44" t="s">
-        <v>2610</v>
+        <v>2645</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B45" t="s">
-        <v>2611</v>
+        <v>2646</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>2612</v>
+        <v>2647</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>2613</v>
+        <v>2648</v>
       </c>
       <c r="H45" t="s">
-        <v>2614</v>
+        <v>2649</v>
       </c>
       <c r="I45" t="s">
-        <v>2615</v>
+        <v>2650</v>
       </c>
       <c r="J45" t="s">
-        <v>2415</v>
+        <v>2449</v>
       </c>
       <c r="K45" t="s">
-        <v>2616</v>
+        <v>2651</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B46" t="s">
-        <v>2617</v>
+        <v>2652</v>
       </c>
       <c r="C46" t="s">
         <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>2618</v>
+        <v>2653</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>2619</v>
+        <v>2654</v>
       </c>
       <c r="H46" t="s">
-        <v>2620</v>
+        <v>2655</v>
       </c>
       <c r="I46" t="s">
-        <v>2621</v>
+        <v>2656</v>
       </c>
       <c r="J46" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="K46" t="s">
-        <v>2622</v>
+        <v>2657</v>
       </c>
       <c r="L46" t="s">
-        <v>2623</v>
+        <v>2658</v>
       </c>
       <c r="M46" t="s">
-        <v>2624</v>
+        <v>2659</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B47" t="s">
-        <v>2625</v>
+        <v>2660</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>2217</v>
+        <v>2251</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>2626</v>
+        <v>2661</v>
       </c>
       <c r="H47" t="s">
-        <v>2627</v>
+        <v>2662</v>
       </c>
       <c r="I47" t="s">
-        <v>2628</v>
+        <v>2663</v>
       </c>
       <c r="J47" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="K47" t="s">
-        <v>2629</v>
+        <v>2664</v>
       </c>
       <c r="L47" t="s">
-        <v>2630</v>
+        <v>2665</v>
       </c>
       <c r="M47" t="s">
-        <v>2631</v>
+        <v>2666</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B48" t="s">
-        <v>2632</v>
+        <v>2667</v>
       </c>
       <c r="C48" t="s">
         <v>11</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>2633</v>
+        <v>2668</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>2634</v>
+        <v>2669</v>
       </c>
       <c r="H48" t="s">
-        <v>2635</v>
+        <v>2670</v>
       </c>
       <c r="I48" t="s">
-        <v>2636</v>
+        <v>2671</v>
       </c>
       <c r="J48" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="K48" t="s">
-        <v>2637</v>
+        <v>2672</v>
       </c>
       <c r="L48" t="s">
-        <v>2638</v>
+        <v>2673</v>
       </c>
       <c r="M48" t="s">
-        <v>2639</v>
+        <v>2674</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B49" t="s">
-        <v>2640</v>
+        <v>2675</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>2421</v>
+        <v>2455</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>2641</v>
+        <v>2676</v>
       </c>
       <c r="H49" t="s">
-        <v>2642</v>
+        <v>2677</v>
       </c>
       <c r="I49" t="s">
-        <v>2643</v>
+        <v>2678</v>
       </c>
       <c r="J49" t="s">
-        <v>2221</v>
+        <v>2255</v>
       </c>
       <c r="K49" t="s">
-        <v>2644</v>
+        <v>2679</v>
       </c>
       <c r="L49" t="s">
-        <v>2645</v>
+        <v>2680</v>
       </c>
       <c r="M49" t="s">
-        <v>2646</v>
+        <v>2681</v>
       </c>
       <c r="N49" t="s">
-        <v>2647</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2199</v>
+        <v>2231</v>
       </c>
       <c r="B50" t="s">
-        <v>2648</v>
+        <v>2683</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>2649</v>
+        <v>2684</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>2650</v>
+        <v>2685</v>
       </c>
       <c r="H50" t="s">
-        <v>2651</v>
+        <v>2686</v>
       </c>
       <c r="I50" t="s">
-        <v>2652</v>
+        <v>2687</v>
       </c>
       <c r="J50" t="s">
-        <v>2372</v>
+        <v>2406</v>
       </c>
       <c r="K50" t="s">
-        <v>2653</v>
+        <v>2688</v>
       </c>
       <c r="L50" t="s">
-        <v>2654</v>
+        <v>2689</v>
       </c>
       <c r="M50" t="s">
-        <v>2655</v>
+        <v>2690</v>
       </c>
       <c r="N50" t="s">
-        <v>2656</v>
+        <v>2691</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet17.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B2" t="s">
-        <v>2658</v>
+        <v>2693</v>
       </c>
       <c r="C2" t="s">
-        <v>2659</v>
+        <v>2694</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>2660</v>
+        <v>2695</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>2661</v>
+        <v>2696</v>
       </c>
       <c r="H2" t="s">
-        <v>2662</v>
+        <v>2697</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B3" t="s">
-        <v>2663</v>
+        <v>2698</v>
       </c>
       <c r="C3" t="s">
-        <v>2664</v>
+        <v>2699</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>2665</v>
+        <v>2700</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>2666</v>
+        <v>2701</v>
       </c>
       <c r="H3" t="s">
-        <v>2667</v>
+        <v>2702</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B4" t="s">
-        <v>2668</v>
+        <v>2703</v>
       </c>
       <c r="C4" t="s">
-        <v>2669</v>
+        <v>2704</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>2670</v>
+        <v>2705</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>2671</v>
+        <v>2706</v>
       </c>
       <c r="H4" t="s">
-        <v>2672</v>
+        <v>2707</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B5" t="s">
-        <v>2673</v>
+        <v>2708</v>
       </c>
       <c r="C5" t="s">
-        <v>2674</v>
+        <v>2709</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>2675</v>
+        <v>2710</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>2676</v>
+        <v>2711</v>
       </c>
       <c r="H5" t="s">
-        <v>2677</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B6" t="s">
-        <v>2678</v>
+        <v>2713</v>
       </c>
       <c r="C6" t="s">
-        <v>2679</v>
+        <v>2714</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>1462</v>
+        <v>1485</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>2680</v>
+        <v>2715</v>
       </c>
       <c r="H6" t="s">
-        <v>2681</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B7" t="s">
-        <v>2682</v>
+        <v>2717</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>1996</v>
+        <v>2024</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>2683</v>
+        <v>2718</v>
       </c>
       <c r="H7" t="s">
-        <v>2684</v>
+        <v>2719</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B8" t="s">
-        <v>2685</v>
+        <v>2720</v>
       </c>
       <c r="C8" t="s">
-        <v>2686</v>
+        <v>2721</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>2687</v>
+        <v>2722</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>2688</v>
+        <v>2723</v>
       </c>
       <c r="H8" t="s">
-        <v>2689</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B9" t="s">
-        <v>2690</v>
+        <v>2725</v>
       </c>
       <c r="C9" t="s">
-        <v>2691</v>
+        <v>2726</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>2692</v>
+        <v>2727</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>2693</v>
+        <v>2728</v>
       </c>
       <c r="H9" t="s">
-        <v>2694</v>
+        <v>2729</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B10" t="s">
-        <v>2695</v>
+        <v>2730</v>
       </c>
       <c r="C10" t="s">
-        <v>2696</v>
+        <v>2731</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>2697</v>
+        <v>2732</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>2698</v>
+        <v>2733</v>
       </c>
       <c r="H10" t="s">
-        <v>2699</v>
+        <v>2734</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B11" t="s">
-        <v>2700</v>
+        <v>2735</v>
       </c>
       <c r="C11" t="s">
-        <v>2701</v>
+        <v>2736</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>2702</v>
+        <v>2737</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>2703</v>
+        <v>2738</v>
       </c>
       <c r="H11" t="s">
-        <v>2704</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B12" t="s">
-        <v>2705</v>
+        <v>2740</v>
       </c>
       <c r="C12" t="s">
-        <v>2706</v>
+        <v>2741</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>2707</v>
+        <v>2742</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>2708</v>
+        <v>2743</v>
       </c>
       <c r="H12" t="s">
-        <v>2709</v>
+        <v>2744</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B13" t="s">
-        <v>2710</v>
+        <v>2745</v>
       </c>
       <c r="C13" t="s">
-        <v>2711</v>
+        <v>2746</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>2712</v>
+        <v>2747</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>2713</v>
+        <v>2748</v>
       </c>
       <c r="H13" t="s">
-        <v>2714</v>
+        <v>2749</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B14" t="s">
-        <v>2715</v>
+        <v>2750</v>
       </c>
       <c r="C14" t="s">
-        <v>2716</v>
+        <v>2751</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>2717</v>
+        <v>2752</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>2718</v>
+        <v>2753</v>
       </c>
       <c r="H14" t="s">
-        <v>2719</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B15" t="s">
-        <v>2720</v>
+        <v>2755</v>
       </c>
       <c r="C15" t="s">
-        <v>2721</v>
+        <v>2756</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>2722</v>
+        <v>2757</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>2723</v>
+        <v>2758</v>
       </c>
       <c r="H15" t="s">
-        <v>2724</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B16" t="s">
-        <v>2725</v>
+        <v>2760</v>
       </c>
       <c r="C16" t="s">
-        <v>2726</v>
+        <v>2761</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>2727</v>
+        <v>2762</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>2728</v>
+        <v>2763</v>
       </c>
       <c r="H16" t="s">
-        <v>2729</v>
+        <v>2764</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B17" t="s">
-        <v>2730</v>
+        <v>2765</v>
       </c>
       <c r="C17" t="s">
-        <v>2731</v>
+        <v>2766</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>2732</v>
+        <v>2767</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>2733</v>
+        <v>2768</v>
       </c>
       <c r="H17" t="s">
-        <v>2734</v>
+        <v>2769</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B18" t="s">
-        <v>2735</v>
+        <v>2770</v>
       </c>
       <c r="C18" t="s">
-        <v>2736</v>
+        <v>2771</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>2737</v>
+        <v>2772</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>2738</v>
+        <v>2773</v>
       </c>
       <c r="H18" t="s">
-        <v>2739</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B19" t="s">
-        <v>2740</v>
+        <v>2775</v>
       </c>
       <c r="C19" t="s">
-        <v>2741</v>
+        <v>2776</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>2742</v>
+        <v>2777</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>2743</v>
+        <v>2778</v>
       </c>
       <c r="H19" t="s">
-        <v>2744</v>
+        <v>2779</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B20" t="s">
-        <v>2745</v>
+        <v>2780</v>
       </c>
       <c r="C20" t="s">
-        <v>2746</v>
+        <v>2781</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>2747</v>
+        <v>2782</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>2748</v>
+        <v>2783</v>
       </c>
       <c r="H20" t="s">
-        <v>2749</v>
+        <v>2784</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B21" t="s">
-        <v>2750</v>
+        <v>2785</v>
       </c>
       <c r="C21" t="s">
-        <v>2751</v>
+        <v>2786</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>2752</v>
+        <v>2787</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>2753</v>
+        <v>2788</v>
       </c>
       <c r="H21" t="s">
-        <v>2754</v>
+        <v>2789</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B22" t="s">
-        <v>2755</v>
+        <v>2790</v>
       </c>
       <c r="C22" t="s">
-        <v>2756</v>
+        <v>2791</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>2757</v>
+        <v>2792</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>2758</v>
+        <v>2793</v>
       </c>
       <c r="H22" t="s">
-        <v>2759</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B23" t="s">
-        <v>2760</v>
+        <v>2795</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>2761</v>
+        <v>2796</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>2762</v>
+        <v>2797</v>
       </c>
       <c r="H23" t="s">
-        <v>2763</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B24" t="s">
-        <v>2764</v>
+        <v>2799</v>
       </c>
       <c r="C24" t="s">
-        <v>2765</v>
+        <v>2800</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>2766</v>
+        <v>2801</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>2767</v>
+        <v>2802</v>
       </c>
       <c r="H24" t="s">
-        <v>2768</v>
+        <v>2803</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2657</v>
+        <v>2692</v>
       </c>
       <c r="B25" t="s">
-        <v>2769</v>
+        <v>2804</v>
       </c>
       <c r="C25" t="s">
-        <v>2770</v>
+        <v>2805</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>2771</v>
+        <v>2806</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>2772</v>
+        <v>2807</v>
       </c>
       <c r="H25" t="s">
-        <v>2773</v>
+        <v>2808</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -17504,51 +17670,51 @@
       </c>
       <c r="D13" t="s">
         <v>82</v>
       </c>
       <c r="E13" t="s">
         <v>83</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
         <v>84</v>
       </c>
       <c r="H13" t="s">
         <v>85</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H108"/>
+  <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -17654,100 +17820,100 @@
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>105</v>
       </c>
       <c r="H5" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>86</v>
       </c>
       <c r="B6" t="s">
         <v>107</v>
       </c>
       <c r="C6" t="s">
         <v>108</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="H6" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>86</v>
       </c>
       <c r="B7" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C7" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D7" t="s">
-        <v>113</v>
+        <v>11</v>
       </c>
       <c r="E7" t="s">
+        <v>109</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
         <v>114</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>86</v>
       </c>
       <c r="B8" t="s">
+        <v>116</v>
+      </c>
+      <c r="C8" t="s">
         <v>117</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>118</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E8" t="s">
         <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
         <v>120</v>
       </c>
       <c r="H8" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>86</v>
       </c>
       <c r="B9" t="s">
         <v>122</v>
       </c>
       <c r="C9" t="s">
         <v>123</v>
       </c>
       <c r="D9" t="s">
@@ -17758,230 +17924,230 @@
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
         <v>125</v>
       </c>
       <c r="H9" t="s">
         <v>126</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>86</v>
       </c>
       <c r="B10" t="s">
         <v>127</v>
       </c>
       <c r="C10" t="s">
         <v>128</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>104</v>
+        <v>129</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="H10" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>86</v>
       </c>
       <c r="B11" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C11" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>133</v>
+        <v>109</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
         <v>134</v>
       </c>
       <c r="H11" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>86</v>
       </c>
       <c r="B12" t="s">
         <v>136</v>
       </c>
       <c r="C12" t="s">
         <v>137</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>124</v>
+        <v>138</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="H12" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>86</v>
       </c>
       <c r="B13" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C13" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="D13" t="s">
-        <v>142</v>
+        <v>11</v>
       </c>
       <c r="E13" t="s">
+        <v>129</v>
+      </c>
+      <c r="F13" t="s">
+        <v>11</v>
+      </c>
+      <c r="G13" t="s">
         <v>143</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>86</v>
       </c>
       <c r="B14" t="s">
+        <v>145</v>
+      </c>
+      <c r="C14" t="s">
         <v>146</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>147</v>
       </c>
-      <c r="D14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E14" t="s">
-        <v>124</v>
+        <v>148</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H14" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>86</v>
       </c>
       <c r="B15" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C15" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
         <v>153</v>
       </c>
       <c r="H15" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>86</v>
       </c>
       <c r="B16" t="s">
         <v>155</v>
       </c>
       <c r="C16" t="s">
         <v>156</v>
       </c>
       <c r="D16" t="s">
+        <v>11</v>
+      </c>
+      <c r="E16" t="s">
         <v>157</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>11</v>
+      </c>
+      <c r="G16" t="s">
         <v>158</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>159</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>86</v>
       </c>
       <c r="B17" t="s">
+        <v>160</v>
+      </c>
+      <c r="C17" t="s">
         <v>161</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E17" t="s">
         <v>163</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
         <v>164</v>
       </c>
       <c r="H17" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>86</v>
       </c>
       <c r="B18" t="s">
         <v>166</v>
       </c>
       <c r="C18" t="s">
         <v>167</v>
       </c>
       <c r="D18" t="s">
@@ -18044,207 +18210,207 @@
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
         <v>179</v>
       </c>
       <c r="H20" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>86</v>
       </c>
       <c r="B21" t="s">
         <v>181</v>
       </c>
       <c r="C21" t="s">
         <v>182</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>133</v>
+        <v>183</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="H21" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>86</v>
       </c>
       <c r="B22" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C22" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>187</v>
+        <v>138</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>188</v>
       </c>
       <c r="H22" t="s">
         <v>189</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>86</v>
       </c>
       <c r="B23" t="s">
         <v>190</v>
       </c>
       <c r="C23" t="s">
         <v>191</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>119</v>
+        <v>192</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="H23" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>86</v>
       </c>
       <c r="B24" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C24" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>196</v>
+        <v>124</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>197</v>
       </c>
       <c r="H24" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>86</v>
       </c>
       <c r="B25" t="s">
         <v>199</v>
       </c>
       <c r="C25" t="s">
         <v>200</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>104</v>
+        <v>201</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H25" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>86</v>
       </c>
       <c r="B26" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C26" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H26" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>86</v>
       </c>
       <c r="B27" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C27" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>209</v>
+        <v>157</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
         <v>210</v>
       </c>
       <c r="H27" t="s">
         <v>211</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>86</v>
       </c>
       <c r="B28" t="s">
         <v>212</v>
       </c>
       <c r="C28" t="s">
         <v>213</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
@@ -18434,233 +18600,233 @@
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
         <v>250</v>
       </c>
       <c r="H35" t="s">
         <v>251</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>86</v>
       </c>
       <c r="B36" t="s">
         <v>252</v>
       </c>
       <c r="C36" t="s">
         <v>253</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>214</v>
+        <v>254</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>86</v>
       </c>
       <c r="B37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>258</v>
+        <v>219</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
         <v>259</v>
       </c>
       <c r="H37" t="s">
         <v>260</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>86</v>
       </c>
       <c r="B38" t="s">
         <v>261</v>
       </c>
       <c r="C38" t="s">
         <v>262</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
         <v>263</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
         <v>264</v>
       </c>
       <c r="H38" t="s">
         <v>265</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>86</v>
       </c>
       <c r="B39" t="s">
         <v>266</v>
       </c>
       <c r="C39" t="s">
         <v>267</v>
       </c>
       <c r="D39" t="s">
+        <v>11</v>
+      </c>
+      <c r="E39" t="s">
         <v>268</v>
       </c>
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>11</v>
+      </c>
+      <c r="G39" t="s">
         <v>269</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>86</v>
       </c>
       <c r="B40" t="s">
+        <v>271</v>
+      </c>
+      <c r="C40" t="s">
         <v>272</v>
       </c>
-      <c r="C40" t="s">
+      <c r="D40" t="s">
         <v>273</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" t="s">
-        <v>196</v>
+        <v>274</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H40" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>86</v>
       </c>
       <c r="B41" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="C41" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>278</v>
+        <v>201</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
         <v>279</v>
       </c>
       <c r="H41" t="s">
         <v>280</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>86</v>
       </c>
       <c r="B42" t="s">
         <v>281</v>
       </c>
       <c r="C42" t="s">
         <v>282</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>152</v>
+        <v>283</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="H42" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>86</v>
       </c>
       <c r="B43" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C43" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>287</v>
+        <v>157</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
         <v>288</v>
       </c>
       <c r="H43" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>86</v>
       </c>
       <c r="B44" t="s">
         <v>290</v>
       </c>
       <c r="C44" t="s">
         <v>291</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
@@ -18720,207 +18886,207 @@
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
         <v>303</v>
       </c>
       <c r="H46" t="s">
         <v>304</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>86</v>
       </c>
       <c r="B47" t="s">
         <v>305</v>
       </c>
       <c r="C47" t="s">
         <v>306</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>119</v>
+        <v>307</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H47" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>86</v>
       </c>
       <c r="B48" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C48" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>234</v>
+        <v>124</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="H48" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>86</v>
       </c>
       <c r="B49" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C49" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>104</v>
+        <v>239</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="H49" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>86</v>
       </c>
       <c r="B50" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="C50" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="H50" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>86</v>
       </c>
       <c r="B51" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C51" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="H51" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>86</v>
       </c>
       <c r="B52" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="C52" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>152</v>
+        <v>109</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="H52" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>86</v>
       </c>
       <c r="B53" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="C53" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>331</v>
+        <v>157</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
         <v>332</v>
       </c>
       <c r="H53" t="s">
         <v>333</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>86</v>
       </c>
       <c r="B54" t="s">
         <v>334</v>
       </c>
       <c r="C54" t="s">
         <v>335</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
@@ -18928,77 +19094,77 @@
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
         <v>337</v>
       </c>
       <c r="H54" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>86</v>
       </c>
       <c r="B55" t="s">
         <v>339</v>
       </c>
       <c r="C55" t="s">
         <v>340</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>119</v>
+        <v>341</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="H55" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>86</v>
       </c>
       <c r="B56" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C56" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>345</v>
+        <v>124</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
         <v>346</v>
       </c>
       <c r="H56" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>86</v>
       </c>
       <c r="B57" t="s">
         <v>348</v>
       </c>
       <c r="C57" t="s">
         <v>349</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
@@ -19032,181 +19198,181 @@
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
         <v>356</v>
       </c>
       <c r="H58" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>86</v>
       </c>
       <c r="B59" t="s">
         <v>358</v>
       </c>
       <c r="C59" t="s">
         <v>359</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>196</v>
+        <v>360</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="H59" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>86</v>
       </c>
       <c r="B60" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C60" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="D60" t="s">
-        <v>364</v>
+        <v>11</v>
       </c>
       <c r="E60" t="s">
+        <v>201</v>
+      </c>
+      <c r="F60" t="s">
+        <v>11</v>
+      </c>
+      <c r="G60" t="s">
         <v>365</v>
       </c>
-      <c r="F60" t="s">
-[...2 lines deleted...]
-      <c r="G60" t="s">
+      <c r="H60" t="s">
         <v>366</v>
-      </c>
-[...1 lines deleted...]
-        <v>367</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>86</v>
       </c>
       <c r="B61" t="s">
+        <v>367</v>
+      </c>
+      <c r="C61" t="s">
         <v>368</v>
       </c>
-      <c r="C61" t="s">
+      <c r="D61" t="s">
         <v>369</v>
       </c>
-      <c r="D61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E61" t="s">
-        <v>124</v>
+        <v>370</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="H61" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>86</v>
       </c>
       <c r="B62" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="C62" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>234</v>
+        <v>129</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H62" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>86</v>
       </c>
       <c r="B63" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C63" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>104</v>
+        <v>239</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="H63" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>86</v>
       </c>
       <c r="B64" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="C64" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>382</v>
+        <v>109</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
         <v>383</v>
       </c>
       <c r="H64" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>86</v>
       </c>
       <c r="B65" t="s">
         <v>385</v>
       </c>
       <c r="C65" t="s">
         <v>386</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
@@ -19263,259 +19429,259 @@
       </c>
       <c r="E67" t="s">
         <v>397</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
         <v>398</v>
       </c>
       <c r="H67" t="s">
         <v>399</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>86</v>
       </c>
       <c r="B68" t="s">
         <v>400</v>
       </c>
       <c r="C68" t="s">
         <v>401</v>
       </c>
       <c r="D68" t="s">
+        <v>11</v>
+      </c>
+      <c r="E68" t="s">
         <v>402</v>
       </c>
-      <c r="E68" t="s">
+      <c r="F68" t="s">
+        <v>11</v>
+      </c>
+      <c r="G68" t="s">
         <v>403</v>
       </c>
-      <c r="F68" t="s">
-[...2 lines deleted...]
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>404</v>
-      </c>
-[...1 lines deleted...]
-        <v>405</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>86</v>
       </c>
       <c r="B69" t="s">
+        <v>405</v>
+      </c>
+      <c r="C69" t="s">
         <v>406</v>
       </c>
-      <c r="C69" t="s">
+      <c r="D69" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E69" t="s">
         <v>408</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
         <v>409</v>
       </c>
       <c r="H69" t="s">
         <v>410</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>86</v>
       </c>
       <c r="B70" t="s">
         <v>411</v>
       </c>
       <c r="C70" t="s">
         <v>412</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>124</v>
+        <v>413</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H70" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>86</v>
       </c>
       <c r="B71" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C71" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>152</v>
+        <v>129</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H71" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>86</v>
       </c>
       <c r="B72" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C72" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D72" t="s">
-        <v>421</v>
+        <v>11</v>
       </c>
       <c r="E72" t="s">
+        <v>157</v>
+      </c>
+      <c r="F72" t="s">
+        <v>11</v>
+      </c>
+      <c r="G72" t="s">
         <v>422</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>423</v>
-      </c>
-[...1 lines deleted...]
-        <v>424</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>86</v>
       </c>
       <c r="B73" t="s">
+        <v>424</v>
+      </c>
+      <c r="C73" t="s">
         <v>425</v>
       </c>
-      <c r="C73" t="s">
+      <c r="D73" t="s">
         <v>426</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E73" t="s">
         <v>427</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
         <v>428</v>
       </c>
       <c r="H73" t="s">
         <v>429</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>86</v>
       </c>
       <c r="B74" t="s">
         <v>430</v>
       </c>
       <c r="C74" t="s">
         <v>431</v>
       </c>
       <c r="D74" t="s">
+        <v>11</v>
+      </c>
+      <c r="E74" t="s">
         <v>432</v>
       </c>
-      <c r="E74" t="s">
+      <c r="F74" t="s">
+        <v>11</v>
+      </c>
+      <c r="G74" t="s">
         <v>433</v>
       </c>
-      <c r="F74" t="s">
-[...2 lines deleted...]
-      <c r="G74" t="s">
+      <c r="H74" t="s">
         <v>434</v>
-      </c>
-[...1 lines deleted...]
-        <v>435</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>86</v>
       </c>
       <c r="B75" t="s">
+        <v>435</v>
+      </c>
+      <c r="C75" t="s">
         <v>436</v>
       </c>
-      <c r="C75" t="s">
+      <c r="D75" t="s">
         <v>437</v>
       </c>
-      <c r="D75" t="s">
+      <c r="E75" t="s">
         <v>438</v>
       </c>
-      <c r="E75" t="s">
+      <c r="F75" t="s">
+        <v>11</v>
+      </c>
+      <c r="G75" t="s">
         <v>439</v>
       </c>
-      <c r="F75" t="s">
-[...2 lines deleted...]
-      <c r="G75" t="s">
+      <c r="H75" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>86</v>
       </c>
       <c r="B76" t="s">
+        <v>441</v>
+      </c>
+      <c r="C76" t="s">
         <v>442</v>
       </c>
-      <c r="C76" t="s">
+      <c r="D76" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
       <c r="E76" t="s">
         <v>444</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
         <v>445</v>
       </c>
       <c r="H76" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>86</v>
       </c>
       <c r="B77" t="s">
         <v>447</v>
       </c>
       <c r="C77" t="s">
         <v>448</v>
       </c>
       <c r="D77" t="s">
@@ -19705,236 +19871,236 @@
       </c>
       <c r="E84" t="s">
         <v>484</v>
       </c>
       <c r="F84" t="s">
         <v>11</v>
       </c>
       <c r="G84" t="s">
         <v>485</v>
       </c>
       <c r="H84" t="s">
         <v>486</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>86</v>
       </c>
       <c r="B85" t="s">
         <v>487</v>
       </c>
       <c r="C85" t="s">
         <v>488</v>
       </c>
       <c r="D85" t="s">
-        <v>432</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>433</v>
+        <v>489</v>
       </c>
       <c r="F85" t="s">
         <v>11</v>
       </c>
       <c r="G85" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="H85" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>86</v>
       </c>
       <c r="B86" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C86" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D86" t="s">
         <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="F86" t="s">
         <v>11</v>
       </c>
       <c r="G86" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="H86" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>86</v>
       </c>
       <c r="B87" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="C87" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="D87" t="s">
-        <v>11</v>
+        <v>437</v>
       </c>
       <c r="E87" t="s">
-        <v>119</v>
+        <v>438</v>
       </c>
       <c r="F87" t="s">
         <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H87" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>86</v>
       </c>
       <c r="B88" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C88" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="D88" t="s">
         <v>11</v>
       </c>
       <c r="E88" t="s">
-        <v>119</v>
+        <v>503</v>
       </c>
       <c r="F88" t="s">
         <v>11</v>
       </c>
       <c r="G88" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="H88" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>86</v>
       </c>
       <c r="B89" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C89" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D89" t="s">
         <v>11</v>
       </c>
       <c r="E89" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="F89" t="s">
         <v>11</v>
       </c>
       <c r="G89" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="H89" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>86</v>
       </c>
       <c r="B90" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="C90" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
       <c r="D90" t="s">
         <v>11</v>
       </c>
       <c r="E90" t="s">
-        <v>133</v>
+        <v>124</v>
       </c>
       <c r="F90" t="s">
         <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="H90" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>86</v>
       </c>
       <c r="B91" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="C91" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="D91" t="s">
         <v>11</v>
       </c>
       <c r="E91" t="s">
-        <v>514</v>
+        <v>138</v>
       </c>
       <c r="F91" t="s">
         <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H91" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>86</v>
       </c>
       <c r="B92" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="C92" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="D92" t="s">
         <v>11</v>
       </c>
       <c r="E92" t="s">
-        <v>519</v>
+        <v>138</v>
       </c>
       <c r="F92" t="s">
         <v>11</v>
       </c>
       <c r="G92" t="s">
         <v>520</v>
       </c>
       <c r="H92" t="s">
         <v>521</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>86</v>
       </c>
       <c r="B93" t="s">
         <v>522</v>
       </c>
       <c r="C93" t="s">
         <v>523</v>
       </c>
       <c r="D93" t="s">
         <v>11</v>
       </c>
       <c r="E93" t="s">
@@ -19942,233 +20108,233 @@
       </c>
       <c r="F93" t="s">
         <v>11</v>
       </c>
       <c r="G93" t="s">
         <v>525</v>
       </c>
       <c r="H93" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>86</v>
       </c>
       <c r="B94" t="s">
         <v>527</v>
       </c>
       <c r="C94" t="s">
         <v>528</v>
       </c>
       <c r="D94" t="s">
         <v>11</v>
       </c>
       <c r="E94" t="s">
-        <v>196</v>
+        <v>529</v>
       </c>
       <c r="F94" t="s">
         <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H94" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>86</v>
       </c>
       <c r="B95" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C95" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D95" t="s">
         <v>11</v>
       </c>
       <c r="E95" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F95" t="s">
         <v>11</v>
       </c>
       <c r="G95" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H95" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>86</v>
       </c>
       <c r="B96" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C96" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D96" t="s">
         <v>11</v>
       </c>
       <c r="E96" t="s">
-        <v>382</v>
+        <v>201</v>
       </c>
       <c r="F96" t="s">
         <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="H96" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>86</v>
       </c>
       <c r="B97" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="C97" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="D97" t="s">
         <v>11</v>
       </c>
       <c r="E97" t="s">
-        <v>382</v>
+        <v>543</v>
       </c>
       <c r="F97" t="s">
         <v>11</v>
       </c>
       <c r="G97" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="H97" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>86</v>
       </c>
       <c r="B98" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C98" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D98" t="s">
         <v>11</v>
       </c>
       <c r="E98" t="s">
-        <v>152</v>
+        <v>387</v>
       </c>
       <c r="F98" t="s">
         <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="H98" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>86</v>
       </c>
       <c r="B99" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="C99" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="D99" t="s">
         <v>11</v>
       </c>
       <c r="E99" t="s">
-        <v>152</v>
+        <v>387</v>
       </c>
       <c r="F99" t="s">
         <v>11</v>
       </c>
       <c r="G99" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="H99" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>86</v>
       </c>
       <c r="B100" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="C100" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="D100" t="s">
         <v>11</v>
       </c>
       <c r="E100" t="s">
-        <v>554</v>
+        <v>157</v>
       </c>
       <c r="F100" t="s">
         <v>11</v>
       </c>
       <c r="G100" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H100" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>86</v>
       </c>
       <c r="B101" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C101" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D101" t="s">
         <v>11</v>
       </c>
       <c r="E101" t="s">
-        <v>559</v>
+        <v>157</v>
       </c>
       <c r="F101" t="s">
         <v>11</v>
       </c>
       <c r="G101" t="s">
         <v>560</v>
       </c>
       <c r="H101" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>86</v>
       </c>
       <c r="B102" t="s">
         <v>562</v>
       </c>
       <c r="C102" t="s">
         <v>563</v>
       </c>
       <c r="D102" t="s">
         <v>11</v>
       </c>
       <c r="E102" t="s">
@@ -20274,3404 +20440,3543 @@
       </c>
       <c r="D106" t="s">
         <v>11</v>
       </c>
       <c r="E106" t="s">
         <v>584</v>
       </c>
       <c r="F106" t="s">
         <v>11</v>
       </c>
       <c r="G106" t="s">
         <v>585</v>
       </c>
       <c r="H106" t="s">
         <v>586</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>86</v>
       </c>
       <c r="B107" t="s">
         <v>587</v>
       </c>
       <c r="C107" t="s">
-        <v>11</v>
+        <v>588</v>
       </c>
       <c r="D107" t="s">
         <v>11</v>
       </c>
       <c r="E107" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="F107" t="s">
         <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="H107" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>86</v>
       </c>
       <c r="B108" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="C108" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="D108" t="s">
         <v>11</v>
       </c>
       <c r="E108" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="F108" t="s">
         <v>11</v>
       </c>
       <c r="G108" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H108" t="s">
-        <v>595</v>
+        <v>596</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>86</v>
+      </c>
+      <c r="B109" t="s">
+        <v>597</v>
+      </c>
+      <c r="C109" t="s">
+        <v>11</v>
+      </c>
+      <c r="D109" t="s">
+        <v>11</v>
+      </c>
+      <c r="E109" t="s">
+        <v>598</v>
+      </c>
+      <c r="F109" t="s">
+        <v>11</v>
+      </c>
+      <c r="G109" t="s">
+        <v>599</v>
+      </c>
+      <c r="H109" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>86</v>
+      </c>
+      <c r="B110" t="s">
+        <v>601</v>
+      </c>
+      <c r="C110" t="s">
+        <v>602</v>
+      </c>
+      <c r="D110" t="s">
+        <v>11</v>
+      </c>
+      <c r="E110" t="s">
+        <v>603</v>
+      </c>
+      <c r="F110" t="s">
+        <v>11</v>
+      </c>
+      <c r="G110" t="s">
+        <v>604</v>
+      </c>
+      <c r="H110" t="s">
+        <v>605</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I81"/>
+  <dimension ref="A1:I84"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>596</v>
+        <v>606</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B2" t="s">
-        <v>598</v>
+        <v>608</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>599</v>
+        <v>609</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="H2" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="I2" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B3" t="s">
-        <v>603</v>
+        <v>613</v>
       </c>
       <c r="C3" t="s">
         <v>11</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>605</v>
+        <v>615</v>
       </c>
       <c r="H3" t="s">
-        <v>606</v>
+        <v>616</v>
       </c>
       <c r="I3" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B4" t="s">
-        <v>607</v>
+        <v>617</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>608</v>
+        <v>618</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>609</v>
+        <v>619</v>
       </c>
       <c r="H4" t="s">
-        <v>610</v>
+        <v>620</v>
       </c>
       <c r="I4" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B5" t="s">
-        <v>611</v>
+        <v>621</v>
       </c>
       <c r="C5" t="s">
-        <v>612</v>
+        <v>622</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>613</v>
+        <v>623</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>614</v>
+        <v>624</v>
       </c>
       <c r="H5" t="s">
-        <v>615</v>
+        <v>625</v>
       </c>
       <c r="I5" t="s">
-        <v>616</v>
+        <v>626</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B6" t="s">
-        <v>617</v>
+        <v>627</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>604</v>
+        <v>614</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>618</v>
+        <v>628</v>
       </c>
       <c r="H6" t="s">
-        <v>619</v>
+        <v>629</v>
       </c>
       <c r="I6" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B7" t="s">
-        <v>620</v>
+        <v>630</v>
       </c>
       <c r="C7" t="s">
         <v>11</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>621</v>
+        <v>631</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>622</v>
+        <v>632</v>
       </c>
       <c r="H7" t="s">
-        <v>623</v>
+        <v>633</v>
       </c>
       <c r="I7" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B8" t="s">
-        <v>624</v>
+        <v>634</v>
       </c>
       <c r="C8" t="s">
         <v>11</v>
       </c>
       <c r="D8" t="s">
         <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>625</v>
+        <v>635</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>626</v>
+        <v>636</v>
       </c>
       <c r="H8" t="s">
-        <v>627</v>
+        <v>637</v>
       </c>
       <c r="I8" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B9" t="s">
-        <v>628</v>
+        <v>638</v>
       </c>
       <c r="C9" t="s">
         <v>11</v>
       </c>
       <c r="D9" t="s">
         <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>629</v>
+        <v>639</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>630</v>
+        <v>640</v>
       </c>
       <c r="H9" t="s">
-        <v>631</v>
+        <v>641</v>
       </c>
       <c r="I9" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B10" t="s">
-        <v>632</v>
+        <v>642</v>
       </c>
       <c r="C10" t="s">
         <v>11</v>
       </c>
       <c r="D10" t="s">
         <v>11</v>
       </c>
       <c r="E10" t="s">
-        <v>633</v>
+        <v>643</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>634</v>
+        <v>644</v>
       </c>
       <c r="H10" t="s">
-        <v>635</v>
+        <v>645</v>
       </c>
       <c r="I10" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B11" t="s">
-        <v>636</v>
+        <v>646</v>
       </c>
       <c r="C11" t="s">
         <v>11</v>
       </c>
       <c r="D11" t="s">
         <v>11</v>
       </c>
       <c r="E11" t="s">
-        <v>637</v>
+        <v>647</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>638</v>
+        <v>648</v>
       </c>
       <c r="H11" t="s">
-        <v>639</v>
+        <v>649</v>
       </c>
       <c r="I11" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B12" t="s">
-        <v>640</v>
+        <v>650</v>
       </c>
       <c r="C12" t="s">
         <v>11</v>
       </c>
       <c r="D12" t="s">
         <v>11</v>
       </c>
       <c r="E12" t="s">
-        <v>641</v>
+        <v>651</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>642</v>
+        <v>652</v>
       </c>
       <c r="H12" t="s">
-        <v>643</v>
+        <v>653</v>
       </c>
       <c r="I12" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B13" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="C13" t="s">
         <v>11</v>
       </c>
       <c r="D13" t="s">
         <v>11</v>
       </c>
       <c r="E13" t="s">
-        <v>645</v>
+        <v>655</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>646</v>
+        <v>656</v>
       </c>
       <c r="H13" t="s">
-        <v>647</v>
+        <v>657</v>
       </c>
       <c r="I13" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B14" t="s">
-        <v>644</v>
+        <v>654</v>
       </c>
       <c r="C14" t="s">
         <v>11</v>
       </c>
       <c r="D14" t="s">
         <v>11</v>
       </c>
       <c r="E14" t="s">
-        <v>648</v>
+        <v>658</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>649</v>
+        <v>659</v>
       </c>
       <c r="H14" t="s">
-        <v>650</v>
+        <v>660</v>
       </c>
       <c r="I14" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B15" t="s">
-        <v>651</v>
+        <v>661</v>
       </c>
       <c r="C15" t="s">
         <v>11</v>
       </c>
       <c r="D15" t="s">
         <v>11</v>
       </c>
       <c r="E15" t="s">
-        <v>652</v>
+        <v>662</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>653</v>
+        <v>663</v>
       </c>
       <c r="H15" t="s">
-        <v>654</v>
+        <v>664</v>
       </c>
       <c r="I15" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B16" t="s">
-        <v>656</v>
+        <v>666</v>
       </c>
       <c r="C16" t="s">
         <v>11</v>
       </c>
       <c r="D16" t="s">
         <v>11</v>
       </c>
       <c r="E16" t="s">
-        <v>657</v>
+        <v>667</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>658</v>
+        <v>668</v>
       </c>
       <c r="H16" t="s">
-        <v>659</v>
+        <v>669</v>
       </c>
       <c r="I16" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B17" t="s">
-        <v>660</v>
+        <v>670</v>
       </c>
       <c r="C17" t="s">
         <v>11</v>
       </c>
       <c r="D17" t="s">
         <v>11</v>
       </c>
       <c r="E17" t="s">
-        <v>661</v>
+        <v>671</v>
       </c>
       <c r="F17" t="s">
         <v>11</v>
       </c>
       <c r="G17" t="s">
-        <v>662</v>
+        <v>672</v>
       </c>
       <c r="H17" t="s">
-        <v>663</v>
+        <v>673</v>
       </c>
       <c r="I17" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B18" t="s">
-        <v>664</v>
+        <v>674</v>
       </c>
       <c r="C18" t="s">
         <v>11</v>
       </c>
       <c r="D18" t="s">
         <v>11</v>
       </c>
       <c r="E18" t="s">
-        <v>665</v>
+        <v>675</v>
       </c>
       <c r="F18" t="s">
         <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>666</v>
+        <v>676</v>
       </c>
       <c r="H18" t="s">
-        <v>667</v>
+        <v>677</v>
       </c>
       <c r="I18" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B19" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="C19" t="s">
         <v>11</v>
       </c>
       <c r="D19" t="s">
         <v>11</v>
       </c>
       <c r="E19" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="F19" t="s">
         <v>11</v>
       </c>
       <c r="G19" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
       <c r="H19" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="I19" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B20" t="s">
-        <v>672</v>
+        <v>682</v>
       </c>
       <c r="C20" t="s">
         <v>11</v>
       </c>
       <c r="D20" t="s">
         <v>11</v>
       </c>
       <c r="E20" t="s">
-        <v>673</v>
+        <v>683</v>
       </c>
       <c r="F20" t="s">
         <v>11</v>
       </c>
       <c r="G20" t="s">
-        <v>674</v>
+        <v>684</v>
       </c>
       <c r="H20" t="s">
-        <v>675</v>
+        <v>685</v>
       </c>
       <c r="I20" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B21" t="s">
-        <v>676</v>
+        <v>686</v>
       </c>
       <c r="C21" t="s">
         <v>11</v>
       </c>
       <c r="D21" t="s">
         <v>11</v>
       </c>
       <c r="E21" t="s">
-        <v>677</v>
+        <v>687</v>
       </c>
       <c r="F21" t="s">
         <v>11</v>
       </c>
       <c r="G21" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="H21" t="s">
-        <v>679</v>
+        <v>689</v>
       </c>
       <c r="I21" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B22" t="s">
-        <v>680</v>
+        <v>690</v>
       </c>
       <c r="C22" t="s">
         <v>11</v>
       </c>
       <c r="D22" t="s">
         <v>11</v>
       </c>
       <c r="E22" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="F22" t="s">
         <v>11</v>
       </c>
       <c r="G22" t="s">
-        <v>682</v>
+        <v>692</v>
       </c>
       <c r="H22" t="s">
-        <v>683</v>
+        <v>693</v>
       </c>
       <c r="I22" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B23" t="s">
-        <v>684</v>
+        <v>694</v>
       </c>
       <c r="C23" t="s">
         <v>11</v>
       </c>
       <c r="D23" t="s">
         <v>11</v>
       </c>
       <c r="E23" t="s">
-        <v>685</v>
+        <v>695</v>
       </c>
       <c r="F23" t="s">
         <v>11</v>
       </c>
       <c r="G23" t="s">
-        <v>686</v>
+        <v>696</v>
       </c>
       <c r="H23" t="s">
-        <v>687</v>
+        <v>697</v>
       </c>
       <c r="I23" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B24" t="s">
-        <v>688</v>
+        <v>698</v>
       </c>
       <c r="C24" t="s">
         <v>11</v>
       </c>
       <c r="D24" t="s">
         <v>11</v>
       </c>
       <c r="E24" t="s">
-        <v>689</v>
+        <v>699</v>
       </c>
       <c r="F24" t="s">
         <v>11</v>
       </c>
       <c r="G24" t="s">
-        <v>690</v>
+        <v>700</v>
       </c>
       <c r="H24" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="I24" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B25" t="s">
-        <v>692</v>
+        <v>702</v>
       </c>
       <c r="C25" t="s">
         <v>11</v>
       </c>
       <c r="D25" t="s">
         <v>11</v>
       </c>
       <c r="E25" t="s">
-        <v>693</v>
+        <v>703</v>
       </c>
       <c r="F25" t="s">
         <v>11</v>
       </c>
       <c r="G25" t="s">
-        <v>694</v>
+        <v>704</v>
       </c>
       <c r="H25" t="s">
-        <v>695</v>
+        <v>705</v>
       </c>
       <c r="I25" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B26" t="s">
-        <v>696</v>
+        <v>706</v>
       </c>
       <c r="C26" t="s">
         <v>11</v>
       </c>
       <c r="D26" t="s">
         <v>11</v>
       </c>
       <c r="E26" t="s">
-        <v>697</v>
+        <v>707</v>
       </c>
       <c r="F26" t="s">
         <v>11</v>
       </c>
       <c r="G26" t="s">
-        <v>698</v>
+        <v>708</v>
       </c>
       <c r="H26" t="s">
-        <v>699</v>
+        <v>709</v>
       </c>
       <c r="I26" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B27" t="s">
-        <v>700</v>
+        <v>710</v>
       </c>
       <c r="C27" t="s">
         <v>11</v>
       </c>
       <c r="D27" t="s">
         <v>11</v>
       </c>
       <c r="E27" t="s">
-        <v>701</v>
+        <v>711</v>
       </c>
       <c r="F27" t="s">
         <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>702</v>
+        <v>712</v>
       </c>
       <c r="H27" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="I27" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B28" t="s">
-        <v>704</v>
+        <v>714</v>
       </c>
       <c r="C28" t="s">
-        <v>705</v>
+        <v>715</v>
       </c>
       <c r="D28" t="s">
         <v>11</v>
       </c>
       <c r="E28" t="s">
-        <v>706</v>
+        <v>716</v>
       </c>
       <c r="F28" t="s">
         <v>11</v>
       </c>
       <c r="G28" t="s">
-        <v>707</v>
+        <v>717</v>
       </c>
       <c r="H28" t="s">
-        <v>708</v>
+        <v>718</v>
       </c>
       <c r="I28" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B29" t="s">
-        <v>709</v>
+        <v>719</v>
       </c>
       <c r="C29" t="s">
         <v>11</v>
       </c>
       <c r="D29" t="s">
         <v>11</v>
       </c>
       <c r="E29" t="s">
-        <v>710</v>
+        <v>720</v>
       </c>
       <c r="F29" t="s">
         <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>711</v>
+        <v>721</v>
       </c>
       <c r="H29" t="s">
-        <v>712</v>
+        <v>722</v>
       </c>
       <c r="I29" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B30" t="s">
-        <v>713</v>
+        <v>723</v>
       </c>
       <c r="C30" t="s">
         <v>11</v>
       </c>
       <c r="D30" t="s">
         <v>11</v>
       </c>
       <c r="E30" t="s">
-        <v>714</v>
+        <v>724</v>
       </c>
       <c r="F30" t="s">
         <v>11</v>
       </c>
       <c r="G30" t="s">
-        <v>715</v>
+        <v>725</v>
       </c>
       <c r="H30" t="s">
-        <v>716</v>
+        <v>726</v>
       </c>
       <c r="I30" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B31" t="s">
-        <v>717</v>
+        <v>727</v>
       </c>
       <c r="C31" t="s">
         <v>11</v>
       </c>
       <c r="D31" t="s">
         <v>11</v>
       </c>
       <c r="E31" t="s">
-        <v>718</v>
+        <v>728</v>
       </c>
       <c r="F31" t="s">
         <v>11</v>
       </c>
       <c r="G31" t="s">
-        <v>719</v>
+        <v>729</v>
       </c>
       <c r="H31" t="s">
-        <v>720</v>
+        <v>730</v>
       </c>
       <c r="I31" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B32" t="s">
-        <v>721</v>
+        <v>731</v>
       </c>
       <c r="C32" t="s">
         <v>11</v>
       </c>
       <c r="D32" t="s">
         <v>11</v>
       </c>
       <c r="E32" t="s">
-        <v>722</v>
+        <v>732</v>
       </c>
       <c r="F32" t="s">
         <v>11</v>
       </c>
       <c r="G32" t="s">
-        <v>723</v>
+        <v>733</v>
       </c>
       <c r="H32" t="s">
-        <v>724</v>
+        <v>734</v>
       </c>
       <c r="I32" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B33" t="s">
-        <v>725</v>
+        <v>735</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" t="s">
         <v>11</v>
       </c>
       <c r="E33" t="s">
-        <v>726</v>
+        <v>736</v>
       </c>
       <c r="F33" t="s">
         <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>727</v>
+        <v>737</v>
       </c>
       <c r="H33" t="s">
-        <v>728</v>
+        <v>738</v>
       </c>
       <c r="I33" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B34" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
-        <v>730</v>
+        <v>740</v>
       </c>
       <c r="F34" t="s">
         <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>731</v>
+        <v>741</v>
       </c>
       <c r="H34" t="s">
-        <v>732</v>
+        <v>742</v>
       </c>
       <c r="I34" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B35" t="s">
-        <v>733</v>
+        <v>743</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" t="s">
         <v>11</v>
       </c>
       <c r="E35" t="s">
-        <v>681</v>
+        <v>691</v>
       </c>
       <c r="F35" t="s">
         <v>11</v>
       </c>
       <c r="G35" t="s">
-        <v>734</v>
+        <v>744</v>
       </c>
       <c r="H35" t="s">
-        <v>735</v>
+        <v>745</v>
       </c>
       <c r="I35" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B36" t="s">
-        <v>736</v>
+        <v>746</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" t="s">
         <v>11</v>
       </c>
       <c r="E36" t="s">
-        <v>737</v>
+        <v>747</v>
       </c>
       <c r="F36" t="s">
         <v>11</v>
       </c>
       <c r="G36" t="s">
-        <v>738</v>
+        <v>748</v>
       </c>
       <c r="H36" t="s">
-        <v>739</v>
+        <v>749</v>
       </c>
       <c r="I36" t="s">
-        <v>602</v>
+        <v>665</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B37" t="s">
-        <v>740</v>
+        <v>750</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" t="s">
         <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>741</v>
+        <v>751</v>
       </c>
       <c r="F37" t="s">
         <v>11</v>
       </c>
       <c r="G37" t="s">
-        <v>742</v>
+        <v>752</v>
       </c>
       <c r="H37" t="s">
-        <v>743</v>
+        <v>753</v>
       </c>
       <c r="I37" t="s">
-        <v>655</v>
+        <v>754</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B38" t="s">
-        <v>744</v>
+        <v>755</v>
       </c>
       <c r="C38" t="s">
         <v>11</v>
       </c>
       <c r="D38" t="s">
         <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>745</v>
+        <v>756</v>
       </c>
       <c r="F38" t="s">
         <v>11</v>
       </c>
       <c r="G38" t="s">
-        <v>746</v>
+        <v>757</v>
       </c>
       <c r="H38" t="s">
-        <v>747</v>
+        <v>758</v>
       </c>
       <c r="I38" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B39" t="s">
-        <v>748</v>
+        <v>759</v>
       </c>
       <c r="C39" t="s">
         <v>11</v>
       </c>
       <c r="D39" t="s">
         <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>749</v>
+        <v>760</v>
       </c>
       <c r="F39" t="s">
         <v>11</v>
       </c>
       <c r="G39" t="s">
-        <v>750</v>
+        <v>761</v>
       </c>
       <c r="H39" t="s">
-        <v>751</v>
+        <v>762</v>
       </c>
       <c r="I39" t="s">
-        <v>655</v>
+        <v>665</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B40" t="s">
-        <v>752</v>
+        <v>763</v>
       </c>
       <c r="C40" t="s">
         <v>11</v>
       </c>
       <c r="D40" t="s">
         <v>11</v>
       </c>
       <c r="E40" t="s">
-        <v>753</v>
+        <v>764</v>
       </c>
       <c r="F40" t="s">
         <v>11</v>
       </c>
       <c r="G40" t="s">
-        <v>754</v>
+        <v>765</v>
       </c>
       <c r="H40" t="s">
-        <v>755</v>
+        <v>766</v>
       </c>
       <c r="I40" t="s">
-        <v>756</v>
+        <v>612</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B41" t="s">
-        <v>757</v>
+        <v>767</v>
       </c>
       <c r="C41" t="s">
-        <v>758</v>
+        <v>11</v>
       </c>
       <c r="D41" t="s">
         <v>11</v>
       </c>
       <c r="E41" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="F41" t="s">
         <v>11</v>
       </c>
       <c r="G41" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="H41" t="s">
-        <v>761</v>
+        <v>770</v>
       </c>
       <c r="I41" t="s">
-        <v>602</v>
+        <v>665</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B42" t="s">
-        <v>762</v>
+        <v>771</v>
       </c>
       <c r="C42" t="s">
         <v>11</v>
       </c>
       <c r="D42" t="s">
         <v>11</v>
       </c>
       <c r="E42" t="s">
-        <v>763</v>
+        <v>772</v>
       </c>
       <c r="F42" t="s">
         <v>11</v>
       </c>
       <c r="G42" t="s">
-        <v>764</v>
+        <v>773</v>
       </c>
       <c r="H42" t="s">
-        <v>765</v>
+        <v>774</v>
       </c>
       <c r="I42" t="s">
-        <v>602</v>
+        <v>754</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B43" t="s">
-        <v>766</v>
+        <v>775</v>
       </c>
       <c r="C43" t="s">
-        <v>11</v>
+        <v>776</v>
       </c>
       <c r="D43" t="s">
         <v>11</v>
       </c>
       <c r="E43" t="s">
-        <v>767</v>
+        <v>777</v>
       </c>
       <c r="F43" t="s">
         <v>11</v>
       </c>
       <c r="G43" t="s">
-        <v>768</v>
+        <v>778</v>
       </c>
       <c r="H43" t="s">
-        <v>769</v>
+        <v>779</v>
       </c>
       <c r="I43" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B44" t="s">
-        <v>770</v>
+        <v>780</v>
       </c>
       <c r="C44" t="s">
         <v>11</v>
       </c>
       <c r="D44" t="s">
         <v>11</v>
       </c>
       <c r="E44" t="s">
-        <v>771</v>
+        <v>781</v>
       </c>
       <c r="F44" t="s">
         <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="H44" t="s">
-        <v>773</v>
+        <v>783</v>
       </c>
       <c r="I44" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B45" t="s">
-        <v>774</v>
+        <v>784</v>
       </c>
       <c r="C45" t="s">
         <v>11</v>
       </c>
       <c r="D45" t="s">
         <v>11</v>
       </c>
       <c r="E45" t="s">
-        <v>775</v>
+        <v>785</v>
       </c>
       <c r="F45" t="s">
         <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>776</v>
+        <v>786</v>
       </c>
       <c r="H45" t="s">
-        <v>777</v>
+        <v>787</v>
       </c>
       <c r="I45" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B46" t="s">
-        <v>778</v>
+        <v>788</v>
       </c>
       <c r="C46" t="s">
-        <v>779</v>
+        <v>11</v>
       </c>
       <c r="D46" t="s">
         <v>11</v>
       </c>
       <c r="E46" t="s">
-        <v>780</v>
+        <v>789</v>
       </c>
       <c r="F46" t="s">
         <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>781</v>
+        <v>790</v>
       </c>
       <c r="H46" t="s">
-        <v>782</v>
+        <v>791</v>
       </c>
       <c r="I46" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B47" t="s">
-        <v>783</v>
+        <v>792</v>
       </c>
       <c r="C47" t="s">
         <v>11</v>
       </c>
       <c r="D47" t="s">
         <v>11</v>
       </c>
       <c r="E47" t="s">
-        <v>784</v>
+        <v>793</v>
       </c>
       <c r="F47" t="s">
         <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="H47" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="I47" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B48" t="s">
-        <v>787</v>
+        <v>796</v>
       </c>
       <c r="C48" t="s">
-        <v>11</v>
+        <v>797</v>
       </c>
       <c r="D48" t="s">
         <v>11</v>
       </c>
       <c r="E48" t="s">
-        <v>788</v>
+        <v>798</v>
       </c>
       <c r="F48" t="s">
         <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>789</v>
+        <v>799</v>
       </c>
       <c r="H48" t="s">
-        <v>790</v>
+        <v>800</v>
       </c>
       <c r="I48" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B49" t="s">
-        <v>791</v>
+        <v>801</v>
       </c>
       <c r="C49" t="s">
-        <v>792</v>
+        <v>11</v>
       </c>
       <c r="D49" t="s">
         <v>11</v>
       </c>
       <c r="E49" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="F49" t="s">
         <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>794</v>
+        <v>803</v>
       </c>
       <c r="H49" t="s">
-        <v>795</v>
+        <v>804</v>
       </c>
       <c r="I49" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B50" t="s">
-        <v>796</v>
+        <v>805</v>
       </c>
       <c r="C50" t="s">
         <v>11</v>
       </c>
       <c r="D50" t="s">
         <v>11</v>
       </c>
       <c r="E50" t="s">
-        <v>797</v>
+        <v>806</v>
       </c>
       <c r="F50" t="s">
         <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="H50" t="s">
-        <v>799</v>
+        <v>808</v>
       </c>
       <c r="I50" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B51" t="s">
-        <v>800</v>
+        <v>809</v>
       </c>
       <c r="C51" t="s">
-        <v>801</v>
+        <v>810</v>
       </c>
       <c r="D51" t="s">
         <v>11</v>
       </c>
       <c r="E51" t="s">
-        <v>802</v>
+        <v>811</v>
       </c>
       <c r="F51" t="s">
         <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="H51" t="s">
-        <v>804</v>
+        <v>813</v>
       </c>
       <c r="I51" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B52" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="C52" t="s">
         <v>11</v>
       </c>
       <c r="D52" t="s">
         <v>11</v>
       </c>
       <c r="E52" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="F52" t="s">
         <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>807</v>
+        <v>816</v>
       </c>
       <c r="H52" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="I52" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B53" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C53" t="s">
-        <v>11</v>
+        <v>819</v>
       </c>
       <c r="D53" t="s">
         <v>11</v>
       </c>
       <c r="E53" t="s">
-        <v>810</v>
+        <v>820</v>
       </c>
       <c r="F53" t="s">
         <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>811</v>
+        <v>821</v>
       </c>
       <c r="H53" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="I53" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B54" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="C54" t="s">
         <v>11</v>
       </c>
       <c r="D54" t="s">
         <v>11</v>
       </c>
       <c r="E54" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="F54" t="s">
         <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="H54" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="I54" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B55" t="s">
-        <v>817</v>
+        <v>827</v>
       </c>
       <c r="C55" t="s">
         <v>11</v>
       </c>
       <c r="D55" t="s">
         <v>11</v>
       </c>
       <c r="E55" t="s">
-        <v>818</v>
+        <v>828</v>
       </c>
       <c r="F55" t="s">
         <v>11</v>
       </c>
       <c r="G55" t="s">
-        <v>819</v>
+        <v>829</v>
       </c>
       <c r="H55" t="s">
-        <v>820</v>
+        <v>830</v>
       </c>
       <c r="I55" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B56" t="s">
-        <v>821</v>
+        <v>831</v>
       </c>
       <c r="C56" t="s">
         <v>11</v>
       </c>
       <c r="D56" t="s">
         <v>11</v>
       </c>
       <c r="E56" t="s">
-        <v>822</v>
+        <v>832</v>
       </c>
       <c r="F56" t="s">
         <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>823</v>
+        <v>833</v>
       </c>
       <c r="H56" t="s">
-        <v>824</v>
+        <v>834</v>
       </c>
       <c r="I56" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B57" t="s">
-        <v>825</v>
+        <v>835</v>
       </c>
       <c r="C57" t="s">
         <v>11</v>
       </c>
       <c r="D57" t="s">
         <v>11</v>
       </c>
       <c r="E57" t="s">
-        <v>826</v>
+        <v>836</v>
       </c>
       <c r="F57" t="s">
         <v>11</v>
       </c>
       <c r="G57" t="s">
-        <v>827</v>
+        <v>837</v>
       </c>
       <c r="H57" t="s">
-        <v>828</v>
+        <v>838</v>
       </c>
       <c r="I57" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B58" t="s">
-        <v>829</v>
+        <v>839</v>
       </c>
       <c r="C58" t="s">
         <v>11</v>
       </c>
       <c r="D58" t="s">
         <v>11</v>
       </c>
       <c r="E58" t="s">
-        <v>830</v>
+        <v>840</v>
       </c>
       <c r="F58" t="s">
         <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="H58" t="s">
-        <v>832</v>
+        <v>842</v>
       </c>
       <c r="I58" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B59" t="s">
-        <v>833</v>
+        <v>843</v>
       </c>
       <c r="C59" t="s">
         <v>11</v>
       </c>
       <c r="D59" t="s">
         <v>11</v>
       </c>
       <c r="E59" t="s">
-        <v>834</v>
+        <v>844</v>
       </c>
       <c r="F59" t="s">
         <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="H59" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="I59" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B60" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="C60" t="s">
-        <v>838</v>
+        <v>11</v>
       </c>
       <c r="D60" t="s">
         <v>11</v>
       </c>
       <c r="E60" t="s">
-        <v>839</v>
+        <v>848</v>
       </c>
       <c r="F60" t="s">
         <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>840</v>
+        <v>849</v>
       </c>
       <c r="H60" t="s">
-        <v>841</v>
+        <v>850</v>
       </c>
       <c r="I60" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B61" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="C61" t="s">
         <v>11</v>
       </c>
       <c r="D61" t="s">
         <v>11</v>
       </c>
       <c r="E61" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="F61" t="s">
         <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>844</v>
+        <v>853</v>
       </c>
       <c r="H61" t="s">
-        <v>845</v>
+        <v>854</v>
       </c>
       <c r="I61" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B62" t="s">
-        <v>846</v>
+        <v>855</v>
       </c>
       <c r="C62" t="s">
-        <v>11</v>
+        <v>856</v>
       </c>
       <c r="D62" t="s">
         <v>11</v>
       </c>
       <c r="E62" t="s">
-        <v>847</v>
+        <v>857</v>
       </c>
       <c r="F62" t="s">
         <v>11</v>
       </c>
       <c r="G62" t="s">
-        <v>848</v>
+        <v>858</v>
       </c>
       <c r="H62" t="s">
-        <v>849</v>
+        <v>859</v>
       </c>
       <c r="I62" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B63" t="s">
-        <v>850</v>
+        <v>860</v>
       </c>
       <c r="C63" t="s">
         <v>11</v>
       </c>
       <c r="D63" t="s">
         <v>11</v>
       </c>
       <c r="E63" t="s">
-        <v>851</v>
+        <v>861</v>
       </c>
       <c r="F63" t="s">
         <v>11</v>
       </c>
       <c r="G63" t="s">
-        <v>852</v>
+        <v>862</v>
       </c>
       <c r="H63" t="s">
-        <v>853</v>
+        <v>863</v>
       </c>
       <c r="I63" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B64" t="s">
-        <v>854</v>
+        <v>864</v>
       </c>
       <c r="C64" t="s">
         <v>11</v>
       </c>
       <c r="D64" t="s">
         <v>11</v>
       </c>
       <c r="E64" t="s">
-        <v>851</v>
+        <v>865</v>
       </c>
       <c r="F64" t="s">
         <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>855</v>
+        <v>866</v>
       </c>
       <c r="H64" t="s">
-        <v>856</v>
+        <v>867</v>
       </c>
       <c r="I64" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B65" t="s">
-        <v>857</v>
+        <v>868</v>
       </c>
       <c r="C65" t="s">
         <v>11</v>
       </c>
       <c r="D65" t="s">
         <v>11</v>
       </c>
       <c r="E65" t="s">
-        <v>858</v>
+        <v>869</v>
       </c>
       <c r="F65" t="s">
         <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>859</v>
+        <v>870</v>
       </c>
       <c r="H65" t="s">
-        <v>860</v>
+        <v>871</v>
       </c>
       <c r="I65" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B66" t="s">
-        <v>861</v>
+        <v>872</v>
       </c>
       <c r="C66" t="s">
         <v>11</v>
       </c>
       <c r="D66" t="s">
         <v>11</v>
       </c>
       <c r="E66" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="F66" t="s">
         <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>863</v>
+        <v>873</v>
       </c>
       <c r="H66" t="s">
-        <v>864</v>
+        <v>874</v>
       </c>
       <c r="I66" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B67" t="s">
-        <v>865</v>
+        <v>875</v>
       </c>
       <c r="C67" t="s">
         <v>11</v>
       </c>
       <c r="D67" t="s">
         <v>11</v>
       </c>
       <c r="E67" t="s">
-        <v>866</v>
+        <v>876</v>
       </c>
       <c r="F67" t="s">
         <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>867</v>
+        <v>877</v>
       </c>
       <c r="H67" t="s">
-        <v>868</v>
+        <v>878</v>
       </c>
       <c r="I67" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B68" t="s">
-        <v>869</v>
+        <v>879</v>
       </c>
       <c r="C68" t="s">
         <v>11</v>
       </c>
       <c r="D68" t="s">
         <v>11</v>
       </c>
       <c r="E68" t="s">
-        <v>870</v>
+        <v>880</v>
       </c>
       <c r="F68" t="s">
         <v>11</v>
       </c>
       <c r="G68" t="s">
-        <v>871</v>
+        <v>881</v>
       </c>
       <c r="H68" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="I68" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B69" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="C69" t="s">
         <v>11</v>
       </c>
       <c r="D69" t="s">
         <v>11</v>
       </c>
       <c r="E69" t="s">
-        <v>870</v>
+        <v>884</v>
       </c>
       <c r="F69" t="s">
         <v>11</v>
       </c>
       <c r="G69" t="s">
-        <v>874</v>
+        <v>885</v>
       </c>
       <c r="H69" t="s">
-        <v>875</v>
+        <v>886</v>
       </c>
       <c r="I69" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B70" t="s">
-        <v>876</v>
+        <v>887</v>
       </c>
       <c r="C70" t="s">
         <v>11</v>
       </c>
       <c r="D70" t="s">
         <v>11</v>
       </c>
       <c r="E70" t="s">
-        <v>877</v>
+        <v>888</v>
       </c>
       <c r="F70" t="s">
         <v>11</v>
       </c>
       <c r="G70" t="s">
-        <v>878</v>
+        <v>889</v>
       </c>
       <c r="H70" t="s">
-        <v>879</v>
+        <v>890</v>
       </c>
       <c r="I70" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B71" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="C71" t="s">
         <v>11</v>
       </c>
       <c r="D71" t="s">
         <v>11</v>
       </c>
       <c r="E71" t="s">
-        <v>673</v>
+        <v>888</v>
       </c>
       <c r="F71" t="s">
         <v>11</v>
       </c>
       <c r="G71" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="H71" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="I71" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B72" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="C72" t="s">
         <v>11</v>
       </c>
       <c r="D72" t="s">
         <v>11</v>
       </c>
       <c r="E72" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="F72" t="s">
         <v>11</v>
       </c>
       <c r="G72" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="H72" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
       <c r="I72" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B73" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="C73" t="s">
         <v>11</v>
       </c>
       <c r="D73" t="s">
         <v>11</v>
       </c>
       <c r="E73" t="s">
-        <v>888</v>
+        <v>683</v>
       </c>
       <c r="F73" t="s">
         <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="H73" t="s">
-        <v>890</v>
+        <v>900</v>
       </c>
       <c r="I73" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B74" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="C74" t="s">
         <v>11</v>
       </c>
       <c r="D74" t="s">
         <v>11</v>
       </c>
       <c r="E74" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="F74" t="s">
         <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="H74" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="I74" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B75" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="C75" t="s">
         <v>11</v>
       </c>
       <c r="D75" t="s">
         <v>11</v>
       </c>
       <c r="E75" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="F75" t="s">
         <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="H75" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="I75" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B76" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="C76" t="s">
-        <v>900</v>
+        <v>11</v>
       </c>
       <c r="D76" t="s">
         <v>11</v>
       </c>
       <c r="E76" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="F76" t="s">
         <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>902</v>
+        <v>911</v>
       </c>
       <c r="H76" t="s">
-        <v>903</v>
+        <v>912</v>
       </c>
       <c r="I76" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B77" t="s">
-        <v>904</v>
+        <v>913</v>
       </c>
       <c r="C77" t="s">
         <v>11</v>
       </c>
       <c r="D77" t="s">
         <v>11</v>
       </c>
       <c r="E77" t="s">
-        <v>905</v>
+        <v>914</v>
       </c>
       <c r="F77" t="s">
         <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>906</v>
+        <v>915</v>
       </c>
       <c r="H77" t="s">
-        <v>907</v>
+        <v>916</v>
       </c>
       <c r="I77" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B78" t="s">
-        <v>908</v>
+        <v>917</v>
       </c>
       <c r="C78" t="s">
-        <v>11</v>
+        <v>918</v>
       </c>
       <c r="D78" t="s">
         <v>11</v>
       </c>
       <c r="E78" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="F78" t="s">
         <v>11</v>
       </c>
       <c r="G78" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="H78" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="I78" t="s">
-        <v>602</v>
+        <v>626</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B79" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="C79" t="s">
         <v>11</v>
       </c>
       <c r="D79" t="s">
         <v>11</v>
       </c>
       <c r="E79" t="s">
-        <v>625</v>
+        <v>923</v>
       </c>
       <c r="F79" t="s">
         <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>913</v>
+        <v>924</v>
       </c>
       <c r="H79" t="s">
-        <v>914</v>
+        <v>925</v>
       </c>
       <c r="I79" t="s">
-        <v>602</v>
+        <v>612</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B80" t="s">
-        <v>915</v>
+        <v>926</v>
       </c>
       <c r="C80" t="s">
-        <v>916</v>
+        <v>11</v>
       </c>
       <c r="D80" t="s">
         <v>11</v>
       </c>
       <c r="E80" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="F80" t="s">
         <v>11</v>
       </c>
       <c r="G80" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="H80" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="I80" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>597</v>
+        <v>607</v>
       </c>
       <c r="B81" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="C81" t="s">
-        <v>921</v>
+        <v>11</v>
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
-        <v>922</v>
+        <v>635</v>
       </c>
       <c r="F81" t="s">
         <v>11</v>
       </c>
       <c r="G81" t="s">
-        <v>923</v>
+        <v>931</v>
       </c>
       <c r="H81" t="s">
-        <v>924</v>
+        <v>932</v>
       </c>
       <c r="I81" t="s">
-        <v>616</v>
+        <v>612</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>607</v>
+      </c>
+      <c r="B82" t="s">
+        <v>933</v>
+      </c>
+      <c r="C82" t="s">
+        <v>934</v>
+      </c>
+      <c r="D82" t="s">
+        <v>11</v>
+      </c>
+      <c r="E82" t="s">
+        <v>935</v>
+      </c>
+      <c r="F82" t="s">
+        <v>11</v>
+      </c>
+      <c r="G82" t="s">
+        <v>936</v>
+      </c>
+      <c r="H82" t="s">
+        <v>937</v>
+      </c>
+      <c r="I82" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>607</v>
+      </c>
+      <c r="B83" t="s">
+        <v>938</v>
+      </c>
+      <c r="C83" t="s">
+        <v>939</v>
+      </c>
+      <c r="D83" t="s">
+        <v>11</v>
+      </c>
+      <c r="E83" t="s">
+        <v>940</v>
+      </c>
+      <c r="F83" t="s">
+        <v>11</v>
+      </c>
+      <c r="G83" t="s">
+        <v>941</v>
+      </c>
+      <c r="H83" t="s">
+        <v>942</v>
+      </c>
+      <c r="I83" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>607</v>
+      </c>
+      <c r="B84" t="s">
+        <v>943</v>
+      </c>
+      <c r="C84" t="s">
+        <v>944</v>
+      </c>
+      <c r="D84" t="s">
+        <v>11</v>
+      </c>
+      <c r="E84" t="s">
+        <v>945</v>
+      </c>
+      <c r="F84" t="s">
+        <v>11</v>
+      </c>
+      <c r="G84" t="s">
+        <v>946</v>
+      </c>
+      <c r="H84" t="s">
+        <v>947</v>
+      </c>
+      <c r="I84" t="s">
+        <v>626</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B2" t="s">
-        <v>926</v>
+        <v>949</v>
       </c>
       <c r="C2" t="s">
-        <v>927</v>
+        <v>950</v>
       </c>
       <c r="D2" t="s">
-        <v>928</v>
+        <v>951</v>
       </c>
       <c r="E2" t="s">
-        <v>929</v>
+        <v>952</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>930</v>
+        <v>953</v>
       </c>
       <c r="H2" t="s">
-        <v>931</v>
+        <v>954</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B3" t="s">
-        <v>932</v>
+        <v>955</v>
       </c>
       <c r="C3" t="s">
-        <v>933</v>
+        <v>956</v>
       </c>
       <c r="D3" t="s">
-        <v>934</v>
+        <v>957</v>
       </c>
       <c r="E3" t="s">
-        <v>935</v>
+        <v>958</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>936</v>
+        <v>959</v>
       </c>
       <c r="H3" t="s">
-        <v>937</v>
+        <v>960</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B4" t="s">
-        <v>938</v>
+        <v>961</v>
       </c>
       <c r="C4" t="s">
-        <v>939</v>
+        <v>962</v>
       </c>
       <c r="D4" t="s">
-        <v>940</v>
+        <v>963</v>
       </c>
       <c r="E4" t="s">
-        <v>941</v>
+        <v>964</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>942</v>
+        <v>965</v>
       </c>
       <c r="H4" t="s">
-        <v>943</v>
+        <v>966</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B5" t="s">
-        <v>944</v>
+        <v>967</v>
       </c>
       <c r="C5" t="s">
-        <v>945</v>
+        <v>968</v>
       </c>
       <c r="D5" t="s">
-        <v>946</v>
+        <v>969</v>
       </c>
       <c r="E5" t="s">
-        <v>947</v>
+        <v>970</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>948</v>
+        <v>971</v>
       </c>
       <c r="H5" t="s">
-        <v>949</v>
+        <v>972</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B6" t="s">
-        <v>950</v>
+        <v>973</v>
       </c>
       <c r="C6" t="s">
-        <v>951</v>
+        <v>974</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
-        <v>952</v>
+        <v>975</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>953</v>
+        <v>976</v>
       </c>
       <c r="H6" t="s">
-        <v>954</v>
+        <v>977</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B7" t="s">
-        <v>955</v>
+        <v>978</v>
       </c>
       <c r="C7" t="s">
-        <v>956</v>
+        <v>979</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
-        <v>957</v>
+        <v>980</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>958</v>
+        <v>981</v>
       </c>
       <c r="H7" t="s">
-        <v>959</v>
+        <v>982</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B8" t="s">
-        <v>960</v>
+        <v>983</v>
       </c>
       <c r="C8" t="s">
-        <v>961</v>
+        <v>984</v>
       </c>
       <c r="D8" t="s">
-        <v>962</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>963</v>
+        <v>985</v>
       </c>
       <c r="F8" t="s">
         <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>964</v>
+        <v>986</v>
       </c>
       <c r="H8" t="s">
-        <v>965</v>
+        <v>987</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B9" t="s">
-        <v>966</v>
+        <v>988</v>
       </c>
       <c r="C9" t="s">
-        <v>961</v>
+        <v>989</v>
       </c>
       <c r="D9" t="s">
-        <v>967</v>
+        <v>990</v>
       </c>
       <c r="E9" t="s">
-        <v>968</v>
+        <v>991</v>
       </c>
       <c r="F9" t="s">
         <v>11</v>
       </c>
       <c r="G9" t="s">
-        <v>969</v>
+        <v>992</v>
       </c>
       <c r="H9" t="s">
-        <v>970</v>
+        <v>993</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B10" t="s">
-        <v>971</v>
+        <v>994</v>
       </c>
       <c r="C10" t="s">
-        <v>972</v>
+        <v>989</v>
       </c>
       <c r="D10" t="s">
-        <v>11</v>
+        <v>995</v>
       </c>
       <c r="E10" t="s">
-        <v>973</v>
+        <v>996</v>
       </c>
       <c r="F10" t="s">
         <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>974</v>
+        <v>997</v>
       </c>
       <c r="H10" t="s">
-        <v>975</v>
+        <v>998</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B11" t="s">
-        <v>976</v>
+        <v>999</v>
       </c>
       <c r="C11" t="s">
-        <v>977</v>
+        <v>1000</v>
       </c>
       <c r="D11" t="s">
-        <v>978</v>
+        <v>1001</v>
       </c>
       <c r="E11" t="s">
-        <v>979</v>
+        <v>1002</v>
       </c>
       <c r="F11" t="s">
         <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>980</v>
+        <v>1003</v>
       </c>
       <c r="H11" t="s">
-        <v>981</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B12" t="s">
-        <v>982</v>
+        <v>1005</v>
       </c>
       <c r="C12" t="s">
-        <v>983</v>
+        <v>1006</v>
       </c>
       <c r="D12" t="s">
-        <v>984</v>
+        <v>1007</v>
       </c>
       <c r="E12" t="s">
-        <v>985</v>
+        <v>1008</v>
       </c>
       <c r="F12" t="s">
         <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>986</v>
+        <v>1009</v>
       </c>
       <c r="H12" t="s">
-        <v>987</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B13" t="s">
-        <v>988</v>
+        <v>1011</v>
       </c>
       <c r="C13" t="s">
-        <v>989</v>
+        <v>1012</v>
       </c>
       <c r="D13" t="s">
-        <v>990</v>
+        <v>1013</v>
       </c>
       <c r="E13" t="s">
-        <v>991</v>
+        <v>1014</v>
       </c>
       <c r="F13" t="s">
         <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>992</v>
+        <v>1015</v>
       </c>
       <c r="H13" t="s">
-        <v>993</v>
+        <v>1016</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B14" t="s">
-        <v>994</v>
+        <v>1017</v>
       </c>
       <c r="C14" t="s">
-        <v>995</v>
+        <v>1018</v>
       </c>
       <c r="D14" t="s">
-        <v>996</v>
+        <v>1019</v>
       </c>
       <c r="E14" t="s">
-        <v>997</v>
+        <v>1020</v>
       </c>
       <c r="F14" t="s">
         <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>998</v>
+        <v>1021</v>
       </c>
       <c r="H14" t="s">
-        <v>999</v>
+        <v>1022</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B15" t="s">
-        <v>1000</v>
+        <v>1023</v>
       </c>
       <c r="C15" t="s">
-        <v>1001</v>
+        <v>1024</v>
       </c>
       <c r="D15" t="s">
-        <v>1002</v>
+        <v>1025</v>
       </c>
       <c r="E15" t="s">
-        <v>1003</v>
+        <v>1026</v>
       </c>
       <c r="F15" t="s">
         <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>1004</v>
+        <v>1027</v>
       </c>
       <c r="H15" t="s">
-        <v>1005</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>925</v>
+        <v>948</v>
       </c>
       <c r="B16" t="s">
-        <v>1006</v>
+        <v>1029</v>
       </c>
       <c r="C16" t="s">
-        <v>1007</v>
+        <v>1030</v>
       </c>
       <c r="D16" t="s">
-        <v>1008</v>
+        <v>1031</v>
       </c>
       <c r="E16" t="s">
-        <v>1009</v>
+        <v>1032</v>
       </c>
       <c r="F16" t="s">
         <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>1010</v>
+        <v>1033</v>
       </c>
       <c r="H16" t="s">
-        <v>1011</v>
+        <v>1034</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B2" t="s">
-        <v>1013</v>
+        <v>1036</v>
       </c>
       <c r="C2" t="s">
-        <v>1014</v>
+        <v>1037</v>
       </c>
       <c r="D2" t="s">
-        <v>1015</v>
+        <v>1038</v>
       </c>
       <c r="E2" t="s">
-        <v>1016</v>
+        <v>1039</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1017</v>
+        <v>1040</v>
       </c>
       <c r="H2" t="s">
-        <v>1018</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B3" t="s">
-        <v>1019</v>
+        <v>1042</v>
       </c>
       <c r="C3" t="s">
-        <v>1020</v>
+        <v>1043</v>
       </c>
       <c r="D3" t="s">
-        <v>1021</v>
+        <v>1044</v>
       </c>
       <c r="E3" t="s">
-        <v>1022</v>
+        <v>1045</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1023</v>
+        <v>1046</v>
       </c>
       <c r="H3" t="s">
-        <v>1024</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B4" t="s">
-        <v>1025</v>
+        <v>1048</v>
       </c>
       <c r="C4" t="s">
-        <v>1026</v>
+        <v>1049</v>
       </c>
       <c r="D4" t="s">
-        <v>1027</v>
+        <v>1050</v>
       </c>
       <c r="E4" t="s">
-        <v>1028</v>
+        <v>1051</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1029</v>
+        <v>1052</v>
       </c>
       <c r="H4" t="s">
-        <v>1030</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B5" t="s">
-        <v>1031</v>
+        <v>1054</v>
       </c>
       <c r="C5" t="s">
-        <v>1032</v>
+        <v>1055</v>
       </c>
       <c r="D5" t="s">
-        <v>1033</v>
+        <v>1056</v>
       </c>
       <c r="E5" t="s">
-        <v>1034</v>
+        <v>1057</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1035</v>
+        <v>1058</v>
       </c>
       <c r="H5" t="s">
-        <v>1036</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B6" t="s">
-        <v>1037</v>
+        <v>1060</v>
       </c>
       <c r="C6" t="s">
-        <v>1038</v>
+        <v>1061</v>
       </c>
       <c r="D6" t="s">
-        <v>1039</v>
+        <v>1062</v>
       </c>
       <c r="E6" t="s">
-        <v>1040</v>
+        <v>1063</v>
       </c>
       <c r="F6" t="s">
         <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>1041</v>
+        <v>1064</v>
       </c>
       <c r="H6" t="s">
-        <v>1042</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1012</v>
+        <v>1035</v>
       </c>
       <c r="B7" t="s">
-        <v>1043</v>
+        <v>1066</v>
       </c>
       <c r="C7" t="s">
-        <v>1044</v>
+        <v>1067</v>
       </c>
       <c r="D7" t="s">
-        <v>1045</v>
+        <v>1068</v>
       </c>
       <c r="E7" t="s">
-        <v>1046</v>
+        <v>1069</v>
       </c>
       <c r="F7" t="s">
         <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>1047</v>
+        <v>1070</v>
       </c>
       <c r="H7" t="s">
-        <v>1048</v>
+        <v>1071</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1049</v>
+        <v>1072</v>
       </c>
       <c r="B2" t="s">
-        <v>1050</v>
+        <v>1073</v>
       </c>
       <c r="C2" t="s">
         <v>11</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1051</v>
+        <v>1074</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1052</v>
+        <v>1075</v>
       </c>
       <c r="H2" t="s">
-        <v>1053</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1049</v>
+        <v>1072</v>
       </c>
       <c r="B3" t="s">
-        <v>1054</v>
+        <v>1077</v>
       </c>
       <c r="C3" t="s">
-        <v>1055</v>
+        <v>1078</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>1056</v>
+        <v>1079</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1057</v>
+        <v>1080</v>
       </c>
       <c r="H3" t="s">
-        <v>1058</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1049</v>
+        <v>1072</v>
       </c>
       <c r="B4" t="s">
-        <v>1059</v>
+        <v>1082</v>
       </c>
       <c r="C4" t="s">
-        <v>1060</v>
+        <v>1083</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>1061</v>
+        <v>1084</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1062</v>
+        <v>1085</v>
       </c>
       <c r="H4" t="s">
-        <v>1063</v>
+        <v>1086</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1064</v>
+        <v>1087</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
-        <v>1065</v>
+        <v>1088</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
-        <v>1066</v>
+        <v>1089</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1067</v>
+        <v>1090</v>
       </c>
       <c r="H2" t="s">
-        <v>1068</v>
+        <v>1091</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1069</v>
+        <v>1092</v>
       </c>
       <c r="B2" t="s">
-        <v>1070</v>
+        <v>1093</v>
       </c>
       <c r="C2" t="s">
-        <v>1071</v>
+        <v>1094</v>
       </c>
       <c r="D2" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="E2" t="s">
-        <v>1072</v>
+        <v>1095</v>
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
-        <v>1073</v>
+        <v>1096</v>
       </c>
       <c r="H2" t="s">
-        <v>1074</v>
+        <v>1097</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1069</v>
+        <v>1092</v>
       </c>
       <c r="B3" t="s">
-        <v>1075</v>
+        <v>1098</v>
       </c>
       <c r="C3" t="s">
-        <v>1076</v>
+        <v>1099</v>
       </c>
       <c r="D3" t="s">
-        <v>1077</v>
+        <v>1100</v>
       </c>
       <c r="E3" t="s">
-        <v>1078</v>
+        <v>1101</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>1079</v>
+        <v>1102</v>
       </c>
       <c r="H3" t="s">
-        <v>1080</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1069</v>
+        <v>1092</v>
       </c>
       <c r="B4" t="s">
-        <v>1081</v>
+        <v>1104</v>
       </c>
       <c r="C4" t="s">
-        <v>1082</v>
+        <v>1105</v>
       </c>
       <c r="D4" t="s">
-        <v>1083</v>
+        <v>1106</v>
       </c>
       <c r="E4" t="s">
-        <v>1084</v>
+        <v>1107</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>1085</v>
+        <v>1108</v>
       </c>
       <c r="H4" t="s">
-        <v>1086</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1069</v>
+        <v>1092</v>
       </c>
       <c r="B5" t="s">
-        <v>1087</v>
+        <v>1110</v>
       </c>
       <c r="C5" t="s">
-        <v>1088</v>
+        <v>1111</v>
       </c>
       <c r="D5" t="s">
-        <v>1089</v>
+        <v>1112</v>
       </c>
       <c r="E5" t="s">
-        <v>1090</v>
+        <v>1113</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>1091</v>
+        <v>1114</v>
       </c>
       <c r="H5" t="s">
-        <v>1092</v>
+        <v>1115</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>