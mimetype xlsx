--- v0 (2025-12-08)
+++ v1 (2026-01-28)
@@ -1,492 +1,943 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export évènement de calendrier" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Medicament" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Article HAS" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="71" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="153" uniqueCount="93">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...11 lines deleted...]
-    <t>MEDIKINET</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Conduite à tenir en médecine de premier recours devant un enfant ou un adolescent susceptible d’avoir un trouble déficit de l’attention avec ou sans hyperactivité</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’aider les médecins assurant les soins de premier recours et face à un enfant ou un adolescent présentant des signes évocateurs d’un TDAH : • à mener leur mission de repérage du trouble ; • à conduire une démarche diagnostique initiale et d’orientation dans le système de soins ; • à participer au suivi en collaboration avec un médecin spécialiste du trouble, ayant acquis une compétence dans le diagnostic et la prise en charge du TDAH.</t>
+  </si>
+  <si>
+    <t>10/12/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>12/02/2015 10:00:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/10/2023 17:41:39</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982941/en/medikinet</t>
+    <t>https://www.has-sante.fr/jcms/c_1362146/fr/conduite-a-tenir-en-medecine-de-premier-recours-devant-un-enfant-ou-un-adolescent-susceptible-d-avoir-un-trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite</t>
+  </si>
+  <si>
+    <t>c_1362146</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>06/02/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2024 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
+  </si>
+  <si>
+    <t>p_3536524</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Délétion 22q11</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de délétion 22q11.</t>
+  </si>
+  <si>
+    <t>01/02/2016 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589363/fr/deletion-22q11</t>
+  </si>
+  <si>
+    <t>c_2589363</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Regarder le replay - TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?</t>
+  </si>
+  <si>
+    <t>HAS - Les rendez-vous des bonnes pratiques : regarder en replay le webinaire "TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?"</t>
+  </si>
+  <si>
+    <t>23/09/2024 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542985/fr/regarder-le-replay-tdah-enfants-adolescents-comment-diagnostiquer-et-accompagner</t>
+  </si>
+  <si>
+    <t>p_3542985</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>MEDIKINET (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:41:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982941/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982941</t>
   </si>
   <si>
     <t>méthylphénidate (chlorhydrate de)</t>
   </si>
   <si>
     <t>HAC PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1334805/en/medikinet</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984462/en/concerta-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_1334805/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893478/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210115/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419433/fr/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984462</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399886/en/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982913/en/ritaline-ritaline-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/fr/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/fr/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>RITALINE - RITALINE LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/01/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982913/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982913</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399583/en/ritaline-10-mg-comprimes-boite-de-30</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984144/en/quasym-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_399583/fr/ritaline-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399926/fr/ritaline-lp-20-mg-gelules-boite-de-30-ritaline-lp-30-mg-gelules-boite-de-30-ritaline-lp-40-mg-gelules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334799/fr/ritaline-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897010/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210112/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305318/fr/ritaline-lp-methylphenidate-tdah</t>
+  </si>
+  <si>
+    <t>QUASYM LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>30/09/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984144/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984144</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_939181/en/quasym</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3210094/en/quasym-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_939181/fr/quasym-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334808/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621698/fr/quasym-lp-methylphenidate-psychostimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210094/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="B2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
-      </c>
-[...19 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>26</v>
-[...23 lines deleted...]
-        <v>33</v>
+        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>31</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>32</v>
+      </c>
+      <c r="H2" t="s">
+        <v>33</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
         <v>34</v>
       </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>35</v>
+      </c>
+      <c r="B2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C2" t="s">
+        <v>37</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>38</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>39</v>
+      </c>
+      <c r="H2" t="s">
+        <v>40</v>
+      </c>
+      <c r="I2" t="s">
+        <v>41</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>42</v>
+      </c>
+      <c r="J1" t="s">
+        <v>43</v>
+      </c>
+      <c r="K1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+      <c r="J2" t="s">
+        <v>51</v>
+      </c>
+      <c r="K2" t="s">
+        <v>52</v>
+      </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>54</v>
+      </c>
+      <c r="N2" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>56</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>57</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>58</v>
+      </c>
+      <c r="H3" t="s">
+        <v>59</v>
+      </c>
+      <c r="I3" t="s">
+        <v>50</v>
+      </c>
+      <c r="J3" t="s">
+        <v>60</v>
+      </c>
+      <c r="K3" t="s">
+        <v>61</v>
+      </c>
+      <c r="L3" t="s">
+        <v>62</v>
+      </c>
+      <c r="M3" t="s">
+        <v>63</v>
+      </c>
+      <c r="N3" t="s">
+        <v>64</v>
+      </c>
+      <c r="O3" t="s">
+        <v>65</v>
+      </c>
+      <c r="P3" t="s">
+        <v>66</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>67</v>
+      </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>36</v>
+        <v>69</v>
       </c>
       <c r="H4" t="s">
-        <v>37</v>
+        <v>70</v>
       </c>
       <c r="I4" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="J4" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="K4" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="L4" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="M4" t="s">
-        <v>41</v>
+        <v>74</v>
       </c>
       <c r="N4" t="s">
-        <v>42</v>
+        <v>75</v>
       </c>
       <c r="O4" t="s">
-        <v>43</v>
+        <v>76</v>
       </c>
       <c r="P4" t="s">
-        <v>44</v>
+        <v>77</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>11</v>
+        <v>45</v>
       </c>
       <c r="B5" t="s">
-        <v>45</v>
+        <v>78</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="H5" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="I5" t="s">
-        <v>17</v>
+        <v>50</v>
       </c>
       <c r="J5" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="K5" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="L5" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="M5" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="N5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>87</v>
+      </c>
+      <c r="B2" t="s">
+        <v>88</v>
+      </c>
+      <c r="C2" t="s">
+        <v>89</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>