--- v0 (2025-12-17)
+++ v1 (2026-02-16)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1869" uniqueCount="1132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1905" uniqueCount="1158">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -644,65 +644,50 @@
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la maladie de Castleman.</t>
   </si>
   <si>
     <t>27/11/2019 16:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3121172/fr/maladie-de-castleman</t>
   </si>
   <si>
     <t>p_3121172</t>
   </si>
   <si>
     <t>Atrésie de l’œsophage</t>
   </si>
   <si>
     <t>17/12/2018 11:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_715169/fr/atresie-de-l-oesophage</t>
   </si>
   <si>
     <t>c_715169</t>
   </si>
   <si>
-    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
-[...13 lines deleted...]
-  <si>
     <t>Maladie de Pompe</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de la Maladie de Pompe.</t>
   </si>
   <si>
     <t>08/08/2016 13:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2659919/fr/maladie-de-pompe</t>
   </si>
   <si>
     <t>c_2659919</t>
   </si>
   <si>
     <t>ALD n°17 - Mucopolysaccharidose de type I</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de la santé la prise en charge optimale et le parcours de soins d’un malade admis en ALD au titre de l’ALD 17 : « Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé ». Ce PNDS est limité à la mucopolysaccharidose de type I (MPS I).</t>
   </si>
   <si>
     <t>13/06/2007 00:00:00</t>
   </si>
   <si>
     <t>08/08/2007 17:25:00</t>
@@ -1031,54 +1016,72 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3460918/fr/strategie-vaccinale-de-prevention-des-infections-par-le-vrs-chez-l-adulte-age-de-60-ans-et-plus</t>
   </si>
   <si>
     <t>p_3460918</t>
   </si>
   <si>
     <t>Stratégie de vaccination contre les infections à pneumocoque - Place du vaccin VAXNEUVANCE chez l’enfant de 6 semaines à 18 ans</t>
   </si>
   <si>
     <t>Le vaccin Vaxneuvance est un vaccin pneumococcique conjugué dirigé contre 15 sérotypes pneumococciques. Il a reçu une extension d’AMM a été obtenue le 21 octobre 2022 chez les nourrissons, les enfants et les adolescents âgés de 6 semaines à moins de 18 ans. L’objectif de ce rapport est d’évaluer l’ensemble des données disponibles afin de préciser sa place dans la stratégie de vaccination contre les infections à pneumocoques dans cette population (méthode AVIVAC). Au terme de son évaluation, la HAS considère que le vaccin Vaxneuvance peut être intégré en alternative au vaccin VPC13 dans la stratégie vaccinale française pour la prévention des infections invasives, des pneumonies et des otites moyennes aiguës à pneumocoque chez les nourrissons, les enfants et les adolescents de 6 semaines à moins de 18 ans.</t>
   </si>
   <si>
     <t>27/07/2023 00:00:00</t>
   </si>
   <si>
     <t>11/08/2023 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457417/fr/strategie-de-vaccination-contre-les-infections-a-pneumocoque-place-du-vaccin-vaxneuvance-chez-l-enfant-de-6-semaines-a-18-ans</t>
   </si>
   <si>
     <t>p_3457417</t>
   </si>
   <si>
+    <t>FLUCELVAX : Intégration de l’extension d’indication chez l’enfant à partir de 6 mois dans la stratégie antigrippale - Avis</t>
+  </si>
+  <si>
+    <t>La HAS publie ce jour l’avis concernant l’évaluation de la pertinence d’intégrer FLUCELVAX dans la stratégie vaccinale antigrippale chez l’enfant à partir de 6 mois, suite à l’extension de son indication.</t>
+  </si>
+  <si>
+    <t>04/12/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/12/2025 09:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804134/fr/flucelvax-integration-de-l-extension-d-indication-chez-l-enfant-a-partir-de-6-mois-dans-la-strategie-antigrippale-avis</t>
+  </si>
+  <si>
+    <t>p_3804134</t>
+  </si>
+  <si>
     <t>Grippe saisonnière : Évaluation de la pertinence d'une obligation vaccinale - note de cadrage</t>
   </si>
   <si>
-    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
+    <t>La présente note de cadrage décrit la méthodologie qui sera utilisée pour évaluer la pertinence d’une obligation vaccinale antigrippale annuelle chez les professionnels exerçant en établissement de santé et en établissement social et médico-social, les professionnels de santé libéraux et personnes employées dans les structures d’exercice libéral, les autres professionnels en contact des personnes âgées de 65 ans et plus, impliqués dans des soins d'hygiène et les aides à la vie quotidienne, lorsque leur activité les expose ou expose les personnes dont ils ont la charge à des risques de contamination, ainsi que les personnes âgées de 65 ans et plus résidant en collectivité.</t>
   </si>
   <si>
     <t>22/10/2025 00:00:00</t>
   </si>
   <si>
     <t>17/11/2025 15:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701698/fr/grippe-saisonniere-evaluation-de-la-pertinence-d-une-obligation-vaccinale-note-de-cadrage</t>
   </si>
   <si>
     <t>p_3701698</t>
   </si>
   <si>
     <t>Recommandation vaccinale contre les infections à rotavirus - Révision de la stratégie vaccinale et détermination de la place des vaccins Rotarix et RotaTeq</t>
   </si>
   <si>
     <t>La HAS recommande la vaccination contre les rotavirus chez tous les nourrissons âgés de 6 semaines à 6 mois, selon un schéma vaccinal à deux doses (à 2 et 3 mois de vie) pour le vaccin monovalent (Rotarix) et à trois doses (à 2, 3 et 4 mois de vie) pour le vaccin pentavalent (RotaTeq). Le strict respect de ce calendrier vaccinal est primordial afin d’assurer la complétude du schéma vaccinal avant l’âge limite (6 mois pour Rotarix et 8 mois pour RotaTeq).</t>
   </si>
   <si>
     <t>23/06/2022 00:00:00</t>
   </si>
   <si>
     <t>12/07/2022 16:29:00</t>
   </si>
@@ -1850,50 +1853,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3444489/fr/interet-des-tests-rapides-d-orientation-diagnostique-trod-antigeniques-covid/grippe-et-covid/grippe/vrs-en-ville</t>
   </si>
   <si>
     <t>p_3444489</t>
   </si>
   <si>
     <t>Évaluation des médicaments homéopathiques</t>
   </si>
   <si>
     <t>Negative opinion on homeopathic medicines reimbursement</t>
   </si>
   <si>
     <t>26/06/2019 00:00:00</t>
   </si>
   <si>
     <t>07/09/2019 15:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3116594/fr/evaluation-des-medicaments-homeopathiques</t>
   </si>
   <si>
     <t>p_3116594</t>
   </si>
   <si>
+    <t>Intérêt des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale des infections des voies respiratoires supérieures - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Technique d’amplification des acides nucléiques, TAAN, panel multiplex, panel quadriplex, rhinopharyngite aiguë, amygdalite aiguë, angine, rhinosinusite aiguë, otite moyenne aiguë, infections aiguës du larynx, laryngite aiguë, laryngite sous-glottique, épiglottite, syndrome pseudo-grippal</t>
+  </si>
+  <si>
+    <t>22/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 17:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845939/fr/interet-des-techniques-d-amplification-des-acides-nucleiques-taan-multiplex-dans-la-prise-en-charge-medicale-des-infections-des-voies-respiratoires-superieures-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3845939</t>
+  </si>
+  <si>
     <t>Aspirateurs trachéaux (Forfait hebdomadaire 8)</t>
   </si>
   <si>
     <t>Cette évaluation concerne les dispositifs médicaux d’aspiration mécanique des sécrétions du nasopharynx, de l’oropharynx et de la trachée (aspirateurs trachéaux) ainsi que leur prestation associée. L’objectif est de réaliser l’actualisation des modalités de remboursement de ces dispositifs et de leurs prestations sur la LPPR.</t>
   </si>
   <si>
     <t>11/07/2017 00:00:00</t>
   </si>
   <si>
     <t>09/10/2017 10:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2641074/fr/aspirateurs-tracheaux-forfait-hebdomadaire-8</t>
   </si>
   <si>
     <t>c_2641074</t>
   </si>
   <si>
     <t>Principes d’évaluation des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses</t>
   </si>
   <si>
     <t>Principe d’évaluations des techniques d’amplification des acides nucléiques (TAAN) multiplex dans la prise en charge médicale de pathologies infectieuses, détaillant les modalités et méthodes d’évaluation de ces actes en vue de leur remboursement, lors d’une première demande ou lors d’une réévaluation.</t>
   </si>
   <si>
     <t>08/04/2025 00:00:00</t>
@@ -2687,50 +2708,134 @@
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984356/fr/helicidine-helicidine</t>
   </si>
   <si>
     <t>pprd_2984356</t>
   </si>
   <si>
     <t>helicidine</t>
   </si>
   <si>
     <t>THERABEL LUCIEN PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_460053/fr/helicidine-helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_847978/fr/helicidine-helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1019651/fr/helicidine-10-helicidine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2565115/fr/helicidine-helicidine</t>
   </si>
   <si>
+    <t>ENTRESTO (sacubitril/valsartan)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/fr/entresto-sacubitril/valsartan</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/fr/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/fr/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859008/fr/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
+  </si>
+  <si>
+    <t>OFEV (nintédanib)</t>
+  </si>
+  <si>
+    <t>30/01/2026 15:09:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984523/fr/ofev-nintedanib</t>
+  </si>
+  <si>
+    <t>pprd_2984523</t>
+  </si>
+  <si>
+    <t>nintédanib</t>
+  </si>
+  <si>
+    <t>BOEHRINGER INGELHEIM FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038122/fr/ofev-nintedanib-inhibiteur-des-tyrosines-kinases</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225386/fr/ofev-pid-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225416/fr/ofev-pid-scs-chez-l-adulte-nintedanib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410994/fr/ofev-nintedanib-fibrose-pulmonaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845841/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-enfants-et-adolescents-6-17-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3845776/fr/ofev-nintedanib-pneumopathie-interstitielle-diffuse-chez-les-enfants-et-les-adolescents-ages-de-6-a-17-ans</t>
+  </si>
+  <si>
+    <t>COMIRNATY (Vaccin à ARNm (à nucléoside modifié) contre la COVID-19)</t>
+  </si>
+  <si>
+    <t>20/01/2026 12:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809162/fr/comirnaty-vaccin-a-arnm-a-nucleoside-modifie-contre-la-covid-19</t>
+  </si>
+  <si>
+    <t>p_3809162</t>
+  </si>
+  <si>
+    <t>Vaccin à ARNm (à nucléoside modifié) contre la COVID-19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3809128/fr/comirnaty-vaccin-a-arnm-a-nucleoside-modifie-contre-la-covid-19-covid-19-chez-les-patients-ages-de-6-mois-et-plus</t>
+  </si>
+  <si>
     <t>KAFTRIO (ivacaftor/tezacaftor/elexacaftor) / KALYDECO (ivacaftor)</t>
   </si>
   <si>
     <t>02/10/2025 15:09:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220496/fr/kaftrio-ivacaftor/tezacaftor/elexacaftor-/-kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>p_3220496</t>
   </si>
   <si>
     <t>KAFTRIO : ivacaftor/tezacaftor/elexacaftor,KALYDECO : ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3220388/fr/kaftrio-/-kalydeco-kaftrio-ivacaftor-/-tezacaftor-/-elexacaftor/-kalydeco-ivacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303740/fr/kaftrio-75-mg/50-mg/100-mg-elexacaftor/-ivacaftor/-tezacaftor</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3327002/fr/kaftrio-ivacaftor-/-tezacaftor-/-elexacafto-en-association-avec-kalydeco-mucoviscidose</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3343179/fr/kaftrio-elexacaftor/-ivacaftor/-tezacaftor-mucoviscidose</t>
@@ -2940,77 +3045,50 @@
     <t>salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399046/fr/ventoline-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399045/fr/ventoline-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400347/fr/ventoline-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_456651/fr/ventoline-salbumol-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1231582/fr/ventoline-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2724025/fr/ventoline-salbutamol</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399348/fr/ventodisks-200-g/dose-poudre-pour-inhalation-en-disque-multidose-7-plaquettes-thermoformees-de-8-doses-7-plaquettes-thermoformees-de-8-doses-avec-distributeur-diskhaler</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574253/fr/ventoline-salbutamol-asthme</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3483267/fr/entresto-sacubitril/valsartan-insuffisance-cardiaque-chronique</t>
   </si>
   <si>
     <t>XALKORI (crizotinib)</t>
   </si>
   <si>
     <t>09/06/2023 14:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983566/fr/xalkori-crizotinib</t>
   </si>
   <si>
     <t>pprd_2983566</t>
   </si>
   <si>
     <t>crizotinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1543504/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2769263/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase-cpnpc-alk</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2779442/fr/xalkori-crizotinib-inhibiteur-de-tyrosine-kinase</t>
   </si>
@@ -3620,2896 +3698,3010 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B2" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="C2" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H2" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B3" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="C3" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="H3" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B4" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="C4" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H4" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B5" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="C5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H5" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B6" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="C6" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H6" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B7" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="C7" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="H7" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B8" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="C8" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H8" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B9" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="C9" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H9" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H10"/>
+  <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C2" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="D2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="E2" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="H2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B3" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C3" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="D3" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="E3" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H3" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B4" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C4" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D4" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="E4" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H4" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B5" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="C5" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="D5" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="E5" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B6" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C6" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D6" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="E6" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H6" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B7" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="C7" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="D7" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="E7" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H7" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B8" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C8" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D8" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="E8" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H8" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B9" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C9" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="D9" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="E9" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H9" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B10" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="C10" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="D10" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="E10" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="H10" t="s">
-        <v>635</v>
+        <v>636</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>583</v>
+      </c>
+      <c r="B11" t="s">
+        <v>637</v>
+      </c>
+      <c r="C11" t="s">
+        <v>638</v>
+      </c>
+      <c r="D11" t="s">
+        <v>639</v>
+      </c>
+      <c r="E11" t="s">
+        <v>640</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>641</v>
+      </c>
+      <c r="H11" t="s">
+        <v>642</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B2" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="C2" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E2" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="H2" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B3" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="C3" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="D3" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="E3" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="H3" t="s">
-        <v>646</v>
+        <v>653</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B4" t="s">
-        <v>647</v>
+        <v>654</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
       <c r="E4" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>650</v>
+        <v>657</v>
       </c>
       <c r="H4" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B5" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="C5" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
       <c r="D5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E5" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="H5" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B6" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
       <c r="C6" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
       <c r="H6" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B7" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C7" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="D7" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="E7" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="H7" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B8" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="C8" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
       <c r="D8" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="E8" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
       <c r="H8" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B9" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="C9" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
       <c r="D9" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="E9" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
       <c r="H9" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B10" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="C10" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
       <c r="D10" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="E10" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
       <c r="H10" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B11" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="C11" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
       <c r="D11" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="E11" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
       <c r="H11" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="B12" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="C12" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
       <c r="D12" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="E12" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
       <c r="H12" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W41"/>
+  <dimension ref="A1:W43"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="J1" t="s">
         <v>22</v>
       </c>
       <c r="K1" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B2" t="s">
-        <v>699</v>
+        <v>706</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>700</v>
+        <v>707</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>701</v>
+        <v>708</v>
       </c>
       <c r="H2" t="s">
-        <v>702</v>
+        <v>709</v>
       </c>
       <c r="I2" t="s">
-        <v>703</v>
+        <v>710</v>
       </c>
       <c r="J2" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="K2" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="L2" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B3" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="H3" t="s">
-        <v>710</v>
+        <v>717</v>
       </c>
       <c r="I3" t="s">
-        <v>711</v>
+        <v>718</v>
       </c>
       <c r="J3" t="s">
-        <v>712</v>
+        <v>719</v>
       </c>
       <c r="K3" t="s">
-        <v>713</v>
+        <v>720</v>
       </c>
       <c r="L3" t="s">
-        <v>714</v>
+        <v>721</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B4" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="H4" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="I4" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="J4" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="K4" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="L4" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B5" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="H5" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="I5" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="J5" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
       <c r="K5" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="L5" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="M5" t="s">
-        <v>731</v>
+        <v>738</v>
       </c>
       <c r="N5" t="s">
-        <v>732</v>
+        <v>739</v>
       </c>
       <c r="O5" t="s">
-        <v>733</v>
+        <v>740</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B6" t="s">
-        <v>734</v>
+        <v>741</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>735</v>
+        <v>742</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>736</v>
+        <v>743</v>
       </c>
       <c r="H6" t="s">
-        <v>737</v>
+        <v>744</v>
       </c>
       <c r="I6" t="s">
-        <v>738</v>
+        <v>745</v>
       </c>
       <c r="J6" t="s">
-        <v>739</v>
+        <v>746</v>
       </c>
       <c r="K6" t="s">
-        <v>740</v>
+        <v>747</v>
       </c>
       <c r="L6" t="s">
-        <v>741</v>
+        <v>748</v>
       </c>
       <c r="M6" t="s">
-        <v>742</v>
+        <v>749</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B7" t="s">
-        <v>743</v>
+        <v>750</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>744</v>
+        <v>751</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="H7" t="s">
-        <v>746</v>
+        <v>753</v>
       </c>
       <c r="I7" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="J7" t="s">
-        <v>748</v>
+        <v>755</v>
       </c>
       <c r="K7" t="s">
-        <v>749</v>
+        <v>756</v>
       </c>
       <c r="L7" t="s">
-        <v>750</v>
+        <v>757</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B8" t="s">
+        <v>758</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>751</v>
       </c>
-      <c r="C8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>752</v>
+        <v>759</v>
       </c>
       <c r="H8" t="s">
-        <v>753</v>
+        <v>760</v>
       </c>
       <c r="I8" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="J8" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="K8" t="s">
-        <v>755</v>
+        <v>762</v>
       </c>
       <c r="L8" t="s">
-        <v>756</v>
+        <v>763</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B9" t="s">
-        <v>757</v>
+        <v>764</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>758</v>
+        <v>765</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>759</v>
+        <v>766</v>
       </c>
       <c r="H9" t="s">
-        <v>760</v>
+        <v>767</v>
       </c>
       <c r="I9" t="s">
+        <v>768</v>
+      </c>
+      <c r="J9" t="s">
         <v>761</v>
       </c>
-      <c r="J9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>762</v>
+        <v>769</v>
       </c>
       <c r="L9" t="s">
-        <v>763</v>
+        <v>770</v>
       </c>
       <c r="M9" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="N9" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="O9" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B10" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="H10" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="I10" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="J10" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="K10" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="L10" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="M10" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="N10" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="O10" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="P10" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="Q10" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="R10" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B11" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="H11" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="I11" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="J11" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="K11" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="L11" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="M11" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="N11" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="O11" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="P11" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="Q11" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="R11" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="S11" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="T11" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="U11" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="V11" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="W11" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B12" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="H12" t="s">
-        <v>802</v>
+        <v>809</v>
       </c>
       <c r="I12" t="s">
-        <v>803</v>
+        <v>810</v>
       </c>
       <c r="J12" t="s">
-        <v>804</v>
+        <v>811</v>
       </c>
       <c r="K12" t="s">
-        <v>805</v>
+        <v>812</v>
       </c>
       <c r="L12" t="s">
-        <v>806</v>
+        <v>813</v>
       </c>
       <c r="M12" t="s">
-        <v>807</v>
+        <v>814</v>
       </c>
       <c r="N12" t="s">
-        <v>808</v>
+        <v>815</v>
       </c>
       <c r="O12" t="s">
-        <v>809</v>
+        <v>816</v>
       </c>
       <c r="P12" t="s">
-        <v>810</v>
+        <v>817</v>
       </c>
       <c r="Q12" t="s">
-        <v>811</v>
+        <v>818</v>
       </c>
       <c r="R12" t="s">
-        <v>812</v>
+        <v>819</v>
       </c>
       <c r="S12" t="s">
-        <v>813</v>
+        <v>820</v>
       </c>
       <c r="T12" t="s">
-        <v>814</v>
+        <v>821</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B13" t="s">
-        <v>815</v>
+        <v>822</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>816</v>
+        <v>823</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>817</v>
+        <v>824</v>
       </c>
       <c r="H13" t="s">
-        <v>818</v>
+        <v>825</v>
       </c>
       <c r="I13" t="s">
-        <v>819</v>
+        <v>826</v>
       </c>
       <c r="J13" t="s">
-        <v>820</v>
+        <v>827</v>
       </c>
       <c r="K13" t="s">
-        <v>821</v>
+        <v>828</v>
       </c>
       <c r="L13" t="s">
-        <v>822</v>
+        <v>829</v>
       </c>
       <c r="M13" t="s">
-        <v>823</v>
+        <v>830</v>
       </c>
       <c r="N13" t="s">
-        <v>824</v>
+        <v>831</v>
       </c>
       <c r="O13" t="s">
-        <v>825</v>
+        <v>832</v>
       </c>
       <c r="P13" t="s">
-        <v>826</v>
+        <v>833</v>
       </c>
       <c r="Q13" t="s">
-        <v>827</v>
+        <v>834</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B14" t="s">
-        <v>828</v>
+        <v>835</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>829</v>
+        <v>836</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>830</v>
+        <v>837</v>
       </c>
       <c r="H14" t="s">
-        <v>831</v>
+        <v>838</v>
       </c>
       <c r="I14" t="s">
-        <v>832</v>
+        <v>839</v>
       </c>
       <c r="J14" t="s">
-        <v>833</v>
+        <v>840</v>
       </c>
       <c r="K14" t="s">
-        <v>834</v>
+        <v>841</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B15" t="s">
-        <v>835</v>
+        <v>842</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>837</v>
+        <v>844</v>
       </c>
       <c r="H15" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="I15" t="s">
-        <v>839</v>
+        <v>846</v>
       </c>
       <c r="J15" t="s">
-        <v>754</v>
+        <v>761</v>
       </c>
       <c r="K15" t="s">
-        <v>840</v>
+        <v>847</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B16" t="s">
-        <v>841</v>
+        <v>848</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>842</v>
+        <v>849</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>843</v>
+        <v>850</v>
       </c>
       <c r="H16" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="I16" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="J16" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="K16" t="s">
-        <v>847</v>
+        <v>854</v>
       </c>
       <c r="L16" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="M16" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B17" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="H17" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="I17" t="s">
-        <v>854</v>
+        <v>861</v>
       </c>
       <c r="J17" t="s">
-        <v>855</v>
+        <v>862</v>
       </c>
       <c r="K17" t="s">
-        <v>856</v>
+        <v>863</v>
       </c>
       <c r="L17" t="s">
-        <v>857</v>
+        <v>864</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B18" t="s">
-        <v>858</v>
+        <v>865</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>859</v>
+        <v>866</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>860</v>
+        <v>867</v>
       </c>
       <c r="H18" t="s">
-        <v>861</v>
+        <v>868</v>
       </c>
       <c r="I18" t="s">
-        <v>862</v>
+        <v>869</v>
       </c>
       <c r="J18" t="s">
-        <v>863</v>
+        <v>870</v>
       </c>
       <c r="K18" t="s">
-        <v>864</v>
+        <v>871</v>
       </c>
       <c r="L18" t="s">
-        <v>865</v>
+        <v>872</v>
       </c>
       <c r="M18" t="s">
-        <v>866</v>
+        <v>873</v>
       </c>
       <c r="N18" t="s">
-        <v>867</v>
+        <v>874</v>
       </c>
       <c r="O18" t="s">
-        <v>868</v>
+        <v>875</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B19" t="s">
-        <v>869</v>
+        <v>876</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>870</v>
+        <v>877</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>871</v>
+        <v>878</v>
       </c>
       <c r="H19" t="s">
-        <v>872</v>
+        <v>879</v>
       </c>
       <c r="I19" t="s">
-        <v>873</v>
+        <v>880</v>
       </c>
       <c r="J19" t="s">
-        <v>874</v>
+        <v>881</v>
       </c>
       <c r="K19" t="s">
-        <v>875</v>
+        <v>882</v>
       </c>
       <c r="L19" t="s">
-        <v>876</v>
+        <v>883</v>
       </c>
       <c r="M19" t="s">
-        <v>877</v>
+        <v>884</v>
       </c>
       <c r="N19" t="s">
-        <v>878</v>
+        <v>885</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B20" t="s">
-        <v>879</v>
+        <v>886</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>880</v>
+        <v>887</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>881</v>
+        <v>888</v>
       </c>
       <c r="H20" t="s">
-        <v>882</v>
+        <v>889</v>
       </c>
       <c r="I20" t="s">
-        <v>883</v>
+        <v>890</v>
       </c>
       <c r="J20" t="s">
-        <v>785</v>
+        <v>891</v>
       </c>
       <c r="K20" t="s">
-        <v>884</v>
+        <v>892</v>
       </c>
       <c r="L20" t="s">
-        <v>885</v>
+        <v>893</v>
       </c>
       <c r="M20" t="s">
-        <v>886</v>
+        <v>894</v>
       </c>
       <c r="N20" t="s">
-        <v>887</v>
-[...20 lines deleted...]
-        <v>894</v>
+        <v>895</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B21" t="s">
-        <v>895</v>
+        <v>896</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="H21" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="I21" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="J21" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="K21" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="L21" t="s">
-        <v>902</v>
+        <v>903</v>
+      </c>
+      <c r="M21" t="s">
+        <v>904</v>
+      </c>
+      <c r="N21" t="s">
+        <v>905</v>
+      </c>
+      <c r="O21" t="s">
+        <v>906</v>
+      </c>
+      <c r="P21" t="s">
+        <v>907</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B22" t="s">
-        <v>903</v>
+        <v>908</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>904</v>
+        <v>909</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>905</v>
+        <v>910</v>
       </c>
       <c r="H22" t="s">
-        <v>906</v>
+        <v>911</v>
       </c>
       <c r="I22" t="s">
-        <v>907</v>
+        <v>912</v>
       </c>
       <c r="J22" t="s">
-        <v>908</v>
+        <v>719</v>
       </c>
       <c r="K22" t="s">
-        <v>909</v>
-[...2 lines deleted...]
-        <v>910</v>
+        <v>913</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B23" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>912</v>
+        <v>915</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>913</v>
+        <v>916</v>
       </c>
       <c r="H23" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="I23" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
       <c r="J23" t="s">
-        <v>916</v>
+        <v>792</v>
       </c>
       <c r="K23" t="s">
-        <v>917</v>
+        <v>919</v>
       </c>
       <c r="L23" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="M23" t="s">
-        <v>919</v>
+        <v>921</v>
       </c>
       <c r="N23" t="s">
-        <v>920</v>
+        <v>922</v>
       </c>
       <c r="O23" t="s">
-        <v>921</v>
+        <v>923</v>
       </c>
       <c r="P23" t="s">
-        <v>922</v>
+        <v>924</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>925</v>
+      </c>
+      <c r="R23" t="s">
+        <v>926</v>
+      </c>
+      <c r="S23" t="s">
+        <v>927</v>
+      </c>
+      <c r="T23" t="s">
+        <v>928</v>
+      </c>
+      <c r="U23" t="s">
+        <v>929</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B24" t="s">
-        <v>923</v>
+        <v>930</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>924</v>
+        <v>931</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>925</v>
+        <v>932</v>
       </c>
       <c r="H24" t="s">
-        <v>926</v>
+        <v>933</v>
       </c>
       <c r="I24" t="s">
-        <v>927</v>
+        <v>934</v>
       </c>
       <c r="J24" t="s">
-        <v>928</v>
+        <v>935</v>
       </c>
       <c r="K24" t="s">
-        <v>929</v>
+        <v>936</v>
       </c>
       <c r="L24" t="s">
-        <v>930</v>
-[...8 lines deleted...]
-        <v>933</v>
+        <v>937</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B25" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="H25" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="I25" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="J25" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="K25" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="L25" t="s">
-        <v>941</v>
-[...2 lines deleted...]
-        <v>940</v>
+        <v>945</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B26" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="H26" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="I26" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="J26" t="s">
-        <v>939</v>
+        <v>951</v>
       </c>
       <c r="K26" t="s">
-        <v>947</v>
+        <v>952</v>
       </c>
       <c r="L26" t="s">
-        <v>948</v>
+        <v>953</v>
       </c>
       <c r="M26" t="s">
-        <v>949</v>
+        <v>954</v>
       </c>
       <c r="N26" t="s">
-        <v>950</v>
+        <v>955</v>
+      </c>
+      <c r="O26" t="s">
+        <v>956</v>
+      </c>
+      <c r="P26" t="s">
+        <v>957</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B27" t="s">
-        <v>951</v>
+        <v>958</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>952</v>
+        <v>959</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>953</v>
+        <v>960</v>
       </c>
       <c r="H27" t="s">
-        <v>954</v>
+        <v>961</v>
       </c>
       <c r="I27" t="s">
-        <v>955</v>
+        <v>962</v>
       </c>
       <c r="J27" t="s">
-        <v>754</v>
+        <v>963</v>
       </c>
       <c r="K27" t="s">
-        <v>956</v>
+        <v>964</v>
       </c>
       <c r="L27" t="s">
-        <v>957</v>
+        <v>965</v>
       </c>
       <c r="M27" t="s">
-        <v>958</v>
+        <v>966</v>
       </c>
       <c r="N27" t="s">
-        <v>959</v>
+        <v>967</v>
       </c>
       <c r="O27" t="s">
-        <v>960</v>
-[...8 lines deleted...]
-        <v>963</v>
+        <v>968</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B28" t="s">
-        <v>964</v>
+        <v>969</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>965</v>
+        <v>970</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>966</v>
+        <v>971</v>
       </c>
       <c r="H28" t="s">
-        <v>967</v>
+        <v>972</v>
       </c>
       <c r="I28" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
       <c r="J28" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="K28" t="s">
-        <v>970</v>
+        <v>975</v>
       </c>
       <c r="L28" t="s">
-        <v>971</v>
+        <v>976</v>
       </c>
       <c r="M28" t="s">
-        <v>972</v>
+        <v>975</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B29" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="C29" t="s">
         <v>13</v>
       </c>
       <c r="D29" t="s">
         <v>13</v>
       </c>
       <c r="E29" t="s">
+        <v>978</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>979</v>
+      </c>
+      <c r="H29" t="s">
+        <v>980</v>
+      </c>
+      <c r="I29" t="s">
+        <v>981</v>
+      </c>
+      <c r="J29" t="s">
         <v>974</v>
       </c>
-      <c r="F29" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="K29" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="L29" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="M29" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="N29" t="s">
-        <v>981</v>
-[...10 lines deleted...]
-      <c r="R29" t="s">
         <v>985</v>
-      </c>
-[...1 lines deleted...]
-        <v>986</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B30" t="s">
+        <v>986</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
         <v>987</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
         <v>988</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>989</v>
       </c>
-      <c r="H30" t="s">
+      <c r="I30" t="s">
         <v>990</v>
       </c>
-      <c r="I30" t="s">
+      <c r="J30" t="s">
+        <v>761</v>
+      </c>
+      <c r="K30" t="s">
         <v>991</v>
       </c>
-      <c r="J30" t="s">
-[...2 lines deleted...]
-      <c r="K30" t="s">
+      <c r="L30" t="s">
         <v>992</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
         <v>993</v>
       </c>
-      <c r="M30" t="s">
+      <c r="N30" t="s">
         <v>994</v>
+      </c>
+      <c r="O30" t="s">
+        <v>995</v>
+      </c>
+      <c r="P30" t="s">
+        <v>996</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>997</v>
+      </c>
+      <c r="R30" t="s">
+        <v>998</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B31" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="H31" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="I31" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="J31" t="s">
-        <v>1000</v>
+        <v>827</v>
       </c>
       <c r="K31" t="s">
-        <v>1001</v>
+        <v>1004</v>
       </c>
       <c r="L31" t="s">
-        <v>1002</v>
+        <v>1005</v>
       </c>
       <c r="M31" t="s">
-        <v>1003</v>
+        <v>1006</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1007</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1009</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1010</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1011</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1012</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B32" t="s">
-        <v>1004</v>
+        <v>1013</v>
       </c>
       <c r="C32" t="s">
         <v>13</v>
       </c>
       <c r="D32" t="s">
         <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1005</v>
+        <v>1014</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1006</v>
+        <v>1015</v>
       </c>
       <c r="H32" t="s">
-        <v>1007</v>
+        <v>1016</v>
       </c>
       <c r="I32" t="s">
-        <v>1008</v>
+        <v>1017</v>
       </c>
       <c r="J32" t="s">
-        <v>1009</v>
+        <v>862</v>
       </c>
       <c r="K32" t="s">
-        <v>1010</v>
+        <v>1018</v>
       </c>
       <c r="L32" t="s">
-        <v>1011</v>
+        <v>1019</v>
       </c>
       <c r="M32" t="s">
-        <v>1012</v>
-[...14 lines deleted...]
-        <v>1017</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B33" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
       <c r="C33" t="s">
         <v>13</v>
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1020</v>
+        <v>1023</v>
       </c>
       <c r="H33" t="s">
-        <v>1021</v>
+        <v>1024</v>
       </c>
       <c r="I33" t="s">
-        <v>1022</v>
+        <v>1025</v>
       </c>
       <c r="J33" t="s">
-        <v>1023</v>
+        <v>1026</v>
       </c>
       <c r="K33" t="s">
-        <v>1024</v>
+        <v>1027</v>
+      </c>
+      <c r="L33" t="s">
+        <v>1028</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1029</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B34" t="s">
-        <v>1025</v>
+        <v>1030</v>
       </c>
       <c r="C34" t="s">
         <v>13</v>
       </c>
       <c r="D34" t="s">
         <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1027</v>
+        <v>1032</v>
       </c>
       <c r="H34" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="I34" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="J34" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
       <c r="K34" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="L34" t="s">
-        <v>1032</v>
+        <v>1037</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1038</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1039</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1040</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1041</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1042</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1043</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B35" t="s">
-        <v>1033</v>
+        <v>1044</v>
       </c>
       <c r="C35" t="s">
         <v>13</v>
       </c>
       <c r="D35" t="s">
         <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1034</v>
+        <v>1045</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1035</v>
+        <v>1046</v>
       </c>
       <c r="H35" t="s">
-        <v>1036</v>
+        <v>1047</v>
       </c>
       <c r="I35" t="s">
-        <v>1037</v>
+        <v>1048</v>
       </c>
       <c r="J35" t="s">
-        <v>1038</v>
+        <v>1049</v>
       </c>
       <c r="K35" t="s">
-        <v>1039</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B36" t="s">
-        <v>1040</v>
+        <v>1051</v>
       </c>
       <c r="C36" t="s">
         <v>13</v>
       </c>
       <c r="D36" t="s">
         <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1041</v>
+        <v>1052</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1042</v>
+        <v>1053</v>
       </c>
       <c r="H36" t="s">
-        <v>1043</v>
+        <v>1054</v>
       </c>
       <c r="I36" t="s">
-        <v>1044</v>
+        <v>1055</v>
       </c>
       <c r="J36" t="s">
-        <v>1045</v>
+        <v>1056</v>
       </c>
       <c r="K36" t="s">
-        <v>1046</v>
+        <v>1057</v>
       </c>
       <c r="L36" t="s">
-        <v>1047</v>
-[...17 lines deleted...]
-        <v>1053</v>
+        <v>1058</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B37" t="s">
-        <v>1054</v>
+        <v>1059</v>
       </c>
       <c r="C37" t="s">
         <v>13</v>
       </c>
       <c r="D37" t="s">
         <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1055</v>
+        <v>1060</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1056</v>
+        <v>1061</v>
       </c>
       <c r="H37" t="s">
-        <v>1057</v>
+        <v>1062</v>
       </c>
       <c r="I37" t="s">
-        <v>1058</v>
+        <v>1063</v>
       </c>
       <c r="J37" t="s">
-        <v>754</v>
+        <v>1064</v>
       </c>
       <c r="K37" t="s">
-        <v>1059</v>
-[...8 lines deleted...]
-        <v>1062</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B38" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
         <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1064</v>
+        <v>1067</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1065</v>
+        <v>1068</v>
       </c>
       <c r="H38" t="s">
-        <v>1066</v>
+        <v>1069</v>
       </c>
       <c r="I38" t="s">
-        <v>1067</v>
+        <v>1070</v>
       </c>
       <c r="J38" t="s">
-        <v>820</v>
+        <v>1071</v>
       </c>
       <c r="K38" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="L38" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
       <c r="M38" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="N38" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="O38" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="P38" t="s">
-        <v>1073</v>
+        <v>1077</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1078</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1079</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B39" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
       <c r="C39" t="s">
         <v>13</v>
       </c>
       <c r="D39" t="s">
         <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1076</v>
+        <v>1082</v>
       </c>
       <c r="H39" t="s">
-        <v>1077</v>
+        <v>1083</v>
       </c>
       <c r="I39" t="s">
-        <v>1078</v>
+        <v>1084</v>
       </c>
       <c r="J39" t="s">
-        <v>1079</v>
+        <v>761</v>
       </c>
       <c r="K39" t="s">
-        <v>1080</v>
+        <v>1085</v>
       </c>
       <c r="L39" t="s">
-        <v>1081</v>
+        <v>1086</v>
       </c>
       <c r="M39" t="s">
-        <v>1082</v>
+        <v>1087</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1088</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B40" t="s">
-        <v>1083</v>
+        <v>1089</v>
       </c>
       <c r="C40" t="s">
         <v>13</v>
       </c>
       <c r="D40" t="s">
         <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1084</v>
+        <v>1090</v>
       </c>
       <c r="F40" t="s">
         <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1085</v>
+        <v>1091</v>
       </c>
       <c r="H40" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="I40" t="s">
-        <v>1087</v>
+        <v>1093</v>
       </c>
       <c r="J40" t="s">
-        <v>1088</v>
+        <v>827</v>
       </c>
       <c r="K40" t="s">
-        <v>1089</v>
+        <v>1094</v>
       </c>
       <c r="L40" t="s">
-        <v>1090</v>
+        <v>1095</v>
       </c>
       <c r="M40" t="s">
-        <v>1091</v>
+        <v>1096</v>
       </c>
       <c r="N40" t="s">
-        <v>1092</v>
+        <v>1097</v>
       </c>
       <c r="O40" t="s">
-        <v>1093</v>
+        <v>1098</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1099</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B41" t="s">
-        <v>1094</v>
+        <v>1100</v>
       </c>
       <c r="C41" t="s">
         <v>13</v>
       </c>
       <c r="D41" t="s">
         <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1095</v>
+        <v>1101</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1096</v>
+        <v>1102</v>
       </c>
       <c r="H41" t="s">
-        <v>1097</v>
+        <v>1103</v>
       </c>
       <c r="I41" t="s">
-        <v>1044</v>
+        <v>1104</v>
       </c>
       <c r="J41" t="s">
-        <v>1098</v>
+        <v>1105</v>
       </c>
       <c r="K41" t="s">
-        <v>1099</v>
+        <v>1106</v>
       </c>
       <c r="L41" t="s">
-        <v>1100</v>
+        <v>1107</v>
       </c>
       <c r="M41" t="s">
-        <v>1101</v>
-[...11 lines deleted...]
-        <v>1105</v>
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>705</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J42" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L42" t="s">
+        <v>1116</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1117</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1118</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>705</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1122</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1123</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1070</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1124</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1125</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1126</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1127</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1128</v>
+      </c>
+      <c r="O43" t="s">
+        <v>1129</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1130</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>1131</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1106</v>
+        <v>1132</v>
       </c>
       <c r="B2" t="s">
-        <v>1107</v>
+        <v>1133</v>
       </c>
       <c r="C2" t="s">
-        <v>1108</v>
+        <v>1134</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1109</v>
+        <v>1135</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1110</v>
+        <v>1136</v>
       </c>
       <c r="H2" t="s">
-        <v>1111</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1106</v>
+        <v>1132</v>
       </c>
       <c r="B3" t="s">
-        <v>1112</v>
+        <v>1138</v>
       </c>
       <c r="C3" t="s">
-        <v>1113</v>
+        <v>1139</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1114</v>
+        <v>1140</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1115</v>
+        <v>1141</v>
       </c>
       <c r="H3" t="s">
-        <v>1116</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1106</v>
+        <v>1132</v>
       </c>
       <c r="B4" t="s">
-        <v>1117</v>
+        <v>1143</v>
       </c>
       <c r="C4" t="s">
-        <v>1118</v>
+        <v>1144</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1119</v>
+        <v>1145</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1120</v>
+        <v>1146</v>
       </c>
       <c r="H4" t="s">
-        <v>1121</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1106</v>
+        <v>1132</v>
       </c>
       <c r="B5" t="s">
-        <v>1122</v>
+        <v>1148</v>
       </c>
       <c r="C5" t="s">
-        <v>1123</v>
+        <v>1149</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1124</v>
+        <v>1150</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1125</v>
+        <v>1151</v>
       </c>
       <c r="H5" t="s">
-        <v>1126</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1106</v>
+        <v>1132</v>
       </c>
       <c r="B6" t="s">
-        <v>1127</v>
+        <v>1153</v>
       </c>
       <c r="C6" t="s">
-        <v>1128</v>
+        <v>1154</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1129</v>
+        <v>1155</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1130</v>
+        <v>1156</v>
       </c>
       <c r="H6" t="s">
-        <v>1131</v>
+        <v>1157</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -6650,51 +6842,51 @@
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>45</v>
       </c>
       <c r="H5" t="s">
         <v>46</v>
       </c>
       <c r="I5" t="s">
         <v>47</v>
       </c>
       <c r="J5" t="s">
         <v>48</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H34"/>
+  <dimension ref="A1:H33"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7499,2227 +7691,2227 @@
       </c>
       <c r="E32" t="s">
         <v>200</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
         <v>201</v>
       </c>
       <c r="H32" t="s">
         <v>202</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>49</v>
       </c>
       <c r="B33" t="s">
         <v>203</v>
       </c>
       <c r="C33" t="s">
         <v>204</v>
       </c>
       <c r="D33" t="s">
-        <v>13</v>
+        <v>205</v>
       </c>
       <c r="E33" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="H33" t="s">
-        <v>207</v>
-[...6 lines deleted...]
-      <c r="B34" t="s">
         <v>208</v>
-      </c>
-[...16 lines deleted...]
-        <v>213</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>210</v>
+      </c>
+      <c r="B2" t="s">
+        <v>211</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>212</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>213</v>
+      </c>
+      <c r="H2" t="s">
+        <v>214</v>
+      </c>
+      <c r="I2" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>210</v>
+      </c>
+      <c r="B3" t="s">
+        <v>216</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>217</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>218</v>
+      </c>
+      <c r="H3" t="s">
+        <v>219</v>
+      </c>
+      <c r="I3" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>210</v>
+      </c>
+      <c r="B4" t="s">
+        <v>220</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>221</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>222</v>
+      </c>
+      <c r="H4" t="s">
+        <v>223</v>
+      </c>
+      <c r="I4" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
+        <v>210</v>
+      </c>
+      <c r="B5" t="s">
+        <v>224</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>225</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>226</v>
+      </c>
+      <c r="H5" t="s">
+        <v>227</v>
+      </c>
+      <c r="I5" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
+        <v>210</v>
+      </c>
+      <c r="B6" t="s">
+        <v>228</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>229</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>230</v>
+      </c>
+      <c r="H6" t="s">
+        <v>231</v>
+      </c>
+      <c r="I6" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B7" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="H7" t="s">
-        <v>240</v>
+        <v>235</v>
       </c>
       <c r="I7" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
+        <v>210</v>
+      </c>
+      <c r="B8" t="s">
+        <v>237</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>238</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>239</v>
+      </c>
+      <c r="H8" t="s">
+        <v>240</v>
+      </c>
+      <c r="I8" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>210</v>
+      </c>
+      <c r="B9" t="s">
+        <v>241</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>242</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>243</v>
+      </c>
+      <c r="H9" t="s">
+        <v>244</v>
+      </c>
+      <c r="I9" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
+        <v>210</v>
+      </c>
+      <c r="B10" t="s">
+        <v>245</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>246</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>247</v>
+      </c>
+      <c r="H10" t="s">
+        <v>248</v>
+      </c>
+      <c r="I10" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
+        <v>210</v>
+      </c>
+      <c r="B11" t="s">
+        <v>249</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>250</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>251</v>
+      </c>
+      <c r="H11" t="s">
+        <v>252</v>
+      </c>
+      <c r="I11" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
+        <v>210</v>
+      </c>
+      <c r="B12" t="s">
+        <v>253</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>254</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>255</v>
+      </c>
+      <c r="H12" t="s">
+        <v>256</v>
+      </c>
+      <c r="I12" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
+        <v>210</v>
+      </c>
+      <c r="B13" t="s">
+        <v>257</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>258</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>259</v>
+      </c>
+      <c r="H13" t="s">
+        <v>260</v>
+      </c>
+      <c r="I13" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>210</v>
+      </c>
+      <c r="B14" t="s">
+        <v>261</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>262</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>263</v>
+      </c>
+      <c r="H14" t="s">
+        <v>264</v>
+      </c>
+      <c r="I14" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
+        <v>210</v>
+      </c>
+      <c r="B15" t="s">
+        <v>265</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>266</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>267</v>
+      </c>
+      <c r="H15" t="s">
+        <v>268</v>
+      </c>
+      <c r="I15" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
+        <v>210</v>
+      </c>
+      <c r="B16" t="s">
+        <v>269</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>270</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>271</v>
+      </c>
+      <c r="H16" t="s">
+        <v>272</v>
+      </c>
+      <c r="I16" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
+        <v>210</v>
+      </c>
+      <c r="B17" t="s">
+        <v>273</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>225</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>274</v>
+      </c>
+      <c r="H17" t="s">
+        <v>275</v>
+      </c>
+      <c r="I17" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>210</v>
+      </c>
+      <c r="B18" t="s">
+        <v>276</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>277</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>278</v>
+      </c>
+      <c r="H18" t="s">
+        <v>279</v>
+      </c>
+      <c r="I18" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>210</v>
+      </c>
+      <c r="B19" t="s">
+        <v>280</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>281</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>282</v>
+      </c>
+      <c r="H19" t="s">
+        <v>283</v>
+      </c>
+      <c r="I19" t="s">
         <v>215</v>
-      </c>
-[...22 lines deleted...]
-        <v>220</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>284</v>
+      </c>
+      <c r="B2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C2" t="s">
+        <v>286</v>
+      </c>
+      <c r="D2" t="s">
+        <v>287</v>
+      </c>
+      <c r="E2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>289</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>290</v>
-      </c>
-[...16 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B3" t="s">
+        <v>291</v>
+      </c>
+      <c r="C3" t="s">
+        <v>292</v>
+      </c>
+      <c r="D3" t="s">
+        <v>293</v>
+      </c>
+      <c r="E3" t="s">
+        <v>294</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>295</v>
+      </c>
+      <c r="H3" t="s">
         <v>296</v>
-      </c>
-[...16 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B4" t="s">
+        <v>297</v>
+      </c>
+      <c r="C4" t="s">
+        <v>298</v>
+      </c>
+      <c r="D4" t="s">
+        <v>299</v>
+      </c>
+      <c r="E4" t="s">
+        <v>300</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>301</v>
+      </c>
+      <c r="H4" t="s">
         <v>302</v>
-      </c>
-[...16 lines deleted...]
-        <v>307</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>303</v>
+      </c>
+      <c r="B2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C2" t="s">
+        <v>305</v>
+      </c>
+      <c r="D2" t="s">
+        <v>306</v>
+      </c>
+      <c r="E2" t="s">
+        <v>307</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>308</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>309</v>
-      </c>
-[...16 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B3" t="s">
+        <v>310</v>
+      </c>
+      <c r="C3" t="s">
+        <v>311</v>
+      </c>
+      <c r="D3" t="s">
+        <v>312</v>
+      </c>
+      <c r="E3" t="s">
+        <v>313</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>314</v>
+      </c>
+      <c r="H3" t="s">
         <v>315</v>
-      </c>
-[...16 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B4" t="s">
+        <v>316</v>
+      </c>
+      <c r="C4" t="s">
+        <v>317</v>
+      </c>
+      <c r="D4" t="s">
+        <v>318</v>
+      </c>
+      <c r="E4" t="s">
+        <v>319</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>320</v>
+      </c>
+      <c r="H4" t="s">
         <v>321</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B5" t="s">
+        <v>322</v>
+      </c>
+      <c r="C5" t="s">
+        <v>323</v>
+      </c>
+      <c r="D5" t="s">
+        <v>324</v>
+      </c>
+      <c r="E5" t="s">
+        <v>325</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>326</v>
+      </c>
+      <c r="H5" t="s">
         <v>327</v>
-      </c>
-[...16 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B6" t="s">
+        <v>328</v>
+      </c>
+      <c r="C6" t="s">
+        <v>329</v>
+      </c>
+      <c r="D6" t="s">
+        <v>330</v>
+      </c>
+      <c r="E6" t="s">
+        <v>331</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>332</v>
+      </c>
+      <c r="H6" t="s">
         <v>333</v>
-      </c>
-[...16 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B7" t="s">
+        <v>334</v>
+      </c>
+      <c r="C7" t="s">
+        <v>335</v>
+      </c>
+      <c r="D7" t="s">
+        <v>336</v>
+      </c>
+      <c r="E7" t="s">
+        <v>337</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>338</v>
+      </c>
+      <c r="H7" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B8" t="s">
+        <v>340</v>
+      </c>
+      <c r="C8" t="s">
+        <v>341</v>
+      </c>
+      <c r="D8" t="s">
+        <v>342</v>
+      </c>
+      <c r="E8" t="s">
+        <v>343</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>344</v>
+      </c>
+      <c r="H8" t="s">
         <v>345</v>
-      </c>
-[...16 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B9" t="s">
+        <v>346</v>
+      </c>
+      <c r="C9" t="s">
+        <v>347</v>
+      </c>
+      <c r="D9" t="s">
+        <v>348</v>
+      </c>
+      <c r="E9" t="s">
+        <v>349</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>350</v>
+      </c>
+      <c r="H9" t="s">
         <v>351</v>
       </c>
-      <c r="C9" t="s">
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>303</v>
+      </c>
+      <c r="B10" t="s">
         <v>352</v>
       </c>
-      <c r="D9" t="s">
+      <c r="C10" t="s">
         <v>353</v>
       </c>
-      <c r="E9" t="s">
+      <c r="D10" t="s">
         <v>354</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="E10" t="s">
         <v>355</v>
       </c>
-      <c r="H9" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>356</v>
+      </c>
+      <c r="H10" t="s">
+        <v>357</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="H2" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="E2" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B3" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D3" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="H3" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B4" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="C4" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="E4" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="H4" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="C5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="D5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="E5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="H5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B6" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="C6" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="D6" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="E6" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="H6" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B7" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="C7" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="D7" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="E7" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="H7" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B8" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="C8" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="D8" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="E8" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="H8" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B9" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="C9" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D9" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E9" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="H9" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B10" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C10" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D10" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E10" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="H10" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B11" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="E11" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="H11" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B12" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C12" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D12" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E12" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H12" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B13" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C13" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D13" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E13" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H13" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B14" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C14" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D14" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E14" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H14" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B15" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C15" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D15" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E15" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="H15" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B16" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C16" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D16" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E16" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="H16" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B17" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C17" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D17" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E17" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="H17" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B18" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="C18" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D18" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E18" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="H18" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B19" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C19" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D19" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E19" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="H19" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B20" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C20" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D20" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E20" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="H20" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B21" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C21" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D21" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E21" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="H21" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B22" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C22" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D22" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E22" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="H22" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B23" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C23" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D23" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E23" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="H23" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B24" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="C24" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D24" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E24" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="H24" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B25" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C25" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D25" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E25" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="H25" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B26" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C26" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D26" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E26" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="H26" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B27" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C27" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D27" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E27" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="H27" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B28" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C28" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D28" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E28" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="H28" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B29" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C29" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D29" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E29" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="H29" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B30" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C30" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D30" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E30" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H30" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B31" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C31" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D31" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E31" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="H31" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B32" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C32" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D32" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E32" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="H32" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B33" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C33" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D33" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E33" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="H33" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B34" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C34" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D34" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="E34" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="H34" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B35" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C35" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D35" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="E35" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="F35" t="s">
         <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="H35" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B36" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C36" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D36" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E36" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F36" t="s">
         <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="H36" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B37" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="C37" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="D37" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="E37" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="F37" t="s">
         <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="H37" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B38" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C38" t="s">
         <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="E38" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="F38" t="s">
         <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="H38" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B39" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C39" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D39" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="E39" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="F39" t="s">
         <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H39" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B2" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C2" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D2" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="E2" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="H2" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B3" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="C3" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="D3" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="E3" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="H3" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="B4" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="C4" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="D4" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="E4" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="H4" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>