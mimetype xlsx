--- v0 (2025-12-08)
+++ v1 (2026-02-23)
@@ -42,51 +42,51 @@
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
     <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
     <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1574" uniqueCount="924">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1638" uniqueCount="958">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -506,51 +506,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1759931/fr/contraception-estroprogestative-transdermique-ou-vaginale-dispensation-en-officine</t>
   </si>
   <si>
     <t>c_1759931</t>
   </si>
   <si>
     <t>Contraception d’urgence : dispensation en officine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1759990/fr/contraception-d-urgence-dispensation-en-officine</t>
   </si>
   <si>
     <t>c_1759990</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Accompagner la vie intime, affective et sexuelle des personnes en ESSMS (volet 1 - socle transversal)</t>
   </si>
   <si>
     <t>La vie intime, affective et sexuelle (VIAS) est une composante de la dignité humaine qui est une de nos libertés fondamentale ainsi qu’une dimension essentielle du bien-être et de l’existence humaine, et ce, bien au-delà des questions liées à la reproduction ou aux pratiques sexuelles.</t>
   </si>
   <si>
     <t>14/01/2025 00:00:00</t>
   </si>
   <si>
     <t>12/02/2025 10:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3590098/fr/accompagner-la-vie-intime-affective-et-sexuelle-des-personnes-en-essms-volet-1-socle-transversal</t>
   </si>
   <si>
     <t>p_3590098</t>
   </si>
@@ -1238,60 +1238,60 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_1064607/fr/commission-de-la-transparence-reunion-du-22-juin-2011</t>
   </si>
   <si>
     <t>c_1064607</t>
   </si>
   <si>
     <t>Regardez en replay - Université d'automne de la HAS 2025</t>
   </si>
   <si>
     <t>Vous êtes sur le terrain. Nous, à vos côtés.</t>
   </si>
   <si>
     <t>25/06/2025 15:57:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3632445/fr/regardez-en-replay-universite-d-automne-de-la-has-2025</t>
   </si>
   <si>
     <t>p_3632445</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
-    <t>Colloque HAS-ANM - La santé de la femme : singulière et universelle</t>
-[...2 lines deleted...]
-    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé unissent à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
   </si>
   <si>
     <t>14/10/2025 17:31:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3689232/fr/colloque-has-anm-la-sante-de-la-femme-singuliere-et-universelle</t>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
   </si>
   <si>
     <t>p_3689232</t>
   </si>
   <si>
     <t>Avis et décisions de la HAS</t>
   </si>
   <si>
     <t>Décision n°2025.0122/DC/SBP du 15 mai 2025 du collège de la Haute Autorité de santé portant attribution du label de la Haute Autorité de santé à la recommandation de bonne pratique intitulée « Actualisation de la place des différents examens d’imagerie pour le diagnostic d’endométriose » coordonnée par la Société d’Imagerie de la Femme, la Société Française de Radiologie et le Collège national des gynécologues et obstétriciens français</t>
   </si>
   <si>
     <t>15/05/2025 13:52:00</t>
   </si>
   <si>
     <t>04/06/2025 11:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3607250/fr/decision-n2025-0122/dc/sbp-du-15-mai-2025-du-college-de-la-haute-autorite-de-sante-portant-attribution-du-label-de-la-haute-autorite-de-sante-a-la-recommandation-de-bonne-pratique-intitulee-actualisation-de-la-place-des-differents-examens-d-imagerie-pour-le-diagnostic-d-endometriose-coordonnee-par-la-societe-d-imagerie-de-la-femme-la-societe-francaise-de-radiologie-et-le-college-national-des-gynecologues-et-obstetriciens-francais</t>
   </si>
   <si>
     <t>p_3607250</t>
   </si>
   <si>
     <t>Décision n 2023.0499/DC/SEAP du 21 décembre 2023 du collège de la HAS portant adoption du rapport d’évaluation technologique intitulé « Évaluation du test salivaire Endotest® dans les situations complexes de diagnostic d’endométriose »</t>
   </si>
@@ -1646,95 +1646,98 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_990897/fr/synarel-acetate-de-nafareline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2024186/fr/synarel-acetate-de-nafareline</t>
   </si>
   <si>
     <t>VISANNE (diénogest)</t>
   </si>
   <si>
     <t>15/03/2012 16:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985230/fr/visanne-dienogest</t>
   </si>
   <si>
     <t>pprd_2985230</t>
   </si>
   <si>
     <t>Laboratoire BAYER SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1009523/fr/visanne-dienogest</t>
   </si>
   <si>
+    <t>DEPO-PRODASONE (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983499/fr/depo-prodasone-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2983499</t>
+  </si>
+  <si>
+    <t>acétate de médroxyprogestérone</t>
+  </si>
+  <si>
+    <t>PFIZER PFE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650020/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2800443/fr/depo-prodasone-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807416/fr/depo-prodasone-acetate-de-medroxyprogesterone-cancer-du-sein-cancer-de-l-endometre</t>
+  </si>
+  <si>
     <t>CHLORMADINONE VIATRIS (acétate de chlormadinone)</t>
   </si>
   <si>
     <t>07/09/2023 15:20:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459942/fr/chlormadinone-viatris-acetate-de-chlormadinone</t>
   </si>
   <si>
     <t>p_3459942</t>
   </si>
   <si>
     <t>acétate de chlormadinone</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3459828/fr/chlormadinone-viatris-acetate-de-chlormadinone-gynecologie</t>
   </si>
   <si>
-    <t>DEPO-PRODASONE (médroxyprogestérone (acétate de))</t>
-[...22 lines deleted...]
-  <si>
     <t>GONAPEPTYL (triptoréline (acétate de))</t>
   </si>
   <si>
     <t>24/08/2015 16:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984441/fr/gonapeptyl-triptoreline-acetate-de</t>
   </si>
   <si>
     <t>pprd_2984441</t>
   </si>
   <si>
     <t>triptoréline (acétate de)</t>
   </si>
   <si>
     <t>FERRING SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399477/fr/gonapeptyl-3-75-mg-poudre-et-solvant-pour-suspension-injectable-a-liberation-prolongee-en-seringue-boite-de-1-seringue-pre-remplie-de-poudre-1-seringue-pre-remplie-de-solvant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_951420/fr/gonapeptyl-triptoreline-acetate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2052928/fr/gonapeptyl-triptoreline-acetate-de</t>
@@ -1958,50 +1961,167 @@
   <si>
     <t>pprd_2983884</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
   </si>
   <si>
     <t>PIERRE FABRE MEDICAMENT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399136/fr/estrapatch-40-g/24h-dispositif-transdermique-estrapatch-60-g/24h-dispositif-transdermique-boite-de-4</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399789/fr/estrapatch-80-g/24-heures-dispositif-transdermique-boite-de-4</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_544965/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753529/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2680866/fr/estrapatch-estradiol-hemihydrate</t>
   </si>
   <si>
+    <t>NEXPLANON (étonogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:38:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984390/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984390</t>
+  </si>
+  <si>
+    <t>étonogestrel</t>
+  </si>
+  <si>
+    <t>ORGANON FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861359/fr/nexplanon-etonogestrel-contraception</t>
+  </si>
+  <si>
+    <t>DEPO PROVERA (acétate de médroxyprogestérone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:30:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984514/fr/depo-provera-acetate-de-medroxyprogesterone</t>
+  </si>
+  <si>
+    <t>pprd_2984514</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732208/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038833/fr/depo-provera-medroxyprogesterone-acetate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861344/fr/depo-provera-acetate-de-medroxyprogesterone-contraceptif</t>
+  </si>
+  <si>
+    <t>OPTIMIZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984752/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984752</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861376/fr/optimizette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ANTIGONE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984803/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984803</t>
+  </si>
+  <si>
+    <t>BESINS HEALTHCARE FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1730056/fr/antigone-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861379/fr/antigone-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>CERAZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:29:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868062/fr/cerazette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868062</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861356/fr/cerazette-desogestrel-contraception</t>
+  </si>
+  <si>
+    <t>ELFASETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:28:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868176/fr/elfasette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868176</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861367/fr/elfasette-desogestrel-contraception</t>
+  </si>
+  <si>
     <t>REKOVELLE (follitropine delta)</t>
   </si>
   <si>
     <t>02/05/2024 17:14:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983513/fr/rekovelle-follitropine-delta</t>
   </si>
   <si>
     <t>pprd_2983513</t>
   </si>
   <si>
     <t>follitropine delta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2757182/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2797164/fr/rekovelle-follitropine-delta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3514980/fr/rekovelle-follitropine-delta-stimulant-de-l-ovulation</t>
   </si>
   <si>
     <t>TROPHICREME (estriol)</t>
@@ -2318,53 +2438,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2038298/fr/nefopam-medisol-nefopam-chlorhydrate-de-/-nefopam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2613161/fr/nefopam-biocodex-nefopam-chlorhydrate-de-/-nefopam</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3473441/fr/nefopam-panpharma-nefopam-douleur-aigue-analgesique-central-non-morphinique</t>
   </si>
   <si>
     <t>ELONVA (corifollitropine alfa)</t>
   </si>
   <si>
     <t>03/02/2023 10:46:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985251/fr/elonva-corifollitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2985251</t>
   </si>
   <si>
     <t>corifollitropine alfa</t>
   </si>
   <si>
-    <t>ORGANON FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_990918/fr/elonva-corifollitropine-alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3409400/fr/elonva-corifollitropine-alfa-hypogonadisme-hypogonadotrope-hh</t>
   </si>
   <si>
     <t>AMELGEN (progestérone)</t>
   </si>
   <si>
     <t>11/03/2021 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242297/fr/amelgen-progesterone</t>
   </si>
   <si>
     <t>p_3242297</t>
   </si>
   <si>
     <t>progestérone</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242186/fr/amelgen-progesterone</t>
   </si>
   <si>
     <t>ANDROCUR (cyprotérone (acétate de))</t>
@@ -2799,65 +2916,50 @@
     <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
   </si>
   <si>
     <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
   </si>
   <si>
     <t>03/02/2023 10:04:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
   </si>
   <si>
     <t>c_646948</t>
   </si>
   <si>
     <t>Efficacité des méthodes contraceptives</t>
   </si>
   <si>
     <t>17/05/2014 14:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1757924/fr/efficacite-des-methodes-contraceptives</t>
   </si>
   <si>
     <t>c_1757924</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_1267303</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
@@ -3168,51 +3270,51 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>466</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>467</v>
       </c>
       <c r="H2" t="s">
         <v>468</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:W50"/>
+  <dimension ref="A1:W56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3530,1964 +3632,2166 @@
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
         <v>535</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>536</v>
       </c>
       <c r="H9" t="s">
         <v>537</v>
       </c>
       <c r="I9" t="s">
         <v>538</v>
       </c>
       <c r="J9" t="s">
         <v>539</v>
       </c>
       <c r="K9" t="s">
         <v>540</v>
       </c>
+      <c r="L9" t="s">
+        <v>541</v>
+      </c>
+      <c r="M9" t="s">
+        <v>542</v>
+      </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>471</v>
       </c>
       <c r="B10" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="H10" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="I10" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="J10" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="K10" t="s">
-        <v>547</v>
-[...2 lines deleted...]
-        <v>548</v>
+        <v>549</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>471</v>
       </c>
       <c r="B11" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H11" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="I11" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="J11" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="K11" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="L11" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="M11" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>471</v>
       </c>
       <c r="B12" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="H12" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="I12" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="J12" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="K12" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="L12" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="M12" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="N12" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="O12" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="P12" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="Q12" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="R12" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="S12" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="T12" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="U12" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="V12" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>471</v>
       </c>
       <c r="B13" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="H13" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="I13" t="s">
         <v>485</v>
       </c>
       <c r="J13" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="K13" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="L13" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>471</v>
       </c>
       <c r="B14" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="H14" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="I14" t="s">
         <v>485</v>
       </c>
       <c r="J14" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="K14" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>471</v>
       </c>
       <c r="B15" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="H15" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="I15" t="s">
         <v>485</v>
       </c>
       <c r="J15" t="s">
         <v>477</v>
       </c>
       <c r="K15" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>471</v>
       </c>
       <c r="B16" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H16" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="I16" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="J16" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="K16" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="L16" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M16" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>471</v>
       </c>
       <c r="B17" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="H17" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="I17" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="J17" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="K17" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="L17" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="M17" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="N17" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="O17" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="P17" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="Q17" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="R17" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="S17" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="T17" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="U17" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="V17" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="W17" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>471</v>
       </c>
       <c r="B18" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
         <v>12</v>
       </c>
       <c r="E18" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H18" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="I18" t="s">
         <v>485</v>
       </c>
       <c r="J18" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="K18" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>471</v>
       </c>
       <c r="B19" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>12</v>
       </c>
       <c r="E19" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="H19" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="I19" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="J19" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="K19" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="L19" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="M19" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="N19" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="O19" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>471</v>
       </c>
       <c r="B20" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>12</v>
       </c>
       <c r="E20" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="H20" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="I20" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="J20" t="s">
-        <v>554</v>
+        <v>644</v>
       </c>
       <c r="K20" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="L20" t="s">
-        <v>644</v>
-[...2 lines deleted...]
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>471</v>
       </c>
       <c r="B21" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>12</v>
       </c>
       <c r="E21" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="H21" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="I21" t="s">
-        <v>650</v>
+        <v>538</v>
       </c>
       <c r="J21" t="s">
-        <v>500</v>
+        <v>525</v>
       </c>
       <c r="K21" t="s">
         <v>651</v>
       </c>
       <c r="L21" t="s">
         <v>652</v>
       </c>
       <c r="M21" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>471</v>
       </c>
       <c r="B22" t="s">
+        <v>654</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
+        <v>12</v>
+      </c>
+      <c r="E22" t="s">
         <v>655</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>656</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>657</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>658</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
+        <v>486</v>
+      </c>
+      <c r="K22" t="s">
         <v>659</v>
       </c>
-      <c r="J22" t="s">
-[...2 lines deleted...]
-      <c r="K22" t="s">
+      <c r="L22" t="s">
         <v>660</v>
-      </c>
-[...7 lines deleted...]
-        <v>663</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>471</v>
       </c>
       <c r="B23" t="s">
+        <v>661</v>
+      </c>
+      <c r="C23" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" t="s">
+        <v>12</v>
+      </c>
+      <c r="E23" t="s">
+        <v>662</v>
+      </c>
+      <c r="F23" t="s">
+        <v>12</v>
+      </c>
+      <c r="G23" t="s">
+        <v>663</v>
+      </c>
+      <c r="H23" t="s">
         <v>664</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="I23" t="s">
+        <v>658</v>
+      </c>
+      <c r="J23" t="s">
         <v>665</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="K23" t="s">
         <v>666</v>
       </c>
-      <c r="H23" t="s">
+      <c r="L23" t="s">
         <v>667</v>
-      </c>
-[...13 lines deleted...]
-        <v>672</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>471</v>
       </c>
       <c r="B24" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="C24" t="s">
         <v>12</v>
       </c>
       <c r="D24" t="s">
         <v>12</v>
       </c>
       <c r="E24" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="H24" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="I24" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="J24" t="s">
-        <v>563</v>
+        <v>644</v>
       </c>
       <c r="K24" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>471</v>
       </c>
       <c r="B25" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C25" t="s">
         <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>12</v>
       </c>
       <c r="E25" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="H25" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="I25" t="s">
-        <v>683</v>
+        <v>658</v>
       </c>
       <c r="J25" t="s">
-        <v>599</v>
+        <v>548</v>
       </c>
       <c r="K25" t="s">
-        <v>684</v>
-[...14 lines deleted...]
-        <v>689</v>
+        <v>677</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>471</v>
       </c>
       <c r="B26" t="s">
-        <v>690</v>
+        <v>678</v>
       </c>
       <c r="C26" t="s">
         <v>12</v>
       </c>
       <c r="D26" t="s">
         <v>12</v>
       </c>
       <c r="E26" t="s">
-        <v>691</v>
+        <v>679</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>692</v>
+        <v>680</v>
       </c>
       <c r="H26" t="s">
-        <v>693</v>
+        <v>681</v>
       </c>
       <c r="I26" t="s">
-        <v>694</v>
+        <v>682</v>
       </c>
       <c r="J26" t="s">
-        <v>695</v>
+        <v>555</v>
       </c>
       <c r="K26" t="s">
-        <v>696</v>
+        <v>683</v>
       </c>
       <c r="L26" t="s">
-        <v>697</v>
+        <v>684</v>
       </c>
       <c r="M26" t="s">
-        <v>698</v>
-[...11 lines deleted...]
-        <v>702</v>
+        <v>685</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>471</v>
       </c>
       <c r="B27" t="s">
-        <v>703</v>
+        <v>686</v>
       </c>
       <c r="C27" t="s">
         <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>12</v>
       </c>
       <c r="E27" t="s">
-        <v>704</v>
+        <v>687</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
-        <v>705</v>
+        <v>688</v>
       </c>
       <c r="H27" t="s">
-        <v>706</v>
+        <v>689</v>
       </c>
       <c r="I27" t="s">
-        <v>707</v>
+        <v>690</v>
       </c>
       <c r="J27" t="s">
-        <v>708</v>
+        <v>500</v>
       </c>
       <c r="K27" t="s">
-        <v>709</v>
+        <v>691</v>
+      </c>
+      <c r="L27" t="s">
+        <v>692</v>
+      </c>
+      <c r="M27" t="s">
+        <v>693</v>
+      </c>
+      <c r="N27" t="s">
+        <v>694</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>471</v>
       </c>
       <c r="B28" t="s">
-        <v>710</v>
+        <v>695</v>
       </c>
       <c r="C28" t="s">
         <v>12</v>
       </c>
       <c r="D28" t="s">
         <v>12</v>
       </c>
       <c r="E28" t="s">
-        <v>559</v>
+        <v>696</v>
       </c>
       <c r="F28" t="s">
         <v>12</v>
       </c>
       <c r="G28" t="s">
-        <v>711</v>
+        <v>697</v>
       </c>
       <c r="H28" t="s">
-        <v>712</v>
+        <v>698</v>
       </c>
       <c r="I28" t="s">
-        <v>713</v>
+        <v>699</v>
       </c>
       <c r="J28" t="s">
-        <v>563</v>
+        <v>500</v>
       </c>
       <c r="K28" t="s">
-        <v>714</v>
+        <v>700</v>
       </c>
       <c r="L28" t="s">
-        <v>715</v>
+        <v>701</v>
       </c>
       <c r="M28" t="s">
-        <v>716</v>
+        <v>702</v>
+      </c>
+      <c r="N28" t="s">
+        <v>703</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>471</v>
       </c>
       <c r="B29" t="s">
-        <v>717</v>
+        <v>704</v>
       </c>
       <c r="C29" t="s">
         <v>12</v>
       </c>
       <c r="D29" t="s">
         <v>12</v>
       </c>
       <c r="E29" t="s">
-        <v>559</v>
+        <v>705</v>
       </c>
       <c r="F29" t="s">
         <v>12</v>
       </c>
       <c r="G29" t="s">
-        <v>718</v>
+        <v>706</v>
       </c>
       <c r="H29" t="s">
-        <v>719</v>
+        <v>707</v>
       </c>
       <c r="I29" t="s">
-        <v>720</v>
+        <v>708</v>
       </c>
       <c r="J29" t="s">
-        <v>721</v>
+        <v>709</v>
       </c>
       <c r="K29" t="s">
-        <v>722</v>
+        <v>710</v>
       </c>
       <c r="L29" t="s">
-        <v>723</v>
+        <v>711</v>
       </c>
       <c r="M29" t="s">
-        <v>724</v>
-[...5 lines deleted...]
-        <v>575</v>
+        <v>712</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>471</v>
       </c>
       <c r="B30" t="s">
-        <v>726</v>
+        <v>713</v>
       </c>
       <c r="C30" t="s">
         <v>12</v>
       </c>
       <c r="D30" t="s">
         <v>12</v>
       </c>
       <c r="E30" t="s">
-        <v>496</v>
+        <v>714</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>727</v>
+        <v>715</v>
       </c>
       <c r="H30" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="I30" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="J30" t="s">
-        <v>500</v>
+        <v>564</v>
       </c>
       <c r="K30" t="s">
-        <v>730</v>
-[...5 lines deleted...]
-        <v>732</v>
+        <v>718</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>471</v>
       </c>
       <c r="B31" t="s">
-        <v>733</v>
+        <v>719</v>
       </c>
       <c r="C31" t="s">
         <v>12</v>
       </c>
       <c r="D31" t="s">
         <v>12</v>
       </c>
       <c r="E31" t="s">
-        <v>734</v>
+        <v>720</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
-        <v>735</v>
+        <v>721</v>
       </c>
       <c r="H31" t="s">
-        <v>736</v>
+        <v>722</v>
       </c>
       <c r="I31" t="s">
-        <v>737</v>
+        <v>723</v>
       </c>
       <c r="J31" t="s">
-        <v>738</v>
+        <v>600</v>
       </c>
       <c r="K31" t="s">
-        <v>739</v>
+        <v>724</v>
       </c>
       <c r="L31" t="s">
-        <v>740</v>
+        <v>725</v>
       </c>
       <c r="M31" t="s">
-        <v>741</v>
+        <v>726</v>
       </c>
       <c r="N31" t="s">
-        <v>742</v>
+        <v>727</v>
       </c>
       <c r="O31" t="s">
-        <v>743</v>
+        <v>728</v>
+      </c>
+      <c r="P31" t="s">
+        <v>729</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>471</v>
       </c>
       <c r="B32" t="s">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="C32" t="s">
         <v>12</v>
       </c>
       <c r="D32" t="s">
         <v>12</v>
       </c>
       <c r="E32" t="s">
-        <v>745</v>
+        <v>731</v>
       </c>
       <c r="F32" t="s">
         <v>12</v>
       </c>
       <c r="G32" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
       <c r="H32" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="I32" t="s">
-        <v>748</v>
+        <v>734</v>
       </c>
       <c r="J32" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
       <c r="K32" t="s">
-        <v>750</v>
+        <v>736</v>
       </c>
       <c r="L32" t="s">
-        <v>751</v>
+        <v>737</v>
       </c>
       <c r="M32" t="s">
-        <v>752</v>
+        <v>738</v>
+      </c>
+      <c r="N32" t="s">
+        <v>739</v>
+      </c>
+      <c r="O32" t="s">
+        <v>740</v>
+      </c>
+      <c r="P32" t="s">
+        <v>741</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>742</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>471</v>
       </c>
       <c r="B33" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="C33" t="s">
         <v>12</v>
       </c>
       <c r="D33" t="s">
         <v>12</v>
       </c>
       <c r="E33" t="s">
-        <v>754</v>
+        <v>744</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>755</v>
+        <v>745</v>
       </c>
       <c r="H33" t="s">
-        <v>756</v>
+        <v>746</v>
       </c>
       <c r="I33" t="s">
-        <v>757</v>
+        <v>747</v>
       </c>
       <c r="J33" t="s">
-        <v>758</v>
+        <v>748</v>
       </c>
       <c r="K33" t="s">
-        <v>759</v>
-[...2 lines deleted...]
-        <v>760</v>
+        <v>749</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>471</v>
       </c>
       <c r="B34" t="s">
-        <v>761</v>
+        <v>750</v>
       </c>
       <c r="C34" t="s">
         <v>12</v>
       </c>
       <c r="D34" t="s">
         <v>12</v>
       </c>
       <c r="E34" t="s">
-        <v>762</v>
+        <v>560</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
-        <v>763</v>
+        <v>751</v>
       </c>
       <c r="H34" t="s">
-        <v>764</v>
+        <v>752</v>
       </c>
       <c r="I34" t="s">
-        <v>765</v>
+        <v>753</v>
       </c>
       <c r="J34" t="s">
-        <v>477</v>
+        <v>564</v>
       </c>
       <c r="K34" t="s">
-        <v>766</v>
+        <v>754</v>
+      </c>
+      <c r="L34" t="s">
+        <v>755</v>
+      </c>
+      <c r="M34" t="s">
+        <v>756</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>471</v>
       </c>
       <c r="B35" t="s">
-        <v>767</v>
+        <v>757</v>
       </c>
       <c r="C35" t="s">
         <v>12</v>
       </c>
       <c r="D35" t="s">
         <v>12</v>
       </c>
       <c r="E35" t="s">
-        <v>768</v>
+        <v>560</v>
       </c>
       <c r="F35" t="s">
         <v>12</v>
       </c>
       <c r="G35" t="s">
-        <v>769</v>
+        <v>758</v>
       </c>
       <c r="H35" t="s">
-        <v>770</v>
+        <v>759</v>
       </c>
       <c r="I35" t="s">
-        <v>771</v>
+        <v>760</v>
       </c>
       <c r="J35" t="s">
-        <v>738</v>
+        <v>761</v>
       </c>
       <c r="K35" t="s">
-        <v>772</v>
+        <v>762</v>
       </c>
       <c r="L35" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="M35" t="s">
-        <v>774</v>
+        <v>764</v>
       </c>
       <c r="N35" t="s">
-        <v>775</v>
+        <v>765</v>
       </c>
       <c r="O35" t="s">
-        <v>776</v>
+        <v>576</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>471</v>
       </c>
       <c r="B36" t="s">
-        <v>777</v>
+        <v>766</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
         <v>12</v>
       </c>
       <c r="E36" t="s">
-        <v>778</v>
+        <v>496</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
       <c r="H36" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="I36" t="s">
-        <v>729</v>
+        <v>769</v>
       </c>
       <c r="J36" t="s">
-        <v>781</v>
+        <v>500</v>
       </c>
       <c r="K36" t="s">
-        <v>782</v>
+        <v>770</v>
       </c>
       <c r="L36" t="s">
-        <v>783</v>
+        <v>771</v>
+      </c>
+      <c r="M36" t="s">
+        <v>772</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>471</v>
       </c>
       <c r="B37" t="s">
-        <v>784</v>
+        <v>773</v>
       </c>
       <c r="C37" t="s">
         <v>12</v>
       </c>
       <c r="D37" t="s">
         <v>12</v>
       </c>
       <c r="E37" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="F37" t="s">
         <v>12</v>
       </c>
       <c r="G37" t="s">
-        <v>786</v>
+        <v>775</v>
       </c>
       <c r="H37" t="s">
-        <v>787</v>
+        <v>776</v>
       </c>
       <c r="I37" t="s">
-        <v>788</v>
+        <v>777</v>
       </c>
       <c r="J37" t="s">
-        <v>789</v>
+        <v>778</v>
       </c>
       <c r="K37" t="s">
-        <v>790</v>
+        <v>779</v>
+      </c>
+      <c r="L37" t="s">
+        <v>780</v>
+      </c>
+      <c r="M37" t="s">
+        <v>781</v>
+      </c>
+      <c r="N37" t="s">
+        <v>782</v>
+      </c>
+      <c r="O37" t="s">
+        <v>783</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>471</v>
       </c>
       <c r="B38" t="s">
+        <v>784</v>
+      </c>
+      <c r="C38" t="s">
+        <v>12</v>
+      </c>
+      <c r="D38" t="s">
+        <v>12</v>
+      </c>
+      <c r="E38" t="s">
+        <v>785</v>
+      </c>
+      <c r="F38" t="s">
+        <v>12</v>
+      </c>
+      <c r="G38" t="s">
+        <v>786</v>
+      </c>
+      <c r="H38" t="s">
+        <v>787</v>
+      </c>
+      <c r="I38" t="s">
+        <v>788</v>
+      </c>
+      <c r="J38" t="s">
+        <v>789</v>
+      </c>
+      <c r="K38" t="s">
+        <v>790</v>
+      </c>
+      <c r="L38" t="s">
         <v>791</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="M38" t="s">
         <v>792</v>
-      </c>
-[...19 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>471</v>
       </c>
       <c r="B39" t="s">
+        <v>793</v>
+      </c>
+      <c r="C39" t="s">
+        <v>12</v>
+      </c>
+      <c r="D39" t="s">
+        <v>12</v>
+      </c>
+      <c r="E39" t="s">
+        <v>794</v>
+      </c>
+      <c r="F39" t="s">
+        <v>12</v>
+      </c>
+      <c r="G39" t="s">
+        <v>795</v>
+      </c>
+      <c r="H39" t="s">
+        <v>796</v>
+      </c>
+      <c r="I39" t="s">
+        <v>797</v>
+      </c>
+      <c r="J39" t="s">
+        <v>644</v>
+      </c>
+      <c r="K39" t="s">
         <v>798</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="L39" t="s">
         <v>799</v>
-      </c>
-[...16 lines deleted...]
-        <v>804</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>471</v>
       </c>
       <c r="B40" t="s">
+        <v>800</v>
+      </c>
+      <c r="C40" t="s">
+        <v>12</v>
+      </c>
+      <c r="D40" t="s">
+        <v>12</v>
+      </c>
+      <c r="E40" t="s">
+        <v>801</v>
+      </c>
+      <c r="F40" t="s">
+        <v>12</v>
+      </c>
+      <c r="G40" t="s">
+        <v>802</v>
+      </c>
+      <c r="H40" t="s">
+        <v>803</v>
+      </c>
+      <c r="I40" t="s">
+        <v>804</v>
+      </c>
+      <c r="J40" t="s">
+        <v>477</v>
+      </c>
+      <c r="K40" t="s">
         <v>805</v>
-      </c>
-[...28 lines deleted...]
-        <v>812</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>471</v>
       </c>
       <c r="B41" t="s">
+        <v>806</v>
+      </c>
+      <c r="C41" t="s">
+        <v>12</v>
+      </c>
+      <c r="D41" t="s">
+        <v>12</v>
+      </c>
+      <c r="E41" t="s">
+        <v>807</v>
+      </c>
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
+        <v>808</v>
+      </c>
+      <c r="H41" t="s">
+        <v>809</v>
+      </c>
+      <c r="I41" t="s">
+        <v>810</v>
+      </c>
+      <c r="J41" t="s">
+        <v>778</v>
+      </c>
+      <c r="K41" t="s">
+        <v>811</v>
+      </c>
+      <c r="L41" t="s">
+        <v>812</v>
+      </c>
+      <c r="M41" t="s">
         <v>813</v>
       </c>
-      <c r="C41" t="s">
-[...11 lines deleted...]
-      <c r="G41" t="s">
+      <c r="N41" t="s">
         <v>814</v>
       </c>
-      <c r="H41" t="s">
+      <c r="O41" t="s">
         <v>815</v>
-      </c>
-[...22 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>471</v>
       </c>
       <c r="B42" t="s">
+        <v>816</v>
+      </c>
+      <c r="C42" t="s">
+        <v>12</v>
+      </c>
+      <c r="D42" t="s">
+        <v>12</v>
+      </c>
+      <c r="E42" t="s">
+        <v>817</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>818</v>
+      </c>
+      <c r="H42" t="s">
+        <v>819</v>
+      </c>
+      <c r="I42" t="s">
+        <v>769</v>
+      </c>
+      <c r="J42" t="s">
+        <v>820</v>
+      </c>
+      <c r="K42" t="s">
+        <v>821</v>
+      </c>
+      <c r="L42" t="s">
         <v>822</v>
-      </c>
-[...46 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>471</v>
       </c>
       <c r="B43" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="C43" t="s">
         <v>12</v>
       </c>
       <c r="D43" t="s">
         <v>12</v>
       </c>
       <c r="E43" t="s">
-        <v>559</v>
+        <v>824</v>
       </c>
       <c r="F43" t="s">
         <v>12</v>
       </c>
       <c r="G43" t="s">
-        <v>833</v>
+        <v>825</v>
       </c>
       <c r="H43" t="s">
-        <v>834</v>
+        <v>826</v>
       </c>
       <c r="I43" t="s">
-        <v>835</v>
+        <v>827</v>
       </c>
       <c r="J43" t="s">
-        <v>563</v>
+        <v>828</v>
       </c>
       <c r="K43" t="s">
-        <v>836</v>
-[...23 lines deleted...]
-        <v>575</v>
+        <v>829</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>471</v>
       </c>
       <c r="B44" t="s">
-        <v>844</v>
+        <v>830</v>
       </c>
       <c r="C44" t="s">
         <v>12</v>
       </c>
       <c r="D44" t="s">
         <v>12</v>
       </c>
       <c r="E44" t="s">
-        <v>845</v>
+        <v>831</v>
       </c>
       <c r="F44" t="s">
         <v>12</v>
       </c>
       <c r="G44" t="s">
-        <v>846</v>
+        <v>832</v>
       </c>
       <c r="H44" t="s">
-        <v>847</v>
+        <v>833</v>
       </c>
       <c r="I44" t="s">
-        <v>848</v>
+        <v>834</v>
       </c>
       <c r="J44" t="s">
-        <v>849</v>
+        <v>609</v>
       </c>
       <c r="K44" t="s">
-        <v>850</v>
+        <v>835</v>
       </c>
       <c r="L44" t="s">
-        <v>851</v>
-[...11 lines deleted...]
-        <v>855</v>
+        <v>836</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>471</v>
       </c>
       <c r="B45" t="s">
-        <v>856</v>
+        <v>837</v>
       </c>
       <c r="C45" t="s">
         <v>12</v>
       </c>
       <c r="D45" t="s">
         <v>12</v>
       </c>
       <c r="E45" t="s">
-        <v>857</v>
+        <v>838</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>858</v>
+        <v>839</v>
       </c>
       <c r="H45" t="s">
-        <v>859</v>
+        <v>840</v>
       </c>
       <c r="I45" t="s">
-        <v>860</v>
+        <v>841</v>
       </c>
       <c r="J45" t="s">
-        <v>861</v>
+        <v>842</v>
       </c>
       <c r="K45" t="s">
-        <v>862</v>
+        <v>843</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>471</v>
       </c>
       <c r="B46" t="s">
-        <v>863</v>
+        <v>844</v>
       </c>
       <c r="C46" t="s">
         <v>12</v>
       </c>
       <c r="D46" t="s">
         <v>12</v>
       </c>
       <c r="E46" t="s">
-        <v>864</v>
+        <v>845</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>865</v>
+        <v>846</v>
       </c>
       <c r="H46" t="s">
-        <v>866</v>
+        <v>847</v>
       </c>
       <c r="I46" t="s">
-        <v>867</v>
+        <v>848</v>
       </c>
       <c r="J46" t="s">
-        <v>563</v>
+        <v>849</v>
       </c>
       <c r="K46" t="s">
-        <v>868</v>
+        <v>850</v>
       </c>
       <c r="L46" t="s">
-        <v>869</v>
-[...8 lines deleted...]
-        <v>872</v>
+        <v>851</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>471</v>
       </c>
       <c r="B47" t="s">
-        <v>873</v>
+        <v>852</v>
       </c>
       <c r="C47" t="s">
         <v>12</v>
       </c>
       <c r="D47" t="s">
         <v>12</v>
       </c>
       <c r="E47" t="s">
-        <v>874</v>
+        <v>560</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>875</v>
+        <v>853</v>
       </c>
       <c r="H47" t="s">
-        <v>876</v>
+        <v>854</v>
       </c>
       <c r="I47" t="s">
-        <v>877</v>
+        <v>632</v>
       </c>
       <c r="J47" t="s">
-        <v>477</v>
+        <v>855</v>
       </c>
       <c r="K47" t="s">
-        <v>878</v>
+        <v>856</v>
       </c>
       <c r="L47" t="s">
-        <v>879</v>
+        <v>857</v>
       </c>
       <c r="M47" t="s">
-        <v>880</v>
+        <v>858</v>
       </c>
       <c r="N47" t="s">
-        <v>881</v>
+        <v>859</v>
       </c>
       <c r="O47" t="s">
-        <v>882</v>
+        <v>860</v>
+      </c>
+      <c r="P47" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>471</v>
       </c>
       <c r="B48" t="s">
-        <v>883</v>
+        <v>861</v>
       </c>
       <c r="C48" t="s">
         <v>12</v>
       </c>
       <c r="D48" t="s">
         <v>12</v>
       </c>
       <c r="E48" t="s">
-        <v>884</v>
+        <v>560</v>
       </c>
       <c r="F48" t="s">
         <v>12</v>
       </c>
       <c r="G48" t="s">
-        <v>885</v>
+        <v>862</v>
       </c>
       <c r="H48" t="s">
-        <v>886</v>
+        <v>863</v>
       </c>
       <c r="I48" t="s">
-        <v>887</v>
+        <v>632</v>
       </c>
       <c r="J48" t="s">
-        <v>888</v>
+        <v>564</v>
       </c>
       <c r="K48" t="s">
-        <v>889</v>
+        <v>864</v>
       </c>
       <c r="L48" t="s">
-        <v>890</v>
+        <v>865</v>
       </c>
       <c r="M48" t="s">
-        <v>891</v>
+        <v>866</v>
+      </c>
+      <c r="N48" t="s">
+        <v>867</v>
+      </c>
+      <c r="O48" t="s">
+        <v>868</v>
+      </c>
+      <c r="P48" t="s">
+        <v>869</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>870</v>
+      </c>
+      <c r="R48" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>471</v>
       </c>
       <c r="B49" t="s">
-        <v>892</v>
+        <v>871</v>
       </c>
       <c r="C49" t="s">
         <v>12</v>
       </c>
       <c r="D49" t="s">
         <v>12</v>
       </c>
       <c r="E49" t="s">
-        <v>893</v>
+        <v>560</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>894</v>
+        <v>872</v>
       </c>
       <c r="H49" t="s">
-        <v>895</v>
+        <v>873</v>
       </c>
       <c r="I49" t="s">
-        <v>631</v>
+        <v>874</v>
       </c>
       <c r="J49" t="s">
-        <v>896</v>
+        <v>564</v>
       </c>
       <c r="K49" t="s">
-        <v>897</v>
+        <v>875</v>
       </c>
       <c r="L49" t="s">
-        <v>898</v>
+        <v>876</v>
+      </c>
+      <c r="M49" t="s">
+        <v>877</v>
+      </c>
+      <c r="N49" t="s">
+        <v>878</v>
+      </c>
+      <c r="O49" t="s">
+        <v>879</v>
+      </c>
+      <c r="P49" t="s">
+        <v>880</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>881</v>
+      </c>
+      <c r="R49" t="s">
+        <v>882</v>
+      </c>
+      <c r="S49" t="s">
+        <v>576</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>471</v>
       </c>
       <c r="B50" t="s">
+        <v>883</v>
+      </c>
+      <c r="C50" t="s">
+        <v>12</v>
+      </c>
+      <c r="D50" t="s">
+        <v>12</v>
+      </c>
+      <c r="E50" t="s">
+        <v>884</v>
+      </c>
+      <c r="F50" t="s">
+        <v>12</v>
+      </c>
+      <c r="G50" t="s">
+        <v>885</v>
+      </c>
+      <c r="H50" t="s">
+        <v>886</v>
+      </c>
+      <c r="I50" t="s">
+        <v>887</v>
+      </c>
+      <c r="J50" t="s">
+        <v>888</v>
+      </c>
+      <c r="K50" t="s">
+        <v>889</v>
+      </c>
+      <c r="L50" t="s">
+        <v>890</v>
+      </c>
+      <c r="M50" t="s">
+        <v>891</v>
+      </c>
+      <c r="N50" t="s">
+        <v>892</v>
+      </c>
+      <c r="O50" t="s">
+        <v>893</v>
+      </c>
+      <c r="P50" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>471</v>
+      </c>
+      <c r="B51" t="s">
+        <v>895</v>
+      </c>
+      <c r="C51" t="s">
+        <v>12</v>
+      </c>
+      <c r="D51" t="s">
+        <v>12</v>
+      </c>
+      <c r="E51" t="s">
+        <v>896</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>897</v>
+      </c>
+      <c r="H51" t="s">
+        <v>898</v>
+      </c>
+      <c r="I51" t="s">
         <v>899</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="J51" t="s">
         <v>900</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="K51" t="s">
         <v>901</v>
       </c>
-      <c r="H50" t="s">
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>471</v>
+      </c>
+      <c r="B52" t="s">
         <v>902</v>
       </c>
-      <c r="I50" t="s">
-[...5 lines deleted...]
-      <c r="K50" t="s">
+      <c r="C52" t="s">
+        <v>12</v>
+      </c>
+      <c r="D52" t="s">
+        <v>12</v>
+      </c>
+      <c r="E52" t="s">
         <v>903</v>
+      </c>
+      <c r="F52" t="s">
+        <v>12</v>
+      </c>
+      <c r="G52" t="s">
+        <v>904</v>
+      </c>
+      <c r="H52" t="s">
+        <v>905</v>
+      </c>
+      <c r="I52" t="s">
+        <v>906</v>
+      </c>
+      <c r="J52" t="s">
+        <v>564</v>
+      </c>
+      <c r="K52" t="s">
+        <v>907</v>
+      </c>
+      <c r="L52" t="s">
+        <v>908</v>
+      </c>
+      <c r="M52" t="s">
+        <v>909</v>
+      </c>
+      <c r="N52" t="s">
+        <v>910</v>
+      </c>
+      <c r="O52" t="s">
+        <v>911</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>471</v>
+      </c>
+      <c r="B53" t="s">
+        <v>912</v>
+      </c>
+      <c r="C53" t="s">
+        <v>12</v>
+      </c>
+      <c r="D53" t="s">
+        <v>12</v>
+      </c>
+      <c r="E53" t="s">
+        <v>913</v>
+      </c>
+      <c r="F53" t="s">
+        <v>12</v>
+      </c>
+      <c r="G53" t="s">
+        <v>914</v>
+      </c>
+      <c r="H53" t="s">
+        <v>915</v>
+      </c>
+      <c r="I53" t="s">
+        <v>916</v>
+      </c>
+      <c r="J53" t="s">
+        <v>477</v>
+      </c>
+      <c r="K53" t="s">
+        <v>917</v>
+      </c>
+      <c r="L53" t="s">
+        <v>918</v>
+      </c>
+      <c r="M53" t="s">
+        <v>919</v>
+      </c>
+      <c r="N53" t="s">
+        <v>920</v>
+      </c>
+      <c r="O53" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>471</v>
+      </c>
+      <c r="B54" t="s">
+        <v>922</v>
+      </c>
+      <c r="C54" t="s">
+        <v>12</v>
+      </c>
+      <c r="D54" t="s">
+        <v>12</v>
+      </c>
+      <c r="E54" t="s">
+        <v>923</v>
+      </c>
+      <c r="F54" t="s">
+        <v>12</v>
+      </c>
+      <c r="G54" t="s">
+        <v>924</v>
+      </c>
+      <c r="H54" t="s">
+        <v>925</v>
+      </c>
+      <c r="I54" t="s">
+        <v>926</v>
+      </c>
+      <c r="J54" t="s">
+        <v>927</v>
+      </c>
+      <c r="K54" t="s">
+        <v>928</v>
+      </c>
+      <c r="L54" t="s">
+        <v>929</v>
+      </c>
+      <c r="M54" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>471</v>
+      </c>
+      <c r="B55" t="s">
+        <v>931</v>
+      </c>
+      <c r="C55" t="s">
+        <v>12</v>
+      </c>
+      <c r="D55" t="s">
+        <v>12</v>
+      </c>
+      <c r="E55" t="s">
+        <v>932</v>
+      </c>
+      <c r="F55" t="s">
+        <v>12</v>
+      </c>
+      <c r="G55" t="s">
+        <v>933</v>
+      </c>
+      <c r="H55" t="s">
+        <v>934</v>
+      </c>
+      <c r="I55" t="s">
+        <v>632</v>
+      </c>
+      <c r="J55" t="s">
+        <v>935</v>
+      </c>
+      <c r="K55" t="s">
+        <v>936</v>
+      </c>
+      <c r="L55" t="s">
+        <v>937</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>471</v>
+      </c>
+      <c r="B56" t="s">
+        <v>938</v>
+      </c>
+      <c r="C56" t="s">
+        <v>12</v>
+      </c>
+      <c r="D56" t="s">
+        <v>12</v>
+      </c>
+      <c r="E56" t="s">
+        <v>939</v>
+      </c>
+      <c r="F56" t="s">
+        <v>12</v>
+      </c>
+      <c r="G56" t="s">
+        <v>940</v>
+      </c>
+      <c r="H56" t="s">
+        <v>941</v>
+      </c>
+      <c r="I56" t="s">
+        <v>848</v>
+      </c>
+      <c r="J56" t="s">
+        <v>581</v>
+      </c>
+      <c r="K56" t="s">
+        <v>942</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>904</v>
+        <v>943</v>
       </c>
       <c r="B2" t="s">
-        <v>905</v>
+        <v>944</v>
       </c>
       <c r="C2" t="s">
-        <v>906</v>
+        <v>945</v>
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>907</v>
+        <v>946</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>908</v>
+        <v>947</v>
       </c>
       <c r="H2" t="s">
-        <v>909</v>
+        <v>948</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>904</v>
+        <v>943</v>
       </c>
       <c r="B3" t="s">
-        <v>910</v>
+        <v>949</v>
       </c>
       <c r="C3" t="s">
-        <v>911</v>
+        <v>950</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>912</v>
+        <v>951</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>913</v>
+        <v>952</v>
       </c>
       <c r="H3" t="s">
-        <v>914</v>
+        <v>953</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>904</v>
+        <v>943</v>
       </c>
       <c r="B4" t="s">
-        <v>915</v>
+        <v>954</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>916</v>
+        <v>955</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>917</v>
+        <v>956</v>
       </c>
       <c r="H4" t="s">
-        <v>918</v>
-[...25 lines deleted...]
-        <v>923</v>
+        <v>957</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>