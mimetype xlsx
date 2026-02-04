--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -48,51 +48,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId13" sheetId="11"/>
     <sheet name="Export Avis et décisions de la " r:id="rId14" sheetId="12"/>
     <sheet name="Export Medicament" r:id="rId15" sheetId="13"/>
     <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="12" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2313" uniqueCount="1355">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2332" uniqueCount="1368">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -920,50 +920,62 @@
   <si>
     <t>CEESP - Réunion du 12 septembre 2017</t>
   </si>
   <si>
     <t>18/09/2017 14:12:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794175/fr/ceesp-reunion-du-12-septembre-2017</t>
   </si>
   <si>
     <t>c_2794175</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 4 janvier 2012</t>
   </si>
   <si>
     <t>04/01/2012 13:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1171000/fr/commission-de-la-transparence-reunion-du-4-janvier-2012</t>
   </si>
   <si>
     <t>c_1171000</t>
   </si>
   <si>
+    <t>CTV - Réunion du 18 novembre 2025</t>
+  </si>
+  <si>
+    <t>14/11/2025 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3737881/fr/ctv-reunion-du-18-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3737881</t>
+  </si>
+  <si>
     <t>Collège délibératif du 16 décembre 2021</t>
   </si>
   <si>
     <t>13/12/2021 08:58:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303667/fr/college-deliberatif-du-16-decembre-2021</t>
   </si>
   <si>
     <t>p_3303667</t>
   </si>
   <si>
     <t>CEESP - Réunion du 15 octobre 2013</t>
   </si>
   <si>
     <t>09/01/2014 17:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1717260/fr/ceesp-reunion-du-15-octobre-2013</t>
   </si>
   <si>
     <t>c_1717260</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 20 mars 2013</t>
@@ -1175,74 +1187,74 @@
   <si>
     <t>CNEDIMTS - Réunion du 12 juin 2018</t>
   </si>
   <si>
     <t>07/06/2018 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2854358/fr/cnedimts-reunion-du-12-juin-2018</t>
   </si>
   <si>
     <t>c_2854358</t>
   </si>
   <si>
     <t>Commission de la transparence - Réunion du 28 mars 2007</t>
   </si>
   <si>
     <t>28/03/2007 10:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_592923/fr/commission-de-la-transparence-reunion-du-28-mars-2007</t>
   </si>
   <si>
     <t>c_592923</t>
   </si>
   <si>
+    <t>Collège délibératif du 23 octobre 2025</t>
+  </si>
+  <si>
+    <t>12/11/2025 09:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3730078/fr/college-deliberatif-du-23-octobre-2025</t>
+  </si>
+  <si>
+    <t>p_3730078</t>
+  </si>
+  <si>
     <t>CTV - Réunion du 16 septembre 2025</t>
   </si>
   <si>
     <t>02/12/2025 15:44:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3644815/fr/ctv-reunion-du-16-septembre-2025</t>
   </si>
   <si>
     <t>p_3644815</t>
   </si>
   <si>
-    <t>CTV - Réunion du 18 novembre 2025</t>
-[...10 lines deleted...]
-  <si>
     <t>CTV - Réunion du 8 juillet 2025</t>
   </si>
   <si>
     <t>30/06/2025 16:29:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634097/fr/ctv-reunion-du-8-juillet-2025</t>
   </si>
   <si>
     <t>p_3634097</t>
   </si>
   <si>
     <t>Collège délibératif du 10 avril 2025</t>
   </si>
   <si>
     <t>06/05/2025 14:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3603185/fr/college-deliberatif-du-10-avril-2025</t>
   </si>
   <si>
     <t>p_3603185</t>
   </si>
   <si>
     <t>CTV - Réunion du 24 septembre 2024</t>
@@ -1496,60 +1508,60 @@
   <si>
     <t>CEESP - Réunion du 15 avril 2014</t>
   </si>
   <si>
     <t>06/06/2014 09:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1745322/fr/ceesp-reunion-du-15-avril-2014</t>
   </si>
   <si>
     <t>c_1745322</t>
   </si>
   <si>
     <t>CNEDiMTS - Réunion du 29 Janvier 2013</t>
   </si>
   <si>
     <t>20/08/2013 15:56:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1356425/fr/cnedimts-reunion-du-29-janvier-2013</t>
   </si>
   <si>
     <t>c_1356425</t>
   </si>
   <si>
-    <t>Colloque HAS-ANM - La santé de la femme : singulière et universelle</t>
-[...2 lines deleted...]
-    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé unissent à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
+    <t>Regarder en replay - La santé de la femme : singulière et universelle | Colloque HAS-ANM</t>
+  </si>
+  <si>
+    <t>Après s’être associées en 2024 autour de la thématique de la vaccination des seniors, l'Académie nationale de médecine et la Haute Autorité de santé se ont uni à nouveau leurs expertises pour organiser une journée d’information et de réflexion consacrée cette année à la Santé de la femme.</t>
   </si>
   <si>
     <t>14/10/2025 17:31:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3689232/fr/colloque-has-anm-la-sante-de-la-femme-singuliere-et-universelle</t>
+    <t>https://www.has-sante.fr/jcms/p_3689232/fr/regarder-en-replay-la-sante-de-la-femme-singuliere-et-universelle-colloque-has-anm</t>
   </si>
   <si>
     <t>p_3689232</t>
   </si>
   <si>
     <t>Événement</t>
   </si>
   <si>
     <t>Études et Rapports</t>
   </si>
   <si>
     <t>Sexe, genre et santé - Rapport d'analyse prospective 2020</t>
   </si>
   <si>
     <t>L’analyse de la HAS expose pourquoi tenir compte du sexe et du genre en santé. Elle formule 10 propositions issues de ces constats pour faire de la prise en compte de ces facteurs un levier d’amélioration de la santé des femmes, des hommes, des personnes intersexes et des personnes trans. Elle prend aussi l’engagement de progresser elle-même à ce sujet dans le cadre de ses missions.</t>
   </si>
   <si>
     <t>15/10/2020 00:00:00</t>
   </si>
   <si>
     <t>14/12/2020 15:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
   </si>
@@ -2183,51 +2195,51 @@
   <si>
     <t>Les objectifs du présent travail d’actualisation sont :# * concernant le frottis du col de l’utérus : de présenter l’actualisation 2001 du système de Bethesda et de comparer les performances du frottis en milieu liquide à celles du frottis conventionnel de Papanicolaou ;# * concernant la conduite diagnostique en cas de frottis anormal : d’évaluer la fiabilité du test HPV et sa place dans les stratégies de prise en charge des anomalies cytologiques.# Les recommandations ne concernent ni les modalités et l’organisation du dépistage systématique du cancer du col de l’utérus par le frottis, ni l’utilisation du test HPV comme outil de dépistage du cancer du col de l’utérus.#</t>
   </si>
   <si>
     <t>01/09/2002 00:00:00</t>
   </si>
   <si>
     <t>01/05/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272243/fr/conduite-a-tenir-devant-une-patiente-ayant-un-frottis-cervico-uterin-anormal-actualisation-2002</t>
   </si>
   <si>
     <t>c_272243</t>
   </si>
   <si>
     <t>Transidentité : prise en charge de l’adulte</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à améliorer la qualité de la prise en charge médicale de l’adulte trans</t>
   </si>
   <si>
     <t>17/07/2025 00:00:00</t>
   </si>
   <si>
-    <t>18/07/2025 10:28:47</t>
+    <t>18/07/2025 10:28:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636735/fr/transidentite-prise-en-charge-de-l-adulte</t>
   </si>
   <si>
     <t>p_3636735</t>
   </si>
   <si>
     <t>Traitement préventif pré-exposition de l’infection par le VIH</t>
   </si>
   <si>
     <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge des personnes vivant avec le VIH (PVVIH). L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
   </si>
   <si>
     <t>06/02/2025 00:00:00</t>
   </si>
   <si>
     <t>06/08/2024 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536524/fr/traitement-preventif-pre-exposition-de-l-infection-par-le-vih</t>
   </si>
   <si>
     <t>p_3536524</t>
   </si>
@@ -2888,50 +2900,68 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3425751/fr/avis-n2023-0013/ac/sespev-du-30-mars-2023-du-college-de-la-haute-autorite-de-sante-relatif-a-l-ajout-des-vaccins-contre-les-infections-a-papillomavirus-humain-a-l-arrete-fixant-la-liste-des-vaccins-mentionnee-a-l-article-l-5122-6-du-code-de-la-sante-publique</t>
   </si>
   <si>
     <t>p_3425751</t>
   </si>
   <si>
     <t>Avis n°2019.0055/AC/SEAP du 2 octobre 2019 du collège de la HAS relatif à la modification de l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, d’actes de recherche de l’acide désoxyribonucléique des papillomavirus humains, et de cytologie cervico-utérine</t>
   </si>
   <si>
     <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de Santé relatif à la modification de l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, d’actes de recherche de l’acide désoxyribonucléique des papillomavirus humains, et de cytologie cervico-utérine</t>
   </si>
   <si>
     <t>02/10/2019 10:50:00</t>
   </si>
   <si>
     <t>10/10/2019 09:57:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3112352/fr/avis-n2019-0055/ac/seap-du-2-octobre-2019-du-college-de-la-has-relatif-a-la-modification-de-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-d-actes-de-recherche-de-l-acide-desoxyribonucleique-des-papillomavirus-humains-et-de-cytologie-cervico-uterine</t>
   </si>
   <si>
     <t>p_3112352</t>
   </si>
   <si>
+    <t>Avis n°2025.0064/SESPEV du 4 décembre 2025 du collège de la Haute Autorité de santé relatif à l’actualisation du calendrier des vaccinations pour l’année 2025</t>
+  </si>
+  <si>
+    <t>Réponse à la saisine de la DGS du 22 octobre 2025 relative à l’intégration du vaccin CAPVAXIVE et l’élargissement du rattrapage HPV dans le calendrier des vaccinations 2025.</t>
+  </si>
+  <si>
+    <t>04/12/2025 11:12:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3784536/fr/avis-n2025-0064/sespev-du-4-decembre-2025-du-college-de-la-haute-autorite-de-sante-relatif-a-l-actualisation-du-calendrier-des-vaccinations-pour-l-annee-2025</t>
+  </si>
+  <si>
+    <t>p_3784536</t>
+  </si>
+  <si>
     <t>Avis n° 2021.0053/AC/SBP du 15 juillet 2021 du collège de la Haute Autorité de santé relatif au protocole de coopération national « Consultation de santé sexuelle par l’infirmier (ère) en CeGIDD, CPEF et centre de santé sexuelle, en lieu et place du médecin »</t>
   </si>
   <si>
     <t>En application de l’article L. 4011-3 du code de la santé publique, le Comité national des coopérations interprofessionnelles a sollicité l'avis de la Haute Autorité de santé sur le protocole de coopération national entre professionnels de santé « Consultation de santé sexuelle par l’infirmier (ère) en CeGIDD, CPEF et centre de santé sexuelle, en lieu et place du médecin » Professionnels concernés : Médecin Infirmier</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
   </si>
   <si>
     <t>21/07/2021 08:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3278778/fr/avis-n-2021-0053/ac/sbp-du-15-juillet-2021-du-college-de-la-haute-autorite-de-sante-relatif-au-protocole-de-cooperation-national-consultation-de-sante-sexuelle-par-l-infirmier-ere-en-cegidd-cpef-et-centre-de-sante-sexuelle-en-lieu-et-place-du-medecin</t>
   </si>
   <si>
     <t>p_3278778</t>
   </si>
   <si>
     <t>Avis n° 2021.0025/AC/SEESP du 1er avril 2021 du collège de la Haute Autorité de santé relatif à l’édition 2021 du calendrier des vaccinations et recommandations vaccinales</t>
   </si>
   <si>
     <t>En application des articles L.3111-1 du code de la santé publique et L. 161-37 du code de la sécurité sociale, le directeur général de la santé a sollicité l'avis de la Haute Autorité de santé sur l’édition 2021 du calendrier des vaccinations et recommandations vaccinales .</t>
   </si>
   <si>
     <t>01/04/2020 15:03:00</t>
@@ -3665,50 +3695,110 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_2864724/fr/avastin-bevacizumab</t>
   </si>
   <si>
     <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
   </si>
   <si>
     <t>24/06/2015 17:11:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984532/fr/stediril-ethinylestradiol/-norgestrel</t>
   </si>
   <si>
     <t>pprd_2984532</t>
   </si>
   <si>
     <t>éthinylestradiol,norgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704932/fr/stediril-ethinylestradiol/-norgestrel</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2035704/fr/stediril-ethinylestradiol-50-g-norgestrel-500-g-contraceptif-hormonal</t>
   </si>
   <si>
+    <t>FLUCELVAX (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:50:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/fr/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837721/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal-chez-les-adultes-et-enfants-a-partir-de-6-mois</t>
+  </si>
+  <si>
+    <t>OLUMIANT (baricitinib)</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983574/fr/olumiant-baricitinib</t>
+  </si>
+  <si>
+    <t>pprd_2983574</t>
+  </si>
+  <si>
+    <t>baricitinib</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2778111/fr/olumiant-baricitinib-anti-jak-1et-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237060/fr/olumiant-dermatite-atopique-moderee-a-severe-de-l-adulte-baricitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3472152/fr/olumiant-baricitinib-pelade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482876/fr/olumiant-baricitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3807410/fr/olumiant-baricitinib-dermatite-atopique-da-chez-l-enfant-de-2-ans-et-plus</t>
+  </si>
+  <si>
     <t>FLUENZ - FLUENZ TETRA (virus grippal réassorti, vivant atténué)</t>
   </si>
   <si>
     <t>07/04/2025 09:10:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984533/fr/fluenz-fluenz-tetra-virus-grippal-reassorti-vivant-attenue</t>
   </si>
   <si>
     <t>pprd_2984533</t>
   </si>
   <si>
     <t>virus grippal réassorti, vivant atténué</t>
   </si>
   <si>
     <t>ASTRAZENECA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1284808/fr/fluenz-virus-grippal-reassorti-vivant-attenue</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2035692/fr/fluenz-tetra-vaccin-tetravalent-contre-la-grippe-saisonniere-de-l-enfant-virus-grippal-reassorti-vivant-attenue</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3443740/fr/fluenz-tetra-virus-grippal-reassorti-vivant-attenue-vaccin-antigrippal</t>
@@ -3752,126 +3842,75 @@
   <si>
     <t>INFLUVAC (antigènes de virus grippal cultivé, inactivé)</t>
   </si>
   <si>
     <t>06/03/2025 18:07:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985969/fr/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>pprd_2985969</t>
   </si>
   <si>
     <t>antigènes de virus grippal cultivé, inactivé</t>
   </si>
   <si>
     <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399685/fr/influvac-antigenes-de-virus-grippal-cultive-inactive</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594723/fr/influvac-vaccin-grippal-inactive-a-antigenes-de-surface-vaccin-antigrippal</t>
   </si>
   <si>
-    <t>FLUCELVAX TIV (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
-[...16 lines deleted...]
-  <si>
     <t>CIBINQO (abrocitinib)</t>
   </si>
   <si>
     <t>05/09/2024 16:53:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3325552/fr/cibinqo-abrocitinib</t>
   </si>
   <si>
     <t>p_3325552</t>
   </si>
   <si>
     <t>abrocitinib</t>
   </si>
   <si>
     <t>PFIZER SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3325534/fr/cibinqo-abrocitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3482873/fr/cibinqo-abrocitinib-dermatite-atopique-da</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3538222/fr/cibinqo-abrocitinib-dermatite-atopique-des-12-ans</t>
-  </si>
-[...31 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3482867/fr/olumiant-baricitinib-polyarthrite-rhumatoide-pr</t>
   </si>
   <si>
     <t>IBRANCE (palbociclib)</t>
   </si>
   <si>
     <t>09/11/2023 10:26:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982792/fr/ibrance-palbociclib</t>
   </si>
   <si>
     <t>pprd_2982792</t>
   </si>
   <si>
     <t>palbociclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2761877/fr/ibrance-palbociclib-inhibiteur-de-proteine-kinase</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2964747/fr/ibrance-palbociclib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447978/fr/ibrance-palbociclib-cancer-du-sein</t>
   </si>
@@ -4263,2555 +4302,2587 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B2" t="s">
-        <v>842</v>
+        <v>846</v>
       </c>
       <c r="C2" t="s">
-        <v>843</v>
+        <v>847</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>844</v>
+        <v>848</v>
       </c>
       <c r="H2" t="s">
-        <v>845</v>
+        <v>849</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B3" t="s">
-        <v>846</v>
+        <v>850</v>
       </c>
       <c r="C3" t="s">
-        <v>847</v>
+        <v>851</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>848</v>
+        <v>852</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>849</v>
+        <v>853</v>
       </c>
       <c r="H3" t="s">
-        <v>850</v>
+        <v>854</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B4" t="s">
-        <v>851</v>
+        <v>855</v>
       </c>
       <c r="C4" t="s">
-        <v>852</v>
+        <v>856</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>853</v>
+        <v>857</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>854</v>
+        <v>858</v>
       </c>
       <c r="H4" t="s">
-        <v>855</v>
+        <v>859</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>841</v>
+        <v>845</v>
       </c>
       <c r="B5" t="s">
-        <v>856</v>
+        <v>860</v>
       </c>
       <c r="C5" t="s">
-        <v>857</v>
+        <v>861</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>858</v>
+        <v>862</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>859</v>
+        <v>863</v>
       </c>
       <c r="H5" t="s">
-        <v>860</v>
+        <v>864</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B2" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="C2" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="D2" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="E2" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="H2" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B3" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="C3" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="D3" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="E3" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>872</v>
+        <v>876</v>
       </c>
       <c r="H3" t="s">
-        <v>873</v>
+        <v>877</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B4" t="s">
-        <v>874</v>
+        <v>878</v>
       </c>
       <c r="C4" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="D4" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="E4" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="H4" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B5" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C5" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="D5" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="E5" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>884</v>
+        <v>888</v>
       </c>
       <c r="H5" t="s">
-        <v>885</v>
+        <v>889</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B6" t="s">
-        <v>886</v>
+        <v>890</v>
       </c>
       <c r="C6" t="s">
-        <v>887</v>
+        <v>891</v>
       </c>
       <c r="D6" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
       <c r="E6" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="H6" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B7" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="C7" t="s">
-        <v>893</v>
+        <v>897</v>
       </c>
       <c r="D7" t="s">
-        <v>894</v>
+        <v>898</v>
       </c>
       <c r="E7" t="s">
-        <v>895</v>
+        <v>899</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>896</v>
+        <v>900</v>
       </c>
       <c r="H7" t="s">
-        <v>897</v>
+        <v>901</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B2" t="s">
-        <v>899</v>
+        <v>903</v>
       </c>
       <c r="C2" t="s">
-        <v>900</v>
+        <v>904</v>
       </c>
       <c r="D2" t="s">
-        <v>901</v>
+        <v>905</v>
       </c>
       <c r="E2" t="s">
-        <v>902</v>
+        <v>906</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>903</v>
+        <v>907</v>
       </c>
       <c r="H2" t="s">
-        <v>904</v>
+        <v>908</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B3" t="s">
-        <v>905</v>
+        <v>909</v>
       </c>
       <c r="C3" t="s">
-        <v>906</v>
+        <v>910</v>
       </c>
       <c r="D3" t="s">
-        <v>907</v>
+        <v>911</v>
       </c>
       <c r="E3" t="s">
-        <v>908</v>
+        <v>912</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>909</v>
+        <v>913</v>
       </c>
       <c r="H3" t="s">
-        <v>910</v>
+        <v>914</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B4" t="s">
-        <v>911</v>
+        <v>915</v>
       </c>
       <c r="C4" t="s">
+        <v>916</v>
+      </c>
+      <c r="D4" t="s">
+        <v>917</v>
+      </c>
+      <c r="E4" t="s">
         <v>912</v>
       </c>
-      <c r="D4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>914</v>
+        <v>918</v>
       </c>
       <c r="H4" t="s">
-        <v>915</v>
+        <v>919</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B5" t="s">
-        <v>916</v>
+        <v>920</v>
       </c>
       <c r="C5" t="s">
-        <v>917</v>
+        <v>921</v>
       </c>
       <c r="D5" t="s">
-        <v>918</v>
+        <v>922</v>
       </c>
       <c r="E5" t="s">
-        <v>919</v>
+        <v>923</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>920</v>
+        <v>924</v>
       </c>
       <c r="H5" t="s">
-        <v>921</v>
+        <v>925</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B6" t="s">
-        <v>922</v>
+        <v>926</v>
       </c>
       <c r="C6" t="s">
-        <v>923</v>
+        <v>927</v>
       </c>
       <c r="D6" t="s">
-        <v>924</v>
+        <v>928</v>
       </c>
       <c r="E6" t="s">
-        <v>925</v>
+        <v>929</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>926</v>
+        <v>930</v>
       </c>
       <c r="H6" t="s">
-        <v>927</v>
+        <v>931</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B7" t="s">
-        <v>928</v>
+        <v>932</v>
       </c>
       <c r="C7" t="s">
-        <v>929</v>
+        <v>933</v>
       </c>
       <c r="D7" t="s">
-        <v>930</v>
+        <v>934</v>
       </c>
       <c r="E7" t="s">
-        <v>931</v>
+        <v>935</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="H7" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B8" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="C8" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="D8" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="E8" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="H8" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B9" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="C9" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
       <c r="D9" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="E9" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="H9" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B10" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
       <c r="C10" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="D10" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="E10" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="H10" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B11" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="C11" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="D11" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
       <c r="E11" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="H11" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B12" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="C12" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="D12" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
       <c r="E12" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>962</v>
+        <v>966</v>
       </c>
       <c r="H12" t="s">
-        <v>963</v>
+        <v>967</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B13" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="C13" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
       <c r="D13" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="E13" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="H13" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B14" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="C14" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="D14" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="E14" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
       <c r="H14" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B15" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="C15" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="D15" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="E15" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="H15" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B16" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
       <c r="C16" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
       <c r="D16" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="E16" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="H16" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B17" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="C17" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
       <c r="D17" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="E17" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="H17" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B18" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="C18" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
       <c r="D18" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="E18" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="H18" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B19" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="C19" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="D19" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
       <c r="E19" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="H19" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B20" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="C20" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="D20" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
       <c r="E20" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="H20" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B21" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="C21" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="D21" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="E21" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="H21" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B22" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="C22" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="D22" t="s">
-        <v>13</v>
+        <v>1024</v>
       </c>
       <c r="E22" t="s">
-        <v>1020</v>
+        <v>1025</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1021</v>
+        <v>1026</v>
       </c>
       <c r="H22" t="s">
-        <v>1022</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>898</v>
+        <v>902</v>
       </c>
       <c r="B23" t="s">
-        <v>1023</v>
+        <v>1028</v>
       </c>
       <c r="C23" t="s">
-        <v>1024</v>
+        <v>1029</v>
       </c>
       <c r="D23" t="s">
-        <v>1025</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>527</v>
+        <v>1030</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1026</v>
+        <v>1031</v>
       </c>
       <c r="H23" t="s">
-        <v>1027</v>
+        <v>1032</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>902</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1033</v>
+      </c>
+      <c r="C24" t="s">
+        <v>1034</v>
+      </c>
+      <c r="D24" t="s">
+        <v>1035</v>
+      </c>
+      <c r="E24" t="s">
+        <v>531</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1037</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:AA28"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1028</v>
+        <v>1038</v>
       </c>
       <c r="J1" t="s">
         <v>17</v>
       </c>
       <c r="K1" t="s">
-        <v>1029</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B2" t="s">
-        <v>1031</v>
+        <v>1041</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1032</v>
+        <v>1042</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1033</v>
+        <v>1043</v>
       </c>
       <c r="H2" t="s">
-        <v>1034</v>
+        <v>1044</v>
       </c>
       <c r="I2" t="s">
-        <v>1035</v>
+        <v>1045</v>
       </c>
       <c r="J2" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="K2" t="s">
-        <v>1037</v>
+        <v>1047</v>
       </c>
       <c r="L2" t="s">
-        <v>1038</v>
+        <v>1048</v>
       </c>
       <c r="M2" t="s">
-        <v>1039</v>
+        <v>1049</v>
       </c>
       <c r="N2" t="s">
-        <v>1040</v>
+        <v>1050</v>
       </c>
       <c r="O2" t="s">
-        <v>1041</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B3" t="s">
-        <v>1042</v>
+        <v>1052</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1043</v>
+        <v>1053</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1044</v>
+        <v>1054</v>
       </c>
       <c r="H3" t="s">
-        <v>1045</v>
+        <v>1055</v>
       </c>
       <c r="I3" t="s">
-        <v>1046</v>
+        <v>1056</v>
       </c>
       <c r="J3" t="s">
-        <v>1047</v>
+        <v>1057</v>
       </c>
       <c r="K3" t="s">
-        <v>1048</v>
+        <v>1058</v>
       </c>
       <c r="L3" t="s">
-        <v>1049</v>
+        <v>1059</v>
       </c>
       <c r="M3" t="s">
-        <v>1050</v>
+        <v>1060</v>
       </c>
       <c r="N3" t="s">
-        <v>1051</v>
+        <v>1061</v>
       </c>
       <c r="O3" t="s">
-        <v>1052</v>
+        <v>1062</v>
       </c>
       <c r="P3" t="s">
-        <v>1053</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B4" t="s">
-        <v>1054</v>
+        <v>1064</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1055</v>
+        <v>1065</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1056</v>
+        <v>1066</v>
       </c>
       <c r="H4" t="s">
-        <v>1057</v>
+        <v>1067</v>
       </c>
       <c r="I4" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="J4" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="K4" t="s">
-        <v>1060</v>
+        <v>1070</v>
       </c>
       <c r="L4" t="s">
-        <v>1061</v>
+        <v>1071</v>
       </c>
       <c r="M4" t="s">
-        <v>1062</v>
+        <v>1072</v>
       </c>
       <c r="N4" t="s">
-        <v>1063</v>
+        <v>1073</v>
       </c>
       <c r="O4" t="s">
-        <v>1064</v>
+        <v>1074</v>
       </c>
       <c r="P4" t="s">
-        <v>1065</v>
+        <v>1075</v>
       </c>
       <c r="Q4" t="s">
-        <v>1066</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B5" t="s">
-        <v>1067</v>
+        <v>1077</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1068</v>
+        <v>1078</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1069</v>
+        <v>1079</v>
       </c>
       <c r="H5" t="s">
-        <v>1070</v>
+        <v>1080</v>
       </c>
       <c r="I5" t="s">
-        <v>1071</v>
+        <v>1081</v>
       </c>
       <c r="J5" t="s">
-        <v>1072</v>
+        <v>1082</v>
       </c>
       <c r="K5" t="s">
-        <v>1073</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B6" t="s">
-        <v>1074</v>
+        <v>1084</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1075</v>
+        <v>1085</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1076</v>
+        <v>1086</v>
       </c>
       <c r="H6" t="s">
-        <v>1077</v>
+        <v>1087</v>
       </c>
       <c r="I6" t="s">
-        <v>1078</v>
+        <v>1088</v>
       </c>
       <c r="J6" t="s">
-        <v>1079</v>
+        <v>1089</v>
       </c>
       <c r="K6" t="s">
-        <v>1080</v>
+        <v>1090</v>
       </c>
       <c r="L6" t="s">
-        <v>1081</v>
+        <v>1091</v>
       </c>
       <c r="M6" t="s">
-        <v>1082</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B7" t="s">
-        <v>1083</v>
+        <v>1093</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1084</v>
+        <v>1094</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1085</v>
+        <v>1095</v>
       </c>
       <c r="H7" t="s">
-        <v>1086</v>
+        <v>1096</v>
       </c>
       <c r="I7" t="s">
-        <v>1087</v>
+        <v>1097</v>
       </c>
       <c r="J7" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="K7" t="s">
-        <v>1088</v>
+        <v>1098</v>
       </c>
       <c r="L7" t="s">
-        <v>1089</v>
+        <v>1099</v>
       </c>
       <c r="M7" t="s">
-        <v>1090</v>
+        <v>1100</v>
       </c>
       <c r="N7" t="s">
-        <v>1091</v>
+        <v>1101</v>
       </c>
       <c r="O7" t="s">
-        <v>1092</v>
+        <v>1102</v>
       </c>
       <c r="P7" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="Q7" t="s">
-        <v>1094</v>
+        <v>1104</v>
       </c>
       <c r="R7" t="s">
-        <v>1093</v>
+        <v>1103</v>
       </c>
       <c r="S7" t="s">
-        <v>1095</v>
+        <v>1105</v>
       </c>
       <c r="T7" t="s">
-        <v>1096</v>
+        <v>1106</v>
       </c>
       <c r="U7" t="s">
-        <v>1097</v>
+        <v>1107</v>
       </c>
       <c r="V7" t="s">
-        <v>1098</v>
+        <v>1108</v>
       </c>
       <c r="W7" t="s">
-        <v>1099</v>
+        <v>1109</v>
       </c>
       <c r="X7" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B8" t="s">
-        <v>1101</v>
+        <v>1111</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1102</v>
+        <v>1112</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1103</v>
+        <v>1113</v>
       </c>
       <c r="H8" t="s">
-        <v>1104</v>
+        <v>1114</v>
       </c>
       <c r="I8" t="s">
-        <v>1058</v>
+        <v>1068</v>
       </c>
       <c r="J8" t="s">
         <v>25</v>
       </c>
       <c r="K8" t="s">
-        <v>1105</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B9" t="s">
-        <v>1106</v>
+        <v>1116</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1107</v>
+        <v>1117</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1108</v>
+        <v>1118</v>
       </c>
       <c r="H9" t="s">
-        <v>1109</v>
+        <v>1119</v>
       </c>
       <c r="I9" t="s">
-        <v>1110</v>
+        <v>1120</v>
       </c>
       <c r="J9" t="s">
-        <v>1111</v>
+        <v>1121</v>
       </c>
       <c r="K9" t="s">
-        <v>1112</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B10" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="H10" t="s">
-        <v>1116</v>
+        <v>1126</v>
       </c>
       <c r="I10" t="s">
-        <v>1117</v>
+        <v>1127</v>
       </c>
       <c r="J10" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="K10" t="s">
-        <v>1119</v>
+        <v>1129</v>
       </c>
       <c r="L10" t="s">
-        <v>1120</v>
+        <v>1130</v>
       </c>
       <c r="M10" t="s">
-        <v>1121</v>
+        <v>1131</v>
       </c>
       <c r="N10" t="s">
-        <v>1122</v>
+        <v>1132</v>
       </c>
       <c r="O10" t="s">
-        <v>1123</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B11" t="s">
-        <v>1124</v>
+        <v>1134</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1125</v>
+        <v>1135</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1126</v>
+        <v>1136</v>
       </c>
       <c r="H11" t="s">
-        <v>1127</v>
+        <v>1137</v>
       </c>
       <c r="I11" t="s">
-        <v>1128</v>
+        <v>1138</v>
       </c>
       <c r="J11" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="K11" t="s">
-        <v>1129</v>
+        <v>1139</v>
       </c>
       <c r="L11" t="s">
-        <v>1130</v>
+        <v>1140</v>
       </c>
       <c r="M11" t="s">
-        <v>1131</v>
+        <v>1141</v>
       </c>
       <c r="N11" t="s">
-        <v>1132</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B12" t="s">
-        <v>1133</v>
+        <v>1143</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1134</v>
+        <v>1144</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1135</v>
+        <v>1145</v>
       </c>
       <c r="H12" t="s">
-        <v>1136</v>
+        <v>1146</v>
       </c>
       <c r="I12" t="s">
-        <v>1137</v>
+        <v>1147</v>
       </c>
       <c r="J12" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="K12" t="s">
-        <v>1138</v>
+        <v>1148</v>
       </c>
       <c r="L12" t="s">
-        <v>1139</v>
+        <v>1149</v>
       </c>
       <c r="M12" t="s">
-        <v>1140</v>
+        <v>1150</v>
       </c>
       <c r="N12" t="s">
-        <v>1141</v>
+        <v>1151</v>
       </c>
       <c r="O12" t="s">
-        <v>1142</v>
+        <v>1152</v>
       </c>
       <c r="P12" t="s">
-        <v>1143</v>
+        <v>1153</v>
       </c>
       <c r="Q12" t="s">
-        <v>1144</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B13" t="s">
-        <v>1145</v>
+        <v>1155</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1146</v>
+        <v>1156</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1147</v>
+        <v>1157</v>
       </c>
       <c r="H13" t="s">
-        <v>1148</v>
+        <v>1158</v>
       </c>
       <c r="I13" t="s">
-        <v>1149</v>
+        <v>1159</v>
       </c>
       <c r="J13" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="K13" t="s">
-        <v>1150</v>
+        <v>1160</v>
       </c>
       <c r="L13" t="s">
-        <v>1151</v>
+        <v>1161</v>
       </c>
       <c r="M13" t="s">
-        <v>1152</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B14" t="s">
-        <v>1153</v>
+        <v>1163</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1154</v>
+        <v>1164</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1155</v>
+        <v>1165</v>
       </c>
       <c r="H14" t="s">
-        <v>1156</v>
+        <v>1166</v>
       </c>
       <c r="I14" t="s">
-        <v>1157</v>
+        <v>1167</v>
       </c>
       <c r="J14" t="s">
-        <v>1158</v>
+        <v>1168</v>
       </c>
       <c r="K14" t="s">
-        <v>1159</v>
+        <v>1169</v>
       </c>
       <c r="L14" t="s">
-        <v>1160</v>
+        <v>1170</v>
       </c>
       <c r="M14" t="s">
-        <v>1161</v>
+        <v>1171</v>
       </c>
       <c r="N14" t="s">
-        <v>1162</v>
+        <v>1172</v>
       </c>
       <c r="O14" t="s">
-        <v>1163</v>
+        <v>1173</v>
       </c>
       <c r="P14" t="s">
-        <v>1164</v>
+        <v>1174</v>
       </c>
       <c r="Q14" t="s">
-        <v>1165</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B15" t="s">
-        <v>1166</v>
+        <v>1176</v>
       </c>
       <c r="C15" t="s">
         <v>13</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1167</v>
+        <v>1177</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1168</v>
+        <v>1178</v>
       </c>
       <c r="H15" t="s">
-        <v>1169</v>
+        <v>1179</v>
       </c>
       <c r="I15" t="s">
-        <v>1170</v>
+        <v>1180</v>
       </c>
       <c r="J15" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="K15" t="s">
-        <v>1171</v>
+        <v>1181</v>
       </c>
       <c r="L15" t="s">
-        <v>1172</v>
+        <v>1182</v>
       </c>
       <c r="M15" t="s">
-        <v>1173</v>
+        <v>1183</v>
       </c>
       <c r="N15" t="s">
-        <v>1174</v>
+        <v>1184</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B16" t="s">
-        <v>1175</v>
+        <v>1185</v>
       </c>
       <c r="C16" t="s">
         <v>13</v>
       </c>
       <c r="D16" t="s">
         <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1176</v>
+        <v>1186</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1177</v>
+        <v>1187</v>
       </c>
       <c r="H16" t="s">
-        <v>1178</v>
+        <v>1188</v>
       </c>
       <c r="I16" t="s">
-        <v>1179</v>
+        <v>1189</v>
       </c>
       <c r="J16" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="K16" t="s">
-        <v>1181</v>
+        <v>1191</v>
       </c>
       <c r="L16" t="s">
-        <v>1182</v>
+        <v>1192</v>
       </c>
       <c r="M16" t="s">
-        <v>1183</v>
+        <v>1193</v>
       </c>
       <c r="N16" t="s">
-        <v>1184</v>
+        <v>1194</v>
       </c>
       <c r="O16" t="s">
-        <v>1185</v>
+        <v>1195</v>
       </c>
       <c r="P16" t="s">
-        <v>1186</v>
+        <v>1196</v>
       </c>
       <c r="Q16" t="s">
-        <v>1187</v>
+        <v>1197</v>
       </c>
       <c r="R16" t="s">
-        <v>1188</v>
+        <v>1198</v>
       </c>
       <c r="S16" t="s">
-        <v>1189</v>
+        <v>1199</v>
       </c>
       <c r="T16" t="s">
-        <v>1190</v>
+        <v>1200</v>
       </c>
       <c r="U16" t="s">
-        <v>1191</v>
+        <v>1201</v>
       </c>
       <c r="V16" t="s">
-        <v>1192</v>
+        <v>1202</v>
       </c>
       <c r="W16" t="s">
-        <v>1193</v>
+        <v>1203</v>
       </c>
       <c r="X16" t="s">
-        <v>1194</v>
+        <v>1204</v>
       </c>
       <c r="Y16" t="s">
-        <v>1195</v>
+        <v>1205</v>
       </c>
       <c r="Z16" t="s">
-        <v>1196</v>
+        <v>1206</v>
       </c>
       <c r="AA16" t="s">
-        <v>1197</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B17" t="s">
-        <v>1198</v>
+        <v>1208</v>
       </c>
       <c r="C17" t="s">
         <v>13</v>
       </c>
       <c r="D17" t="s">
         <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1199</v>
+        <v>1209</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1200</v>
+        <v>1210</v>
       </c>
       <c r="H17" t="s">
-        <v>1201</v>
+        <v>1211</v>
       </c>
       <c r="I17" t="s">
-        <v>1202</v>
+        <v>1212</v>
       </c>
       <c r="J17" t="s">
-        <v>1118</v>
+        <v>1128</v>
       </c>
       <c r="K17" t="s">
-        <v>1203</v>
+        <v>1213</v>
       </c>
       <c r="L17" t="s">
-        <v>1204</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B18" t="s">
-        <v>1205</v>
+        <v>1215</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
         <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1206</v>
+        <v>1216</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
       <c r="H18" t="s">
-        <v>1208</v>
+        <v>1218</v>
       </c>
       <c r="I18" t="s">
-        <v>1209</v>
+        <v>1219</v>
       </c>
       <c r="J18" t="s">
-        <v>1210</v>
+        <v>1220</v>
       </c>
       <c r="K18" t="s">
-        <v>1211</v>
+        <v>1221</v>
       </c>
       <c r="L18" t="s">
-        <v>1212</v>
-[...8 lines deleted...]
-        <v>1215</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B19" t="s">
-        <v>1216</v>
+        <v>1223</v>
       </c>
       <c r="C19" t="s">
         <v>13</v>
       </c>
       <c r="D19" t="s">
         <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1217</v>
+        <v>1224</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1218</v>
+        <v>1225</v>
       </c>
       <c r="H19" t="s">
-        <v>1219</v>
+        <v>1226</v>
       </c>
       <c r="I19" t="s">
-        <v>1220</v>
+        <v>1227</v>
       </c>
       <c r="J19" t="s">
-        <v>1221</v>
+        <v>1228</v>
       </c>
       <c r="K19" t="s">
-        <v>1222</v>
+        <v>1229</v>
       </c>
       <c r="L19" t="s">
-        <v>1223</v>
+        <v>1230</v>
       </c>
       <c r="M19" t="s">
-        <v>1224</v>
+        <v>1231</v>
       </c>
       <c r="N19" t="s">
-        <v>1225</v>
+        <v>1232</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1233</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1234</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B20" t="s">
-        <v>1226</v>
+        <v>1235</v>
       </c>
       <c r="C20" t="s">
         <v>13</v>
       </c>
       <c r="D20" t="s">
         <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1227</v>
+        <v>1236</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1228</v>
+        <v>1237</v>
       </c>
       <c r="H20" t="s">
-        <v>1229</v>
+        <v>1238</v>
       </c>
       <c r="I20" t="s">
-        <v>1230</v>
+        <v>1239</v>
       </c>
       <c r="J20" t="s">
-        <v>1231</v>
+        <v>1240</v>
       </c>
       <c r="K20" t="s">
-        <v>1232</v>
+        <v>1241</v>
       </c>
       <c r="L20" t="s">
-        <v>1233</v>
+        <v>1242</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1243</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1244</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1245</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B21" t="s">
-        <v>1234</v>
+        <v>1246</v>
       </c>
       <c r="C21" t="s">
         <v>13</v>
       </c>
       <c r="D21" t="s">
         <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1227</v>
+        <v>1247</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1235</v>
+        <v>1248</v>
       </c>
       <c r="H21" t="s">
-        <v>1236</v>
+        <v>1249</v>
       </c>
       <c r="I21" t="s">
-        <v>1237</v>
+        <v>1250</v>
       </c>
       <c r="J21" t="s">
-        <v>1238</v>
+        <v>1251</v>
       </c>
       <c r="K21" t="s">
-        <v>1239</v>
+        <v>1252</v>
+      </c>
+      <c r="L21" t="s">
+        <v>1253</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1254</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1255</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B22" t="s">
-        <v>1240</v>
+        <v>1256</v>
       </c>
       <c r="C22" t="s">
         <v>13</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1241</v>
+        <v>1257</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1242</v>
+        <v>1258</v>
       </c>
       <c r="H22" t="s">
-        <v>1243</v>
+        <v>1259</v>
       </c>
       <c r="I22" t="s">
-        <v>1244</v>
+        <v>1260</v>
       </c>
       <c r="J22" t="s">
-        <v>1245</v>
+        <v>1261</v>
       </c>
       <c r="K22" t="s">
-        <v>1246</v>
+        <v>1262</v>
       </c>
       <c r="L22" t="s">
-        <v>1247</v>
-[...2 lines deleted...]
-        <v>1248</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B23" t="s">
-        <v>1249</v>
+        <v>1264</v>
       </c>
       <c r="C23" t="s">
         <v>13</v>
       </c>
       <c r="D23" t="s">
         <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1250</v>
+        <v>1265</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1251</v>
+        <v>1266</v>
       </c>
       <c r="H23" t="s">
-        <v>1252</v>
+        <v>1267</v>
       </c>
       <c r="I23" t="s">
-        <v>1253</v>
+        <v>1268</v>
       </c>
       <c r="J23" t="s">
-        <v>1254</v>
+        <v>1269</v>
       </c>
       <c r="K23" t="s">
-        <v>1255</v>
+        <v>1270</v>
       </c>
       <c r="L23" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
       <c r="M23" t="s">
-        <v>1257</v>
-[...5 lines deleted...]
-        <v>1259</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B24" t="s">
-        <v>1260</v>
+        <v>1273</v>
       </c>
       <c r="C24" t="s">
         <v>13</v>
       </c>
       <c r="D24" t="s">
         <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1261</v>
+        <v>1274</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1262</v>
+        <v>1275</v>
       </c>
       <c r="H24" t="s">
-        <v>1263</v>
+        <v>1276</v>
       </c>
       <c r="I24" t="s">
-        <v>1264</v>
+        <v>1277</v>
       </c>
       <c r="J24" t="s">
-        <v>1059</v>
+        <v>1069</v>
       </c>
       <c r="K24" t="s">
-        <v>1265</v>
+        <v>1278</v>
       </c>
       <c r="L24" t="s">
-        <v>1266</v>
+        <v>1279</v>
       </c>
       <c r="M24" t="s">
-        <v>1267</v>
+        <v>1280</v>
       </c>
       <c r="N24" t="s">
-        <v>1268</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B25" t="s">
-        <v>1269</v>
+        <v>1282</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
         <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1270</v>
+        <v>1283</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1271</v>
+        <v>1284</v>
       </c>
       <c r="H25" t="s">
-        <v>1272</v>
+        <v>1285</v>
       </c>
       <c r="I25" t="s">
-        <v>1273</v>
+        <v>1286</v>
       </c>
       <c r="J25" t="s">
-        <v>1180</v>
+        <v>1190</v>
       </c>
       <c r="K25" t="s">
-        <v>1274</v>
+        <v>1287</v>
       </c>
       <c r="L25" t="s">
-        <v>1275</v>
+        <v>1288</v>
       </c>
       <c r="M25" t="s">
-        <v>1276</v>
+        <v>1289</v>
       </c>
       <c r="N25" t="s">
-        <v>1277</v>
+        <v>1290</v>
       </c>
       <c r="O25" t="s">
-        <v>1278</v>
+        <v>1291</v>
       </c>
       <c r="P25" t="s">
-        <v>1279</v>
+        <v>1292</v>
       </c>
       <c r="Q25" t="s">
-        <v>1280</v>
+        <v>1293</v>
       </c>
       <c r="R25" t="s">
-        <v>1281</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B26" t="s">
-        <v>1282</v>
+        <v>1295</v>
       </c>
       <c r="C26" t="s">
         <v>13</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1283</v>
+        <v>1296</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1284</v>
+        <v>1297</v>
       </c>
       <c r="H26" t="s">
-        <v>1285</v>
+        <v>1298</v>
       </c>
       <c r="I26" t="s">
-        <v>1286</v>
+        <v>1299</v>
       </c>
       <c r="J26" t="s">
-        <v>1036</v>
+        <v>1046</v>
       </c>
       <c r="K26" t="s">
-        <v>1287</v>
+        <v>1300</v>
       </c>
       <c r="L26" t="s">
-        <v>1288</v>
+        <v>1301</v>
       </c>
       <c r="M26" t="s">
-        <v>1289</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B27" t="s">
-        <v>1290</v>
+        <v>1303</v>
       </c>
       <c r="C27" t="s">
         <v>13</v>
       </c>
       <c r="D27" t="s">
         <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1291</v>
+        <v>1304</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1292</v>
+        <v>1305</v>
       </c>
       <c r="H27" t="s">
-        <v>1293</v>
+        <v>1306</v>
       </c>
       <c r="I27" t="s">
-        <v>1294</v>
+        <v>1307</v>
       </c>
       <c r="J27" t="s">
-        <v>1295</v>
+        <v>1308</v>
       </c>
       <c r="K27" t="s">
-        <v>1296</v>
+        <v>1309</v>
       </c>
       <c r="L27" t="s">
-        <v>1297</v>
+        <v>1310</v>
       </c>
       <c r="M27" t="s">
-        <v>1298</v>
+        <v>1311</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1030</v>
+        <v>1040</v>
       </c>
       <c r="B28" t="s">
-        <v>1299</v>
+        <v>1312</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1300</v>
+        <v>1313</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1301</v>
+        <v>1314</v>
       </c>
       <c r="H28" t="s">
-        <v>1302</v>
+        <v>1315</v>
       </c>
       <c r="I28" t="s">
-        <v>1303</v>
+        <v>1316</v>
       </c>
       <c r="J28" t="s">
-        <v>1304</v>
+        <v>1317</v>
       </c>
       <c r="K28" t="s">
-        <v>1305</v>
+        <v>1318</v>
       </c>
       <c r="L28" t="s">
-        <v>1306</v>
+        <v>1319</v>
       </c>
       <c r="M28" t="s">
-        <v>1307</v>
+        <v>1320</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B2" t="s">
-        <v>1309</v>
+        <v>1322</v>
       </c>
       <c r="C2" t="s">
-        <v>1310</v>
+        <v>1323</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1312</v>
+        <v>1325</v>
       </c>
       <c r="H2" t="s">
-        <v>1313</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B3" t="s">
-        <v>1314</v>
+        <v>1327</v>
       </c>
       <c r="C3" t="s">
-        <v>1310</v>
+        <v>1323</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1311</v>
+        <v>1324</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1315</v>
+        <v>1328</v>
       </c>
       <c r="H3" t="s">
-        <v>1316</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B4" t="s">
-        <v>1317</v>
+        <v>1330</v>
       </c>
       <c r="C4" t="s">
-        <v>1318</v>
+        <v>1331</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1319</v>
+        <v>1332</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1320</v>
+        <v>1333</v>
       </c>
       <c r="H4" t="s">
-        <v>1321</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B5" t="s">
-        <v>1322</v>
+        <v>1335</v>
       </c>
       <c r="C5" t="s">
-        <v>1323</v>
+        <v>1336</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1324</v>
+        <v>1337</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1325</v>
+        <v>1338</v>
       </c>
       <c r="H5" t="s">
-        <v>1326</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B6" t="s">
-        <v>1327</v>
+        <v>1340</v>
       </c>
       <c r="C6" t="s">
-        <v>1328</v>
+        <v>1341</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1329</v>
+        <v>1342</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1330</v>
+        <v>1343</v>
       </c>
       <c r="H6" t="s">
-        <v>1331</v>
+        <v>1344</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B7" t="s">
-        <v>1332</v>
+        <v>1345</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1333</v>
+        <v>1346</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1334</v>
+        <v>1347</v>
       </c>
       <c r="H7" t="s">
-        <v>1335</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B8" t="s">
-        <v>1336</v>
+        <v>1349</v>
       </c>
       <c r="C8" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1339</v>
+        <v>1352</v>
       </c>
       <c r="H8" t="s">
-        <v>1340</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B9" t="s">
-        <v>1341</v>
+        <v>1354</v>
       </c>
       <c r="C9" t="s">
-        <v>1342</v>
+        <v>1355</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="H9" t="s">
-        <v>1345</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B10" t="s">
-        <v>1346</v>
+        <v>1359</v>
       </c>
       <c r="C10" t="s">
-        <v>1347</v>
+        <v>1360</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="H10" t="s">
-        <v>1350</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1308</v>
+        <v>1321</v>
       </c>
       <c r="B11" t="s">
-        <v>1351</v>
+        <v>1364</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1352</v>
+        <v>1365</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1353</v>
+        <v>1366</v>
       </c>
       <c r="H11" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -7792,51 +7863,51 @@
       </c>
       <c r="D33" t="s">
         <v>13</v>
       </c>
       <c r="E33" t="s">
         <v>196</v>
       </c>
       <c r="F33" t="s">
         <v>13</v>
       </c>
       <c r="G33" t="s">
         <v>197</v>
       </c>
       <c r="H33" t="s">
         <v>198</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:I72"/>
+  <dimension ref="A1:I73"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8607,109 +8678,109 @@
       <c r="A28" t="s">
         <v>200</v>
       </c>
       <c r="B28" t="s">
         <v>306</v>
       </c>
       <c r="C28" t="s">
         <v>13</v>
       </c>
       <c r="D28" t="s">
         <v>13</v>
       </c>
       <c r="E28" t="s">
         <v>307</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
         <v>308</v>
       </c>
       <c r="H28" t="s">
         <v>309</v>
       </c>
       <c r="I28" t="s">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>200</v>
       </c>
       <c r="B29" t="s">
+        <v>310</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
         <v>311</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
         <v>312</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="H29" t="s">
         <v>313</v>
       </c>
-      <c r="H29" t="s">
+      <c r="I29" t="s">
         <v>314</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>200</v>
       </c>
       <c r="B30" t="s">
         <v>315</v>
       </c>
       <c r="C30" t="s">
         <v>13</v>
       </c>
       <c r="D30" t="s">
         <v>13</v>
       </c>
       <c r="E30" t="s">
         <v>316</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
         <v>317</v>
       </c>
       <c r="H30" t="s">
         <v>318</v>
       </c>
       <c r="I30" t="s">
-        <v>205</v>
+        <v>314</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>200</v>
       </c>
       <c r="B31" t="s">
         <v>319</v>
       </c>
       <c r="C31" t="s">
         <v>13</v>
       </c>
       <c r="D31" t="s">
         <v>13</v>
       </c>
       <c r="E31" t="s">
         <v>320</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
         <v>321</v>
       </c>
       <c r="H31" t="s">
@@ -9129,51 +9200,51 @@
       <c r="A46" t="s">
         <v>200</v>
       </c>
       <c r="B46" t="s">
         <v>379</v>
       </c>
       <c r="C46" t="s">
         <v>13</v>
       </c>
       <c r="D46" t="s">
         <v>13</v>
       </c>
       <c r="E46" t="s">
         <v>380</v>
       </c>
       <c r="F46" t="s">
         <v>13</v>
       </c>
       <c r="G46" t="s">
         <v>381</v>
       </c>
       <c r="H46" t="s">
         <v>382</v>
       </c>
       <c r="I46" t="s">
-        <v>205</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>200</v>
       </c>
       <c r="B47" t="s">
         <v>383</v>
       </c>
       <c r="C47" t="s">
         <v>13</v>
       </c>
       <c r="D47" t="s">
         <v>13</v>
       </c>
       <c r="E47" t="s">
         <v>384</v>
       </c>
       <c r="F47" t="s">
         <v>13</v>
       </c>
       <c r="G47" t="s">
         <v>385</v>
       </c>
       <c r="H47" t="s">
@@ -9187,80 +9258,80 @@
       <c r="A48" t="s">
         <v>200</v>
       </c>
       <c r="B48" t="s">
         <v>387</v>
       </c>
       <c r="C48" t="s">
         <v>13</v>
       </c>
       <c r="D48" t="s">
         <v>13</v>
       </c>
       <c r="E48" t="s">
         <v>388</v>
       </c>
       <c r="F48" t="s">
         <v>13</v>
       </c>
       <c r="G48" t="s">
         <v>389</v>
       </c>
       <c r="H48" t="s">
         <v>390</v>
       </c>
       <c r="I48" t="s">
-        <v>310</v>
+        <v>205</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>200</v>
       </c>
       <c r="B49" t="s">
         <v>391</v>
       </c>
       <c r="C49" t="s">
         <v>13</v>
       </c>
       <c r="D49" t="s">
         <v>13</v>
       </c>
       <c r="E49" t="s">
         <v>392</v>
       </c>
       <c r="F49" t="s">
         <v>13</v>
       </c>
       <c r="G49" t="s">
         <v>393</v>
       </c>
       <c r="H49" t="s">
         <v>394</v>
       </c>
       <c r="I49" t="s">
-        <v>205</v>
+        <v>314</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>200</v>
       </c>
       <c r="B50" t="s">
         <v>395</v>
       </c>
       <c r="C50" t="s">
         <v>13</v>
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>396</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>397</v>
       </c>
       <c r="H50" t="s">
@@ -9314,144 +9385,144 @@
       </c>
       <c r="E52" t="s">
         <v>404</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
         <v>405</v>
       </c>
       <c r="H52" t="s">
         <v>406</v>
       </c>
       <c r="I52" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>200</v>
       </c>
       <c r="B53" t="s">
         <v>407</v>
       </c>
       <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
         <v>408</v>
       </c>
-      <c r="D53" t="s">
-[...2 lines deleted...]
-      <c r="E53" t="s">
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
         <v>409</v>
       </c>
-      <c r="F53" t="s">
-[...2 lines deleted...]
-      <c r="G53" t="s">
+      <c r="H53" t="s">
         <v>410</v>
-      </c>
-[...1 lines deleted...]
-        <v>411</v>
       </c>
       <c r="I53" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>200</v>
       </c>
       <c r="B54" t="s">
+        <v>411</v>
+      </c>
+      <c r="C54" t="s">
         <v>412</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
         <v>413</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
         <v>414</v>
       </c>
       <c r="H54" t="s">
         <v>415</v>
       </c>
       <c r="I54" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>200</v>
       </c>
       <c r="B55" t="s">
         <v>416</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="H55" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="I55" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>200</v>
       </c>
       <c r="B56" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>420</v>
+        <v>417</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
         <v>421</v>
       </c>
       <c r="H56" t="s">
         <v>422</v>
       </c>
       <c r="I56" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>200</v>
       </c>
       <c r="B57" t="s">
         <v>423</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
@@ -9601,80 +9672,80 @@
       </c>
       <c r="D62" t="s">
         <v>13</v>
       </c>
       <c r="E62" t="s">
         <v>444</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" t="s">
         <v>445</v>
       </c>
       <c r="H62" t="s">
         <v>446</v>
       </c>
       <c r="I62" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>200</v>
       </c>
       <c r="B63" t="s">
-        <v>226</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>13</v>
       </c>
       <c r="D63" t="s">
         <v>13</v>
       </c>
       <c r="E63" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="F63" t="s">
         <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="H63" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="I63" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>200</v>
       </c>
       <c r="B64" t="s">
-        <v>450</v>
+        <v>226</v>
       </c>
       <c r="C64" t="s">
         <v>13</v>
       </c>
       <c r="D64" t="s">
         <v>13</v>
       </c>
       <c r="E64" t="s">
         <v>451</v>
       </c>
       <c r="F64" t="s">
         <v>13</v>
       </c>
       <c r="G64" t="s">
         <v>452</v>
       </c>
       <c r="H64" t="s">
         <v>453</v>
       </c>
       <c r="I64" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
@@ -9865,1980 +9936,2009 @@
       </c>
       <c r="E71" t="s">
         <v>479</v>
       </c>
       <c r="F71" t="s">
         <v>13</v>
       </c>
       <c r="G71" t="s">
         <v>480</v>
       </c>
       <c r="H71" t="s">
         <v>481</v>
       </c>
       <c r="I71" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>200</v>
       </c>
       <c r="B72" t="s">
         <v>482</v>
       </c>
       <c r="C72" t="s">
+        <v>13</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
         <v>483</v>
       </c>
-      <c r="D72" t="s">
-[...2 lines deleted...]
-      <c r="E72" t="s">
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
         <v>484</v>
       </c>
-      <c r="F72" t="s">
-[...2 lines deleted...]
-      <c r="G72" t="s">
+      <c r="H72" t="s">
         <v>485</v>
       </c>
-      <c r="H72" t="s">
+      <c r="I72" t="s">
+        <v>205</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>200</v>
+      </c>
+      <c r="B73" t="s">
         <v>486</v>
       </c>
-      <c r="I72" t="s">
+      <c r="C73" t="s">
         <v>487</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+      <c r="E73" t="s">
+        <v>488</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>489</v>
+      </c>
+      <c r="H73" t="s">
+        <v>490</v>
+      </c>
+      <c r="I73" t="s">
+        <v>491</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B2" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="C2" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="D2" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="E2" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="H2" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B3" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
       <c r="C3" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="D3" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="E3" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="H3" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B4" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="C4" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="H4" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="B5" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="C5" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="D5" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="E5" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="H5" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B2" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C2" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="H2" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B3" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="C3" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="D3" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="E3" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="H3" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B4" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="C4" t="s">
-        <v>525</v>
+        <v>529</v>
       </c>
       <c r="D4" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="E4" t="s">
-        <v>527</v>
+        <v>531</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="H4" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B5" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C5" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D5" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="E5" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="H5" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B6" t="s">
-        <v>536</v>
+        <v>540</v>
       </c>
       <c r="C6" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="D6" t="s">
-        <v>526</v>
+        <v>530</v>
       </c>
       <c r="E6" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="H6" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B7" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="C7" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="D7" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="E7" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="H7" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B8" t="s">
+        <v>551</v>
+      </c>
+      <c r="C8" t="s">
+        <v>552</v>
+      </c>
+      <c r="D8" t="s">
         <v>547</v>
       </c>
-      <c r="C8" t="s">
+      <c r="E8" t="s">
         <v>548</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="H8" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B9" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="C9" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="D9" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="E9" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="H9" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B10" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="C10" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="D10" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="E10" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="H10" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B11" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="C11" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="D11" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="E11" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="H11" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B12" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C12" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="D12" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="E12" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="H12" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B13" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="C13" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="D13" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="E13" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="H13" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B14" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="C14" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="D14" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="E14" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="H14" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B15" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="C15" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="D15" t="s">
         <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>590</v>
+        <v>594</v>
       </c>
       <c r="H15" t="s">
-        <v>591</v>
+        <v>595</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B16" t="s">
-        <v>592</v>
+        <v>596</v>
       </c>
       <c r="C16" t="s">
-        <v>593</v>
+        <v>597</v>
       </c>
       <c r="D16" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="E16" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>594</v>
+        <v>598</v>
       </c>
       <c r="H16" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B17" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="C17" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="D17" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="E17" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="H17" t="s">
-        <v>601</v>
+        <v>605</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B18" t="s">
-        <v>602</v>
+        <v>606</v>
       </c>
       <c r="C18" t="s">
-        <v>603</v>
+        <v>607</v>
       </c>
       <c r="D18" t="s">
-        <v>604</v>
+        <v>608</v>
       </c>
       <c r="E18" t="s">
-        <v>605</v>
+        <v>609</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>606</v>
+        <v>610</v>
       </c>
       <c r="H18" t="s">
-        <v>607</v>
+        <v>611</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="B19" t="s">
-        <v>608</v>
+        <v>612</v>
       </c>
       <c r="C19" t="s">
-        <v>609</v>
+        <v>613</v>
       </c>
       <c r="D19" t="s">
-        <v>610</v>
+        <v>614</v>
       </c>
       <c r="E19" t="s">
-        <v>611</v>
+        <v>615</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>612</v>
+        <v>616</v>
       </c>
       <c r="H19" t="s">
-        <v>613</v>
+        <v>617</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B2" t="s">
-        <v>615</v>
+        <v>619</v>
       </c>
       <c r="C2" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
       <c r="H2" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>614</v>
+        <v>618</v>
       </c>
       <c r="B3" t="s">
-        <v>620</v>
+        <v>624</v>
       </c>
       <c r="C3" t="s">
-        <v>621</v>
+        <v>625</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>622</v>
+        <v>626</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>623</v>
+        <v>627</v>
       </c>
       <c r="H3" t="s">
-        <v>624</v>
+        <v>628</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B2" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="C2" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="D2" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E2" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="H2" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B3" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C3" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="D3" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="E3" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="H3" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B4" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="C4" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D4" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="E4" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>642</v>
+        <v>646</v>
       </c>
       <c r="H4" t="s">
-        <v>643</v>
+        <v>647</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B5" t="s">
-        <v>644</v>
+        <v>648</v>
       </c>
       <c r="C5" t="s">
-        <v>645</v>
+        <v>649</v>
       </c>
       <c r="D5" t="s">
-        <v>646</v>
+        <v>650</v>
       </c>
       <c r="E5" t="s">
-        <v>647</v>
+        <v>651</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>648</v>
+        <v>652</v>
       </c>
       <c r="H5" t="s">
-        <v>649</v>
+        <v>653</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B6" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="C6" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="D6" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="E6" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="H6" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B7" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="C7" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="D7" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="E7" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
       <c r="H7" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B8" t="s">
-        <v>662</v>
+        <v>666</v>
       </c>
       <c r="C8" t="s">
-        <v>663</v>
+        <v>667</v>
       </c>
       <c r="D8" t="s">
-        <v>664</v>
+        <v>668</v>
       </c>
       <c r="E8" t="s">
-        <v>665</v>
+        <v>669</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>666</v>
+        <v>670</v>
       </c>
       <c r="H8" t="s">
-        <v>667</v>
+        <v>671</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B9" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="C9" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
       <c r="D9" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="E9" t="s">
-        <v>671</v>
+        <v>675</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="H9" t="s">
-        <v>673</v>
+        <v>677</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B10" t="s">
-        <v>674</v>
+        <v>678</v>
       </c>
       <c r="C10" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="D10" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="E10" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="H10" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B11" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="C11" t="s">
-        <v>681</v>
+        <v>685</v>
       </c>
       <c r="D11" t="s">
-        <v>682</v>
+        <v>686</v>
       </c>
       <c r="E11" t="s">
-        <v>683</v>
+        <v>687</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>684</v>
+        <v>688</v>
       </c>
       <c r="H11" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>625</v>
+        <v>629</v>
       </c>
       <c r="B12" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="C12" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
       <c r="D12" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="E12" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="H12" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H32"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B2" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>66</v>
       </c>
       <c r="E2" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="H2" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B3" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="C3" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="D3" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="E3" t="s">
         <v>149</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="H3" t="s">
-        <v>701</v>
+        <v>705</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B4" t="s">
-        <v>702</v>
+        <v>706</v>
       </c>
       <c r="C4" t="s">
-        <v>703</v>
+        <v>707</v>
       </c>
       <c r="D4" t="s">
-        <v>704</v>
+        <v>708</v>
       </c>
       <c r="E4" t="s">
-        <v>705</v>
+        <v>709</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>706</v>
+        <v>710</v>
       </c>
       <c r="H4" t="s">
-        <v>707</v>
+        <v>711</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B5" t="s">
-        <v>708</v>
+        <v>712</v>
       </c>
       <c r="C5" t="s">
-        <v>709</v>
+        <v>713</v>
       </c>
       <c r="D5" t="s">
-        <v>710</v>
+        <v>714</v>
       </c>
       <c r="E5" t="s">
-        <v>711</v>
+        <v>715</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>712</v>
+        <v>716</v>
       </c>
       <c r="H5" t="s">
-        <v>713</v>
+        <v>717</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B6" t="s">
-        <v>714</v>
+        <v>718</v>
       </c>
       <c r="C6" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D6" t="s">
-        <v>716</v>
+        <v>720</v>
       </c>
       <c r="E6" t="s">
-        <v>717</v>
+        <v>721</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>718</v>
+        <v>722</v>
       </c>
       <c r="H6" t="s">
-        <v>719</v>
+        <v>723</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B7" t="s">
-        <v>720</v>
+        <v>724</v>
       </c>
       <c r="C7" t="s">
-        <v>721</v>
+        <v>725</v>
       </c>
       <c r="D7" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E7" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>723</v>
+        <v>727</v>
       </c>
       <c r="H7" t="s">
-        <v>724</v>
+        <v>728</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B8" t="s">
-        <v>725</v>
+        <v>729</v>
       </c>
       <c r="C8" t="s">
+        <v>730</v>
+      </c>
+      <c r="D8" t="s">
+        <v>632</v>
+      </c>
+      <c r="E8" t="s">
         <v>726</v>
       </c>
-      <c r="D8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>727</v>
+        <v>731</v>
       </c>
       <c r="H8" t="s">
-        <v>728</v>
+        <v>732</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B9" t="s">
-        <v>729</v>
+        <v>733</v>
       </c>
       <c r="C9" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D9" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E9" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>732</v>
+        <v>736</v>
       </c>
       <c r="H9" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B10" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="C10" t="s">
+        <v>739</v>
+      </c>
+      <c r="D10" t="s">
+        <v>632</v>
+      </c>
+      <c r="E10" t="s">
         <v>735</v>
       </c>
-      <c r="D10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>736</v>
+        <v>740</v>
       </c>
       <c r="H10" t="s">
-        <v>737</v>
+        <v>741</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B11" t="s">
-        <v>738</v>
+        <v>742</v>
       </c>
       <c r="C11" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D11" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E11" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>739</v>
+        <v>743</v>
       </c>
       <c r="H11" t="s">
-        <v>740</v>
+        <v>744</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B12" t="s">
-        <v>741</v>
+        <v>745</v>
       </c>
       <c r="C12" t="s">
-        <v>742</v>
+        <v>746</v>
       </c>
       <c r="D12" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E12" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="H12" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B13" t="s">
-        <v>745</v>
+        <v>749</v>
       </c>
       <c r="C13" t="s">
-        <v>746</v>
+        <v>750</v>
       </c>
       <c r="D13" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E13" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>747</v>
+        <v>751</v>
       </c>
       <c r="H13" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B14" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
       <c r="C14" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="D14" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E14" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="H14" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B15" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="C15" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D15" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E15" t="s">
-        <v>722</v>
+        <v>726</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="H15" t="s">
-        <v>755</v>
+        <v>759</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B16" t="s">
-        <v>756</v>
+        <v>760</v>
       </c>
       <c r="C16" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D16" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E16" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="H16" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B17" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="C17" t="s">
-        <v>730</v>
+        <v>734</v>
       </c>
       <c r="D17" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="E17" t="s">
-        <v>731</v>
+        <v>735</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="H17" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B18" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="C18" t="s">
         <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>763</v>
+        <v>767</v>
       </c>
       <c r="E18" t="s">
-        <v>764</v>
+        <v>768</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>765</v>
+        <v>769</v>
       </c>
       <c r="H18" t="s">
-        <v>766</v>
+        <v>770</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B19" t="s">
-        <v>767</v>
+        <v>771</v>
       </c>
       <c r="C19" t="s">
-        <v>768</v>
+        <v>772</v>
       </c>
       <c r="D19" t="s">
-        <v>769</v>
+        <v>773</v>
       </c>
       <c r="E19" t="s">
-        <v>770</v>
+        <v>774</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>771</v>
+        <v>775</v>
       </c>
       <c r="H19" t="s">
-        <v>772</v>
+        <v>776</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B20" t="s">
-        <v>773</v>
+        <v>777</v>
       </c>
       <c r="C20" t="s">
-        <v>774</v>
+        <v>778</v>
       </c>
       <c r="D20" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="E20" t="s">
         <v>149</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>775</v>
+        <v>779</v>
       </c>
       <c r="H20" t="s">
-        <v>776</v>
+        <v>780</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B21" t="s">
-        <v>777</v>
+        <v>781</v>
       </c>
       <c r="C21" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D21" t="s">
-        <v>778</v>
+        <v>782</v>
       </c>
       <c r="E21" t="s">
-        <v>779</v>
+        <v>783</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>780</v>
+        <v>784</v>
       </c>
       <c r="H21" t="s">
-        <v>781</v>
+        <v>785</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B22" t="s">
+        <v>786</v>
+      </c>
+      <c r="C22" t="s">
+        <v>719</v>
+      </c>
+      <c r="D22" t="s">
         <v>782</v>
       </c>
-      <c r="C22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>783</v>
+        <v>787</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="H22" t="s">
-        <v>785</v>
+        <v>789</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B23" t="s">
-        <v>786</v>
+        <v>790</v>
       </c>
       <c r="C23" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D23" t="s">
-        <v>787</v>
+        <v>791</v>
       </c>
       <c r="E23" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="H23" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B24" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="C24" t="s">
-        <v>715</v>
+        <v>719</v>
       </c>
       <c r="D24" t="s">
-        <v>792</v>
+        <v>796</v>
       </c>
       <c r="E24" t="s">
-        <v>793</v>
+        <v>797</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="H24" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B25" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="C25" t="s">
         <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="E25" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="F25" t="s">
         <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="H25" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B26" t="s">
-        <v>801</v>
+        <v>805</v>
       </c>
       <c r="C26" t="s">
-        <v>802</v>
+        <v>806</v>
       </c>
       <c r="D26" t="s">
         <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>803</v>
+        <v>807</v>
       </c>
       <c r="F26" t="s">
         <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>804</v>
+        <v>808</v>
       </c>
       <c r="H26" t="s">
-        <v>805</v>
+        <v>809</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B27" t="s">
-        <v>806</v>
+        <v>810</v>
       </c>
       <c r="C27" t="s">
-        <v>807</v>
+        <v>811</v>
       </c>
       <c r="D27" t="s">
-        <v>808</v>
+        <v>812</v>
       </c>
       <c r="E27" t="s">
-        <v>809</v>
+        <v>813</v>
       </c>
       <c r="F27" t="s">
         <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>810</v>
+        <v>814</v>
       </c>
       <c r="H27" t="s">
-        <v>811</v>
+        <v>815</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B28" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="C28" t="s">
-        <v>813</v>
+        <v>817</v>
       </c>
       <c r="D28" t="s">
-        <v>814</v>
+        <v>818</v>
       </c>
       <c r="E28" t="s">
-        <v>815</v>
+        <v>819</v>
       </c>
       <c r="F28" t="s">
         <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>816</v>
+        <v>820</v>
       </c>
       <c r="H28" t="s">
-        <v>817</v>
+        <v>821</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B29" t="s">
+        <v>822</v>
+      </c>
+      <c r="C29" t="s">
+        <v>823</v>
+      </c>
+      <c r="D29" t="s">
         <v>818</v>
       </c>
-      <c r="C29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E29" t="s">
-        <v>820</v>
+        <v>824</v>
       </c>
       <c r="F29" t="s">
         <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>821</v>
+        <v>825</v>
       </c>
       <c r="H29" t="s">
-        <v>822</v>
+        <v>826</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B30" t="s">
-        <v>823</v>
+        <v>827</v>
       </c>
       <c r="C30" t="s">
-        <v>824</v>
+        <v>828</v>
       </c>
       <c r="D30" t="s">
-        <v>825</v>
+        <v>829</v>
       </c>
       <c r="E30" t="s">
-        <v>826</v>
+        <v>830</v>
       </c>
       <c r="F30" t="s">
         <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>827</v>
+        <v>831</v>
       </c>
       <c r="H30" t="s">
-        <v>828</v>
+        <v>832</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B31" t="s">
-        <v>829</v>
+        <v>833</v>
       </c>
       <c r="C31" t="s">
-        <v>830</v>
+        <v>834</v>
       </c>
       <c r="D31" t="s">
-        <v>831</v>
+        <v>835</v>
       </c>
       <c r="E31" t="s">
-        <v>832</v>
+        <v>836</v>
       </c>
       <c r="F31" t="s">
         <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>833</v>
+        <v>837</v>
       </c>
       <c r="H31" t="s">
-        <v>834</v>
+        <v>838</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="B32" t="s">
-        <v>835</v>
+        <v>839</v>
       </c>
       <c r="C32" t="s">
-        <v>836</v>
+        <v>840</v>
       </c>
       <c r="D32" t="s">
-        <v>837</v>
+        <v>841</v>
       </c>
       <c r="E32" t="s">
-        <v>838</v>
+        <v>842</v>
       </c>
       <c r="F32" t="s">
         <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>839</v>
+        <v>843</v>
       </c>
       <c r="H32" t="s">
-        <v>840</v>
+        <v>844</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>