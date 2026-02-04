--- v0 (2025-12-07)
+++ v1 (2026-02-04)
@@ -1,36154 +1,4870 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Practice guidelines" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Chronic disease guide" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Health technology assess" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Drugs" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6973" uniqueCount="4577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="891" uniqueCount="624">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...17 lines deleted...]
-    <t>01/02/2019 16:58:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
+  </si>
+  <si>
+    <t>A summary statement in English will be available in due course.</t>
+  </si>
+  <si>
+    <t>09/01/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2004 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2902343/fr/tire-laits</t>
-[...428 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_272378/en/assessment-of-screening-for-cytomegalovirus-cmv-infection-in-pregnant-women-in-france</t>
+  </si>
+  <si>
+    <t>c_272378</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Shingles vaccination recommendations and the role of the Shingrix vaccine</t>
+  </si>
+  <si>
+    <t>Herpes Zoster is a virus exclusive to humans and is the cause of two clinical manifestations: chicken-pox and shingles. Shingles is a common viral skin infection, caused by the reactivation of the varicella zoster virus (VZV), principally affecting adults. Complications, such as bacterial superinfections, neuro-logical signs, meningitis, encephalitis, and particularly post-herpetic neuralgia (PHN), affect individuals aged 50 years and older. In 2013, the French High Council for Public Health (HCSP) recommended the administration of the Zostavax vaccine in France to adults from 65 to 74 years inclusive, according to a single-dose sched-ule for the prevention of shingles and post-herpetic neuralgia (PHN). In response to a referral by the French Ministry of Health (DGS) and with a view to making the Shingrix vaccine available in France, the French National Authority for Health (HAS) reviewed the data in respect of this vaccine to evaluate its place in the current shingles vaccination strategy.</t>
+  </si>
+  <si>
+    <t>02/29/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2024 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+  </si>
+  <si>
+    <t>p_3498915</t>
+  </si>
+  <si>
+    <t>Practice guidelines</t>
+  </si>
+  <si>
+    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
+  </si>
+  <si>
+    <t>These guidelines offer practical advice on promoting and supporting breastfeeding and its continuation for at least 6 months. The topics covered by the guidelines are: 1. Benefits and optimum duration of exclusive breastfeeding 2. Contraindications to breastfeeding 3. Practicves that encourage breastfeeding 4. Promoting and supporting breastfeeding 5. Use of supplements 6. Prevention and solving breastfeeding problems 7. Behaviours which pomote and support breastfeeding 8. Resumption of everyday activities 9. Breastfeeding and nutrition for the mother 10. Breastfeeding and medicines 11. Breastfeeding and contraception</t>
+  </si>
+  <si>
+    <t>05/01/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>05/01/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+  </si>
+  <si>
+    <t>c_272220</t>
+  </si>
+  <si>
+    <t>Normal childbirth: support of physiology and medical interventions</t>
+  </si>
+  <si>
+    <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
+  </si>
+  <si>
+    <t>11/23/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>01/25/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+  </si>
+  <si>
+    <t>c_2820336</t>
+  </si>
+  <si>
+    <t>Preparing for birth and parenthood</t>
+  </si>
+  <si>
+    <t>These guidelines advocate an earlier start to preparation for birth and parenthood, and a broader approach to parent support and to improving the skills of women and their partners in health matters. Their aim is to help health professionals 1. prepare couples for the birth of their child and taking the baby home, through educational sessions suited to the needs and expectations of the parents-to-be 2. support couples, especially those who are vulnerable, in order to avoid parent-child relationship problems 3. provide information and key points on parenting: building family relationships ; the material, educational and emotional needs of the growing child 4. encourage better coordination among the relevant professionals and with the pregnant woman, from the antenatal to the postnatal period</t>
+  </si>
+  <si>
+    <t>11/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>09/27/2012 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272500/en/preparing-for-birth-and-parenthood</t>
+  </si>
+  <si>
+    <t>c_272500</t>
+  </si>
+  <si>
+    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
+  </si>
+  <si>
+    <t>The aim of this Memo is to provide information about : risk factors and prevention of sudden infant death syndrome definition and diagnosis of positional skull deformities risk factors for positional skull deformities potential complications of positional skull deformity primary prevention of positional skull deformities management of established positional skull deformities</t>
+  </si>
+  <si>
+    <t>02/05/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+  </si>
+  <si>
+    <t>p_3151574</t>
+  </si>
+  <si>
+    <t>Management of patients with HFE-related haemochromatosis (Type 1 haemochromatosis)</t>
+  </si>
+  <si>
+    <t>To provide guidelines on how to manage individuals with haemochromatosis who are homozygous for the C282Y mutation :# - treatment of iron overload# - treatment of complications# - counselling# - treatment in the home#</t>
+  </si>
+  <si>
+    <t>07/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>07/01/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+  </si>
+  <si>
+    <t>c_432802</t>
+  </si>
+  <si>
+    <t>Thrombophilia and pregnancy – Preventing maternal and placental thrombosis</t>
+  </si>
+  <si>
+    <t>Questions discussed :# 1. What are the risk factors for maternal venous thromboembolism?# 2. What are the risk factors for placental vascular disease?# 3. Which further investigations should be performed, and for which patients?# 4. What treatments are available? Which patients should be treated, and what form should that treatment take? What information should patients be given?</t>
+  </si>
+  <si>
+    <t>04/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>04/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272236/en/thrombophilia-and-pregnancy-preventing-maternal-and-placental-thrombosis</t>
+  </si>
+  <si>
+    <t>c_272236</t>
+  </si>
+  <si>
+    <t>Dietary consultation with a dietician</t>
+  </si>
+  <si>
+    <t>A dietary consultation is a part of a care programme prescribed by a doctor or initiated at the request of an individual. It includes assessment of eating habits, negotiation of the goals of dietary care, implementation of a strategy and follow-up of the individual’s nutritional progress for educational, preventive or therapeutic purposes. Depending on the aim of a consultation, dietary management requires defined procedures for coordination between health professionals and continuity of care.</t>
+  </si>
+  <si>
+    <t>01/01/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>01/02/2006 14:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272510/en/dietary-consultation-with-a-dietician</t>
+  </si>
+  <si>
+    <t>c_272510</t>
+  </si>
+  <si>
+    <t>Management of patients with cystic fibrosis (compliance, nutrition, gastroenterology and metabolism)</t>
+  </si>
+  <si>
+    <t>The objective of this consensus conference is to answer the following five questions to the jury:# 1. How does nutritional status affect the course of cystic fibrosis?# 2. Which strategy maintains optimum nutritional status?# 3. What diagnostic approach should be adopted when a patient with cystic fibrosis experiences abdominal pain?# 4. What diagnostic and treatment strategies should be adopted for disorders of carbohydrate metabolism in cystic fibrosis?# 5. How should hepatobiliary disorders be managed in cystic fibrosis?#</t>
+  </si>
+  <si>
+    <t>01/15/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>01/15/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272207/en/management-of-patients-with-cystic-fibrosis-compliance-nutrition-gastroenterology-and-metabolism</t>
+  </si>
+  <si>
+    <t>c_272207</t>
+  </si>
+  <si>
+    <t>Pregnancy and smoking</t>
+  </si>
+  <si>
+    <t>The following six questions were put to the jury. 1. What are the epidemiological data on maternal and paternal smoking? 2. What are the consequences of smoking on pregnancy and childbirth? 3. How should women who smoke be managed? 4. What are the short-, medium- and long-term consequences of smoking during pregnancy? 5. How in utero exposure of the fetus to smoking during the perinatal period should be managed? 6. What public health measures should be proposed or validated to reduce smoking among women?</t>
+  </si>
+  <si>
+    <t>11/30/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>06/15/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272381/en/pregnancy-and-smoking</t>
+  </si>
+  <si>
+    <t>c_272381</t>
+  </si>
+  <si>
+    <t>Improving information provision for pregnant women</t>
+  </si>
+  <si>
+    <t>To help health professionals inform pregnant women and their partners effectively so that they can make decisions about care in pregnancy and childbirth.</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>04/01/2005 00:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_454394/en/improving-information-provision-for-pregnant-women</t>
+  </si>
+  <si>
+    <t>c_454394</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome or non-accidental head injury caused by shaking</t>
+  </si>
+  <si>
+    <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
+  </si>
+  <si>
+    <t>07/12/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>09/29/2017 08:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
+  </si>
+  <si>
+    <t>c_2794425</t>
+  </si>
+  <si>
+    <t>Bulimia nervosa and binge eating disorder</t>
+  </si>
+  <si>
+    <t>The objective of this recommendation is to improve the identification, diagnosis, management and follow-up of adolescents and adults suffering from bulimia or binge eating disorder</t>
+  </si>
+  <si>
+    <t>06/26/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2019 11:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581436/en/bulimia-nervosa-and-binge-eating-disorder</t>
+  </si>
+  <si>
+    <t>c_2581436</t>
+  </si>
+  <si>
+    <t>Autism and other PDDs: coordinated education and treatment interventions in children and adolescents</t>
+  </si>
+  <si>
+    <t>The main objective of this recommendation is to improve the practices of the teams involved in implementing interventions with children / adolescents with PDD, in particular to better assess the individual needs and resources of the child and his / her family in each of the Areas of operation and participation that are usually affected by the impacts of PDDs with a view to proposing a personalized project of coordinated interventions that are considered relevant to meeting those needs.</t>
+  </si>
+  <si>
+    <t>03/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>03/08/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+  </si>
+  <si>
+    <t>c_953959</t>
+  </si>
+  <si>
+    <t>Chronic disease guide</t>
+  </si>
+  <si>
+    <t>Care pathway guide: overweight and obesity in adults</t>
+  </si>
+  <si>
+    <t>This guide describes the care, support and overall follow-up of adults with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of professionals (health, social and medico-social field, adapted physical activity, occupational health) and looks at the situations in which the person’s primary care physician may consult them.</t>
+  </si>
+  <si>
+    <t>02/08/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/en/care-pathway-guide-overweight-and-obesity-in-adults</t>
   </si>
   <si>
     <t>p_3408871</t>
   </si>
   <si>
-    <t>Syndrome des Anti-Phospholipides de l’adulte et de l’enfant</t>
-[...3005 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1346147/fr/elements-d-appreciation-en-vue-de-la-prise-en-charge-d-un-patient-en-chirurgie-ambulatoire</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Elements to evaluate for managing a patient in outpatient surgery</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>05/21/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2014 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1346147/en/elements-to-evaluate-for-managing-a-patient-in-outpatient-surgery</t>
   </si>
   <si>
     <t>c_1346147</t>
   </si>
   <si>
-    <t>Dosage de la vitamine C dans le sang</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823990/fr/dosage-de-la-vitamine-c-dans-le-sang</t>
+    <t>Vitamin C blood level testing - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Vitamin C blood level is among the most carried out 60 tests on the additional list of the “Référentiel des actes innovants hors nomenclature” (RIHN, Reference Document for Innovative Procedures) Outside of the Nomenclature) in 2016, with over 40,000 tests reported to the French Ministry of Health by French healthcare facilities, i.e. a cost of over EUR one million (test referenced under codes K092, K093 and K174). While a severe and long-term vitamin C deficiency is known to lead to clinical manifestations characteristic of scurvy, this condition is currently very rare and its diagnosis does not explain this number of tests. However, other than scurvy, the indications that might explain the use of this test are not immediately clear, as evidenced by the results of a survey on hospital practices conducted by HAS at eleven healthcare facilities, which showed great differences in indications for prescription between organisations. Moreover, empirical administration of vitamin C is less expensive than the test and has no risk of toxicity at the standard recommended doses. In this context, HAS decided to take it upon itself to determine whether use of vitamin C blood level testing might justify inclusion in the “Nomenclature des actes de biologie médicale” (NABM, list of reimbursed biological procedures) in one or more of the primary contexts of use of this test reported by healthcare facilities, namely: bariatric surgery, malnutrition, gastrointestinal malabsorption, artificial nutrition and dialysis. Laboratory confirmation of a clinically suspected diagnosis of scurvy was considered a recognised indication</t>
+  </si>
+  <si>
+    <t>05/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>06/08/2018 09:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823990/en/vitamin-c-blood-level-testing-inahta-brief</t>
   </si>
   <si>
     <t>c_2823990</t>
   </si>
   <si>
-    <t>Évaluation de l'amplification génique pour le diagnostic des infections à Herpesviridae (cytomégalovirus, virus herpès simplex et varicelle-zona) chez les personnes vivant avec le VIH</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2598203/fr/evaluation-de-l-amplification-genique-pour-le-diagnostic-des-infections-a-herpesviridae-cytomegalovirus-virus-herpes-simplex-et-varicelle-zona-chez-les-personnes-vivant-avec-le-vih</t>
+    <t>Evaluation of gene amplification for the diagnosis of Herpesviridae infections (cytomegalovirus, herpes simplex virus and varicella-zoster virus) in people living with HIV - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between demand, on the one hand, and good practice guidelines and the views of professionals on the other, with a view to including gene amplification (PCR) for the cytomegalovirus (CMV), herpes simplex virus (HSV) and varicella-zoster virus (VZV) through genetic amplification in the diagnosis and treatment of opportunistic diseases in people living with HIV on the list of clinical laboratory procedures reimbursed by the National Health Insurance system in France</t>
+  </si>
+  <si>
+    <t>01/27/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>01/29/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2598203/en/evaluation-of-gene-amplification-for-the-diagnosis-of-herpesviridae-infections-cytomegalovirus-herpes-simplex-virus-and-varicella-zoster-virus-in-people-living-with-hiv-inahta-brief</t>
   </si>
   <si>
     <t>c_2598203</t>
   </si>
   <si>
-    <t>Évaluation de l’imagerie cardiaque non invasive dans le diagnostic des syndromes coronariens aigus non ST+ à bas risque d’évènement cardiovasculaire grave</t>
-[...20 lines deleted...]
-    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
+    <t>Assessment of real-time optical endomicroscopy performed during mapping of Barrett's esophagus (BE) (for diagnosis of BE-associated early neoplasia) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
   <si>
-    <t>Évaluation de la mesure de la charge virale du cytomégalovirus par amplification génique chez les receveurs d’allogreffes</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2027970/fr/evaluation-de-la-mesure-de-la-charge-virale-du-cytomegalovirus-par-amplification-genique-chez-les-receveurs-d-allogreffes</t>
+    <t>Assessment of the measurement of cytomegalovirus viral load by gene amplification in allograft recipients - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to analyse the consistency between, firstly, the request, and secondly good clinical practice guidelines and the opinions of professionals, with a view to the inclusion on the list of medical laboratory procedures reimbursed by the National Health Insurance system in France of the measurement of cytomegalovirus (CMV) viral load by gene amplification in the follow-up of patients who have received an allograft.</t>
+  </si>
+  <si>
+    <t>07/22/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2015 17:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027970/en/assessment-of-the-measurement-of-cytomegalovirus-viral-load-by-gene-amplification-in-allograft-recipients-inahta-brief</t>
   </si>
   <si>
     <t>c_2027970</t>
   </si>
   <si>
-    <t>Anémie chez l’insuffisant rénal : comment utiliser les agents stimulant l’érythropoïèse</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1198113/fr/evaluation-des-dispositifs-medicaux-pour-la-perfusion-a-domicile</t>
+    <t>Assessment of medical devices for home infusion</t>
+  </si>
+  <si>
+    <t>The objective of this document is to reassess the various categories of medical devices for home infusion, as well as the associated services, in order to ensure a proper basis for the renewal of their reimbursement. The reassessment had the following aims: - to evaluate the actual benefit of medical devices for home infusion, taking into account the therapeutic effect / adverse effects ratio, the role in the therapeutic strategy and the benefit to public health of these products; - to define the indications and clinical situations for the use of the different types of medical devices for home infusion; - to define the ways in which these products will be listed in the List of Products and Services Qualifying for Reimbursement (LPPR); - to determine the conditions of use and of prescription.</t>
+  </si>
+  <si>
+    <t>09/01/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>02/08/2012 10:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198113/en/assessment-of-medical-devices-for-home-infusion</t>
   </si>
   <si>
     <t>c_1198113</t>
   </si>
   <si>
-    <t>Diagnostic par détection virale et/ou sérologie des infections à virus herpes simplex et varicelle-zona dans le cadre mère-enfant</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2589724/fr/diagnostic-par-detection-virale-et/ou-serologie-des-infections-a-virus-herpes-simplex-et-varicelle-zona-dans-le-cadre-mere-enfant</t>
+    <t>Diagnosis of infections with the herpes simplex virus and the varicella-zoster virus by virus detection and/or serology in the mother/child setting - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>National Health Insurance wishes to change the list of refundable procedures in laboratory medicine in respect of diagnostic tests for infections due to the herpes simplex virus (types 1 and 2, HSV-1/-2) and the varicella-zoster virus (VZV), viruses that belong to the family Herpesviridae, within the context of mother-to-child transmission (or the "mother/child setting"). The proposed changes, which have been specified by the national reference laboratory for these viruses, focus on the inclusion of testing for their DNA in various contexts and samples using PCR, the removal of other techniques for direct virus detection (direct immunological diagnosis and specific cultures), and the inclusion, the removal or the restriction of serological tests. The aim is to establish whether data from a critical analysis of the synthetic literature (good practice guidelines, systematic reviews and technology assessment reports) are consistent with the content of the application and whether they therefore support the proposals submitted by the applicant, so as to formulate an opinion relating to these proposals</t>
+  </si>
+  <si>
+    <t>05/04/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>05/25/2016 10:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589724/en/diagnosis-of-infections-with-the-herpes-simplex-virus-and-the-varicella-zoster-virus-by-virus-detection-and/or-serology-in-the-mother/child-setting-inahta-brief</t>
   </si>
   <si>
     <t>c_2589724</t>
   </si>
   <si>
-    <t>Évaluation des médicaments homéopathiques</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653655/fr/diagnostic-biologique-de-la-toxoplasmose-acquise-du-sujet-immunocompetent-dont-la-femme-enceinte-la-toxoplasmose-congenitale-diagnostic-pre-et-postnatal-et-la-toxoplasmose-oculaire</t>
+    <t>Laboratory diagnosis of acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>This assessment is in response to a request from the Caisse nationale d’assurance maladie des travailleurs salariés (CNAMTS [National Health Insurance fund for salaried workers]) to update the Nomenclature of Procedures in Laboratory Medicine (NABM) in relation to procedures for laboratory diagnosis of toxoplasmosis. This assessment focuses on diagnostic tests for toxoplasmosis in the following contexts: acquired toxoplasmosis in immunocompetent subjects (including pregnant woman), congenital toxoplasmosis (pre- and postnatal diagnosis) and ocular toxoplasmosis</t>
+  </si>
+  <si>
+    <t>02/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>02/13/2017 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653655/en/laboratory-diagnosis-of-acquired-toxoplasmosis-in-immunocompetent-subjects-including-pregnant-woman-congenital-toxoplasmosis-pre-and-postnatal-diagnosis-and-ocular-toxoplasmosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2653655</t>
   </si>
   <si>
-    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
-[...155 lines deleted...]
-    <t>omalizumab</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
+  </si>
+  <si>
+    <t>ROTATEQ</t>
+  </si>
+  <si>
+    <t>07/12/2022 16:29:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984612/en/rotateq</t>
+  </si>
+  <si>
+    <t>pprd_2984612</t>
+  </si>
+  <si>
+    <t>vaccin rotavirus, vivant</t>
+  </si>
+  <si>
+    <t>MSD Vaccins</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2009666/en/rotarix-and-rotateq-rotavirus-vaccines</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352220/en/rotateq-vaccin-rotavirus-vivant-immunisation-active-des-nourrissons</t>
+  </si>
+  <si>
+    <t>AOTAL (acamprosate)</t>
+  </si>
+  <si>
+    <t>01/17/2019 17:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983033/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>pprd_2983033</t>
+  </si>
+  <si>
+    <t>acamprosate</t>
+  </si>
+  <si>
+    <t>MERCK SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455069/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198149/en/aotal-acamprosate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883479/en/aotal-acamprosate-alcohol-dependence-products</t>
+  </si>
+  <si>
+    <t>PROZAC (fluoxétine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/22/2017 08:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983476/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983476</t>
+  </si>
+  <si>
+    <t>fluoxétine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LILLY FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399778/en/prozac-20-mg/5-ml-solution-buvable-flacon-de-70-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603019/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1758561/en/prozac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806286/en/prozac-fluoxetine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>VOCABRIA (cabotégravir)</t>
+  </si>
+  <si>
+    <t>10/21/2025 11:09:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263213/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>p_3263213</t>
+  </si>
+  <si>
+    <t>cabotégravir</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263063/en/vocabria-cabotegravir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3412898/en/vocabria-cabotegravir-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700803/en/vocabria-cabotegravir-vih-chez-les-adolescents-ages-d-au-moins-12-ans-et-pesant-au-moins-35-kg</t>
+  </si>
+  <si>
+    <t>ESMYA (ulipristal (acétate d'))</t>
+  </si>
+  <si>
+    <t>05/17/2019 12:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982836/en/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>pprd_2982836</t>
+  </si>
+  <si>
+    <t>ulipristal (acétate d')</t>
+  </si>
+  <si>
+    <t>GEDEON RICHTER FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1294551/en/esmya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045315/en/esmya-ulipristal-progesterone-receptor-modulator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679431/en/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2725865/en/esmya-ulipristal-progesterone-receptor-modulator</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908907/en/esmya-ulipristal-acetate-d</t>
+  </si>
+  <si>
+    <t>CAELYX (doxorubicine (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/13/2016 15:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984088/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2984088</t>
+  </si>
+  <si>
+    <t>doxorubicine (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>JANSSEN-CILAG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398845/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399921/en/caelyx-2-mg/ml-solution-a-diluer-pour-perfusion-flacon-de-10-ml-boite-de-1-flacon-de-25-ml-boite-de-1-et-10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_808801/en/caelyx</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620027/en/caelyx-doxorubicine-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637487/en/caelyx-pegylated-liposomal-doxorubicin-antineoplastic</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637484/en/caelyx-doxorubicine-liposomale-pegylee-cytotoxique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2629893/en/caelyx-pegylated-liposomal-doxorubicin-cytotoxic-agent-ovarian-cancer</t>
+  </si>
+  <si>
+    <t>SUBOXONE (buprénorphine (chlorhydrate de)/ naloxone (chlorhydrate de) dihydraté)</t>
+  </si>
+  <si>
+    <t>09/10/2015 14:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985388/en/suboxone-buprenorphine-chlorhydrate-de-/-naloxone-chlorhydrate-de-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985388</t>
+  </si>
+  <si>
+    <t>buprénorphine (chlorhydrate de),naloxone (chlorhydrate de) dihydraté</t>
+  </si>
+  <si>
+    <t>RB PHARMACEUTICALS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_666452/en/suboxone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2030404/en/suboxone-buprenorphine/naloxone-treatment-of-opioid-dependence</t>
+  </si>
+  <si>
+    <t>TRIUMEQ (dolutégravir/abacavir/lamivudine),  association fixe d’antirétroviraux</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:44:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984619/en/triumeq-dolutegravir/abacavir/lamivudine-association-fixe-d-antiretroviraux</t>
+  </si>
+  <si>
+    <t>pprd_2984619</t>
+  </si>
+  <si>
+    <t>dolutégravir,abacavir,lamivudine</t>
+  </si>
+  <si>
+    <t>VIIV HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2008464/en/triumeq-dolutegravir/abacavir/lamivudine-fixed-dose-combination-of-antiretrovirals</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293332/en/triumeq-abacavir/dolutegravir-sodique/lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3445064/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3546931/en/triumeq-dolutegravir/abacavir/lamivudine-hiv</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685912/en/triumeq-dolutegravir/abacavir/lamivudine-vih</t>
+  </si>
+  <si>
+    <t>BYLVAY (odévixibat)</t>
+  </si>
+  <si>
+    <t>03/10/2025 17:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427786/en/bylvay-odevixibat</t>
+  </si>
+  <si>
+    <t>p_3427786</t>
+  </si>
+  <si>
+    <t>odevixibat</t>
+  </si>
+  <si>
+    <t>IPSEN PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3427763/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586458/en/kayfanda-odevixibat-cholestatic-pruritus-in-alagille-syndrome</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3500210/en/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
+  </si>
+  <si>
+    <t>TAVANIC (lévofloxacine hémihydraté)</t>
+  </si>
+  <si>
+    <t>04/25/2019 08:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982789/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982789</t>
+  </si>
+  <si>
+    <t>lévofloxacine hémihydraté</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399518/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399880/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400948/en/tavanic-500-mg-comprime-pellicule-secable-b/5-cip-349-655-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400991/en/tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-de-50-ml-cip-561-898-6-tavanic-5-mg/ml-solution-pour-perfusion-1-flacon-en-verre-de-100-ml-cip-561-900-0-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-5-comprimes-cip-349-655-6-tavanic-500-mg-comprime-pellicule-secable-plaquette-de-50-comprimes-cip-561-904-6</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_970609/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022066/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2024578/en/tavanic-levofloxacin-fluoroquinolone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2964762/en/tavanic-levofloxacine-hemihydrate</t>
+  </si>
+  <si>
+    <t>MIMPARA (cinacalcet (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/28/2018 07:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983169/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983169</t>
+  </si>
+  <si>
+    <t>cinacalcet (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400628/en/mimpara-30-mg-mimpara-60-mg-mimpara-90-mg-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750917/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743362/en/mimpara</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2655926/en/mimpara-cinacalcet-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863580/en/mimpara-cinacalcet-anti-parathyroid-agent</t>
+  </si>
+  <si>
+    <t>VALDOXAN (agomélatine)</t>
+  </si>
+  <si>
+    <t>04/18/2016 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984326/en/valdoxan-agomelatine</t>
+  </si>
+  <si>
+    <t>pprd_2984326</t>
+  </si>
+  <si>
+    <t>agomélatine</t>
+  </si>
+  <si>
+    <t>SERVIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900492/en/valdoxan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572142/en/valdoxan-agomelatine-antidepressant</t>
+  </si>
+  <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
+    <t>LUCENTIS</t>
+  </si>
+  <si>
+    <t>10/19/2021 13:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983091/en/lucentis</t>
+  </si>
+  <si>
+    <t>pprd_2983091</t>
+  </si>
+  <si>
+    <t>ranibizumab</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_923055/fr/xolair-omalizumab</t>
-[...41 lines deleted...]
-    <t>imipénème,cilastatine,relebactam</t>
+    <t>https://www.has-sante.fr/jcms/c_1057441/en/lucentis-ranibizumab-dans-le-traitement-du-pseudoxanthome-elastique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_532619/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1072231/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215843/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1339922/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720127/en/lucentis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2013203/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027889/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2043750/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585429/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2831672/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876136/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3165902/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202870/en/lucentis-ranibizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292169/en/lucentis-10-mg/ml-ranibizumab-omd</t>
+  </si>
+  <si>
+    <t>EXACYL (acide tranexamique)</t>
+  </si>
+  <si>
+    <t>10/04/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984911/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>pprd_2984911</t>
+  </si>
+  <si>
+    <t>acide tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_623512/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1615047/en/exacyl-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289356/en/exacyl-0-5-g/5-ml-i-v-acide-tranexamique-prevention-et-traitement-des-hemorragies</t>
+  </si>
+  <si>
+    <t>FLAMMAZINE (sulfadiazine argentique)</t>
+  </si>
+  <si>
+    <t>05/07/2021 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984893/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>pprd_2984893</t>
+  </si>
+  <si>
+    <t>sulfadiazine argentique</t>
+  </si>
+  <si>
+    <t>ALLIANCE PHARMA FRANCE S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1321839/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649704/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264808/en/flammazine-sulfadiazine-argentique</t>
+  </si>
+  <si>
+    <t>FRAKIDEX (framycétine/ dexaméthasone)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982877/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>pprd_2982877</t>
+  </si>
+  <si>
+    <t>framycétine,dexaméthasone</t>
+  </si>
+  <si>
+    <t>CHAUVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455418/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046769/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2631819/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2904834/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398952/en/frakidex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243899/en/frakidex-framycetine/-dexamethasone</t>
+  </si>
+  <si>
+    <t>CHIBRO CADRON (phosphate de dexaméthasone/ sulfate de néomycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985053/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>pprd_2985053</t>
+  </si>
+  <si>
+    <t>phosphate de dexaméthasone,sulfate de néomycine</t>
+  </si>
+  <si>
+    <t>THEA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1215840/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455264/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243902/en/chibro-cadron-phosphate-de-dexamethasone/-sulfate-de-neomycine</t>
+  </si>
+  <si>
+    <t>STERDEX (dexaméthasone/ oxytétracycline)</t>
+  </si>
+  <si>
+    <t>03/18/2021 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985126/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>pprd_2985126</t>
+  </si>
+  <si>
+    <t>dexaméthasone,oxytétracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_456584/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104022/en/sterdex-dexamethasone/-oxytetracycline</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243890/en/sterdex-dexamethasone/-oxyttracycline</t>
+  </si>
+  <si>
+    <t>MAXIDROL (déxaméthasone/ sulfate de néomycine/ sulfate de polymyxine B)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985129/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>pprd_2985129</t>
+  </si>
+  <si>
+    <t>déxaméthasone,sulfate de néomycine,sulfate de polymyxine B</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455933/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104000/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243893/en/maxidrol-dexamethasone/-sulfate-de-neomycine/-sulfate-de-polymyxine-b</t>
+  </si>
+  <si>
+    <t>TOBRADEX (dexaméthasone/ tobramycine)</t>
+  </si>
+  <si>
+    <t>03/18/2021 15:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985194/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>pprd_2985194</t>
+  </si>
+  <si>
+    <t>dexaméthasone,tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490335/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036518/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399064/en/tobradex-collyre-en-solution-flacon-de-5-ml</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243887/en/tobradex-dexamethasone/-tobramycine</t>
+  </si>
+  <si>
+    <t>SELEXID (pivmécillinam (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>11/30/2018 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983026/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>pprd_2983026</t>
+  </si>
+  <si>
+    <t>pivmécillinam (chlorhydrate de)</t>
+  </si>
+  <si>
+    <t>LEO PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1525557/en/selexid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801255/en/selexid-pivmecillinam-related-to-beta-lactams</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856018/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884361/en/selexid-pivmecillinam-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>CYTOTEC (N/R/ misoprostol)</t>
+  </si>
+  <si>
+    <t>03/14/2016 09:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984328/en/cytotec-n/r/-misoprostol</t>
+  </si>
+  <si>
+    <t>pprd_2984328</t>
+  </si>
+  <si>
+    <t>misoprostol</t>
+  </si>
+  <si>
+    <t>PFIZER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400778/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1121561/en/cytotec-misoprostol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572133/en/cytotec-misoprostol-prostaglandin</t>
+  </si>
+  <si>
+    <t>Spécialités à base de métoclopramide, stimulant de la motricité intestinale : PROKINYL LP (dompéridone/ magnésium/ métoclopramide (chlorhydrate de) anhydre/ trol...)</t>
+  </si>
+  <si>
+    <t>03/21/2016 13:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984333/en/specialites-a-base-de-metoclopramide-stimulant-de-la-motricite-intestinale-prokinyl-lp-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>pprd_2984333</t>
+  </si>
+  <si>
+    <t>dompéridone,magnésium,métoclopramide (chlorhydrate de) anhydre,trolamine</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_923710/en/specialites-a-base-de-trolamine-dans-l-erythrodermie-post-radiotherapie-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_951087/en/specialites-a-base-de-magnesium-non-associe-dans-les-carences-averees-domperidone/-magnesium/-metoclopramide-chlorhydrate-de-anhydre/-trol</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570590/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-anausin-metoclopramide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570596/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-primperan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2570599/en/proprietary-medicinal-products-based-on-metoclopramide-intestinal-motility-stimulant-prokinyl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2053548/en/domperidone-based-proprietary-medicinal-products-intestinal-motility-stimulant-motilium-and-their-generics</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2055733/en/domperidone-based-proprietary-medicinal-products-intestinal-motility-stimulant-peridys-oroperidys-and-their-generics</t>
+  </si>
+  <si>
+    <t>STEDIRIL (éthinylestradiol/ norgestrel)</t>
+  </si>
+  <si>
+    <t>06/24/2015 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984532/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984532</t>
+  </si>
+  <si>
+    <t>éthinylestradiol,norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_704932/en/stediril-ethinylestradiol/-norgestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035704/en/stediril-ethinylestradiol-50-g-norgestrel-500-g-hormonal-contraceptive</t>
+  </si>
+  <si>
+    <t>TYSABRI (natalizumab)</t>
+  </si>
+  <si>
+    <t>08/07/2025 11:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983073/en/tysabri-natalizumab</t>
+  </si>
+  <si>
+    <t>pprd_2983073</t>
+  </si>
+  <si>
+    <t>natalizumab</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_490369/en/tysabri</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234483/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2780899/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877334/en/tysabri-/-natalizumab/-natalizumab-mammifere/souris/cellules-nso</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287332/en/tysabri-150-mg-natalizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608834/en/tysabri-natalizumab-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639811/en/tysabri-natalizumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>GILENYA (fingolimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:43:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982821/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>pprd_2982821</t>
+  </si>
+  <si>
+    <t>fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1084362/en/gilenya</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639636/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755878/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877323/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2913088/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266944/en/gilenya-fingolimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608843/en/gilenya-fingolimod-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>MAVENCLAD</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983075/en/mavenclad</t>
+  </si>
+  <si>
+    <t>pprd_2983075</t>
+  </si>
+  <si>
+    <t>cladribine</t>
+  </si>
+  <si>
+    <t>MERCK SERONO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877329/en/mavenclad-cladribine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186725/en/mavenclad</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608846/en/mavenclad-cladribine-multiple-sclerosis-ms</t>
+  </si>
+  <si>
+    <t>OCREVUS</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983136/en/ocrevus</t>
+  </si>
+  <si>
+    <t>pprd_2983136</t>
+  </si>
+  <si>
+    <t>ocrelizumab</t>
+  </si>
+  <si>
+    <t>ROCHE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868189/en/ocrevus-sep-recurrente</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863557/en/ocrevus-ocrelizumab-immunosuppressant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608840/en/ocrevus-ocrelizumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3609553/en/ocrevus-ocrelizumab-multiple-sclerosis</t>
+  </si>
+  <si>
+    <t>ZEPOSIA (ozanimod)</t>
+  </si>
+  <si>
+    <t>06/12/2025 12:00:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226320/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>p_3226320</t>
+  </si>
+  <si>
+    <t>ozanimod</t>
+  </si>
+  <si>
+    <t>BRISTOL-MYERS SQUIBB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226174/en/zeposia-ozanimod</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352182/en/zeposia-ozanimod-chlorhydrate-d-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410991/en/zeposia-ozanimod-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608837/en/zeposia-ozanimod-relapsing-remitting-multiple-sclerosis-rrms</t>
+  </si>
+  <si>
+    <t>KESIMPTA (ofatumumab)</t>
+  </si>
+  <si>
+    <t>06/12/2025 11:52:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270867/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>p_3270867</t>
+  </si>
+  <si>
+    <t>ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270638/en/kesimpta-ofatumumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3410976/en/kesimpta-ofatumumab-sclerose-en-plaques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608831/en/kesimpta-ofatumumab-multiple-sclerosis-rms</t>
+  </si>
+  <si>
+    <t>MIDAZOLAM (midazolam)</t>
+  </si>
+  <si>
+    <t>07/29/2024 16:44:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985935/en/midazolam-midazolam</t>
+  </si>
+  <si>
+    <t>pprd_2985935</t>
+  </si>
+  <si>
+    <t>midazolam</t>
+  </si>
+  <si>
+    <t>AGUETTANT / MEDIPHA SANTE / ACCORD HEALTHCARE FRANCE SAS / LABORATOIRE PANPHARMA / LABORATOIRE VIATRIS SANTE / MYLAN SAS / SUN PHARMA FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399226/en/midazolam-merck-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399837/en/midazolam-dakota-pharm-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399857/en/midazolam-aguettant-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3184680/en/midazolam-kalceks-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299685/en/midazolam-accord-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299676/en/midazolam-mylan-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313600/en/midazolam-sun-solution-injectable-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3527471/en/midazolam-aguettant-midazolam-sedation-in-palliative-care</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534488/en/midazolam-aguettant-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534485/en/midazolam-panpharma-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3534494/en/midazolam-viatris-midazolam-premedication</t>
+  </si>
+  <si>
+    <t>PALYNZIQ (pegvaliase)</t>
+  </si>
+  <si>
+    <t>12/02/2020 17:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222097/en/palynziq-pegvaliase</t>
+  </si>
+  <si>
+    <t>p_3222097</t>
+  </si>
+  <si>
+    <t>pegvaliase</t>
+  </si>
+  <si>
+    <t>BIOMARIN INTERNATIONAL LIMITED</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3221966/en/palynziq-pegvaliase</t>
+  </si>
+  <si>
+    <t>IODENCE (-)</t>
+  </si>
+  <si>
+    <t>07/19/2006 10:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985566/en/iodence</t>
+  </si>
+  <si>
+    <t>pprd_2985566</t>
+  </si>
+  <si>
+    <t>iodure de potassium</t>
+  </si>
+  <si>
+    <t>Laboratoires MERCK SANTE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_443482/en/iodence</t>
+  </si>
+  <si>
+    <t>PREVYMIS (létermovir)</t>
+  </si>
+  <si>
+    <t>12/29/2025 14:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983127/en/prevymis-letermovir</t>
+  </si>
+  <si>
+    <t>pprd_2983127</t>
+  </si>
+  <si>
+    <t>letermovir</t>
   </si>
   <si>
     <t>MSD FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3211570/fr/recarbrio-imipeneme/-cilastatine/-relebactam</t>
-[...689 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3147186/fr/dovato-dolutegravir/lamivudine</t>
+    <t>https://www.has-sante.fr/jcms/c_2869231/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498130/en/prevymis-letermovir-antiviral</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806765/en/prevymis-letermovir-antiviral-a-action-directe</t>
+  </si>
+  <si>
+    <t>DOVATO (dolutégravir/ lamivudine)</t>
+  </si>
+  <si>
+    <t>09/18/2025 08:42:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147186/en/dovato-dolutegravir/-lamivudine</t>
   </si>
   <si>
     <t>p_3147186</t>
   </si>
   <si>
     <t>dolutégravir,lamivudine</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3146844/fr/dovato-dolutegravir/-lamivudine</t>
-[...1622 lines deleted...]
-    <t>pprd_2983023</t>
+    <t>https://www.has-sante.fr/jcms/p_3146844/en/dovato-dolutegravir/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294118/en/dovato-50-mg/300-mg-dolutegravir-sodique/-lamivudine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3497014/en/dovato-dolutegravir/lamivudine-antiretroviraux</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3637598/en/dovato-dolutegravir/lamivudine-hiv-1-infection</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3685921/en/dovato-dolutegravir/lamivudine-antiretroviral</t>
+  </si>
+  <si>
+    <t>NILEMDO (acide bempédoïque)</t>
+  </si>
+  <si>
+    <t>03/06/2025 18:07:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594534/en/nilemdo-acide-bempedoique</t>
+  </si>
+  <si>
+    <t>p_3594534</t>
+  </si>
+  <si>
+    <t>acide bempédoïque</t>
+  </si>
+  <si>
+    <t>DAIICHI SANKYO FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594378/en/nilemdo-bempedoic-acid-dyslipidaemia</t>
+  </si>
+  <si>
+    <t>ENTRESTO</t>
+  </si>
+  <si>
+    <t>12/22/2023 16:28:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983756/en/entresto</t>
+  </si>
+  <si>
+    <t>pprd_2983756</t>
+  </si>
+  <si>
+    <t>sacubitril,valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740901/en/entresto-sacubitril/-valsartan</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2632556/en/entresto-sacubitril/valsartan-a-neutral-endopeptidase-inhibitor-in-combination-with-an-angiotensin-ii-receptor-blocker-arb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3483267/en/entresto-sacubitril/valsartan-symptomatic-chronic-heart</t>
+  </si>
+  <si>
+    <t>LENVIMA (lenvatinib)</t>
+  </si>
+  <si>
+    <t>03/14/2023 12:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984289/en/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>pprd_2984289</t>
+  </si>
+  <si>
+    <t>lenvatinib</t>
+  </si>
+  <si>
+    <t>EISAI SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2581320/en/lenvima-lenvatinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113418/en/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325606/en/lenvima-lenvatinib-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334582/en/lenvima-lenvatinib-carcinome-endometrial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420695/en/lenvima-lenvatinib-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>REMICADE (infliximab)</t>
+  </si>
+  <si>
+    <t>12/16/2022 18:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983949/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>pprd_2983949</t>
+  </si>
+  <si>
+    <t>infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399105/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400046/en/remicade-100-mg-poudre-pour-solution-a-diluer-pour-perfusion-boite-unitaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401007/en/remicade-100-mg</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_574605/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_958845/en/remicade-dans-le-traitement-du-pemphigus-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_763723/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1329537/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1517930/en/remicade</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1743042/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671825/en/remicade-infliximab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181535/en/remicade-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270045/en/remicade-infliximab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280953/en/remicade-rectocolite-hemorragique-active-infliximab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396525/en/remicade-infliximab-maladies-inflammatoires-chroniques-de-l-intestin-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>Copie de LANTUS - TOUJEO</t>
+  </si>
+  <si>
+    <t>05/09/2018 10:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3195251/en/copie-de-lantus-toujeo</t>
+  </si>
+  <si>
+    <t>p_3195251</t>
+  </si>
+  <si>
+    <t>insuline glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399776/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399876/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_748385/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1062696/en/lantus-insuline-glargine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1722903/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1749754/en/lantus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848651/en/lantus-toujeo-insuline-glargine</t>
+  </si>
+  <si>
+    <t>POLYGYNAX (néomycine (sulfate de)/ nystatine/ polymyxine B (sulfate de))</t>
+  </si>
+  <si>
+    <t>05/14/2019 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982765/en/polygynax-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>pprd_2982765</t>
+  </si>
+  <si>
+    <t>néomycine (sulfate de),nystatine,polymyxine B (sulfate de)</t>
+  </si>
+  <si>
+    <t>INNOTECH INTERNATIONAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_810808/en/polygynax-polygynax-virgo-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820674/en/polygynax-and-polygynax-virgo-neomycin-polymyxin-b-nystatin</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2967151/en/polygynax-neomycine-sulfate-de-/-nystatine/-polymyxine-b-sulfate-de</t>
+  </si>
+  <si>
+    <t>ENTOCORT (budésonide)</t>
+  </si>
+  <si>
+    <t>10/24/2018 11:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983310/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>pprd_2983310</t>
   </si>
   <si>
     <t>budésonide</t>
   </si>
   <si>
-    <t>FERRING SAS</t>
-[...1447 lines deleted...]
-  <si>
     <t>TILLOTTS PHARMA FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_401002/fr/entocort-budesonide</t>
-[...4982 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2671770/fr/lexomil-roche-bromazepam</t>
+    <t>https://www.has-sante.fr/jcms/c_401002/en/entocort</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_603007/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1036312/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2559094/en/entocort-budesonide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847925/en/entocort-budesonide-locally-acting-corticosteroid</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399629/en/entocort-budesonide</t>
   </si>
   <si>
     <t>ODOMZO (sonidégib)</t>
   </si>
   <si>
-    <t>12/07/2017 16:36:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984071/fr/odomzo-sonidegib</t>
+    <t>07/12/2017 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984071/en/odomzo-sonidegib</t>
   </si>
   <si>
     <t>pprd_2984071</t>
   </si>
   <si>
     <t>sonidégib</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2655911/fr/odomzo-sonidegib-inhibiteur-de-hedgehog</t>
-[...170 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2570629/fr/civigel-carbomere-980</t>
+    <t>https://www.has-sante.fr/jcms/c_2655911/en/odomzo-sonidegib-hedgehog-inhibitor</t>
   </si>
   <si>
     <t>PEDIAVEN AP-HP (mélange binaire : glucose, acides aminés, électrolytes et oligo-élémen...)</t>
   </si>
   <si>
     <t>07/07/2015 18:08:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984494/fr/pediaven-ap-hp-melange-binaire-glucose-acides-amines-electrolytes-et-oligo-elemen</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984494/en/pediaven-ap-hp-melange-binaire-glucose-acides-amines-electrolytes-et-oligo-elemen</t>
   </si>
   <si>
     <t>pprd_2984494</t>
   </si>
   <si>
     <t>mélange binaire : glucose, acides aminés, électrolytes et oligo-éléments</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1108556/fr/pediaven-ap-hp-g15-g20-g25-melange-binaire-glucose-acides-amines-electrolytes-et-oligo-elemen</t>
-[...872 lines deleted...]
-    <t>c_935617</t>
+    <t>https://www.has-sante.fr/jcms/c_1108556/en/pediaven-ap-hp-g15-g20-g25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1108558/en/pediaven-ap-hp-nouveau-ne-1-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2041937/en/pediaven-ap-hp-nouveau-ne-melange-binaire-glucose-acides-amines-electrolytes-et-oligo-elemen</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J13"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H2" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="J2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
         <v>19</v>
       </c>
-      <c r="C3" t="s">
-[...2 lines deleted...]
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
       </c>
-      <c r="E4" t="s">
-[...304 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H14"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>28</v>
+      </c>
+      <c r="B2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C2" t="s">
+        <v>30</v>
+      </c>
+      <c r="D2" t="s">
+        <v>31</v>
+      </c>
+      <c r="E2" t="s">
+        <v>32</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>33</v>
+      </c>
+      <c r="H2" t="s">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>28</v>
+      </c>
+      <c r="B3" t="s">
+        <v>35</v>
+      </c>
+      <c r="C3" t="s">
+        <v>36</v>
+      </c>
+      <c r="D3" t="s">
+        <v>37</v>
+      </c>
+      <c r="E3" t="s">
+        <v>38</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>39</v>
+      </c>
+      <c r="H3" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>28</v>
+      </c>
+      <c r="B4" t="s">
+        <v>41</v>
+      </c>
+      <c r="C4" t="s">
+        <v>42</v>
+      </c>
+      <c r="D4" t="s">
+        <v>43</v>
+      </c>
+      <c r="E4" t="s">
+        <v>44</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>45</v>
+      </c>
+      <c r="H4" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>28</v>
+      </c>
+      <c r="B7" t="s">
+        <v>59</v>
+      </c>
+      <c r="C7" t="s">
+        <v>60</v>
+      </c>
+      <c r="D7" t="s">
+        <v>61</v>
+      </c>
+      <c r="E7" t="s">
+        <v>62</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>63</v>
+      </c>
+      <c r="H7" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>28</v>
+      </c>
+      <c r="B8" t="s">
+        <v>65</v>
+      </c>
+      <c r="C8" t="s">
+        <v>66</v>
+      </c>
+      <c r="D8" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" t="s">
+        <v>68</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>69</v>
+      </c>
+      <c r="H8" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>28</v>
+      </c>
+      <c r="B9" t="s">
+        <v>71</v>
+      </c>
+      <c r="C9" t="s">
+        <v>72</v>
+      </c>
+      <c r="D9" t="s">
+        <v>73</v>
+      </c>
+      <c r="E9" t="s">
+        <v>74</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>75</v>
+      </c>
+      <c r="H9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>28</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>78</v>
+      </c>
+      <c r="D10" t="s">
+        <v>79</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>81</v>
+      </c>
+      <c r="H10" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>28</v>
+      </c>
+      <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>84</v>
+      </c>
+      <c r="D11" t="s">
+        <v>85</v>
+      </c>
+      <c r="E11" t="s">
+        <v>86</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>87</v>
+      </c>
+      <c r="H11" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>28</v>
+      </c>
+      <c r="B12" t="s">
+        <v>89</v>
+      </c>
+      <c r="C12" t="s">
+        <v>90</v>
+      </c>
+      <c r="D12" t="s">
+        <v>91</v>
+      </c>
+      <c r="E12" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>93</v>
+      </c>
+      <c r="H12" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>28</v>
+      </c>
+      <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>96</v>
+      </c>
+      <c r="D13" t="s">
+        <v>97</v>
+      </c>
+      <c r="E13" t="s">
+        <v>98</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>99</v>
+      </c>
+      <c r="H13" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D14" t="s">
+        <v>103</v>
+      </c>
+      <c r="E14" t="s">
+        <v>104</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>105</v>
+      </c>
+      <c r="H14" t="s">
+        <v>106</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1153</v>
+        <v>107</v>
       </c>
       <c r="B2" t="s">
-        <v>1154</v>
+        <v>108</v>
       </c>
       <c r="C2" t="s">
-        <v>1155</v>
+        <v>109</v>
       </c>
       <c r="D2" t="s">
-        <v>15</v>
+        <v>110</v>
       </c>
       <c r="E2" t="s">
-        <v>1156</v>
+        <v>111</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1157</v>
+        <v>112</v>
       </c>
       <c r="H2" t="s">
-        <v>1158</v>
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B2" t="s">
-        <v>1160</v>
+        <v>115</v>
       </c>
       <c r="C2" t="s">
-        <v>1161</v>
+        <v>116</v>
       </c>
       <c r="D2" t="s">
-        <v>780</v>
+        <v>117</v>
       </c>
       <c r="E2" t="s">
-        <v>1162</v>
+        <v>118</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1163</v>
+        <v>119</v>
       </c>
       <c r="H2" t="s">
-        <v>1164</v>
+        <v>120</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B3" t="s">
-        <v>1165</v>
+        <v>121</v>
       </c>
       <c r="C3" t="s">
-        <v>1166</v>
+        <v>122</v>
       </c>
       <c r="D3" t="s">
-        <v>1167</v>
+        <v>123</v>
       </c>
       <c r="E3" t="s">
-        <v>1168</v>
+        <v>124</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1169</v>
+        <v>125</v>
       </c>
       <c r="H3" t="s">
-        <v>1170</v>
+        <v>126</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B4" t="s">
-        <v>1171</v>
+        <v>127</v>
       </c>
       <c r="C4" t="s">
-        <v>1172</v>
+        <v>128</v>
       </c>
       <c r="D4" t="s">
-        <v>1173</v>
+        <v>129</v>
       </c>
       <c r="E4" t="s">
-        <v>1174</v>
+        <v>130</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1175</v>
+        <v>131</v>
       </c>
       <c r="H4" t="s">
-        <v>1176</v>
+        <v>132</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B5" t="s">
-        <v>1177</v>
+        <v>133</v>
       </c>
       <c r="C5" t="s">
-        <v>1178</v>
+        <v>134</v>
       </c>
       <c r="D5" t="s">
-        <v>1179</v>
+        <v>135</v>
       </c>
       <c r="E5" t="s">
-        <v>1180</v>
+        <v>136</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1181</v>
+        <v>137</v>
       </c>
       <c r="H5" t="s">
-        <v>1182</v>
+        <v>138</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B6" t="s">
-        <v>1183</v>
+        <v>139</v>
       </c>
       <c r="C6" t="s">
-        <v>1184</v>
+        <v>140</v>
       </c>
       <c r="D6" t="s">
-        <v>1185</v>
+        <v>141</v>
       </c>
       <c r="E6" t="s">
-        <v>1186</v>
+        <v>142</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1187</v>
+        <v>143</v>
       </c>
       <c r="H6" t="s">
-        <v>1188</v>
+        <v>144</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B7" t="s">
-        <v>1189</v>
+        <v>145</v>
       </c>
       <c r="C7" t="s">
-        <v>1190</v>
+        <v>146</v>
       </c>
       <c r="D7" t="s">
-        <v>1191</v>
+        <v>147</v>
       </c>
       <c r="E7" t="s">
-        <v>1192</v>
+        <v>148</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1193</v>
+        <v>149</v>
       </c>
       <c r="H7" t="s">
-        <v>1194</v>
+        <v>150</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B8" t="s">
-        <v>1195</v>
+        <v>151</v>
       </c>
       <c r="C8" t="s">
-        <v>1196</v>
+        <v>152</v>
       </c>
       <c r="D8" t="s">
-        <v>1197</v>
+        <v>153</v>
       </c>
       <c r="E8" t="s">
-        <v>1198</v>
+        <v>154</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1199</v>
+        <v>155</v>
       </c>
       <c r="H8" t="s">
-        <v>1200</v>
+        <v>156</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1159</v>
+        <v>114</v>
       </c>
       <c r="B9" t="s">
-        <v>1201</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>1202</v>
+        <v>158</v>
       </c>
       <c r="D9" t="s">
-        <v>1203</v>
+        <v>159</v>
       </c>
       <c r="E9" t="s">
-        <v>1204</v>
+        <v>160</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1205</v>
+        <v>161</v>
       </c>
       <c r="H9" t="s">
-        <v>1206</v>
-[...129 lines deleted...]
-        <v>1235</v>
+        <v>162</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:Y46"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>163</v>
+      </c>
+      <c r="J1" t="s">
+        <v>164</v>
+      </c>
+      <c r="K1" t="s">
+        <v>165</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1236</v>
+        <v>166</v>
       </c>
       <c r="B2" t="s">
-        <v>1237</v>
+        <v>167</v>
       </c>
       <c r="C2" t="s">
-        <v>1238</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1239</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>1240</v>
+        <v>168</v>
       </c>
       <c r="F2" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1241</v>
+        <v>169</v>
       </c>
       <c r="H2" t="s">
-        <v>1242</v>
+        <v>170</v>
+      </c>
+      <c r="I2" t="s">
+        <v>171</v>
+      </c>
+      <c r="J2" t="s">
+        <v>172</v>
+      </c>
+      <c r="K2" t="s">
+        <v>173</v>
+      </c>
+      <c r="L2" t="s">
+        <v>174</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1236</v>
+        <v>166</v>
       </c>
       <c r="B3" t="s">
-        <v>1243</v>
+        <v>175</v>
       </c>
       <c r="C3" t="s">
-        <v>1244</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1245</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1246</v>
+        <v>176</v>
       </c>
       <c r="F3" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1247</v>
+        <v>177</v>
       </c>
       <c r="H3" t="s">
-        <v>1248</v>
+        <v>178</v>
+      </c>
+      <c r="I3" t="s">
+        <v>179</v>
+      </c>
+      <c r="J3" t="s">
+        <v>180</v>
+      </c>
+      <c r="K3" t="s">
+        <v>181</v>
+      </c>
+      <c r="L3" t="s">
+        <v>182</v>
+      </c>
+      <c r="M3" t="s">
+        <v>183</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1236</v>
+        <v>166</v>
       </c>
       <c r="B4" t="s">
-        <v>1249</v>
+        <v>184</v>
       </c>
       <c r="C4" t="s">
-        <v>1250</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1251</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1252</v>
+        <v>185</v>
       </c>
       <c r="F4" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1253</v>
+        <v>186</v>
       </c>
       <c r="H4" t="s">
-        <v>1254</v>
-[...192 lines deleted...]
-        <v>1291</v>
+        <v>187</v>
       </c>
       <c r="I4" t="s">
-        <v>1292</v>
+        <v>188</v>
       </c>
       <c r="J4" t="s">
-        <v>1293</v>
+        <v>189</v>
       </c>
       <c r="K4" t="s">
-        <v>1294</v>
+        <v>190</v>
       </c>
       <c r="L4" t="s">
-        <v>1295</v>
+        <v>191</v>
+      </c>
+      <c r="M4" t="s">
+        <v>192</v>
+      </c>
+      <c r="N4" t="s">
+        <v>193</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B5" t="s">
-        <v>1296</v>
+        <v>194</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1297</v>
+        <v>195</v>
       </c>
       <c r="F5" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1298</v>
+        <v>196</v>
       </c>
       <c r="H5" t="s">
-        <v>1299</v>
+        <v>197</v>
       </c>
       <c r="I5" t="s">
-        <v>1300</v>
+        <v>198</v>
       </c>
       <c r="J5" t="s">
-        <v>1301</v>
+        <v>199</v>
       </c>
       <c r="K5" t="s">
-        <v>1302</v>
+        <v>200</v>
       </c>
       <c r="L5" t="s">
-        <v>1303</v>
+        <v>201</v>
       </c>
       <c r="M5" t="s">
-        <v>1304</v>
-[...2 lines deleted...]
-        <v>1305</v>
+        <v>202</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B6" t="s">
-        <v>1306</v>
+        <v>203</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1307</v>
+        <v>204</v>
       </c>
       <c r="F6" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1308</v>
+        <v>205</v>
       </c>
       <c r="H6" t="s">
-        <v>1309</v>
+        <v>206</v>
       </c>
       <c r="I6" t="s">
-        <v>1310</v>
+        <v>207</v>
       </c>
       <c r="J6" t="s">
-        <v>1293</v>
+        <v>208</v>
       </c>
       <c r="K6" t="s">
-        <v>1311</v>
+        <v>209</v>
       </c>
       <c r="L6" t="s">
-        <v>1312</v>
+        <v>210</v>
       </c>
       <c r="M6" t="s">
-        <v>1313</v>
+        <v>211</v>
+      </c>
+      <c r="N6" t="s">
+        <v>212</v>
+      </c>
+      <c r="O6" t="s">
+        <v>213</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B7" t="s">
-        <v>1314</v>
+        <v>214</v>
       </c>
       <c r="C7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1315</v>
+        <v>215</v>
       </c>
       <c r="F7" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1316</v>
+        <v>216</v>
       </c>
       <c r="H7" t="s">
-        <v>1317</v>
+        <v>217</v>
       </c>
       <c r="I7" t="s">
-        <v>1318</v>
+        <v>218</v>
       </c>
       <c r="J7" t="s">
-        <v>1319</v>
+        <v>219</v>
       </c>
       <c r="K7" t="s">
-        <v>1320</v>
+        <v>220</v>
       </c>
       <c r="L7" t="s">
-        <v>1321</v>
+        <v>221</v>
       </c>
       <c r="M7" t="s">
-        <v>1322</v>
+        <v>222</v>
       </c>
       <c r="N7" t="s">
-        <v>1323</v>
+        <v>223</v>
+      </c>
+      <c r="O7" t="s">
+        <v>224</v>
+      </c>
+      <c r="P7" t="s">
+        <v>225</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>226</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B8" t="s">
-        <v>1324</v>
+        <v>227</v>
       </c>
       <c r="C8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1325</v>
+        <v>228</v>
       </c>
       <c r="F8" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1326</v>
+        <v>229</v>
       </c>
       <c r="H8" t="s">
-        <v>1327</v>
+        <v>230</v>
       </c>
       <c r="I8" t="s">
-        <v>1328</v>
+        <v>231</v>
       </c>
       <c r="J8" t="s">
-        <v>1329</v>
+        <v>232</v>
       </c>
       <c r="K8" t="s">
-        <v>1330</v>
+        <v>233</v>
       </c>
       <c r="L8" t="s">
-        <v>1331</v>
-[...11 lines deleted...]
-        <v>1335</v>
+        <v>234</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B9" t="s">
-        <v>1336</v>
+        <v>235</v>
       </c>
       <c r="C9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1337</v>
+        <v>236</v>
       </c>
       <c r="F9" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1338</v>
+        <v>237</v>
       </c>
       <c r="H9" t="s">
-        <v>1339</v>
+        <v>238</v>
       </c>
       <c r="I9" t="s">
-        <v>1340</v>
+        <v>239</v>
       </c>
       <c r="J9" t="s">
-        <v>1341</v>
+        <v>240</v>
       </c>
       <c r="K9" t="s">
-        <v>1342</v>
+        <v>241</v>
       </c>
       <c r="L9" t="s">
-        <v>1343</v>
+        <v>242</v>
       </c>
       <c r="M9" t="s">
-        <v>1344</v>
+        <v>243</v>
+      </c>
+      <c r="N9" t="s">
+        <v>244</v>
+      </c>
+      <c r="O9" t="s">
+        <v>245</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B10" t="s">
-        <v>1345</v>
+        <v>246</v>
       </c>
       <c r="C10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1346</v>
+        <v>247</v>
       </c>
       <c r="F10" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1347</v>
+        <v>248</v>
       </c>
       <c r="H10" t="s">
-        <v>1348</v>
+        <v>249</v>
       </c>
       <c r="I10" t="s">
-        <v>1349</v>
+        <v>250</v>
       </c>
       <c r="J10" t="s">
-        <v>1301</v>
+        <v>251</v>
       </c>
       <c r="K10" t="s">
-        <v>1350</v>
+        <v>252</v>
       </c>
       <c r="L10" t="s">
-        <v>1351</v>
+        <v>253</v>
       </c>
       <c r="M10" t="s">
-        <v>1352</v>
-[...11 lines deleted...]
-        <v>1356</v>
+        <v>254</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B11" t="s">
-        <v>1357</v>
+        <v>255</v>
       </c>
       <c r="C11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1358</v>
+        <v>256</v>
       </c>
       <c r="F11" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1359</v>
+        <v>257</v>
       </c>
       <c r="H11" t="s">
-        <v>1360</v>
+        <v>258</v>
       </c>
       <c r="I11" t="s">
-        <v>1361</v>
+        <v>259</v>
       </c>
       <c r="J11" t="s">
-        <v>1362</v>
+        <v>260</v>
       </c>
       <c r="K11" t="s">
-        <v>1363</v>
+        <v>261</v>
       </c>
       <c r="L11" t="s">
-        <v>1364</v>
+        <v>262</v>
       </c>
       <c r="M11" t="s">
-        <v>1365</v>
+        <v>263</v>
       </c>
       <c r="N11" t="s">
-        <v>1366</v>
+        <v>264</v>
       </c>
       <c r="O11" t="s">
-        <v>1367</v>
+        <v>265</v>
+      </c>
+      <c r="P11" t="s">
+        <v>266</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>267</v>
+      </c>
+      <c r="R11" t="s">
+        <v>268</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B12" t="s">
-        <v>1368</v>
+        <v>269</v>
       </c>
       <c r="C12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1369</v>
+        <v>270</v>
       </c>
       <c r="F12" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1370</v>
+        <v>271</v>
       </c>
       <c r="H12" t="s">
-        <v>1371</v>
+        <v>272</v>
       </c>
       <c r="I12" t="s">
-        <v>1372</v>
+        <v>273</v>
       </c>
       <c r="J12" t="s">
-        <v>1373</v>
+        <v>274</v>
       </c>
       <c r="K12" t="s">
-        <v>1374</v>
+        <v>275</v>
       </c>
       <c r="L12" t="s">
-        <v>1375</v>
+        <v>276</v>
       </c>
       <c r="M12" t="s">
-        <v>1376</v>
+        <v>277</v>
       </c>
       <c r="N12" t="s">
-        <v>1377</v>
+        <v>278</v>
       </c>
       <c r="O12" t="s">
-        <v>1378</v>
+        <v>279</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B13" t="s">
-        <v>1379</v>
+        <v>280</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1380</v>
+        <v>281</v>
       </c>
       <c r="F13" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1381</v>
+        <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>1382</v>
+        <v>283</v>
       </c>
       <c r="I13" t="s">
-        <v>1383</v>
+        <v>284</v>
       </c>
       <c r="J13" t="s">
-        <v>1384</v>
+        <v>285</v>
       </c>
       <c r="K13" t="s">
-        <v>1385</v>
+        <v>286</v>
       </c>
       <c r="L13" t="s">
-        <v>1386</v>
-[...26 lines deleted...]
-        <v>1395</v>
+        <v>287</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B14" t="s">
-        <v>1396</v>
+        <v>288</v>
       </c>
       <c r="C14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1397</v>
+        <v>289</v>
       </c>
       <c r="F14" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1398</v>
+        <v>290</v>
       </c>
       <c r="H14" t="s">
-        <v>1399</v>
+        <v>291</v>
       </c>
       <c r="I14" t="s">
-        <v>1400</v>
+        <v>292</v>
       </c>
       <c r="J14" t="s">
-        <v>1401</v>
+        <v>293</v>
       </c>
       <c r="K14" t="s">
-        <v>1402</v>
-[...5 lines deleted...]
-        <v>1404</v>
+        <v>294</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B15" t="s">
-        <v>1405</v>
+        <v>295</v>
       </c>
       <c r="C15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E15" t="s">
-        <v>1406</v>
+        <v>296</v>
       </c>
       <c r="F15" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>1407</v>
+        <v>297</v>
       </c>
       <c r="H15" t="s">
-        <v>1408</v>
+        <v>298</v>
       </c>
       <c r="I15" t="s">
-        <v>1409</v>
+        <v>299</v>
       </c>
       <c r="J15" t="s">
-        <v>1410</v>
+        <v>300</v>
       </c>
       <c r="K15" t="s">
-        <v>1411</v>
+        <v>301</v>
       </c>
       <c r="L15" t="s">
-        <v>1412</v>
+        <v>302</v>
       </c>
       <c r="M15" t="s">
-        <v>1413</v>
+        <v>303</v>
+      </c>
+      <c r="N15" t="s">
+        <v>304</v>
+      </c>
+      <c r="O15" t="s">
+        <v>305</v>
+      </c>
+      <c r="P15" t="s">
+        <v>306</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>307</v>
+      </c>
+      <c r="R15" t="s">
+        <v>308</v>
+      </c>
+      <c r="S15" t="s">
+        <v>309</v>
+      </c>
+      <c r="T15" t="s">
+        <v>310</v>
+      </c>
+      <c r="U15" t="s">
+        <v>311</v>
+      </c>
+      <c r="V15" t="s">
+        <v>312</v>
+      </c>
+      <c r="W15" t="s">
+        <v>313</v>
+      </c>
+      <c r="X15" t="s">
+        <v>314</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>315</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B16" t="s">
-        <v>1414</v>
+        <v>316</v>
       </c>
       <c r="C16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E16" t="s">
-        <v>1415</v>
+        <v>317</v>
       </c>
       <c r="F16" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>1416</v>
+        <v>318</v>
       </c>
       <c r="H16" t="s">
-        <v>1417</v>
+        <v>319</v>
       </c>
       <c r="I16" t="s">
-        <v>1418</v>
+        <v>320</v>
       </c>
       <c r="J16" t="s">
-        <v>1419</v>
+        <v>260</v>
       </c>
       <c r="K16" t="s">
-        <v>1420</v>
+        <v>321</v>
       </c>
       <c r="L16" t="s">
-        <v>1421</v>
+        <v>322</v>
       </c>
       <c r="M16" t="s">
-        <v>1422</v>
-[...74 lines deleted...]
-        <v>1444</v>
+        <v>323</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B17" t="s">
-        <v>1445</v>
+        <v>324</v>
       </c>
       <c r="C17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E17" t="s">
-        <v>1446</v>
+        <v>325</v>
       </c>
       <c r="F17" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>1447</v>
+        <v>326</v>
       </c>
       <c r="H17" t="s">
-        <v>1448</v>
+        <v>327</v>
       </c>
       <c r="I17" t="s">
-        <v>1449</v>
+        <v>328</v>
       </c>
       <c r="J17" t="s">
-        <v>1410</v>
+        <v>329</v>
       </c>
       <c r="K17" t="s">
-        <v>1450</v>
+        <v>330</v>
       </c>
       <c r="L17" t="s">
-        <v>1451</v>
+        <v>331</v>
       </c>
       <c r="M17" t="s">
-        <v>1452</v>
-[...11 lines deleted...]
-        <v>1456</v>
+        <v>332</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B18" t="s">
-        <v>1457</v>
+        <v>333</v>
       </c>
       <c r="C18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E18" t="s">
-        <v>1458</v>
+        <v>334</v>
       </c>
       <c r="F18" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>1459</v>
+        <v>335</v>
       </c>
       <c r="H18" t="s">
-        <v>1460</v>
+        <v>336</v>
       </c>
       <c r="I18" t="s">
-        <v>1461</v>
+        <v>337</v>
       </c>
       <c r="J18" t="s">
-        <v>1462</v>
+        <v>338</v>
       </c>
       <c r="K18" t="s">
-        <v>1463</v>
+        <v>339</v>
       </c>
       <c r="L18" t="s">
-        <v>1464</v>
+        <v>340</v>
       </c>
       <c r="M18" t="s">
-        <v>1465</v>
+        <v>341</v>
       </c>
       <c r="N18" t="s">
-        <v>1466</v>
+        <v>342</v>
       </c>
       <c r="O18" t="s">
-        <v>1467</v>
+        <v>343</v>
       </c>
       <c r="P18" t="s">
-        <v>1468</v>
+        <v>344</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B19" t="s">
-        <v>1469</v>
+        <v>345</v>
       </c>
       <c r="C19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E19" t="s">
-        <v>1470</v>
+        <v>346</v>
       </c>
       <c r="F19" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>1471</v>
+        <v>347</v>
       </c>
       <c r="H19" t="s">
-        <v>1472</v>
+        <v>348</v>
       </c>
       <c r="I19" t="s">
-        <v>1473</v>
+        <v>349</v>
       </c>
       <c r="J19" t="s">
-        <v>1293</v>
+        <v>350</v>
       </c>
       <c r="K19" t="s">
-        <v>1474</v>
+        <v>351</v>
+      </c>
+      <c r="L19" t="s">
+        <v>352</v>
+      </c>
+      <c r="M19" t="s">
+        <v>353</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B20" t="s">
-        <v>1475</v>
+        <v>354</v>
       </c>
       <c r="C20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E20" t="s">
-        <v>1476</v>
+        <v>355</v>
       </c>
       <c r="F20" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>1477</v>
+        <v>356</v>
       </c>
       <c r="H20" t="s">
-        <v>1478</v>
+        <v>357</v>
       </c>
       <c r="I20" t="s">
-        <v>1479</v>
+        <v>358</v>
       </c>
       <c r="J20" t="s">
-        <v>1480</v>
+        <v>350</v>
       </c>
       <c r="K20" t="s">
-        <v>1481</v>
+        <v>359</v>
       </c>
       <c r="L20" t="s">
-        <v>1482</v>
+        <v>360</v>
+      </c>
+      <c r="M20" t="s">
+        <v>361</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B21" t="s">
-        <v>1483</v>
+        <v>362</v>
       </c>
       <c r="C21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E21" t="s">
-        <v>1484</v>
+        <v>363</v>
       </c>
       <c r="F21" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>1485</v>
+        <v>364</v>
       </c>
       <c r="H21" t="s">
-        <v>1486</v>
+        <v>365</v>
       </c>
       <c r="I21" t="s">
-        <v>1487</v>
+        <v>366</v>
       </c>
       <c r="J21" t="s">
-        <v>1488</v>
+        <v>367</v>
       </c>
       <c r="K21" t="s">
-        <v>1489</v>
+        <v>368</v>
       </c>
       <c r="L21" t="s">
-        <v>1490</v>
+        <v>369</v>
       </c>
       <c r="M21" t="s">
-        <v>1491</v>
+        <v>370</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B22" t="s">
-        <v>1492</v>
+        <v>371</v>
       </c>
       <c r="C22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E22" t="s">
-        <v>1493</v>
+        <v>372</v>
       </c>
       <c r="F22" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>1494</v>
+        <v>373</v>
       </c>
       <c r="H22" t="s">
-        <v>1495</v>
+        <v>374</v>
       </c>
       <c r="I22" t="s">
-        <v>1496</v>
+        <v>375</v>
       </c>
       <c r="J22" t="s">
-        <v>1497</v>
+        <v>367</v>
       </c>
       <c r="K22" t="s">
-        <v>1498</v>
+        <v>376</v>
       </c>
       <c r="L22" t="s">
-        <v>1499</v>
+        <v>377</v>
       </c>
       <c r="M22" t="s">
-        <v>1500</v>
+        <v>378</v>
+      </c>
+      <c r="N22" t="s">
+        <v>379</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B23" t="s">
-        <v>1501</v>
+        <v>380</v>
       </c>
       <c r="C23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E23" t="s">
-        <v>1502</v>
+        <v>381</v>
       </c>
       <c r="F23" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>1503</v>
+        <v>382</v>
       </c>
       <c r="H23" t="s">
-        <v>1504</v>
+        <v>383</v>
       </c>
       <c r="I23" t="s">
-        <v>1505</v>
+        <v>384</v>
       </c>
       <c r="J23" t="s">
-        <v>1506</v>
+        <v>385</v>
       </c>
       <c r="K23" t="s">
-        <v>1507</v>
+        <v>386</v>
       </c>
       <c r="L23" t="s">
-        <v>1508</v>
+        <v>387</v>
       </c>
       <c r="M23" t="s">
-        <v>1509</v>
+        <v>388</v>
       </c>
       <c r="N23" t="s">
-        <v>1510</v>
-[...2 lines deleted...]
-        <v>1511</v>
+        <v>389</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B24" t="s">
-        <v>1512</v>
+        <v>390</v>
       </c>
       <c r="C24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E24" t="s">
-        <v>1513</v>
+        <v>391</v>
       </c>
       <c r="F24" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>1514</v>
+        <v>392</v>
       </c>
       <c r="H24" t="s">
-        <v>1515</v>
+        <v>393</v>
       </c>
       <c r="I24" t="s">
-        <v>1516</v>
+        <v>394</v>
       </c>
       <c r="J24" t="s">
-        <v>1506</v>
+        <v>395</v>
       </c>
       <c r="K24" t="s">
-        <v>1517</v>
+        <v>396</v>
       </c>
       <c r="L24" t="s">
-        <v>1518</v>
+        <v>397</v>
       </c>
       <c r="M24" t="s">
-        <v>1519</v>
-[...5 lines deleted...]
-        <v>1521</v>
+        <v>398</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B25" t="s">
-        <v>1522</v>
+        <v>399</v>
       </c>
       <c r="C25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E25" t="s">
-        <v>1523</v>
+        <v>400</v>
       </c>
       <c r="F25" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>1524</v>
+        <v>401</v>
       </c>
       <c r="H25" t="s">
-        <v>1525</v>
+        <v>402</v>
       </c>
       <c r="I25" t="s">
-        <v>1526</v>
+        <v>403</v>
       </c>
       <c r="J25" t="s">
-        <v>1506</v>
+        <v>404</v>
       </c>
       <c r="K25" t="s">
-        <v>1527</v>
+        <v>405</v>
       </c>
       <c r="L25" t="s">
-        <v>1528</v>
+        <v>406</v>
       </c>
       <c r="M25" t="s">
-        <v>1529</v>
+        <v>407</v>
       </c>
       <c r="N25" t="s">
-        <v>1530</v>
+        <v>408</v>
       </c>
       <c r="O25" t="s">
-        <v>1531</v>
+        <v>409</v>
+      </c>
+      <c r="P25" t="s">
+        <v>410</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>411</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B26" t="s">
-        <v>1532</v>
+        <v>412</v>
       </c>
       <c r="C26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E26" t="s">
-        <v>1533</v>
+        <v>413</v>
       </c>
       <c r="F26" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>1534</v>
+        <v>414</v>
       </c>
       <c r="H26" t="s">
-        <v>1535</v>
+        <v>415</v>
       </c>
       <c r="I26" t="s">
-        <v>1536</v>
+        <v>416</v>
       </c>
       <c r="J26" t="s">
-        <v>1537</v>
+        <v>395</v>
       </c>
       <c r="K26" t="s">
-        <v>1538</v>
+        <v>417</v>
       </c>
       <c r="L26" t="s">
-        <v>1539</v>
-[...5 lines deleted...]
-        <v>1541</v>
+        <v>418</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B27" t="s">
-        <v>1542</v>
+        <v>419</v>
       </c>
       <c r="C27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E27" t="s">
-        <v>1543</v>
+        <v>420</v>
       </c>
       <c r="F27" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>1544</v>
+        <v>421</v>
       </c>
       <c r="H27" t="s">
-        <v>1545</v>
+        <v>422</v>
       </c>
       <c r="I27" t="s">
-        <v>1546</v>
+        <v>423</v>
       </c>
       <c r="J27" t="s">
-        <v>1547</v>
+        <v>424</v>
       </c>
       <c r="K27" t="s">
-        <v>1548</v>
+        <v>425</v>
       </c>
       <c r="L27" t="s">
-        <v>1549</v>
+        <v>426</v>
       </c>
       <c r="M27" t="s">
-        <v>1550</v>
+        <v>427</v>
       </c>
       <c r="N27" t="s">
-        <v>1551</v>
+        <v>428</v>
       </c>
       <c r="O27" t="s">
-        <v>1552</v>
+        <v>429</v>
       </c>
       <c r="P27" t="s">
-        <v>1553</v>
+        <v>430</v>
       </c>
       <c r="Q27" t="s">
-        <v>1554</v>
+        <v>431</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B28" t="s">
-        <v>1555</v>
+        <v>432</v>
       </c>
       <c r="C28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E28" t="s">
-        <v>1556</v>
+        <v>433</v>
       </c>
       <c r="F28" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>1557</v>
+        <v>434</v>
       </c>
       <c r="H28" t="s">
-        <v>1558</v>
+        <v>435</v>
       </c>
       <c r="I28" t="s">
-        <v>1559</v>
+        <v>436</v>
       </c>
       <c r="J28" t="s">
-        <v>1362</v>
+        <v>300</v>
       </c>
       <c r="K28" t="s">
-        <v>1560</v>
+        <v>437</v>
       </c>
       <c r="L28" t="s">
-        <v>1561</v>
+        <v>438</v>
       </c>
       <c r="M28" t="s">
-        <v>1562</v>
+        <v>439</v>
       </c>
       <c r="N28" t="s">
-        <v>1563</v>
+        <v>440</v>
       </c>
       <c r="O28" t="s">
-        <v>1564</v>
+        <v>441</v>
       </c>
       <c r="P28" t="s">
-        <v>1565</v>
+        <v>442</v>
       </c>
       <c r="Q28" t="s">
-        <v>1566</v>
-[...20 lines deleted...]
-        <v>1573</v>
+        <v>443</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B29" t="s">
-        <v>1574</v>
+        <v>444</v>
       </c>
       <c r="C29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E29" t="s">
-        <v>1575</v>
+        <v>445</v>
       </c>
       <c r="F29" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G29" t="s">
-        <v>1576</v>
+        <v>446</v>
       </c>
       <c r="H29" t="s">
-        <v>1577</v>
+        <v>447</v>
       </c>
       <c r="I29" t="s">
-        <v>1578</v>
+        <v>448</v>
       </c>
       <c r="J29" t="s">
-        <v>1579</v>
+        <v>449</v>
       </c>
       <c r="K29" t="s">
-        <v>1580</v>
+        <v>450</v>
       </c>
       <c r="L29" t="s">
-        <v>1581</v>
+        <v>451</v>
       </c>
       <c r="M29" t="s">
-        <v>1582</v>
-[...5 lines deleted...]
-        <v>1584</v>
+        <v>452</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B30" t="s">
-        <v>1585</v>
+        <v>453</v>
       </c>
       <c r="C30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E30" t="s">
-        <v>1586</v>
+        <v>454</v>
       </c>
       <c r="F30" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G30" t="s">
-        <v>1587</v>
+        <v>455</v>
       </c>
       <c r="H30" t="s">
-        <v>1588</v>
+        <v>456</v>
       </c>
       <c r="I30" t="s">
-        <v>1589</v>
+        <v>457</v>
       </c>
       <c r="J30" t="s">
-        <v>1590</v>
+        <v>458</v>
       </c>
       <c r="K30" t="s">
-        <v>1591</v>
+        <v>459</v>
       </c>
       <c r="L30" t="s">
-        <v>1592</v>
+        <v>460</v>
+      </c>
+      <c r="M30" t="s">
+        <v>461</v>
+      </c>
+      <c r="N30" t="s">
+        <v>462</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B31" t="s">
-        <v>1593</v>
+        <v>463</v>
       </c>
       <c r="C31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E31" t="s">
-        <v>1594</v>
+        <v>464</v>
       </c>
       <c r="F31" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>1595</v>
+        <v>465</v>
       </c>
       <c r="H31" t="s">
-        <v>1596</v>
+        <v>466</v>
       </c>
       <c r="I31" t="s">
-        <v>1597</v>
+        <v>467</v>
       </c>
       <c r="J31" t="s">
-        <v>1373</v>
+        <v>468</v>
       </c>
       <c r="K31" t="s">
-        <v>1598</v>
+        <v>469</v>
       </c>
       <c r="L31" t="s">
-        <v>1599</v>
+        <v>470</v>
       </c>
       <c r="M31" t="s">
-        <v>1600</v>
+        <v>471</v>
+      </c>
+      <c r="N31" t="s">
+        <v>472</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B32" t="s">
-        <v>1601</v>
+        <v>473</v>
       </c>
       <c r="C32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E32" t="s">
-        <v>1602</v>
+        <v>474</v>
       </c>
       <c r="F32" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>1603</v>
+        <v>475</v>
       </c>
       <c r="H32" t="s">
-        <v>1604</v>
+        <v>476</v>
       </c>
       <c r="I32" t="s">
-        <v>1605</v>
+        <v>477</v>
       </c>
       <c r="J32" t="s">
-        <v>1373</v>
+        <v>367</v>
       </c>
       <c r="K32" t="s">
-        <v>1606</v>
+        <v>478</v>
       </c>
       <c r="L32" t="s">
-        <v>1607</v>
+        <v>479</v>
       </c>
       <c r="M32" t="s">
-        <v>1608</v>
+        <v>480</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B33" t="s">
-        <v>1609</v>
+        <v>481</v>
       </c>
       <c r="C33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E33" t="s">
-        <v>1610</v>
+        <v>482</v>
       </c>
       <c r="F33" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>1611</v>
+        <v>483</v>
       </c>
       <c r="H33" t="s">
-        <v>1612</v>
+        <v>484</v>
       </c>
       <c r="I33" t="s">
-        <v>1613</v>
+        <v>485</v>
       </c>
       <c r="J33" t="s">
-        <v>1614</v>
+        <v>486</v>
       </c>
       <c r="K33" t="s">
-        <v>1615</v>
+        <v>487</v>
       </c>
       <c r="L33" t="s">
-        <v>1616</v>
+        <v>488</v>
       </c>
       <c r="M33" t="s">
-        <v>1617</v>
+        <v>489</v>
+      </c>
+      <c r="N33" t="s">
+        <v>490</v>
+      </c>
+      <c r="O33" t="s">
+        <v>491</v>
+      </c>
+      <c r="P33" t="s">
+        <v>492</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>493</v>
+      </c>
+      <c r="R33" t="s">
+        <v>494</v>
+      </c>
+      <c r="S33" t="s">
+        <v>495</v>
+      </c>
+      <c r="T33" t="s">
+        <v>496</v>
+      </c>
+      <c r="U33" t="s">
+        <v>497</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B34" t="s">
-        <v>1618</v>
+        <v>498</v>
       </c>
       <c r="C34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E34" t="s">
-        <v>1619</v>
+        <v>499</v>
       </c>
       <c r="F34" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>1620</v>
+        <v>500</v>
       </c>
       <c r="H34" t="s">
-        <v>1621</v>
+        <v>501</v>
       </c>
       <c r="I34" t="s">
-        <v>1622</v>
+        <v>502</v>
       </c>
       <c r="J34" t="s">
-        <v>1623</v>
+        <v>503</v>
       </c>
       <c r="K34" t="s">
-        <v>1624</v>
-[...8 lines deleted...]
-        <v>1627</v>
+        <v>504</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B35" t="s">
-        <v>1628</v>
+        <v>505</v>
       </c>
       <c r="C35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E35" t="s">
-        <v>1629</v>
+        <v>506</v>
       </c>
       <c r="F35" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G35" t="s">
-        <v>1630</v>
+        <v>507</v>
       </c>
       <c r="H35" t="s">
-        <v>1631</v>
+        <v>508</v>
       </c>
       <c r="I35" t="s">
-        <v>1632</v>
+        <v>509</v>
       </c>
       <c r="J35" t="s">
-        <v>1633</v>
+        <v>510</v>
       </c>
       <c r="K35" t="s">
-        <v>1634</v>
-[...20 lines deleted...]
-        <v>1641</v>
+        <v>511</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B36" t="s">
-        <v>1642</v>
+        <v>512</v>
       </c>
       <c r="C36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E36" t="s">
-        <v>1643</v>
+        <v>513</v>
       </c>
       <c r="F36" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>1644</v>
+        <v>514</v>
       </c>
       <c r="H36" t="s">
-        <v>1645</v>
+        <v>515</v>
       </c>
       <c r="I36" t="s">
-        <v>1646</v>
+        <v>516</v>
       </c>
       <c r="J36" t="s">
-        <v>1647</v>
+        <v>517</v>
       </c>
       <c r="K36" t="s">
-        <v>1648</v>
+        <v>518</v>
       </c>
       <c r="L36" t="s">
-        <v>1649</v>
+        <v>519</v>
       </c>
       <c r="M36" t="s">
-        <v>1650</v>
-[...2 lines deleted...]
-        <v>1651</v>
+        <v>520</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B37" t="s">
-        <v>1652</v>
+        <v>521</v>
       </c>
       <c r="C37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E37" t="s">
-        <v>1653</v>
+        <v>522</v>
       </c>
       <c r="F37" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>1654</v>
+        <v>523</v>
       </c>
       <c r="H37" t="s">
-        <v>1655</v>
+        <v>524</v>
       </c>
       <c r="I37" t="s">
-        <v>1656</v>
+        <v>525</v>
       </c>
       <c r="J37" t="s">
-        <v>1657</v>
+        <v>240</v>
       </c>
       <c r="K37" t="s">
-        <v>1658</v>
+        <v>526</v>
       </c>
       <c r="L37" t="s">
-        <v>1659</v>
+        <v>527</v>
       </c>
       <c r="M37" t="s">
-        <v>1660</v>
+        <v>528</v>
+      </c>
+      <c r="N37" t="s">
+        <v>529</v>
+      </c>
+      <c r="O37" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B38" t="s">
-        <v>1661</v>
+        <v>531</v>
       </c>
       <c r="C38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E38" t="s">
-        <v>1662</v>
+        <v>532</v>
       </c>
       <c r="F38" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>1663</v>
+        <v>533</v>
       </c>
       <c r="H38" t="s">
-        <v>1664</v>
+        <v>534</v>
       </c>
       <c r="I38" t="s">
-        <v>1665</v>
+        <v>535</v>
       </c>
       <c r="J38" t="s">
-        <v>1666</v>
+        <v>536</v>
       </c>
       <c r="K38" t="s">
-        <v>1667</v>
-[...47 lines deleted...]
-        <v>1683</v>
+        <v>537</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B39" t="s">
-        <v>1684</v>
+        <v>538</v>
       </c>
       <c r="C39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E39" t="s">
-        <v>1685</v>
+        <v>539</v>
       </c>
       <c r="F39" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>1686</v>
+        <v>540</v>
       </c>
       <c r="H39" t="s">
-        <v>1687</v>
+        <v>541</v>
       </c>
       <c r="I39" t="s">
-        <v>1688</v>
+        <v>542</v>
       </c>
       <c r="J39" t="s">
-        <v>1689</v>
+        <v>300</v>
       </c>
       <c r="K39" t="s">
-        <v>1690</v>
+        <v>543</v>
       </c>
       <c r="L39" t="s">
-        <v>1691</v>
+        <v>544</v>
       </c>
       <c r="M39" t="s">
-        <v>1692</v>
-[...11 lines deleted...]
-        <v>1696</v>
+        <v>545</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B40" t="s">
-        <v>1697</v>
+        <v>546</v>
       </c>
       <c r="C40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E40" t="s">
-        <v>1698</v>
+        <v>547</v>
       </c>
       <c r="F40" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G40" t="s">
-        <v>1699</v>
+        <v>548</v>
       </c>
       <c r="H40" t="s">
-        <v>1700</v>
+        <v>549</v>
       </c>
       <c r="I40" t="s">
-        <v>1701</v>
+        <v>550</v>
       </c>
       <c r="J40" t="s">
-        <v>1277</v>
+        <v>551</v>
       </c>
       <c r="K40" t="s">
-        <v>1702</v>
+        <v>552</v>
       </c>
       <c r="L40" t="s">
-        <v>1703</v>
+        <v>553</v>
       </c>
       <c r="M40" t="s">
-        <v>1704</v>
+        <v>554</v>
       </c>
       <c r="N40" t="s">
-        <v>1705</v>
+        <v>555</v>
       </c>
       <c r="O40" t="s">
-        <v>1705</v>
-[...41 lines deleted...]
-        <v>1719</v>
+        <v>556</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
-        <v>1720</v>
+        <v>557</v>
       </c>
       <c r="C41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E41" t="s">
-        <v>1721</v>
+        <v>558</v>
       </c>
       <c r="F41" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
-        <v>1722</v>
+        <v>559</v>
       </c>
       <c r="H41" t="s">
-        <v>1723</v>
+        <v>560</v>
       </c>
       <c r="I41" t="s">
-        <v>1724</v>
+        <v>561</v>
       </c>
       <c r="J41" t="s">
-        <v>1725</v>
+        <v>517</v>
       </c>
       <c r="K41" t="s">
-        <v>1726</v>
+        <v>562</v>
       </c>
       <c r="L41" t="s">
-        <v>1727</v>
+        <v>563</v>
       </c>
       <c r="M41" t="s">
-        <v>1728</v>
+        <v>564</v>
       </c>
       <c r="N41" t="s">
-        <v>1729</v>
+        <v>565</v>
       </c>
       <c r="O41" t="s">
-        <v>1730</v>
+        <v>566</v>
       </c>
       <c r="P41" t="s">
-        <v>1731</v>
+        <v>567</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>568</v>
+      </c>
+      <c r="R41" t="s">
+        <v>569</v>
+      </c>
+      <c r="S41" t="s">
+        <v>570</v>
+      </c>
+      <c r="T41" t="s">
+        <v>571</v>
+      </c>
+      <c r="U41" t="s">
+        <v>572</v>
+      </c>
+      <c r="V41" t="s">
+        <v>573</v>
+      </c>
+      <c r="W41" t="s">
+        <v>574</v>
+      </c>
+      <c r="X41" t="s">
+        <v>575</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B42" t="s">
-        <v>1732</v>
+        <v>576</v>
       </c>
       <c r="C42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E42" t="s">
-        <v>1733</v>
+        <v>577</v>
       </c>
       <c r="F42" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
-        <v>1734</v>
+        <v>578</v>
       </c>
       <c r="H42" t="s">
-        <v>1735</v>
+        <v>579</v>
       </c>
       <c r="I42" t="s">
-        <v>1736</v>
+        <v>580</v>
       </c>
       <c r="J42" t="s">
-        <v>1737</v>
+        <v>260</v>
       </c>
       <c r="K42" t="s">
-        <v>1738</v>
+        <v>581</v>
       </c>
       <c r="L42" t="s">
-        <v>1739</v>
+        <v>582</v>
       </c>
       <c r="M42" t="s">
-        <v>1740</v>
+        <v>583</v>
       </c>
       <c r="N42" t="s">
-        <v>1741</v>
+        <v>584</v>
       </c>
       <c r="O42" t="s">
-        <v>1742</v>
+        <v>585</v>
       </c>
       <c r="P42" t="s">
-        <v>1743</v>
+        <v>586</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>587</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B43" t="s">
-        <v>1744</v>
+        <v>588</v>
       </c>
       <c r="C43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E43" t="s">
-        <v>1745</v>
+        <v>589</v>
       </c>
       <c r="F43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>1746</v>
+        <v>590</v>
       </c>
       <c r="H43" t="s">
-        <v>1747</v>
+        <v>591</v>
       </c>
       <c r="I43" t="s">
-        <v>1748</v>
+        <v>592</v>
       </c>
       <c r="J43" t="s">
-        <v>1749</v>
+        <v>593</v>
       </c>
       <c r="K43" t="s">
-        <v>1750</v>
+        <v>594</v>
       </c>
       <c r="L43" t="s">
-        <v>1751</v>
+        <v>595</v>
       </c>
       <c r="M43" t="s">
-        <v>1752</v>
-[...11 lines deleted...]
-        <v>1756</v>
+        <v>596</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B44" t="s">
-        <v>1757</v>
+        <v>597</v>
       </c>
       <c r="C44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E44" t="s">
-        <v>1758</v>
+        <v>598</v>
       </c>
       <c r="F44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
-        <v>1759</v>
+        <v>599</v>
       </c>
       <c r="H44" t="s">
-        <v>1760</v>
+        <v>600</v>
       </c>
       <c r="I44" t="s">
-        <v>1761</v>
+        <v>601</v>
       </c>
       <c r="J44" t="s">
-        <v>1657</v>
+        <v>602</v>
       </c>
       <c r="K44" t="s">
-        <v>1762</v>
+        <v>603</v>
       </c>
       <c r="L44" t="s">
-        <v>1763</v>
+        <v>604</v>
       </c>
       <c r="M44" t="s">
-        <v>1764</v>
+        <v>605</v>
       </c>
       <c r="N44" t="s">
-        <v>1765</v>
+        <v>606</v>
       </c>
       <c r="O44" t="s">
-        <v>1766</v>
+        <v>607</v>
       </c>
       <c r="P44" t="s">
-        <v>1767</v>
-[...2 lines deleted...]
-        <v>1768</v>
+        <v>608</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B45" t="s">
-        <v>1769</v>
+        <v>609</v>
       </c>
       <c r="C45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E45" t="s">
-        <v>1770</v>
+        <v>610</v>
       </c>
       <c r="F45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>1771</v>
+        <v>611</v>
       </c>
       <c r="H45" t="s">
-        <v>1772</v>
+        <v>612</v>
       </c>
       <c r="I45" t="s">
-        <v>1773</v>
+        <v>613</v>
       </c>
       <c r="J45" t="s">
-        <v>1774</v>
+        <v>300</v>
       </c>
       <c r="K45" t="s">
-        <v>1775</v>
-[...17 lines deleted...]
-        <v>1781</v>
+        <v>614</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>1257</v>
+        <v>166</v>
       </c>
       <c r="B46" t="s">
-        <v>1782</v>
+        <v>615</v>
       </c>
       <c r="C46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="E46" t="s">
-        <v>1783</v>
+        <v>616</v>
       </c>
       <c r="F46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>1784</v>
+        <v>617</v>
       </c>
       <c r="H46" t="s">
-        <v>1785</v>
+        <v>618</v>
       </c>
       <c r="I46" t="s">
-        <v>1786</v>
+        <v>619</v>
       </c>
       <c r="J46" t="s">
-        <v>1774</v>
+        <v>620</v>
       </c>
       <c r="K46" t="s">
-        <v>1787</v>
+        <v>621</v>
       </c>
       <c r="L46" t="s">
-        <v>1788</v>
+        <v>622</v>
       </c>
       <c r="M46" t="s">
-        <v>1789</v>
-[...13186 lines deleted...]
-        <v>4556</v>
+        <v>623</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...5787 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>