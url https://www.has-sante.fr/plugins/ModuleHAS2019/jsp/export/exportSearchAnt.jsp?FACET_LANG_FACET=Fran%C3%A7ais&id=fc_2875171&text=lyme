--- v0 (2025-12-01)
+++ v1 (2026-01-28)
@@ -42,51 +42,51 @@
     <sheet name="Export Evaluation des technolog" r:id="rId9" sheetId="7"/>
     <sheet name="Export évènement de calendrier" r:id="rId10" sheetId="8"/>
     <sheet name="Export Avis et décisions de la " r:id="rId11" sheetId="9"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId12" sheetId="10"/>
     <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
     <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="926" uniqueCount="545">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="943" uniqueCount="556">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -440,50 +440,65 @@
   <si>
     <t>https://www.has-sante.fr/jcms/c_598221/fr/prise-en-charge-diagnostique-des-neuropathies-peripheriques-polyneuropathies-et-mononeuropathies-multiples</t>
   </si>
   <si>
     <t>c_598221</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
   </si>
   <si>
     <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/06/2020 18:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
   </si>
   <si>
     <t>p_3187246</t>
   </si>
   <si>
+    <t>Vascularites Primitives du Système Nerveux Central</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint d’une VPSNC. Il a été élaboré sous l’égide du Centre de référence des maladies auto-immunes et auto-inflammatoires systémiques rares de l’adulte Nord, Nord-Ouest, Méditerranée et Guadeloupe – IgG4 (CERAINOM) – site constitutif de Caen et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826360/fr/vascularites-primitives-du-systeme-nerveux-central</t>
+  </si>
+  <si>
+    <t>p_3826360</t>
+  </si>
+  <si>
     <t>Syndrome de Cogan</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Cogan. Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>22/04/2024 08:32:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3503231/fr/syndrome-de-cogan</t>
   </si>
   <si>
     <t>p_3503231</t>
   </si>
   <si>
     <t>Schizophrénie à début précoce</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>10/10/2022 17:06:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
@@ -500,50 +515,65 @@
   <si>
     <t>02/12/2021 09:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3299758/fr/syndrome-de-guillain-barre</t>
   </si>
   <si>
     <t>p_3299758</t>
   </si>
   <si>
     <t>Arthrites Juvéniles Idiopathiques</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
   </si>
   <si>
     <t>30/10/2017 15:23:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>c_2801939</t>
   </si>
   <si>
+    <t>Dégénérescence frontotemporale – variante comportementale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de vcDFT. Il a été élaboré par le Centre de référence Démences Rares ou Précoces à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3764532/fr/degenerescence-frontotemporale-variante-comportementale</t>
+  </si>
+  <si>
+    <t>p_3764532</t>
+  </si>
+  <si>
     <t>Arthrites Juvéniles  Idiopathiques</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>05/02/2024 00:00:00</t>
   </si>
   <si>
     <t>07/02/2024 08:36:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
   </si>
   <si>
     <t>p_3493132</t>
   </si>
   <si>
     <t>ALD n° 15 - Maladie d'Alzheimer et autres démences</t>
   </si>
   <si>
     <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
   </si>
   <si>
     <t>19/07/2012 00:00:00</t>
@@ -1169,84 +1199,87 @@
   <si>
     <t>pprd_2983984</t>
   </si>
   <si>
     <t>doxycycline</t>
   </si>
   <si>
     <t>SINCLAIR PHARMA FRANCE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399043/fr/vibramycine-n-doxycycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400996/fr/vibramycine-n-doxycycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1036568/fr/vibramycine-n-doxycycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2661850/fr/vibramycine-n-doxycycline</t>
   </si>
   <si>
     <t>TREMFYA (guselkumab)</t>
   </si>
   <si>
-    <t>10/09/2025 11:10:41</t>
+    <t>20/01/2026 12:21:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982857/fr/tremfya-guselkumab</t>
   </si>
   <si>
     <t>pprd_2982857</t>
   </si>
   <si>
     <t>guselkumab</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2877053/fr/tremfya-guselkumab-immunosuppresseur-inhibiteur-de-l-interleukine-23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2908438/fr/tremfya-guselkumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3162058/fr/tremfya-guselkumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271021/fr/tremfya-guselkumab-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3363296/fr/tremfya-guselkumab-psoriasis-en-plaques-de-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539084/fr/tremfya-guselkumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643899/fr/tremfya-guselkumab-recto-colite-hemorragique-active</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808971/fr/tremfya-guselkumab-maladie-de-crohn</t>
   </si>
   <si>
     <t>AMOXICILLINE (amoxicilline/ amoxicilline trihydratée/ acide clavulanique)</t>
   </si>
   <si>
     <t>29/01/2019 17:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982899/fr/amoxicilline-amoxicilline/-amoxicilline-trihydratee/-acide-clavulanique</t>
   </si>
   <si>
     <t>pprd_2982899</t>
   </si>
   <si>
     <t>amoxicilline trihydratée,amoxicilline sodique,potassium (clavulanate de)</t>
   </si>
   <si>
     <t>ARROW GÉNÉRIQUES/ BIOGARAN/ PAHPHARMA/ TEVA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400847/fr/amoxicilline-biogaran-amoxicilline-trihydratee</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_455061/fr/amoxicilline-teva-amoxicilline</t>
   </si>
@@ -1827,1284 +1860,1287 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>293</v>
+        <v>303</v>
       </c>
       <c r="B2" t="s">
-        <v>294</v>
+        <v>304</v>
       </c>
       <c r="C2" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="D2" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="E2" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="H2" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T20"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>300</v>
+        <v>310</v>
       </c>
       <c r="J1" t="s">
         <v>16</v>
       </c>
       <c r="K1" t="s">
-        <v>301</v>
+        <v>311</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B2" t="s">
-        <v>303</v>
+        <v>313</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>304</v>
+        <v>314</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="H2" t="s">
-        <v>306</v>
+        <v>316</v>
       </c>
       <c r="I2" t="s">
-        <v>307</v>
+        <v>317</v>
       </c>
       <c r="J2" t="s">
-        <v>308</v>
+        <v>318</v>
       </c>
       <c r="K2" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="L2" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="M2" t="s">
-        <v>311</v>
+        <v>321</v>
       </c>
       <c r="N2" t="s">
-        <v>312</v>
+        <v>322</v>
       </c>
       <c r="O2" t="s">
-        <v>313</v>
+        <v>323</v>
       </c>
       <c r="P2" t="s">
-        <v>314</v>
+        <v>324</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B3" t="s">
-        <v>315</v>
+        <v>325</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>316</v>
+        <v>326</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>317</v>
+        <v>327</v>
       </c>
       <c r="H3" t="s">
-        <v>318</v>
+        <v>328</v>
       </c>
       <c r="I3" t="s">
-        <v>319</v>
+        <v>329</v>
       </c>
       <c r="J3" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="K3" t="s">
-        <v>321</v>
+        <v>331</v>
       </c>
       <c r="L3" t="s">
-        <v>322</v>
+        <v>332</v>
       </c>
       <c r="M3" t="s">
-        <v>323</v>
+        <v>333</v>
       </c>
       <c r="N3" t="s">
-        <v>324</v>
+        <v>334</v>
       </c>
       <c r="O3" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B4" t="s">
-        <v>326</v>
+        <v>336</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>327</v>
+        <v>337</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>328</v>
+        <v>338</v>
       </c>
       <c r="H4" t="s">
-        <v>329</v>
+        <v>339</v>
       </c>
       <c r="I4" t="s">
-        <v>330</v>
+        <v>340</v>
       </c>
       <c r="J4" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="K4" t="s">
-        <v>332</v>
+        <v>342</v>
       </c>
       <c r="L4" t="s">
-        <v>333</v>
+        <v>343</v>
       </c>
       <c r="M4" t="s">
-        <v>334</v>
+        <v>344</v>
       </c>
       <c r="N4" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="O4" t="s">
-        <v>336</v>
+        <v>346</v>
       </c>
       <c r="P4" t="s">
-        <v>337</v>
+        <v>347</v>
       </c>
       <c r="Q4" t="s">
-        <v>338</v>
+        <v>348</v>
       </c>
       <c r="R4" t="s">
-        <v>339</v>
+        <v>349</v>
       </c>
       <c r="S4" t="s">
-        <v>340</v>
+        <v>350</v>
       </c>
       <c r="T4" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B5" t="s">
-        <v>342</v>
+        <v>352</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>343</v>
+        <v>353</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>344</v>
+        <v>354</v>
       </c>
       <c r="H5" t="s">
-        <v>345</v>
+        <v>355</v>
       </c>
       <c r="I5" t="s">
-        <v>346</v>
+        <v>356</v>
       </c>
       <c r="J5" t="s">
-        <v>347</v>
+        <v>357</v>
       </c>
       <c r="K5" t="s">
-        <v>348</v>
+        <v>358</v>
       </c>
       <c r="L5" t="s">
-        <v>349</v>
+        <v>359</v>
       </c>
       <c r="M5" t="s">
-        <v>350</v>
+        <v>360</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B6" t="s">
-        <v>351</v>
+        <v>361</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>352</v>
+        <v>362</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>353</v>
+        <v>363</v>
       </c>
       <c r="H6" t="s">
-        <v>354</v>
+        <v>364</v>
       </c>
       <c r="I6" t="s">
-        <v>355</v>
+        <v>365</v>
       </c>
       <c r="J6" t="s">
-        <v>356</v>
+        <v>366</v>
       </c>
       <c r="K6" t="s">
-        <v>357</v>
+        <v>367</v>
       </c>
       <c r="L6" t="s">
-        <v>358</v>
+        <v>368</v>
       </c>
       <c r="M6" t="s">
-        <v>359</v>
+        <v>369</v>
       </c>
       <c r="N6" t="s">
-        <v>360</v>
+        <v>370</v>
       </c>
       <c r="O6" t="s">
-        <v>361</v>
+        <v>371</v>
       </c>
       <c r="P6" t="s">
-        <v>362</v>
+        <v>372</v>
       </c>
       <c r="Q6" t="s">
-        <v>363</v>
+        <v>373</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B7" t="s">
-        <v>364</v>
+        <v>374</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
       <c r="H7" t="s">
-        <v>367</v>
+        <v>377</v>
       </c>
       <c r="I7" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="J7" t="s">
-        <v>369</v>
+        <v>379</v>
       </c>
       <c r="K7" t="s">
-        <v>370</v>
+        <v>380</v>
       </c>
       <c r="L7" t="s">
-        <v>371</v>
+        <v>381</v>
       </c>
       <c r="M7" t="s">
-        <v>372</v>
+        <v>382</v>
       </c>
       <c r="N7" t="s">
-        <v>373</v>
+        <v>383</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B8" t="s">
-        <v>374</v>
+        <v>384</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>375</v>
+        <v>385</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>376</v>
+        <v>386</v>
       </c>
       <c r="H8" t="s">
-        <v>377</v>
+        <v>387</v>
       </c>
       <c r="I8" t="s">
-        <v>378</v>
+        <v>388</v>
       </c>
       <c r="J8" t="s">
-        <v>379</v>
+        <v>389</v>
       </c>
       <c r="K8" t="s">
-        <v>380</v>
+        <v>390</v>
       </c>
       <c r="L8" t="s">
-        <v>381</v>
+        <v>391</v>
       </c>
       <c r="M8" t="s">
-        <v>382</v>
+        <v>392</v>
       </c>
       <c r="N8" t="s">
-        <v>383</v>
+        <v>393</v>
       </c>
       <c r="O8" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="P8" t="s">
-        <v>384</v>
+        <v>394</v>
       </c>
       <c r="Q8" t="s">
-        <v>385</v>
+        <v>395</v>
       </c>
       <c r="R8" t="s">
-        <v>386</v>
+        <v>396</v>
+      </c>
+      <c r="S8" t="s">
+        <v>397</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B9" t="s">
-        <v>387</v>
+        <v>398</v>
       </c>
       <c r="C9" t="s">
         <v>10</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>388</v>
+        <v>399</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>389</v>
+        <v>400</v>
       </c>
       <c r="H9" t="s">
-        <v>390</v>
+        <v>401</v>
       </c>
       <c r="I9" t="s">
-        <v>391</v>
+        <v>402</v>
       </c>
       <c r="J9" t="s">
-        <v>392</v>
+        <v>403</v>
       </c>
       <c r="K9" t="s">
-        <v>393</v>
+        <v>404</v>
       </c>
       <c r="L9" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="M9" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="N9" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="O9" t="s">
-        <v>397</v>
+        <v>408</v>
       </c>
       <c r="P9" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B10" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="H10" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="I10" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="J10" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="K10" t="s">
-        <v>404</v>
+        <v>415</v>
       </c>
       <c r="L10" t="s">
-        <v>405</v>
+        <v>416</v>
       </c>
       <c r="M10" t="s">
-        <v>406</v>
+        <v>417</v>
       </c>
       <c r="N10" t="s">
-        <v>407</v>
+        <v>418</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B11" t="s">
-        <v>408</v>
+        <v>419</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>409</v>
+        <v>420</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>410</v>
+        <v>421</v>
       </c>
       <c r="H11" t="s">
-        <v>411</v>
+        <v>422</v>
       </c>
       <c r="I11" t="s">
-        <v>412</v>
+        <v>423</v>
       </c>
       <c r="J11" t="s">
-        <v>413</v>
+        <v>424</v>
       </c>
       <c r="K11" t="s">
-        <v>414</v>
+        <v>425</v>
       </c>
       <c r="L11" t="s">
-        <v>415</v>
+        <v>426</v>
       </c>
       <c r="M11" t="s">
-        <v>416</v>
+        <v>427</v>
       </c>
       <c r="N11" t="s">
-        <v>417</v>
+        <v>428</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B12" t="s">
-        <v>418</v>
+        <v>429</v>
       </c>
       <c r="C12" t="s">
         <v>10</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>419</v>
+        <v>430</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>420</v>
+        <v>431</v>
       </c>
       <c r="H12" t="s">
-        <v>421</v>
+        <v>432</v>
       </c>
       <c r="I12" t="s">
-        <v>422</v>
+        <v>433</v>
       </c>
       <c r="J12" t="s">
-        <v>423</v>
+        <v>434</v>
       </c>
       <c r="K12" t="s">
-        <v>424</v>
+        <v>435</v>
       </c>
       <c r="L12" t="s">
-        <v>425</v>
+        <v>436</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B13" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
         <v>10</v>
       </c>
       <c r="E13" t="s">
-        <v>427</v>
+        <v>438</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
-        <v>428</v>
+        <v>439</v>
       </c>
       <c r="H13" t="s">
-        <v>429</v>
+        <v>440</v>
       </c>
       <c r="I13" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="J13" t="s">
-        <v>430</v>
+        <v>441</v>
       </c>
       <c r="K13" t="s">
-        <v>431</v>
+        <v>442</v>
       </c>
       <c r="L13" t="s">
-        <v>432</v>
+        <v>443</v>
       </c>
       <c r="M13" t="s">
-        <v>433</v>
+        <v>444</v>
       </c>
       <c r="N13" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="O13" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="P13" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
       <c r="Q13" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="R13" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="S13" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B14" t="s">
-        <v>440</v>
+        <v>451</v>
       </c>
       <c r="C14" t="s">
         <v>10</v>
       </c>
       <c r="D14" t="s">
         <v>10</v>
       </c>
       <c r="E14" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="F14" t="s">
         <v>10</v>
       </c>
       <c r="G14" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="H14" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
       <c r="I14" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="J14" t="s">
-        <v>320</v>
+        <v>330</v>
       </c>
       <c r="K14" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="L14" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="M14" t="s">
-        <v>447</v>
+        <v>458</v>
       </c>
       <c r="N14" t="s">
-        <v>448</v>
+        <v>459</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B15" t="s">
-        <v>449</v>
+        <v>460</v>
       </c>
       <c r="C15" t="s">
         <v>10</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
-        <v>450</v>
+        <v>461</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
-        <v>451</v>
+        <v>462</v>
       </c>
       <c r="H15" t="s">
-        <v>452</v>
+        <v>463</v>
       </c>
       <c r="I15" t="s">
-        <v>453</v>
+        <v>464</v>
       </c>
       <c r="J15" t="s">
-        <v>454</v>
+        <v>465</v>
       </c>
       <c r="K15" t="s">
-        <v>455</v>
+        <v>466</v>
       </c>
       <c r="L15" t="s">
-        <v>456</v>
+        <v>467</v>
       </c>
       <c r="M15" t="s">
-        <v>457</v>
+        <v>468</v>
       </c>
       <c r="N15" t="s">
-        <v>458</v>
+        <v>469</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B16" t="s">
-        <v>459</v>
+        <v>470</v>
       </c>
       <c r="C16" t="s">
         <v>10</v>
       </c>
       <c r="D16" t="s">
         <v>10</v>
       </c>
       <c r="E16" t="s">
-        <v>460</v>
+        <v>471</v>
       </c>
       <c r="F16" t="s">
         <v>10</v>
       </c>
       <c r="G16" t="s">
-        <v>461</v>
+        <v>472</v>
       </c>
       <c r="H16" t="s">
-        <v>462</v>
+        <v>473</v>
       </c>
       <c r="I16" t="s">
-        <v>463</v>
+        <v>474</v>
       </c>
       <c r="J16" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="K16" t="s">
-        <v>465</v>
+        <v>476</v>
       </c>
       <c r="L16" t="s">
-        <v>466</v>
+        <v>477</v>
       </c>
       <c r="M16" t="s">
-        <v>467</v>
+        <v>478</v>
       </c>
       <c r="N16" t="s">
-        <v>468</v>
+        <v>479</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B17" t="s">
-        <v>469</v>
+        <v>480</v>
       </c>
       <c r="C17" t="s">
         <v>10</v>
       </c>
       <c r="D17" t="s">
         <v>10</v>
       </c>
       <c r="E17" t="s">
-        <v>470</v>
+        <v>481</v>
       </c>
       <c r="F17" t="s">
         <v>10</v>
       </c>
       <c r="G17" t="s">
-        <v>471</v>
+        <v>482</v>
       </c>
       <c r="H17" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="I17" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="J17" t="s">
-        <v>473</v>
+        <v>484</v>
       </c>
       <c r="K17" t="s">
-        <v>474</v>
+        <v>485</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B18" t="s">
-        <v>475</v>
+        <v>486</v>
       </c>
       <c r="C18" t="s">
         <v>10</v>
       </c>
       <c r="D18" t="s">
         <v>10</v>
       </c>
       <c r="E18" t="s">
-        <v>476</v>
+        <v>487</v>
       </c>
       <c r="F18" t="s">
         <v>10</v>
       </c>
       <c r="G18" t="s">
-        <v>477</v>
+        <v>488</v>
       </c>
       <c r="H18" t="s">
-        <v>478</v>
+        <v>489</v>
       </c>
       <c r="I18" t="s">
-        <v>479</v>
+        <v>490</v>
       </c>
       <c r="J18" t="s">
-        <v>480</v>
+        <v>491</v>
       </c>
       <c r="K18" t="s">
-        <v>481</v>
+        <v>492</v>
       </c>
       <c r="L18" t="s">
-        <v>482</v>
+        <v>493</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B19" t="s">
-        <v>483</v>
+        <v>494</v>
       </c>
       <c r="C19" t="s">
         <v>10</v>
       </c>
       <c r="D19" t="s">
         <v>10</v>
       </c>
       <c r="E19" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
       <c r="F19" t="s">
         <v>10</v>
       </c>
       <c r="G19" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="H19" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="I19" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
       <c r="J19" t="s">
-        <v>464</v>
+        <v>475</v>
       </c>
       <c r="K19" t="s">
-        <v>488</v>
+        <v>499</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>302</v>
+        <v>312</v>
       </c>
       <c r="B20" t="s">
-        <v>489</v>
+        <v>500</v>
       </c>
       <c r="C20" t="s">
         <v>10</v>
       </c>
       <c r="D20" t="s">
         <v>10</v>
       </c>
       <c r="E20" t="s">
-        <v>490</v>
+        <v>501</v>
       </c>
       <c r="F20" t="s">
         <v>10</v>
       </c>
       <c r="G20" t="s">
-        <v>491</v>
+        <v>502</v>
       </c>
       <c r="H20" t="s">
-        <v>492</v>
+        <v>503</v>
       </c>
       <c r="I20" t="s">
-        <v>368</v>
+        <v>378</v>
       </c>
       <c r="J20" t="s">
-        <v>493</v>
+        <v>504</v>
       </c>
       <c r="K20" t="s">
-        <v>494</v>
+        <v>505</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B2" t="s">
-        <v>496</v>
+        <v>507</v>
       </c>
       <c r="C2" t="s">
-        <v>497</v>
+        <v>508</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>498</v>
+        <v>509</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>499</v>
+        <v>510</v>
       </c>
       <c r="H2" t="s">
-        <v>500</v>
+        <v>511</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B3" t="s">
-        <v>501</v>
+        <v>512</v>
       </c>
       <c r="C3" t="s">
-        <v>502</v>
+        <v>513</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>503</v>
+        <v>514</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>504</v>
+        <v>515</v>
       </c>
       <c r="H3" t="s">
-        <v>505</v>
+        <v>516</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B4" t="s">
-        <v>506</v>
+        <v>517</v>
       </c>
       <c r="C4" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>508</v>
+        <v>519</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>509</v>
+        <v>520</v>
       </c>
       <c r="H4" t="s">
-        <v>510</v>
+        <v>521</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B5" t="s">
-        <v>511</v>
+        <v>522</v>
       </c>
       <c r="C5" t="s">
-        <v>512</v>
+        <v>523</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>513</v>
+        <v>524</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>514</v>
+        <v>525</v>
       </c>
       <c r="H5" t="s">
-        <v>515</v>
+        <v>526</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B6" t="s">
-        <v>516</v>
+        <v>527</v>
       </c>
       <c r="C6" t="s">
         <v>10</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>517</v>
+        <v>528</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>518</v>
+        <v>529</v>
       </c>
       <c r="H6" t="s">
-        <v>519</v>
+        <v>530</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B7" t="s">
-        <v>520</v>
+        <v>531</v>
       </c>
       <c r="C7" t="s">
-        <v>521</v>
+        <v>532</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="H7" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B8" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="C8" t="s">
-        <v>526</v>
+        <v>537</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>527</v>
+        <v>538</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>528</v>
+        <v>539</v>
       </c>
       <c r="H8" t="s">
-        <v>529</v>
+        <v>540</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B9" t="s">
-        <v>530</v>
+        <v>541</v>
       </c>
       <c r="C9" t="s">
-        <v>531</v>
+        <v>542</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>532</v>
+        <v>543</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>533</v>
+        <v>544</v>
       </c>
       <c r="H9" t="s">
-        <v>534</v>
+        <v>545</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B10" t="s">
-        <v>535</v>
+        <v>546</v>
       </c>
       <c r="C10" t="s">
-        <v>536</v>
+        <v>547</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>537</v>
+        <v>548</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>538</v>
+        <v>549</v>
       </c>
       <c r="H10" t="s">
-        <v>539</v>
+        <v>550</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>495</v>
+        <v>506</v>
       </c>
       <c r="B11" t="s">
-        <v>540</v>
+        <v>551</v>
       </c>
       <c r="C11" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
       <c r="H11" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -3771,51 +3807,51 @@
       </c>
       <c r="D11" t="s">
         <v>62</v>
       </c>
       <c r="E11" t="s">
         <v>123</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
         <v>124</v>
       </c>
       <c r="H11" t="s">
         <v>125</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H17"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3944,129 +3980,129 @@
       </c>
       <c r="E6" t="s">
         <v>149</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
         <v>150</v>
       </c>
       <c r="H6" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>126</v>
       </c>
       <c r="B7" t="s">
         <v>152</v>
       </c>
       <c r="C7" t="s">
         <v>153</v>
       </c>
       <c r="D7" t="s">
+        <v>10</v>
+      </c>
+      <c r="E7" t="s">
         <v>154</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>10</v>
+      </c>
+      <c r="G7" t="s">
         <v>155</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>156</v>
-      </c>
-[...1 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>126</v>
       </c>
       <c r="B8" t="s">
+        <v>157</v>
+      </c>
+      <c r="C8" t="s">
         <v>158</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
+        <v>10</v>
+      </c>
+      <c r="E8" t="s">
         <v>159</v>
       </c>
-      <c r="D8" t="s">
+      <c r="F8" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" t="s">
         <v>160</v>
       </c>
-      <c r="E8" t="s">
+      <c r="H8" t="s">
         <v>161</v>
-      </c>
-[...7 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>126</v>
       </c>
       <c r="B9" t="s">
+        <v>162</v>
+      </c>
+      <c r="C9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D9" t="s">
         <v>164</v>
       </c>
-      <c r="C9" t="s">
+      <c r="E9" t="s">
         <v>165</v>
       </c>
-      <c r="D9" t="s">
-[...2 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G9" t="s">
         <v>166</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>167</v>
-      </c>
-[...1 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>126</v>
       </c>
       <c r="B10" t="s">
+        <v>168</v>
+      </c>
+      <c r="C10" t="s">
         <v>169</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="E10" t="s">
         <v>171</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
         <v>172</v>
       </c>
       <c r="H10" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>126</v>
       </c>
       <c r="B11" t="s">
         <v>174</v>
       </c>
       <c r="C11" t="s">
         <v>175</v>
       </c>
       <c r="D11" t="s">
@@ -4126,774 +4162,826 @@
       </c>
       <c r="E13" t="s">
         <v>186</v>
       </c>
       <c r="F13" t="s">
         <v>10</v>
       </c>
       <c r="G13" t="s">
         <v>187</v>
       </c>
       <c r="H13" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>126</v>
       </c>
       <c r="B14" t="s">
         <v>189</v>
       </c>
       <c r="C14" t="s">
         <v>190</v>
       </c>
       <c r="D14" t="s">
+        <v>10</v>
+      </c>
+      <c r="E14" t="s">
         <v>191</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>10</v>
+      </c>
+      <c r="G14" t="s">
         <v>192</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>193</v>
-      </c>
-[...1 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>126</v>
       </c>
       <c r="B15" t="s">
+        <v>194</v>
+      </c>
+      <c r="C15" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
       <c r="D15" t="s">
         <v>10</v>
       </c>
       <c r="E15" t="s">
         <v>196</v>
       </c>
       <c r="F15" t="s">
         <v>10</v>
       </c>
       <c r="G15" t="s">
         <v>197</v>
       </c>
       <c r="H15" t="s">
         <v>198</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>126</v>
+      </c>
+      <c r="B16" t="s">
+        <v>199</v>
+      </c>
+      <c r="C16" t="s">
+        <v>200</v>
+      </c>
+      <c r="D16" t="s">
+        <v>201</v>
+      </c>
+      <c r="E16" t="s">
+        <v>202</v>
+      </c>
+      <c r="F16" t="s">
+        <v>10</v>
+      </c>
+      <c r="G16" t="s">
+        <v>203</v>
+      </c>
+      <c r="H16" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>126</v>
+      </c>
+      <c r="B17" t="s">
+        <v>205</v>
+      </c>
+      <c r="C17" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" t="s">
+        <v>10</v>
+      </c>
+      <c r="E17" t="s">
+        <v>206</v>
+      </c>
+      <c r="F17" t="s">
+        <v>10</v>
+      </c>
+      <c r="G17" t="s">
+        <v>207</v>
+      </c>
+      <c r="H17" t="s">
+        <v>208</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H5"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="B2" t="s">
-        <v>200</v>
+        <v>210</v>
       </c>
       <c r="C2" t="s">
-        <v>201</v>
+        <v>211</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>203</v>
+        <v>213</v>
       </c>
       <c r="H2" t="s">
-        <v>204</v>
+        <v>214</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="B3" t="s">
-        <v>205</v>
+        <v>215</v>
       </c>
       <c r="C3" t="s">
-        <v>206</v>
+        <v>216</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>208</v>
+        <v>218</v>
       </c>
       <c r="H3" t="s">
-        <v>209</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="B4" t="s">
-        <v>210</v>
+        <v>220</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>211</v>
+        <v>221</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>212</v>
+        <v>222</v>
       </c>
       <c r="H4" t="s">
-        <v>213</v>
+        <v>223</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>199</v>
+        <v>209</v>
       </c>
       <c r="B5" t="s">
-        <v>214</v>
+        <v>224</v>
       </c>
       <c r="C5" t="s">
-        <v>215</v>
+        <v>225</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>216</v>
+        <v>226</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>217</v>
+        <v>227</v>
       </c>
       <c r="H5" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="B2" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="C2" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="D2" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="E2" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>224</v>
+        <v>234</v>
       </c>
       <c r="H2" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I12"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>226</v>
+        <v>236</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B2" t="s">
-        <v>228</v>
+        <v>238</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>10</v>
       </c>
       <c r="E2" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>230</v>
+        <v>240</v>
       </c>
       <c r="H2" t="s">
-        <v>231</v>
+        <v>241</v>
       </c>
       <c r="I2" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B3" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
       <c r="E3" t="s">
-        <v>229</v>
+        <v>239</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>234</v>
+        <v>244</v>
       </c>
       <c r="H3" t="s">
-        <v>235</v>
+        <v>245</v>
       </c>
       <c r="I3" t="s">
-        <v>232</v>
+        <v>242</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B4" t="s">
-        <v>236</v>
+        <v>246</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>10</v>
       </c>
       <c r="E4" t="s">
-        <v>237</v>
+        <v>247</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>238</v>
+        <v>248</v>
       </c>
       <c r="H4" t="s">
-        <v>239</v>
+        <v>249</v>
       </c>
       <c r="I4" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B5" t="s">
-        <v>241</v>
+        <v>251</v>
       </c>
       <c r="C5" t="s">
         <v>10</v>
       </c>
       <c r="D5" t="s">
         <v>10</v>
       </c>
       <c r="E5" t="s">
-        <v>242</v>
+        <v>252</v>
       </c>
       <c r="F5" t="s">
         <v>10</v>
       </c>
       <c r="G5" t="s">
-        <v>243</v>
+        <v>253</v>
       </c>
       <c r="H5" t="s">
-        <v>244</v>
+        <v>254</v>
       </c>
       <c r="I5" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B6" t="s">
-        <v>245</v>
+        <v>255</v>
       </c>
       <c r="C6" t="s">
-        <v>246</v>
+        <v>256</v>
       </c>
       <c r="D6" t="s">
         <v>10</v>
       </c>
       <c r="E6" t="s">
-        <v>247</v>
+        <v>257</v>
       </c>
       <c r="F6" t="s">
         <v>10</v>
       </c>
       <c r="G6" t="s">
-        <v>248</v>
+        <v>258</v>
       </c>
       <c r="H6" t="s">
-        <v>249</v>
+        <v>259</v>
       </c>
       <c r="I6" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B7" t="s">
-        <v>251</v>
+        <v>261</v>
       </c>
       <c r="C7" t="s">
         <v>10</v>
       </c>
       <c r="D7" t="s">
         <v>10</v>
       </c>
       <c r="E7" t="s">
-        <v>252</v>
+        <v>262</v>
       </c>
       <c r="F7" t="s">
         <v>10</v>
       </c>
       <c r="G7" t="s">
-        <v>253</v>
+        <v>263</v>
       </c>
       <c r="H7" t="s">
-        <v>254</v>
+        <v>264</v>
       </c>
       <c r="I7" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B8" t="s">
-        <v>255</v>
+        <v>265</v>
       </c>
       <c r="C8" t="s">
         <v>10</v>
       </c>
       <c r="D8" t="s">
         <v>10</v>
       </c>
       <c r="E8" t="s">
-        <v>256</v>
+        <v>266</v>
       </c>
       <c r="F8" t="s">
         <v>10</v>
       </c>
       <c r="G8" t="s">
-        <v>257</v>
+        <v>267</v>
       </c>
       <c r="H8" t="s">
-        <v>258</v>
+        <v>268</v>
       </c>
       <c r="I8" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B9" t="s">
-        <v>259</v>
+        <v>269</v>
       </c>
       <c r="C9" t="s">
-        <v>260</v>
+        <v>270</v>
       </c>
       <c r="D9" t="s">
         <v>10</v>
       </c>
       <c r="E9" t="s">
-        <v>261</v>
+        <v>271</v>
       </c>
       <c r="F9" t="s">
         <v>10</v>
       </c>
       <c r="G9" t="s">
-        <v>262</v>
+        <v>272</v>
       </c>
       <c r="H9" t="s">
-        <v>263</v>
+        <v>273</v>
       </c>
       <c r="I9" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B10" t="s">
-        <v>264</v>
+        <v>274</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
         <v>10</v>
       </c>
       <c r="E10" t="s">
-        <v>265</v>
+        <v>275</v>
       </c>
       <c r="F10" t="s">
         <v>10</v>
       </c>
       <c r="G10" t="s">
-        <v>266</v>
+        <v>276</v>
       </c>
       <c r="H10" t="s">
-        <v>267</v>
+        <v>277</v>
       </c>
       <c r="I10" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B11" t="s">
-        <v>268</v>
+        <v>278</v>
       </c>
       <c r="C11" t="s">
         <v>10</v>
       </c>
       <c r="D11" t="s">
         <v>10</v>
       </c>
       <c r="E11" t="s">
-        <v>269</v>
+        <v>279</v>
       </c>
       <c r="F11" t="s">
         <v>10</v>
       </c>
       <c r="G11" t="s">
-        <v>270</v>
+        <v>280</v>
       </c>
       <c r="H11" t="s">
-        <v>271</v>
+        <v>281</v>
       </c>
       <c r="I11" t="s">
-        <v>240</v>
+        <v>250</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>227</v>
+        <v>237</v>
       </c>
       <c r="B12" t="s">
-        <v>272</v>
+        <v>282</v>
       </c>
       <c r="C12" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="D12" t="s">
         <v>10</v>
       </c>
       <c r="E12" t="s">
-        <v>274</v>
+        <v>284</v>
       </c>
       <c r="F12" t="s">
         <v>10</v>
       </c>
       <c r="G12" t="s">
-        <v>275</v>
+        <v>285</v>
       </c>
       <c r="H12" t="s">
-        <v>276</v>
+        <v>286</v>
       </c>
       <c r="I12" t="s">
-        <v>250</v>
+        <v>260</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="B2" t="s">
-        <v>278</v>
+        <v>288</v>
       </c>
       <c r="C2" t="s">
-        <v>279</v>
+        <v>289</v>
       </c>
       <c r="D2" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="E2" t="s">
-        <v>202</v>
+        <v>212</v>
       </c>
       <c r="F2" t="s">
         <v>10</v>
       </c>
       <c r="G2" t="s">
-        <v>281</v>
+        <v>291</v>
       </c>
       <c r="H2" t="s">
-        <v>282</v>
+        <v>292</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="B3" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="C3" t="s">
-        <v>283</v>
+        <v>293</v>
       </c>
       <c r="D3" t="s">
-        <v>284</v>
+        <v>294</v>
       </c>
       <c r="E3" t="s">
-        <v>207</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>10</v>
       </c>
       <c r="G3" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="H3" t="s">
-        <v>286</v>
+        <v>296</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>277</v>
+        <v>287</v>
       </c>
       <c r="B4" t="s">
-        <v>287</v>
+        <v>297</v>
       </c>
       <c r="C4" t="s">
-        <v>288</v>
+        <v>298</v>
       </c>
       <c r="D4" t="s">
-        <v>289</v>
+        <v>299</v>
       </c>
       <c r="E4" t="s">
-        <v>290</v>
+        <v>300</v>
       </c>
       <c r="F4" t="s">
         <v>10</v>
       </c>
       <c r="G4" t="s">
-        <v>291</v>
+        <v>301</v>
       </c>
       <c r="H4" t="s">
-        <v>292</v>
+        <v>302</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>