--- v0 (2025-11-25)
+++ v1 (2026-01-16)
@@ -1,5965 +1,733 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
-[...7 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet14.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide méthodologique" r:id="rId3" sheetId="1"/>
-[...12 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId16" sheetId="14"/>
+    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Health technology assess" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Studies and Reports" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Drugs" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Web page" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide méthodologique'!$B$1:$H$1</definedName>
-[...12 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="13" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2919" uniqueCount="1939">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="309" uniqueCount="204">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide méthodologique</t>
-[...11 lines deleted...]
-    <t>14/10/2020 13:44:00</t>
+    <t>Public Health guideline</t>
+  </si>
+  <si>
+    <t>Evaluation of human papillomavirus (HPV) tests for primary screening of precancerous and cancerous lesions of the cervix and the role of p16/Ki67 dual immunostaining</t>
+  </si>
+  <si>
+    <t>Since the decree of May 4, 2018, screening for cervical cancer has been based on a national organized screening program. In view of the evolution of the CCU screening context in France and the availability of new scientific data, the Directorate General of Health wanted the HAS to assess the place of the HPV test as well as the use of double immuno-labeling p16 / Ki67 in the primary screening strategy for precancerous and cancerous lesions of the CCU.</t>
+  </si>
+  <si>
+    <t>07/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>07/11/2019 17:51:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3318028/fr/grille-descriptive-des-fonctionnalites-des-dispositifs-medicaux-embarquant-un-systeme-avec-apprentissage-automatique-intelligence-artificielle</t>
-[...1373 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3223570/fr/sexe-genre-et-sante-rapport-d-analyse-prospective-2020</t>
+    <t>https://www.has-sante.fr/jcms/c_2806160/en/evaluation-of-human-papillomavirus-hpv-tests-for-primary-screening-of-precancerous-and-cancerous-lesions-of-the-cervix-and-the-role-of-p16/ki67-dual-immunostaining</t>
+  </si>
+  <si>
+    <t>c_2806160</t>
+  </si>
+  <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
+    <t>Day surgery tariffs in France and in other countries : Current situation and future prospects</t>
+  </si>
+  <si>
+    <t>Day surgery allows the patient to return home the same day of surgery. This practice highly developed in many European countries and became a large majority of surgery, while it still represents only 40 % of total surgeries in France. To encourage the development of day surgery, a single tariff between day and conventional surgery was introduced by the French government from 2009. Initially for 18 surgical procedures, its scope has gradually extended to apply to 47 procedures in 2013.</t>
+  </si>
+  <si>
+    <t>06/12/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>09/30/2013 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1649573/en/day-surgery-tariffs-in-france-and-in-other-countries-current-situation-and-future-prospects</t>
+  </si>
+  <si>
+    <t>c_1649573</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Assessment of oocyte/embryo vitrification and warming procedures - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The Haute Autorité de santé (HAS [French National Authority for Health]) has decided to assess oocyte and embryo vitrification and warming procedures in order to be able to rule on the appropriateness of including them in the NABM (Nomenclature of Procedures in Laboratory Medicine)</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/26/2017 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749002/en/assessment-of-oocyte/embryo-vitrification-and-warming-procedures-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2749002</t>
+  </si>
+  <si>
+    <t>Ultrasound guidance for peripheral nerve blockade</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>03/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>03/07/2014 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1701952/en/ultrasound-guidance-for-peripheral-nerve-blockade</t>
+  </si>
+  <si>
+    <t>c_1701952</t>
+  </si>
+  <si>
+    <t>Organisational impact map for health technology assessment</t>
+  </si>
+  <si>
+    <t>To better document the organisational impact of an application for assessment of a medicinal product, medical device, or diagnostic or therapeutic procedure, the HAS has drawn up a methodology guide. It sets out a map used to define the organisational impacts created by health technologies and proposes criteria to measure their effects or justify them.</t>
+  </si>
+  <si>
+    <t>12/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/31/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2902770/en/organisational-impact-map-for-health-technology-assessment</t>
+  </si>
+  <si>
+    <t>c_2902770</t>
+  </si>
+  <si>
+    <t>Nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD) - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Assess the diagnostic performances and the clinical usefulness of nasal nitric oxide (NO) measurement as a diagnostic test for primary ciliary dyskinesia (PCD), and describe the practice requirements for the test, in view of its reimbursement by the National Health Insurance</t>
+  </si>
+  <si>
+    <t>09/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>09/16/2020 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3169291/en/nasal-nitric-oxide-no-measurement-as-a-diagnostic-test-for-primary-ciliary-dyskinesia-pcd-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3169291</t>
+  </si>
+  <si>
+    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The aim of this work is to evaluate the detection of C. difficile glutamate dehydrogenase using an enzyme immunoassay or immunochromatography method and the detection of this bacterium’s deoxyribonucleic acid, more specifically that which codes the toxins A and/or B, using a nucleic acid amplification test (NAAT). This study was conducted with a view to inclusion in the List of Procedures in Laboratory Medicine reimbursed by the national health insurance system in France</t>
+  </si>
+  <si>
+    <t>07/20/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>07/28/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+  </si>
+  <si>
+    <t>c_2607794</t>
+  </si>
+  <si>
+    <t>Studies and Reports</t>
+  </si>
+  <si>
+    <t>Sex, gender and health – Prospective analysis report 2020</t>
+  </si>
+  <si>
+    <t>The analysis drawn by HAS explores why sex and gender should be considered in health. 10 proposals are formulated based on these findings to make such consideration a lever for improving the health of women, men, intersex people and trans people. HAS also makes a commitment to advance on this matter, within the framework of its missions.</t>
+  </si>
+  <si>
+    <t>10/15/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>12/14/2020 15:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3223570/en/sex-gender-and-health-prospective-analysis-report-2020</t>
   </si>
   <si>
     <t>p_3223570</t>
   </si>
   <si>
-    <t>Recommandation vaccinale</t>
-[...1781 lines deleted...]
-    <t>Médicament</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ENCEPUR (virus de l'encéphalite à tiques souche K23)</t>
   </si>
   <si>
-    <t>07/05/2020 14:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2985275/fr/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
+    <t>05/07/2020 14:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985275/en/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
   </si>
   <si>
     <t>pprd_2985275</t>
   </si>
   <si>
     <t>virus de l'encéphalite à tiques souche K23</t>
   </si>
   <si>
     <t>GLAXOSMITHKLINE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_954798/fr/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3182785/fr/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
+    <t>https://www.has-sante.fr/jcms/c_954798/en/encepur</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182785/en/encepur-virus-de-l-encephalite-a-tiques-souche-k23</t>
   </si>
   <si>
     <t>TICOVAC (virus de l'encéphalite à tiques inactivé (souche Neudoerfl))</t>
   </si>
   <si>
-    <t>21/10/2015 17:13:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984382/fr/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+    <t>10/21/2015 17:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984382/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
   </si>
   <si>
     <t>pprd_2984382</t>
   </si>
   <si>
     <t>virus de l'encéphalite à tiques inactivé (souche Neudoerfl)</t>
   </si>
   <si>
     <t>PFIZER</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399168/fr/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
-[...23 lines deleted...]
-    <t>loxapine (succinate de)</t>
+    <t>https://www.has-sante.fr/jcms/c_399168/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401034/en/ticovac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_401035/en/ticovac</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2561552/en/ticovac-virus-de-l-encephalite-a-tiques-inactive-souche-neudoerfl</t>
+  </si>
+  <si>
+    <t>LEVEMIR (insuline détémir)</t>
+  </si>
+  <si>
+    <t>03/03/2017 15:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983903/en/levemir-insuline-detemir</t>
+  </si>
+  <si>
+    <t>pprd_2983903</t>
+  </si>
+  <si>
+    <t>insuline détémir</t>
+  </si>
+  <si>
+    <t>NOVO NORDISK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400209/en/levemir-penfill-100u/ml-solution-injectable-en-cartouches-boite-de-5-levemir-flexpen-100u/ml-solution-injectable-en-stylos-pre-remplis-boite-de-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598147/en/levemir-penfill-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1277937/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719432/en/levemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2022087/en/levemir-penfill-flexpen-innolet-insuline-detemir</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679437/en/levemir-insulin-detemir-long-acting-human-insulin-analogue</t>
+  </si>
+  <si>
+    <t>SPIKEVAX (élasoméran/davesoméran/andusoméran)</t>
+  </si>
+  <si>
+    <t>10/06/2023 09:10:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466459/en/spikevax-elasomeran/davesomeran/andusomeran</t>
+  </si>
+  <si>
+    <t>p_3466459</t>
+  </si>
+  <si>
+    <t>élasoméran (monovalent),élasoméran/davésoméran (bivalent),andusoméran (monovalent)</t>
+  </si>
+  <si>
+    <t>MODERNA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3466353/en/spikevax-elasomeran-/-davesomeran-/-andusomeran-covid-19</t>
+  </si>
+  <si>
+    <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
+  </si>
+  <si>
+    <t>07/11/2025 17:46:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635682/en/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
+  </si>
+  <si>
+    <t>p_3635682</t>
+  </si>
+  <si>
+    <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3635500/en/qdenga-dengue-tetravalent-vaccine-live-attenuated-dengue-tetravalent-vaccine</t>
+  </si>
+  <si>
+    <t>KYMRIAH</t>
+  </si>
+  <si>
+    <t>10/23/2023 08:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982962/en/kymriah</t>
+  </si>
+  <si>
+    <t>pprd_2982962</t>
+  </si>
+  <si>
+    <t>tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891689/en/kymriah-tisagenlecleucel-anti-cd19-car-t</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2891692/en/kymriah-tisagenlecleucel-anti-cd19-car-t</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262256/en/kymriah-lal-a-cellules-b-refractaire-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262259/en/kymriah-ldgcb-tisagenlecleucel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3348719/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3396024/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3451606/en/kymriah-tisagenlecleucel-lymphome-folliculaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467532/en/kymriah-tisagenlecleucel-diffuse-large-b-cell-lymphoma-dlbcl</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3467523/en/kymriah-tisagenlecleucel-b-cell-acute-lymphoblastic-leukaemia-all-that-is-refractory</t>
+  </si>
+  <si>
+    <t>ZOLGENSMA (onasemnogene abeparvovec)</t>
+  </si>
+  <si>
+    <t>05/25/2023 14:10:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225241/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>p_3225241</t>
+  </si>
+  <si>
+    <t>onasemnogène abéparvovec</t>
+  </si>
+  <si>
+    <t>NOVARTIS PHARMA SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224937/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291799/en/zolgensma-onasemnogene-abeparvovec</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442932/en/zolgensma-onasemnogene-abeparvovec-spinal-muscular-atrophy-sma</t>
+  </si>
+  <si>
+    <t>LENVIMA (lenvatinib)</t>
+  </si>
+  <si>
+    <t>03/14/2023 12:33:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984289/en/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>pprd_2984289</t>
+  </si>
+  <si>
+    <t>lenvatinib</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_398993/fr/loxapac-50-mg-comprime-pellicule-b/30</t>
-[...986 lines deleted...]
-    <t>talquetamab</t>
+    <t>https://www.has-sante.fr/jcms/c_2581320/en/lenvima-lenvatinib-protein-kinase-inhibitor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113418/en/lenvima-lenvatinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3325606/en/lenvima-lenvatinib-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334582/en/lenvima-lenvatinib-carcinome-endometrial</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3420695/en/lenvima-lenvatinib-cancer-de-l-endometre</t>
+  </si>
+  <si>
+    <t>FLUAD TETRA, vaccin antigrippal</t>
+  </si>
+  <si>
+    <t>09/02/2022 17:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3314222/en/fluad-tetra-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>p_3314222</t>
+  </si>
+  <si>
+    <t>antigènes de surface du virus de la grippe, inactivé, souche A/Cambodia/e0826360/2020 (H3N2) - souche analogue (A/Cambodia/e0826360/2020 IVR-224),antigènes de surface du virus de la grippe, inactivé, souche A/Victoria/2570/2019 (H1N1)pdm09 - souche analogue (A/Victoria/2570/2019 IVR-215),antigènes de surface du virus de la grippe, inactivé, souche B/Phuket/3073/2013 - souche analogue (B/Phuket/3073/2013 BVR-1B),antigènes de surface du virus de la grippe, inactivé, souche B/Washington/02/2019 - souche analogue (B/Victoria/705/2018 BVR-11)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313597/en/fluad-tetra-antigenes-de-surface-du-virus-de-la-grippe-inactive-prevention-de-la-grippe-65-ans-et</t>
+  </si>
+  <si>
+    <t>MOZOBIL (plérixafor)</t>
+  </si>
+  <si>
+    <t>03/18/2020 17:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984625/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>pprd_2984625</t>
+  </si>
+  <si>
+    <t>plérixafor</t>
+  </si>
+  <si>
+    <t>SANOFI-AVENTIS FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_903961/en/mozobil</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006720/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3164681/en/mozobil-plerixafor</t>
+  </si>
+  <si>
+    <t>JEVTANA (cabazitaxel)</t>
+  </si>
+  <si>
+    <t>01/14/2019 11:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982943/en/jevtana-cabazitaxel</t>
+  </si>
+  <si>
+    <t>pprd_2982943</t>
+  </si>
+  <si>
+    <t>cabazitaxel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1118594/en/jevtana</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1340463/en/jevtana</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893472/en/jevtana-cabazitaxel</t>
+  </si>
+  <si>
+    <t>ZYTIGA (acétate d’abiratérone), inhibiteur de la synthèse des androgènes</t>
+  </si>
+  <si>
+    <t>08/27/2018 14:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983234/en/zytiga-acetate-d-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>pprd_2983234</t>
+  </si>
+  <si>
+    <t>acétate d'abiratérone</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3520176/fr/talvey-talquetamab-myelome-multiple</t>
-[...959 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2723461/fr/flolan-epoprostenol-sodique</t>
+    <t>https://www.has-sante.fr/jcms/c_1231590/en/zytiga</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1622341/en/zytiga-abiraterone-inhibiteur-de-la-synthese-des-androgenes</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044345/en/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755479/en/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2755491/en/zytiga-acetate-d-abiraterone/-abiraterone-acetate-d-/-abiterone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857377/en/zytiga-abiraterone-acetate-androgen-synthesis-inhibitor</t>
   </si>
   <si>
     <t>TARGINACT (oxycodone (chlorhydrate d')/ naloxone (chlorhydrate de) dihydraté)</t>
   </si>
   <si>
     <t>09/09/2016 15:03:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/pprd_2984173/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
+    <t>https://www.has-sante.fr/jcms/pprd_2984173/en/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
   </si>
   <si>
     <t>pprd_2984173</t>
   </si>
   <si>
     <t>oxycodone (chlorhydrate d'),naloxone (chlorhydrate de) dihydraté</t>
   </si>
   <si>
     <t>MUNDIPHARMA SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1189043/fr/targinact-oxycodone-chlorhydrate-d-/-naloxone-chlorhydrate-de-dihydrate</t>
-[...368 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
+    <t>https://www.has-sante.fr/jcms/c_1189043/en/targinact</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2040129/en/targinact-oxycodone/naloxone-opioid-agonist-antagonist-combination</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2617874/en/targinact-oxycodone/naloxone-opioid-analgesic-and-antagonist</t>
+  </si>
+  <si>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>Work programme HAS</t>
+  </si>
+  <si>
+    <t>HAS’s work programme is defined each year at the end of a programming procedure carried out in consultation with the Ministry of Solidarity and Health and the National Health Insurance fund.</t>
+  </si>
+  <si>
+    <t>01/18/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
   </si>
   <si>
     <t>c_1267303</t>
   </si>
   <si>
-    <t>Dotation financière pour l’amélioration de la qualité</t>
-[...110 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2787338/fr/declarer-les-evenements-indesirables-graves-associes-aux-soins-eigs</t>
+    <t>Serious Adverse Events in France: a Reporting and Learning System</t>
+  </si>
+  <si>
+    <t>The French National Authority for Health (HAS) is in charge of collecting and analyzing data on serious adverse events related to health care (SAE-HC) to give practical recommendations for improving patient safety at a national level.</t>
+  </si>
+  <si>
+    <t>01/20/2022 16:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2787338/en/serious-adverse-events-in-france-a-reporting-and-learning-system</t>
   </si>
   <si>
     <t>c_2787338</t>
-  </si>
-[...70 lines deleted...]
-    <t>p_3536485</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId15" Target="worksheets/sheet13.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId16" Target="worksheets/sheet14.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -6025,9454 +793,980 @@
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>22</v>
       </c>
       <c r="C4" t="s">
         <v>23</v>
       </c>
       <c r="D4" t="s">
         <v>24</v>
       </c>
       <c r="E4" t="s">
         <v>25</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>26</v>
       </c>
       <c r="H4" t="s">
         <v>27</v>
       </c>
     </row>
-    <row r="5">
-[...24 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>857</v>
+        <v>28</v>
       </c>
       <c r="B2" t="s">
-        <v>858</v>
+        <v>29</v>
       </c>
       <c r="C2" t="s">
-        <v>859</v>
+        <v>30</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="E2" t="s">
-        <v>860</v>
+        <v>32</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>861</v>
+        <v>33</v>
       </c>
       <c r="H2" t="s">
-        <v>862</v>
+        <v>34</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>857</v>
+        <v>28</v>
       </c>
       <c r="B3" t="s">
-        <v>863</v>
+        <v>35</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="E3" t="s">
-        <v>864</v>
+        <v>38</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>865</v>
+        <v>39</v>
       </c>
       <c r="H3" t="s">
-        <v>866</v>
+        <v>40</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>857</v>
+        <v>28</v>
       </c>
       <c r="B4" t="s">
-        <v>867</v>
+        <v>41</v>
       </c>
       <c r="C4" t="s">
-        <v>868</v>
+        <v>42</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>43</v>
       </c>
       <c r="E4" t="s">
-        <v>869</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>870</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>871</v>
+        <v>46</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B5" t="s">
+        <v>47</v>
+      </c>
+      <c r="C5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H5" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>28</v>
+      </c>
+      <c r="B6" t="s">
+        <v>53</v>
+      </c>
+      <c r="C6" t="s">
+        <v>54</v>
+      </c>
+      <c r="D6" t="s">
+        <v>55</v>
+      </c>
+      <c r="E6" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>57</v>
+      </c>
+      <c r="H6" t="s">
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>872</v>
+        <v>59</v>
       </c>
       <c r="B2" t="s">
-        <v>873</v>
+        <v>60</v>
       </c>
       <c r="C2" t="s">
-        <v>874</v>
+        <v>61</v>
       </c>
       <c r="D2" t="s">
-        <v>875</v>
+        <v>62</v>
       </c>
       <c r="E2" t="s">
-        <v>876</v>
+        <v>63</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>877</v>
+        <v>64</v>
       </c>
       <c r="H2" t="s">
-        <v>878</v>
-[...727 lines deleted...]
-        <v>1041</v>
+        <v>65</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:T14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>66</v>
+      </c>
+      <c r="J1" t="s">
+        <v>67</v>
+      </c>
+      <c r="K1" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1042</v>
+        <v>69</v>
       </c>
       <c r="B2" t="s">
-        <v>1043</v>
+        <v>70</v>
       </c>
       <c r="C2" t="s">
-        <v>1044</v>
+        <v>13</v>
       </c>
       <c r="D2" t="s">
-        <v>1045</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>860</v>
+        <v>71</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>1046</v>
+        <v>72</v>
       </c>
       <c r="H2" t="s">
-        <v>1047</v>
+        <v>73</v>
+      </c>
+      <c r="I2" t="s">
+        <v>74</v>
+      </c>
+      <c r="J2" t="s">
+        <v>75</v>
+      </c>
+      <c r="K2" t="s">
+        <v>76</v>
+      </c>
+      <c r="L2" t="s">
+        <v>77</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1042</v>
+        <v>69</v>
       </c>
       <c r="B3" t="s">
-        <v>1048</v>
+        <v>78</v>
       </c>
       <c r="C3" t="s">
-        <v>1049</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>1050</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>1051</v>
+        <v>79</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>1052</v>
+        <v>80</v>
       </c>
       <c r="H3" t="s">
-        <v>1053</v>
+        <v>81</v>
+      </c>
+      <c r="I3" t="s">
+        <v>82</v>
+      </c>
+      <c r="J3" t="s">
+        <v>83</v>
+      </c>
+      <c r="K3" t="s">
+        <v>84</v>
+      </c>
+      <c r="L3" t="s">
+        <v>85</v>
+      </c>
+      <c r="M3" t="s">
+        <v>86</v>
+      </c>
+      <c r="N3" t="s">
+        <v>87</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1042</v>
+        <v>69</v>
       </c>
       <c r="B4" t="s">
-        <v>1054</v>
+        <v>88</v>
       </c>
       <c r="C4" t="s">
-        <v>1055</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>1056</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>1057</v>
+        <v>89</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>1058</v>
+        <v>90</v>
       </c>
       <c r="H4" t="s">
-        <v>1059</v>
+        <v>91</v>
+      </c>
+      <c r="I4" t="s">
+        <v>92</v>
+      </c>
+      <c r="J4" t="s">
+        <v>93</v>
+      </c>
+      <c r="K4" t="s">
+        <v>94</v>
+      </c>
+      <c r="L4" t="s">
+        <v>95</v>
+      </c>
+      <c r="M4" t="s">
+        <v>96</v>
+      </c>
+      <c r="N4" t="s">
+        <v>97</v>
+      </c>
+      <c r="O4" t="s">
+        <v>98</v>
+      </c>
+      <c r="P4" t="s">
+        <v>99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1042</v>
+        <v>69</v>
       </c>
       <c r="B5" t="s">
-        <v>1060</v>
+        <v>100</v>
       </c>
       <c r="C5" t="s">
-        <v>1061</v>
+        <v>13</v>
       </c>
       <c r="D5" t="s">
-        <v>1062</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>1063</v>
+        <v>101</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>1064</v>
+        <v>102</v>
       </c>
       <c r="H5" t="s">
-        <v>1065</v>
-[...203 lines deleted...]
-        <v>1101</v>
+        <v>103</v>
       </c>
       <c r="I5" t="s">
-        <v>1102</v>
+        <v>104</v>
       </c>
       <c r="J5" t="s">
-        <v>1103</v>
+        <v>105</v>
       </c>
       <c r="K5" t="s">
-        <v>1104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B6" t="s">
-        <v>1105</v>
+        <v>107</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>1106</v>
+        <v>108</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>1107</v>
+        <v>109</v>
       </c>
       <c r="H6" t="s">
-        <v>1108</v>
+        <v>110</v>
       </c>
       <c r="I6" t="s">
-        <v>1109</v>
+        <v>111</v>
       </c>
       <c r="J6" t="s">
-        <v>1092</v>
+        <v>112</v>
       </c>
       <c r="K6" t="s">
-        <v>1110</v>
-[...11 lines deleted...]
-        <v>1114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B7" t="s">
-        <v>1115</v>
+        <v>114</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>1116</v>
+        <v>115</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>1117</v>
+        <v>116</v>
       </c>
       <c r="H7" t="s">
-        <v>1118</v>
+        <v>117</v>
       </c>
       <c r="I7" t="s">
-        <v>1119</v>
+        <v>118</v>
       </c>
       <c r="J7" t="s">
-        <v>1120</v>
+        <v>119</v>
       </c>
       <c r="K7" t="s">
-        <v>1121</v>
+        <v>120</v>
       </c>
       <c r="L7" t="s">
-        <v>1122</v>
+        <v>121</v>
       </c>
       <c r="M7" t="s">
-        <v>1123</v>
+        <v>122</v>
+      </c>
+      <c r="N7" t="s">
+        <v>123</v>
+      </c>
+      <c r="O7" t="s">
+        <v>124</v>
+      </c>
+      <c r="P7" t="s">
+        <v>123</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>125</v>
+      </c>
+      <c r="R7" t="s">
+        <v>126</v>
+      </c>
+      <c r="S7" t="s">
+        <v>127</v>
+      </c>
+      <c r="T7" t="s">
+        <v>128</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B8" t="s">
-        <v>1124</v>
+        <v>129</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>1125</v>
+        <v>130</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>1126</v>
+        <v>131</v>
       </c>
       <c r="H8" t="s">
-        <v>1127</v>
+        <v>132</v>
       </c>
       <c r="I8" t="s">
-        <v>1128</v>
+        <v>133</v>
       </c>
       <c r="J8" t="s">
-        <v>1129</v>
+        <v>134</v>
       </c>
       <c r="K8" t="s">
-        <v>1130</v>
+        <v>135</v>
       </c>
       <c r="L8" t="s">
-        <v>1131</v>
+        <v>136</v>
       </c>
       <c r="M8" t="s">
-        <v>1132</v>
-[...14 lines deleted...]
-        <v>1137</v>
+        <v>137</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B9" t="s">
-        <v>1138</v>
+        <v>138</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>1139</v>
+        <v>139</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>1140</v>
+        <v>140</v>
       </c>
       <c r="H9" t="s">
-        <v>1141</v>
+        <v>141</v>
       </c>
       <c r="I9" t="s">
-        <v>1142</v>
+        <v>142</v>
       </c>
       <c r="J9" t="s">
-        <v>1143</v>
+        <v>143</v>
       </c>
       <c r="K9" t="s">
-        <v>1144</v>
+        <v>144</v>
       </c>
       <c r="L9" t="s">
-        <v>1145</v>
+        <v>145</v>
       </c>
       <c r="M9" t="s">
-        <v>1146</v>
+        <v>146</v>
+      </c>
+      <c r="N9" t="s">
+        <v>147</v>
+      </c>
+      <c r="O9" t="s">
+        <v>148</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B10" t="s">
-        <v>1147</v>
+        <v>149</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>1148</v>
+        <v>150</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>1149</v>
+        <v>151</v>
       </c>
       <c r="H10" t="s">
-        <v>1150</v>
+        <v>152</v>
       </c>
       <c r="I10" t="s">
-        <v>1151</v>
+        <v>153</v>
       </c>
       <c r="J10" t="s">
-        <v>1152</v>
+        <v>13</v>
       </c>
       <c r="K10" t="s">
-        <v>1153</v>
-[...14 lines deleted...]
-        <v>1158</v>
+        <v>154</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B11" t="s">
-        <v>1159</v>
+        <v>155</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>1160</v>
+        <v>156</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>1161</v>
+        <v>157</v>
       </c>
       <c r="H11" t="s">
-        <v>1162</v>
+        <v>158</v>
       </c>
       <c r="I11" t="s">
-        <v>1163</v>
+        <v>159</v>
       </c>
       <c r="J11" t="s">
-        <v>1164</v>
+        <v>160</v>
       </c>
       <c r="K11" t="s">
-        <v>1165</v>
+        <v>161</v>
       </c>
       <c r="L11" t="s">
-        <v>1166</v>
+        <v>162</v>
       </c>
       <c r="M11" t="s">
-        <v>1167</v>
-[...23 lines deleted...]
-        <v>1175</v>
+        <v>163</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B12" t="s">
-        <v>1176</v>
+        <v>164</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>1177</v>
+        <v>165</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>1178</v>
+        <v>166</v>
       </c>
       <c r="H12" t="s">
-        <v>1179</v>
+        <v>167</v>
       </c>
       <c r="I12" t="s">
-        <v>1180</v>
+        <v>168</v>
       </c>
       <c r="J12" t="s">
-        <v>1181</v>
+        <v>160</v>
       </c>
       <c r="K12" t="s">
-        <v>1182</v>
+        <v>169</v>
+      </c>
+      <c r="L12" t="s">
+        <v>170</v>
+      </c>
+      <c r="M12" t="s">
+        <v>171</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B13" t="s">
-        <v>1183</v>
+        <v>172</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>1184</v>
+        <v>173</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>1185</v>
+        <v>174</v>
       </c>
       <c r="H13" t="s">
-        <v>1186</v>
+        <v>175</v>
       </c>
       <c r="I13" t="s">
-        <v>1102</v>
+        <v>176</v>
       </c>
       <c r="J13" t="s">
-        <v>1129</v>
+        <v>177</v>
       </c>
       <c r="K13" t="s">
-        <v>1187</v>
+        <v>178</v>
       </c>
       <c r="L13" t="s">
-        <v>1188</v>
+        <v>179</v>
       </c>
       <c r="M13" t="s">
-        <v>1189</v>
+        <v>180</v>
       </c>
       <c r="N13" t="s">
-        <v>1190</v>
+        <v>181</v>
       </c>
       <c r="O13" t="s">
-        <v>1191</v>
+        <v>182</v>
       </c>
       <c r="P13" t="s">
-        <v>1192</v>
-[...2 lines deleted...]
-        <v>1193</v>
+        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1068</v>
+        <v>69</v>
       </c>
       <c r="B14" t="s">
-        <v>1194</v>
+        <v>184</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>1195</v>
+        <v>185</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>1196</v>
+        <v>186</v>
       </c>
       <c r="H14" t="s">
-        <v>1197</v>
+        <v>187</v>
       </c>
       <c r="I14" t="s">
-        <v>1198</v>
+        <v>188</v>
       </c>
       <c r="J14" t="s">
-        <v>1199</v>
+        <v>189</v>
       </c>
       <c r="K14" t="s">
-        <v>1200</v>
+        <v>190</v>
       </c>
       <c r="L14" t="s">
-        <v>1201</v>
+        <v>191</v>
       </c>
       <c r="M14" t="s">
-        <v>1202</v>
-[...2711 lines deleted...]
-        <v>1829</v>
+        <v>192</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
-[...2875 lines deleted...]
-
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-[...468 lines deleted...]
-<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>528</v>
+        <v>193</v>
       </c>
       <c r="B2" t="s">
-        <v>529</v>
+        <v>194</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>195</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>530</v>
+        <v>196</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>531</v>
+        <v>197</v>
       </c>
       <c r="H2" t="s">
-        <v>532</v>
+        <v>198</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>528</v>
+        <v>193</v>
       </c>
       <c r="B3" t="s">
-        <v>533</v>
+        <v>199</v>
       </c>
       <c r="C3" t="s">
-        <v>534</v>
+        <v>200</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>535</v>
+        <v>201</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>536</v>
+        <v>202</v>
       </c>
       <c r="H3" t="s">
-        <v>537</v>
-[...1535 lines deleted...]
-        <v>856</v>
+        <v>203</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>