--- v0 (2025-10-22)
+++ v1 (2026-01-30)
@@ -1,931 +1,3751 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet9.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet10.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet11.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet12.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...4 lines deleted...]
-    <sheet name="Export Web page" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Guide usagers" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Communiqué de presse" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId8" sheetId="6"/>
+    <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId10" sheetId="8"/>
+    <sheet name="Export Études et Rapports" r:id="rId11" sheetId="9"/>
+    <sheet name="Export Outil d'amélioration des" r:id="rId12" sheetId="10"/>
+    <sheet name="Export Medicament" r:id="rId13" sheetId="11"/>
+    <sheet name="Export Article HAS" r:id="rId14" sheetId="12"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...4 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Web page'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Guide usagers'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Études et Rapports'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Outil d''amélioration des'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="10" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="11" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="413" uniqueCount="269">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2038" uniqueCount="1203">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>06/23/2025 15:46:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage du déficit en biotinidase et de la galactosémie : Évaluation a priori de l’opportunité d’un dépistage à la naissance en population générale en France</t>
+  </si>
+  <si>
+    <t>Le déficit en biotinidase et la galactosémie sont deux maladies liées à un déficit enzymatique, pouvant entrainer des symptômes cliniques graves pour le nourrisson en l’absence de traitement. À l’issue de son évaluation, la Haute Autorité de santé recommande aux pouvoirs publics d’intégrer le déficit en biotinidase et la galactosémie dans le programme national de dépistage néonatal, et développe les modalités de mise en œuvre.</t>
+  </si>
+  <si>
+    <t>25/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:59:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3458472/en/assessment-of-the-national-newborn-screening-programme-for-permanent-hearing-loss-screening-strategy-and-test-performance</t>
+    <t>https://www.has-sante.fr/jcms/p_3586427/fr/depistage-du-deficit-en-biotinidase-et-de-la-galactosemie-evaluation-a-priori-de-l-opportunite-d-un-depistage-a-la-naissance-en-population-generale-en-france</t>
+  </si>
+  <si>
+    <t>p_3586427</t>
+  </si>
+  <si>
+    <t>Évaluation du programme national de dépistage de la surdité permanente néonatale. Stratégie de dépistage et performances des tests</t>
+  </si>
+  <si>
+    <t>La HAS a élaboré une recommandation de santé publique sur l’évaluation du programme national (DNN) de dépistage de la surdité permanente néonatale. L’objectif principal de cette évaluation est d’établir un cadre d’amélioration de ce programme.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>23/06/2025 15:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3458472/fr/evaluation-du-programme-national-de-depistage-de-la-surdite-permanente-neonatale-strategie-de-depistage-et-performances-des-tests</t>
   </si>
   <si>
     <t>p_3458472</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...2 lines deleted...]
-    <t>Neurodevelopmental disorders Detection and referral of at-risk children</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Comportements défis dans les troubles du neurodéveloppement</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient avec TND sévère (TSA/TDI, maladie rare) et CD. Il a été élaboré par le Centre de Référence des Maladies Rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806299/fr/comportements-defis-dans-les-troubles-du-neurodeveloppement</t>
+  </si>
+  <si>
+    <t>p_3806299</t>
+  </si>
+  <si>
+    <t>Syndrome neurodéveloppemental lié à SETD5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome SETD5. Il a été élaboré par le Centre de Compétence PsyRare (Maladies Rares à Expression Psychiatrique) et le Centre de Référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/09/2025 17:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643716/fr/syndrome-neurodeveloppemental-lie-a-setd5</t>
+  </si>
+  <si>
+    <t>p_3643716</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Syndrome de Coffin-Lowry</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SCL. Il a été élaboré par le Centre de référence « Déficiences intellectuelles de causes rares » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/02/2025 08:59:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591486/fr/syndrome-de-coffin-lowry</t>
+  </si>
+  <si>
+    <t>p_3591486</t>
+  </si>
+  <si>
+    <t>Syndrome 48,XXYY et autres tétrasomies ou pentasomies des gonosomes chez le garçon</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome 48,XXYY ou d’une autre tétrasomie ou pentasomie des gonosomes chez le garçon. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares DefiBourgogne, le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est et le Centre de compétences Maladies Rares à expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374425/fr/syndrome-48-xxyy-et-autres-tetrasomies-ou-pentasomies-des-gonosomes-chez-le-garcon</t>
+  </si>
+  <si>
+    <t>p_3374425</t>
+  </si>
+  <si>
+    <t>Syndrome de Phelan-McDermid</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint du Syndrome de Phelan-McDermid sur l’ensemble du territoire. Il a été élaboré par le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294989/fr/syndrome-de-phelan-mcdermid</t>
+  </si>
+  <si>
+    <t>p_3294989</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Lemli-Opitz</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne atteinte du SLOS. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/01/2025 08:56:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3585083/fr/syndrome-de-smith-lemli-opitz</t>
+  </si>
+  <si>
+    <t>p_3585083</t>
+  </si>
+  <si>
+    <t>Dystrophie Myotonique de type 1 "Maladie de Steinert"</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de dystrophie myotonique de type 1 (DM1). Il a été élaboré par le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/12/2024 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574785/fr/dystrophie-myotonique-de-type-1-maladie-de-steinert</t>
+  </si>
+  <si>
+    <t>p_3574785</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité chez l’enfant et l’adolescent(e)</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi médical de l’enfant/l’adolescent(e) en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle de chacun des professionnels impliqués dans le parcours, et revient sur les situations dans lesquelles ils peuvent être sollicités.</t>
+  </si>
+  <si>
+    <t>16/02/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2022 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3321295/fr/guide-du-parcours-de-soins-surpoids-et-obesite-chez-l-enfant-et-l-adolescent-e</t>
+  </si>
+  <si>
+    <t>p_3321295</t>
+  </si>
+  <si>
+    <t>Syndrome de Wiedemann-Steiner (WSS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de WSS. Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3389747/fr/syndrome-de-wiedemann-steiner-wss</t>
+  </si>
+  <si>
+    <t>p_3389747</t>
+  </si>
+  <si>
+    <t>Syndrome KBG</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome KBG. Il a été élaboré par les Centres de référence et de compétence pour les anomalies du développement et les syndromes malformatifs - Filière de santé AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/12/2020 11:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226217/fr/syndrome-kbg</t>
+  </si>
+  <si>
+    <t>p_3226217</t>
+  </si>
+  <si>
+    <t>Syndrome de Koolen de Vries</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Koolen de Vries. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de Grenoble à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/06/2023 09:39:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3446147/fr/syndrome-de-koolen-de-vries</t>
+  </si>
+  <si>
+    <t>p_3446147</t>
+  </si>
+  <si>
+    <t>Syndrome de Joubert</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Joubert. Il a été élaboré par le Centre de Référence Malformations et Maladies congénitales du cervelet à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/12/2021 17:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300830/fr/syndrome-de-joubert</t>
+  </si>
+  <si>
+    <t>p_3300830</t>
+  </si>
+  <si>
+    <t>Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS) (y compris syndrome de Landau-Kleffner)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'une Encéphalopathie Epileptique avec Pointe Ondes Continues du Sommeil (EEPOCS). Il a été élaboré par le Centre de référence épilepsies rares (CReER) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295051/fr/encephalopathie-epileptique-avec-pointe-ondes-continues-du-sommeil-eepocs-y-compris-syndrome-de-landau-kleffner</t>
+  </si>
+  <si>
+    <t>p_3295051</t>
+  </si>
+  <si>
+    <t>Syndrome de Costello</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Costello. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatifs SOOR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/07/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1288596/fr/syndrome-de-costello</t>
+  </si>
+  <si>
+    <t>c_1288596</t>
+  </si>
+  <si>
+    <t>Syndrome de Cornelia de Lange</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Cornelia de Lange. Il a été élaboré par le Centre de référence des Maladies Osseuses Constitutionnelles et le centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385210/fr/syndrome-de-cornelia-de-lange</t>
+  </si>
+  <si>
+    <t>p_3385210</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication/délétion inversée du bras court du chromosome 8</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome d’invdupdel(8p). Il a été élaboré par le Centre de référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3373681/fr/syndrome-de-duplication/deletion-inversee-du-bras-court-du-chromosome-8</t>
+  </si>
+  <si>
+    <t>p_3373681</t>
+  </si>
+  <si>
+    <t>Monosomie 5p</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une personne porteuse d’une monosomie 5p. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » de l’Ouest (CLAD-OUEST) &amp;Centre de Référence Déficience Intellectuelle de Causes Rares (CRDI) - Filière AnDDI-Rares &amp; DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/07/2022 13:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3357882/fr/monosomie-5p</t>
+  </si>
+  <si>
+    <t>p_3357882</t>
+  </si>
+  <si>
+    <t>Syndrome de White-Sutton</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite, aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de White-Sutton. Il a été élaboré par le centre de référence anomalies du développement et syndromes malformatifs de l’Interrégion Est, filière AnDDI-Rares, le centre de référence déficience intellectuelle de causes rares et le centre de compétence maladies rares à expressions psychiatriques, filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/07/2022 11:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3350160/fr/syndrome-de-white-sutton</t>
+  </si>
+  <si>
+    <t>p_3350160</t>
+  </si>
+  <si>
+    <t>Guide du parcours de soins : surpoids et obésité de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce guide décrit les soins, l’accompagnement et le suivi global de l’adulte en situation de surpoids ou d’obésité. Il réaffirme l’importance d’un dépistage précoce couplé à une évaluation des habitudes de vie. Il détaille le rôle des professionnels (santé, champ social et médicosocial, activité physique adaptée, santé au travail) et revient sur les situations dans lesquelles le médecin traitant peut les solliciter.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>28/02/2024 16:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3408871/fr/guide-du-parcours-de-soins-surpoids-et-obesite-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3408871</t>
+  </si>
+  <si>
+    <t>Syndrome de l’X Fragile</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’un patient atteint du Syndrome de l'X fragile (FXS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/08/2021 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264437/fr/syndrome-de-l-x-fragile</t>
+  </si>
+  <si>
+    <t>p_3264437</t>
+  </si>
+  <si>
+    <t>Trisomie 21</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de trisomie 21. Il a été élaboré par Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/01/2020 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148883/fr/trisomie-21</t>
+  </si>
+  <si>
+    <t>p_3148883</t>
+  </si>
+  <si>
+    <t>Embryo-Foetopathie au Valproate</t>
+  </si>
+  <si>
+    <t>L‘objectif de ce protocole national de diagnostic et de soins (PNDS) est d‘expliciter aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint d‘Embryo-Foetopathie au Valproate.</t>
+  </si>
+  <si>
+    <t>21/03/2017 15:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2751900/fr/embryo-foetopathie-au-valproate</t>
+  </si>
+  <si>
+    <t>c_2751900</t>
+  </si>
+  <si>
+    <t>Syndrome d'Aarskog-Scott</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d’Aarskog-Scott. Il a été élaboré par le Centre de référence constitutif « Anomalies du développement et syndromes malformatifs » à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385245/fr/syndrome-d-aarskog-scott</t>
+  </si>
+  <si>
+    <t>p_3385245</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Syndrome associé au gène SATB2 (SAS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du SAS. Il a été élaboré par les CRMR et CCMR des Anomalies du développement et syndromes malformatifs de la région Sud-Est CHU de Marseille et CH de Toulon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 09:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278580/fr/syndrome-associe-au-gene-satb2-sas</t>
+  </si>
+  <si>
+    <t>p_3278580</t>
+  </si>
+  <si>
+    <t>Syndrome d’anomalies cardiaques – petite taille – hypermobilité articulaire lié aux variants du gène TAB2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soinss d’un patient atteint du syndrome d’anomalie cardiaque – petite taille – hypermobilité articulaire lié à un variant du gène TAB2.Il a été élaboré par le Centre de Référence Maladies Rares « Anomalies du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:39:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826258/fr/syndrome-d-anomalies-cardiaques-petite-taille-hypermobilite-articulaire-lie-aux-variants-du-gene-tab2</t>
+  </si>
+  <si>
+    <t>p_3826258</t>
+  </si>
+  <si>
+    <t>Syndrome de Myhre</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Myhre (SMy). Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/10/2025 13:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689386/fr/syndrome-de-myhre</t>
+  </si>
+  <si>
+    <t>p_3689386</t>
+  </si>
+  <si>
+    <t>Syndrome Transfuseur Transfusé</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’une patiente dont la grossesse MC est compliquée d’un STT. Il a été élaboré par Centre de Référence Pathologies rares liées au placenta des grossesses monochoriales (CRMR- PaRaDiGM) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594176/fr/syndrome-transfuseur-transfuse</t>
+  </si>
+  <si>
+    <t>p_3594176</t>
+  </si>
+  <si>
+    <t>Syndrome de BLOOM</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Bloom. Il a été élaboré par le Centre de référence des anomalies du développement et syndromes malformatifs d’Ile de France, Filière AnDDI-Rares, le Centre de référence des Aplasies médullaires acquises et constitutionnelles, Filière MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385096/fr/syndrome-de-bloom</t>
+  </si>
+  <si>
+    <t>p_3385096</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication 15q</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome micro-duplicationnel du chromosome 15 (dup 15q) ou de duplication 15q11q13. Il a été élaboré par le Centre de Référence CLAD Sud-Est « Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares » et le Centre de Référence constitutif Déficiences Intellectuelles de causes rares et polyhandicap, Filière AnDDI-Rares &amp; Filière DéfiScience à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385233/fr/syndrome-de-duplication-15q</t>
+  </si>
+  <si>
+    <t>p_3385233</t>
+  </si>
+  <si>
+    <t>Syndrome de Wolf-Hirschhorn</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de SWH. Il a été élaboré par Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385256/fr/syndrome-de-wolf-hirschhorn</t>
+  </si>
+  <si>
+    <t>p_3385256</t>
+  </si>
+  <si>
+    <t>Délétion 10q26</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 10q26. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390484/fr/deletion-10q26</t>
+  </si>
+  <si>
+    <t>p_3390484</t>
+  </si>
+  <si>
+    <t>Syndrome de Pitt Hopkins (PTHS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Pitt Hopkins (PTHS). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295033/fr/syndrome-de-pitt-hopkins-pths</t>
+  </si>
+  <si>
+    <t>p_3295033</t>
+  </si>
+  <si>
+    <t>Syndrome CHARGE</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome CHARGE. Il a été élaboré par Centre de Référence Maladies Rares des Anomalies du développement et syndromes malformatifs (SOOR) Filière de Santé Maladies Rares des Anomalies du développement avec ou sans déficience intellectuelle de causes rares (AnDDi-Rares), le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON) Filière de Santé Maladies Rares des Malformations de la tête, du cou et des dents (TETECOU) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>22/10/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293875/fr/syndrome-charge</t>
+  </si>
+  <si>
+    <t>p_3293875</t>
+  </si>
+  <si>
+    <t>Syndrome MCAP (Megalencephaly-Capillary malformation-Polymicrogyria)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome MCAP. Il a été élaboré par le Centre de référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est - Filière AnDDI-Rares, le Centre de référence Déficience Intellectuelle de Causes Rares - Filière DéfiScience, le Centre de compétence Maladies Vasculaires Rares - Filière FAVA-Multià l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292712/fr/syndrome-mcap-megalencephaly-capillary-malformation-polymicrogyria</t>
+  </si>
+  <si>
+    <t>p_3292712</t>
+  </si>
+  <si>
+    <t>Syndrome de Mowat-Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome de Mowat-Wilson. Il a été élaboré par le Centre de Référence « Anomalies du développement et syndromes malformatifs » d’Ile de France Filière AnDDI-Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290026/fr/syndrome-de-mowat-wilson</t>
+  </si>
+  <si>
+    <t>p_3290026</t>
+  </si>
+  <si>
+    <t>Syndrome DYRK1A</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome DYRK1A. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs des interrégions Sud, Ouest et Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290097/fr/syndrome-dyrk1a</t>
+  </si>
+  <si>
+    <t>p_3290097</t>
+  </si>
+  <si>
+    <t>Syndrome Prader Willi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Prader-Willi. Il a été élaboré par Centre de référence du syndrome de Prader-Willi et autres Obésités Rares avec troubles du comportement alimentaire PRADORT à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291625/fr/syndrome-prader-willi</t>
+  </si>
+  <si>
+    <t>p_3291625</t>
+  </si>
+  <si>
+    <t>Générique obésités de causes rares</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient porteur d'une obésité de cause rare. Il a été élaboré par le centre de référence des Maladies rares PRADORT syndrome de PRADer-Willi et autres obésités rares avec troubles du comportement alimentaire à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2021 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280217/fr/generique-obesites-de-causes-rares</t>
+  </si>
+  <si>
+    <t>p_3280217</t>
+  </si>
+  <si>
+    <t>Syndrome de microduplication 7q11.23</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de microduplication 7q11.23. Il a été élaboré par le Centre de Référence "Anomalies du développement et syndromes malformatifs avec ou sans Déficience Intellectuelle de causes Rares" Région Sud-Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3147986/fr/syndrome-de-microduplication-7q11-23</t>
+  </si>
+  <si>
+    <t>p_3147986</t>
+  </si>
+  <si>
+    <t>Syndrome de Weaver</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un d’un patient atteint d’un syndrome de Weaver. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes polymalformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793849/fr/syndrome-de-weaver</t>
+  </si>
+  <si>
+    <t>p_3793849</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Chondrodysplasies ponctuées : déficit de la biosynthèse du cholestérol et déficit en arylsulfatase E.</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de chondrodypalsie ponctuée par déficit de la biosynthèse du cholestérol et par déficit en arylsulfatase E. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392237/fr/chondrodysplasies-ponctuees-deficit-de-la-biosynthese-du-cholesterol-et-deficit-en-arylsulfatase-e</t>
+  </si>
+  <si>
+    <t>p_3392237</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Syndrome d’Angelman</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome d'Angelman. Il a été élaboré par le Centre de Référence des Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300847/fr/syndrome-d-angelman</t>
+  </si>
+  <si>
+    <t>p_3300847</t>
+  </si>
+  <si>
+    <t>Syndrome de Dravet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome de Dravet. Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293892/fr/syndrome-de-dravet</t>
+  </si>
+  <si>
+    <t>p_3293892</t>
+  </si>
+  <si>
+    <t>Syndrome catatonique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Catatonique. Il a été élaboré par le Centre de Référence Maladies rares à expression psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295009/fr/syndrome-catatonique</t>
+  </si>
+  <si>
+    <t>p_3295009</t>
+  </si>
+  <si>
+    <t>Syndrome de Smith-Magenis</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Smith-Magenis. Il a été élaboré par le Centre de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/09/2021 09:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3284453/fr/syndrome-de-smith-magenis</t>
+  </si>
+  <si>
+    <t>p_3284453</t>
+  </si>
+  <si>
+    <t>Épilepsie myoclonique du nourrisson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’épilepsie myoclonique du nourrisson. Il a été élaboré par le Centre de référence des épilepsies rare de l'hôpital Robert-Debré à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076470/fr/epilepsie-myoclonique-du-nourrisson</t>
+  </si>
+  <si>
+    <t>p_3076470</t>
+  </si>
+  <si>
+    <t>Achondroplasie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ACH. Il a été élaboré par le Centre de référence des maladies rares (CRMR) des Maladies Osseuses Constitutionelles à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/04/2025 16:14:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3602116/fr/achondroplasie</t>
+  </si>
+  <si>
+    <t>p_3602116</t>
+  </si>
+  <si>
+    <t>Déficit en transporteur de glucose GLUT1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GLUT1-DS. Il a été élaboré par le Centre de référence des épilepsies rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/11/2024 11:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555046/fr/deficit-en-transporteur-de-glucose-glut1</t>
+  </si>
+  <si>
+    <t>p_3555046</t>
+  </si>
+  <si>
+    <t>Syndrome de Sturge Weber</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome de Sturge-Weber. Il a été élaboré par le Centre de référence maladies rares de la peau et des muqueuses d’origine génétique (MAGEC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/02/2024 08:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493385/fr/syndrome-de-sturge-weber</t>
+  </si>
+  <si>
+    <t>p_3493385</t>
+  </si>
+  <si>
+    <t>iPPSD, les pathologies de l’inactivation de la signalisation PTH/PTHrP (anciennement pseudohypoparathyroïdies et maladies associées)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’iPPSD. Il a été élaboré par le Centres de Référence Maladies Rares (CRMR) de la filière OSCAR à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3404043/fr/ippsd-les-pathologies-de-l-inactivation-de-la-signalisation-pth/pthrp-anciennement-pseudohypoparathyroidies-et-maladies-associees</t>
+  </si>
+  <si>
+    <t>p_3404043</t>
+  </si>
+  <si>
+    <t>Homocystinurie par déficit en cytathionine-bêta-synthase (CBS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Homocystinurie par déficit en cytathionine-bêta-synthase (CBS). Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385221/fr/homocystinurie-par-deficit-en-cytathionine-beta-synthase-cbs</t>
+  </si>
+  <si>
+    <t>p_3385221</t>
+  </si>
+  <si>
+    <t>Syndrome MED13L</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de syndrome MED13L. Il a été élaboré par le Centre de référence des Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375484/fr/syndrome-med13l</t>
+  </si>
+  <si>
+    <t>p_3375484</t>
+  </si>
+  <si>
+    <t>Prise en charge des patients ayant une cardiopathie univentriculaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient ayant un cœur univentriculaire. Il a été élaboré par le Centre de référence des Malformations Cardiaques Congénitales Complexes (M3C) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/02/2022 09:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313020/fr/prise-en-charge-des-patients-ayant-une-cardiopathie-univentriculaire</t>
+  </si>
+  <si>
+    <t>p_3313020</t>
+  </si>
+  <si>
+    <t>Syndrome Borjeson Forssman Lehmann</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Borjeson Forssman Lehmann. Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300863/fr/syndrome-borjeson-forssman-lehmann</t>
+  </si>
+  <si>
+    <t>p_3300863</t>
+  </si>
+  <si>
+    <t>Déficit hypophysaire congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de déficit hypophysaire congénital. Il a été élaboré par le Centre de référence HYPO Maladies rares d’origine hypophysaire et le Centre de référence CRMERCD Maladies endocriniennes de la croissance et du développement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301031/fr/deficit-hypophysaire-congenital</t>
+  </si>
+  <si>
+    <t>p_3301031</t>
+  </si>
+  <si>
+    <t>Syndromes de Coffin-Siris et de Nicolaides-Baraitser (BAFopathies)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient, enfant ou adulte, atteint du Syndrome de Coffin-Siris ou de Nicolaides-Baraitser (BAFopathies). Il a été élaboré par le Centre de Référence Déficiences Intellectuelles de causes rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295023/fr/syndromes-de-coffin-siris-et-de-nicolaides-baraitser-bafopathies</t>
+  </si>
+  <si>
+    <t>p_3295023</t>
+  </si>
+  <si>
+    <t>Syndrome WAGR</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome WAGR.Il a été élaboré par le Centre de Référence des Maladies Rares en Ophtalmologie OPHTARA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3283424/fr/syndrome-wagr</t>
+  </si>
+  <si>
+    <t>p_3283424</t>
+  </si>
+  <si>
+    <t>Syndrome de Kleefstra</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'un Syndrome de Kleefstrae. Il a été élaboré par les Centres de référence pour les anomalies du développement et les syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3291595/fr/syndrome-de-kleefstra</t>
+  </si>
+  <si>
+    <t>p_3291595</t>
+  </si>
+  <si>
+    <t>Colobomes oculaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de colobome oculaire. Il a été élaboré par le Centre des Affections Rares en Génétique Ophtalmologique (CARGO Toulouse) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/12/2024 09:05:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3574984/fr/colobomes-oculaires</t>
+  </si>
+  <si>
+    <t>p_3574984</t>
+  </si>
+  <si>
+    <t>Alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’alpha-mannosidose (α-Man). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557765/fr/alpha-mannosidose</t>
+  </si>
+  <si>
+    <t>p_3557765</t>
+  </si>
+  <si>
+    <t>Anorexie Mentale à début Précoce (AMP)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant/adolescent atteint d’AMP. Il a été élaboré par le Centre de Référence Anorexie Mentale à début Précoce à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3353115/fr/anorexie-mentale-a-debut-precoce-amp</t>
+  </si>
+  <si>
+    <t>p_3353115</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire Facio-Scapulo-Humérale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Dystrophie musculaire Facio-Scapulo-Scapulo-Humérale (DMFSH ou myopathie FSH ou myopathie de Landouzy-Déjerine). Il a été élaboré par le Centre de référence des maladies neuromusculaires et SLA et le Centre de référence des maladies neuromusculaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2022 15:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310328/fr/dystrophie-musculaire-facio-scapulo-humerale</t>
+  </si>
+  <si>
+    <t>p_3310328</t>
+  </si>
+  <si>
+    <t>Séquence de Pierre Robin</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient avec une séquence de Pierre Robin (SPR). Il a été élaboré par le Centre de Référence Maladies Rares des Syndromes de Pierre Robin et troubles de succion-déglutition congénitaux (SPRATON)à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293457/fr/sequence-de-pierre-robin</t>
+  </si>
+  <si>
+    <t>p_3293457</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Holoprosencephalie (HPE) &amp; formes apparentées</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’holoprosencéphalie (HPE) et/ou d’une microforme d’HPE (sans anomalie cérébrale). Il a été élaboré par les Centres de Référence CLAD Ouest et CRDI à l’aide d’une méthodologie proposée par la HAS.</t>
+  </si>
+  <si>
+    <t>26/12/2018 16:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2895029/fr/holoprosencephalie-hpe-formes-apparentees</t>
+  </si>
+  <si>
+    <t>c_2895029</t>
+  </si>
+  <si>
+    <t>Hypoparathyroïdie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un(e) patient(e) atteint(e) d’une hypoparathyroïdie. Il a été élaboré par le Centre de référence des maladies rares (CRMR) du métabolisme du calcium et du phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/04/2025 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789355/fr/hypoparathyroidie</t>
+  </si>
+  <si>
+    <t>c_2789355</t>
+  </si>
+  <si>
+    <t>Guides du parcours de santé de l’adulte et de l’enfant avec épilepsie</t>
+  </si>
+  <si>
+    <t>Ces guides décrivent respectivement les soins, l’accompagnement et le suivi global de l’adulte et l’enfant avec épilepsie. Ils s’adressent aux professionnels de santé et médicosociaux, aux personnes avec épilepsie et à leur entourage. Ils clarifient et détaillent le rôle de chaque intervenant, avec l’objectif de favoriser une offre de santé adaptée à la sévérité ou à la complexité de la maladie de chaque personne.</t>
+  </si>
+  <si>
+    <t>23/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/12/2023 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444925/fr/guides-du-parcours-de-sante-de-l-adulte-et-de-l-enfant-avec-epilepsie</t>
+  </si>
+  <si>
+    <t>p_3444925</t>
+  </si>
+  <si>
+    <t>Dysplasie broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient avec DBP constituée à 36 semaines d’APM. Il a été élaboré par le Centre de référence constitutif des maladies respiratoires rares - RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/08/2023 12:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3457610/fr/dysplasie-broncho-pulmonaire</t>
+  </si>
+  <si>
+    <t>p_3457610</t>
+  </si>
+  <si>
+    <t>Syndrome Gilles de la Tourette</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du Syndrome Gilles de la Tourette. Il a été élaboré par le Centre de référence Syndrome Gilles de la Tourette à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3346137/fr/syndrome-gilles-de-la-tourette</t>
+  </si>
+  <si>
+    <t>p_3346137</t>
+  </si>
+  <si>
+    <t>Syndrome Trichorhinophalangien (TRPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Syndrome Trichorhinophalangien (TRPS). Il a été élaboré par le CRMR Anomalies du Développement et Syndromes Malformatifs et CRMR Maladies rares du métabolisme du calcium et du phosphore à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289837/fr/syndrome-trichorhinophalangien-trps</t>
+  </si>
+  <si>
+    <t>p_3289837</t>
+  </si>
+  <si>
+    <t>Syndrome de Townes – Brocks</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome de Townes-Brocks. Il a été élaboré par les Centres de Référence Maladies Rares Surdités Génétiques et Anomalies du developpement à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493442/fr/syndrome-de-townes-brocks</t>
+  </si>
+  <si>
+    <t>p_3493442</t>
+  </si>
+  <si>
+    <t>Acidurie glutarique type 1</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Acidurie glutarique type 1. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2021 16:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262535/fr/acidurie-glutarique-type-1</t>
+  </si>
+  <si>
+    <t>p_3262535</t>
+  </si>
+  <si>
+    <t>Prise en charge de la main bote radiale</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’une main bote radiale. Il a été élaboré par le centre de référence des anomalies du développement et syndromes malformatifs, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/02/2021 10:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3222751/fr/prise-en-charge-de-la-main-bote-radiale</t>
+  </si>
+  <si>
+    <t>p_3222751</t>
+  </si>
+  <si>
+    <t>Naevus congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de naevus congénital (NC). Il a été élaboré par la Filière Santé Maladies Rares Dermatologiques (FIMARAD) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293857/fr/naevus-congenital</t>
+  </si>
+  <si>
+    <t>p_3293857</t>
+  </si>
+  <si>
+    <t>CDKL5 Deficiency Disorder – Encéphalopathie Epileptique liée à CDKL5</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint du syndrome CDKL5 Deficiency disorder. Il a été élaboré par le Centre de référence Déficiences intellectuelles de causes rares et Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3295061/fr/cdkl5-deficiency-disorder-encephalopathie-epileptique-liee-a-cdkl5</t>
+  </si>
+  <si>
+    <t>p_3295061</t>
+  </si>
+  <si>
+    <t>Syndromes FOXG1 et « FOXG1 plus »</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter aux professionnels concernés, la prise en charge diagnostique et thérapeutique optimale actuelle et le parcours de soins d’un patient atteint de syndrome FOXG1.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2855298/fr/syndromes-foxg1-et-foxg1-plus</t>
+  </si>
+  <si>
+    <t>c_2855298</t>
+  </si>
+  <si>
+    <t>Syndrome de Marfan et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Marfan ou d’un syndrome apparenté. Il a été élaboré par le Centre de Référence National Marfan et Apparentés à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_676981/fr/syndrome-de-marfan-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_676981</t>
+  </si>
+  <si>
+    <t>Microsomies craniofaciales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Microsomie craniofaciale. Il a été élaboré par le Centre de Référence maladies rares des Fentes et malformations faciales (MAFACE) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301604/fr/microsomies-craniofaciales</t>
+  </si>
+  <si>
+    <t>p_3301604</t>
+  </si>
+  <si>
+    <t>Générique Polyhandicap</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur de polyhandicap. Les étiologies du polyhandicap sont dans leur grande majorité des maladies rares, diagnostiquées ou non. Il a été élaboré par le centre de référence constitutif Polyhandicap et Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>24/06/2020 08:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187081/fr/generique-polyhandicap</t>
+  </si>
+  <si>
+    <t>p_3187081</t>
+  </si>
+  <si>
+    <t>Syndrome de Allan Herndon-Dudley (SAHD)(MCT8 thyroid hormone  transporter)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de Allan Herndon-Dudley (SAHD). Il a été élaboré par le centre de référence des Déficiences Intellectuelles de causes rare, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187176/fr/syndrome-de-allan-herndon-dudley-sahd-mct8-thyroid-hormone-transporter</t>
+  </si>
+  <si>
+    <t>p_3187176</t>
+  </si>
+  <si>
+    <t>Syndrome de Résistance aux Hormones Thyroïdiennes par variant pathogène de THRB</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de RHTβ. Il a été élaboré par le Centre de Référence des Maladies Rares de la Thyroïde et des Récepteurs Hormonaux (CRMR-TRH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493353/fr/syndrome-de-resistance-aux-hormones-thyroidiennes-par-variant-pathogene-de-thrb</t>
+  </si>
+  <si>
+    <t>p_3493353</t>
+  </si>
+  <si>
+    <t>ASMD : Maladie de Niemann-Pick de types A, B et A/B</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit en sphingomyélinase acide (ASMD). Il a été élaboré par le Centre de Référence des Maladies Lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557813/fr/asmd-maladie-de-niemann-pick-de-types-a-b-et-a/b</t>
+  </si>
+  <si>
+    <t>p_3557813</t>
+  </si>
+  <si>
+    <t>Rachitismes rares vitamine D-dépendants</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de rachitisme génétique vitamine D-dépandant. Il a été élaboré par le Centre de référence maladies rares (CRMR) du métabolisme de calcium et phosphate à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>25/09/2024 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542916/fr/rachitismes-rares-vitamine-d-dependants</t>
+  </si>
+  <si>
+    <t>p_3542916</t>
+  </si>
+  <si>
+    <t>Incontinentia Pigmenti</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Incontinentia Pigmenti. Il a été élaboré par par le centre de référence : Hôpital Necker Enfants -Malades, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration</t>
+  </si>
+  <si>
+    <t>11/10/2019 11:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112337/fr/incontinentia-pigmenti</t>
+  </si>
+  <si>
+    <t>p_3112337</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Délétion 1p36</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de délétion 1p36. Il a été élaboré par le Centre de Référence Anomalies du Développement et Syndromes Malformatifs de l’Interrégion Est à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363026/fr/deletion-1p36</t>
+  </si>
+  <si>
+    <t>p_3363026</t>
+  </si>
+  <si>
+    <t>Gangliosidoses à GM2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Gangliosidose à GM2 (GM2G). Il a été élaboré par les Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299779/fr/gangliosidoses-a-gm2</t>
+  </si>
+  <si>
+    <t>p_3299779</t>
+  </si>
+  <si>
+    <t>Syndrome de duplication du gène MECP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du Syndrome de duplication du gène MECP2. Il a été élaboré par le Centre de Référence CRDI de Strasbourg et le Centre de Référence CLAD Est, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148006/fr/syndrome-de-duplication-du-gene-mecp2</t>
+  </si>
+  <si>
+    <t>p_3148006</t>
+  </si>
+  <si>
+    <t>Syndrome d’Aicardi</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint du syndrome d'Aicardi. Il a été élaboré par Centre de référence Déficiences intellectuelles de causes rares, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3112185/fr/syndrome-d-aicardi</t>
+  </si>
+  <si>
+    <t>p_3112185</t>
+  </si>
+  <si>
+    <t>Microcéphalies Primitives  ASPM, WDR62 et CDK5RAP2</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une microcéphalie primitive. Il a été élaboré par les Centres de référence Anomalies du développement et syndromes malformatifs à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310357/fr/microcephalies-primitives-aspm-wdr62-et-cdk5rap2</t>
+  </si>
+  <si>
+    <t>p_3310357</t>
+  </si>
+  <si>
+    <t>Tyrosinémie type 1 (HT-1)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de tyrosinémie de type I. Il a été élaboré par la Filière de Santé Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375540/fr/tyrosinemie-type-1-ht-1</t>
+  </si>
+  <si>
+    <t>p_3375540</t>
+  </si>
+  <si>
+    <t>Mucopolysaccharidoses (MPS)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucopolysaccharidose (MPS). Il a été élaboré par le Centre de Référence des Maladies Lysosomales (CRML) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/01/2025 08:28:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2659924/fr/mucopolysaccharidoses-mps</t>
+  </si>
+  <si>
+    <t>c_2659924</t>
+  </si>
+  <si>
+    <t>Arthrogryposes multiples congénitales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrogrypose multiple congénitale. Il a été élaboré par le Centre de référence Anomalies du développement embryonnaire et Syndromes Malformatifs et Maladies neuromusculaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3292837/fr/arthrogryposes-multiples-congenitales</t>
+  </si>
+  <si>
+    <t>p_3292837</t>
+  </si>
+  <si>
+    <t>Interféronopathies</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’interféronopathie. Il a été élaboré sous l’égide du Centre de Référence des Rhumatismes inflammatoires, maladies Auto-immunes et Interféronopathies Systémiques de l'Enfant RAISE et des Filières des maladies auto-immunes et auto-inflammatoires rares FAI²R des maladies rares du système nerveux central BRAIN-TEAM à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/11/2024 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555029/fr/interferonopathies</t>
+  </si>
+  <si>
+    <t>p_3555029</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Trouble du neurodéveloppement/ TDAH : Repérage, diagnostic et prise en charge des adultes - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Objectifs : Y compris ceux attendus de la production vis-à-vis des cibles. Optimiser l’accès aux soins en particulier lors de la transition de la prise en charge de l’adolescence vers l’âge adulte Cette transition repose sur une coordination entre les services pédiatriques et adultes. Favoriser la formation et la sensibilisation des professionnels de santé Une meilleure prise en charge de ces patients passe par une amélioration de la formation des professionnels impliqués, en particulier en psychiatrie, en addictologie, en neurologie et par une formation des médecins de premiers recours au repérage de ce trouble chez l’adulte. Améliorer la coordination des soins Tout comme pour l’enfant il est nécessaire de clarifier et structurer la filière de soins pour organiser la coordination entre les spécialistes et les médecins de premier recours ainsi qu’entre les différents spécialistes pour la prise en charge des troubles associés qui sont fréquents dans le TDAH.</t>
+  </si>
+  <si>
+    <t>17/11/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 09:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302480/fr/trouble-du-neurodeveloppement/-tdah-reperage-diagnostic-et-prise-en-charge-des-adultes-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3302480</t>
+  </si>
+  <si>
+    <t>Troubles du neurodéveloppement - Repérage et orientation des enfants à risque</t>
   </si>
   <si>
     <t>Cette recommandation de bonne pratique vise à optimiser le parcours de l’enfant à risque de troubles du neurodéveloppement et de sa famille, de l’identification des facteurs de risque, au repérage des signes d’alerte et à l’orientation de l’enfant.</t>
   </si>
   <si>
-    <t>02/26/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3161334/en/neurodevelopmental-disorders-detection-and-referral-of-at-risk-children</t>
+    <t>26/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>17/03/2020 16:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161334/fr/troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
   </si>
   <si>
     <t>p_3161334</t>
   </si>
   <si>
-    <t>Autism spectrum disorder: Warning signs, detection, diagnosis and assessment in children and adolescents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_468812/en/autism-spectrum-disorder-warning-signs-detection-diagnosis-and-assessment-in-children-and-adolescents</t>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 2</t>
+  </si>
+  <si>
+    <t>Ce deuxième volet de recommandations vise à fournir aux professionnels des repères et des outils pour : Adapter l’accompagnement à la singularité, aux besoins, choix et attentes des personnes présentant un TDI dans le cadre : de la scolarité ; du travail et de la vie active ; des loisirs et du temps libre ; Promouvoir l’autodétermination et la participation les personnes présentant un TDI.</t>
+  </si>
+  <si>
+    <t>16/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/11/2025 09:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741239/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-2</t>
+  </si>
+  <si>
+    <t>p_3741239</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme (TSA) : interventions et parcours de vie de l’enfant et de l’adolescent - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de la RBP est d’améliorer la qualité des interventions proposées aux enfants ayant un TSA, tant par les structures sanitaires que médico-sociales, afin de leur permettre de bénéficier d’un parcours de vie cohérent et de qualité, ainsi que de favoriser leur accès à des environnements de vie apprenant et inclusifs. Cette RBP est destinée aux professionnels qui sont en contact direct avec les enfants, adolescents et jeunes adultes avec TSA dans leurs différentes activités et lieux de vie, ou qui interviennent dans leur suivi et leur accompagnement. Les autres destinataires de la RBP sont le mineur ou le jeune adulte ayant un TSA et son entourage.</t>
+  </si>
+  <si>
+    <t>17/05/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>11/07/2023 18:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3448980/fr/trouble-du-spectre-de-l-autisme-tsa-interventions-et-parcours-de-vie-de-l-enfant-et-de-l-adolescent-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3448980</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme - Signes d’alerte, repérage, diagnostic et évaluation chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>La HAS propose, avec cette actualisation des recommandations de 2005, différents outils pour renforcer le repérage précoce et améliorer le diagnostic dès 18 mois.</t>
+  </si>
+  <si>
+    <t>08/02/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_468812/fr/trouble-du-spectre-de-l-autisme-signes-d-alerte-reperage-diagnostic-et-evaluation-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_468812</t>
   </si>
   <si>
-    <t>Improving health and social care for people experiencing homelessness and living with mental health disorders</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3289276/en/improving-health-and-social-care-for-people-experiencing-homelessness-and-living-with-mental-health-disorders</t>
+    <t>L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI) - Volet 1</t>
+  </si>
+  <si>
+    <t>05/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2022 08:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237847/fr/l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi-volet-1</t>
+  </si>
+  <si>
+    <t>p_3237847</t>
+  </si>
+  <si>
+    <t>Grande Précarité et troubles psychiques - Intervenir auprès des personnes en situation de grande précarité présentant des troubles psychiques</t>
+  </si>
+  <si>
+    <t>Les personnes en situation de grande précarité présentant des troubles psychiques cumulent les difficultés et rencontrent de multiples obstacles pour accéder aux soins et aux dispositifs sociaux qui existent au niveau local et national. La Haute Autorité de santé met à disposition des professionnels des secteurs du sanitaire, social et médico-social, des recommandations de bonnes pratiques qui proposent des repères et une démarche commune afin d’améliorer les soins et l’accompagnement des personnes concernées.</t>
+  </si>
+  <si>
+    <t>30/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>18/01/2024 16:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289276/fr/grande-precarite-et-troubles-psychiques-intervenir-aupres-des-personnes-en-situation-de-grande-precarite-presentant-des-troubles-psychiques</t>
   </si>
   <si>
     <t>p_3289276</t>
   </si>
   <si>
-    <t>Fetal alcohol spectrum disorder : identification</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
+    <t>Repérage, diagnostic et prise en charge des troubles psychiques périnatals - Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est de favoriser le repérage, le diagnostic et la prise en charge des troubles psychiques durant la grossesse et dans la période postnatale (1 an après la naissance).</t>
+  </si>
+  <si>
+    <t>25/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>29/01/2021 15:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234406/fr/reperage-diagnostic-et-prise-en-charge-des-troubles-psychiques-perinatals-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3234406</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte</t>
+  </si>
+  <si>
+    <t>La HAS publie un guide d’appropriation des recommandations de bonne pratique publiées en février 2018 : « Trouble du spectre de l’autisme : interventions et parcours de vie de l’adulte ». Il propose aux professionnels, notamment ceux des secteurs social et médico-social travaillant auprès d’adultes autistes, un outil pratique pour leur permettre d’accompagner au mieux ces personnes.</t>
+  </si>
+  <si>
+    <t>26/03/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2018 05:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2006477/fr/trouble-du-spectre-de-l-autisme-interventions-et-parcours-de-vie-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2006477</t>
+  </si>
+  <si>
+    <t>Troubles causés par l’alcoolisation fœtale : repérage</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo vise à aider les professionnels de santé à repérer et à orienter : - les femmes enceintes susceptibles d’avoir un problème de consommation d’alcool et dont l’enfant risque d’être atteint de troubles causés par l’alcoolisation fœtale ; - les enfants à risque susceptibles d’avoir subi les effets d’une exposition prénatale à l’alcool.</t>
+  </si>
+  <si>
+    <t>10/07/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>11/09/2013 15:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1636956/fr/troubles-causes-par-l-alcoolisation-foetale-reperage</t>
   </si>
   <si>
     <t>c_1636956</t>
   </si>
   <si>
-    <t>Memo : Prevention of positional skull deformities and sudden infant death syndrome</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3151574/en/memo-prevention-of-positional-skull-deformities-and-sudden-infant-death-syndrome</t>
+    <t>Évaluation globale de la situation des enfants en danger ou risque de danger : cadre national de référence</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé a élaboré le premier cadre national de référence pour l’évaluation globale de la situation des enfants en danger. Les acteurs des conseils départementaux impliqués dans le recueil et le traitement des informations préoccupantes vont ainsi tous disposer des mêmes outils. L’objectif est d’harmoniser les pratiques sur l’ensemble du territoire national et permettre une équité de traitement des enfant concernés.</t>
+  </si>
+  <si>
+    <t>12/01/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2021 10:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3120418/fr/evaluation-globale-de-la-situation-des-enfants-en-danger-ou-risque-de-danger-cadre-national-de-reference</t>
+  </si>
+  <si>
+    <t>p_3120418</t>
+  </si>
+  <si>
+    <t>Rééducation et réadaptation de la fonction motrice de l’appareil locomoteur des personnes diagnostiquées de paralysie cérébrale</t>
+  </si>
+  <si>
+    <t>La plupart des personnes diagnostiquées de paralysie cérébrale présentent des troubles de la fonction motrice qui nécessitent un programme de rééducation et réadaptation adapté et suivi. Les recommandations de la HAS abordent les indications et la pertinence des activités de rééducation et de réadaptation de la fonction motrice de l'appareil locomoteur en fonction des déficiences, des limitations d’activité et des restrictions de participation. Elles apportent un éclairage sur les orientations et modalités de ces activités de rééducation et de réadaptation de l'appareil locomoteur ainsi que sur les objectifs et résultats attendus de ces prises en charge.</t>
+  </si>
+  <si>
+    <t>21/10/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 08:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3166294/fr/reeducation-et-readaptation-de-la-fonction-motrice-de-l-appareil-locomoteur-des-personnes-diagnostiquees-de-paralysie-cerebrale</t>
+  </si>
+  <si>
+    <t>p_3166294</t>
+  </si>
+  <si>
+    <t>Épilepsies : Prise en charge des enfants et des adultes</t>
+  </si>
+  <si>
+    <t>Les objectifs de la recommandation "Épilepsies : Prise en charge des enfants et des adultes" sont d’améliorer la prise en charge diagnostique et thérapeutique initiale ainsi que le suivi des enfants et adultes ayant une épilepsie, avec une attention particulière au diagnostic et au traitement de l’épilepsie associée à des troubles psychiatriques.</t>
+  </si>
+  <si>
+    <t>08/10/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>26/11/2020 09:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214468/fr/epilepsies-prise-en-charge-des-enfants-et-des-adultes</t>
+  </si>
+  <si>
+    <t>p_3214468</t>
+  </si>
+  <si>
+    <t>Accompagner la scolarité et contribuer à l’inclusion scolaire</t>
+  </si>
+  <si>
+    <t>En France, l’éducation est un droit fondamental et inconditionnel pour tout enfant. Elle passe notamment par la scolarité. Or, pour les enfants en situation de handicap et ceux qui bénéficient d’une mesure de protection, ce droit est souvent mis à mal avec une plus forte probabilité de ruptures ou d’échec dans le parcours scolaire. La HAS publie des recommandations pour permettre aux professionnels des établissements et structures sociaux et médico-sociaux d’accompagner et de soutenir les parcours scolaires de ces enfants.</t>
+  </si>
+  <si>
+    <t>07/09/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2021 16:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3287349/fr/accompagner-la-scolarite-et-contribuer-a-l-inclusion-scolaire</t>
+  </si>
+  <si>
+    <t>p_3287349</t>
+  </si>
+  <si>
+    <t>Diagnostic et prise en charge des enfants avec un syndrome post-réanimation (PICS-p)</t>
+  </si>
+  <si>
+    <t>Le PICS-p (Post-Intensive Care Syndrome in Pediatrics) ou syndrome post-réanimation pédiatrique désigne un ensemble de symptômes apparaissant dans les suites d’un séjour en soins critiques pédiatriques. Il peut entraîner des limitations d’activité, altérer la qualité de vie de l’enfant et de sa famille et désorganiser le schéma familial. Les symptômes peuvent concerner l’enfant et/ou ses parents, et/ou sa fratrie, et/ou l’entourage familial proche. Le diagnostic doit être évoqué devant tout symptôme apparaissant de novo, persistant ou s’aggravant au décours d’une hospitalisation en soins critiques pédiatriques, en particulier chez les patients à risque. Le dépistage du PICS-p concerne tous les professionnels de santé amenés à voir l’enfant, particulièrement dans l’année qui suit l’admission en soins critiques pédiatriques. L’interrogatoire et l’examen clinique peuvent à eux seuls orienter vers un PICS-p. Un certain nombre de facteurs de risque ont été identifiés avant, pendant, à la sortie/après les soins critiques pédiatriques.</t>
+  </si>
+  <si>
+    <t>05/09/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/fr/diagnostic-et-prise-en-charge-des-enfants-avec-un-syndrome-post-reanimation-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
+    <t>Prévention des déformations crâniennes positionnelles (DCP) et mort inattendue du nourrisson</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour but de prévenir l'apparition des plagiocéphalies – déformations crâniennes positionnelles – et de décrire leur prise en charge. Elles réaffirment l’importance de coucher les bébés sur le dos, seul moyen de prévenir la mort inattendue du nourrisson (MIN).</t>
+  </si>
+  <si>
+    <t>05/02/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>05/03/2020 00:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3151574/fr/prevention-des-deformations-craniennes-positionnelles-dcp-et-mort-inattendue-du-nourrisson</t>
   </si>
   <si>
     <t>p_3151574</t>
   </si>
   <si>
-    <t>Normal childbirth: support of physiology and medical interventions</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2820336/en/normal-childbirth-support-of-physiology-and-medical-interventions</t>
+    <t>Coordination entre protection de l’enfance et psychiatrie de l'enfant et de l'adolescent</t>
+  </si>
+  <si>
+    <t>La recommandation de bonnes pratiques « Coordination entre protection de l’enfance et psychiatrie de l’enfant et de l’adolescent » est une auto-saisine de la HAS, qui s’inscrit dans le cadre de son programme pluriannuel relatif à la santé mentale et à la psychiatrie.</t>
+  </si>
+  <si>
+    <t>30/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>26/05/2025 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3261731/fr/coordination-entre-protection-de-l-enfance-et-psychiatrie-de-l-enfant-et-de-l-adolescent</t>
+  </si>
+  <si>
+    <t>p_3261731</t>
+  </si>
+  <si>
+    <t>Label – Diagnostic et prise en charge de l’encéphalopathie anoxo-ischémique néonatale à la phase aiguë – Note de cadrage</t>
+  </si>
+  <si>
+    <t>13/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>22/11/2024 08:59:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3560561/fr/label-diagnostic-et-prise-en-charge-de-l-encephalopathie-anoxo-ischemique-neonatale-a-la-phase-aigue-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3560561</t>
+  </si>
+  <si>
+    <t>La pair-aidance dans les organisations sanitaires, sociales et médico-sociales – Note de cadrage</t>
+  </si>
+  <si>
+    <t>Dans un contexte de recours accru à la pair-aidance dans le champ sanitaire, médico-social et social, la HAS s’est auto-saisie afin de proposer des recommandations de bonnes pratiques sur cette modalité d’intervention qui s’insère dans les parcours de soin et d’accompagnement des personnes. Cette initiative vise à offrir des repères généraux permettant de structurer et harmoniser les pratiques liées à la pair-aidance.</t>
+  </si>
+  <si>
+    <t>14/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>20/01/2025 14:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3578946/fr/la-pair-aidance-dans-les-organisations-sanitaires-sociales-et-medico-sociales-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3578946</t>
+  </si>
+  <si>
+    <t>Mesures d’anticipation en psychiatrie - Note de cadrage</t>
+  </si>
+  <si>
+    <t>Les mesures d’anticipation en psychiatrie désignent des démarches permettant à une personne présentant des troubles psychiques d’exprimer par avance ses préférences quant à son accompagnement dans le cas d’une aggravation de sa santé mentale. Outils concrets, ils sont un levier pour le respect des droits et pour la qualité des soins. La HAS souhaite promouvoir la diffusion de ces outils</t>
+  </si>
+  <si>
+    <t>16/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>17/07/2025 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636420/fr/mesures-d-anticipation-en-psychiatrie-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3636420</t>
+  </si>
+  <si>
+    <t>Dépistage, prise en charge et suivi des personnes potentiellement surexposées au cadmium du fait de leur lieu de résidence</t>
+  </si>
+  <si>
+    <t>Objectifs de définir l’intérêt et les modalités de dépistage des contaminations par le cadmium, dans les populations résidant sur des sites pollués par cet élément ; de proposer aux professionnels de santé des modalités de prise en charge des personnes surimprégnées pour le diagnostic, le traitement et le suivi de leur intoxication ; d’informer les populations concernées.</t>
+  </si>
+  <si>
+    <t>04/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/10/2024 14:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367010/fr/depistage-prise-en-charge-et-suivi-des-personnes-potentiellement-surexposees-au-cadmium-du-fait-de-leur-lieu-de-residence</t>
+  </si>
+  <si>
+    <t>p_3367010</t>
+  </si>
+  <si>
+    <t>Répit des aidants</t>
+  </si>
+  <si>
+    <t>Ces travaux ont pour objectifs : de clarifier la notion de répit et de ses composantes pour mieux répondre aux besoins de répit du binôme aidant/aidé. de fournir des repères et outils aux professionnels mobilisés auprès des aidants, pour leur permettre d’adopter une approche préventive : de mieux repérer/identifier les aidants, évaluer leurs besoins et attentes en lien avec leur situation et celle de leur proche ; de prévenir les difficultés des aidants notamment en termes de santé ; d’apporter les meilleures réponses au bon moment/de proposer des modalités d’accompagnement adaptées à la situation du binôme aidant/aidé en matière de répit.</t>
+  </si>
+  <si>
+    <t>28/05/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>25/06/2024 14:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351732/fr/repit-des-aidants</t>
+  </si>
+  <si>
+    <t>p_3351732</t>
+  </si>
+  <si>
+    <t>Gestion du capital sanguin en pré, per et post opératoire et en obstétrique</t>
+  </si>
+  <si>
+    <t>À la demande de la société française d’anesthésie-réanimation (SFAR) et du collectif national des associations d’obèse (CNAO), la HAS a élaboré des recommandations de bonnes pratiques sur la gestion du capital sanguin en pré, per et post opératoire et en obstétrique. Il s'agit d'une démarche innovante qui permet d’optimiser la prise en charge des patients devant avoir une intervention chirurgicale à risque hémorragique.</t>
+  </si>
+  <si>
+    <t>21/07/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>12/09/2022 09:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193968/fr/gestion-du-capital-sanguin-en-pre-per-et-post-operatoire-et-en-obstetrique</t>
+  </si>
+  <si>
+    <t>p_3193968</t>
+  </si>
+  <si>
+    <t>Accompagner vers et dans l’habitat – Note de cadrage</t>
+  </si>
+  <si>
+    <t>L’habitat est une notion à la croisée de plusieurs disciplines : architecture, urbanisme, sociologie, géographie, économie, psychologie… Dans son acception la plus large, l’habitat définit le milieu de vie des individus, comprenant des espaces physiques (le logement et l’environnement dans lequel il s’intègre) en tant que support des activités humaines et des relations sociales.</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2022 12:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316224/fr/accompagner-vers-et-dans-l-habitat-note-de-cadrage</t>
+  </si>
+  <si>
+    <t>p_3316224</t>
+  </si>
+  <si>
+    <t>Accouchement normal : accompagnement de la physiologie et interventions médicales</t>
+  </si>
+  <si>
+    <t>Définir pour les femmes à bas risque obstétrical les modalités de prise en charge respectueuses du rythme et du déroulement spontané de la naissance et des préférences des femmes. Améliorer et garantir la qualité et la sécurité des soins de la mère et du nouveau-né.</t>
+  </si>
+  <si>
+    <t>23/11/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>25/01/2018 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2820336/fr/accouchement-normal-accompagnement-de-la-physiologie-et-interventions-medicales</t>
   </si>
   <si>
     <t>c_2820336</t>
   </si>
   <si>
-    <t>Chronic disease guide</t>
-[...68 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3453213/en/comparative-genomic-hybridization-array-cgha-analysis-in-postnatal-context-inahta-brief</t>
+    <t>Prise en charge du sepsis du nouveau-né, de l’enfant et de l’adulte : recommandations pour un parcours de soins intégré</t>
+  </si>
+  <si>
+    <t>L'ensemble des acteurs concernés par la prise en charge du sepsis ont élaboré des recommandations dans le but d’améliorer le pronostic du sepsis par l’intermédiaire d’un parcours de soins intégré impliquant la ville et l’hôpital et couvrant la prévention, le dépistage, le diagnostic, le traitement et la réintégration socioprofessionnelle des patients. Ainsi, ce projet coordonné par la Société de réanimation de langue française a été réalisé grâce à la collaboration d’une quinzaine de sociétés savantes avec l’accompagnement de la HAS, qui s’inscrit dans le cadre de la labellisation par la HAS d’une recommandation de bonne pratique.</t>
+  </si>
+  <si>
+    <t>29/01/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/02/2025 14:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3587144/fr/prise-en-charge-du-sepsis-du-nouveau-ne-de-l-enfant-et-de-l-adulte-recommandations-pour-un-parcours-de-soins-integre</t>
+  </si>
+  <si>
+    <t>p_3587144</t>
+  </si>
+  <si>
+    <t>Améliorer la prise en charge à la sortie des dispositifs de protection de l’enfance : l'accompagnement vers l'autonomie</t>
+  </si>
+  <si>
+    <t>Ces recommandations de bonnes pratiques professionnelles (RBPP), relatives à l’amélioration de la prise en charge des personnes accompagnées à leur sortie des dispositifs de protection de l’enfance, s’inscrivent dans un programme en deux volets. Le premier volet, publié en 2021, vise à améliorer la prise en charge des enfants à la sortie des dispositifs de protection de l’enfance, dans le cadre d’un retour en famille. Ce second volet s’attache à la sortie des dispositifs de protection de l’enfance des adolescents atteignant la majorité et des jeunes majeurs, ainsi que des mineurs émancipés de plus de 16 ans.</t>
+  </si>
+  <si>
+    <t>15/12/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>06/02/2024 11:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352139/fr/ameliorer-la-prise-en-charge-a-la-sortie-des-dispositifs-de-protection-de-l-enfance-l-accompagnement-vers-l-autonomie</t>
+  </si>
+  <si>
+    <t>p_3352139</t>
+  </si>
+  <si>
+    <t>Guide usagers</t>
+  </si>
+  <si>
+    <t>FALC - L’accompagnement de la personne présentant un trouble du développement intellectuel (TDI)</t>
+  </si>
+  <si>
+    <t>Le premier volet des recommandations de la HAS dédiées à l'accompagnement des personnes présentant un trouble du développement intellectuel (TDI) a été transcrit en facile à lire et à comprendre (FALC). Objectif : que les personnes accompagnées puissent comprendre ce qui est recommandé aux professionnels qui les accompagnent.</t>
+  </si>
+  <si>
+    <t>05/10/2022 11:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369396/fr/falc-l-accompagnement-de-la-personne-presentant-un-trouble-du-developpement-intellectuel-tdi</t>
+  </si>
+  <si>
+    <t>p_3369396</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>La HAS adopte son nouveau programme « santé mentale et psychiatrie » 2025-2030</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé (HAS) adopte son programme pluriannuel dédié à la santé mentale et à la psychiatrie pour la période 2025-2030. Avec ce 3e programme, la HAS intensifie son engagement dans ce champ afin d’améliorer le parcours de santé des personnes, dès l’émergence de troubles de la santé mentale, et de mieux prendre en charge les troubles les plus sévères. Une feuille de route y est associée, qui définit les priorités pour 2025.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:30:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3590541/fr/la-has-adopte-son-nouveau-programme-sante-mentale-et-psychiatrie-2025-2030</t>
+  </si>
+  <si>
+    <t>p_3590541</t>
+  </si>
+  <si>
+    <t>La HAS mobilisée pour la santé des femmes</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée internationale d’action pour la santé de la femme, mercredi 28 mai 2025, la HAS fait le point sur ses dernières recommandations élaborées sur cet enjeu majeur. Avec une priorité : améliorer la prise en charge des femmes et mieux les accompagner tout au long de leur vie.</t>
+  </si>
+  <si>
+    <t>27/05/2025 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608167/fr/la-has-mobilisee-pour-la-sante-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3608167</t>
+  </si>
+  <si>
+    <t>TDAH de l’enfant et adolescent : former plus de professionnels pour réduire les délais de prise en charge</t>
+  </si>
+  <si>
+    <t>Le trouble déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement (TND). Il concernerait 5 % des enfants et des adolescents dans le monde. Diagnostiquer et accompagner le plus tôt possible ces enfants est essentiel afin d’éviter une aggravation des conséquences psychologiques, sociales et scolaires du TDAH. Alors que l’accès aux soins pour les personnes s’avère aujourd’hui compliqué, la Haute Autorité de santé (HAS) publie des recommandations pour améliorer le diagnostic et la prise en charge du TDAH chez l’enfant et l’adolescent. Elle appelle également les pouvoirs publics à développer l’offre de soins pour réduire les délais de prise en charge, en permettant l’intervention de plus de médecins. Des recommandations dédiées à l’adulte seront publiées fin 2025.</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542741/fr/tdah-de-l-enfant-et-adolescent-former-plus-de-professionnels-pour-reduire-les-delais-de-prise-en-charge</t>
+  </si>
+  <si>
+    <t>p_3542741</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puce à ADN (ACPA) en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Analyse chromosomique sur puces à ADN (ou simplement « puces à ADN ») - ACPA - CGH array – postnatal – diagnostic – génétique</t>
+  </si>
+  <si>
+    <t>13/07/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453213/fr/analyse-chromosomique-sur-puce-a-adn-acpa-en-contexte-postnatal</t>
   </si>
   <si>
     <t>p_3453213</t>
   </si>
   <si>
-    <t>Diagnosis of congenital cytomegalovirus infection through serology testing and/or viral genome detection - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2572929/en/diagnosis-of-congenital-cytomegalovirus-infection-through-serology-testing-and/or-viral-genome-detection-inahta-brief</t>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Situation actuelle et perspectives d’évolution de la prise en charge médicale du  transsexualisme en France</t>
+  </si>
+  <si>
+    <t>Le Ministère de la santé, représenté par la Direction générale de la santé, des associations de transsexuels et les caisses d’Assurance maladie ont demandé à la HAS de préciser les étapes et les modalités du parcours de soin des transsexuels. Ce rapport traite des principales étapes de la prise en charge du transsexualisme de l’adulte par le système de santé. Du point de vue médical, trois points seront particulièrement étudiés : le diagnostic, l’hormonosubstitution et la chirurgie de réassignation. Le sujet du transsexualisme débordant le seul cadre médical, seront aussi soulevées les questions socioculturelles et les questions juridiques. Le rapport propose également l’organisation d’une structure d’offre de soins. L’ensemble de ces propositions sont faites pour éclairer les décideurs et les professionnels de santé en vue d’améliorer de la prise en charge des transsexuels</t>
+  </si>
+  <si>
+    <t>25/11/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>18/02/2010 18:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_894315/fr/situation-actuelle-et-perspectives-d-evolution-de-la-prise-en-charge-medicale-du-transsexualisme-en-france</t>
+  </si>
+  <si>
+    <t>c_894315</t>
+  </si>
+  <si>
+    <t>Diagnostic par sérologie et/ou par recherche du génome viral de l’infection congénitale à cytomégalovirus</t>
+  </si>
+  <si>
+    <t>Evaluation de plusieurs examens diagnostiques dans le cadre de la transmission mère-enfant in utero de l’infection à cytomégalovirus (CMV) : tests sérologiques (mesure de l’avidité des IgG anti-CMV, statut immunitaire IgG anti-CMV), mesure de la charge virale du CMV par amplification génique (PCR) dans le liquide amniotique et les urines/la salive du nouveau-né, et culture cellulaire orientée du CMV</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>19/11/2015 14:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2572929/fr/diagnostic-par-serologie-et/ou-par-recherche-du-genome-viral-de-l-infection-congenitale-a-cytomegalovirus</t>
   </si>
   <si>
     <t>c_2572929</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982941/en/medikinet</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 2 octobre 2024</t>
+  </si>
+  <si>
+    <t>18/12/2024 11:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573827/fr/comite-sante-mentale-et-psychiatrie-du-2-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3573827</t>
+  </si>
+  <si>
+    <t>???</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 15 décembre 2023</t>
+  </si>
+  <si>
+    <t>04/05/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3432858/fr/csms-reunion-du-15-decembre-2023</t>
+  </si>
+  <si>
+    <t>p_3432858</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 26 novembre 2025</t>
+  </si>
+  <si>
+    <t>16/01/2026 16:12:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699897/fr/comite-sante-mentale-et-psychiatrie-du-26-novembre-2025</t>
+  </si>
+  <si>
+    <t>p_3699897</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 8 mars 2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318873/fr/csms-reunion-du-8-mars-2022</t>
+  </si>
+  <si>
+    <t>p_3318873</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du mercredi 9 octobre 2024</t>
+  </si>
+  <si>
+    <t>24/10/2024 10:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3552657/fr/csms-reunion-du-mercredi-9-octobre-2024</t>
+  </si>
+  <si>
+    <t>p_3552657</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 11 avril 2023</t>
+  </si>
+  <si>
+    <t>12/04/2023 08:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426855/fr/csms-reunion-du-11-avril-2023</t>
+  </si>
+  <si>
+    <t>p_3426855</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 juin 2025</t>
+  </si>
+  <si>
+    <t>23/09/2025 08:47:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3610236/fr/comite-sante-mentale-et-psychiatrie-du-18-juin-2025</t>
+  </si>
+  <si>
+    <t>p_3610236</t>
+  </si>
+  <si>
+    <t>Regarder le replay - TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?</t>
+  </si>
+  <si>
+    <t>HAS - Les rendez-vous des bonnes pratiques : regarder en replay le webinaire "TDAH enfants &amp; adolescents : comment diagnostiquer et accompagner ?"</t>
+  </si>
+  <si>
+    <t>23/09/2024 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542985/fr/regarder-le-replay-tdah-enfants-adolescents-comment-diagnostiquer-et-accompagner</t>
+  </si>
+  <si>
+    <t>p_3542985</t>
+  </si>
+  <si>
+    <t>Événement</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 26 février 2020</t>
+  </si>
+  <si>
+    <t>21/02/2020 10:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3152868/fr/college-deliberatif-du-26-fevrier-2020</t>
+  </si>
+  <si>
+    <t>p_3152868</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie du 18 février 2025</t>
+  </si>
+  <si>
+    <t>13/05/2025 08:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3573857/fr/comite-sante-mentale-et-psychiatrie-du-18-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3573857</t>
+  </si>
+  <si>
+    <t>PV Collège délibératif du 18 juillet 2024</t>
+  </si>
+  <si>
+    <t>18/07/2024 17:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3531460/fr/pv-college-deliberatif-du-18-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3531460</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 juillet 2022</t>
+  </si>
+  <si>
+    <t>22/02/2022 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3318883/fr/csms-reunion-du-5-juillet-2022</t>
+  </si>
+  <si>
+    <t>p_3318883</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 9 février  2021</t>
+  </si>
+  <si>
+    <t>17/02/2021 10:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238279/fr/csms-reunion-du-9-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3238279</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 24/09/2024</t>
+  </si>
+  <si>
+    <t>24/07/2025 16:52:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638182/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-24/09/2024</t>
+  </si>
+  <si>
+    <t>p_3638182</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 7 mai 2025</t>
+  </si>
+  <si>
+    <t>22/07/2025 18:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3636696/fr/college-deliberatif-du-7-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3636696</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>PV du Collège Délibératif du 13 juillet 2023</t>
+  </si>
+  <si>
+    <t>19/10/2023 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3468839/fr/pv-du-college-deliberatif-du-13-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3468839</t>
+  </si>
+  <si>
+    <t>CSMS - Réunion du 5 octobre  2021</t>
+  </si>
+  <si>
+    <t>02/11/2021 15:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296301/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3296301</t>
+  </si>
+  <si>
+    <t>17/09/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3286847/fr/csms-reunion-du-5-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3286847</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?</t>
+  </si>
+  <si>
+    <t>Consultez le replay, le support de présentation et la foire aux questions du webinaire "Enfants en danger ou risque de danger : comment utiliser le guide d’évaluation ?" du jeudi 11 mars 2021.</t>
+  </si>
+  <si>
+    <t>11/02/2021 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237161/fr/regarder-en-replay-webinaire-enfants-en-danger-ou-risque-de-danger-comment-utiliser-le-guide-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3237161</t>
+  </si>
+  <si>
+    <t>Collège délibératif du11 janvier 2024</t>
+  </si>
+  <si>
+    <t>29/03/2024 10:04:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3504402/fr/college-deliberatif-du11-janvier-2024</t>
+  </si>
+  <si>
+    <t>p_3504402</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 19/10/2021</t>
+  </si>
+  <si>
+    <t>02/06/2022 12:39:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341631/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-19/10/2021</t>
+  </si>
+  <si>
+    <t>p_3341631</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 03/12/2019</t>
+  </si>
+  <si>
+    <t>08/12/2020 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3135437/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-03/12/2019</t>
+  </si>
+  <si>
+    <t>p_3135437</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 17/12/2024</t>
+  </si>
+  <si>
+    <t>25/07/2025 14:34:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638249/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-17/12/2024</t>
+  </si>
+  <si>
+    <t>p_3638249</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 22/10/2024</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3638227/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-22/10/2024</t>
+  </si>
+  <si>
+    <t>p_3638227</t>
+  </si>
+  <si>
+    <t>Regarder en replay – Conférence en ligne "Sexe et genre en santé : enrichir les savoirs, améliorer les pratiques"</t>
+  </si>
+  <si>
+    <t>La conférence en ligne « Sexe et genre en santé : enrichir les savoirs, améliorer les pratiques » s'est déroulée le lundi 28 juin 2021. Elle faisait suite à la publication du rapport d’analyse prospective 2020 de la HAS « Sexe, genre et santé ». Retrouvez le replay et les présentations.</t>
+  </si>
+  <si>
+    <t>21/05/2021 14:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267574/fr/regarder-en-replay-conference-en-ligne-sexe-et-genre-en-sante-enrichir-les-savoirs-ameliorer-les-pratiques</t>
+  </si>
+  <si>
+    <t>p_3267574</t>
+  </si>
+  <si>
+    <t>Commission Recommandations, Pertinence, Parcours et Indicateurs - Réunion du 8 juillet 2025</t>
+  </si>
+  <si>
+    <t>25/09/2025 12:20:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687191/fr/commission-recommandations-pertinence-parcours-et-indicateurs-reunion-du-8-juillet-2025</t>
+  </si>
+  <si>
+    <t>p_3687191</t>
+  </si>
+  <si>
+    <t>Regardez le replay - Colloque HAS/ANM « Vaccination et sujets âgés » - 4 décembre 2024</t>
+  </si>
+  <si>
+    <t>20/11/2024 12:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3555828/fr/regardez-le-replay-colloque-has/anm-vaccination-et-sujets-ages-4-decembre-2024</t>
+  </si>
+  <si>
+    <t>p_3555828</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 février 2025</t>
+  </si>
+  <si>
+    <t>21/02/2025 10:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591681/fr/college-deliberatif-du-6-fevrier-2025</t>
+  </si>
+  <si>
+    <t>p_3591681</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 29 février 2024</t>
+  </si>
+  <si>
+    <t>29/02/2024 15:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498509/fr/college-deliberatif-du-29-fevrier-2024</t>
+  </si>
+  <si>
+    <t>p_3498509</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 9 mai 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023 Compte-rendu de la réunion du Conseil pour l'Engagement des Usagers du mardi 9 mai 2023</t>
+  </si>
+  <si>
+    <t>25/04/2023 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426267/fr/conseil-pour-l-engagement-des-usagers-reunion-du-9-mai-2023</t>
+  </si>
+  <si>
+    <t>p_3426267</t>
+  </si>
+  <si>
+    <t>Commission Impact des recommandations - Réunion du 21 juillet 2021</t>
+  </si>
+  <si>
+    <t>29/07/2021 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280619/fr/commission-impact-des-recommandations-reunion-du-21-juillet-2021</t>
+  </si>
+  <si>
+    <t>p_3280619</t>
+  </si>
+  <si>
+    <t>Regardez en replay - Université d'automne de la HAS 2025</t>
+  </si>
+  <si>
+    <t>Vous êtes sur le terrain. Nous, à vos côtés.</t>
+  </si>
+  <si>
+    <t>25/06/2025 15:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3632445/fr/regardez-en-replay-universite-d-automne-de-la-has-2025</t>
+  </si>
+  <si>
+    <t>p_3632445</t>
+  </si>
+  <si>
+    <t>Regarder en replay - Webinaire Polyhandicap : décryptage des recos de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS est heureuse de vous présenter le replay de son Webinaire du 26 janvier 2021.</t>
+  </si>
+  <si>
+    <t>17/12/2020 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3224645/fr/regarder-en-replay-webinaire-polyhandicap-decryptage-des-recos-de-la-has</t>
+  </si>
+  <si>
+    <t>p_3224645</t>
+  </si>
+  <si>
+    <t>La HAS à SantExpo 2025 du 20 au 22 mai 2025</t>
+  </si>
+  <si>
+    <t>Retrouvez les experts de la HAS sur son stand à l’occasion du Salon SantExpo – Porte de Versailles.</t>
+  </si>
+  <si>
+    <t>17/04/2025 14:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601968/fr/la-has-a-santexpo-2025-du-20-au-22-mai-2025</t>
+  </si>
+  <si>
+    <t>p_3601968</t>
+  </si>
+  <si>
+    <t>La HAS au congrès Médecine générale France (CMGF) du 27 au 29 mars 2025</t>
+  </si>
+  <si>
+    <t>La HAS sera présente au congrès Médecine générale France (CMGF) du 27 au 29 mars 2025 au Palais des congrès de Paris. Venez à la rencontre de nos experts et découvrez nos actualités sur le stand de la HAS n°54.</t>
+  </si>
+  <si>
+    <t>12/03/2025 17:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593607/fr/la-has-au-congres-medecine-generale-france-cmgf-du-27-au-29-mars-2025</t>
+  </si>
+  <si>
+    <t>p_3593607</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 23 janvier 2025</t>
+  </si>
+  <si>
+    <t>04/04/2025 08:31:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3600218/fr/college-deliberatif-du-23-janvier-2025</t>
+  </si>
+  <si>
+    <t>p_3600218</t>
+  </si>
+  <si>
+    <t>Conseil pour l’engagement des usagers - Réunion du 20 juin 2023</t>
+  </si>
+  <si>
+    <t>Ordre du jour de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé. Compte-rendu de la réunion du mardi 20 juin 2023 du Conseil pour l'Engagement des Usagers de la Haute Autorité de santé.</t>
+  </si>
+  <si>
+    <t>19/06/2023 09:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3442876/fr/conseil-pour-l-engagement-des-usagers-reunion-du-20-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3442876</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0194/DC/SBP du 18 juillet 2024 du collège de la Haute  Autorité de santé portant adoption de la recommandation de bonne pratique  « Trouble du neurodéveloppement / TDAH : Diagnostic et interventions  thérapeutiques auprès des enfants et adolescents »</t>
+  </si>
+  <si>
+    <t>Décision n°2024.0194/DC/SBP du 18 juillet 2024 du collège de la Haute Autorité de santé portant adoption de la recommandation de bonne pratique « Trouble du neurodéveloppement / TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents »</t>
+  </si>
+  <si>
+    <t>18/07/2024 13:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3542515/fr/decision-n2024-0194/dc/sbp-du-18-juillet-2024-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-de-bonne-pratique-trouble-du-neurodeveloppement-/-tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3542515</t>
+  </si>
+  <si>
+    <t>Décision n° 2020.0042/DC/SBPP du 26 février 2020 du collège de la Haute Autorité de santé portant adoption de la recommandation de bonne pratique intitulée « Troubles du neurodéveloppement – Repérage et orientation des enfants à risque »</t>
+  </si>
+  <si>
+    <t>26/02/2020 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3161636/fr/decision-n-2020-0042/dc/sbpp-du-26-fevrier-2020-du-college-de-la-haute-autorite-de-sante-portant-adoption-de-la-recommandation-de-bonne-pratique-intitulee-troubles-du-neurodeveloppement-reperage-et-orientation-des-enfants-a-risque</t>
+  </si>
+  <si>
+    <t>p_3161636</t>
+  </si>
+  <si>
+    <t>Avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la HAS relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI])</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis n° 2025.0008/AC/SEAP du 13 février 2025 du collège de la Haute Autorité de santé relatif à des modifications de la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, concernant la détection de mutations par expansion de nucléotides dans le contexte du syndrome de l’X fragile et des autres maladies associées à une expansion anormale de nucléotides dans le gène FMR1 (syndrome de tremblement-ataxie associé à l’X fragile [FXTAS], insuffisance ovarienne prématurée associée à l’X fragile [FXPOI]). Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique « Voir aussi ».</t>
+  </si>
+  <si>
+    <t>13/02/2025 14:27:00</t>
+  </si>
+  <si>
+    <t>28/02/2025 08:49:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3593691/fr/avis-n-2025-0008/ac/seap-du-13-fevrier-2025-du-college-de-la-has-relatif-a-des-modifications-de-la-liste-des-actes-et-prestations-mentionnee-a-l-article-l-162-1-7-du-code-de-la-securite-sociale-concernant-la-detection-de-mutations-par-expansion-de-nucleotides-dans-le-contexte-du-syndrome-de-l-x-fragile-et-des-autres-maladies-associees-a-une-expansion-anormale-de-nucleotides-dans-le-gene-fmr1-syndrome-de-tremblement-ataxie-associe-a-l-x-fragile-fxtas-insuffisance-ovarienne-prematuree-associee-a-l-x-fragile-fxpoi</t>
+  </si>
+  <si>
+    <t>p_3593691</t>
+  </si>
+  <si>
+    <t>Avis n°2023.0025/AC/SEAP du 13 juillet 2023 du collège de la HAS relatif à l’inscription sur la LAP mentionnée à l’article L. 162-1-7 du CSS, de la technique d’analyse chromosomique sur puce à ADN en contexte postnatal</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est l'avis du Collège de la Haute Autorité de santé n° 2023.0025/AC/SEAP du 13 juillet 2023 relatif à l’inscription sur la liste des actes et prestations mentionnée à l’article L. 162-1-7 du code de la sécurité sociale, de la technique d’analyse chromosomique sur puce à ADN en contexte postnatal. Le rapport sur lequel se fonde cet avis est accessible par le lien situé dans la rubrique "Voir aussi".</t>
+  </si>
+  <si>
+    <t>13/07/2023 10:30:00</t>
+  </si>
+  <si>
+    <t>20/07/2023 16:47:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3453240/fr/avis-n2023-0025/ac/seap-du-13-juillet-2023-du-college-de-la-has-relatif-a-l-inscription-sur-la-lap-mentionnee-a-l-article-l-162-1-7-du-css-de-la-technique-d-analyse-chromosomique-sur-puce-a-adn-en-contexte-postnatal</t>
+  </si>
+  <si>
+    <t>p_3453240</t>
+  </si>
+  <si>
+    <t>Études et Rapports</t>
+  </si>
+  <si>
+    <t>Trouble du spectre de l’autisme – Évaluation de la méthode 3i</t>
+  </si>
+  <si>
+    <t>La HAS a souhaité réévaluer l’efficacité et la sécurité de la méthode 3i chez les enfants ayant un trouble du spectre de l’autisme, à la suite de l’information par l’association Autisme Espoir vers l'école (AEVE) de l’existence de nouvelles études. Ce travail s’inscrit dans la continuité des travaux de la HAS dans le champ des troubles du spectre de l’autisme (TSA), en particulier, la recommandation de bonne pratique publiée en 2012 relative aux interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent.</t>
+  </si>
+  <si>
+    <t>28/04/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2022 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3336481/fr/trouble-du-spectre-de-l-autisme-evaluation-de-la-methode-3i</t>
+  </si>
+  <si>
+    <t>p_3336481</t>
+  </si>
+  <si>
+    <t>Indicateurs de qualité du parcours - Définition des indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie - novembre 2023</t>
+  </si>
+  <si>
+    <t>En 2023, la HAS a défini 14 indicateurs de qualité du parcours des enfants et des adultes ayant une épilepsie. Ils sont présentés dans le rapport « Parcours du patient ayant une épilepsie : Définition des indicateurs de qualité du parcours de soins ». Le développement des 4 indicateurs mesurables à partir du SNDS débutera en 2024.</t>
+  </si>
+  <si>
+    <t>07/12/2023 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3477948/fr/indicateurs-de-qualite-du-parcours-definition-des-indicateurs-de-qualite-du-parcours-des-enfants-et-des-adultes-ayant-une-epilepsie-novembre-2023</t>
+  </si>
+  <si>
+    <t>p_3477948</t>
+  </si>
+  <si>
+    <t>Outil d'amélioration des pratiques professionnelles</t>
+  </si>
+  <si>
+    <t>Accompagner dès le premier recours pour diminuer le risque alcool des femmes</t>
+  </si>
+  <si>
+    <t>26/02/2025 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3592850/fr/accompagner-des-le-premier-recours-pour-diminuer-le-risque-alcool-des-femmes</t>
+  </si>
+  <si>
+    <t>p_3592850</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>XURTA (lisdexamphétamine)</t>
+  </si>
+  <si>
+    <t>16/10/2025 12:36:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3700310/fr/xurta-lisdexamphetamine</t>
+  </si>
+  <si>
+    <t>p_3700310</t>
+  </si>
+  <si>
+    <t>lisdexamphétamine</t>
+  </si>
+  <si>
+    <t>HAC PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3699640/fr/xurta-lisdexamphetamine-trouble-deficitaire-de-l-attention-avec-ou-sans-hyperactivite-tdah-chez-l-adulte-et-l-enfant-age-de-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>MEDIKINET (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:41:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982941/fr/medikinet-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982941</t>
   </si>
   <si>
     <t>méthylphénidate (chlorhydrate de)</t>
   </si>
   <si>
-    <t>HAC PHARMA</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984462/en/concerta-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_1334805/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893478/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210115/fr/medikinet-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419433/fr/medikinet-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>CONCERTA LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/03/2023 17:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984462/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984462</t>
   </si>
   <si>
     <t>JANSSEN-CILAG</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399886/en/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3419448/en/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
+    <t>https://www.has-sante.fr/jcms/c_399886/fr/concerta-lp-18-mg-comprime-boite-de-28-concerta-lp-36-mg-comprime-boite-de-28-concerta-lp-54-mg-comprime-boite-de-28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_750923/fr/concerta-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334823/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2047012/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210109/fr/concerta-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419448/fr/concerta-lp-methylphenidate-trouble-deficitaire-de-l-attention-avec-hyperactivite-tdah-chez-l-adulte</t>
   </si>
   <si>
     <t>PROCUTA (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:41:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983668/en/procuta-isotretinoine</t>
+    <t>18/10/2022 08:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983668/fr/procuta-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2983668</t>
   </si>
   <si>
     <t>isotrétinoïne</t>
   </si>
   <si>
     <t>EXPANSCIENCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517652/en/procuta-isotretinoine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377735/en/procuta-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_517652/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256034/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2754731/fr/procuta-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377735/fr/procuta-isotretinoine</t>
   </si>
   <si>
     <t>CURACNE (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:37:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984086/en/curacne-isotretinoine</t>
+    <t>18/10/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984086/fr/curacne-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984086</t>
   </si>
   <si>
     <t>PIERRE FABRE DERMATOLOGIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_517579/en/curacne-isotretinoine</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377738/en/curacne-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_517579/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1256032/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2637975/fr/curacne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377738/fr/curacne-isotretinoine</t>
   </si>
   <si>
     <t>ISOTRETINOINE ACNETRAIT (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:34:04</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984464/en/isotretinoine-acnetrait-isotretinoine</t>
+    <t>18/10/2022 08:34:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984464/fr/isotretinoine-acnetrait-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984464</t>
   </si>
   <si>
     <t>ARROW GÉNÉRIQUES</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2047003/en/acnetrait-isotretinoine</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3377744/en/isotretinoine-acnetrait-isotretinoine</t>
+    <t>https://www.has-sante.fr/jcms/c_2047003/fr/acnetrait-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377744/fr/isotretinoine-acnetrait-isotretinoine</t>
   </si>
   <si>
     <t>CONTRACNE (isotrétinoïne)</t>
   </si>
   <si>
-    <t>10/18/2022 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984937/en/contracne-isotretinoine</t>
+    <t>18/10/2022 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984937/fr/contracne-isotretinoine</t>
   </si>
   <si>
     <t>pprd_2984937</t>
   </si>
   <si>
     <t>BAILLEUL-BIORGA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_900498/en/contracne-isotretinoine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982913/en/ritaline-ritaline-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_900498/fr/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367939/fr/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3377741/fr/contracne-isotretinoine</t>
+  </si>
+  <si>
+    <t>RITALINE - RITALINE LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>10/01/2022 17:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982913/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2982913</t>
   </si>
   <si>
     <t>NOVARTIS PHARMA S.A.S.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399583/en/ritaline-10-mg-comprimes-boite-de-30</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3305318/en/ritaline-lp-methylphenidate-tdah</t>
+    <t>https://www.has-sante.fr/jcms/c_399583/fr/ritaline-10-mg-comprimes-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399926/fr/ritaline-lp-20-mg-gelules-boite-de-30-ritaline-lp-30-mg-gelules-boite-de-30-ritaline-lp-40-mg-gelules-boite-de-30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334799/fr/ritaline-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2897010/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210112/fr/ritaline-ritaline-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3305318/fr/ritaline-lp-methylphenidate-tdah</t>
   </si>
   <si>
     <t>FYCOMPA (pérampanel)</t>
   </si>
   <si>
-    <t>06/24/2021 15:41:10</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982727/en/fycompa-perampanel</t>
+    <t>24/06/2021 15:41:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982727/fr/fycompa-perampanel</t>
   </si>
   <si>
     <t>pprd_2982727</t>
   </si>
   <si>
     <t>pérampanel</t>
   </si>
   <si>
     <t>EISAI SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1638077/en/fycompa-perampanel-antiepileptique</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984144/en/quasym-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_1638077/fr/fycompa-perampanel-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2682097/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2972296/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3106646/fr/fycompa-perampanel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273462/fr/fycompa-perampanel-crises-d-epilepsie-gtcp-et-egi</t>
+  </si>
+  <si>
+    <t>QUASYM LP (méthylphénidate (chlorhydrate de))</t>
+  </si>
+  <si>
+    <t>30/09/2020 17:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984144/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
   </si>
   <si>
     <t>pprd_2984144</t>
   </si>
   <si>
     <t>SHIRE FRANCE S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_939181/en/quasym</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3210094/en/quasym-lp</t>
+    <t>https://www.has-sante.fr/jcms/c_939181/fr/quasym-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1334808/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621698/fr/quasym-lp-methylphenidate-psychostimulant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3210094/fr/quasym-lp-methylphenidate-chlorhydrate-de</t>
+  </si>
+  <si>
+    <t>IMCIVREE (setmélanotide)</t>
+  </si>
+  <si>
+    <t>26/01/2026 17:57:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310643/fr/imcivree-setmelanotide</t>
+  </si>
+  <si>
+    <t>p_3310643</t>
+  </si>
+  <si>
+    <t>setmélanotide</t>
+  </si>
+  <si>
+    <t>PHARMA BLUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3310631/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3324540/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3352501/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-sbb-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403261/fr/imcivree-setmelanotide-obesite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3416571/fr/imcivree-setmelanotide-pomc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3421149/fr/imcivree-setmelanotide-syndrome-de-bardet-biedl-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456790/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3463613/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3547474/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3608590/fr/imcivree-setmelanotide-obesite-chez-les-enfants-de-2-a-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806737/fr/imcivree-setmelanotide-traitement-de-l-obesite-et-du-controle-de-la-faim-sbb-chez-les-patients-ages-de-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3835284/fr/imcivree-setmelanotide-obesite-et-controle-de-la-faim-adultes-et-enfants-6-ans-et-plus</t>
+  </si>
+  <si>
+    <t>LIKOZAM (clobazam)</t>
+  </si>
+  <si>
+    <t>15/12/2025 08:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983931/fr/likozam-clobazam</t>
+  </si>
+  <si>
+    <t>pprd_2983931</t>
+  </si>
+  <si>
+    <t>clobazam</t>
+  </si>
+  <si>
+    <t>ADVICENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2676744/fr/likozam-clobazam-en-suspension-buvable-benzodiazepine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3793778/fr/likozam-clobazam-epilepsie</t>
+  </si>
+  <si>
+    <t>ADAFLEX (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/11/2025 09:06:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3742069/fr/adaflex-melatonine</t>
+  </si>
+  <si>
+    <t>p_3742069</t>
+  </si>
+  <si>
+    <t>mélatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3741591/fr/adaflex-melatonine-insomnie</t>
+  </si>
+  <si>
+    <t>EMCITATE (tiratricol)</t>
+  </si>
+  <si>
+    <t>25/09/2025 10:00:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639866/fr/emcitate-tiratricol</t>
+  </si>
+  <si>
+    <t>p_3639866</t>
+  </si>
+  <si>
+    <t>tiratricol</t>
+  </si>
+  <si>
+    <t>EGETIS THERAPEUTICS AB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639856/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3686952/fr/emcitate-tiratricol-thyrotoxicose-peripherique</t>
   </si>
   <si>
     <t>FINTEPLA (fenfluramine)</t>
   </si>
   <si>
-    <t>11/27/2024 17:04:47</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3270401/en/fintepla-fenfluramine</t>
+    <t>27/11/2024 17:04:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270401/fr/fintepla-fenfluramine</t>
   </si>
   <si>
     <t>p_3270401</t>
   </si>
   <si>
     <t>fenfluramine</t>
   </si>
   <si>
     <t>UCB PHARMA S.A.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3269738/en/fintepla-fenfluramine</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2982973/en/sianalar</t>
+    <t>https://www.has-sante.fr/jcms/p_3269738/fr/fintepla-fenfluramine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561260/fr/fintepla-fenfluramine-epilepsie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3561257/fr/fintepla-fenfluramine-epilepsie</t>
+  </si>
+  <si>
+    <t>SIALANAR (bromure de glycopyrronium)</t>
+  </si>
+  <si>
+    <t>08/03/2024 08:40:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982973/fr/sialanar-bromure-de-glycopyrronium</t>
   </si>
   <si>
     <t>pprd_2982973</t>
   </si>
   <si>
     <t>bromure de glycopyrronium</t>
   </si>
   <si>
     <t>EURODEP PHARMA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2889901/en/sianalar-glycopyrronium-bromide-anticholinergic</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3499775/en/sialanar-glycopyrronium-bromide-severe-sialorrhoea</t>
+    <t>https://www.has-sante.fr/jcms/c_2889901/fr/sialanar-bromure-de-glycopyrronium-anticholinergique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3499775/fr/sialanar-bromure-de-glycopyrronium-sialorrhee-severe</t>
   </si>
   <si>
     <t>QUVIVIQ (daridorexant)</t>
   </si>
   <si>
-    <t>05/30/2023 17:49:02</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3443909/en/quviviq-daridorexant</t>
+    <t>30/05/2023 17:49:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443909/fr/quviviq-daridorexant</t>
   </si>
   <si>
     <t>p_3443909</t>
   </si>
   <si>
     <t>daridorexant</t>
   </si>
   <si>
     <t>IDORSIA PHARMACEUTICALS FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3443615/en/quviviq-daridorexant-chronic-insomnia</t>
+    <t>https://www.has-sante.fr/jcms/p_3443615/fr/quviviq-daridorexant-insomnie-chronique</t>
   </si>
   <si>
     <t>RYBRILA (bromure de glycopyrronium)</t>
   </si>
   <si>
-    <t>04/12/2023 11:44:34</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3426388/en/rybrila-bromure-de-glycopyrronium</t>
+    <t>12/04/2023 11:44:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426388/fr/rybrila-bromure-de-glycopyrronium</t>
   </si>
   <si>
     <t>p_3426388</t>
   </si>
   <si>
     <t>BIOCODEX</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3426351/en/rybrila-glycopyrronium-bromide-severe-sialorrhoea</t>
+    <t>https://www.has-sante.fr/jcms/p_3426351/fr/rybrila-bromure-de-glycopyrronium-sialorrhee-severe</t>
+  </si>
+  <si>
+    <t>BUCCOLAM (midazolam)</t>
+  </si>
+  <si>
+    <t>05/09/2025 13:50:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983442/fr/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>pprd_2983442</t>
+  </si>
+  <si>
+    <t>midazolam</t>
+  </si>
+  <si>
+    <t>NEURAXPHARM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1284604/fr/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818022/fr/buccolam-midazolam</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643533/fr/buccolam-midazolam-epilepsie-chez-l-adulte</t>
   </si>
   <si>
     <t>PEDITRACE (chlorure de zinc, chlorure de cuivre dihydraté, sélénite de sodium, chlorure de manganèse tétrahydraté, iodure de potassium)</t>
   </si>
   <si>
-    <t>04/30/2025 17:22:20</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3603671/en/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
+    <t>30/04/2025 17:22:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3603671/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium</t>
   </si>
   <si>
     <t>p_3603671</t>
   </si>
   <si>
     <t>chlorure de zinc,chlorure de cuivre dihydraté,sélénite de sodium,chlorure de manganèse tétrahydraté,iodure de potassium</t>
   </si>
   <si>
     <t>FRESENIUS KABI FRANCE SA</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3603360/en/peditrace-zinc-chloride-copper-chloride-dihydrate-sodium-selenite-manganese-chloride-tetrahydrate-potassium-iodide-nutrition</t>
+    <t>https://www.has-sante.fr/jcms/p_3603360/fr/peditrace-chlorure-de-zinc-chlorure-de-cuivre-dihydrate-selenite-de-sodium-chlorure-de-manganese-tetrahydrate-iodure-de-potassium-nutrition-oligo-elements</t>
+  </si>
+  <si>
+    <t>SLENYTO (mélatonine)</t>
+  </si>
+  <si>
+    <t>21/05/2021 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080614/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>p_3080614</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080473/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267210/fr/slenyto-melatonine</t>
+  </si>
+  <si>
+    <t>BRIVIACT (brivaracétam)</t>
+  </si>
+  <si>
+    <t>09/01/2023 09:52:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983977/fr/briviact-brivaracetam</t>
+  </si>
+  <si>
+    <t>pprd_2983977</t>
+  </si>
+  <si>
+    <t>brivaracétam</t>
+  </si>
+  <si>
+    <t>UCB PHARMA SA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2664617/fr/briviact-brivaracetam-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402018/fr/briviact-brivaracetam-epilepsie-de-l-enfant-et-de-l-adolescent-2-a-15-ans-inclus</t>
   </si>
   <si>
     <t>VIMPAT (lacosamide)</t>
   </si>
   <si>
-    <t>05/07/2021 15:52:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983013/en/vimpat-lacosamide</t>
+    <t>07/05/2021 15:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983013/fr/vimpat-lacosamide</t>
   </si>
   <si>
     <t>pprd_2983013</t>
   </si>
   <si>
     <t>lacosamide</t>
   </si>
   <si>
-    <t>UCB PHARMA SA</t>
-[...23 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3202599/en/ajovy</t>
+    <t>https://www.has-sante.fr/jcms/c_763759/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558823/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2818028/fr/vimpat-lacosamide-antiepileptique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2885813/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264975/fr/vimpat-lacosamide</t>
+  </si>
+  <si>
+    <t>AJOVY (frémanezumab)</t>
+  </si>
+  <si>
+    <t>11/04/2025 17:03:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3202599/fr/ajovy-fremanezumab</t>
   </si>
   <si>
     <t>p_3202599</t>
   </si>
   <si>
     <t>frémanezumab</t>
   </si>
   <si>
     <t>TEVA SANTE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3202357/en/ajovy</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3601431/en/ajovy-fremanezumab-migraine</t>
+    <t>https://www.has-sante.fr/jcms/p_3202357/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3367543/fr/ajovy-fremanezumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601431/fr/ajovy-fremanezumab-migraine</t>
   </si>
   <si>
     <t>EYLEA (aflibercept)</t>
   </si>
   <si>
-    <t>12/03/2024 17:02:27</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983956/en/eylea-aflibercept</t>
+    <t>03/12/2024 17:02:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983956/fr/eylea-aflibercept</t>
   </si>
   <si>
     <t>pprd_2983956</t>
   </si>
   <si>
     <t>aflibercept</t>
   </si>
   <si>
     <t>BAYER HEALTHCARE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1554433/en/eylea</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3563526/en/eylea-aflibercept-degenerescence-maculaire-liee-a-l-age-oedeme-maculaire-diabetique</t>
+    <t>https://www.has-sante.fr/jcms/c_1554433/fr/eylea-aflibercept-proteine-de-fusion-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751177/fr/eylea-aflibercept-agent-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025589/fr/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2589764/fr/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671791/fr/eylea-aflibercept-anti-vegf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289074/fr/eylea-aflibercept-omd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3456512/fr/eylea-aflibercept-retinopathie-du-premature</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535155/fr/eylea-aflibercept-degenerescence-maculaire-liee-a-l-age-dmla</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3535158/fr/eylea-aflibercept-oedeme-maculaire-diabetique-omd</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563526/fr/eylea-aflibercept-degenerescence-maculaire-liee-a-l-age-oedeme-maculaire-diabetique</t>
   </si>
   <si>
     <t>ZTALMY (ganaxolone)</t>
   </si>
   <si>
-    <t>07/01/2024 08:38:44</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3528532/en/ztalmy-ganaxolone</t>
+    <t>01/07/2024 08:38:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528532/fr/ztalmy-ganaxolone</t>
   </si>
   <si>
     <t>p_3528532</t>
   </si>
   <si>
     <t>ganaxolone</t>
   </si>
   <si>
     <t>ORION PHARMA FRANCE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3527609/en/ztalmy-ganaxolone-epilepsy</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983397/en/spinraza</t>
+    <t>https://www.has-sante.fr/jcms/p_3527609/fr/ztalmy-ganaxolone-epilepsie</t>
+  </si>
+  <si>
+    <t>BENLYSTA (bélimumab)</t>
+  </si>
+  <si>
+    <t>29/01/2026 16:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983294/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983294</t>
+  </si>
+  <si>
+    <t>bélimumab</t>
+  </si>
+  <si>
+    <t>GLAXOSMITHKLINE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1234522/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1751169/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2848657/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3191300/fr/benlysta-belimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313609/fr/benlysta-belimumab-glomerulonephrite-lupique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3577030/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837718/fr/benlysta-belimumab-lupus-systemique-actif</t>
+  </si>
+  <si>
+    <t>SPINRAZA (nusinersen)</t>
+  </si>
+  <si>
+    <t>10/07/2024 11:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983397/fr/spinraza-nusinersen</t>
   </si>
   <si>
     <t>pprd_2983397</t>
   </si>
   <si>
     <t>nusinersen</t>
   </si>
   <si>
     <t>BIOGEN FRANCE SAS</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2826600/en/spinraza-nusinersen-antisense-oligonucleotide</t>
-[...20 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1267303/en/work-programme-has</t>
+    <t>https://www.has-sante.fr/jcms/c_2826600/fr/spinraza-nusinersen-oligonucleotide-antisens</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3199401/fr/spinraza-nusinersen</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529321/fr/spinraza-nusinersen-sodique-amyotrophie-spinale</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Outil d’aide à la préparation des épreuves dématérialisées nationales (EDN) : mode d'emploi</t>
+  </si>
+  <si>
+    <t>La HAS a recensé parmi ses travaux ceux qui intéressent les étudiants qui préparent les épreuves dématérialisées nationales (EDN).</t>
+  </si>
+  <si>
+    <t>03/02/2023 10:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_646948/fr/outil-d-aide-a-la-preparation-des-epreuves-dematerialisees-nationales-edn-mode-d-emploi</t>
+  </si>
+  <si>
+    <t>c_646948</t>
+  </si>
+  <si>
+    <t>Trouble déficit de l’attention avec ou sans hyperactivité (TDAH) : repérer la souffrance, accompagner l’enfant et la famille - questions / réponses</t>
+  </si>
+  <si>
+    <t>Le déficit de l’attention avec ou sans hyperactivité (TDAH) est un trouble du neurodéveloppement associant 3 symptômes, dont l’intensité varie selon la personne. Les questions/réponses TDAH orientent l’entourage sur la prise en charge des enfants et adolescents via le repérage, diagnostic et prise en charge. Elles mentionnent les ressources à mobiliser telles que les professionnels de santé ainsi que l’environnement familial et scolaire.</t>
+  </si>
+  <si>
+    <t>22/01/2025 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2025618/fr/trouble-deficit-de-l-attention-avec-ou-sans-hyperactivite-tdah-reperer-la-souffrance-accompagner-l-enfant-et-la-famille-questions-/-reponses</t>
+  </si>
+  <si>
+    <t>c_2025618</t>
+  </si>
+  <si>
+    <t>Autisme de l’enfant – Rester en alerte pour dépister au plus tôt</t>
+  </si>
+  <si>
+    <t>Un diagnostic précoce est essentiel dans l'autisme de l'enfant. Zoom sur les recommandations, témoignages &amp; infographie sur le repérage, le diagnostic et la prise en charge de l'enfant.</t>
+  </si>
+  <si>
+    <t>12/02/2019 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974213/fr/autisme-de-l-enfant-rester-en-alerte-pour-depister-au-plus-tot</t>
+  </si>
+  <si>
+    <t>pprd_2974213</t>
+  </si>
+  <si>
+    <t>Programme « santé mentale et psychiatrie » de la HAS</t>
+  </si>
+  <si>
+    <t>Depuis 2013, la HAS organise ses travaux dans le champ de la santé mentale et de la psychiatrie sous la forme de programmes pluriannuels prospectifs et évolutifs.</t>
+  </si>
+  <si>
+    <t>14/02/2025 14:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1721760/fr/programme-sante-mentale-et-psychiatrie-de-la-has</t>
+  </si>
+  <si>
+    <t>c_1721760</t>
+  </si>
+  <si>
+    <t>Comité santé mentale et psychiatrie</t>
+  </si>
+  <si>
+    <t>Afin de poursuivre et renforcer son engagement dans le domaine de la santé mentale et de la psychiatrie, la HAS a créé en juillet 2024 le comité santé mentale et psychiatrie. Il remplace le comité de suivi « psychiatrie et santé mentale » mis en place en 2013.</t>
+  </si>
+  <si>
+    <t>17/10/2024 11:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3549127/fr/comite-sante-mentale-et-psychiatrie</t>
+  </si>
+  <si>
+    <t>p_3549127</t>
+  </si>
+  <si>
+    <t>Productions programmées en 2025</t>
+  </si>
+  <si>
+    <t>Le document « Productions programmées en 2025 » de la HAS recense les productions prévues pour l'année 2025, incluant des recommandations de bonne pratique, des outils pour les professionnels, et des recommandations vaccinales ou de santé publique. Ces productions sont définies par le collège de la HAS en fonction des demandes reçues de divers acteurs comme le ministère de la Santé, l'Assurance maladie, les organisations professionnelles et les associations d'usagers. Certaines productions sont également initiées par la HAS elle-même en réponse à des enjeux identifiés.</t>
+  </si>
+  <si>
+    <t>18/01/2024 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1267303/fr/productions-programmees-en-2025</t>
   </si>
   <si>
     <t>c_1267303</t>
+  </si>
+  <si>
+    <t>Organisation de la HAS</t>
+  </si>
+  <si>
+    <t>La HAS comprend un collège, 9 commissions spécialisées, des services, dirigés par le directeur général. L’organisation et le fonctionnement de la HAS sont fixés par le décret n°2004-1139 du 26 octobre 2004.</t>
+  </si>
+  <si>
+    <t>05/04/2018 10:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_412227/fr/organisation-de-la-has</t>
+  </si>
+  <si>
+    <t>c_412227</t>
+  </si>
+  <si>
+    <t>Autisme de l’adulte – S’adapter pour favoriser l’accès aux soins</t>
+  </si>
+  <si>
+    <t>Favoriser l'inclusion sociale, l'autonomie et la santé de l’adulte autiste est capital. Le point sur les travaux sur ce thème et témoignages de professionnels et de personnes impliquées.</t>
+  </si>
+  <si>
+    <t>30/03/2018 11:56:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2974202/fr/autisme-de-l-adulte-s-adapter-pour-favoriser-l-acces-aux-soins</t>
+  </si>
+  <si>
+    <t>pprd_2974202</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId11" Target="worksheets/sheet9.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId12" Target="worksheets/sheet10.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId13" Target="worksheets/sheet11.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId14" Target="worksheets/sheet12.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -939,1376 +3759,6719 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>897</v>
+      </c>
+      <c r="B2" t="s">
+        <v>898</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>899</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>900</v>
+      </c>
+      <c r="H2" t="s">
+        <v>901</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:W29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>902</v>
+      </c>
+      <c r="J1" t="s">
+        <v>903</v>
+      </c>
+      <c r="K1" t="s">
+        <v>904</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>905</v>
+      </c>
+      <c r="B2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>907</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>908</v>
+      </c>
+      <c r="H2" t="s">
+        <v>909</v>
+      </c>
+      <c r="I2" t="s">
+        <v>910</v>
+      </c>
+      <c r="J2" t="s">
+        <v>911</v>
+      </c>
+      <c r="K2" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>905</v>
+      </c>
+      <c r="B3" t="s">
+        <v>913</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>914</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>915</v>
+      </c>
+      <c r="H3" t="s">
+        <v>916</v>
+      </c>
+      <c r="I3" t="s">
+        <v>917</v>
+      </c>
+      <c r="J3" t="s">
+        <v>911</v>
+      </c>
+      <c r="K3" t="s">
+        <v>918</v>
+      </c>
+      <c r="L3" t="s">
+        <v>919</v>
+      </c>
+      <c r="M3" t="s">
+        <v>920</v>
+      </c>
+      <c r="N3" t="s">
+        <v>921</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>905</v>
+      </c>
+      <c r="B4" t="s">
+        <v>922</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>923</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>924</v>
+      </c>
+      <c r="H4" t="s">
+        <v>925</v>
+      </c>
+      <c r="I4" t="s">
+        <v>917</v>
+      </c>
+      <c r="J4" t="s">
+        <v>926</v>
+      </c>
+      <c r="K4" t="s">
+        <v>927</v>
+      </c>
+      <c r="L4" t="s">
+        <v>928</v>
+      </c>
+      <c r="M4" t="s">
+        <v>929</v>
+      </c>
+      <c r="N4" t="s">
+        <v>930</v>
+      </c>
+      <c r="O4" t="s">
+        <v>931</v>
+      </c>
+      <c r="P4" t="s">
+        <v>932</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>905</v>
+      </c>
+      <c r="B5" t="s">
+        <v>933</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>934</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>935</v>
+      </c>
+      <c r="H5" t="s">
+        <v>936</v>
+      </c>
+      <c r="I5" t="s">
+        <v>937</v>
+      </c>
+      <c r="J5" t="s">
+        <v>938</v>
+      </c>
+      <c r="K5" t="s">
+        <v>939</v>
+      </c>
+      <c r="L5" t="s">
+        <v>940</v>
+      </c>
+      <c r="M5" t="s">
+        <v>941</v>
+      </c>
+      <c r="N5" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>905</v>
+      </c>
+      <c r="B6" t="s">
+        <v>943</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>944</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>945</v>
+      </c>
+      <c r="H6" t="s">
+        <v>946</v>
+      </c>
+      <c r="I6" t="s">
+        <v>937</v>
+      </c>
+      <c r="J6" t="s">
+        <v>947</v>
+      </c>
+      <c r="K6" t="s">
+        <v>948</v>
+      </c>
+      <c r="L6" t="s">
+        <v>949</v>
+      </c>
+      <c r="M6" t="s">
+        <v>950</v>
+      </c>
+      <c r="N6" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>905</v>
+      </c>
+      <c r="B7" t="s">
+        <v>952</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>953</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>954</v>
+      </c>
+      <c r="H7" t="s">
+        <v>955</v>
+      </c>
+      <c r="I7" t="s">
+        <v>937</v>
+      </c>
+      <c r="J7" t="s">
+        <v>956</v>
+      </c>
+      <c r="K7" t="s">
+        <v>957</v>
+      </c>
+      <c r="L7" t="s">
+        <v>958</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>905</v>
+      </c>
+      <c r="B8" t="s">
+        <v>959</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>960</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>961</v>
+      </c>
+      <c r="H8" t="s">
+        <v>962</v>
+      </c>
+      <c r="I8" t="s">
+        <v>937</v>
+      </c>
+      <c r="J8" t="s">
+        <v>963</v>
+      </c>
+      <c r="K8" t="s">
+        <v>964</v>
+      </c>
+      <c r="L8" t="s">
+        <v>965</v>
+      </c>
+      <c r="M8" t="s">
+        <v>966</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>905</v>
+      </c>
+      <c r="B9" t="s">
+        <v>967</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>968</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>969</v>
+      </c>
+      <c r="H9" t="s">
+        <v>970</v>
+      </c>
+      <c r="I9" t="s">
+        <v>917</v>
+      </c>
+      <c r="J9" t="s">
+        <v>971</v>
+      </c>
+      <c r="K9" t="s">
+        <v>972</v>
+      </c>
+      <c r="L9" t="s">
+        <v>973</v>
+      </c>
+      <c r="M9" t="s">
+        <v>974</v>
+      </c>
+      <c r="N9" t="s">
+        <v>975</v>
+      </c>
+      <c r="O9" t="s">
+        <v>976</v>
+      </c>
+      <c r="P9" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>905</v>
+      </c>
+      <c r="B10" t="s">
+        <v>978</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>979</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>980</v>
+      </c>
+      <c r="H10" t="s">
+        <v>981</v>
+      </c>
+      <c r="I10" t="s">
+        <v>982</v>
+      </c>
+      <c r="J10" t="s">
+        <v>983</v>
+      </c>
+      <c r="K10" t="s">
+        <v>984</v>
+      </c>
+      <c r="L10" t="s">
+        <v>985</v>
+      </c>
+      <c r="M10" t="s">
+        <v>986</v>
+      </c>
+      <c r="N10" t="s">
+        <v>987</v>
+      </c>
+      <c r="O10" t="s">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>905</v>
+      </c>
+      <c r="B11" t="s">
+        <v>989</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>990</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>991</v>
+      </c>
+      <c r="H11" t="s">
+        <v>992</v>
+      </c>
+      <c r="I11" t="s">
+        <v>917</v>
+      </c>
+      <c r="J11" t="s">
+        <v>993</v>
+      </c>
+      <c r="K11" t="s">
+        <v>994</v>
+      </c>
+      <c r="L11" t="s">
+        <v>995</v>
+      </c>
+      <c r="M11" t="s">
+        <v>996</v>
+      </c>
+      <c r="N11" t="s">
+        <v>997</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>905</v>
+      </c>
+      <c r="B12" t="s">
+        <v>998</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>999</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1002</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1004</v>
+      </c>
+      <c r="L12" t="s">
+        <v>1005</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1006</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1007</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1008</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1009</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1010</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1011</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1007</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1012</v>
+      </c>
+      <c r="U12" t="s">
+        <v>1013</v>
+      </c>
+      <c r="V12" t="s">
+        <v>1014</v>
+      </c>
+      <c r="W12" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>905</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1021</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1022</v>
+      </c>
+      <c r="L13" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>905</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J14" t="s">
+        <v>911</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>905</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1035</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1036</v>
+      </c>
+      <c r="L15" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>905</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1045</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>905</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1052</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1053</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1054</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>905</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1055</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1056</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1057</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1058</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1059</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1060</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>905</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1051</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1066</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1067</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>905</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1072</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K20" t="s">
+        <v>1074</v>
+      </c>
+      <c r="L20" t="s">
+        <v>1075</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>905</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1079</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1080</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1081</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1082</v>
+      </c>
+      <c r="K21" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>905</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1085</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1086</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1087</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1066</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1088</v>
+      </c>
+      <c r="L22" t="s">
+        <v>1089</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>905</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1090</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1092</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1094</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1095</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1096</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>905</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1099</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1100</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1102</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1095</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1103</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1104</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1105</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1106</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>905</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1113</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1114</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1115</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>905</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1118</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1119</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1120</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1121</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1122</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1123</v>
+      </c>
+      <c r="L26" t="s">
+        <v>1124</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1125</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1126</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1127</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1128</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1129</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1130</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1131</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1132</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>905</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1134</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1135</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1136</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1137</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>905</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1145</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1146</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1147</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1148</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1149</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1150</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1151</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>905</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1154</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1155</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1156</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1157</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1158</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1159</v>
+      </c>
+      <c r="L29" t="s">
+        <v>1160</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1161</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H9"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="C2" t="s">
+        <v>1164</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1167</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1168</v>
+      </c>
+      <c r="C3" t="s">
+        <v>1169</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C4" t="s">
+        <v>1174</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1175</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1176</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1177</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1178</v>
+      </c>
+      <c r="C5" t="s">
+        <v>1179</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1182</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1183</v>
+      </c>
+      <c r="C6" t="s">
+        <v>1184</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C7" t="s">
+        <v>1189</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1192</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1193</v>
+      </c>
+      <c r="C8" t="s">
+        <v>1194</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1197</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1162</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1198</v>
+      </c>
+      <c r="C9" t="s">
+        <v>1199</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1202</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H101"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="C2" t="s">
-        <v>18</v>
+        <v>24</v>
       </c>
       <c r="D2" t="s">
-        <v>19</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H2" t="s">
-        <v>22</v>
+        <v>27</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B3" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="C3" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D3" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D4" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="D5" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B6" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="D6" t="s">
-        <v>43</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>45</v>
       </c>
       <c r="H6" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="B7" t="s">
         <v>47</v>
       </c>
       <c r="C7" t="s">
         <v>48</v>
       </c>
       <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>49</v>
       </c>
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>50</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>51</v>
       </c>
-      <c r="H7" t="s">
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
         <v>52</v>
+      </c>
+      <c r="C8" t="s">
+        <v>53</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>54</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>55</v>
+      </c>
+      <c r="H8" t="s">
+        <v>56</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C9" t="s">
+        <v>58</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>59</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>60</v>
+      </c>
+      <c r="H9" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>62</v>
+      </c>
+      <c r="C10" t="s">
+        <v>63</v>
+      </c>
+      <c r="D10" t="s">
+        <v>64</v>
+      </c>
+      <c r="E10" t="s">
+        <v>65</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>66</v>
+      </c>
+      <c r="H10" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>68</v>
+      </c>
+      <c r="C11" t="s">
+        <v>69</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>70</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>73</v>
+      </c>
+      <c r="C12" t="s">
+        <v>74</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>75</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>76</v>
+      </c>
+      <c r="H12" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>78</v>
+      </c>
+      <c r="C13" t="s">
+        <v>79</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>80</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>81</v>
+      </c>
+      <c r="H13" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>83</v>
+      </c>
+      <c r="C14" t="s">
+        <v>84</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>86</v>
+      </c>
+      <c r="H14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>90</v>
+      </c>
+      <c r="H15" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C16" t="s">
+        <v>93</v>
+      </c>
+      <c r="D16" t="s">
+        <v>94</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>22</v>
+      </c>
+      <c r="B17" t="s">
+        <v>98</v>
+      </c>
+      <c r="C17" t="s">
+        <v>99</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>100</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>101</v>
+      </c>
+      <c r="H17" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>22</v>
+      </c>
+      <c r="B18" t="s">
+        <v>103</v>
+      </c>
+      <c r="C18" t="s">
+        <v>104</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>35</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>105</v>
+      </c>
+      <c r="H18" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>22</v>
+      </c>
+      <c r="B19" t="s">
+        <v>107</v>
+      </c>
+      <c r="C19" t="s">
+        <v>108</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>110</v>
+      </c>
+      <c r="H19" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>22</v>
+      </c>
+      <c r="B20" t="s">
+        <v>112</v>
+      </c>
+      <c r="C20" t="s">
+        <v>113</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>114</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>115</v>
+      </c>
+      <c r="H20" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21" t="s">
+        <v>117</v>
+      </c>
+      <c r="C21" t="s">
+        <v>118</v>
+      </c>
+      <c r="D21" t="s">
+        <v>119</v>
+      </c>
+      <c r="E21" t="s">
+        <v>120</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>121</v>
+      </c>
+      <c r="H21" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>22</v>
+      </c>
+      <c r="B22" t="s">
+        <v>123</v>
+      </c>
+      <c r="C22" t="s">
+        <v>124</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>125</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>126</v>
+      </c>
+      <c r="H22" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>22</v>
+      </c>
+      <c r="B23" t="s">
+        <v>128</v>
+      </c>
+      <c r="C23" t="s">
+        <v>129</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>130</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>131</v>
+      </c>
+      <c r="H23" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>22</v>
+      </c>
+      <c r="B24" t="s">
+        <v>133</v>
+      </c>
+      <c r="C24" t="s">
+        <v>134</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>135</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>136</v>
+      </c>
+      <c r="H24" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>22</v>
+      </c>
+      <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>139</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>100</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>140</v>
+      </c>
+      <c r="H25" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>22</v>
+      </c>
+      <c r="B26" t="s">
+        <v>142</v>
+      </c>
+      <c r="C26" t="s">
+        <v>143</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>70</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>144</v>
+      </c>
+      <c r="H26" t="s">
+        <v>145</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>22</v>
+      </c>
+      <c r="B27" t="s">
+        <v>146</v>
+      </c>
+      <c r="C27" t="s">
+        <v>147</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>148</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>149</v>
+      </c>
+      <c r="H27" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>22</v>
+      </c>
+      <c r="B28" t="s">
+        <v>151</v>
+      </c>
+      <c r="C28" t="s">
+        <v>152</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>153</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>154</v>
+      </c>
+      <c r="H28" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>22</v>
+      </c>
+      <c r="B29" t="s">
+        <v>156</v>
+      </c>
+      <c r="C29" t="s">
+        <v>157</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>158</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>159</v>
+      </c>
+      <c r="H29" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>22</v>
+      </c>
+      <c r="B30" t="s">
+        <v>161</v>
+      </c>
+      <c r="C30" t="s">
+        <v>162</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>163</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>164</v>
+      </c>
+      <c r="H30" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>22</v>
+      </c>
+      <c r="B31" t="s">
+        <v>166</v>
+      </c>
+      <c r="C31" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>100</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>168</v>
+      </c>
+      <c r="H31" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>22</v>
+      </c>
+      <c r="B32" t="s">
+        <v>170</v>
+      </c>
+      <c r="C32" t="s">
+        <v>171</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>100</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>172</v>
+      </c>
+      <c r="H32" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>22</v>
+      </c>
+      <c r="B33" t="s">
+        <v>174</v>
+      </c>
+      <c r="C33" t="s">
+        <v>175</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>100</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>176</v>
+      </c>
+      <c r="H33" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>22</v>
+      </c>
+      <c r="B34" t="s">
+        <v>178</v>
+      </c>
+      <c r="C34" t="s">
+        <v>179</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>70</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>180</v>
+      </c>
+      <c r="H34" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>22</v>
+      </c>
+      <c r="B35" t="s">
+        <v>182</v>
+      </c>
+      <c r="C35" t="s">
+        <v>183</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>49</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>184</v>
+      </c>
+      <c r="H35" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>22</v>
+      </c>
+      <c r="B36" t="s">
+        <v>186</v>
+      </c>
+      <c r="C36" t="s">
+        <v>187</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>188</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>189</v>
+      </c>
+      <c r="H36" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>22</v>
+      </c>
+      <c r="B37" t="s">
+        <v>191</v>
+      </c>
+      <c r="C37" t="s">
+        <v>192</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>193</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>194</v>
+      </c>
+      <c r="H37" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>22</v>
+      </c>
+      <c r="B38" t="s">
+        <v>196</v>
+      </c>
+      <c r="C38" t="s">
+        <v>197</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>198</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>199</v>
+      </c>
+      <c r="H38" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>22</v>
+      </c>
+      <c r="B39" t="s">
+        <v>201</v>
+      </c>
+      <c r="C39" t="s">
+        <v>202</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>198</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>203</v>
+      </c>
+      <c r="H39" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>22</v>
+      </c>
+      <c r="B40" t="s">
+        <v>205</v>
+      </c>
+      <c r="C40" t="s">
+        <v>206</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>198</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>207</v>
+      </c>
+      <c r="H40" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>22</v>
+      </c>
+      <c r="B41" t="s">
+        <v>209</v>
+      </c>
+      <c r="C41" t="s">
+        <v>210</v>
+      </c>
+      <c r="D41" t="s">
+        <v>211</v>
+      </c>
+      <c r="E41" t="s">
+        <v>212</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>213</v>
+      </c>
+      <c r="H41" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>22</v>
+      </c>
+      <c r="B42" t="s">
+        <v>215</v>
+      </c>
+      <c r="C42" t="s">
+        <v>216</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>217</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>218</v>
+      </c>
+      <c r="H42" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>22</v>
+      </c>
+      <c r="B43" t="s">
+        <v>220</v>
+      </c>
+      <c r="C43" t="s">
+        <v>221</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>222</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>223</v>
+      </c>
+      <c r="H43" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>22</v>
+      </c>
+      <c r="B44" t="s">
+        <v>225</v>
+      </c>
+      <c r="C44" t="s">
+        <v>226</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>227</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>228</v>
+      </c>
+      <c r="H44" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>22</v>
+      </c>
+      <c r="B45" t="s">
+        <v>230</v>
+      </c>
+      <c r="C45" t="s">
+        <v>231</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>70</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>232</v>
+      </c>
+      <c r="H45" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>22</v>
+      </c>
+      <c r="B46" t="s">
+        <v>234</v>
+      </c>
+      <c r="C46" t="s">
+        <v>235</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>236</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>237</v>
+      </c>
+      <c r="H46" t="s">
+        <v>238</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>22</v>
+      </c>
+      <c r="B47" t="s">
+        <v>239</v>
+      </c>
+      <c r="C47" t="s">
+        <v>240</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>85</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>241</v>
+      </c>
+      <c r="H47" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>22</v>
+      </c>
+      <c r="B48" t="s">
+        <v>243</v>
+      </c>
+      <c r="C48" t="s">
+        <v>244</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>49</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>245</v>
+      </c>
+      <c r="H48" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>22</v>
+      </c>
+      <c r="B49" t="s">
+        <v>247</v>
+      </c>
+      <c r="C49" t="s">
+        <v>248</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>49</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>249</v>
+      </c>
+      <c r="H49" t="s">
+        <v>250</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>22</v>
+      </c>
+      <c r="B50" t="s">
+        <v>251</v>
+      </c>
+      <c r="C50" t="s">
+        <v>252</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>253</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>254</v>
+      </c>
+      <c r="H50" t="s">
+        <v>255</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>22</v>
+      </c>
+      <c r="B51" t="s">
+        <v>256</v>
+      </c>
+      <c r="C51" t="s">
+        <v>257</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>258</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>259</v>
+      </c>
+      <c r="H51" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>22</v>
+      </c>
+      <c r="B52" t="s">
+        <v>261</v>
+      </c>
+      <c r="C52" t="s">
+        <v>262</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>263</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>264</v>
+      </c>
+      <c r="H52" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>22</v>
+      </c>
+      <c r="B53" t="s">
+        <v>266</v>
+      </c>
+      <c r="C53" t="s">
+        <v>267</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>268</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>269</v>
+      </c>
+      <c r="H53" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>22</v>
+      </c>
+      <c r="B54" t="s">
+        <v>271</v>
+      </c>
+      <c r="C54" t="s">
+        <v>272</v>
+      </c>
+      <c r="D54" t="s">
+        <v>273</v>
+      </c>
+      <c r="E54" t="s">
+        <v>274</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>275</v>
+      </c>
+      <c r="H54" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>22</v>
+      </c>
+      <c r="B55" t="s">
+        <v>277</v>
+      </c>
+      <c r="C55" t="s">
+        <v>278</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>279</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>280</v>
+      </c>
+      <c r="H55" t="s">
+        <v>281</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>22</v>
+      </c>
+      <c r="B56" t="s">
+        <v>282</v>
+      </c>
+      <c r="C56" t="s">
+        <v>283</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>100</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>284</v>
+      </c>
+      <c r="H56" t="s">
+        <v>285</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>22</v>
+      </c>
+      <c r="B57" t="s">
+        <v>286</v>
+      </c>
+      <c r="C57" t="s">
+        <v>287</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>35</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>288</v>
+      </c>
+      <c r="H57" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>22</v>
+      </c>
+      <c r="B58" t="s">
+        <v>290</v>
+      </c>
+      <c r="C58" t="s">
+        <v>291</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>292</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>293</v>
+      </c>
+      <c r="H58" t="s">
+        <v>294</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>22</v>
+      </c>
+      <c r="B59" t="s">
+        <v>295</v>
+      </c>
+      <c r="C59" t="s">
+        <v>296</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>85</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>297</v>
+      </c>
+      <c r="H59" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>22</v>
+      </c>
+      <c r="B60" t="s">
+        <v>299</v>
+      </c>
+      <c r="C60" t="s">
+        <v>300</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+      <c r="E60" t="s">
+        <v>85</v>
+      </c>
+      <c r="F60" t="s">
+        <v>13</v>
+      </c>
+      <c r="G60" t="s">
+        <v>301</v>
+      </c>
+      <c r="H60" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>22</v>
+      </c>
+      <c r="B61" t="s">
+        <v>303</v>
+      </c>
+      <c r="C61" t="s">
+        <v>304</v>
+      </c>
+      <c r="D61" t="s">
+        <v>13</v>
+      </c>
+      <c r="E61" t="s">
+        <v>49</v>
+      </c>
+      <c r="F61" t="s">
+        <v>13</v>
+      </c>
+      <c r="G61" t="s">
+        <v>305</v>
+      </c>
+      <c r="H61" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>22</v>
+      </c>
+      <c r="B62" t="s">
+        <v>307</v>
+      </c>
+      <c r="C62" t="s">
+        <v>308</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+      <c r="E62" t="s">
+        <v>198</v>
+      </c>
+      <c r="F62" t="s">
+        <v>13</v>
+      </c>
+      <c r="G62" t="s">
+        <v>309</v>
+      </c>
+      <c r="H62" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>22</v>
+      </c>
+      <c r="B63" t="s">
+        <v>311</v>
+      </c>
+      <c r="C63" t="s">
+        <v>312</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+      <c r="E63" t="s">
+        <v>198</v>
+      </c>
+      <c r="F63" t="s">
+        <v>13</v>
+      </c>
+      <c r="G63" t="s">
+        <v>313</v>
+      </c>
+      <c r="H63" t="s">
+        <v>314</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>22</v>
+      </c>
+      <c r="B64" t="s">
+        <v>315</v>
+      </c>
+      <c r="C64" t="s">
+        <v>316</v>
+      </c>
+      <c r="D64" t="s">
+        <v>13</v>
+      </c>
+      <c r="E64" t="s">
+        <v>317</v>
+      </c>
+      <c r="F64" t="s">
+        <v>13</v>
+      </c>
+      <c r="G64" t="s">
+        <v>318</v>
+      </c>
+      <c r="H64" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>22</v>
+      </c>
+      <c r="B65" t="s">
+        <v>320</v>
+      </c>
+      <c r="C65" t="s">
+        <v>321</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+      <c r="E65" t="s">
+        <v>227</v>
+      </c>
+      <c r="F65" t="s">
+        <v>13</v>
+      </c>
+      <c r="G65" t="s">
+        <v>322</v>
+      </c>
+      <c r="H65" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>22</v>
+      </c>
+      <c r="B66" t="s">
+        <v>324</v>
+      </c>
+      <c r="C66" t="s">
+        <v>325</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+      <c r="E66" t="s">
+        <v>109</v>
+      </c>
+      <c r="F66" t="s">
+        <v>13</v>
+      </c>
+      <c r="G66" t="s">
+        <v>326</v>
+      </c>
+      <c r="H66" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>22</v>
+      </c>
+      <c r="B67" t="s">
+        <v>328</v>
+      </c>
+      <c r="C67" t="s">
+        <v>329</v>
+      </c>
+      <c r="D67" t="s">
+        <v>13</v>
+      </c>
+      <c r="E67" t="s">
+        <v>330</v>
+      </c>
+      <c r="F67" t="s">
+        <v>13</v>
+      </c>
+      <c r="G67" t="s">
+        <v>331</v>
+      </c>
+      <c r="H67" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>22</v>
+      </c>
+      <c r="B68" t="s">
+        <v>333</v>
+      </c>
+      <c r="C68" t="s">
+        <v>334</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+      <c r="E68" t="s">
+        <v>193</v>
+      </c>
+      <c r="F68" t="s">
+        <v>13</v>
+      </c>
+      <c r="G68" t="s">
+        <v>335</v>
+      </c>
+      <c r="H68" t="s">
+        <v>336</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>22</v>
+      </c>
+      <c r="B69" t="s">
+        <v>337</v>
+      </c>
+      <c r="C69" t="s">
+        <v>338</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+      <c r="E69" t="s">
+        <v>339</v>
+      </c>
+      <c r="F69" t="s">
+        <v>13</v>
+      </c>
+      <c r="G69" t="s">
+        <v>340</v>
+      </c>
+      <c r="H69" t="s">
+        <v>341</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>22</v>
+      </c>
+      <c r="B70" t="s">
+        <v>342</v>
+      </c>
+      <c r="C70" t="s">
+        <v>343</v>
+      </c>
+      <c r="D70" t="s">
+        <v>13</v>
+      </c>
+      <c r="E70" t="s">
+        <v>344</v>
+      </c>
+      <c r="F70" t="s">
+        <v>13</v>
+      </c>
+      <c r="G70" t="s">
+        <v>345</v>
+      </c>
+      <c r="H70" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>22</v>
+      </c>
+      <c r="B71" t="s">
+        <v>347</v>
+      </c>
+      <c r="C71" t="s">
+        <v>348</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+      <c r="E71" t="s">
+        <v>349</v>
+      </c>
+      <c r="F71" t="s">
+        <v>13</v>
+      </c>
+      <c r="G71" t="s">
+        <v>350</v>
+      </c>
+      <c r="H71" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>22</v>
+      </c>
+      <c r="B72" t="s">
+        <v>352</v>
+      </c>
+      <c r="C72" t="s">
+        <v>353</v>
+      </c>
+      <c r="D72" t="s">
+        <v>13</v>
+      </c>
+      <c r="E72" t="s">
+        <v>354</v>
+      </c>
+      <c r="F72" t="s">
+        <v>13</v>
+      </c>
+      <c r="G72" t="s">
+        <v>355</v>
+      </c>
+      <c r="H72" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>22</v>
+      </c>
+      <c r="B73" t="s">
+        <v>357</v>
+      </c>
+      <c r="C73" t="s">
+        <v>358</v>
+      </c>
+      <c r="D73" t="s">
+        <v>359</v>
+      </c>
+      <c r="E73" t="s">
+        <v>360</v>
+      </c>
+      <c r="F73" t="s">
+        <v>13</v>
+      </c>
+      <c r="G73" t="s">
+        <v>361</v>
+      </c>
+      <c r="H73" t="s">
+        <v>362</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>22</v>
+      </c>
+      <c r="B74" t="s">
+        <v>363</v>
+      </c>
+      <c r="C74" t="s">
+        <v>364</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+      <c r="E74" t="s">
+        <v>365</v>
+      </c>
+      <c r="F74" t="s">
+        <v>13</v>
+      </c>
+      <c r="G74" t="s">
+        <v>366</v>
+      </c>
+      <c r="H74" t="s">
+        <v>367</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>22</v>
+      </c>
+      <c r="B75" t="s">
+        <v>368</v>
+      </c>
+      <c r="C75" t="s">
+        <v>369</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+      <c r="E75" t="s">
+        <v>109</v>
+      </c>
+      <c r="F75" t="s">
+        <v>13</v>
+      </c>
+      <c r="G75" t="s">
+        <v>370</v>
+      </c>
+      <c r="H75" t="s">
+        <v>371</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>22</v>
+      </c>
+      <c r="B76" t="s">
+        <v>372</v>
+      </c>
+      <c r="C76" t="s">
+        <v>373</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
+      </c>
+      <c r="E76" t="s">
+        <v>198</v>
+      </c>
+      <c r="F76" t="s">
+        <v>13</v>
+      </c>
+      <c r="G76" t="s">
+        <v>374</v>
+      </c>
+      <c r="H76" t="s">
+        <v>375</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>22</v>
+      </c>
+      <c r="B77" t="s">
+        <v>376</v>
+      </c>
+      <c r="C77" t="s">
+        <v>377</v>
+      </c>
+      <c r="D77" t="s">
+        <v>273</v>
+      </c>
+      <c r="E77" t="s">
+        <v>274</v>
+      </c>
+      <c r="F77" t="s">
+        <v>13</v>
+      </c>
+      <c r="G77" t="s">
+        <v>378</v>
+      </c>
+      <c r="H77" t="s">
+        <v>379</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>22</v>
+      </c>
+      <c r="B78" t="s">
+        <v>380</v>
+      </c>
+      <c r="C78" t="s">
+        <v>381</v>
+      </c>
+      <c r="D78" t="s">
+        <v>13</v>
+      </c>
+      <c r="E78" t="s">
+        <v>382</v>
+      </c>
+      <c r="F78" t="s">
+        <v>13</v>
+      </c>
+      <c r="G78" t="s">
+        <v>383</v>
+      </c>
+      <c r="H78" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>22</v>
+      </c>
+      <c r="B79" t="s">
+        <v>385</v>
+      </c>
+      <c r="C79" t="s">
+        <v>386</v>
+      </c>
+      <c r="D79" t="s">
+        <v>13</v>
+      </c>
+      <c r="E79" t="s">
+        <v>387</v>
+      </c>
+      <c r="F79" t="s">
+        <v>13</v>
+      </c>
+      <c r="G79" t="s">
+        <v>388</v>
+      </c>
+      <c r="H79" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>22</v>
+      </c>
+      <c r="B80" t="s">
+        <v>390</v>
+      </c>
+      <c r="C80" t="s">
+        <v>391</v>
+      </c>
+      <c r="D80" t="s">
+        <v>13</v>
+      </c>
+      <c r="E80" t="s">
+        <v>188</v>
+      </c>
+      <c r="F80" t="s">
+        <v>13</v>
+      </c>
+      <c r="G80" t="s">
+        <v>392</v>
+      </c>
+      <c r="H80" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>22</v>
+      </c>
+      <c r="B81" t="s">
+        <v>394</v>
+      </c>
+      <c r="C81" t="s">
+        <v>395</v>
+      </c>
+      <c r="D81" t="s">
+        <v>13</v>
+      </c>
+      <c r="E81" t="s">
+        <v>49</v>
+      </c>
+      <c r="F81" t="s">
+        <v>13</v>
+      </c>
+      <c r="G81" t="s">
+        <v>396</v>
+      </c>
+      <c r="H81" t="s">
+        <v>397</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>22</v>
+      </c>
+      <c r="B82" t="s">
+        <v>398</v>
+      </c>
+      <c r="C82" t="s">
+        <v>399</v>
+      </c>
+      <c r="D82" t="s">
+        <v>13</v>
+      </c>
+      <c r="E82" t="s">
+        <v>400</v>
+      </c>
+      <c r="F82" t="s">
+        <v>13</v>
+      </c>
+      <c r="G82" t="s">
+        <v>401</v>
+      </c>
+      <c r="H82" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>22</v>
+      </c>
+      <c r="B83" t="s">
+        <v>403</v>
+      </c>
+      <c r="C83" t="s">
+        <v>404</v>
+      </c>
+      <c r="D83" t="s">
+        <v>13</v>
+      </c>
+      <c r="E83" t="s">
+        <v>405</v>
+      </c>
+      <c r="F83" t="s">
+        <v>13</v>
+      </c>
+      <c r="G83" t="s">
+        <v>406</v>
+      </c>
+      <c r="H83" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>22</v>
+      </c>
+      <c r="B84" t="s">
+        <v>408</v>
+      </c>
+      <c r="C84" t="s">
+        <v>409</v>
+      </c>
+      <c r="D84" t="s">
+        <v>13</v>
+      </c>
+      <c r="E84" t="s">
+        <v>85</v>
+      </c>
+      <c r="F84" t="s">
+        <v>13</v>
+      </c>
+      <c r="G84" t="s">
+        <v>410</v>
+      </c>
+      <c r="H84" t="s">
+        <v>411</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>22</v>
+      </c>
+      <c r="B85" t="s">
+        <v>412</v>
+      </c>
+      <c r="C85" t="s">
+        <v>413</v>
+      </c>
+      <c r="D85" t="s">
+        <v>13</v>
+      </c>
+      <c r="E85" t="s">
+        <v>414</v>
+      </c>
+      <c r="F85" t="s">
+        <v>13</v>
+      </c>
+      <c r="G85" t="s">
+        <v>415</v>
+      </c>
+      <c r="H85" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>22</v>
+      </c>
+      <c r="B86" t="s">
+        <v>417</v>
+      </c>
+      <c r="C86" t="s">
+        <v>418</v>
+      </c>
+      <c r="D86" t="s">
+        <v>13</v>
+      </c>
+      <c r="E86" t="s">
+        <v>419</v>
+      </c>
+      <c r="F86" t="s">
+        <v>13</v>
+      </c>
+      <c r="G86" t="s">
+        <v>420</v>
+      </c>
+      <c r="H86" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>22</v>
+      </c>
+      <c r="B87" t="s">
+        <v>422</v>
+      </c>
+      <c r="C87" t="s">
+        <v>423</v>
+      </c>
+      <c r="D87" t="s">
+        <v>273</v>
+      </c>
+      <c r="E87" t="s">
+        <v>274</v>
+      </c>
+      <c r="F87" t="s">
+        <v>13</v>
+      </c>
+      <c r="G87" t="s">
+        <v>424</v>
+      </c>
+      <c r="H87" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>22</v>
+      </c>
+      <c r="B88" t="s">
+        <v>426</v>
+      </c>
+      <c r="C88" t="s">
+        <v>427</v>
+      </c>
+      <c r="D88" t="s">
+        <v>13</v>
+      </c>
+      <c r="E88" t="s">
+        <v>227</v>
+      </c>
+      <c r="F88" t="s">
+        <v>13</v>
+      </c>
+      <c r="G88" t="s">
+        <v>428</v>
+      </c>
+      <c r="H88" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>22</v>
+      </c>
+      <c r="B89" t="s">
+        <v>430</v>
+      </c>
+      <c r="C89" t="s">
+        <v>431</v>
+      </c>
+      <c r="D89" t="s">
+        <v>13</v>
+      </c>
+      <c r="E89" t="s">
+        <v>432</v>
+      </c>
+      <c r="F89" t="s">
+        <v>13</v>
+      </c>
+      <c r="G89" t="s">
+        <v>433</v>
+      </c>
+      <c r="H89" t="s">
+        <v>434</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>22</v>
+      </c>
+      <c r="B90" t="s">
+        <v>435</v>
+      </c>
+      <c r="C90" t="s">
+        <v>436</v>
+      </c>
+      <c r="D90" t="s">
+        <v>13</v>
+      </c>
+      <c r="E90" t="s">
+        <v>437</v>
+      </c>
+      <c r="F90" t="s">
+        <v>13</v>
+      </c>
+      <c r="G90" t="s">
+        <v>438</v>
+      </c>
+      <c r="H90" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>22</v>
+      </c>
+      <c r="B91" t="s">
+        <v>440</v>
+      </c>
+      <c r="C91" t="s">
+        <v>441</v>
+      </c>
+      <c r="D91" t="s">
+        <v>13</v>
+      </c>
+      <c r="E91" t="s">
+        <v>442</v>
+      </c>
+      <c r="F91" t="s">
+        <v>13</v>
+      </c>
+      <c r="G91" t="s">
+        <v>443</v>
+      </c>
+      <c r="H91" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>22</v>
+      </c>
+      <c r="B92" t="s">
+        <v>445</v>
+      </c>
+      <c r="C92" t="s">
+        <v>446</v>
+      </c>
+      <c r="D92" t="s">
+        <v>13</v>
+      </c>
+      <c r="E92" t="s">
+        <v>447</v>
+      </c>
+      <c r="F92" t="s">
+        <v>13</v>
+      </c>
+      <c r="G92" t="s">
+        <v>448</v>
+      </c>
+      <c r="H92" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>22</v>
+      </c>
+      <c r="B93" t="s">
+        <v>450</v>
+      </c>
+      <c r="C93" t="s">
+        <v>451</v>
+      </c>
+      <c r="D93" t="s">
+        <v>13</v>
+      </c>
+      <c r="E93" t="s">
+        <v>452</v>
+      </c>
+      <c r="F93" t="s">
+        <v>13</v>
+      </c>
+      <c r="G93" t="s">
+        <v>453</v>
+      </c>
+      <c r="H93" t="s">
+        <v>454</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>22</v>
+      </c>
+      <c r="B94" t="s">
+        <v>455</v>
+      </c>
+      <c r="C94" t="s">
+        <v>456</v>
+      </c>
+      <c r="D94" t="s">
+        <v>13</v>
+      </c>
+      <c r="E94" t="s">
+        <v>442</v>
+      </c>
+      <c r="F94" t="s">
+        <v>13</v>
+      </c>
+      <c r="G94" t="s">
+        <v>457</v>
+      </c>
+      <c r="H94" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>22</v>
+      </c>
+      <c r="B95" t="s">
+        <v>459</v>
+      </c>
+      <c r="C95" t="s">
+        <v>460</v>
+      </c>
+      <c r="D95" t="s">
+        <v>13</v>
+      </c>
+      <c r="E95" t="s">
+        <v>217</v>
+      </c>
+      <c r="F95" t="s">
+        <v>13</v>
+      </c>
+      <c r="G95" t="s">
+        <v>461</v>
+      </c>
+      <c r="H95" t="s">
+        <v>462</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>22</v>
+      </c>
+      <c r="B96" t="s">
+        <v>463</v>
+      </c>
+      <c r="C96" t="s">
+        <v>464</v>
+      </c>
+      <c r="D96" t="s">
+        <v>13</v>
+      </c>
+      <c r="E96" t="s">
+        <v>437</v>
+      </c>
+      <c r="F96" t="s">
+        <v>13</v>
+      </c>
+      <c r="G96" t="s">
+        <v>465</v>
+      </c>
+      <c r="H96" t="s">
+        <v>466</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>22</v>
+      </c>
+      <c r="B97" t="s">
+        <v>467</v>
+      </c>
+      <c r="C97" t="s">
+        <v>468</v>
+      </c>
+      <c r="D97" t="s">
+        <v>13</v>
+      </c>
+      <c r="E97" t="s">
+        <v>330</v>
+      </c>
+      <c r="F97" t="s">
+        <v>13</v>
+      </c>
+      <c r="G97" t="s">
+        <v>469</v>
+      </c>
+      <c r="H97" t="s">
+        <v>470</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>22</v>
+      </c>
+      <c r="B98" t="s">
+        <v>471</v>
+      </c>
+      <c r="C98" t="s">
+        <v>472</v>
+      </c>
+      <c r="D98" t="s">
+        <v>13</v>
+      </c>
+      <c r="E98" t="s">
+        <v>35</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" t="s">
+        <v>473</v>
+      </c>
+      <c r="H98" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>22</v>
+      </c>
+      <c r="B99" t="s">
+        <v>475</v>
+      </c>
+      <c r="C99" t="s">
+        <v>476</v>
+      </c>
+      <c r="D99" t="s">
+        <v>13</v>
+      </c>
+      <c r="E99" t="s">
+        <v>477</v>
+      </c>
+      <c r="F99" t="s">
+        <v>13</v>
+      </c>
+      <c r="G99" t="s">
+        <v>478</v>
+      </c>
+      <c r="H99" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>22</v>
+      </c>
+      <c r="B100" t="s">
+        <v>480</v>
+      </c>
+      <c r="C100" t="s">
+        <v>481</v>
+      </c>
+      <c r="D100" t="s">
+        <v>13</v>
+      </c>
+      <c r="E100" t="s">
+        <v>193</v>
+      </c>
+      <c r="F100" t="s">
+        <v>13</v>
+      </c>
+      <c r="G100" t="s">
+        <v>482</v>
+      </c>
+      <c r="H100" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>22</v>
+      </c>
+      <c r="B101" t="s">
+        <v>484</v>
+      </c>
+      <c r="C101" t="s">
+        <v>485</v>
+      </c>
+      <c r="D101" t="s">
+        <v>13</v>
+      </c>
+      <c r="E101" t="s">
+        <v>486</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" t="s">
+        <v>487</v>
+      </c>
+      <c r="H101" t="s">
+        <v>488</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H29"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>489</v>
+      </c>
+      <c r="B2" t="s">
+        <v>490</v>
+      </c>
+      <c r="C2" t="s">
+        <v>491</v>
+      </c>
+      <c r="D2" t="s">
+        <v>492</v>
+      </c>
+      <c r="E2" t="s">
+        <v>493</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>494</v>
+      </c>
+      <c r="H2" t="s">
+        <v>495</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>489</v>
+      </c>
+      <c r="B3" t="s">
+        <v>496</v>
+      </c>
+      <c r="C3" t="s">
+        <v>497</v>
+      </c>
+      <c r="D3" t="s">
+        <v>498</v>
+      </c>
+      <c r="E3" t="s">
+        <v>499</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>500</v>
+      </c>
+      <c r="H3" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>489</v>
+      </c>
+      <c r="B4" t="s">
+        <v>502</v>
+      </c>
+      <c r="C4" t="s">
+        <v>503</v>
+      </c>
+      <c r="D4" t="s">
+        <v>504</v>
+      </c>
+      <c r="E4" t="s">
+        <v>505</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>506</v>
+      </c>
+      <c r="H4" t="s">
+        <v>507</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>489</v>
+      </c>
+      <c r="B5" t="s">
+        <v>508</v>
+      </c>
+      <c r="C5" t="s">
+        <v>509</v>
+      </c>
+      <c r="D5" t="s">
+        <v>510</v>
+      </c>
+      <c r="E5" t="s">
+        <v>511</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>512</v>
+      </c>
+      <c r="H5" t="s">
+        <v>513</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>489</v>
+      </c>
+      <c r="B6" t="s">
+        <v>514</v>
+      </c>
+      <c r="C6" t="s">
+        <v>515</v>
+      </c>
+      <c r="D6" t="s">
+        <v>516</v>
+      </c>
+      <c r="E6" t="s">
+        <v>517</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>518</v>
+      </c>
+      <c r="H6" t="s">
+        <v>519</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>489</v>
+      </c>
+      <c r="B7" t="s">
+        <v>520</v>
+      </c>
+      <c r="C7" t="s">
+        <v>521</v>
+      </c>
+      <c r="D7" t="s">
+        <v>522</v>
+      </c>
+      <c r="E7" t="s">
+        <v>523</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>524</v>
+      </c>
+      <c r="H7" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>489</v>
+      </c>
+      <c r="B8" t="s">
+        <v>526</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>527</v>
+      </c>
+      <c r="E8" t="s">
+        <v>528</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>529</v>
+      </c>
+      <c r="H8" t="s">
+        <v>530</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>489</v>
+      </c>
+      <c r="B9" t="s">
+        <v>531</v>
+      </c>
+      <c r="C9" t="s">
+        <v>532</v>
+      </c>
+      <c r="D9" t="s">
+        <v>533</v>
+      </c>
+      <c r="E9" t="s">
+        <v>534</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>535</v>
+      </c>
+      <c r="H9" t="s">
+        <v>536</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>489</v>
+      </c>
+      <c r="B10" t="s">
+        <v>537</v>
+      </c>
+      <c r="C10" t="s">
+        <v>538</v>
+      </c>
+      <c r="D10" t="s">
+        <v>539</v>
+      </c>
+      <c r="E10" t="s">
+        <v>540</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>541</v>
+      </c>
+      <c r="H10" t="s">
+        <v>542</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>489</v>
+      </c>
+      <c r="B11" t="s">
+        <v>543</v>
+      </c>
+      <c r="C11" t="s">
+        <v>544</v>
+      </c>
+      <c r="D11" t="s">
+        <v>545</v>
+      </c>
+      <c r="E11" t="s">
+        <v>546</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>547</v>
+      </c>
+      <c r="H11" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>489</v>
+      </c>
+      <c r="B12" t="s">
+        <v>549</v>
+      </c>
+      <c r="C12" t="s">
+        <v>550</v>
+      </c>
+      <c r="D12" t="s">
+        <v>551</v>
+      </c>
+      <c r="E12" t="s">
+        <v>552</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>553</v>
+      </c>
+      <c r="H12" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>489</v>
+      </c>
+      <c r="B13" t="s">
+        <v>555</v>
+      </c>
+      <c r="C13" t="s">
+        <v>556</v>
+      </c>
+      <c r="D13" t="s">
+        <v>557</v>
+      </c>
+      <c r="E13" t="s">
+        <v>558</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>559</v>
+      </c>
+      <c r="H13" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>489</v>
+      </c>
+      <c r="B14" t="s">
+        <v>561</v>
+      </c>
+      <c r="C14" t="s">
+        <v>562</v>
+      </c>
+      <c r="D14" t="s">
+        <v>563</v>
+      </c>
+      <c r="E14" t="s">
+        <v>564</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>565</v>
+      </c>
+      <c r="H14" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>489</v>
+      </c>
+      <c r="B15" t="s">
+        <v>567</v>
+      </c>
+      <c r="C15" t="s">
+        <v>568</v>
+      </c>
+      <c r="D15" t="s">
+        <v>569</v>
+      </c>
+      <c r="E15" t="s">
+        <v>570</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>571</v>
+      </c>
+      <c r="H15" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>489</v>
+      </c>
+      <c r="B16" t="s">
+        <v>573</v>
+      </c>
+      <c r="C16" t="s">
+        <v>574</v>
+      </c>
+      <c r="D16" t="s">
+        <v>575</v>
+      </c>
+      <c r="E16" t="s">
+        <v>576</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>577</v>
+      </c>
+      <c r="H16" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>489</v>
+      </c>
+      <c r="B17" t="s">
+        <v>579</v>
+      </c>
+      <c r="C17" t="s">
+        <v>580</v>
+      </c>
+      <c r="D17" t="s">
+        <v>95</v>
+      </c>
+      <c r="E17" t="s">
+        <v>581</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>582</v>
+      </c>
+      <c r="H17" t="s">
+        <v>583</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>489</v>
+      </c>
+      <c r="B18" t="s">
+        <v>584</v>
+      </c>
+      <c r="C18" t="s">
+        <v>585</v>
+      </c>
+      <c r="D18" t="s">
+        <v>586</v>
+      </c>
+      <c r="E18" t="s">
+        <v>587</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>588</v>
+      </c>
+      <c r="H18" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>489</v>
+      </c>
+      <c r="B19" t="s">
+        <v>590</v>
+      </c>
+      <c r="C19" t="s">
+        <v>591</v>
+      </c>
+      <c r="D19" t="s">
+        <v>592</v>
+      </c>
+      <c r="E19" t="s">
+        <v>593</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>594</v>
+      </c>
+      <c r="H19" t="s">
+        <v>595</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>489</v>
+      </c>
+      <c r="B20" t="s">
+        <v>596</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>597</v>
+      </c>
+      <c r="E20" t="s">
+        <v>598</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>599</v>
+      </c>
+      <c r="H20" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>489</v>
+      </c>
+      <c r="B21" t="s">
+        <v>601</v>
+      </c>
+      <c r="C21" t="s">
+        <v>602</v>
+      </c>
+      <c r="D21" t="s">
+        <v>603</v>
+      </c>
+      <c r="E21" t="s">
+        <v>604</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>605</v>
+      </c>
+      <c r="H21" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>489</v>
+      </c>
+      <c r="B22" t="s">
+        <v>607</v>
+      </c>
+      <c r="C22" t="s">
+        <v>608</v>
+      </c>
+      <c r="D22" t="s">
+        <v>609</v>
+      </c>
+      <c r="E22" t="s">
+        <v>610</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>611</v>
+      </c>
+      <c r="H22" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>489</v>
+      </c>
+      <c r="B23" t="s">
+        <v>613</v>
+      </c>
+      <c r="C23" t="s">
+        <v>614</v>
+      </c>
+      <c r="D23" t="s">
+        <v>615</v>
+      </c>
+      <c r="E23" t="s">
+        <v>616</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>617</v>
+      </c>
+      <c r="H23" t="s">
+        <v>618</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>489</v>
+      </c>
+      <c r="B24" t="s">
+        <v>619</v>
+      </c>
+      <c r="C24" t="s">
+        <v>620</v>
+      </c>
+      <c r="D24" t="s">
+        <v>621</v>
+      </c>
+      <c r="E24" t="s">
+        <v>622</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>623</v>
+      </c>
+      <c r="H24" t="s">
+        <v>624</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>489</v>
+      </c>
+      <c r="B25" t="s">
+        <v>625</v>
+      </c>
+      <c r="C25" t="s">
+        <v>626</v>
+      </c>
+      <c r="D25" t="s">
+        <v>627</v>
+      </c>
+      <c r="E25" t="s">
+        <v>628</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>629</v>
+      </c>
+      <c r="H25" t="s">
+        <v>630</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>489</v>
+      </c>
+      <c r="B26" t="s">
+        <v>631</v>
+      </c>
+      <c r="C26" t="s">
+        <v>632</v>
+      </c>
+      <c r="D26" t="s">
+        <v>633</v>
+      </c>
+      <c r="E26" t="s">
+        <v>634</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>635</v>
+      </c>
+      <c r="H26" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>489</v>
+      </c>
+      <c r="B27" t="s">
+        <v>637</v>
+      </c>
+      <c r="C27" t="s">
+        <v>638</v>
+      </c>
+      <c r="D27" t="s">
+        <v>639</v>
+      </c>
+      <c r="E27" t="s">
+        <v>640</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>641</v>
+      </c>
+      <c r="H27" t="s">
+        <v>642</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>489</v>
+      </c>
+      <c r="B28" t="s">
+        <v>643</v>
+      </c>
+      <c r="C28" t="s">
+        <v>644</v>
+      </c>
+      <c r="D28" t="s">
+        <v>645</v>
+      </c>
+      <c r="E28" t="s">
+        <v>646</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>647</v>
+      </c>
+      <c r="H28" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>489</v>
+      </c>
+      <c r="B29" t="s">
+        <v>649</v>
+      </c>
+      <c r="C29" t="s">
+        <v>650</v>
+      </c>
+      <c r="D29" t="s">
+        <v>651</v>
+      </c>
+      <c r="E29" t="s">
+        <v>652</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>653</v>
+      </c>
+      <c r="H29" t="s">
+        <v>654</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>655</v>
+      </c>
+      <c r="B2" t="s">
+        <v>656</v>
+      </c>
+      <c r="C2" t="s">
+        <v>657</v>
+      </c>
+      <c r="D2" t="s">
+        <v>527</v>
+      </c>
+      <c r="E2" t="s">
+        <v>658</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>659</v>
+      </c>
+      <c r="H2" t="s">
+        <v>660</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>53</v>
+        <v>661</v>
       </c>
       <c r="B2" t="s">
-        <v>54</v>
+        <v>662</v>
       </c>
       <c r="C2" t="s">
-        <v>55</v>
+        <v>663</v>
       </c>
       <c r="D2" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>57</v>
+        <v>664</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>58</v>
+        <v>665</v>
       </c>
       <c r="H2" t="s">
-        <v>59</v>
+        <v>666</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>53</v>
+        <v>661</v>
       </c>
       <c r="B3" t="s">
-        <v>60</v>
+        <v>667</v>
       </c>
       <c r="C3" t="s">
-        <v>61</v>
+        <v>668</v>
       </c>
       <c r="D3" t="s">
-        <v>62</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>63</v>
+        <v>669</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>64</v>
+        <v>670</v>
       </c>
       <c r="H3" t="s">
-        <v>65</v>
+        <v>671</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>53</v>
+        <v>661</v>
       </c>
       <c r="B4" t="s">
-        <v>66</v>
+        <v>672</v>
       </c>
       <c r="C4" t="s">
-        <v>67</v>
+        <v>673</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>68</v>
+        <v>674</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>69</v>
+        <v>675</v>
       </c>
       <c r="H4" t="s">
-        <v>70</v>
+        <v>676</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>677</v>
+      </c>
+      <c r="B2" t="s">
+        <v>678</v>
+      </c>
+      <c r="C2" t="s">
+        <v>679</v>
+      </c>
+      <c r="D2" t="s">
+        <v>680</v>
+      </c>
+      <c r="E2" t="s">
+        <v>681</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>682</v>
+      </c>
+      <c r="H2" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>677</v>
+      </c>
+      <c r="B3" t="s">
+        <v>684</v>
+      </c>
+      <c r="C3" t="s">
+        <v>685</v>
+      </c>
+      <c r="D3" t="s">
+        <v>686</v>
+      </c>
+      <c r="E3" t="s">
+        <v>687</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>688</v>
+      </c>
+      <c r="H3" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>677</v>
+      </c>
+      <c r="B4" t="s">
+        <v>690</v>
+      </c>
+      <c r="C4" t="s">
+        <v>691</v>
+      </c>
+      <c r="D4" t="s">
+        <v>692</v>
+      </c>
+      <c r="E4" t="s">
+        <v>693</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>694</v>
+      </c>
+      <c r="H4" t="s">
+        <v>695</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>677</v>
+      </c>
+      <c r="B5" t="s">
+        <v>696</v>
+      </c>
+      <c r="C5" t="s">
+        <v>697</v>
+      </c>
+      <c r="D5" t="s">
+        <v>698</v>
+      </c>
+      <c r="E5" t="s">
+        <v>699</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>700</v>
+      </c>
+      <c r="H5" t="s">
+        <v>701</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I38"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>703</v>
+      </c>
+      <c r="B2" t="s">
+        <v>704</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>705</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>706</v>
+      </c>
+      <c r="H2" t="s">
+        <v>707</v>
+      </c>
+      <c r="I2" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>703</v>
+      </c>
+      <c r="B3" t="s">
+        <v>709</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>710</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>711</v>
+      </c>
+      <c r="H3" t="s">
+        <v>712</v>
+      </c>
+      <c r="I3" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>703</v>
+      </c>
+      <c r="B4" t="s">
+        <v>714</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>715</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>716</v>
+      </c>
+      <c r="H4" t="s">
+        <v>717</v>
+      </c>
+      <c r="I4" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>703</v>
+      </c>
+      <c r="B5" t="s">
+        <v>718</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>719</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>720</v>
+      </c>
+      <c r="H5" t="s">
+        <v>721</v>
+      </c>
+      <c r="I5" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>703</v>
+      </c>
+      <c r="B6" t="s">
+        <v>722</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>723</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>724</v>
+      </c>
+      <c r="H6" t="s">
+        <v>725</v>
+      </c>
+      <c r="I6" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>703</v>
+      </c>
+      <c r="B7" t="s">
+        <v>726</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>727</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>728</v>
+      </c>
+      <c r="H7" t="s">
+        <v>729</v>
+      </c>
+      <c r="I7" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>703</v>
+      </c>
+      <c r="B8" t="s">
+        <v>730</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>731</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>732</v>
+      </c>
+      <c r="H8" t="s">
+        <v>733</v>
+      </c>
+      <c r="I8" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>703</v>
+      </c>
+      <c r="B9" t="s">
+        <v>734</v>
+      </c>
+      <c r="C9" t="s">
+        <v>735</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>736</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>737</v>
+      </c>
+      <c r="H9" t="s">
+        <v>738</v>
+      </c>
+      <c r="I9" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>703</v>
+      </c>
+      <c r="B10" t="s">
+        <v>740</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>741</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>742</v>
+      </c>
+      <c r="H10" t="s">
+        <v>743</v>
+      </c>
+      <c r="I10" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>703</v>
+      </c>
+      <c r="B11" t="s">
+        <v>744</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>745</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>746</v>
+      </c>
+      <c r="H11" t="s">
+        <v>747</v>
+      </c>
+      <c r="I11" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>703</v>
+      </c>
+      <c r="B12" t="s">
+        <v>748</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>749</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>750</v>
+      </c>
+      <c r="H12" t="s">
+        <v>751</v>
+      </c>
+      <c r="I12" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>703</v>
+      </c>
+      <c r="B13" t="s">
+        <v>752</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>753</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>754</v>
+      </c>
+      <c r="H13" t="s">
+        <v>755</v>
+      </c>
+      <c r="I13" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>703</v>
+      </c>
+      <c r="B14" t="s">
+        <v>756</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>757</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>758</v>
+      </c>
+      <c r="H14" t="s">
+        <v>759</v>
+      </c>
+      <c r="I14" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>703</v>
+      </c>
+      <c r="B15" t="s">
+        <v>760</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>761</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>762</v>
+      </c>
+      <c r="H15" t="s">
+        <v>763</v>
+      </c>
+      <c r="I15" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>703</v>
+      </c>
+      <c r="B16" t="s">
+        <v>764</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>765</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>766</v>
+      </c>
+      <c r="H16" t="s">
+        <v>767</v>
+      </c>
+      <c r="I16" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>703</v>
+      </c>
+      <c r="B17" t="s">
+        <v>769</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>770</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>771</v>
+      </c>
+      <c r="H17" t="s">
+        <v>772</v>
+      </c>
+      <c r="I17" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>703</v>
+      </c>
+      <c r="B18" t="s">
+        <v>773</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>774</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>775</v>
+      </c>
+      <c r="H18" t="s">
+        <v>776</v>
+      </c>
+      <c r="I18" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>703</v>
+      </c>
+      <c r="B19" t="s">
+        <v>773</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>777</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>778</v>
+      </c>
+      <c r="H19" t="s">
+        <v>779</v>
+      </c>
+      <c r="I19" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>703</v>
+      </c>
+      <c r="B20" t="s">
+        <v>780</v>
+      </c>
+      <c r="C20" t="s">
+        <v>781</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>782</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>783</v>
+      </c>
+      <c r="H20" t="s">
+        <v>784</v>
+      </c>
+      <c r="I20" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>703</v>
+      </c>
+      <c r="B21" t="s">
+        <v>785</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>786</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>787</v>
+      </c>
+      <c r="H21" t="s">
+        <v>788</v>
+      </c>
+      <c r="I21" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>703</v>
+      </c>
+      <c r="B22" t="s">
+        <v>789</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>790</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>791</v>
+      </c>
+      <c r="H22" t="s">
+        <v>792</v>
+      </c>
+      <c r="I22" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>703</v>
+      </c>
+      <c r="B23" t="s">
+        <v>793</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>794</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>795</v>
+      </c>
+      <c r="H23" t="s">
+        <v>796</v>
+      </c>
+      <c r="I23" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>703</v>
+      </c>
+      <c r="B24" t="s">
+        <v>797</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>798</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>799</v>
+      </c>
+      <c r="H24" t="s">
+        <v>800</v>
+      </c>
+      <c r="I24" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>703</v>
+      </c>
+      <c r="B25" t="s">
+        <v>801</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>761</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>802</v>
+      </c>
+      <c r="H25" t="s">
+        <v>803</v>
+      </c>
+      <c r="I25" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>703</v>
+      </c>
+      <c r="B26" t="s">
+        <v>804</v>
+      </c>
+      <c r="C26" t="s">
+        <v>805</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>806</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>807</v>
+      </c>
+      <c r="H26" t="s">
+        <v>808</v>
+      </c>
+      <c r="I26" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>703</v>
+      </c>
+      <c r="B27" t="s">
+        <v>809</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>810</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>811</v>
+      </c>
+      <c r="H27" t="s">
+        <v>812</v>
+      </c>
+      <c r="I27" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>703</v>
+      </c>
+      <c r="B28" t="s">
+        <v>813</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>814</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>815</v>
+      </c>
+      <c r="H28" t="s">
+        <v>816</v>
+      </c>
+      <c r="I28" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>703</v>
+      </c>
+      <c r="B29" t="s">
+        <v>817</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>818</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>819</v>
+      </c>
+      <c r="H29" t="s">
+        <v>820</v>
+      </c>
+      <c r="I29" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>703</v>
+      </c>
+      <c r="B30" t="s">
+        <v>821</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>822</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>823</v>
+      </c>
+      <c r="H30" t="s">
+        <v>824</v>
+      </c>
+      <c r="I30" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>703</v>
+      </c>
+      <c r="B31" t="s">
+        <v>825</v>
+      </c>
+      <c r="C31" t="s">
+        <v>826</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>827</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>828</v>
+      </c>
+      <c r="H31" t="s">
+        <v>829</v>
+      </c>
+      <c r="I31" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>703</v>
+      </c>
+      <c r="B32" t="s">
+        <v>830</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>831</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>832</v>
+      </c>
+      <c r="H32" t="s">
+        <v>833</v>
+      </c>
+      <c r="I32" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>703</v>
+      </c>
+      <c r="B33" t="s">
+        <v>834</v>
+      </c>
+      <c r="C33" t="s">
+        <v>835</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>836</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>837</v>
+      </c>
+      <c r="H33" t="s">
+        <v>838</v>
+      </c>
+      <c r="I33" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>703</v>
+      </c>
+      <c r="B34" t="s">
+        <v>839</v>
+      </c>
+      <c r="C34" t="s">
+        <v>840</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>841</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>842</v>
+      </c>
+      <c r="H34" t="s">
+        <v>843</v>
+      </c>
+      <c r="I34" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>703</v>
+      </c>
+      <c r="B35" t="s">
+        <v>844</v>
+      </c>
+      <c r="C35" t="s">
+        <v>845</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>846</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>847</v>
+      </c>
+      <c r="H35" t="s">
+        <v>848</v>
+      </c>
+      <c r="I35" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>703</v>
+      </c>
+      <c r="B36" t="s">
+        <v>849</v>
+      </c>
+      <c r="C36" t="s">
+        <v>850</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>851</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>852</v>
+      </c>
+      <c r="H36" t="s">
+        <v>853</v>
+      </c>
+      <c r="I36" t="s">
+        <v>739</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>703</v>
+      </c>
+      <c r="B37" t="s">
+        <v>854</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>855</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>856</v>
+      </c>
+      <c r="H37" t="s">
+        <v>857</v>
+      </c>
+      <c r="I37" t="s">
+        <v>768</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>703</v>
+      </c>
+      <c r="B38" t="s">
+        <v>858</v>
+      </c>
+      <c r="C38" t="s">
+        <v>859</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>860</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>861</v>
+      </c>
+      <c r="H38" t="s">
+        <v>862</v>
+      </c>
+      <c r="I38" t="s">
+        <v>713</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>863</v>
+      </c>
+      <c r="B2" t="s">
+        <v>864</v>
+      </c>
+      <c r="C2" t="s">
+        <v>865</v>
+      </c>
+      <c r="D2" t="s">
+        <v>866</v>
+      </c>
+      <c r="E2" t="s">
+        <v>674</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>867</v>
+      </c>
+      <c r="H2" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>863</v>
+      </c>
+      <c r="B3" t="s">
+        <v>869</v>
+      </c>
+      <c r="C3" t="s">
+        <v>869</v>
+      </c>
+      <c r="D3" t="s">
+        <v>870</v>
+      </c>
+      <c r="E3" t="s">
+        <v>505</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>871</v>
+      </c>
+      <c r="H3" t="s">
+        <v>872</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>863</v>
+      </c>
+      <c r="B4" t="s">
+        <v>873</v>
+      </c>
+      <c r="C4" t="s">
+        <v>874</v>
+      </c>
+      <c r="D4" t="s">
+        <v>875</v>
+      </c>
+      <c r="E4" t="s">
+        <v>876</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>877</v>
+      </c>
+      <c r="H4" t="s">
+        <v>878</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>863</v>
+      </c>
+      <c r="B5" t="s">
+        <v>879</v>
+      </c>
+      <c r="C5" t="s">
+        <v>880</v>
+      </c>
+      <c r="D5" t="s">
+        <v>881</v>
+      </c>
+      <c r="E5" t="s">
+        <v>882</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>883</v>
+      </c>
+      <c r="H5" t="s">
+        <v>884</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>71</v>
+        <v>885</v>
       </c>
       <c r="B2" t="s">
-        <v>72</v>
+        <v>886</v>
       </c>
       <c r="C2" t="s">
-        <v>73</v>
+        <v>887</v>
       </c>
       <c r="D2" t="s">
-        <v>74</v>
+        <v>888</v>
       </c>
       <c r="E2" t="s">
-        <v>75</v>
+        <v>889</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>76</v>
+        <v>890</v>
       </c>
       <c r="H2" t="s">
-        <v>77</v>
+        <v>891</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>71</v>
+        <v>885</v>
       </c>
       <c r="B3" t="s">
-        <v>78</v>
+        <v>892</v>
       </c>
       <c r="C3" t="s">
-        <v>79</v>
+        <v>893</v>
       </c>
       <c r="D3" t="s">
-        <v>80</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>81</v>
+        <v>894</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>82</v>
+        <v>895</v>
       </c>
       <c r="H3" t="s">
-        <v>83</v>
-[...926 lines deleted...]
-        <v>268</v>
+        <v>896</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>