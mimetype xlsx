--- v0 (2025-12-21)
+++ v1 (2026-02-04)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1828" uniqueCount="747">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2055" uniqueCount="840">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,180 +74,240 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur FRANCIS NOUTSOUGAN</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 15:17:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3842909/fr/docteur-francis-noutsougan</t>
+  </si>
+  <si>
+    <t>p_3842909</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>NOUTSOUGAN</t>
+  </si>
+  <si>
+    <t>FRANCIS</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE GUILLAUME DE VARYE</t>
+  </si>
+  <si>
+    <t>18230</t>
+  </si>
+  <si>
+    <t>ST DOULCHARD</t>
+  </si>
+  <si>
+    <t>180004145</t>
+  </si>
+  <si>
+    <t>Docteur Maher DABBOUSSI</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:15:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808201/fr/docteur-maher-dabboussi</t>
+  </si>
+  <si>
+    <t>p_3808201</t>
+  </si>
+  <si>
+    <t>DABBOUSSI</t>
+  </si>
+  <si>
+    <t>Maher</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CH  BOURGES - JACQUES COEUR</t>
+  </si>
+  <si>
+    <t>18020</t>
+  </si>
+  <si>
+    <t>BOURGES</t>
+  </si>
+  <si>
+    <t>180000010</t>
+  </si>
+  <si>
+    <t>Docteur Celine THOMAS DANJON</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:15:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808221/fr/docteur-celine-thomas-danjon</t>
+  </si>
+  <si>
+    <t>p_3808221</t>
+  </si>
+  <si>
+    <t>THOMAS DANJON</t>
+  </si>
+  <si>
+    <t>Celine</t>
+  </si>
+  <si>
     <t>Docteur YOUSSEF ALAMI-CHENTOUFI</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>14/10/2022 16:32:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378636/fr/docteur-youssef-alami-chentoufi</t>
   </si>
   <si>
     <t>p_3378636</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>ALAMI-CHENTOUFI</t>
   </si>
   <si>
     <t>YOUSSEF</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
-    <t>HOPITAL PRIVE GUILLAUME DE VARYE</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur HANNAH PFLIEGER</t>
   </si>
   <si>
     <t>14/10/2022 16:33:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3378752/fr/docteur-hannah-pflieger</t>
   </si>
   <si>
     <t>p_3378752</t>
   </si>
   <si>
     <t>PFLIEGER</t>
   </si>
   <si>
     <t>HANNAH</t>
   </si>
   <si>
     <t>Docteur EDOUARD PARMON</t>
   </si>
   <si>
     <t>22/09/2022 16:32:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3369001/fr/docteur-edouard-parmon</t>
   </si>
   <si>
     <t>p_3369001</t>
   </si>
   <si>
     <t>PARMON</t>
   </si>
   <si>
     <t>EDOUARD</t>
   </si>
   <si>
     <t>22 September 2022</t>
   </si>
   <si>
-    <t>CH  BOURGES - JACQUES COEUR</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur EMILIEN ENGELS</t>
   </si>
   <si>
     <t>03/01/2022 15:33:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307678/fr/docteur-emilien-engels</t>
   </si>
   <si>
     <t>p_3307678</t>
   </si>
   <si>
     <t>ENGELS</t>
   </si>
   <si>
     <t>EMILIEN</t>
   </si>
   <si>
     <t>29 December 2021</t>
   </si>
   <si>
     <t>Docteur Ludovic NGUIE</t>
   </si>
   <si>
     <t>21/10/2021 14:30:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3294427/fr/docteur-ludovic-nguie</t>
   </si>
   <si>
     <t>p_3294427</t>
   </si>
   <si>
     <t>NGUIE</t>
   </si>
   <si>
     <t>Ludovic</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur NIZAR ALLOUCHE</t>
   </si>
   <si>
     <t>07/05/2021 11:31:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3265445/fr/docteur-nizar-allouche</t>
   </si>
   <si>
     <t>p_3265445</t>
   </si>
   <si>
     <t>ALLOUCHE</t>
   </si>
   <si>
     <t>NIZAR</t>
   </si>
   <si>
     <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur MOHAMAD-ALI NSOULI</t>
   </si>
@@ -287,95 +347,92 @@
   <si>
     <t>DENIS</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur Jean-christian BALESTRO</t>
   </si>
   <si>
     <t>17/01/2017 17:32:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740101/fr/docteur-jean-christian-balestro</t>
   </si>
   <si>
     <t>c_2740101</t>
   </si>
   <si>
     <t>BALESTRO</t>
   </si>
   <si>
     <t>Jean-christian</t>
   </si>
   <si>
-    <t>26 November 2020</t>
+    <t>19 December 2024</t>
   </si>
   <si>
     <t>Docteur Zinaidou ISSA</t>
   </si>
   <si>
     <t>17/01/2017 17:32:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740122/fr/docteur-zinaidou-issa</t>
   </si>
   <si>
     <t>c_2740122</t>
   </si>
   <si>
     <t>ISSA</t>
   </si>
   <si>
     <t>Zinaidou</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur Christian HAUKE</t>
   </si>
   <si>
     <t>08/11/2016 11:30:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708567/fr/docteur-christian-hauke</t>
   </si>
   <si>
     <t>c_2708567</t>
   </si>
   <si>
     <t>HAUKE</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>17 December 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Jean-marc DURAND</t>
   </si>
   <si>
     <t>08/11/2016 11:30:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708638/fr/docteur-jean-marc-durand</t>
   </si>
   <si>
     <t>c_2708638</t>
   </si>
   <si>
     <t>DURAND</t>
   </si>
   <si>
     <t>Jean-marc</t>
   </si>
   <si>
     <t>Docteur Saad MIKOU</t>
   </si>
   <si>
     <t>08/11/2016 11:34:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711948/fr/docteur-saad-mikou</t>
@@ -431,104 +488,347 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>STEMO DU BERRY - UEMO BOURGES</t>
+  </si>
+  <si>
+    <t>28/01/2026 05:05:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15760_FicheESSMS/fr/stemo-du-berry-uemo-bourges</t>
+  </si>
+  <si>
+    <t>15760_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Roland Garros</t>
+  </si>
+  <si>
+    <t>18000 BOURGES</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>180011124</t>
+  </si>
+  <si>
+    <t>EHPAD LA NOUE</t>
+  </si>
+  <si>
+    <t>26/01/2026 05:05:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15733_FicheESSMS/fr/ehpad-la-noue</t>
+  </si>
+  <si>
+    <t>15733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>83 Avenue Du 14 Juillet</t>
+  </si>
+  <si>
+    <t>18102 VIERZON</t>
+  </si>
+  <si>
+    <t>VIERZON</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>180004657</t>
+  </si>
+  <si>
+    <t>EHPAD DE BOULLERET</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:08:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15317_FicheESSMS/fr/ehpad-de-boulleret</t>
+  </si>
+  <si>
+    <t>15317_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Poste</t>
+  </si>
+  <si>
+    <t>18240 BOULLERET</t>
+  </si>
+  <si>
+    <t>BOULLERET</t>
+  </si>
+  <si>
+    <t>180000119</t>
+  </si>
+  <si>
+    <t>SSIAD CH SANCERRE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:08:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15320_FicheESSMS/fr/ssiad-ch-sancerre</t>
+  </si>
+  <si>
+    <t>15320_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18300 SANCERRE</t>
+  </si>
+  <si>
+    <t>SANCERRE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>180006066</t>
+  </si>
+  <si>
+    <t>EHPAD DE SANCERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15319_FicheESSMS/fr/ehpad-de-sancerre</t>
+  </si>
+  <si>
+    <t>15319_FicheESSMS</t>
+  </si>
+  <si>
+    <t>180004616</t>
+  </si>
+  <si>
+    <t>EHPAD DE SURY EN VAUX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15318_FicheESSMS/fr/ehpad-de-sury-en-vaux</t>
+  </si>
+  <si>
+    <t>15318_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18300 SURY EN VAUX</t>
+  </si>
+  <si>
+    <t>SURY EN VAUX</t>
+  </si>
+  <si>
+    <t>180006637</t>
+  </si>
+  <si>
+    <t>EHPAD LE PRE RAS D EAU</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15365_FicheESSMS/fr/ehpad-le-pre-ras-d-eau</t>
+  </si>
+  <si>
+    <t>15365_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Mace De La Charite</t>
+  </si>
+  <si>
+    <t>18600 SANCOINS</t>
+  </si>
+  <si>
+    <t>SANCOINS</t>
+  </si>
+  <si>
+    <t>180000226</t>
+  </si>
+  <si>
+    <t>EHPAD LES ROSES D ARGENT</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15366_FicheESSMS/fr/ehpad-les-roses-d-argent</t>
+  </si>
+  <si>
+    <t>15366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Mme Ferme-Thomas</t>
+  </si>
+  <si>
+    <t>18410 ARGENT SUR SAULDRE</t>
+  </si>
+  <si>
+    <t>ARGENT SUR SAULDRE</t>
+  </si>
+  <si>
+    <t>180000101</t>
+  </si>
+  <si>
+    <t>EHPAD LES CHARMILLES</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15404_FicheESSMS/fr/ehpad-les-charmilles</t>
+  </si>
+  <si>
+    <t>15404_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Scierie</t>
+  </si>
+  <si>
+    <t>18170 LE CHATELET</t>
+  </si>
+  <si>
+    <t>LE CHATELET</t>
+  </si>
+  <si>
+    <t>180000168</t>
+  </si>
+  <si>
+    <t>SSIAD HENRICHEMONT</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15549_FicheESSMS/fr/ssiad-henrichemont</t>
+  </si>
+  <si>
+    <t>15549_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Quatre Nations</t>
+  </si>
+  <si>
+    <t>18250 HENRICHEMONT</t>
+  </si>
+  <si>
+    <t>HENRICHEMONT</t>
+  </si>
+  <si>
+    <t>180006207</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE MARIE DE SEULY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15548_FicheESSMS/fr/ehpad-residence-marie-de-seuly</t>
+  </si>
+  <si>
+    <t>15548_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>180000135</t>
+  </si>
+  <si>
     <t>EHPAD LA ROCHERIE</t>
   </si>
   <si>
     <t>11/12/2025 05:13:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15169_FicheESSMS/fr/ehpad-la-rocherie</t>
   </si>
   <si>
     <t>15169_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue De La Rocherie</t>
   </si>
   <si>
     <t>18350 NERONDES</t>
   </si>
   <si>
     <t>NERONDES</t>
   </si>
   <si>
-    <t>18</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>180000291</t>
   </si>
   <si>
     <t>CPH "LE RELAIS"</t>
   </si>
   <si>
     <t>21/11/2025 16:19:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14779_FicheESSMS/fr/cph-le-relais</t>
   </si>
   <si>
     <t>14779_FicheESSMS</t>
   </si>
   <si>
     <t>12 Place Juranville</t>
   </si>
   <si>
-    <t>18000 BOURGES</t>
-[...1 lines deleted...]
-  <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Provisoire Hébergement (C.P.H.)</t>
   </si>
   <si>
     <t>180009821</t>
   </si>
   <si>
     <t>LVA "LES BRUYERES</t>
   </si>
   <si>
     <t>12/11/2025 16:17:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14664_FicheESSMS/fr/lva-les-bruyeres</t>
   </si>
   <si>
     <t>14664_FicheESSMS</t>
   </si>
   <si>
     <t>3 Route Des Bryueres</t>
   </si>
   <si>
     <t>18310 GRACAY</t>
@@ -542,53 +842,50 @@
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>180010324</t>
   </si>
   <si>
     <t>CLIC BERRUYER</t>
   </si>
   <si>
     <t>06/10/2025 16:16:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13922_FicheESSMS/fr/clic-berruyer</t>
   </si>
   <si>
     <t>13922_FicheESSMS</t>
   </si>
   <si>
     <t>7 Avenue Du 11 Novembre 1918</t>
   </si>
   <si>
     <t>18022 BOURGES</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>Centres Locaux Information Coordination P.A .(C.L.I.C.)</t>
   </si>
   <si>
     <t>180009441</t>
   </si>
   <si>
     <t>RESIDENCE AUTONOMIE JACQUELINE AURIOL</t>
   </si>
   <si>
     <t>28/09/2025 16:16:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13718_FicheESSMS/fr/residence-autonomie-jacqueline-auriol</t>
   </si>
   <si>
     <t>13718_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Guilbeau</t>
   </si>
   <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>180003444</t>
@@ -752,53 +1049,50 @@
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>180006595</t>
   </si>
   <si>
     <t>M.J.P.M - A.T.G.C</t>
   </si>
   <si>
     <t>10/09/2025 12:16:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1096_FicheESSMS/fr/m-j-p-m-a-t-g-c</t>
   </si>
   <si>
     <t>1096_FicheESSMS</t>
   </si>
   <si>
     <t>58 Rue Leo Merigot</t>
   </si>
   <si>
     <t>18105 VIERZON</t>
   </si>
   <si>
-    <t>VIERZON</t>
-[...1 lines deleted...]
-  <si>
     <t>180009029</t>
   </si>
   <si>
     <t>ESRP LOUIS GATIGNON</t>
   </si>
   <si>
     <t>10/09/2025 12:16:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1102_FicheESSMS/fr/esrp-louis-gatignon</t>
   </si>
   <si>
     <t>1102_FicheESSMS</t>
   </si>
   <si>
     <t>18330 VOUZERON</t>
   </si>
   <si>
     <t>VOUZERON</t>
   </si>
   <si>
     <t>Etablissement et Service de Réadaptation Professionnelle</t>
   </si>
   <si>
     <t>180004566</t>
@@ -845,53 +1139,50 @@
   <si>
     <t>180008997</t>
   </si>
   <si>
     <t>CENTRE MATERNEL LES LUTINS - CJBC</t>
   </si>
   <si>
     <t>10/09/2025 12:16:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1625_FicheESSMS/fr/centre-maternel-les-lutins-cjbc</t>
   </si>
   <si>
     <t>1625_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Joliot Curie</t>
   </si>
   <si>
     <t>18400 ST FLORENT SUR CHER</t>
   </si>
   <si>
     <t>ST FLORENT SUR CHER</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...1 lines deleted...]
-  <si>
     <t>Etablissement d'Accueil Mère-Enfant</t>
   </si>
   <si>
     <t>180007569</t>
   </si>
   <si>
     <t>EHPAD DE LA CROIX DUCHET</t>
   </si>
   <si>
     <t>10/09/2025 12:17:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2284_FicheESSMS/fr/ehpad-de-la-croix-duchet</t>
   </si>
   <si>
     <t>2284_FicheESSMS</t>
   </si>
   <si>
     <t>18200 ST AMAND MONTROND</t>
   </si>
   <si>
     <t>ST AMAND MONTROND</t>
   </si>
   <si>
     <t>180003378</t>
@@ -1811,272 +2102,266 @@
   <si>
     <t>CENTRE HOSPITALIER SPECIALISE EN PSYCHIATRIE</t>
   </si>
   <si>
     <t>15/12/2025 13:28:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/542_FicheEtablissement/fr/ch-george-sand-chezal-benoit</t>
   </si>
   <si>
     <t>542_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>0248638080</t>
   </si>
   <si>
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>180000184</t>
   </si>
   <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CH GEORGE SAND BOURGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/541_FicheEtablissement/fr/ch-george-sand-bourges</t>
+  </si>
+  <si>
+    <t>541_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>77 Rue Louis Mallet</t>
+  </si>
+  <si>
+    <t>18024 BOURGES</t>
+  </si>
+  <si>
+    <t>0248672000</t>
+  </si>
+  <si>
+    <t>180000176</t>
+  </si>
+  <si>
+    <t>CH GEORGE SAND DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/549_FicheEtablissement/fr/ch-george-sand-dun-sur-auron</t>
+  </si>
+  <si>
+    <t>549_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248662900</t>
+  </si>
+  <si>
+    <t>180000820</t>
+  </si>
+  <si>
+    <t>USLD DU CH GEORGE SAND SITE DE DUN SUR AURON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/559_FicheEtablissement/fr/usld-du-ch-george-sand-site-de-dun-sur</t>
+  </si>
+  <si>
+    <t>559_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0248665252</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>180007825</t>
+  </si>
+  <si>
+    <t>USLD DU CH GEORGE SAND SITE DE BOURGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/557_FicheEtablissement/fr/usld-du-ch-george-sand-site-de-bourges</t>
+  </si>
+  <si>
+    <t>557_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18016 BOURGES</t>
+  </si>
+  <si>
+    <t>180005696</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'A. R. A. U. C. O.</t>
+  </si>
+  <si>
+    <t>26/06/2025 10:50:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3617_FicheEtablissement/fr/a-r-a-u-c-o-vierzon</t>
+  </si>
+  <si>
+    <t>3617_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Blanqui</t>
+  </si>
+  <si>
+    <t>0248751379</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>180005662</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE ST AMAND-MONTROND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3620_FicheEtablissement/fr/a-r-a-u-c-o-saint-amand-montrond</t>
+  </si>
+  <si>
+    <t>3620_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248632538</t>
+  </si>
+  <si>
+    <t>180006397</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3619_FicheEtablissement/fr/a-r-a-u-c-o-bourges</t>
+  </si>
+  <si>
+    <t>3619_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>151 Avenue Francois Mitterrand</t>
+  </si>
+  <si>
+    <t>0248670321</t>
+  </si>
+  <si>
+    <t>180005829</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3618_FicheEtablissement/fr/a-r-a-u-c-o-belleville</t>
+  </si>
+  <si>
+    <t>3618_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0248725019</t>
+  </si>
+  <si>
+    <t>180005811</t>
+  </si>
+  <si>
+    <t>18/06/2025 17:19:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/540_FicheEtablissement/fr/ch-bourges-jacques-coeur</t>
+  </si>
+  <si>
+    <t>540_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>145 Avenue F Mitterand</t>
+  </si>
+  <si>
+    <t>18020 BOURGES</t>
+  </si>
+  <si>
+    <t>0248484848</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
     <t>Établissements certifiés sous conditions</t>
   </si>
   <si>
-    <t>CH GEORGE SAND BOURGES</t>
-[...169 lines deleted...]
-  <si>
     <t>CENTRE HOSPITALIER DE BOURGES SITE TAILLEGRAIN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/550_FicheEtablissement/fr/ch-de-bourges-site-taillegrain</t>
   </si>
   <si>
     <t>550_FicheEtablissement</t>
   </si>
   <si>
     <t>6 Rue Taillegrain</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>180003287</t>
   </si>
   <si>
     <t>USLD DU CH JACQUES COEUR DE BOURGES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/558_FicheEtablissement/fr/usld-du-ch-jacques-coeur-de-bourges</t>
   </si>
   <si>
     <t>558_FicheEtablissement</t>
   </si>
   <si>
     <t>180005803</t>
   </si>
   <si>
     <t>CH SANCERRE</t>
   </si>
   <si>
     <t>24/01/2025 16:26:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/545_FicheEtablissement/fr/ch-sancerre</t>
   </si>
   <si>
     <t>545_FicheEtablissement</t>
   </si>
   <si>
-    <t>18300 SANCERRE</t>
-[...4 lines deleted...]
-  <si>
     <t>0248785200</t>
   </si>
   <si>
     <t>180000333</t>
   </si>
   <si>
     <t>ETABLISSEMENT DE SOINS DE LONGUE DUREE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/556_FicheEtablissement/fr/usld-du-ch-de-sancerre</t>
   </si>
   <si>
     <t>556_FicheEtablissement</t>
   </si>
   <si>
     <t>0248785202</t>
   </si>
   <si>
     <t>180004889</t>
   </si>
   <si>
     <t>CLINIQUE DES GRAINETIERES</t>
   </si>
   <si>
     <t>21/01/2025 10:16:00</t>
@@ -2183,72 +2468,66 @@
   <si>
     <t>0248527117</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>180008278</t>
   </si>
   <si>
     <t>CH DE VIERZON</t>
   </si>
   <si>
     <t>27/09/2024 09:09:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/543_FicheEtablissement/fr/ch-de-vierzon</t>
   </si>
   <si>
     <t>543_FicheEtablissement</t>
   </si>
   <si>
     <t>33 Rue Leo Merigot</t>
   </si>
   <si>
-    <t>18102 VIERZON</t>
-[...1 lines deleted...]
-  <si>
     <t>0248523333</t>
   </si>
   <si>
     <t>Chirurgie, Médecine, Obstétrique</t>
   </si>
   <si>
     <t>180000200</t>
   </si>
   <si>
     <t>CH DE VIERZON SITE LA NOUE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/551_FicheEtablissement/fr/ch-de-vierzon-site-la-noue</t>
   </si>
   <si>
     <t>551_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>83 Avenue Du 14 Juillet</t>
   </si>
   <si>
     <t>180003345</t>
   </si>
   <si>
     <t>USLD CH VIERZON</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/554_FicheEtablissement/fr/usld-ch-vierzon</t>
   </si>
   <si>
     <t>554_FicheEtablissement</t>
   </si>
   <si>
     <t>180004640</t>
   </si>
   <si>
     <t>11/12/2023 15:59:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/553_FicheEtablissement/fr/hopital-prive-guillaume-de-varye</t>
   </si>
   <si>
     <t>553_FicheEtablissement</t>
   </si>
@@ -2306,51 +2585,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R15"/>
+  <dimension ref="A1:R18"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2465,119 +2744,119 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="L4" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="O4" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P4" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q4" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R4" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
         <v>49</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>50</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>51</v>
       </c>
       <c r="H5" t="s">
@@ -2633,443 +2912,443 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>58</v>
       </c>
       <c r="H6" t="s">
         <v>59</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>60</v>
       </c>
       <c r="L6" t="s">
         <v>61</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>62</v>
+        <v>55</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6" t="s">
         <v>29</v>
       </c>
       <c r="Q6" t="s">
         <v>30</v>
       </c>
       <c r="R6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>62</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>63</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>64</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>66</v>
+      </c>
+      <c r="L7" t="s">
         <v>67</v>
       </c>
-      <c r="L7" t="s">
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>68</v>
       </c>
-      <c r="M7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P7" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q7" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R7" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
+        <v>69</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
         <v>70</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>71</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>73</v>
+      </c>
+      <c r="L8" t="s">
         <v>74</v>
       </c>
-      <c r="L8" t="s">
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
         <v>75</v>
       </c>
-      <c r="M8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O8" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P8" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q8" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
+        <v>76</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>77</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>78</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
+        <v>80</v>
+      </c>
+      <c r="L9" t="s">
         <v>81</v>
       </c>
-      <c r="L9" t="s">
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
         <v>82</v>
-      </c>
-[...4 lines deleted...]
-        <v>83</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9" t="s">
         <v>29</v>
       </c>
       <c r="Q9" t="s">
         <v>30</v>
       </c>
       <c r="R9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
+        <v>83</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>84</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>85</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
+        <v>87</v>
+      </c>
+      <c r="L10" t="s">
         <v>88</v>
       </c>
-      <c r="L10" t="s">
+      <c r="M10" t="s">
+        <v>20</v>
+      </c>
+      <c r="N10" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10" t="s">
         <v>29</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
+        <v>90</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>91</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>92</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>93</v>
-      </c>
-[...1 lines deleted...]
-        <v>94</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
+        <v>94</v>
+      </c>
+      <c r="L11" t="s">
         <v>95</v>
       </c>
-      <c r="L11" t="s">
+      <c r="M11" t="s">
+        <v>20</v>
+      </c>
+      <c r="N11" t="s">
         <v>96</v>
       </c>
-      <c r="M11" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O11" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P11" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R11" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>98</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>99</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
+        <v>101</v>
+      </c>
+      <c r="L12" t="s">
         <v>102</v>
       </c>
-      <c r="L12" t="s">
+      <c r="M12" t="s">
+        <v>20</v>
+      </c>
+      <c r="N12" t="s">
         <v>103</v>
       </c>
-      <c r="M12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q12" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
+        <v>104</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>105</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>106</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>107</v>
-      </c>
-[...1 lines deleted...]
-        <v>108</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
+        <v>108</v>
+      </c>
+      <c r="L13" t="s">
         <v>109</v>
       </c>
-      <c r="L13" t="s">
+      <c r="M13" t="s">
+        <v>20</v>
+      </c>
+      <c r="N13" t="s">
         <v>110</v>
-      </c>
-[...4 lines deleted...]
-        <v>90</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13" t="s">
         <v>29</v>
       </c>
       <c r="Q13" t="s">
         <v>30</v>
       </c>
       <c r="R13" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
         <v>111</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
@@ -3084,5039 +3363,5757 @@
       <c r="G14" t="s">
         <v>113</v>
       </c>
       <c r="H14" t="s">
         <v>114</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
         <v>115</v>
       </c>
       <c r="L14" t="s">
         <v>116</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
         <v>117</v>
       </c>
       <c r="O14" t="s">
-        <v>45</v>
+        <v>28</v>
       </c>
       <c r="P14" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="Q14" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
         <v>118</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
         <v>119</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
         <v>120</v>
       </c>
       <c r="H15" t="s">
         <v>121</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
         <v>122</v>
       </c>
       <c r="L15" t="s">
         <v>123</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
+        <v>110</v>
+      </c>
+      <c r="O15" t="s">
+        <v>39</v>
+      </c>
+      <c r="P15" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>41</v>
+      </c>
+      <c r="R15" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16" t="s">
         <v>124</v>
       </c>
-      <c r="O15" t="s">
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>125</v>
       </c>
-      <c r="P15" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>126</v>
       </c>
-      <c r="Q15" t="s">
+      <c r="H16" t="s">
         <v>127</v>
       </c>
-      <c r="R15" t="s">
+      <c r="I16" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J16" t="s">
+        <v>24</v>
+      </c>
+      <c r="K16" t="s">
         <v>128</v>
+      </c>
+      <c r="L16" t="s">
+        <v>129</v>
+      </c>
+      <c r="M16" t="s">
+        <v>20</v>
+      </c>
+      <c r="N16" t="s">
+        <v>110</v>
+      </c>
+      <c r="O16" t="s">
+        <v>28</v>
+      </c>
+      <c r="P16" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>30</v>
+      </c>
+      <c r="R16" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>18</v>
+      </c>
+      <c r="B17" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>131</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>132</v>
+      </c>
+      <c r="H17" t="s">
+        <v>133</v>
+      </c>
+      <c r="I17" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J17" t="s">
+        <v>24</v>
+      </c>
+      <c r="K17" t="s">
+        <v>134</v>
+      </c>
+      <c r="L17" t="s">
+        <v>135</v>
+      </c>
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
+        <v>136</v>
+      </c>
+      <c r="O17" t="s">
+        <v>39</v>
+      </c>
+      <c r="P17" t="s">
+        <v>40</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>41</v>
+      </c>
+      <c r="R17" t="s">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>18</v>
+      </c>
+      <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>138</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>139</v>
+      </c>
+      <c r="H18" t="s">
+        <v>140</v>
+      </c>
+      <c r="I18" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J18" t="s">
+        <v>24</v>
+      </c>
+      <c r="K18" t="s">
+        <v>141</v>
+      </c>
+      <c r="L18" t="s">
+        <v>142</v>
+      </c>
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
+        <v>143</v>
+      </c>
+      <c r="O18" t="s">
+        <v>144</v>
+      </c>
+      <c r="P18" t="s">
+        <v>145</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>146</v>
+      </c>
+      <c r="R18" t="s">
+        <v>147</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P67"/>
+  <dimension ref="A1:P78"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="J1" t="s">
-        <v>130</v>
+        <v>149</v>
       </c>
       <c r="K1" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="L1" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="M1" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="N1" t="s">
-        <v>134</v>
+        <v>153</v>
       </c>
       <c r="O1" t="s">
-        <v>135</v>
+        <v>154</v>
       </c>
       <c r="P1" t="s">
-        <v>136</v>
+        <v>155</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B2" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>139</v>
+        <v>158</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>140</v>
+        <v>159</v>
       </c>
       <c r="H2" t="s">
-        <v>141</v>
+        <v>160</v>
       </c>
       <c r="I2" t="s">
-        <v>142</v>
+        <v>161</v>
       </c>
       <c r="J2" t="s">
-        <v>143</v>
+        <v>162</v>
       </c>
       <c r="K2" t="s">
-        <v>144</v>
+        <v>41</v>
       </c>
       <c r="L2" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M2" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N2" t="s">
-        <v>147</v>
+        <v>165</v>
       </c>
       <c r="O2" t="s">
-        <v>148</v>
+        <v>166</v>
       </c>
       <c r="P2" t="s">
-        <v>149</v>
+        <v>167</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B3" t="s">
-        <v>150</v>
+        <v>168</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>151</v>
+        <v>169</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>152</v>
+        <v>170</v>
       </c>
       <c r="H3" t="s">
-        <v>153</v>
+        <v>171</v>
       </c>
       <c r="I3" t="s">
-        <v>154</v>
+        <v>172</v>
       </c>
       <c r="J3" t="s">
-        <v>155</v>
+        <v>173</v>
       </c>
       <c r="K3" t="s">
-        <v>47</v>
+        <v>174</v>
       </c>
       <c r="L3" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M3" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N3" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="O3" t="s">
-        <v>157</v>
+        <v>176</v>
       </c>
       <c r="P3" t="s">
-        <v>158</v>
+        <v>177</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B4" t="s">
-        <v>159</v>
+        <v>178</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>160</v>
+        <v>179</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>161</v>
+        <v>180</v>
       </c>
       <c r="H4" t="s">
-        <v>162</v>
+        <v>181</v>
       </c>
       <c r="I4" t="s">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="J4" t="s">
+        <v>183</v>
+      </c>
+      <c r="K4" t="s">
+        <v>184</v>
+      </c>
+      <c r="L4" t="s">
+        <v>163</v>
+      </c>
+      <c r="M4" t="s">
         <v>164</v>
       </c>
-      <c r="K4" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N4" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="O4" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="P4" t="s">
-        <v>168</v>
+        <v>185</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B5" t="s">
-        <v>169</v>
+        <v>186</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>170</v>
+        <v>187</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>171</v>
+        <v>188</v>
       </c>
       <c r="H5" t="s">
-        <v>172</v>
+        <v>189</v>
       </c>
       <c r="I5" t="s">
-        <v>173</v>
+        <v>190</v>
       </c>
       <c r="J5" t="s">
-        <v>174</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>47</v>
+        <v>191</v>
       </c>
       <c r="L5" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M5" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="N5" t="s">
-        <v>147</v>
+        <v>192</v>
       </c>
       <c r="O5" t="s">
-        <v>176</v>
+        <v>193</v>
       </c>
       <c r="P5" t="s">
-        <v>177</v>
+        <v>194</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B6" t="s">
-        <v>178</v>
+        <v>195</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>180</v>
+        <v>196</v>
       </c>
       <c r="H6" t="s">
-        <v>181</v>
+        <v>197</v>
       </c>
       <c r="I6" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="J6" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="K6" t="s">
-        <v>47</v>
+        <v>191</v>
       </c>
       <c r="L6" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M6" t="s">
+        <v>164</v>
+      </c>
+      <c r="N6" t="s">
         <v>175</v>
       </c>
-      <c r="N6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O6" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="P6" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B7" t="s">
-        <v>185</v>
+        <v>199</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>186</v>
+        <v>200</v>
       </c>
       <c r="H7" t="s">
-        <v>187</v>
+        <v>201</v>
       </c>
       <c r="I7" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="J7" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>47</v>
+        <v>203</v>
       </c>
       <c r="L7" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M7" t="s">
+        <v>164</v>
+      </c>
+      <c r="N7" t="s">
         <v>175</v>
       </c>
-      <c r="N7" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="P7" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B8" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>191</v>
+        <v>206</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>192</v>
+        <v>207</v>
       </c>
       <c r="H8" t="s">
-        <v>193</v>
+        <v>208</v>
       </c>
       <c r="I8" t="s">
-        <v>194</v>
+        <v>209</v>
       </c>
       <c r="J8" t="s">
-        <v>195</v>
+        <v>210</v>
       </c>
       <c r="K8" t="s">
-        <v>30</v>
+        <v>211</v>
       </c>
       <c r="L8" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M8" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N8" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O8" t="s">
-        <v>197</v>
+        <v>176</v>
       </c>
       <c r="P8" t="s">
-        <v>198</v>
+        <v>212</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B9" t="s">
-        <v>199</v>
+        <v>213</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>191</v>
+        <v>214</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>200</v>
+        <v>215</v>
       </c>
       <c r="H9" t="s">
-        <v>201</v>
+        <v>216</v>
       </c>
       <c r="I9" t="s">
-        <v>202</v>
+        <v>217</v>
       </c>
       <c r="J9" t="s">
-        <v>155</v>
+        <v>218</v>
       </c>
       <c r="K9" t="s">
-        <v>47</v>
+        <v>219</v>
       </c>
       <c r="L9" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M9" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N9" t="s">
-        <v>203</v>
+        <v>175</v>
       </c>
       <c r="O9" t="s">
-        <v>204</v>
+        <v>176</v>
       </c>
       <c r="P9" t="s">
-        <v>205</v>
+        <v>220</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B10" t="s">
-        <v>206</v>
+        <v>221</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>207</v>
+        <v>222</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
       <c r="H10" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="I10" t="s">
-        <v>155</v>
+        <v>225</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>226</v>
       </c>
       <c r="K10" t="s">
-        <v>47</v>
+        <v>227</v>
       </c>
       <c r="L10" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M10" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N10" t="s">
-        <v>210</v>
+        <v>175</v>
       </c>
       <c r="O10" t="s">
-        <v>211</v>
+        <v>176</v>
       </c>
       <c r="P10" t="s">
-        <v>212</v>
+        <v>228</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B11" t="s">
-        <v>213</v>
+        <v>229</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="H11" t="s">
-        <v>216</v>
+        <v>232</v>
       </c>
       <c r="I11" t="s">
-        <v>217</v>
+        <v>233</v>
       </c>
       <c r="J11" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="K11" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="L11" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M11" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N11" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="O11" t="s">
-        <v>220</v>
+        <v>193</v>
       </c>
       <c r="P11" t="s">
-        <v>221</v>
+        <v>236</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B12" t="s">
-        <v>222</v>
+        <v>237</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>214</v>
+        <v>230</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>223</v>
+        <v>238</v>
       </c>
       <c r="H12" t="s">
-        <v>224</v>
+        <v>239</v>
       </c>
       <c r="I12" t="s">
-        <v>225</v>
+        <v>240</v>
       </c>
       <c r="J12" t="s">
-        <v>218</v>
+        <v>234</v>
       </c>
       <c r="K12" t="s">
-        <v>219</v>
+        <v>235</v>
       </c>
       <c r="L12" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M12" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N12" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="O12" t="s">
-        <v>226</v>
+        <v>176</v>
       </c>
       <c r="P12" t="s">
-        <v>227</v>
+        <v>241</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B13" t="s">
-        <v>228</v>
+        <v>242</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>214</v>
+        <v>243</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>229</v>
+        <v>244</v>
       </c>
       <c r="H13" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="I13" t="s">
-        <v>217</v>
+        <v>246</v>
       </c>
       <c r="J13" t="s">
-        <v>218</v>
+        <v>247</v>
       </c>
       <c r="K13" t="s">
-        <v>219</v>
+        <v>248</v>
       </c>
       <c r="L13" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M13" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N13" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O13" t="s">
-        <v>231</v>
+        <v>176</v>
       </c>
       <c r="P13" t="s">
-        <v>232</v>
+        <v>250</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B14" t="s">
-        <v>233</v>
+        <v>251</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>214</v>
+        <v>252</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>234</v>
+        <v>253</v>
       </c>
       <c r="H14" t="s">
-        <v>235</v>
+        <v>254</v>
       </c>
       <c r="I14" t="s">
-        <v>236</v>
+        <v>255</v>
       </c>
       <c r="J14" t="s">
-        <v>218</v>
+        <v>162</v>
       </c>
       <c r="K14" t="s">
-        <v>219</v>
+        <v>41</v>
       </c>
       <c r="L14" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M14" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N14" t="s">
-        <v>196</v>
+        <v>256</v>
       </c>
       <c r="O14" t="s">
-        <v>237</v>
+        <v>257</v>
       </c>
       <c r="P14" t="s">
-        <v>238</v>
+        <v>258</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B15" t="s">
-        <v>239</v>
+        <v>259</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>240</v>
+        <v>260</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>241</v>
+        <v>261</v>
       </c>
       <c r="H15" t="s">
-        <v>242</v>
+        <v>262</v>
       </c>
       <c r="I15" t="s">
-        <v>243</v>
+        <v>263</v>
       </c>
       <c r="J15" t="s">
-        <v>244</v>
+        <v>264</v>
       </c>
       <c r="K15" t="s">
-        <v>245</v>
+        <v>265</v>
       </c>
       <c r="L15" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M15" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N15" t="s">
-        <v>210</v>
+        <v>266</v>
       </c>
       <c r="O15" t="s">
-        <v>211</v>
+        <v>267</v>
       </c>
       <c r="P15" t="s">
-        <v>246</v>
+        <v>268</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B16" t="s">
-        <v>247</v>
+        <v>269</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>248</v>
+        <v>270</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>249</v>
+        <v>271</v>
       </c>
       <c r="H16" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="I16" t="s">
-        <v>251</v>
+        <v>273</v>
       </c>
       <c r="J16" t="s">
-        <v>20</v>
+        <v>274</v>
       </c>
       <c r="K16" t="s">
-        <v>252</v>
+        <v>41</v>
       </c>
       <c r="L16" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M16" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N16" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O16" t="s">
-        <v>253</v>
+        <v>275</v>
       </c>
       <c r="P16" t="s">
-        <v>254</v>
+        <v>276</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B17" t="s">
-        <v>255</v>
+        <v>277</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>256</v>
+        <v>278</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>257</v>
+        <v>279</v>
       </c>
       <c r="H17" t="s">
-        <v>258</v>
+        <v>280</v>
       </c>
       <c r="I17" t="s">
-        <v>259</v>
+        <v>281</v>
       </c>
       <c r="J17" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K17" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L17" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M17" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N17" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O17" t="s">
-        <v>260</v>
+        <v>282</v>
       </c>
       <c r="P17" t="s">
-        <v>261</v>
+        <v>283</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B18" t="s">
-        <v>262</v>
+        <v>284</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>263</v>
+        <v>278</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="H18" t="s">
-        <v>265</v>
+        <v>286</v>
       </c>
       <c r="I18" t="s">
-        <v>266</v>
+        <v>287</v>
       </c>
       <c r="J18" t="s">
-        <v>267</v>
+        <v>162</v>
       </c>
       <c r="K18" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L18" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M18" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N18" t="s">
-        <v>210</v>
+        <v>175</v>
       </c>
       <c r="O18" t="s">
-        <v>211</v>
+        <v>282</v>
       </c>
       <c r="P18" t="s">
-        <v>268</v>
+        <v>288</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B19" t="s">
-        <v>269</v>
+        <v>289</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>270</v>
+        <v>290</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="H19" t="s">
-        <v>272</v>
+        <v>292</v>
       </c>
       <c r="I19" t="s">
-        <v>273</v>
+        <v>293</v>
       </c>
       <c r="J19" t="s">
-        <v>274</v>
+        <v>294</v>
       </c>
       <c r="K19" t="s">
-        <v>275</v>
+        <v>30</v>
       </c>
       <c r="L19" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M19" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N19" t="s">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="O19" t="s">
-        <v>277</v>
+        <v>296</v>
       </c>
       <c r="P19" t="s">
-        <v>278</v>
+        <v>297</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B20" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>280</v>
+        <v>290</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>281</v>
+        <v>299</v>
       </c>
       <c r="H20" t="s">
-        <v>282</v>
+        <v>300</v>
       </c>
       <c r="I20" t="s">
-        <v>283</v>
+        <v>301</v>
       </c>
       <c r="J20" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="K20" t="s">
-        <v>284</v>
+        <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M20" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N20" t="s">
-        <v>147</v>
+        <v>302</v>
       </c>
       <c r="O20" t="s">
-        <v>148</v>
+        <v>303</v>
       </c>
       <c r="P20" t="s">
-        <v>285</v>
+        <v>304</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B21" t="s">
-        <v>286</v>
+        <v>305</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>280</v>
+        <v>306</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>287</v>
+        <v>307</v>
       </c>
       <c r="H21" t="s">
-        <v>288</v>
+        <v>308</v>
       </c>
       <c r="I21" t="s">
-        <v>289</v>
+        <v>162</v>
       </c>
       <c r="J21" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="K21" t="s">
-        <v>284</v>
+        <v>41</v>
       </c>
       <c r="L21" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M21" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N21" t="s">
-        <v>147</v>
+        <v>309</v>
       </c>
       <c r="O21" t="s">
-        <v>148</v>
+        <v>310</v>
       </c>
       <c r="P21" t="s">
-        <v>290</v>
+        <v>311</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B22" t="s">
-        <v>291</v>
+        <v>312</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>293</v>
+        <v>314</v>
       </c>
       <c r="H22" t="s">
-        <v>294</v>
+        <v>315</v>
       </c>
       <c r="I22" t="s">
+        <v>316</v>
+      </c>
+      <c r="J22" t="s">
+        <v>317</v>
+      </c>
+      <c r="K22" t="s">
+        <v>318</v>
+      </c>
+      <c r="L22" t="s">
+        <v>163</v>
+      </c>
+      <c r="M22" t="s">
+        <v>249</v>
+      </c>
+      <c r="N22" t="s">
         <v>295</v>
       </c>
-      <c r="J22" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="O22" t="s">
-        <v>296</v>
+        <v>319</v>
       </c>
       <c r="P22" t="s">
-        <v>297</v>
+        <v>320</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B23" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>292</v>
+        <v>313</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>299</v>
+        <v>322</v>
       </c>
       <c r="H23" t="s">
-        <v>300</v>
+        <v>323</v>
       </c>
       <c r="I23" t="s">
-        <v>155</v>
+        <v>324</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>317</v>
       </c>
       <c r="K23" t="s">
-        <v>47</v>
+        <v>318</v>
       </c>
       <c r="L23" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M23" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N23" t="s">
-        <v>156</v>
+        <v>295</v>
       </c>
       <c r="O23" t="s">
-        <v>301</v>
+        <v>325</v>
       </c>
       <c r="P23" t="s">
-        <v>302</v>
+        <v>326</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B24" t="s">
-        <v>303</v>
+        <v>327</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>304</v>
+        <v>313</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>305</v>
+        <v>328</v>
       </c>
       <c r="H24" t="s">
-        <v>306</v>
+        <v>329</v>
       </c>
       <c r="I24" t="s">
-        <v>307</v>
+        <v>316</v>
       </c>
       <c r="J24" t="s">
-        <v>308</v>
+        <v>317</v>
       </c>
       <c r="K24" t="s">
-        <v>309</v>
+        <v>318</v>
       </c>
       <c r="L24" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M24" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="N24" t="s">
-        <v>147</v>
+        <v>295</v>
       </c>
       <c r="O24" t="s">
-        <v>148</v>
+        <v>330</v>
       </c>
       <c r="P24" t="s">
-        <v>311</v>
+        <v>331</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B25" t="s">
-        <v>312</v>
+        <v>332</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
         <v>313</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>314</v>
+        <v>333</v>
       </c>
       <c r="H25" t="s">
-        <v>315</v>
+        <v>334</v>
       </c>
       <c r="I25" t="s">
-        <v>316</v>
+        <v>335</v>
       </c>
       <c r="J25" t="s">
-        <v>155</v>
+        <v>317</v>
       </c>
       <c r="K25" t="s">
-        <v>47</v>
+        <v>318</v>
       </c>
       <c r="L25" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M25" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N25" t="s">
-        <v>317</v>
+        <v>295</v>
       </c>
       <c r="O25" t="s">
-        <v>318</v>
+        <v>336</v>
       </c>
       <c r="P25" t="s">
-        <v>319</v>
+        <v>337</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B26" t="s">
-        <v>320</v>
+        <v>338</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>313</v>
+        <v>339</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>321</v>
+        <v>340</v>
       </c>
       <c r="H26" t="s">
-        <v>322</v>
+        <v>341</v>
       </c>
       <c r="I26" t="s">
-        <v>323</v>
+        <v>342</v>
       </c>
       <c r="J26" t="s">
-        <v>20</v>
+        <v>343</v>
       </c>
       <c r="K26" t="s">
-        <v>324</v>
+        <v>174</v>
       </c>
       <c r="L26" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M26" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N26" t="s">
-        <v>196</v>
+        <v>309</v>
       </c>
       <c r="O26" t="s">
-        <v>231</v>
+        <v>310</v>
       </c>
       <c r="P26" t="s">
-        <v>325</v>
+        <v>344</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B27" t="s">
-        <v>326</v>
+        <v>345</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>313</v>
+        <v>346</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>327</v>
+        <v>347</v>
       </c>
       <c r="H27" t="s">
-        <v>328</v>
+        <v>348</v>
       </c>
       <c r="I27" t="s">
-        <v>329</v>
+        <v>349</v>
       </c>
       <c r="J27" t="s">
-        <v>330</v>
+        <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>331</v>
+        <v>350</v>
       </c>
       <c r="L27" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M27" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N27" t="s">
-        <v>196</v>
+        <v>295</v>
       </c>
       <c r="O27" t="s">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="P27" t="s">
-        <v>333</v>
+        <v>352</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B28" t="s">
-        <v>334</v>
+        <v>353</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>335</v>
+        <v>354</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>336</v>
+        <v>355</v>
       </c>
       <c r="H28" t="s">
-        <v>337</v>
+        <v>356</v>
       </c>
       <c r="I28" t="s">
-        <v>338</v>
+        <v>357</v>
       </c>
       <c r="J28" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K28" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L28" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M28" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N28" t="s">
-        <v>156</v>
+        <v>295</v>
       </c>
       <c r="O28" t="s">
-        <v>301</v>
+        <v>358</v>
       </c>
       <c r="P28" t="s">
-        <v>339</v>
+        <v>359</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B29" t="s">
-        <v>340</v>
+        <v>360</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>335</v>
+        <v>361</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>341</v>
+        <v>362</v>
       </c>
       <c r="H29" t="s">
-        <v>342</v>
+        <v>363</v>
       </c>
       <c r="I29" t="s">
-        <v>338</v>
+        <v>364</v>
       </c>
       <c r="J29" t="s">
-        <v>155</v>
+        <v>365</v>
       </c>
       <c r="K29" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L29" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M29" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N29" t="s">
-        <v>156</v>
+        <v>309</v>
       </c>
       <c r="O29" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="P29" t="s">
-        <v>343</v>
+        <v>366</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B30" t="s">
-        <v>344</v>
+        <v>367</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>335</v>
+        <v>368</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>345</v>
+        <v>369</v>
       </c>
       <c r="H30" t="s">
-        <v>346</v>
+        <v>370</v>
       </c>
       <c r="I30" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="J30" t="s">
-        <v>155</v>
+        <v>372</v>
       </c>
       <c r="K30" t="s">
-        <v>47</v>
+        <v>373</v>
       </c>
       <c r="L30" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M30" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N30" t="s">
-        <v>203</v>
+        <v>165</v>
       </c>
       <c r="O30" t="s">
-        <v>348</v>
+        <v>374</v>
       </c>
       <c r="P30" t="s">
-        <v>349</v>
+        <v>375</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B31" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>351</v>
+        <v>377</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>352</v>
+        <v>378</v>
       </c>
       <c r="H31" t="s">
-        <v>353</v>
+        <v>379</v>
       </c>
       <c r="I31" t="s">
-        <v>354</v>
+        <v>380</v>
       </c>
       <c r="J31" t="s">
         <v>20</v>
       </c>
       <c r="K31" t="s">
-        <v>355</v>
+        <v>381</v>
       </c>
       <c r="L31" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M31" t="s">
-        <v>310</v>
+        <v>164</v>
       </c>
       <c r="N31" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="O31" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="P31" t="s">
-        <v>356</v>
+        <v>382</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B32" t="s">
-        <v>357</v>
+        <v>383</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>358</v>
+        <v>377</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>359</v>
+        <v>384</v>
       </c>
       <c r="H32" t="s">
-        <v>360</v>
+        <v>385</v>
       </c>
       <c r="I32" t="s">
-        <v>361</v>
+        <v>386</v>
       </c>
       <c r="J32" t="s">
-        <v>330</v>
+        <v>380</v>
       </c>
       <c r="K32" t="s">
-        <v>331</v>
+        <v>381</v>
       </c>
       <c r="L32" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M32" t="s">
+        <v>164</v>
+      </c>
+      <c r="N32" t="s">
         <v>175</v>
       </c>
-      <c r="N32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O32" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="P32" t="s">
-        <v>362</v>
+        <v>387</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B33" t="s">
-        <v>363</v>
+        <v>388</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>364</v>
+        <v>389</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>365</v>
+        <v>390</v>
       </c>
       <c r="H33" t="s">
-        <v>366</v>
+        <v>391</v>
       </c>
       <c r="I33" t="s">
-        <v>367</v>
+        <v>392</v>
       </c>
       <c r="J33" t="s">
-        <v>368</v>
+        <v>162</v>
       </c>
       <c r="K33" t="s">
-        <v>245</v>
+        <v>41</v>
       </c>
       <c r="L33" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M33" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N33" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="O33" t="s">
-        <v>148</v>
+        <v>393</v>
       </c>
       <c r="P33" t="s">
-        <v>369</v>
+        <v>394</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B34" t="s">
-        <v>370</v>
+        <v>395</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>371</v>
+        <v>389</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>372</v>
+        <v>396</v>
       </c>
       <c r="H34" t="s">
-        <v>373</v>
+        <v>397</v>
       </c>
       <c r="I34" t="s">
-        <v>374</v>
+        <v>162</v>
       </c>
       <c r="J34" t="s">
         <v>20</v>
       </c>
       <c r="K34" t="s">
-        <v>375</v>
+        <v>41</v>
       </c>
       <c r="L34" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M34" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N34" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="O34" t="s">
-        <v>148</v>
+        <v>398</v>
       </c>
       <c r="P34" t="s">
-        <v>376</v>
+        <v>399</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B35" t="s">
-        <v>377</v>
+        <v>400</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>378</v>
+        <v>401</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>379</v>
+        <v>402</v>
       </c>
       <c r="H35" t="s">
-        <v>380</v>
+        <v>403</v>
       </c>
       <c r="I35" t="s">
-        <v>381</v>
+        <v>404</v>
       </c>
       <c r="J35" t="s">
-        <v>283</v>
+        <v>405</v>
       </c>
       <c r="K35" t="s">
-        <v>284</v>
+        <v>406</v>
       </c>
       <c r="L35" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M35" t="s">
-        <v>310</v>
+        <v>407</v>
       </c>
       <c r="N35" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="O35" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="P35" t="s">
-        <v>382</v>
+        <v>408</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B36" t="s">
-        <v>383</v>
+        <v>409</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>384</v>
+        <v>410</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>385</v>
+        <v>411</v>
       </c>
       <c r="H36" t="s">
-        <v>386</v>
+        <v>412</v>
       </c>
       <c r="I36" t="s">
-        <v>387</v>
+        <v>413</v>
       </c>
       <c r="J36" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K36" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L36" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M36" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N36" t="s">
-        <v>210</v>
+        <v>414</v>
       </c>
       <c r="O36" t="s">
-        <v>211</v>
+        <v>415</v>
       </c>
       <c r="P36" t="s">
-        <v>388</v>
+        <v>416</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B37" t="s">
-        <v>389</v>
+        <v>417</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>390</v>
+        <v>410</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>391</v>
+        <v>418</v>
       </c>
       <c r="H37" t="s">
-        <v>392</v>
+        <v>419</v>
       </c>
       <c r="I37" t="s">
-        <v>393</v>
+        <v>420</v>
       </c>
       <c r="J37" t="s">
-        <v>394</v>
+        <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>47</v>
+        <v>421</v>
       </c>
       <c r="L37" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M37" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N37" t="s">
-        <v>147</v>
+        <v>295</v>
       </c>
       <c r="O37" t="s">
-        <v>148</v>
+        <v>330</v>
       </c>
       <c r="P37" t="s">
-        <v>395</v>
+        <v>422</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B38" t="s">
-        <v>396</v>
+        <v>423</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>397</v>
+        <v>410</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>398</v>
+        <v>424</v>
       </c>
       <c r="H38" t="s">
-        <v>399</v>
+        <v>425</v>
       </c>
       <c r="I38" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
       <c r="J38" t="s">
+        <v>427</v>
+      </c>
+      <c r="K38" t="s">
+        <v>428</v>
+      </c>
+      <c r="L38" t="s">
+        <v>163</v>
+      </c>
+      <c r="M38" t="s">
         <v>164</v>
       </c>
-      <c r="K38" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="N38" t="s">
-        <v>147</v>
+        <v>295</v>
       </c>
       <c r="O38" t="s">
-        <v>148</v>
+        <v>429</v>
       </c>
       <c r="P38" t="s">
-        <v>401</v>
+        <v>430</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B39" t="s">
-        <v>402</v>
+        <v>431</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>403</v>
+        <v>432</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>404</v>
+        <v>433</v>
       </c>
       <c r="H39" t="s">
-        <v>405</v>
+        <v>434</v>
       </c>
       <c r="I39" t="s">
-        <v>406</v>
+        <v>435</v>
       </c>
       <c r="J39" t="s">
-        <v>407</v>
+        <v>162</v>
       </c>
       <c r="K39" t="s">
-        <v>408</v>
+        <v>41</v>
       </c>
       <c r="L39" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M39" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N39" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="O39" t="s">
-        <v>183</v>
+        <v>398</v>
       </c>
       <c r="P39" t="s">
-        <v>409</v>
+        <v>436</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B40" t="s">
-        <v>410</v>
+        <v>437</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>411</v>
+        <v>432</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>412</v>
+        <v>438</v>
       </c>
       <c r="H40" t="s">
-        <v>413</v>
+        <v>439</v>
       </c>
       <c r="I40" t="s">
-        <v>414</v>
+        <v>435</v>
       </c>
       <c r="J40" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K40" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L40" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M40" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="N40" t="s">
-        <v>147</v>
+        <v>256</v>
       </c>
       <c r="O40" t="s">
-        <v>148</v>
+        <v>393</v>
       </c>
       <c r="P40" t="s">
-        <v>415</v>
+        <v>440</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B41" t="s">
-        <v>416</v>
+        <v>441</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>417</v>
+        <v>432</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>418</v>
+        <v>442</v>
       </c>
       <c r="H41" t="s">
-        <v>419</v>
+        <v>443</v>
       </c>
       <c r="I41" t="s">
-        <v>420</v>
+        <v>444</v>
       </c>
       <c r="J41" t="s">
-        <v>421</v>
+        <v>162</v>
       </c>
       <c r="K41" t="s">
-        <v>422</v>
+        <v>41</v>
       </c>
       <c r="L41" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M41" t="s">
-        <v>175</v>
+        <v>249</v>
       </c>
       <c r="N41" t="s">
-        <v>147</v>
+        <v>302</v>
       </c>
       <c r="O41" t="s">
-        <v>148</v>
+        <v>445</v>
       </c>
       <c r="P41" t="s">
-        <v>423</v>
+        <v>446</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B42" t="s">
-        <v>424</v>
+        <v>447</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>425</v>
+        <v>448</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>426</v>
+        <v>449</v>
       </c>
       <c r="H42" t="s">
-        <v>427</v>
+        <v>450</v>
       </c>
       <c r="I42" t="s">
-        <v>428</v>
+        <v>451</v>
       </c>
       <c r="J42" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
-        <v>47</v>
+        <v>452</v>
       </c>
       <c r="L42" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M42" t="s">
-        <v>146</v>
+        <v>407</v>
       </c>
       <c r="N42" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="O42" t="s">
-        <v>429</v>
+        <v>176</v>
       </c>
       <c r="P42" t="s">
-        <v>430</v>
+        <v>453</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B43" t="s">
-        <v>431</v>
+        <v>454</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>432</v>
+        <v>455</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>433</v>
+        <v>456</v>
       </c>
       <c r="H43" t="s">
-        <v>434</v>
+        <v>457</v>
       </c>
       <c r="I43" t="s">
-        <v>435</v>
+        <v>458</v>
       </c>
       <c r="J43" t="s">
-        <v>20</v>
+        <v>427</v>
       </c>
       <c r="K43" t="s">
-        <v>436</v>
+        <v>428</v>
       </c>
       <c r="L43" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M43" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N43" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="O43" t="s">
-        <v>148</v>
+        <v>176</v>
       </c>
       <c r="P43" t="s">
-        <v>437</v>
+        <v>459</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B44" t="s">
-        <v>438</v>
+        <v>460</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>439</v>
+        <v>461</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>440</v>
+        <v>462</v>
       </c>
       <c r="H44" t="s">
-        <v>441</v>
+        <v>463</v>
       </c>
       <c r="I44" t="s">
-        <v>442</v>
+        <v>464</v>
       </c>
       <c r="J44" t="s">
-        <v>443</v>
+        <v>465</v>
       </c>
       <c r="K44" t="s">
-        <v>444</v>
+        <v>174</v>
       </c>
       <c r="L44" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M44" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N44" t="s">
-        <v>147</v>
+        <v>175</v>
       </c>
       <c r="O44" t="s">
         <v>176</v>
       </c>
       <c r="P44" t="s">
-        <v>445</v>
+        <v>466</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B45" t="s">
-        <v>446</v>
+        <v>467</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>447</v>
+        <v>468</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>448</v>
+        <v>469</v>
       </c>
       <c r="H45" t="s">
-        <v>449</v>
+        <v>470</v>
       </c>
       <c r="I45" t="s">
-        <v>450</v>
+        <v>471</v>
       </c>
       <c r="J45" t="s">
-        <v>283</v>
+        <v>20</v>
       </c>
       <c r="K45" t="s">
-        <v>284</v>
+        <v>472</v>
       </c>
       <c r="L45" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M45" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N45" t="s">
-        <v>156</v>
+        <v>175</v>
       </c>
       <c r="O45" t="s">
-        <v>429</v>
+        <v>176</v>
       </c>
       <c r="P45" t="s">
-        <v>451</v>
+        <v>473</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B46" t="s">
-        <v>452</v>
+        <v>474</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>453</v>
+        <v>475</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>454</v>
+        <v>476</v>
       </c>
       <c r="H46" t="s">
-        <v>455</v>
+        <v>477</v>
       </c>
       <c r="I46" t="s">
-        <v>456</v>
+        <v>478</v>
       </c>
       <c r="J46" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="K46" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="L46" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M46" t="s">
-        <v>310</v>
+        <v>407</v>
       </c>
       <c r="N46" t="s">
-        <v>166</v>
+        <v>175</v>
       </c>
       <c r="O46" t="s">
-        <v>167</v>
+        <v>176</v>
       </c>
       <c r="P46" t="s">
-        <v>457</v>
+        <v>479</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B47" t="s">
-        <v>458</v>
+        <v>480</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>459</v>
+        <v>481</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>460</v>
+        <v>482</v>
       </c>
       <c r="H47" t="s">
-        <v>461</v>
+        <v>483</v>
       </c>
       <c r="I47" t="s">
-        <v>462</v>
+        <v>484</v>
       </c>
       <c r="J47" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="K47" t="s">
-        <v>463</v>
+        <v>41</v>
       </c>
       <c r="L47" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M47" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N47" t="s">
-        <v>147</v>
+        <v>309</v>
       </c>
       <c r="O47" t="s">
-        <v>148</v>
+        <v>310</v>
       </c>
       <c r="P47" t="s">
-        <v>464</v>
+        <v>485</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B48" t="s">
-        <v>465</v>
+        <v>486</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>466</v>
+        <v>487</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>467</v>
+        <v>488</v>
       </c>
       <c r="H48" t="s">
-        <v>468</v>
+        <v>489</v>
       </c>
       <c r="I48" t="s">
-        <v>469</v>
+        <v>490</v>
       </c>
       <c r="J48" t="s">
-        <v>155</v>
+        <v>491</v>
       </c>
       <c r="K48" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L48" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M48" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N48" t="s">
-        <v>203</v>
+        <v>175</v>
       </c>
       <c r="O48" t="s">
-        <v>470</v>
+        <v>176</v>
       </c>
       <c r="P48" t="s">
-        <v>471</v>
+        <v>492</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B49" t="s">
-        <v>472</v>
+        <v>493</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>473</v>
+        <v>494</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>474</v>
+        <v>495</v>
       </c>
       <c r="H49" t="s">
-        <v>475</v>
+        <v>496</v>
       </c>
       <c r="I49" t="s">
-        <v>476</v>
+        <v>497</v>
       </c>
       <c r="J49" t="s">
-        <v>155</v>
+        <v>264</v>
       </c>
       <c r="K49" t="s">
-        <v>47</v>
+        <v>265</v>
       </c>
       <c r="L49" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M49" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N49" t="s">
-        <v>317</v>
+        <v>175</v>
       </c>
       <c r="O49" t="s">
-        <v>477</v>
+        <v>176</v>
       </c>
       <c r="P49" t="s">
-        <v>478</v>
+        <v>498</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B50" t="s">
-        <v>479</v>
+        <v>499</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>473</v>
+        <v>500</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>480</v>
+        <v>501</v>
       </c>
       <c r="H50" t="s">
-        <v>481</v>
+        <v>502</v>
       </c>
       <c r="I50" t="s">
-        <v>482</v>
+        <v>503</v>
       </c>
       <c r="J50" t="s">
-        <v>155</v>
+        <v>504</v>
       </c>
       <c r="K50" t="s">
-        <v>47</v>
+        <v>505</v>
       </c>
       <c r="L50" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M50" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N50" t="s">
-        <v>317</v>
+        <v>175</v>
       </c>
       <c r="O50" t="s">
-        <v>477</v>
+        <v>282</v>
       </c>
       <c r="P50" t="s">
-        <v>483</v>
+        <v>506</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B51" t="s">
-        <v>484</v>
+        <v>507</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>473</v>
+        <v>508</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>485</v>
+        <v>509</v>
       </c>
       <c r="H51" t="s">
-        <v>486</v>
+        <v>510</v>
       </c>
       <c r="I51" t="s">
-        <v>274</v>
+        <v>511</v>
       </c>
       <c r="J51" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="K51" t="s">
-        <v>275</v>
+        <v>41</v>
       </c>
       <c r="L51" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M51" t="s">
-        <v>146</v>
+        <v>407</v>
       </c>
       <c r="N51" t="s">
-        <v>317</v>
+        <v>175</v>
       </c>
       <c r="O51" t="s">
-        <v>477</v>
+        <v>176</v>
       </c>
       <c r="P51" t="s">
-        <v>487</v>
+        <v>512</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B52" t="s">
-        <v>488</v>
+        <v>513</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>473</v>
+        <v>514</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>489</v>
+        <v>515</v>
       </c>
       <c r="H52" t="s">
-        <v>490</v>
+        <v>516</v>
       </c>
       <c r="I52" t="s">
-        <v>274</v>
+        <v>517</v>
       </c>
       <c r="J52" t="s">
-        <v>20</v>
+        <v>518</v>
       </c>
       <c r="K52" t="s">
-        <v>275</v>
+        <v>519</v>
       </c>
       <c r="L52" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M52" t="s">
-        <v>146</v>
+        <v>164</v>
       </c>
       <c r="N52" t="s">
-        <v>317</v>
+        <v>175</v>
       </c>
       <c r="O52" t="s">
-        <v>491</v>
+        <v>176</v>
       </c>
       <c r="P52" t="s">
-        <v>492</v>
+        <v>520</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B53" t="s">
-        <v>493</v>
+        <v>521</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>473</v>
+        <v>522</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>494</v>
+        <v>523</v>
       </c>
       <c r="H53" t="s">
-        <v>495</v>
+        <v>524</v>
       </c>
       <c r="I53" t="s">
-        <v>496</v>
+        <v>525</v>
       </c>
       <c r="J53" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K53" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L53" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M53" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N53" t="s">
-        <v>317</v>
+        <v>256</v>
       </c>
       <c r="O53" t="s">
-        <v>491</v>
+        <v>526</v>
       </c>
       <c r="P53" t="s">
-        <v>497</v>
+        <v>527</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B54" t="s">
-        <v>498</v>
+        <v>528</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>499</v>
+        <v>529</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>500</v>
+        <v>530</v>
       </c>
       <c r="H54" t="s">
-        <v>501</v>
+        <v>531</v>
       </c>
       <c r="I54" t="s">
-        <v>502</v>
+        <v>532</v>
       </c>
       <c r="J54" t="s">
         <v>20</v>
       </c>
       <c r="K54" t="s">
-        <v>503</v>
+        <v>533</v>
       </c>
       <c r="L54" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M54" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N54" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O54" t="s">
-        <v>237</v>
+        <v>176</v>
       </c>
       <c r="P54" t="s">
-        <v>504</v>
+        <v>534</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B55" t="s">
-        <v>505</v>
+        <v>535</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>499</v>
+        <v>536</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>506</v>
+        <v>537</v>
       </c>
       <c r="H55" t="s">
-        <v>507</v>
+        <v>538</v>
       </c>
       <c r="I55" t="s">
-        <v>508</v>
+        <v>539</v>
       </c>
       <c r="J55" t="s">
-        <v>283</v>
+        <v>540</v>
       </c>
       <c r="K55" t="s">
-        <v>284</v>
+        <v>541</v>
       </c>
       <c r="L55" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M55" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N55" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O55" t="s">
-        <v>237</v>
+        <v>275</v>
       </c>
       <c r="P55" t="s">
-        <v>509</v>
+        <v>542</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B56" t="s">
-        <v>510</v>
+        <v>543</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>499</v>
+        <v>544</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>511</v>
+        <v>545</v>
       </c>
       <c r="H56" t="s">
-        <v>512</v>
+        <v>546</v>
       </c>
       <c r="I56" t="s">
-        <v>508</v>
+        <v>547</v>
       </c>
       <c r="J56" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="K56" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="L56" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M56" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N56" t="s">
-        <v>196</v>
+        <v>256</v>
       </c>
       <c r="O56" t="s">
-        <v>220</v>
+        <v>526</v>
       </c>
       <c r="P56" t="s">
-        <v>513</v>
+        <v>548</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B57" t="s">
-        <v>514</v>
+        <v>549</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>515</v>
+        <v>550</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>516</v>
+        <v>551</v>
       </c>
       <c r="H57" t="s">
-        <v>517</v>
+        <v>552</v>
       </c>
       <c r="I57" t="s">
-        <v>518</v>
+        <v>553</v>
       </c>
       <c r="J57" t="s">
-        <v>155</v>
+        <v>380</v>
       </c>
       <c r="K57" t="s">
-        <v>47</v>
+        <v>381</v>
       </c>
       <c r="L57" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M57" t="s">
-        <v>146</v>
+        <v>407</v>
       </c>
       <c r="N57" t="s">
-        <v>196</v>
+        <v>266</v>
       </c>
       <c r="O57" t="s">
-        <v>519</v>
+        <v>267</v>
       </c>
       <c r="P57" t="s">
-        <v>520</v>
+        <v>554</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B58" t="s">
-        <v>521</v>
+        <v>555</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>515</v>
+        <v>556</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>522</v>
+        <v>557</v>
       </c>
       <c r="H58" t="s">
-        <v>523</v>
+        <v>558</v>
       </c>
       <c r="I58" t="s">
-        <v>518</v>
+        <v>559</v>
       </c>
       <c r="J58" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>47</v>
+        <v>560</v>
       </c>
       <c r="L58" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M58" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N58" t="s">
-        <v>196</v>
+        <v>175</v>
       </c>
       <c r="O58" t="s">
-        <v>260</v>
+        <v>176</v>
       </c>
       <c r="P58" t="s">
-        <v>524</v>
+        <v>561</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B59" t="s">
-        <v>525</v>
+        <v>562</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>515</v>
+        <v>563</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>526</v>
+        <v>564</v>
       </c>
       <c r="H59" t="s">
-        <v>527</v>
+        <v>565</v>
       </c>
       <c r="I59" t="s">
-        <v>518</v>
+        <v>566</v>
       </c>
       <c r="J59" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="K59" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="L59" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M59" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N59" t="s">
-        <v>528</v>
+        <v>302</v>
       </c>
       <c r="O59" t="s">
-        <v>529</v>
+        <v>567</v>
       </c>
       <c r="P59" t="s">
-        <v>530</v>
+        <v>568</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B60" t="s">
-        <v>531</v>
+        <v>569</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>515</v>
+        <v>570</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>532</v>
+        <v>571</v>
       </c>
       <c r="H60" t="s">
-        <v>533</v>
+        <v>572</v>
       </c>
       <c r="I60" t="s">
-        <v>374</v>
+        <v>573</v>
       </c>
       <c r="J60" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="K60" t="s">
-        <v>375</v>
+        <v>41</v>
       </c>
       <c r="L60" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M60" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N60" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="O60" t="s">
-        <v>220</v>
+        <v>574</v>
       </c>
       <c r="P60" t="s">
-        <v>534</v>
+        <v>575</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B61" t="s">
-        <v>535</v>
+        <v>576</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>515</v>
+        <v>570</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>536</v>
+        <v>577</v>
       </c>
       <c r="H61" t="s">
-        <v>537</v>
+        <v>578</v>
       </c>
       <c r="I61" t="s">
-        <v>374</v>
+        <v>579</v>
       </c>
       <c r="J61" t="s">
-        <v>20</v>
+        <v>162</v>
       </c>
       <c r="K61" t="s">
-        <v>375</v>
+        <v>41</v>
       </c>
       <c r="L61" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M61" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N61" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="O61" t="s">
-        <v>231</v>
+        <v>574</v>
       </c>
       <c r="P61" t="s">
-        <v>538</v>
+        <v>580</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B62" t="s">
-        <v>539</v>
+        <v>581</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>540</v>
+        <v>570</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>541</v>
+        <v>582</v>
       </c>
       <c r="H62" t="s">
-        <v>542</v>
+        <v>583</v>
       </c>
       <c r="I62" t="s">
-        <v>543</v>
+        <v>372</v>
       </c>
       <c r="J62" t="s">
-        <v>544</v>
+        <v>20</v>
       </c>
       <c r="K62" t="s">
-        <v>545</v>
+        <v>373</v>
       </c>
       <c r="L62" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M62" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N62" t="s">
-        <v>147</v>
+        <v>414</v>
       </c>
       <c r="O62" t="s">
-        <v>546</v>
+        <v>574</v>
       </c>
       <c r="P62" t="s">
-        <v>547</v>
+        <v>584</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B63" t="s">
-        <v>548</v>
+        <v>585</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>549</v>
+        <v>570</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>550</v>
+        <v>586</v>
       </c>
       <c r="H63" t="s">
-        <v>551</v>
+        <v>587</v>
       </c>
       <c r="I63" t="s">
-        <v>552</v>
+        <v>372</v>
       </c>
       <c r="J63" t="s">
-        <v>553</v>
+        <v>20</v>
       </c>
       <c r="K63" t="s">
-        <v>554</v>
+        <v>373</v>
       </c>
       <c r="L63" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M63" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="N63" t="s">
-        <v>276</v>
+        <v>414</v>
       </c>
       <c r="O63" t="s">
-        <v>167</v>
+        <v>588</v>
       </c>
       <c r="P63" t="s">
-        <v>555</v>
+        <v>589</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B64" t="s">
-        <v>556</v>
+        <v>590</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>558</v>
+        <v>591</v>
       </c>
       <c r="H64" t="s">
-        <v>559</v>
+        <v>592</v>
       </c>
       <c r="I64" t="s">
-        <v>560</v>
+        <v>593</v>
       </c>
       <c r="J64" t="s">
-        <v>218</v>
+        <v>162</v>
       </c>
       <c r="K64" t="s">
-        <v>219</v>
+        <v>41</v>
       </c>
       <c r="L64" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M64" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N64" t="s">
-        <v>196</v>
+        <v>414</v>
       </c>
       <c r="O64" t="s">
-        <v>260</v>
+        <v>588</v>
       </c>
       <c r="P64" t="s">
-        <v>561</v>
+        <v>594</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B65" t="s">
-        <v>562</v>
+        <v>595</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>557</v>
+        <v>596</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>563</v>
+        <v>597</v>
       </c>
       <c r="H65" t="s">
-        <v>564</v>
+        <v>598</v>
       </c>
       <c r="I65" t="s">
-        <v>565</v>
+        <v>599</v>
       </c>
       <c r="J65" t="s">
-        <v>155</v>
+        <v>20</v>
       </c>
       <c r="K65" t="s">
-        <v>47</v>
+        <v>600</v>
       </c>
       <c r="L65" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M65" t="s">
-        <v>310</v>
+        <v>249</v>
       </c>
       <c r="N65" t="s">
-        <v>147</v>
+        <v>295</v>
       </c>
       <c r="O65" t="s">
-        <v>148</v>
+        <v>336</v>
       </c>
       <c r="P65" t="s">
-        <v>566</v>
+        <v>601</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B66" t="s">
-        <v>567</v>
+        <v>602</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>568</v>
+        <v>596</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>569</v>
+        <v>603</v>
       </c>
       <c r="H66" t="s">
-        <v>570</v>
+        <v>604</v>
       </c>
       <c r="I66" t="s">
-        <v>571</v>
+        <v>605</v>
       </c>
       <c r="J66" t="s">
-        <v>572</v>
+        <v>380</v>
       </c>
       <c r="K66" t="s">
-        <v>573</v>
+        <v>381</v>
       </c>
       <c r="L66" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M66" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="N66" t="s">
-        <v>276</v>
+        <v>295</v>
       </c>
       <c r="O66" t="s">
-        <v>167</v>
+        <v>336</v>
       </c>
       <c r="P66" t="s">
-        <v>574</v>
+        <v>606</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>156</v>
       </c>
       <c r="B67" t="s">
-        <v>575</v>
+        <v>607</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>576</v>
+        <v>596</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>577</v>
+        <v>608</v>
       </c>
       <c r="H67" t="s">
-        <v>578</v>
+        <v>609</v>
       </c>
       <c r="I67" t="s">
-        <v>579</v>
+        <v>605</v>
       </c>
       <c r="J67" t="s">
-        <v>218</v>
+        <v>380</v>
       </c>
       <c r="K67" t="s">
-        <v>219</v>
+        <v>381</v>
       </c>
       <c r="L67" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="M67" t="s">
+        <v>249</v>
+      </c>
+      <c r="N67" t="s">
+        <v>295</v>
+      </c>
+      <c r="O67" t="s">
+        <v>319</v>
+      </c>
+      <c r="P67" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>156</v>
+      </c>
+      <c r="B68" t="s">
+        <v>611</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>612</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>613</v>
+      </c>
+      <c r="H68" t="s">
+        <v>614</v>
+      </c>
+      <c r="I68" t="s">
+        <v>615</v>
+      </c>
+      <c r="J68" t="s">
+        <v>162</v>
+      </c>
+      <c r="K68" t="s">
+        <v>41</v>
+      </c>
+      <c r="L68" t="s">
+        <v>163</v>
+      </c>
+      <c r="M68" t="s">
+        <v>249</v>
+      </c>
+      <c r="N68" t="s">
+        <v>295</v>
+      </c>
+      <c r="O68" t="s">
+        <v>616</v>
+      </c>
+      <c r="P68" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>156</v>
+      </c>
+      <c r="B69" t="s">
+        <v>618</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>612</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>619</v>
+      </c>
+      <c r="H69" t="s">
+        <v>620</v>
+      </c>
+      <c r="I69" t="s">
+        <v>615</v>
+      </c>
+      <c r="J69" t="s">
+        <v>162</v>
+      </c>
+      <c r="K69" t="s">
+        <v>41</v>
+      </c>
+      <c r="L69" t="s">
+        <v>163</v>
+      </c>
+      <c r="M69" t="s">
+        <v>249</v>
+      </c>
+      <c r="N69" t="s">
+        <v>295</v>
+      </c>
+      <c r="O69" t="s">
+        <v>358</v>
+      </c>
+      <c r="P69" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>156</v>
+      </c>
+      <c r="B70" t="s">
+        <v>622</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>612</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>623</v>
+      </c>
+      <c r="H70" t="s">
+        <v>624</v>
+      </c>
+      <c r="I70" t="s">
+        <v>615</v>
+      </c>
+      <c r="J70" t="s">
+        <v>162</v>
+      </c>
+      <c r="K70" t="s">
+        <v>41</v>
+      </c>
+      <c r="L70" t="s">
+        <v>163</v>
+      </c>
+      <c r="M70" t="s">
+        <v>249</v>
+      </c>
+      <c r="N70" t="s">
+        <v>625</v>
+      </c>
+      <c r="O70" t="s">
+        <v>626</v>
+      </c>
+      <c r="P70" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>156</v>
+      </c>
+      <c r="B71" t="s">
+        <v>628</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>612</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>629</v>
+      </c>
+      <c r="H71" t="s">
+        <v>630</v>
+      </c>
+      <c r="I71" t="s">
+        <v>471</v>
+      </c>
+      <c r="J71" t="s">
+        <v>20</v>
+      </c>
+      <c r="K71" t="s">
+        <v>472</v>
+      </c>
+      <c r="L71" t="s">
+        <v>163</v>
+      </c>
+      <c r="M71" t="s">
+        <v>249</v>
+      </c>
+      <c r="N71" t="s">
+        <v>295</v>
+      </c>
+      <c r="O71" t="s">
+        <v>319</v>
+      </c>
+      <c r="P71" t="s">
+        <v>631</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>156</v>
+      </c>
+      <c r="B72" t="s">
+        <v>632</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>612</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>633</v>
+      </c>
+      <c r="H72" t="s">
+        <v>634</v>
+      </c>
+      <c r="I72" t="s">
+        <v>471</v>
+      </c>
+      <c r="J72" t="s">
+        <v>20</v>
+      </c>
+      <c r="K72" t="s">
+        <v>472</v>
+      </c>
+      <c r="L72" t="s">
+        <v>163</v>
+      </c>
+      <c r="M72" t="s">
+        <v>249</v>
+      </c>
+      <c r="N72" t="s">
+        <v>295</v>
+      </c>
+      <c r="O72" t="s">
+        <v>330</v>
+      </c>
+      <c r="P72" t="s">
+        <v>635</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>156</v>
+      </c>
+      <c r="B73" t="s">
+        <v>636</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>637</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>638</v>
+      </c>
+      <c r="H73" t="s">
+        <v>639</v>
+      </c>
+      <c r="I73" t="s">
+        <v>640</v>
+      </c>
+      <c r="J73" t="s">
+        <v>641</v>
+      </c>
+      <c r="K73" t="s">
+        <v>642</v>
+      </c>
+      <c r="L73" t="s">
+        <v>163</v>
+      </c>
+      <c r="M73" t="s">
+        <v>249</v>
+      </c>
+      <c r="N73" t="s">
         <v>175</v>
       </c>
-      <c r="N67" t="s">
-[...6 lines deleted...]
-        <v>580</v>
+      <c r="O73" t="s">
+        <v>643</v>
+      </c>
+      <c r="P73" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>156</v>
+      </c>
+      <c r="B74" t="s">
+        <v>645</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>646</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>647</v>
+      </c>
+      <c r="H74" t="s">
+        <v>648</v>
+      </c>
+      <c r="I74" t="s">
+        <v>649</v>
+      </c>
+      <c r="J74" t="s">
+        <v>650</v>
+      </c>
+      <c r="K74" t="s">
+        <v>651</v>
+      </c>
+      <c r="L74" t="s">
+        <v>163</v>
+      </c>
+      <c r="M74" t="s">
+        <v>407</v>
+      </c>
+      <c r="N74" t="s">
+        <v>165</v>
+      </c>
+      <c r="O74" t="s">
+        <v>267</v>
+      </c>
+      <c r="P74" t="s">
+        <v>652</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>156</v>
+      </c>
+      <c r="B75" t="s">
+        <v>653</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>654</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>655</v>
+      </c>
+      <c r="H75" t="s">
+        <v>656</v>
+      </c>
+      <c r="I75" t="s">
+        <v>657</v>
+      </c>
+      <c r="J75" t="s">
+        <v>317</v>
+      </c>
+      <c r="K75" t="s">
+        <v>318</v>
+      </c>
+      <c r="L75" t="s">
+        <v>163</v>
+      </c>
+      <c r="M75" t="s">
+        <v>249</v>
+      </c>
+      <c r="N75" t="s">
+        <v>295</v>
+      </c>
+      <c r="O75" t="s">
+        <v>358</v>
+      </c>
+      <c r="P75" t="s">
+        <v>658</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>156</v>
+      </c>
+      <c r="B76" t="s">
+        <v>659</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>654</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>660</v>
+      </c>
+      <c r="H76" t="s">
+        <v>661</v>
+      </c>
+      <c r="I76" t="s">
+        <v>662</v>
+      </c>
+      <c r="J76" t="s">
+        <v>162</v>
+      </c>
+      <c r="K76" t="s">
+        <v>41</v>
+      </c>
+      <c r="L76" t="s">
+        <v>163</v>
+      </c>
+      <c r="M76" t="s">
+        <v>407</v>
+      </c>
+      <c r="N76" t="s">
+        <v>175</v>
+      </c>
+      <c r="O76" t="s">
+        <v>176</v>
+      </c>
+      <c r="P76" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>156</v>
+      </c>
+      <c r="B77" t="s">
+        <v>664</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>665</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>666</v>
+      </c>
+      <c r="H77" t="s">
+        <v>667</v>
+      </c>
+      <c r="I77" t="s">
+        <v>668</v>
+      </c>
+      <c r="J77" t="s">
+        <v>669</v>
+      </c>
+      <c r="K77" t="s">
+        <v>670</v>
+      </c>
+      <c r="L77" t="s">
+        <v>163</v>
+      </c>
+      <c r="M77" t="s">
+        <v>249</v>
+      </c>
+      <c r="N77" t="s">
+        <v>165</v>
+      </c>
+      <c r="O77" t="s">
+        <v>267</v>
+      </c>
+      <c r="P77" t="s">
+        <v>671</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>156</v>
+      </c>
+      <c r="B78" t="s">
+        <v>672</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>673</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>674</v>
+      </c>
+      <c r="H78" t="s">
+        <v>675</v>
+      </c>
+      <c r="I78" t="s">
+        <v>676</v>
+      </c>
+      <c r="J78" t="s">
+        <v>317</v>
+      </c>
+      <c r="K78" t="s">
+        <v>318</v>
+      </c>
+      <c r="L78" t="s">
+        <v>163</v>
+      </c>
+      <c r="M78" t="s">
+        <v>164</v>
+      </c>
+      <c r="N78" t="s">
+        <v>175</v>
+      </c>
+      <c r="O78" t="s">
+        <v>176</v>
+      </c>
+      <c r="P78" t="s">
+        <v>677</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T25"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>581</v>
+        <v>678</v>
       </c>
       <c r="J1" t="s">
-        <v>129</v>
+        <v>148</v>
       </c>
       <c r="K1" t="s">
-        <v>582</v>
+        <v>679</v>
       </c>
       <c r="L1" t="s">
-        <v>131</v>
+        <v>150</v>
       </c>
       <c r="M1" t="s">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="N1" t="s">
-        <v>583</v>
+        <v>680</v>
       </c>
       <c r="O1" t="s">
-        <v>584</v>
+        <v>681</v>
       </c>
       <c r="P1" t="s">
-        <v>585</v>
+        <v>682</v>
       </c>
       <c r="Q1" t="s">
-        <v>586</v>
+        <v>683</v>
       </c>
       <c r="R1" t="s">
-        <v>133</v>
+        <v>152</v>
       </c>
       <c r="S1" t="s">
-        <v>587</v>
+        <v>684</v>
       </c>
       <c r="T1" t="s">
-        <v>588</v>
+        <v>685</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B2" t="s">
-        <v>590</v>
+        <v>687</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>591</v>
+        <v>688</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>592</v>
+        <v>689</v>
       </c>
       <c r="H2" t="s">
-        <v>593</v>
+        <v>690</v>
       </c>
       <c r="I2" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J2" t="s">
         <v>20</v>
       </c>
       <c r="K2" t="s">
-        <v>323</v>
+        <v>420</v>
       </c>
       <c r="L2" t="s">
-        <v>324</v>
+        <v>421</v>
       </c>
       <c r="M2" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N2" t="s">
-        <v>595</v>
+        <v>692</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q2" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="R2" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S2" t="s">
-        <v>597</v>
+        <v>694</v>
       </c>
       <c r="T2" t="s">
-        <v>598</v>
+        <v>695</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B3" t="s">
-        <v>599</v>
+        <v>696</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>591</v>
+        <v>688</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>600</v>
+        <v>697</v>
       </c>
       <c r="H3" t="s">
-        <v>601</v>
+        <v>698</v>
       </c>
       <c r="I3" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="J3" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="K3" t="s">
-        <v>604</v>
+        <v>701</v>
       </c>
       <c r="L3" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M3" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N3" t="s">
-        <v>605</v>
+        <v>702</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q3" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="R3" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S3" t="s">
-        <v>606</v>
+        <v>703</v>
       </c>
       <c r="T3" t="s">
-        <v>598</v>
+        <v>695</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B4" t="s">
-        <v>607</v>
+        <v>704</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>591</v>
+        <v>688</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>608</v>
+        <v>705</v>
       </c>
       <c r="H4" t="s">
-        <v>609</v>
+        <v>706</v>
       </c>
       <c r="I4" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J4" t="s">
-        <v>329</v>
+        <v>426</v>
       </c>
       <c r="K4" t="s">
-        <v>330</v>
+        <v>427</v>
       </c>
       <c r="L4" t="s">
-        <v>331</v>
+        <v>428</v>
       </c>
       <c r="M4" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N4" t="s">
-        <v>610</v>
+        <v>707</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q4" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="R4" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S4" t="s">
-        <v>611</v>
+        <v>708</v>
       </c>
       <c r="T4" t="s">
-        <v>598</v>
+        <v>695</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B5" t="s">
-        <v>612</v>
+        <v>709</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>591</v>
+        <v>688</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>613</v>
+        <v>710</v>
       </c>
       <c r="H5" t="s">
-        <v>614</v>
+        <v>711</v>
       </c>
       <c r="I5" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J5" t="s">
-        <v>329</v>
+        <v>426</v>
       </c>
       <c r="K5" t="s">
-        <v>330</v>
+        <v>427</v>
       </c>
       <c r="L5" t="s">
-        <v>331</v>
+        <v>428</v>
       </c>
       <c r="M5" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N5" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q5" t="s">
-        <v>617</v>
+        <v>714</v>
       </c>
       <c r="R5" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S5" t="s">
-        <v>618</v>
+        <v>715</v>
       </c>
       <c r="T5" t="s">
-        <v>598</v>
+        <v>695</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B6" t="s">
-        <v>619</v>
+        <v>716</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>591</v>
+        <v>688</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>620</v>
+        <v>717</v>
       </c>
       <c r="H6" t="s">
-        <v>621</v>
+        <v>718</v>
       </c>
       <c r="I6" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J6" t="s">
-        <v>603</v>
+        <v>700</v>
       </c>
       <c r="K6" t="s">
-        <v>622</v>
+        <v>719</v>
       </c>
       <c r="L6" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M6" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N6" t="s">
-        <v>616</v>
+        <v>713</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q6" t="s">
-        <v>617</v>
+        <v>714</v>
       </c>
       <c r="R6" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S6" t="s">
-        <v>623</v>
+        <v>720</v>
       </c>
       <c r="T6" t="s">
-        <v>598</v>
+        <v>695</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B7" t="s">
-        <v>624</v>
+        <v>721</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>625</v>
+        <v>722</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>626</v>
+        <v>723</v>
       </c>
       <c r="H7" t="s">
-        <v>627</v>
+        <v>724</v>
       </c>
       <c r="I7" t="s">
-        <v>594</v>
+        <v>712</v>
       </c>
       <c r="J7" t="s">
-        <v>628</v>
+        <v>725</v>
       </c>
       <c r="K7" t="s">
-        <v>368</v>
+        <v>465</v>
       </c>
       <c r="L7" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="M7" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N7" t="s">
-        <v>629</v>
+        <v>726</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q7" t="s">
-        <v>630</v>
+        <v>727</v>
       </c>
       <c r="R7" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S7" t="s">
-        <v>631</v>
+        <v>728</v>
       </c>
       <c r="T7" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B8" t="s">
-        <v>633</v>
+        <v>729</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>625</v>
+        <v>722</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>634</v>
+        <v>730</v>
       </c>
       <c r="H8" t="s">
-        <v>635</v>
+        <v>731</v>
       </c>
       <c r="I8" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="L8" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="M8" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N8" t="s">
-        <v>636</v>
+        <v>732</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q8" t="s">
-        <v>630</v>
+        <v>727</v>
       </c>
       <c r="R8" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S8" t="s">
-        <v>637</v>
+        <v>733</v>
       </c>
       <c r="T8" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B9" t="s">
-        <v>638</v>
+        <v>734</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>625</v>
+        <v>722</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>639</v>
+        <v>735</v>
       </c>
       <c r="H9" t="s">
-        <v>640</v>
+        <v>736</v>
       </c>
       <c r="I9" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J9" t="s">
-        <v>641</v>
+        <v>737</v>
       </c>
       <c r="K9" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="L9" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M9" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N9" t="s">
-        <v>642</v>
+        <v>738</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q9" t="s">
-        <v>630</v>
+        <v>727</v>
       </c>
       <c r="R9" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S9" t="s">
-        <v>643</v>
+        <v>739</v>
       </c>
       <c r="T9" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B10" t="s">
-        <v>638</v>
+        <v>734</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>625</v>
+        <v>722</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>644</v>
+        <v>740</v>
       </c>
       <c r="H10" t="s">
-        <v>645</v>
+        <v>741</v>
       </c>
       <c r="I10" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J10" t="s">
         <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>544</v>
+        <v>641</v>
       </c>
       <c r="L10" t="s">
-        <v>545</v>
+        <v>642</v>
       </c>
       <c r="M10" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N10" t="s">
-        <v>646</v>
+        <v>742</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q10" t="s">
-        <v>630</v>
+        <v>727</v>
       </c>
       <c r="R10" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S10" t="s">
-        <v>647</v>
+        <v>743</v>
       </c>
       <c r="T10" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B11" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>648</v>
+        <v>744</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>649</v>
+        <v>745</v>
       </c>
       <c r="H11" t="s">
-        <v>650</v>
+        <v>746</v>
       </c>
       <c r="I11" t="s">
-        <v>602</v>
+        <v>699</v>
       </c>
       <c r="J11" t="s">
-        <v>651</v>
+        <v>747</v>
       </c>
       <c r="K11" t="s">
-        <v>652</v>
+        <v>748</v>
       </c>
       <c r="L11" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M11" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N11" t="s">
-        <v>653</v>
+        <v>749</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q11" t="s">
-        <v>655</v>
+        <v>751</v>
       </c>
       <c r="R11" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S11" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="T11" t="s">
-        <v>598</v>
+        <v>752</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B12" t="s">
-        <v>656</v>
+        <v>753</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>648</v>
+        <v>744</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>657</v>
+        <v>754</v>
       </c>
       <c r="H12" t="s">
-        <v>658</v>
+        <v>755</v>
       </c>
       <c r="I12" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J12" t="s">
-        <v>659</v>
+        <v>756</v>
       </c>
       <c r="K12" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="L12" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M12" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N12" t="s">
-        <v>653</v>
+        <v>749</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q12" t="s">
-        <v>660</v>
+        <v>757</v>
       </c>
       <c r="R12" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S12" t="s">
-        <v>661</v>
+        <v>758</v>
       </c>
       <c r="T12" t="s">
-        <v>598</v>
+        <v>752</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B13" t="s">
-        <v>662</v>
+        <v>759</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>648</v>
+        <v>744</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>663</v>
+        <v>760</v>
       </c>
       <c r="H13" t="s">
-        <v>664</v>
+        <v>761</v>
       </c>
       <c r="I13" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J13" t="s">
-        <v>659</v>
+        <v>756</v>
       </c>
       <c r="K13" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="L13" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M13" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N13" t="s">
-        <v>653</v>
+        <v>749</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q13" t="s">
-        <v>617</v>
+        <v>714</v>
       </c>
       <c r="R13" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S13" t="s">
-        <v>665</v>
+        <v>762</v>
       </c>
       <c r="T13" t="s">
-        <v>598</v>
+        <v>752</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B14" t="s">
-        <v>666</v>
+        <v>763</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>667</v>
+        <v>764</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>668</v>
+        <v>765</v>
       </c>
       <c r="H14" t="s">
-        <v>669</v>
+        <v>766</v>
       </c>
       <c r="I14" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J14" t="s">
         <v>20</v>
       </c>
       <c r="K14" t="s">
-        <v>670</v>
+        <v>190</v>
       </c>
       <c r="L14" t="s">
-        <v>671</v>
+        <v>191</v>
       </c>
       <c r="M14" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N14" t="s">
-        <v>672</v>
+        <v>767</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q14" t="s">
-        <v>660</v>
+        <v>757</v>
       </c>
       <c r="R14" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S14" t="s">
-        <v>673</v>
+        <v>768</v>
       </c>
       <c r="T14" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B15" t="s">
-        <v>674</v>
+        <v>769</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>667</v>
+        <v>764</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>675</v>
+        <v>770</v>
       </c>
       <c r="H15" t="s">
-        <v>676</v>
+        <v>771</v>
       </c>
       <c r="I15" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J15" t="s">
         <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>670</v>
+        <v>190</v>
       </c>
       <c r="L15" t="s">
-        <v>671</v>
+        <v>191</v>
       </c>
       <c r="M15" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N15" t="s">
-        <v>677</v>
+        <v>772</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q15" t="s">
-        <v>617</v>
+        <v>714</v>
       </c>
       <c r="R15" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S15" t="s">
-        <v>678</v>
+        <v>773</v>
       </c>
       <c r="T15" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B16" t="s">
-        <v>679</v>
+        <v>774</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>680</v>
+        <v>775</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>681</v>
+        <v>776</v>
       </c>
       <c r="H16" t="s">
-        <v>682</v>
+        <v>777</v>
       </c>
       <c r="I16" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>683</v>
+        <v>778</v>
       </c>
       <c r="L16" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="M16" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N16" t="s">
-        <v>684</v>
+        <v>779</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="Q16" t="s">
-        <v>686</v>
+        <v>781</v>
       </c>
       <c r="R16" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="S16" t="s">
-        <v>687</v>
+        <v>782</v>
       </c>
       <c r="T16" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B17" t="s">
-        <v>688</v>
+        <v>783</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>689</v>
+        <v>784</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>690</v>
+        <v>785</v>
       </c>
       <c r="H17" t="s">
-        <v>691</v>
+        <v>786</v>
       </c>
       <c r="I17" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J17" t="s">
-        <v>692</v>
+        <v>787</v>
       </c>
       <c r="K17" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="L17" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="M17" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N17" t="s">
-        <v>693</v>
+        <v>788</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q17" t="s">
-        <v>694</v>
+        <v>789</v>
       </c>
       <c r="R17" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S17" t="s">
+        <v>790</v>
+      </c>
+      <c r="T17" t="s">
         <v>695</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B18" t="s">
-        <v>696</v>
+        <v>791</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>697</v>
+        <v>792</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>698</v>
+        <v>793</v>
       </c>
       <c r="H18" t="s">
-        <v>699</v>
+        <v>794</v>
       </c>
       <c r="I18" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J18" t="s">
         <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>368</v>
+        <v>465</v>
       </c>
       <c r="L18" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="M18" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N18" t="s">
-        <v>700</v>
+        <v>795</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="Q18" t="s">
-        <v>596</v>
+        <v>693</v>
       </c>
       <c r="R18" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="S18" t="s">
-        <v>701</v>
+        <v>796</v>
       </c>
       <c r="T18" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B19" t="s">
-        <v>702</v>
+        <v>797</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>689</v>
+        <v>784</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>703</v>
+        <v>798</v>
       </c>
       <c r="H19" t="s">
-        <v>704</v>
+        <v>799</v>
       </c>
       <c r="I19" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>283</v>
+        <v>380</v>
       </c>
       <c r="L19" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="M19" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N19" t="s">
-        <v>705</v>
+        <v>800</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q19" t="s">
-        <v>660</v>
+        <v>757</v>
       </c>
       <c r="R19" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S19" t="s">
-        <v>706</v>
+        <v>801</v>
       </c>
       <c r="T19" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B20" t="s">
-        <v>707</v>
+        <v>802</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>708</v>
+        <v>803</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>709</v>
+        <v>804</v>
       </c>
       <c r="H20" t="s">
-        <v>710</v>
+        <v>805</v>
       </c>
       <c r="I20" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J20" t="s">
-        <v>711</v>
+        <v>806</v>
       </c>
       <c r="K20" t="s">
-        <v>712</v>
+        <v>807</v>
       </c>
       <c r="L20" t="s">
-        <v>713</v>
+        <v>808</v>
       </c>
       <c r="M20" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N20" t="s">
-        <v>714</v>
+        <v>809</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q20" t="s">
-        <v>715</v>
+        <v>810</v>
       </c>
       <c r="R20" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S20" t="s">
-        <v>716</v>
+        <v>811</v>
       </c>
       <c r="T20" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B21" t="s">
-        <v>717</v>
+        <v>812</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>718</v>
+        <v>813</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>719</v>
+        <v>814</v>
       </c>
       <c r="H21" t="s">
-        <v>720</v>
+        <v>815</v>
       </c>
       <c r="I21" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J21" t="s">
-        <v>721</v>
+        <v>816</v>
       </c>
       <c r="K21" t="s">
-        <v>722</v>
+        <v>173</v>
       </c>
       <c r="L21" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="M21" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N21" t="s">
-        <v>723</v>
+        <v>817</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q21" t="s">
-        <v>724</v>
+        <v>818</v>
       </c>
       <c r="R21" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S21" t="s">
-        <v>725</v>
+        <v>819</v>
       </c>
       <c r="T21" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B22" t="s">
-        <v>726</v>
+        <v>820</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>718</v>
+        <v>813</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>727</v>
+        <v>821</v>
       </c>
       <c r="H22" t="s">
-        <v>728</v>
+        <v>822</v>
       </c>
       <c r="I22" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J22" t="s">
-        <v>729</v>
+        <v>172</v>
       </c>
       <c r="K22" t="s">
-        <v>368</v>
+        <v>465</v>
       </c>
       <c r="L22" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="M22" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N22" t="s">
-        <v>723</v>
+        <v>817</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>654</v>
+        <v>750</v>
       </c>
       <c r="Q22" t="s">
-        <v>660</v>
+        <v>757</v>
       </c>
       <c r="R22" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S22" t="s">
-        <v>730</v>
+        <v>823</v>
       </c>
       <c r="T22" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B23" t="s">
-        <v>731</v>
+        <v>824</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>718</v>
+        <v>813</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>732</v>
+        <v>825</v>
       </c>
       <c r="H23" t="s">
-        <v>733</v>
+        <v>826</v>
       </c>
       <c r="I23" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J23" t="s">
-        <v>729</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
-        <v>368</v>
+        <v>465</v>
       </c>
       <c r="L23" t="s">
-        <v>245</v>
+        <v>174</v>
       </c>
       <c r="M23" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N23" t="s">
-        <v>723</v>
+        <v>817</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="Q23" t="s">
-        <v>617</v>
+        <v>714</v>
       </c>
       <c r="R23" t="s">
-        <v>175</v>
+        <v>164</v>
       </c>
       <c r="S23" t="s">
-        <v>734</v>
+        <v>827</v>
       </c>
       <c r="T23" t="s">
-        <v>632</v>
+        <v>695</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B24" t="s">
         <v>28</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>735</v>
+        <v>828</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>736</v>
+        <v>829</v>
       </c>
       <c r="H24" t="s">
-        <v>737</v>
+        <v>830</v>
       </c>
       <c r="I24" t="s">
-        <v>615</v>
+        <v>712</v>
       </c>
       <c r="J24" t="s">
-        <v>738</v>
+        <v>831</v>
       </c>
       <c r="K24" t="s">
-        <v>195</v>
+        <v>294</v>
       </c>
       <c r="L24" t="s">
         <v>30</v>
       </c>
       <c r="M24" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N24" t="s">
-        <v>739</v>
+        <v>832</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="Q24" t="s">
-        <v>740</v>
+        <v>833</v>
       </c>
       <c r="R24" t="s">
-        <v>685</v>
+        <v>780</v>
       </c>
       <c r="S24" t="s">
         <v>31</v>
       </c>
       <c r="T24" t="s">
-        <v>741</v>
+        <v>834</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>589</v>
+        <v>686</v>
       </c>
       <c r="B25" t="s">
-        <v>742</v>
+        <v>835</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>743</v>
+        <v>836</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>744</v>
+        <v>837</v>
       </c>
       <c r="H25" t="s">
-        <v>745</v>
+        <v>838</v>
       </c>
       <c r="I25" t="s">
-        <v>594</v>
+        <v>691</v>
       </c>
       <c r="J25" t="s">
-        <v>692</v>
+        <v>787</v>
       </c>
       <c r="K25" t="s">
-        <v>683</v>
+        <v>778</v>
       </c>
       <c r="L25" t="s">
-        <v>284</v>
+        <v>381</v>
       </c>
       <c r="M25" t="s">
-        <v>145</v>
+        <v>163</v>
       </c>
       <c r="N25" t="s">
-        <v>684</v>
+        <v>779</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="Q25" t="s">
         <v>20</v>
       </c>
       <c r="R25" t="s">
-        <v>146</v>
+        <v>249</v>
       </c>
       <c r="S25" t="s">
-        <v>746</v>
+        <v>839</v>
       </c>
       <c r="T25" t="s">
         <v>20</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>