--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="137" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1433" uniqueCount="615">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -206,175 +212,1744 @@
   <si>
     <t>c_2709611</t>
   </si>
   <si>
     <t>VIDIL</t>
   </si>
   <si>
     <t>Anne</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>CLINIQUE SAINT FRANCOIS,CLINIQUE DU CAP D'OR</t>
   </si>
   <si>
     <t>36006,83500</t>
   </si>
   <si>
     <t>CHATEAUROUX,LA SEYNE SUR MER</t>
   </si>
   <si>
     <t>360000129,830100251</t>
   </si>
   <si>
-    <t>Docteur Frédéric JOURNE</t>
-[...31 lines deleted...]
-  <si>
     <t>Docteur Christine FRAYRET</t>
   </si>
   <si>
     <t>08/11/2016 11:33:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711532/fr/docteur-christine-frayret</t>
   </si>
   <si>
     <t>c_2711532</t>
   </si>
   <si>
     <t>FRAYRET</t>
   </si>
   <si>
     <t>Christine</t>
   </si>
   <si>
     <t>CH CHATEAUROUX,CLINIQUE DE LA MUETTE</t>
   </si>
   <si>
     <t>36019,75116</t>
   </si>
   <si>
     <t>360000137,750300840</t>
   </si>
   <si>
     <t>Docteur Caesar MURGU</t>
   </si>
   <si>
     <t>08/11/2016 11:35:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713110/fr/docteur-caesar-murgu</t>
   </si>
   <si>
     <t>c_2713110</t>
   </si>
   <si>
     <t>MURGU</t>
   </si>
   <si>
     <t>Caesar</t>
   </si>
   <si>
     <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur Serge RAKOTONIAINA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713215/fr/docteur-serge-rakotoniaina</t>
+  </si>
+  <si>
+    <t>c_2713215</t>
+  </si>
+  <si>
+    <t>RAKOTONIAINA</t>
+  </si>
+  <si>
+    <t>Serge</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>36019</t>
+  </si>
+  <si>
+    <t>360000137</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSERAIE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:22:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14273_FicheESSMS/fr/ehpad-la-roseraie</t>
+  </si>
+  <si>
+    <t>14273_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Abel Bonnet</t>
+  </si>
+  <si>
+    <t>36210 CHABRIS</t>
+  </si>
+  <si>
+    <t>CHABRIS</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>360002174</t>
+  </si>
+  <si>
+    <t>CSAPA ADDICTIONS FRANCE 36</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14571_FicheESSMS/fr/csapa-addictions-france-36</t>
+  </si>
+  <si>
+    <t>14571_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Mousseaux</t>
+  </si>
+  <si>
+    <t>36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>360005524</t>
+  </si>
+  <si>
+    <t>EHPAD CHATEAU DES COTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/166_FicheESSMS/fr/ehpad-chateau-des-cotes</t>
+  </si>
+  <si>
+    <t>166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Avenue Langlois Bertrand</t>
+  </si>
+  <si>
+    <t>36800 ST GAULTIER</t>
+  </si>
+  <si>
+    <t>ST GAULTIER</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>360002034</t>
+  </si>
+  <si>
+    <t>ESAT DE SAINT MARCEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/463_FicheESSMS/fr/esat-de-saint-marcel</t>
+  </si>
+  <si>
+    <t>463_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Chemin Du Moulinet</t>
+  </si>
+  <si>
+    <t>36200 ST MARCEL</t>
+  </si>
+  <si>
+    <t>ST MARCEL</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>360007199</t>
+  </si>
+  <si>
+    <t>ESAT D'ARGY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/462_FicheESSMS/fr/esat-d-argy</t>
+  </si>
+  <si>
+    <t>462_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>36500 ARGY</t>
+  </si>
+  <si>
+    <t>ARGY</t>
+  </si>
+  <si>
+    <t>360007157</t>
+  </si>
+  <si>
+    <t>FAM RESIDENCE ALGIRA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1246_FicheESSMS/fr/fam-residence-algira</t>
+  </si>
+  <si>
+    <t>1246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36190 ORSENNES</t>
+  </si>
+  <si>
+    <t>ORSENNES</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>360004477</t>
+  </si>
+  <si>
+    <t>DAME LE BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1307_FicheESSMS/fr/dame-le-blanc</t>
+  </si>
+  <si>
+    <t>1307_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Blaise Pascal</t>
+  </si>
+  <si>
+    <t>36300 LE BLANC</t>
+  </si>
+  <si>
+    <t>LE BLANC</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>360002182</t>
+  </si>
+  <si>
+    <t>SESSAD RATTACHE A L'IME LE BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1306_FicheESSMS/fr/sessad-rattache-a-l-ime-le-blanc</t>
+  </si>
+  <si>
+    <t>1306_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>360007363</t>
+  </si>
+  <si>
+    <t>RESIDENCE ISABELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1326_FicheESSMS/fr/residence-isabelle</t>
+  </si>
+  <si>
+    <t>1326_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Michelet</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>360003461</t>
+  </si>
+  <si>
+    <t>SAVS ATOUT BRENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1338_FicheESSMS/fr/savs-atout-brenne</t>
+  </si>
+  <si>
+    <t>1338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Albert Chichery</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>360006373</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1337_FicheESSMS/fr/foyer-d-hebergement-du-blanc</t>
+  </si>
+  <si>
+    <t>1337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67 Rue De Ruffec</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>360005458</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1336_FicheESSMS/fr/foyer-occupationnel-du-blanc</t>
+  </si>
+  <si>
+    <t>1336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Rue Ruffec</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>360005920</t>
+  </si>
+  <si>
+    <t>ESAT ATOUT BRENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1617_FicheESSMS/fr/esat-atout-brenne</t>
+  </si>
+  <si>
+    <t>1617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360004311</t>
+  </si>
+  <si>
+    <t>EHPAD HAMEAU D EGUZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1936_FicheESSMS/fr/ehpad-hameau-d-eguzon</t>
+  </si>
+  <si>
+    <t>1936_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36270 EGUZON CHANTOME</t>
+  </si>
+  <si>
+    <t>EGUZON CHANTOME</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>360006126</t>
+  </si>
+  <si>
+    <t>CADA ADOMA BUZANCAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2467_FicheESSMS/fr/cada-adoma-buzancais</t>
+  </si>
+  <si>
+    <t>2467_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Chateauroux</t>
+  </si>
+  <si>
+    <t>36500 BUZANCAIS</t>
+  </si>
+  <si>
+    <t>BUZANCAIS</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>360009104</t>
+  </si>
+  <si>
+    <t>SAPMN - M'HOME36</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3002_FicheESSMS/fr/sapmn-m-home36</t>
+  </si>
+  <si>
+    <t>3002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Jules Parise</t>
+  </si>
+  <si>
+    <t>36700 CLION</t>
+  </si>
+  <si>
+    <t>CLION</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>360004410</t>
+  </si>
+  <si>
+    <t>MECS - M'HOME36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3001_FicheESSMS/fr/mecs-m-home36</t>
+  </si>
+  <si>
+    <t>3001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360000418</t>
+  </si>
+  <si>
+    <t>FOYER OCCUPATIONNEL D'ARGY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3427_FicheESSMS/fr/foyer-occupationnel-d-argy</t>
+  </si>
+  <si>
+    <t>3427_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360007173</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT D'ARGY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3426_FicheESSMS/fr/foyer-d-hebergement-d-argy</t>
+  </si>
+  <si>
+    <t>3426_FicheESSMS</t>
+  </si>
+  <si>
+    <t>61 Rue Des Hervaux</t>
+  </si>
+  <si>
+    <t>360007868</t>
+  </si>
+  <si>
+    <t>SAVS APAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3425_FicheESSMS/fr/savs-apajh</t>
+  </si>
+  <si>
+    <t>3425_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360007876</t>
+  </si>
+  <si>
+    <t>M.J.P.M - MSA SERVICE TUTELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4375_FicheESSMS/fr/m-j-p-m-msa-service-tutelle</t>
+  </si>
+  <si>
+    <t>4375_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue De Mousseaux</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>360006829</t>
+  </si>
+  <si>
+    <t>SERVICE M.J.P.M - FRFDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4374_FicheESSMS/fr/service-m-j-p-m-frfdi</t>
+  </si>
+  <si>
+    <t>4374_FicheESSMS</t>
+  </si>
+  <si>
+    <t>148 Avenue Marcel Lemoine</t>
+  </si>
+  <si>
+    <t>360006845</t>
+  </si>
+  <si>
+    <t>FAE - ASSOCIATION MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4437_FicheESSMS/fr/fae-association-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>4437_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36250 ST MAUR</t>
+  </si>
+  <si>
+    <t>ST MAUR</t>
+  </si>
+  <si>
+    <t>360005953</t>
+  </si>
+  <si>
+    <t>SAIP - MOISSONS NOUVELLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4436_FicheESSMS/fr/saip-moissons-nouvelles</t>
+  </si>
+  <si>
+    <t>4436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De L Indre</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>360008403</t>
+  </si>
+  <si>
+    <t>EHPAD LE CASTEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4438_FicheESSMS/fr/ehpad-le-castel</t>
+  </si>
+  <si>
+    <t>4438_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Des Gardes</t>
+  </si>
+  <si>
+    <t>36160 STE SEVERE SUR INDRE</t>
+  </si>
+  <si>
+    <t>STE SEVERE SUR INDRE</t>
+  </si>
+  <si>
+    <t>360002141</t>
+  </si>
+  <si>
+    <t>M.J.P.M - ATI 36</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4923_FicheESSMS/fr/m-j-p-m-ati-36</t>
+  </si>
+  <si>
+    <t>4923_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Rue De La Vallee Saint-Louis</t>
+  </si>
+  <si>
+    <t>360006803</t>
+  </si>
+  <si>
+    <t>RES. AUTONOMIE LES RIVES DE L'INDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5366_FicheESSMS/fr/res-autonomie-les-rives-de-l-indre</t>
+  </si>
+  <si>
+    <t>5366_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Bievre</t>
+  </si>
+  <si>
+    <t>360005169</t>
+  </si>
+  <si>
+    <t>ESAT ODETTE RICHER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6422_FicheESSMS/fr/esat-odette-richer</t>
+  </si>
+  <si>
+    <t>6422_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Avenue De La Foret</t>
+  </si>
+  <si>
+    <t>360004212</t>
+  </si>
+  <si>
+    <t>ESAT ADAPEI 36 - PUY D'AUZON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6421_FicheESSMS/fr/esat-adapei-36-puy-d-auzon</t>
+  </si>
+  <si>
+    <t>6421_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36340 CLUIS</t>
+  </si>
+  <si>
+    <t>CLUIS</t>
+  </si>
+  <si>
+    <t>360005482</t>
+  </si>
+  <si>
+    <t>DAME LES MARTINETS - SITE LES ALIZES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6420_FicheESSMS/fr/dame-les-martinets-site-les-alizes</t>
+  </si>
+  <si>
+    <t>6420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Eisenhower</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>360006308</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHAUME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6663_FicheESSMS/fr/ehpad-la-chaume</t>
+  </si>
+  <si>
+    <t>6663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45 Place De La Chaume</t>
+  </si>
+  <si>
+    <t>36100 ISSOUDUN</t>
+  </si>
+  <si>
+    <t>ISSOUDUN</t>
+  </si>
+  <si>
+    <t>360004451</t>
+  </si>
+  <si>
+    <t>DAME LES MARTINETS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6885_FicheESSMS/fr/dame-les-martinets</t>
+  </si>
+  <si>
+    <t>6885_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360000244</t>
+  </si>
+  <si>
+    <t>CPH AIDAPHI CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8349_FicheESSMS/fr/cph-aidaphi-chateauroux</t>
+  </si>
+  <si>
+    <t>8349_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Allée Du Commerce</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>360008486</t>
+  </si>
+  <si>
+    <t>MAS JEAN-LOUIS BONCOEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8683_FicheESSMS/fr/mas-jean-louis-boncoeur</t>
+  </si>
+  <si>
+    <t>8683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Du Grand Poirier</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>360003578</t>
+  </si>
+  <si>
+    <t>SAMSAH JEAN LOUIS BONCOEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8682_FicheESSMS/fr/samsah-jean-louis-boncoeur</t>
+  </si>
+  <si>
+    <t>8682_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Grand Poirier</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>360004568</t>
+  </si>
+  <si>
+    <t>IME DE PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8950_FicheESSMS/fr/ime-de-pellevoisin</t>
+  </si>
+  <si>
+    <t>8950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>36180 PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>360006159</t>
+  </si>
+  <si>
+    <t>DITEP DE PELLEVOISIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8949_FicheESSMS/fr/ditep-de-pellevoisin</t>
+  </si>
+  <si>
+    <t>8949_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>360000012</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JOSEPH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9911_FicheESSMS/fr/ehpad-saint-joseph</t>
+  </si>
+  <si>
+    <t>9911_FicheESSMS</t>
+  </si>
+  <si>
+    <t>37 Avenue De La Gare</t>
+  </si>
+  <si>
+    <t>36240 ECUEILLE</t>
+  </si>
+  <si>
+    <t>ECUEILLE</t>
+  </si>
+  <si>
+    <t>360003321</t>
+  </si>
+  <si>
+    <t>EHPAD BETHANIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10069_FicheESSMS/fr/ehpad-bethanie</t>
+  </si>
+  <si>
+    <t>10069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Anciens Combattants Afn</t>
+  </si>
+  <si>
+    <t>360003370</t>
+  </si>
+  <si>
+    <t>EHPAD ST LAZARE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10175_FicheESSMS/fr/ehpad-st-lazare</t>
+  </si>
+  <si>
+    <t>10175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Saint Lazare</t>
+  </si>
+  <si>
+    <t>360004600</t>
+  </si>
+  <si>
+    <t>SSIAD CH LE BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10511_FicheESSMS/fr/ssiad-ch-le-blanc</t>
+  </si>
+  <si>
+    <t>10511_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Pierre Milon</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>360006043</t>
+  </si>
+  <si>
+    <t>MECS DEOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10833_FicheESSMS/fr/mecs-deols</t>
+  </si>
+  <si>
+    <t>10833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De Robinson</t>
+  </si>
+  <si>
+    <t>36130 DEOLS</t>
+  </si>
+  <si>
+    <t>DEOLS</t>
+  </si>
+  <si>
+    <t>360003438</t>
+  </si>
+  <si>
+    <t>CER "LA GARDERIE DE MIRAN"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10832_FicheESSMS/fr/cer-la-garderie-de-miran</t>
+  </si>
+  <si>
+    <t>10832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36350 LA PEROUILLE</t>
+  </si>
+  <si>
+    <t>LA PEROUILLE</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>360008882</t>
+  </si>
+  <si>
+    <t>FAM D'ISSOUDUN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11249_FicheESSMS/fr/fam-d-issoudun</t>
+  </si>
+  <si>
+    <t>11249_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360004436</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DU CSPCP ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11248_FicheESSMS/fr/foyer-d-hebergement-du-cspcp-issoudun</t>
+  </si>
+  <si>
+    <t>11248_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36105 ISSOUDUN</t>
+  </si>
+  <si>
+    <t>360004360</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE DU CSPCP D'ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11247_FicheESSMS/fr/foyer-de-vie-du-cspcp-d-issoudun</t>
+  </si>
+  <si>
+    <t>11247_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003545</t>
+  </si>
+  <si>
+    <t>FOYER DE JOUR-CSPCP-ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11246_FicheESSMS/fr/foyer-de-jour-cspcp-issoudun</t>
+  </si>
+  <si>
+    <t>11246_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360004386</t>
+  </si>
+  <si>
+    <t>SSIAD CSPCP ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11245_FicheESSMS/fr/ssiad-cspcp-issoudun</t>
+  </si>
+  <si>
+    <t>11245_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003388</t>
+  </si>
+  <si>
+    <t>SAMSAH CSPCP ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11244_FicheESSMS/fr/samsah-cspcp-issoudun</t>
+  </si>
+  <si>
+    <t>11244_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003719</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D AUTOMNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11358_FicheESSMS/fr/ehpad-les-jardins-d-automne</t>
+  </si>
+  <si>
+    <t>11358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue George Sand</t>
+  </si>
+  <si>
+    <t>36200 BADECON LE PIN</t>
+  </si>
+  <si>
+    <t>BADECON LE PIN</t>
+  </si>
+  <si>
+    <t>360005904</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT ROCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12403_FicheESSMS/fr/ehpad-saint-roch</t>
+  </si>
+  <si>
+    <t>12403_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>360004675</t>
+  </si>
+  <si>
+    <t>EHPAD LA CHARMEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12825_FicheESSMS/fr/ehpad-la-charmee</t>
+  </si>
+  <si>
+    <t>12825_FicheESSMS</t>
+  </si>
+  <si>
+    <t>182 Avenue John Kennedy</t>
+  </si>
+  <si>
+    <t>360002158</t>
+  </si>
+  <si>
+    <t>EHPAD LE VAL D ANGLIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12897_FicheESSMS/fr/ehpad-le-val-d-anglin</t>
+  </si>
+  <si>
+    <t>12897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De La Gare</t>
+  </si>
+  <si>
+    <t>36300 CONCREMIERS</t>
+  </si>
+  <si>
+    <t>CONCREMIERS</t>
+  </si>
+  <si>
+    <t>360007421</t>
+  </si>
+  <si>
+    <t>EHPAD LA CUBISSOLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12896_FicheESSMS/fr/ehpad-la-cubissole</t>
+  </si>
+  <si>
+    <t>12896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>360003271</t>
+  </si>
+  <si>
+    <t>MAS LES DAUPHINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13222_FicheESSMS/fr/mas-les-dauphins</t>
+  </si>
+  <si>
+    <t>13222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36220 LUREUIL</t>
+  </si>
+  <si>
+    <t>LUREUIL</t>
+  </si>
+  <si>
+    <t>360004444</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE LA TOUR BLANCHE</t>
+  </si>
+  <si>
+    <t>24/06/2025 09:12:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1185_FicheEtablissement/fr/ch-la-tour-blanche-issoudun</t>
+  </si>
+  <si>
+    <t>1185_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0254035403</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360000038</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE DE NEPHROLOGIE DE CHATEAUROUX - CH CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:31:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3754_FicheEtablissement/fr/ctre-nephro-chateauroux-ch-chateauroux</t>
+  </si>
+  <si>
+    <t>3754_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>131 Avenue John Kennedy</t>
+  </si>
+  <si>
+    <t>0254224626</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>360002133</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE NÉPHRO. CHÂTEAUROUX-CH ISSOUDUN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3753_FicheEtablissement/fr/centre-nephro-chateauroux-ch-issoudun</t>
+  </si>
+  <si>
+    <t>3753_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0254030474</t>
+  </si>
+  <si>
+    <t>360000962</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-FRANCOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1186_FicheEtablissement/fr/clinique-saint-francois</t>
+  </si>
+  <si>
+    <t>1186_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>22 Avenue Marcel Lemoine</t>
+  </si>
+  <si>
+    <t>36006 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>0254536014</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1187_FicheEtablissement/fr/ch-chateauroux</t>
+  </si>
+  <si>
+    <t>1187_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>216 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>36019 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>0254296000</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CH LEVROUX</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1194_FicheEtablissement/fr/ch-levroux</t>
+  </si>
+  <si>
+    <t>1194_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Rue Nationale</t>
+  </si>
+  <si>
+    <t>36110 LEVROUX</t>
+  </si>
+  <si>
+    <t>LEVROUX</t>
+  </si>
+  <si>
+    <t>0254291000</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360000251</t>
+  </si>
+  <si>
+    <t>CLINIQUE LE HAUT-CLUZEAU CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1193_FicheEtablissement/fr/clinique-du-haut-cluzeau</t>
+  </si>
+  <si>
+    <t>1193_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36800 CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>CHASSENEUIL</t>
+  </si>
+  <si>
+    <t>0254258036</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>360000210</t>
+  </si>
+  <si>
+    <t>CH CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1192_FicheEtablissement/fr/ch-chatillon-sur-indre</t>
+  </si>
+  <si>
+    <t>1192_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>36700 CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>CHATILLON SUR INDRE</t>
+  </si>
+  <si>
+    <t>0254023333</t>
+  </si>
+  <si>
+    <t>360000202</t>
+  </si>
+  <si>
+    <t>CH SAINT-ROCH BUZANCAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1191_FicheEtablissement/fr/ch-saint-roch-buzancais</t>
+  </si>
+  <si>
+    <t>1191_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>02 54 84 03 12</t>
+  </si>
+  <si>
+    <t>360000186</t>
+  </si>
+  <si>
+    <t>CH SAINT CHARLES DE VALENCAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1190_FicheEtablissement/fr/ch-saint-charles-de-valencay</t>
+  </si>
+  <si>
+    <t>1190_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue Des Princes</t>
+  </si>
+  <si>
+    <t>36600 VALENCAY</t>
+  </si>
+  <si>
+    <t>VALENCAY</t>
+  </si>
+  <si>
+    <t>0254003000</t>
+  </si>
+  <si>
+    <t>360000178</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1189_FicheEtablissement/fr/ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1189_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254282828</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360000160</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1188_FicheEtablissement/fr/ch-la-chatre</t>
+  </si>
+  <si>
+    <t>1188_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Des Oiseaux</t>
+  </si>
+  <si>
+    <t>36400 LA CHATRE</t>
+  </si>
+  <si>
+    <t>LA CHATRE</t>
+  </si>
+  <si>
+    <t>0254065400</t>
+  </si>
+  <si>
+    <t>360000145</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1199_FicheEtablissement/fr/usld-site-ch-chatillon-sur-indre</t>
+  </si>
+  <si>
+    <t>1199_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>13 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>360004626</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1197_FicheEtablissement/fr/usld-ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1197_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254372772</t>
+  </si>
+  <si>
+    <t>360004592</t>
+  </si>
+  <si>
+    <t>CENTRE CONVALESCENCE-DIETETIQUE-MAISON MEDICALE ET NUTRITION</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1196_FicheEtablissement/fr/ctre-conv-diet-manoir-en-berry</t>
+  </si>
+  <si>
+    <t>1196_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>7 Rue Du Golf</t>
+  </si>
+  <si>
+    <t>36160 POULIGNY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>POULIGNY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>0254062012</t>
+  </si>
+  <si>
+    <t>360002232</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE GIREUGNE-ST MAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1195_FicheEtablissement/fr/ch-chateauroux-site-gireugne-st-maur</t>
+  </si>
+  <si>
+    <t>1195_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254537279</t>
+  </si>
+  <si>
+    <t>360000327</t>
+  </si>
+  <si>
+    <t>CTRE DÉPARTEMENTAL GÉRIATRIQUE DE L'INDRE LES GRANDS CHÊNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1200_FicheEtablissement/fr/ctre-dept-geriatrique-les-grands-chene</t>
+  </si>
+  <si>
+    <t>1200_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254537750</t>
+  </si>
+  <si>
+    <t>360006688</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE DE LA CHATRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5126_FicheEtablissement/fr/ch-chateauroux-site-de-la-chatre</t>
+  </si>
+  <si>
+    <t>5126_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254065442</t>
+  </si>
+  <si>
+    <t>360008387</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SSR ZAC DES CHEVALIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5117_FicheEtablissement/fr/ch-chateauroux-ssr-zac-des-chevaliers</t>
+  </si>
+  <si>
+    <t>5117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Nicolas Ledoux</t>
+  </si>
+  <si>
+    <t>0254295300</t>
+  </si>
+  <si>
+    <t>360003149</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R8"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -662,170 +2237,4238 @@
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>67</v>
       </c>
       <c r="H6" t="s">
         <v>68</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
         <v>69</v>
       </c>
       <c r="L6" t="s">
         <v>70</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
+        <v>27</v>
+      </c>
+      <c r="O6" t="s">
         <v>71</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>72</v>
       </c>
-      <c r="P6" t="s">
+      <c r="Q6" t="s">
+        <v>30</v>
+      </c>
+      <c r="R6" t="s">
         <v>73</v>
-      </c>
-[...4 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>75</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>76</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>77</v>
-      </c>
-[...7 lines deleted...]
-        <v>79</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
+        <v>78</v>
+      </c>
+      <c r="L7" t="s">
+        <v>79</v>
+      </c>
+      <c r="M7" t="s">
+        <v>20</v>
+      </c>
+      <c r="N7" t="s">
         <v>80</v>
       </c>
-      <c r="L7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O7" t="s">
-        <v>82</v>
+        <v>39</v>
       </c>
       <c r="P7" t="s">
-        <v>83</v>
+        <v>40</v>
       </c>
       <c r="Q7" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R7" t="s">
-        <v>84</v>
+        <v>42</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
       <c r="H8" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
+        <v>85</v>
+      </c>
+      <c r="L8" t="s">
+        <v>86</v>
+      </c>
+      <c r="M8" t="s">
+        <v>20</v>
+      </c>
+      <c r="N8" t="s">
+        <v>87</v>
+      </c>
+      <c r="O8" t="s">
+        <v>88</v>
+      </c>
+      <c r="P8" t="s">
         <v>89</v>
-      </c>
-[...13 lines deleted...]
-        <v>40</v>
       </c>
       <c r="Q8" t="s">
         <v>41</v>
       </c>
       <c r="R8" t="s">
-        <v>42</v>
+        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P56"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>91</v>
+      </c>
+      <c r="J1" t="s">
+        <v>92</v>
+      </c>
+      <c r="K1" t="s">
+        <v>93</v>
+      </c>
+      <c r="L1" t="s">
+        <v>94</v>
+      </c>
+      <c r="M1" t="s">
+        <v>95</v>
+      </c>
+      <c r="N1" t="s">
+        <v>96</v>
+      </c>
+      <c r="O1" t="s">
+        <v>97</v>
+      </c>
+      <c r="P1" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>99</v>
+      </c>
+      <c r="B2" t="s">
+        <v>100</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>101</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>102</v>
+      </c>
+      <c r="H2" t="s">
+        <v>103</v>
+      </c>
+      <c r="I2" t="s">
+        <v>104</v>
+      </c>
+      <c r="J2" t="s">
+        <v>105</v>
+      </c>
+      <c r="K2" t="s">
+        <v>106</v>
+      </c>
+      <c r="L2" t="s">
+        <v>107</v>
+      </c>
+      <c r="M2" t="s">
+        <v>108</v>
+      </c>
+      <c r="N2" t="s">
+        <v>109</v>
+      </c>
+      <c r="O2" t="s">
+        <v>110</v>
+      </c>
+      <c r="P2" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B3" t="s">
+        <v>112</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>113</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>114</v>
+      </c>
+      <c r="H3" t="s">
+        <v>115</v>
+      </c>
+      <c r="I3" t="s">
+        <v>116</v>
+      </c>
+      <c r="J3" t="s">
+        <v>117</v>
+      </c>
+      <c r="K3" t="s">
+        <v>41</v>
+      </c>
+      <c r="L3" t="s">
+        <v>107</v>
+      </c>
+      <c r="M3" t="s">
+        <v>108</v>
+      </c>
+      <c r="N3" t="s">
+        <v>118</v>
+      </c>
+      <c r="O3" t="s">
+        <v>119</v>
+      </c>
+      <c r="P3" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>99</v>
+      </c>
+      <c r="B4" t="s">
+        <v>121</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>122</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>123</v>
+      </c>
+      <c r="H4" t="s">
+        <v>124</v>
+      </c>
+      <c r="I4" t="s">
+        <v>125</v>
+      </c>
+      <c r="J4" t="s">
+        <v>126</v>
+      </c>
+      <c r="K4" t="s">
+        <v>127</v>
+      </c>
+      <c r="L4" t="s">
+        <v>107</v>
+      </c>
+      <c r="M4" t="s">
+        <v>128</v>
+      </c>
+      <c r="N4" t="s">
+        <v>109</v>
+      </c>
+      <c r="O4" t="s">
+        <v>110</v>
+      </c>
+      <c r="P4" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>99</v>
+      </c>
+      <c r="B5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>131</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>132</v>
+      </c>
+      <c r="H5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J5" t="s">
+        <v>135</v>
+      </c>
+      <c r="K5" t="s">
+        <v>136</v>
+      </c>
+      <c r="L5" t="s">
+        <v>107</v>
+      </c>
+      <c r="M5" t="s">
+        <v>108</v>
+      </c>
+      <c r="N5" t="s">
+        <v>137</v>
+      </c>
+      <c r="O5" t="s">
+        <v>138</v>
+      </c>
+      <c r="P5" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>99</v>
+      </c>
+      <c r="B6" t="s">
+        <v>140</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>131</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>141</v>
+      </c>
+      <c r="H6" t="s">
+        <v>142</v>
+      </c>
+      <c r="I6" t="s">
+        <v>143</v>
+      </c>
+      <c r="J6" t="s">
+        <v>144</v>
+      </c>
+      <c r="K6" t="s">
+        <v>145</v>
+      </c>
+      <c r="L6" t="s">
+        <v>107</v>
+      </c>
+      <c r="M6" t="s">
+        <v>108</v>
+      </c>
+      <c r="N6" t="s">
+        <v>137</v>
+      </c>
+      <c r="O6" t="s">
+        <v>138</v>
+      </c>
+      <c r="P6" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>99</v>
+      </c>
+      <c r="B7" t="s">
+        <v>147</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>148</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>149</v>
+      </c>
+      <c r="H7" t="s">
+        <v>150</v>
+      </c>
+      <c r="I7" t="s">
+        <v>151</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>152</v>
+      </c>
+      <c r="L7" t="s">
+        <v>107</v>
+      </c>
+      <c r="M7" t="s">
+        <v>108</v>
+      </c>
+      <c r="N7" t="s">
+        <v>137</v>
+      </c>
+      <c r="O7" t="s">
+        <v>153</v>
+      </c>
+      <c r="P7" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>99</v>
+      </c>
+      <c r="B8" t="s">
+        <v>155</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>156</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>157</v>
+      </c>
+      <c r="H8" t="s">
+        <v>158</v>
+      </c>
+      <c r="I8" t="s">
+        <v>159</v>
+      </c>
+      <c r="J8" t="s">
+        <v>160</v>
+      </c>
+      <c r="K8" t="s">
+        <v>161</v>
+      </c>
+      <c r="L8" t="s">
+        <v>107</v>
+      </c>
+      <c r="M8" t="s">
+        <v>108</v>
+      </c>
+      <c r="N8" t="s">
+        <v>162</v>
+      </c>
+      <c r="O8" t="s">
+        <v>163</v>
+      </c>
+      <c r="P8" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>99</v>
+      </c>
+      <c r="B9" t="s">
+        <v>165</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>156</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>166</v>
+      </c>
+      <c r="H9" t="s">
+        <v>167</v>
+      </c>
+      <c r="I9" t="s">
+        <v>159</v>
+      </c>
+      <c r="J9" t="s">
+        <v>160</v>
+      </c>
+      <c r="K9" t="s">
+        <v>161</v>
+      </c>
+      <c r="L9" t="s">
+        <v>107</v>
+      </c>
+      <c r="M9" t="s">
+        <v>108</v>
+      </c>
+      <c r="N9" t="s">
+        <v>162</v>
+      </c>
+      <c r="O9" t="s">
+        <v>168</v>
+      </c>
+      <c r="P9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>99</v>
+      </c>
+      <c r="B10" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>171</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>172</v>
+      </c>
+      <c r="H10" t="s">
+        <v>173</v>
+      </c>
+      <c r="I10" t="s">
+        <v>174</v>
+      </c>
+      <c r="J10" t="s">
+        <v>117</v>
+      </c>
+      <c r="K10" t="s">
+        <v>41</v>
+      </c>
+      <c r="L10" t="s">
+        <v>107</v>
+      </c>
+      <c r="M10" t="s">
+        <v>128</v>
+      </c>
+      <c r="N10" t="s">
+        <v>109</v>
+      </c>
+      <c r="O10" t="s">
+        <v>175</v>
+      </c>
+      <c r="P10" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>99</v>
+      </c>
+      <c r="B11" t="s">
+        <v>177</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>178</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>179</v>
+      </c>
+      <c r="H11" t="s">
+        <v>180</v>
+      </c>
+      <c r="I11" t="s">
+        <v>181</v>
+      </c>
+      <c r="J11" t="s">
+        <v>160</v>
+      </c>
+      <c r="K11" t="s">
+        <v>161</v>
+      </c>
+      <c r="L11" t="s">
+        <v>107</v>
+      </c>
+      <c r="M11" t="s">
+        <v>108</v>
+      </c>
+      <c r="N11" t="s">
+        <v>137</v>
+      </c>
+      <c r="O11" t="s">
+        <v>182</v>
+      </c>
+      <c r="P11" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>99</v>
+      </c>
+      <c r="B12" t="s">
+        <v>184</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>178</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>185</v>
+      </c>
+      <c r="H12" t="s">
+        <v>186</v>
+      </c>
+      <c r="I12" t="s">
+        <v>187</v>
+      </c>
+      <c r="J12" t="s">
+        <v>160</v>
+      </c>
+      <c r="K12" t="s">
+        <v>161</v>
+      </c>
+      <c r="L12" t="s">
+        <v>107</v>
+      </c>
+      <c r="M12" t="s">
+        <v>108</v>
+      </c>
+      <c r="N12" t="s">
+        <v>137</v>
+      </c>
+      <c r="O12" t="s">
+        <v>188</v>
+      </c>
+      <c r="P12" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>99</v>
+      </c>
+      <c r="B13" t="s">
+        <v>190</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>178</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>191</v>
+      </c>
+      <c r="H13" t="s">
+        <v>192</v>
+      </c>
+      <c r="I13" t="s">
+        <v>193</v>
+      </c>
+      <c r="J13" t="s">
+        <v>160</v>
+      </c>
+      <c r="K13" t="s">
+        <v>161</v>
+      </c>
+      <c r="L13" t="s">
+        <v>107</v>
+      </c>
+      <c r="M13" t="s">
+        <v>108</v>
+      </c>
+      <c r="N13" t="s">
+        <v>137</v>
+      </c>
+      <c r="O13" t="s">
+        <v>194</v>
+      </c>
+      <c r="P13" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>99</v>
+      </c>
+      <c r="B14" t="s">
+        <v>196</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>197</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>198</v>
+      </c>
+      <c r="H14" t="s">
+        <v>199</v>
+      </c>
+      <c r="I14" t="s">
+        <v>159</v>
+      </c>
+      <c r="J14" t="s">
+        <v>160</v>
+      </c>
+      <c r="K14" t="s">
+        <v>161</v>
+      </c>
+      <c r="L14" t="s">
+        <v>107</v>
+      </c>
+      <c r="M14" t="s">
+        <v>108</v>
+      </c>
+      <c r="N14" t="s">
+        <v>137</v>
+      </c>
+      <c r="O14" t="s">
+        <v>138</v>
+      </c>
+      <c r="P14" t="s">
+        <v>200</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>99</v>
+      </c>
+      <c r="B15" t="s">
+        <v>201</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>202</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>203</v>
+      </c>
+      <c r="H15" t="s">
+        <v>204</v>
+      </c>
+      <c r="I15" t="s">
+        <v>205</v>
+      </c>
+      <c r="J15" t="s">
+        <v>20</v>
+      </c>
+      <c r="K15" t="s">
+        <v>206</v>
+      </c>
+      <c r="L15" t="s">
+        <v>107</v>
+      </c>
+      <c r="M15" t="s">
+        <v>207</v>
+      </c>
+      <c r="N15" t="s">
+        <v>109</v>
+      </c>
+      <c r="O15" t="s">
+        <v>110</v>
+      </c>
+      <c r="P15" t="s">
+        <v>208</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>99</v>
+      </c>
+      <c r="B16" t="s">
+        <v>209</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>210</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>211</v>
+      </c>
+      <c r="H16" t="s">
+        <v>212</v>
+      </c>
+      <c r="I16" t="s">
+        <v>213</v>
+      </c>
+      <c r="J16" t="s">
+        <v>214</v>
+      </c>
+      <c r="K16" t="s">
+        <v>215</v>
+      </c>
+      <c r="L16" t="s">
+        <v>107</v>
+      </c>
+      <c r="M16" t="s">
+        <v>207</v>
+      </c>
+      <c r="N16" t="s">
+        <v>216</v>
+      </c>
+      <c r="O16" t="s">
+        <v>217</v>
+      </c>
+      <c r="P16" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>99</v>
+      </c>
+      <c r="B17" t="s">
+        <v>219</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>220</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>221</v>
+      </c>
+      <c r="H17" t="s">
+        <v>222</v>
+      </c>
+      <c r="I17" t="s">
+        <v>223</v>
+      </c>
+      <c r="J17" t="s">
+        <v>224</v>
+      </c>
+      <c r="K17" t="s">
+        <v>225</v>
+      </c>
+      <c r="L17" t="s">
+        <v>107</v>
+      </c>
+      <c r="M17" t="s">
+        <v>108</v>
+      </c>
+      <c r="N17" t="s">
+        <v>226</v>
+      </c>
+      <c r="O17" t="s">
+        <v>227</v>
+      </c>
+      <c r="P17" t="s">
+        <v>228</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>99</v>
+      </c>
+      <c r="B18" t="s">
+        <v>229</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>220</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>230</v>
+      </c>
+      <c r="H18" t="s">
+        <v>231</v>
+      </c>
+      <c r="I18" t="s">
+        <v>223</v>
+      </c>
+      <c r="J18" t="s">
+        <v>224</v>
+      </c>
+      <c r="K18" t="s">
+        <v>225</v>
+      </c>
+      <c r="L18" t="s">
+        <v>107</v>
+      </c>
+      <c r="M18" t="s">
+        <v>108</v>
+      </c>
+      <c r="N18" t="s">
+        <v>226</v>
+      </c>
+      <c r="O18" t="s">
+        <v>227</v>
+      </c>
+      <c r="P18" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>99</v>
+      </c>
+      <c r="B19" t="s">
+        <v>233</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>234</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>235</v>
+      </c>
+      <c r="H19" t="s">
+        <v>236</v>
+      </c>
+      <c r="I19" t="s">
+        <v>214</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>215</v>
+      </c>
+      <c r="L19" t="s">
+        <v>107</v>
+      </c>
+      <c r="M19" t="s">
+        <v>108</v>
+      </c>
+      <c r="N19" t="s">
+        <v>137</v>
+      </c>
+      <c r="O19" t="s">
+        <v>194</v>
+      </c>
+      <c r="P19" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>99</v>
+      </c>
+      <c r="B20" t="s">
+        <v>238</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>234</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>239</v>
+      </c>
+      <c r="H20" t="s">
+        <v>240</v>
+      </c>
+      <c r="I20" t="s">
+        <v>241</v>
+      </c>
+      <c r="J20" t="s">
+        <v>144</v>
+      </c>
+      <c r="K20" t="s">
+        <v>145</v>
+      </c>
+      <c r="L20" t="s">
+        <v>107</v>
+      </c>
+      <c r="M20" t="s">
+        <v>108</v>
+      </c>
+      <c r="N20" t="s">
+        <v>137</v>
+      </c>
+      <c r="O20" t="s">
+        <v>188</v>
+      </c>
+      <c r="P20" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>99</v>
+      </c>
+      <c r="B21" t="s">
+        <v>243</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>234</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>244</v>
+      </c>
+      <c r="H21" t="s">
+        <v>245</v>
+      </c>
+      <c r="I21" t="s">
+        <v>143</v>
+      </c>
+      <c r="J21" t="s">
+        <v>144</v>
+      </c>
+      <c r="K21" t="s">
+        <v>145</v>
+      </c>
+      <c r="L21" t="s">
+        <v>107</v>
+      </c>
+      <c r="M21" t="s">
+        <v>108</v>
+      </c>
+      <c r="N21" t="s">
+        <v>137</v>
+      </c>
+      <c r="O21" t="s">
+        <v>182</v>
+      </c>
+      <c r="P21" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>99</v>
+      </c>
+      <c r="B22" t="s">
+        <v>247</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>248</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>249</v>
+      </c>
+      <c r="H22" t="s">
+        <v>250</v>
+      </c>
+      <c r="I22" t="s">
+        <v>251</v>
+      </c>
+      <c r="J22" t="s">
+        <v>117</v>
+      </c>
+      <c r="K22" t="s">
+        <v>41</v>
+      </c>
+      <c r="L22" t="s">
+        <v>107</v>
+      </c>
+      <c r="M22" t="s">
+        <v>108</v>
+      </c>
+      <c r="N22" t="s">
+        <v>252</v>
+      </c>
+      <c r="O22" t="s">
+        <v>253</v>
+      </c>
+      <c r="P22" t="s">
+        <v>254</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>99</v>
+      </c>
+      <c r="B23" t="s">
+        <v>255</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>248</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>256</v>
+      </c>
+      <c r="H23" t="s">
+        <v>257</v>
+      </c>
+      <c r="I23" t="s">
+        <v>258</v>
+      </c>
+      <c r="J23" t="s">
+        <v>117</v>
+      </c>
+      <c r="K23" t="s">
+        <v>41</v>
+      </c>
+      <c r="L23" t="s">
+        <v>107</v>
+      </c>
+      <c r="M23" t="s">
+        <v>108</v>
+      </c>
+      <c r="N23" t="s">
+        <v>252</v>
+      </c>
+      <c r="O23" t="s">
+        <v>253</v>
+      </c>
+      <c r="P23" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>99</v>
+      </c>
+      <c r="B24" t="s">
+        <v>260</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>261</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>262</v>
+      </c>
+      <c r="H24" t="s">
+        <v>263</v>
+      </c>
+      <c r="I24" t="s">
+        <v>264</v>
+      </c>
+      <c r="J24" t="s">
+        <v>20</v>
+      </c>
+      <c r="K24" t="s">
+        <v>265</v>
+      </c>
+      <c r="L24" t="s">
+        <v>107</v>
+      </c>
+      <c r="M24" t="s">
+        <v>108</v>
+      </c>
+      <c r="N24" t="s">
+        <v>226</v>
+      </c>
+      <c r="O24" t="s">
+        <v>227</v>
+      </c>
+      <c r="P24" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>99</v>
+      </c>
+      <c r="B25" t="s">
+        <v>267</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>261</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>268</v>
+      </c>
+      <c r="H25" t="s">
+        <v>269</v>
+      </c>
+      <c r="I25" t="s">
+        <v>270</v>
+      </c>
+      <c r="J25" t="s">
+        <v>117</v>
+      </c>
+      <c r="K25" t="s">
+        <v>41</v>
+      </c>
+      <c r="L25" t="s">
+        <v>107</v>
+      </c>
+      <c r="M25" t="s">
+        <v>108</v>
+      </c>
+      <c r="N25" t="s">
+        <v>226</v>
+      </c>
+      <c r="O25" t="s">
+        <v>271</v>
+      </c>
+      <c r="P25" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>99</v>
+      </c>
+      <c r="B26" t="s">
+        <v>273</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>274</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H26" t="s">
+        <v>276</v>
+      </c>
+      <c r="I26" t="s">
+        <v>277</v>
+      </c>
+      <c r="J26" t="s">
+        <v>278</v>
+      </c>
+      <c r="K26" t="s">
+        <v>279</v>
+      </c>
+      <c r="L26" t="s">
+        <v>107</v>
+      </c>
+      <c r="M26" t="s">
+        <v>108</v>
+      </c>
+      <c r="N26" t="s">
+        <v>109</v>
+      </c>
+      <c r="O26" t="s">
+        <v>110</v>
+      </c>
+      <c r="P26" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>99</v>
+      </c>
+      <c r="B27" t="s">
+        <v>281</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>282</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>283</v>
+      </c>
+      <c r="H27" t="s">
+        <v>284</v>
+      </c>
+      <c r="I27" t="s">
+        <v>285</v>
+      </c>
+      <c r="J27" t="s">
+        <v>117</v>
+      </c>
+      <c r="K27" t="s">
+        <v>41</v>
+      </c>
+      <c r="L27" t="s">
+        <v>107</v>
+      </c>
+      <c r="M27" t="s">
+        <v>108</v>
+      </c>
+      <c r="N27" t="s">
+        <v>252</v>
+      </c>
+      <c r="O27" t="s">
+        <v>253</v>
+      </c>
+      <c r="P27" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>99</v>
+      </c>
+      <c r="B28" t="s">
+        <v>287</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>288</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>289</v>
+      </c>
+      <c r="H28" t="s">
+        <v>290</v>
+      </c>
+      <c r="I28" t="s">
+        <v>291</v>
+      </c>
+      <c r="J28" t="s">
+        <v>117</v>
+      </c>
+      <c r="K28" t="s">
+        <v>41</v>
+      </c>
+      <c r="L28" t="s">
+        <v>107</v>
+      </c>
+      <c r="M28" t="s">
+        <v>128</v>
+      </c>
+      <c r="N28" t="s">
+        <v>109</v>
+      </c>
+      <c r="O28" t="s">
+        <v>175</v>
+      </c>
+      <c r="P28" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>99</v>
+      </c>
+      <c r="B29" t="s">
+        <v>293</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>294</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>295</v>
+      </c>
+      <c r="H29" t="s">
+        <v>296</v>
+      </c>
+      <c r="I29" t="s">
+        <v>297</v>
+      </c>
+      <c r="J29" t="s">
+        <v>264</v>
+      </c>
+      <c r="K29" t="s">
+        <v>265</v>
+      </c>
+      <c r="L29" t="s">
+        <v>107</v>
+      </c>
+      <c r="M29" t="s">
+        <v>108</v>
+      </c>
+      <c r="N29" t="s">
+        <v>137</v>
+      </c>
+      <c r="O29" t="s">
+        <v>138</v>
+      </c>
+      <c r="P29" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>99</v>
+      </c>
+      <c r="B30" t="s">
+        <v>299</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>294</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>300</v>
+      </c>
+      <c r="H30" t="s">
+        <v>301</v>
+      </c>
+      <c r="I30" t="s">
+        <v>302</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>303</v>
+      </c>
+      <c r="L30" t="s">
+        <v>107</v>
+      </c>
+      <c r="M30" t="s">
+        <v>108</v>
+      </c>
+      <c r="N30" t="s">
+        <v>137</v>
+      </c>
+      <c r="O30" t="s">
+        <v>138</v>
+      </c>
+      <c r="P30" t="s">
+        <v>304</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>99</v>
+      </c>
+      <c r="B31" t="s">
+        <v>305</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>294</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>306</v>
+      </c>
+      <c r="H31" t="s">
+        <v>307</v>
+      </c>
+      <c r="I31" t="s">
+        <v>308</v>
+      </c>
+      <c r="J31" t="s">
+        <v>117</v>
+      </c>
+      <c r="K31" t="s">
+        <v>41</v>
+      </c>
+      <c r="L31" t="s">
+        <v>107</v>
+      </c>
+      <c r="M31" t="s">
+        <v>108</v>
+      </c>
+      <c r="N31" t="s">
+        <v>162</v>
+      </c>
+      <c r="O31" t="s">
+        <v>309</v>
+      </c>
+      <c r="P31" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>99</v>
+      </c>
+      <c r="B32" t="s">
+        <v>311</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>312</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>313</v>
+      </c>
+      <c r="H32" t="s">
+        <v>314</v>
+      </c>
+      <c r="I32" t="s">
+        <v>315</v>
+      </c>
+      <c r="J32" t="s">
+        <v>316</v>
+      </c>
+      <c r="K32" t="s">
+        <v>317</v>
+      </c>
+      <c r="L32" t="s">
+        <v>107</v>
+      </c>
+      <c r="M32" t="s">
+        <v>108</v>
+      </c>
+      <c r="N32" t="s">
+        <v>109</v>
+      </c>
+      <c r="O32" t="s">
+        <v>110</v>
+      </c>
+      <c r="P32" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>99</v>
+      </c>
+      <c r="B33" t="s">
+        <v>319</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>320</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>321</v>
+      </c>
+      <c r="H33" t="s">
+        <v>322</v>
+      </c>
+      <c r="I33" t="s">
+        <v>264</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>265</v>
+      </c>
+      <c r="L33" t="s">
+        <v>107</v>
+      </c>
+      <c r="M33" t="s">
+        <v>108</v>
+      </c>
+      <c r="N33" t="s">
+        <v>162</v>
+      </c>
+      <c r="O33" t="s">
+        <v>163</v>
+      </c>
+      <c r="P33" t="s">
+        <v>323</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>99</v>
+      </c>
+      <c r="B34" t="s">
+        <v>324</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>325</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>326</v>
+      </c>
+      <c r="H34" t="s">
+        <v>327</v>
+      </c>
+      <c r="I34" t="s">
+        <v>328</v>
+      </c>
+      <c r="J34" t="s">
+        <v>117</v>
+      </c>
+      <c r="K34" t="s">
+        <v>41</v>
+      </c>
+      <c r="L34" t="s">
+        <v>107</v>
+      </c>
+      <c r="M34" t="s">
+        <v>108</v>
+      </c>
+      <c r="N34" t="s">
+        <v>216</v>
+      </c>
+      <c r="O34" t="s">
+        <v>329</v>
+      </c>
+      <c r="P34" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>99</v>
+      </c>
+      <c r="B35" t="s">
+        <v>331</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>332</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>333</v>
+      </c>
+      <c r="H35" t="s">
+        <v>334</v>
+      </c>
+      <c r="I35" t="s">
+        <v>335</v>
+      </c>
+      <c r="J35" t="s">
+        <v>117</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" t="s">
+        <v>107</v>
+      </c>
+      <c r="M35" t="s">
+        <v>108</v>
+      </c>
+      <c r="N35" t="s">
+        <v>137</v>
+      </c>
+      <c r="O35" t="s">
+        <v>336</v>
+      </c>
+      <c r="P35" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>99</v>
+      </c>
+      <c r="B36" t="s">
+        <v>338</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>332</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>339</v>
+      </c>
+      <c r="H36" t="s">
+        <v>340</v>
+      </c>
+      <c r="I36" t="s">
+        <v>341</v>
+      </c>
+      <c r="J36" t="s">
+        <v>117</v>
+      </c>
+      <c r="K36" t="s">
+        <v>41</v>
+      </c>
+      <c r="L36" t="s">
+        <v>107</v>
+      </c>
+      <c r="M36" t="s">
+        <v>108</v>
+      </c>
+      <c r="N36" t="s">
+        <v>137</v>
+      </c>
+      <c r="O36" t="s">
+        <v>342</v>
+      </c>
+      <c r="P36" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>99</v>
+      </c>
+      <c r="B37" t="s">
+        <v>344</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>345</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>346</v>
+      </c>
+      <c r="H37" t="s">
+        <v>347</v>
+      </c>
+      <c r="I37" t="s">
+        <v>348</v>
+      </c>
+      <c r="J37" t="s">
+        <v>349</v>
+      </c>
+      <c r="K37" t="s">
+        <v>350</v>
+      </c>
+      <c r="L37" t="s">
+        <v>107</v>
+      </c>
+      <c r="M37" t="s">
+        <v>108</v>
+      </c>
+      <c r="N37" t="s">
+        <v>162</v>
+      </c>
+      <c r="O37" t="s">
+        <v>163</v>
+      </c>
+      <c r="P37" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>99</v>
+      </c>
+      <c r="B38" t="s">
+        <v>352</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>345</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>353</v>
+      </c>
+      <c r="H38" t="s">
+        <v>354</v>
+      </c>
+      <c r="I38" t="s">
+        <v>348</v>
+      </c>
+      <c r="J38" t="s">
+        <v>349</v>
+      </c>
+      <c r="K38" t="s">
+        <v>350</v>
+      </c>
+      <c r="L38" t="s">
+        <v>107</v>
+      </c>
+      <c r="M38" t="s">
+        <v>108</v>
+      </c>
+      <c r="N38" t="s">
+        <v>162</v>
+      </c>
+      <c r="O38" t="s">
+        <v>355</v>
+      </c>
+      <c r="P38" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>99</v>
+      </c>
+      <c r="B39" t="s">
+        <v>357</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>358</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>359</v>
+      </c>
+      <c r="H39" t="s">
+        <v>360</v>
+      </c>
+      <c r="I39" t="s">
+        <v>361</v>
+      </c>
+      <c r="J39" t="s">
+        <v>362</v>
+      </c>
+      <c r="K39" t="s">
+        <v>363</v>
+      </c>
+      <c r="L39" t="s">
+        <v>107</v>
+      </c>
+      <c r="M39" t="s">
+        <v>108</v>
+      </c>
+      <c r="N39" t="s">
+        <v>109</v>
+      </c>
+      <c r="O39" t="s">
+        <v>110</v>
+      </c>
+      <c r="P39" t="s">
+        <v>364</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>99</v>
+      </c>
+      <c r="B40" t="s">
+        <v>365</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>366</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>367</v>
+      </c>
+      <c r="H40" t="s">
+        <v>368</v>
+      </c>
+      <c r="I40" t="s">
+        <v>369</v>
+      </c>
+      <c r="J40" t="s">
+        <v>349</v>
+      </c>
+      <c r="K40" t="s">
+        <v>350</v>
+      </c>
+      <c r="L40" t="s">
+        <v>107</v>
+      </c>
+      <c r="M40" t="s">
+        <v>108</v>
+      </c>
+      <c r="N40" t="s">
+        <v>109</v>
+      </c>
+      <c r="O40" t="s">
+        <v>110</v>
+      </c>
+      <c r="P40" t="s">
+        <v>370</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>99</v>
+      </c>
+      <c r="B41" t="s">
+        <v>371</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>372</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>373</v>
+      </c>
+      <c r="H41" t="s">
+        <v>374</v>
+      </c>
+      <c r="I41" t="s">
+        <v>375</v>
+      </c>
+      <c r="J41" t="s">
+        <v>160</v>
+      </c>
+      <c r="K41" t="s">
+        <v>161</v>
+      </c>
+      <c r="L41" t="s">
+        <v>107</v>
+      </c>
+      <c r="M41" t="s">
+        <v>128</v>
+      </c>
+      <c r="N41" t="s">
+        <v>109</v>
+      </c>
+      <c r="O41" t="s">
+        <v>110</v>
+      </c>
+      <c r="P41" t="s">
+        <v>376</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>99</v>
+      </c>
+      <c r="B42" t="s">
+        <v>377</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>378</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>379</v>
+      </c>
+      <c r="H42" t="s">
+        <v>380</v>
+      </c>
+      <c r="I42" t="s">
+        <v>381</v>
+      </c>
+      <c r="J42" t="s">
+        <v>160</v>
+      </c>
+      <c r="K42" t="s">
+        <v>161</v>
+      </c>
+      <c r="L42" t="s">
+        <v>107</v>
+      </c>
+      <c r="M42" t="s">
+        <v>128</v>
+      </c>
+      <c r="N42" t="s">
+        <v>382</v>
+      </c>
+      <c r="O42" t="s">
+        <v>383</v>
+      </c>
+      <c r="P42" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" t="s">
+        <v>385</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>386</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>387</v>
+      </c>
+      <c r="H43" t="s">
+        <v>388</v>
+      </c>
+      <c r="I43" t="s">
+        <v>389</v>
+      </c>
+      <c r="J43" t="s">
+        <v>390</v>
+      </c>
+      <c r="K43" t="s">
+        <v>391</v>
+      </c>
+      <c r="L43" t="s">
+        <v>107</v>
+      </c>
+      <c r="M43" t="s">
+        <v>108</v>
+      </c>
+      <c r="N43" t="s">
+        <v>226</v>
+      </c>
+      <c r="O43" t="s">
+        <v>227</v>
+      </c>
+      <c r="P43" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" t="s">
+        <v>393</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>386</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>394</v>
+      </c>
+      <c r="H44" t="s">
+        <v>395</v>
+      </c>
+      <c r="I44" t="s">
+        <v>396</v>
+      </c>
+      <c r="J44" t="s">
+        <v>20</v>
+      </c>
+      <c r="K44" t="s">
+        <v>397</v>
+      </c>
+      <c r="L44" t="s">
+        <v>107</v>
+      </c>
+      <c r="M44" t="s">
+        <v>108</v>
+      </c>
+      <c r="N44" t="s">
+        <v>226</v>
+      </c>
+      <c r="O44" t="s">
+        <v>398</v>
+      </c>
+      <c r="P44" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>99</v>
+      </c>
+      <c r="B45" t="s">
+        <v>400</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>401</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>402</v>
+      </c>
+      <c r="H45" t="s">
+        <v>403</v>
+      </c>
+      <c r="I45" t="s">
+        <v>316</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>317</v>
+      </c>
+      <c r="L45" t="s">
+        <v>107</v>
+      </c>
+      <c r="M45" t="s">
+        <v>128</v>
+      </c>
+      <c r="N45" t="s">
+        <v>137</v>
+      </c>
+      <c r="O45" t="s">
+        <v>153</v>
+      </c>
+      <c r="P45" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>99</v>
+      </c>
+      <c r="B46" t="s">
+        <v>405</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>401</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>406</v>
+      </c>
+      <c r="H46" t="s">
+        <v>407</v>
+      </c>
+      <c r="I46" t="s">
+        <v>408</v>
+      </c>
+      <c r="J46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" t="s">
+        <v>317</v>
+      </c>
+      <c r="L46" t="s">
+        <v>107</v>
+      </c>
+      <c r="M46" t="s">
+        <v>128</v>
+      </c>
+      <c r="N46" t="s">
+        <v>137</v>
+      </c>
+      <c r="O46" t="s">
+        <v>188</v>
+      </c>
+      <c r="P46" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>99</v>
+      </c>
+      <c r="B47" t="s">
+        <v>410</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>401</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>411</v>
+      </c>
+      <c r="H47" t="s">
+        <v>412</v>
+      </c>
+      <c r="I47" t="s">
+        <v>408</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>317</v>
+      </c>
+      <c r="L47" t="s">
+        <v>107</v>
+      </c>
+      <c r="M47" t="s">
+        <v>128</v>
+      </c>
+      <c r="N47" t="s">
+        <v>137</v>
+      </c>
+      <c r="O47" t="s">
+        <v>194</v>
+      </c>
+      <c r="P47" t="s">
+        <v>413</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>99</v>
+      </c>
+      <c r="B48" t="s">
+        <v>414</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>401</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>415</v>
+      </c>
+      <c r="H48" t="s">
+        <v>416</v>
+      </c>
+      <c r="I48" t="s">
+        <v>408</v>
+      </c>
+      <c r="J48" t="s">
+        <v>20</v>
+      </c>
+      <c r="K48" t="s">
+        <v>317</v>
+      </c>
+      <c r="L48" t="s">
+        <v>107</v>
+      </c>
+      <c r="M48" t="s">
+        <v>128</v>
+      </c>
+      <c r="N48" t="s">
+        <v>137</v>
+      </c>
+      <c r="O48" t="s">
+        <v>194</v>
+      </c>
+      <c r="P48" t="s">
+        <v>417</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>99</v>
+      </c>
+      <c r="B49" t="s">
+        <v>418</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>401</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>419</v>
+      </c>
+      <c r="H49" t="s">
+        <v>420</v>
+      </c>
+      <c r="I49" t="s">
+        <v>316</v>
+      </c>
+      <c r="J49" t="s">
+        <v>20</v>
+      </c>
+      <c r="K49" t="s">
+        <v>317</v>
+      </c>
+      <c r="L49" t="s">
+        <v>107</v>
+      </c>
+      <c r="M49" t="s">
+        <v>128</v>
+      </c>
+      <c r="N49" t="s">
+        <v>382</v>
+      </c>
+      <c r="O49" t="s">
+        <v>383</v>
+      </c>
+      <c r="P49" t="s">
+        <v>421</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>99</v>
+      </c>
+      <c r="B50" t="s">
+        <v>422</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>401</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>423</v>
+      </c>
+      <c r="H50" t="s">
+        <v>424</v>
+      </c>
+      <c r="I50" t="s">
+        <v>316</v>
+      </c>
+      <c r="J50" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" t="s">
+        <v>317</v>
+      </c>
+      <c r="L50" t="s">
+        <v>107</v>
+      </c>
+      <c r="M50" t="s">
+        <v>128</v>
+      </c>
+      <c r="N50" t="s">
+        <v>137</v>
+      </c>
+      <c r="O50" t="s">
+        <v>342</v>
+      </c>
+      <c r="P50" t="s">
+        <v>425</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>99</v>
+      </c>
+      <c r="B51" t="s">
+        <v>426</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>427</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>428</v>
+      </c>
+      <c r="H51" t="s">
+        <v>429</v>
+      </c>
+      <c r="I51" t="s">
+        <v>430</v>
+      </c>
+      <c r="J51" t="s">
+        <v>431</v>
+      </c>
+      <c r="K51" t="s">
+        <v>432</v>
+      </c>
+      <c r="L51" t="s">
+        <v>107</v>
+      </c>
+      <c r="M51" t="s">
+        <v>207</v>
+      </c>
+      <c r="N51" t="s">
+        <v>109</v>
+      </c>
+      <c r="O51" t="s">
+        <v>110</v>
+      </c>
+      <c r="P51" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>99</v>
+      </c>
+      <c r="B52" t="s">
+        <v>434</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>435</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>436</v>
+      </c>
+      <c r="H52" t="s">
+        <v>437</v>
+      </c>
+      <c r="I52" t="s">
+        <v>438</v>
+      </c>
+      <c r="J52" t="s">
+        <v>214</v>
+      </c>
+      <c r="K52" t="s">
+        <v>215</v>
+      </c>
+      <c r="L52" t="s">
+        <v>107</v>
+      </c>
+      <c r="M52" t="s">
+        <v>128</v>
+      </c>
+      <c r="N52" t="s">
+        <v>109</v>
+      </c>
+      <c r="O52" t="s">
+        <v>110</v>
+      </c>
+      <c r="P52" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>99</v>
+      </c>
+      <c r="B53" t="s">
+        <v>440</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>441</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>442</v>
+      </c>
+      <c r="H53" t="s">
+        <v>443</v>
+      </c>
+      <c r="I53" t="s">
+        <v>444</v>
+      </c>
+      <c r="J53" t="s">
+        <v>117</v>
+      </c>
+      <c r="K53" t="s">
+        <v>41</v>
+      </c>
+      <c r="L53" t="s">
+        <v>107</v>
+      </c>
+      <c r="M53" t="s">
+        <v>108</v>
+      </c>
+      <c r="N53" t="s">
+        <v>109</v>
+      </c>
+      <c r="O53" t="s">
+        <v>110</v>
+      </c>
+      <c r="P53" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>99</v>
+      </c>
+      <c r="B54" t="s">
+        <v>446</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>447</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>448</v>
+      </c>
+      <c r="H54" t="s">
+        <v>449</v>
+      </c>
+      <c r="I54" t="s">
+        <v>450</v>
+      </c>
+      <c r="J54" t="s">
+        <v>451</v>
+      </c>
+      <c r="K54" t="s">
+        <v>452</v>
+      </c>
+      <c r="L54" t="s">
+        <v>107</v>
+      </c>
+      <c r="M54" t="s">
+        <v>128</v>
+      </c>
+      <c r="N54" t="s">
+        <v>109</v>
+      </c>
+      <c r="O54" t="s">
+        <v>110</v>
+      </c>
+      <c r="P54" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>99</v>
+      </c>
+      <c r="B55" t="s">
+        <v>454</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>447</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>455</v>
+      </c>
+      <c r="H55" t="s">
+        <v>456</v>
+      </c>
+      <c r="I55" t="s">
+        <v>160</v>
+      </c>
+      <c r="J55" t="s">
+        <v>20</v>
+      </c>
+      <c r="K55" t="s">
+        <v>161</v>
+      </c>
+      <c r="L55" t="s">
+        <v>107</v>
+      </c>
+      <c r="M55" t="s">
+        <v>128</v>
+      </c>
+      <c r="N55" t="s">
+        <v>109</v>
+      </c>
+      <c r="O55" t="s">
+        <v>110</v>
+      </c>
+      <c r="P55" t="s">
+        <v>457</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>99</v>
+      </c>
+      <c r="B56" t="s">
+        <v>458</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>459</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>460</v>
+      </c>
+      <c r="H56" t="s">
+        <v>461</v>
+      </c>
+      <c r="I56" t="s">
+        <v>462</v>
+      </c>
+      <c r="J56" t="s">
+        <v>20</v>
+      </c>
+      <c r="K56" t="s">
+        <v>463</v>
+      </c>
+      <c r="L56" t="s">
+        <v>107</v>
+      </c>
+      <c r="M56" t="s">
+        <v>108</v>
+      </c>
+      <c r="N56" t="s">
+        <v>137</v>
+      </c>
+      <c r="O56" t="s">
+        <v>336</v>
+      </c>
+      <c r="P56" t="s">
+        <v>464</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>465</v>
+      </c>
+      <c r="J1" t="s">
+        <v>91</v>
+      </c>
+      <c r="K1" t="s">
+        <v>466</v>
+      </c>
+      <c r="L1" t="s">
+        <v>93</v>
+      </c>
+      <c r="M1" t="s">
+        <v>94</v>
+      </c>
+      <c r="N1" t="s">
+        <v>467</v>
+      </c>
+      <c r="O1" t="s">
+        <v>468</v>
+      </c>
+      <c r="P1" t="s">
+        <v>469</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>470</v>
+      </c>
+      <c r="R1" t="s">
+        <v>95</v>
+      </c>
+      <c r="S1" t="s">
+        <v>471</v>
+      </c>
+      <c r="T1" t="s">
+        <v>472</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>473</v>
+      </c>
+      <c r="B2" t="s">
+        <v>474</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>475</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>476</v>
+      </c>
+      <c r="H2" t="s">
+        <v>477</v>
+      </c>
+      <c r="I2" t="s">
+        <v>478</v>
+      </c>
+      <c r="J2" t="s">
+        <v>20</v>
+      </c>
+      <c r="K2" t="s">
+        <v>408</v>
+      </c>
+      <c r="L2" t="s">
+        <v>317</v>
+      </c>
+      <c r="M2" t="s">
+        <v>107</v>
+      </c>
+      <c r="N2" t="s">
+        <v>479</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>481</v>
+      </c>
+      <c r="R2" t="s">
+        <v>128</v>
+      </c>
+      <c r="S2" t="s">
+        <v>482</v>
+      </c>
+      <c r="T2" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>473</v>
+      </c>
+      <c r="B3" t="s">
+        <v>484</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>485</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>486</v>
+      </c>
+      <c r="H3" t="s">
+        <v>487</v>
+      </c>
+      <c r="I3" t="s">
+        <v>478</v>
+      </c>
+      <c r="J3" t="s">
+        <v>488</v>
+      </c>
+      <c r="K3" t="s">
+        <v>117</v>
+      </c>
+      <c r="L3" t="s">
+        <v>41</v>
+      </c>
+      <c r="M3" t="s">
+        <v>107</v>
+      </c>
+      <c r="N3" t="s">
+        <v>489</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>491</v>
+      </c>
+      <c r="R3" t="s">
+        <v>490</v>
+      </c>
+      <c r="S3" t="s">
+        <v>492</v>
+      </c>
+      <c r="T3" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>473</v>
+      </c>
+      <c r="B4" t="s">
+        <v>494</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>485</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>495</v>
+      </c>
+      <c r="H4" t="s">
+        <v>496</v>
+      </c>
+      <c r="I4" t="s">
+        <v>497</v>
+      </c>
+      <c r="J4" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" t="s">
+        <v>316</v>
+      </c>
+      <c r="L4" t="s">
+        <v>317</v>
+      </c>
+      <c r="M4" t="s">
+        <v>107</v>
+      </c>
+      <c r="N4" t="s">
+        <v>498</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>491</v>
+      </c>
+      <c r="R4" t="s">
+        <v>490</v>
+      </c>
+      <c r="S4" t="s">
+        <v>499</v>
+      </c>
+      <c r="T4" t="s">
+        <v>493</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>473</v>
+      </c>
+      <c r="B5" t="s">
+        <v>500</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>501</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>502</v>
+      </c>
+      <c r="H5" t="s">
+        <v>503</v>
+      </c>
+      <c r="I5" t="s">
+        <v>478</v>
+      </c>
+      <c r="J5" t="s">
+        <v>504</v>
+      </c>
+      <c r="K5" t="s">
+        <v>505</v>
+      </c>
+      <c r="L5" t="s">
+        <v>41</v>
+      </c>
+      <c r="M5" t="s">
+        <v>107</v>
+      </c>
+      <c r="N5" t="s">
+        <v>506</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>507</v>
+      </c>
+      <c r="R5" t="s">
+        <v>490</v>
+      </c>
+      <c r="S5" t="s">
+        <v>42</v>
+      </c>
+      <c r="T5" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>473</v>
+      </c>
+      <c r="B6" t="s">
+        <v>509</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>510</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>511</v>
+      </c>
+      <c r="H6" t="s">
+        <v>512</v>
+      </c>
+      <c r="I6" t="s">
+        <v>513</v>
+      </c>
+      <c r="J6" t="s">
+        <v>514</v>
+      </c>
+      <c r="K6" t="s">
+        <v>515</v>
+      </c>
+      <c r="L6" t="s">
+        <v>41</v>
+      </c>
+      <c r="M6" t="s">
+        <v>107</v>
+      </c>
+      <c r="N6" t="s">
+        <v>516</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>517</v>
+      </c>
+      <c r="R6" t="s">
+        <v>128</v>
+      </c>
+      <c r="S6" t="s">
+        <v>90</v>
+      </c>
+      <c r="T6" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>473</v>
+      </c>
+      <c r="B7" t="s">
+        <v>519</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>520</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>521</v>
+      </c>
+      <c r="H7" t="s">
+        <v>522</v>
+      </c>
+      <c r="I7" t="s">
+        <v>478</v>
+      </c>
+      <c r="J7" t="s">
+        <v>523</v>
+      </c>
+      <c r="K7" t="s">
+        <v>524</v>
+      </c>
+      <c r="L7" t="s">
+        <v>525</v>
+      </c>
+      <c r="M7" t="s">
+        <v>107</v>
+      </c>
+      <c r="N7" t="s">
+        <v>526</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>527</v>
+      </c>
+      <c r="R7" t="s">
+        <v>128</v>
+      </c>
+      <c r="S7" t="s">
+        <v>528</v>
+      </c>
+      <c r="T7" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>473</v>
+      </c>
+      <c r="B8" t="s">
+        <v>529</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>530</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>531</v>
+      </c>
+      <c r="H8" t="s">
+        <v>532</v>
+      </c>
+      <c r="I8" t="s">
+        <v>478</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>533</v>
+      </c>
+      <c r="L8" t="s">
+        <v>534</v>
+      </c>
+      <c r="M8" t="s">
+        <v>107</v>
+      </c>
+      <c r="N8" t="s">
+        <v>535</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>536</v>
+      </c>
+      <c r="R8" t="s">
+        <v>490</v>
+      </c>
+      <c r="S8" t="s">
+        <v>537</v>
+      </c>
+      <c r="T8" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>473</v>
+      </c>
+      <c r="B9" t="s">
+        <v>538</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>539</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>540</v>
+      </c>
+      <c r="H9" t="s">
+        <v>541</v>
+      </c>
+      <c r="I9" t="s">
+        <v>478</v>
+      </c>
+      <c r="J9" t="s">
+        <v>542</v>
+      </c>
+      <c r="K9" t="s">
+        <v>543</v>
+      </c>
+      <c r="L9" t="s">
+        <v>544</v>
+      </c>
+      <c r="M9" t="s">
+        <v>107</v>
+      </c>
+      <c r="N9" t="s">
+        <v>545</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>527</v>
+      </c>
+      <c r="R9" t="s">
+        <v>128</v>
+      </c>
+      <c r="S9" t="s">
+        <v>546</v>
+      </c>
+      <c r="T9" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>473</v>
+      </c>
+      <c r="B10" t="s">
+        <v>547</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>539</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>548</v>
+      </c>
+      <c r="H10" t="s">
+        <v>549</v>
+      </c>
+      <c r="I10" t="s">
+        <v>478</v>
+      </c>
+      <c r="J10" t="s">
+        <v>438</v>
+      </c>
+      <c r="K10" t="s">
+        <v>214</v>
+      </c>
+      <c r="L10" t="s">
+        <v>215</v>
+      </c>
+      <c r="M10" t="s">
+        <v>107</v>
+      </c>
+      <c r="N10" t="s">
+        <v>550</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>527</v>
+      </c>
+      <c r="R10" t="s">
+        <v>128</v>
+      </c>
+      <c r="S10" t="s">
+        <v>551</v>
+      </c>
+      <c r="T10" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>473</v>
+      </c>
+      <c r="B11" t="s">
+        <v>552</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>520</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>553</v>
+      </c>
+      <c r="H11" t="s">
+        <v>554</v>
+      </c>
+      <c r="I11" t="s">
+        <v>478</v>
+      </c>
+      <c r="J11" t="s">
+        <v>555</v>
+      </c>
+      <c r="K11" t="s">
+        <v>556</v>
+      </c>
+      <c r="L11" t="s">
+        <v>557</v>
+      </c>
+      <c r="M11" t="s">
+        <v>107</v>
+      </c>
+      <c r="N11" t="s">
+        <v>558</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>527</v>
+      </c>
+      <c r="R11" t="s">
+        <v>128</v>
+      </c>
+      <c r="S11" t="s">
+        <v>559</v>
+      </c>
+      <c r="T11" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>473</v>
+      </c>
+      <c r="B12" t="s">
+        <v>560</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>510</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>561</v>
+      </c>
+      <c r="H12" t="s">
+        <v>562</v>
+      </c>
+      <c r="I12" t="s">
+        <v>478</v>
+      </c>
+      <c r="J12" t="s">
+        <v>381</v>
+      </c>
+      <c r="K12" t="s">
+        <v>160</v>
+      </c>
+      <c r="L12" t="s">
+        <v>161</v>
+      </c>
+      <c r="M12" t="s">
+        <v>107</v>
+      </c>
+      <c r="N12" t="s">
+        <v>563</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>564</v>
+      </c>
+      <c r="R12" t="s">
+        <v>128</v>
+      </c>
+      <c r="S12" t="s">
+        <v>565</v>
+      </c>
+      <c r="T12" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>473</v>
+      </c>
+      <c r="B13" t="s">
+        <v>509</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>566</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>567</v>
+      </c>
+      <c r="H13" t="s">
+        <v>568</v>
+      </c>
+      <c r="I13" t="s">
+        <v>478</v>
+      </c>
+      <c r="J13" t="s">
+        <v>569</v>
+      </c>
+      <c r="K13" t="s">
+        <v>570</v>
+      </c>
+      <c r="L13" t="s">
+        <v>571</v>
+      </c>
+      <c r="M13" t="s">
+        <v>107</v>
+      </c>
+      <c r="N13" t="s">
+        <v>572</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>481</v>
+      </c>
+      <c r="R13" t="s">
+        <v>128</v>
+      </c>
+      <c r="S13" t="s">
+        <v>573</v>
+      </c>
+      <c r="T13" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>473</v>
+      </c>
+      <c r="B14" t="s">
+        <v>574</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>539</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>575</v>
+      </c>
+      <c r="H14" t="s">
+        <v>576</v>
+      </c>
+      <c r="I14" t="s">
+        <v>497</v>
+      </c>
+      <c r="J14" t="s">
+        <v>577</v>
+      </c>
+      <c r="K14" t="s">
+        <v>543</v>
+      </c>
+      <c r="L14" t="s">
+        <v>544</v>
+      </c>
+      <c r="M14" t="s">
+        <v>107</v>
+      </c>
+      <c r="N14" t="s">
+        <v>545</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>578</v>
+      </c>
+      <c r="R14" t="s">
+        <v>128</v>
+      </c>
+      <c r="S14" t="s">
+        <v>579</v>
+      </c>
+      <c r="T14" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>473</v>
+      </c>
+      <c r="B15" t="s">
+        <v>580</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>510</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>581</v>
+      </c>
+      <c r="H15" t="s">
+        <v>582</v>
+      </c>
+      <c r="I15" t="s">
+        <v>497</v>
+      </c>
+      <c r="J15" t="s">
+        <v>381</v>
+      </c>
+      <c r="K15" t="s">
+        <v>160</v>
+      </c>
+      <c r="L15" t="s">
+        <v>161</v>
+      </c>
+      <c r="M15" t="s">
+        <v>107</v>
+      </c>
+      <c r="N15" t="s">
+        <v>583</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>578</v>
+      </c>
+      <c r="R15" t="s">
+        <v>128</v>
+      </c>
+      <c r="S15" t="s">
+        <v>584</v>
+      </c>
+      <c r="T15" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>473</v>
+      </c>
+      <c r="B16" t="s">
+        <v>585</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>586</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>587</v>
+      </c>
+      <c r="H16" t="s">
+        <v>588</v>
+      </c>
+      <c r="I16" t="s">
+        <v>478</v>
+      </c>
+      <c r="J16" t="s">
+        <v>589</v>
+      </c>
+      <c r="K16" t="s">
+        <v>590</v>
+      </c>
+      <c r="L16" t="s">
+        <v>591</v>
+      </c>
+      <c r="M16" t="s">
+        <v>107</v>
+      </c>
+      <c r="N16" t="s">
+        <v>592</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>490</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>481</v>
+      </c>
+      <c r="R16" t="s">
+        <v>490</v>
+      </c>
+      <c r="S16" t="s">
+        <v>593</v>
+      </c>
+      <c r="T16" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>473</v>
+      </c>
+      <c r="B17" t="s">
+        <v>594</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>510</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>595</v>
+      </c>
+      <c r="H17" t="s">
+        <v>596</v>
+      </c>
+      <c r="I17" t="s">
+        <v>497</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>264</v>
+      </c>
+      <c r="L17" t="s">
+        <v>265</v>
+      </c>
+      <c r="M17" t="s">
+        <v>107</v>
+      </c>
+      <c r="N17" t="s">
+        <v>597</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>536</v>
+      </c>
+      <c r="R17" t="s">
+        <v>128</v>
+      </c>
+      <c r="S17" t="s">
+        <v>598</v>
+      </c>
+      <c r="T17" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>473</v>
+      </c>
+      <c r="B18" t="s">
+        <v>599</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>520</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>600</v>
+      </c>
+      <c r="H18" t="s">
+        <v>601</v>
+      </c>
+      <c r="I18" t="s">
+        <v>478</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>505</v>
+      </c>
+      <c r="L18" t="s">
+        <v>41</v>
+      </c>
+      <c r="M18" t="s">
+        <v>107</v>
+      </c>
+      <c r="N18" t="s">
+        <v>602</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>128</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>578</v>
+      </c>
+      <c r="R18" t="s">
+        <v>128</v>
+      </c>
+      <c r="S18" t="s">
+        <v>603</v>
+      </c>
+      <c r="T18" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>473</v>
+      </c>
+      <c r="B19" t="s">
+        <v>604</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>510</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>605</v>
+      </c>
+      <c r="H19" t="s">
+        <v>606</v>
+      </c>
+      <c r="I19" t="s">
+        <v>497</v>
+      </c>
+      <c r="J19" t="s">
+        <v>569</v>
+      </c>
+      <c r="K19" t="s">
+        <v>570</v>
+      </c>
+      <c r="L19" t="s">
+        <v>571</v>
+      </c>
+      <c r="M19" t="s">
+        <v>107</v>
+      </c>
+      <c r="N19" t="s">
+        <v>607</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>536</v>
+      </c>
+      <c r="R19" t="s">
+        <v>128</v>
+      </c>
+      <c r="S19" t="s">
+        <v>608</v>
+      </c>
+      <c r="T19" t="s">
+        <v>518</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>473</v>
+      </c>
+      <c r="B20" t="s">
+        <v>609</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>510</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>610</v>
+      </c>
+      <c r="H20" t="s">
+        <v>611</v>
+      </c>
+      <c r="I20" t="s">
+        <v>478</v>
+      </c>
+      <c r="J20" t="s">
+        <v>612</v>
+      </c>
+      <c r="K20" t="s">
+        <v>117</v>
+      </c>
+      <c r="L20" t="s">
+        <v>41</v>
+      </c>
+      <c r="M20" t="s">
+        <v>107</v>
+      </c>
+      <c r="N20" t="s">
+        <v>613</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>480</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>527</v>
+      </c>
+      <c r="R20" t="s">
+        <v>128</v>
+      </c>
+      <c r="S20" t="s">
+        <v>614</v>
+      </c>
+      <c r="T20" t="s">
+        <v>518</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>