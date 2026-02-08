--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1433" uniqueCount="615">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1462" uniqueCount="635">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,206 +74,239 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur SOPHIANE DERBAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808583/fr/docteur-sophiane-derbal</t>
+  </si>
+  <si>
+    <t>p_3808583</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>DERBAL</t>
+  </si>
+  <si>
+    <t>SOPHIANE</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX,CH DU BLANC,C H U  DUPUYTREN  LIMOGES</t>
+  </si>
+  <si>
+    <t>36019,36300,87042</t>
+  </si>
+  <si>
+    <t>CHATEAUROUX,LE BLANC,LIMOGES CEDEX 1</t>
+  </si>
+  <si>
+    <t>360000137,360000160,870000064</t>
+  </si>
+  <si>
     <t>Docteur Julien EVEN</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>03/02/2022 14:32:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3313867/fr/docteur-julien-even</t>
   </si>
   <si>
     <t>p_3313867</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>EVEN</t>
   </si>
   <si>
     <t>Julien</t>
   </si>
   <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT FRANCOIS,CLINIQUE INTERNATIONALE PARC MONCEAU</t>
+  </si>
+  <si>
+    <t>36006,75017</t>
+  </si>
+  <si>
+    <t>CHATEAUROUX,PARIS</t>
+  </si>
+  <si>
+    <t>360000129,750300915</t>
+  </si>
+  <si>
+    <t>Docteur CHRISTOPHE ALRIC</t>
+  </si>
+  <si>
+    <t>12/10/2017 11:31:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2798152/fr/docteur-christophe-alric</t>
+  </si>
+  <si>
+    <t>c_2798152</t>
+  </si>
+  <si>
+    <t>ALRIC</t>
+  </si>
+  <si>
+    <t>CHRISTOPHE</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT FRANCOIS</t>
+  </si>
+  <si>
+    <t>36006</t>
+  </si>
+  <si>
+    <t>CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>360000129</t>
+  </si>
+  <si>
+    <t>Docteur Jean marc GLASSON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708787/fr/docteur-jean-marc-glasson</t>
+  </si>
+  <si>
+    <t>c_2708787</t>
+  </si>
+  <si>
+    <t>GLASSON</t>
+  </si>
+  <si>
+    <t>Jean marc</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>HOPITAL PRIVE CANNES OXFORD,CLINIQUE DU PARC IMPERIAL,CLINIQUE SAINT FRANCOIS</t>
+  </si>
+  <si>
+    <t>06400,06045,36006</t>
+  </si>
+  <si>
+    <t>CANNES,NICE CEDEX 1,CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>060021417,060780723,360000129</t>
+  </si>
+  <si>
+    <t>Docteur Anne VIDIL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709611/fr/docteur-anne-vidil</t>
+  </si>
+  <si>
+    <t>c_2709611</t>
+  </si>
+  <si>
+    <t>VIDIL</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>12 September 2024</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT FRANCOIS,CLINIQUE DU CAP D'OR</t>
+  </si>
+  <si>
+    <t>36006,83500</t>
+  </si>
+  <si>
+    <t>CHATEAUROUX,LA SEYNE SUR MER</t>
+  </si>
+  <si>
+    <t>360000129,830100251</t>
+  </si>
+  <si>
+    <t>Docteur Christine FRAYRET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711532/fr/docteur-christine-frayret</t>
+  </si>
+  <si>
+    <t>c_2711532</t>
+  </si>
+  <si>
+    <t>FRAYRET</t>
+  </si>
+  <si>
+    <t>Christine</t>
+  </si>
+  <si>
     <t>03 February 2022</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT FRANCOIS,CLINIQUE INTERNATIONALE PARC MONCEAU</t>
-[...127 lines deleted...]
-  <si>
     <t>CH CHATEAUROUX,CLINIQUE DE LA MUETTE</t>
   </si>
   <si>
     <t>36019,75116</t>
   </si>
   <si>
     <t>360000137,750300840</t>
   </si>
   <si>
     <t>Docteur Caesar MURGU</t>
   </si>
   <si>
     <t>08/11/2016 11:35:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713110/fr/docteur-caesar-murgu</t>
   </si>
   <si>
     <t>c_2713110</t>
   </si>
   <si>
     <t>MURGU</t>
   </si>
   <si>
     <t>Caesar</t>
@@ -317,137 +350,188 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>STEMO DU BERRY - UEMO CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>28/01/2026 05:05:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15761_FicheESSMS/fr/stemo-du-berry-uemo-chateauroux</t>
+  </si>
+  <si>
+    <t>15761_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Cantrelle</t>
+  </si>
+  <si>
+    <t>36020 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>360009187</t>
+  </si>
+  <si>
+    <t>RESIDENCE HABITAT JEUNES PIERRE PERRET</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:12:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15436_FicheESSMS/fr/residence-habitat-jeunes-pierre-perret</t>
+  </si>
+  <si>
+    <t>15436_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Michelet</t>
+  </si>
+  <si>
+    <t>36000 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>360002125</t>
+  </si>
+  <si>
     <t>EHPAD LA ROSERAIE</t>
   </si>
   <si>
     <t>07/11/2025 16:22:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14273_FicheESSMS/fr/ehpad-la-roseraie</t>
   </si>
   <si>
     <t>14273_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue Abel Bonnet</t>
   </si>
   <si>
     <t>36210 CHABRIS</t>
   </si>
   <si>
     <t>CHABRIS</t>
   </si>
   <si>
-    <t>36</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>360002174</t>
   </si>
   <si>
     <t>CSAPA ADDICTIONS FRANCE 36</t>
   </si>
   <si>
     <t>07/11/2025 16:27:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14571_FicheESSMS/fr/csapa-addictions-france-36</t>
   </si>
   <si>
     <t>14571_FicheESSMS</t>
   </si>
   <si>
     <t>7 Rue Des Mousseaux</t>
   </si>
   <si>
-    <t>36000 CHATEAUROUX</t>
-[...1 lines deleted...]
-  <si>
     <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
   </si>
   <si>
     <t>360005524</t>
   </si>
   <si>
     <t>EHPAD CHATEAU DES COTES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/166_FicheESSMS/fr/ehpad-chateau-des-cotes</t>
   </si>
   <si>
     <t>166_FicheESSMS</t>
   </si>
   <si>
     <t>20 Avenue Langlois Bertrand</t>
   </si>
   <si>
     <t>36800 ST GAULTIER</t>
   </si>
   <si>
     <t>ST GAULTIER</t>
   </si>
   <si>
-    <t>Public</t>
-[...1 lines deleted...]
-  <si>
     <t>360002034</t>
   </si>
   <si>
     <t>ESAT DE SAINT MARCEL</t>
   </si>
   <si>
     <t>10/09/2025 12:15:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/463_FicheESSMS/fr/esat-de-saint-marcel</t>
   </si>
   <si>
     <t>463_FicheESSMS</t>
   </si>
   <si>
     <t>5 Chemin Du Moulinet</t>
   </si>
   <si>
     <t>36200 ST MARCEL</t>
   </si>
   <si>
     <t>ST MARCEL</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
@@ -665,83 +749,77 @@
   <si>
     <t>360006126</t>
   </si>
   <si>
     <t>CADA ADOMA BUZANCAIS</t>
   </si>
   <si>
     <t>10/09/2025 12:18:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2467_FicheESSMS/fr/cada-adoma-buzancais</t>
   </si>
   <si>
     <t>2467_FicheESSMS</t>
   </si>
   <si>
     <t>2 Route De Chateauroux</t>
   </si>
   <si>
     <t>36500 BUZANCAIS</t>
   </si>
   <si>
     <t>BUZANCAIS</t>
   </si>
   <si>
-    <t>Accueil, Hébergement, Insertion</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
   </si>
   <si>
     <t>360009104</t>
   </si>
   <si>
     <t>SAPMN - M'HOME36</t>
   </si>
   <si>
     <t>10/09/2025 12:18:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3002_FicheESSMS/fr/sapmn-m-home36</t>
   </si>
   <si>
     <t>3002_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue Jules Parise</t>
   </si>
   <si>
     <t>36700 CLION</t>
   </si>
   <si>
     <t>CLION</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...1 lines deleted...]
-  <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>360004410</t>
   </si>
   <si>
     <t>MECS - M'HOME36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3001_FicheESSMS/fr/mecs-m-home36</t>
   </si>
   <si>
     <t>3001_FicheESSMS</t>
   </si>
   <si>
     <t>360000418</t>
   </si>
   <si>
     <t>FOYER OCCUPATIONNEL D'ARGY</t>
   </si>
   <si>
     <t>10/09/2025 12:19:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3427_FicheESSMS/fr/foyer-occupationnel-d-argy</t>
@@ -1439,522 +1517,504 @@
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
+    <t>CENTRE HOSPITALIER</t>
+  </si>
+  <si>
+    <t>30/12/2025 10:53:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1187_FicheEtablissement/fr/ch-chateauroux</t>
+  </si>
+  <si>
+    <t>1187_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>216 Avenue De Verdun</t>
+  </si>
+  <si>
+    <t>36019 CHATEAUROUX</t>
+  </si>
+  <si>
+    <t>0254296000</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DU BLANC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1189_FicheEtablissement/fr/ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1189_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0254282828</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360000160</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1197_FicheEtablissement/fr/usld-ch-du-blanc</t>
+  </si>
+  <si>
+    <t>1197_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0254372772</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>360004592</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE GIREUGNE-ST MAUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1195_FicheEtablissement/fr/ch-chateauroux-site-gireugne-st-maur</t>
+  </si>
+  <si>
+    <t>1195_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0254537279</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>360000327</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SITE DE LA CHATRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5126_FicheEtablissement/fr/ch-chateauroux-site-de-la-chatre</t>
+  </si>
+  <si>
+    <t>5126_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Des Oiseaux</t>
+  </si>
+  <si>
+    <t>36400 LA CHATRE</t>
+  </si>
+  <si>
+    <t>LA CHATRE</t>
+  </si>
+  <si>
+    <t>0254065442</t>
+  </si>
+  <si>
+    <t>360008387</t>
+  </si>
+  <si>
+    <t>CH CHATEAUROUX SSR ZAC DES CHEVALIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5117_FicheEtablissement/fr/ch-chateauroux-ssr-zac-des-chevaliers</t>
+  </si>
+  <si>
+    <t>5117_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Nicolas Ledoux</t>
+  </si>
+  <si>
+    <t>0254295300</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>360003149</t>
+  </si>
+  <si>
     <t>CENTRE HOSPITALIER DE LA TOUR BLANCHE</t>
   </si>
   <si>
     <t>24/06/2025 09:12:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1185_FicheEtablissement/fr/ch-la-tour-blanche-issoudun</t>
   </si>
   <si>
     <t>1185_FicheEtablissement</t>
   </si>
   <si>
-    <t>moyen</t>
-[...1 lines deleted...]
-  <si>
     <t>0254035403</t>
   </si>
   <si>
-    <t>CH</t>
-[...1 lines deleted...]
-  <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>360000038</t>
   </si>
   <si>
-    <t>Établissements non certifiés</t>
-[...1 lines deleted...]
-  <si>
     <t>CENTRE DE NEPHROLOGIE DE CHATEAUROUX - CH CHATEAUROUX</t>
   </si>
   <si>
     <t>24/02/2025 09:31:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3754_FicheEtablissement/fr/ctre-nephro-chateauroux-ch-chateauroux</t>
   </si>
   <si>
     <t>3754_FicheEtablissement</t>
   </si>
   <si>
     <t>131 Avenue John Kennedy</t>
   </si>
   <si>
     <t>0254224626</t>
   </si>
   <si>
     <t>Privé</t>
   </si>
   <si>
     <t>Néphrologie</t>
   </si>
   <si>
     <t>360002133</t>
   </si>
   <si>
     <t>Établissements certifiés avec mention</t>
   </si>
   <si>
     <t>CENTRE NÉPHRO. CHÂTEAUROUX-CH ISSOUDUN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3753_FicheEtablissement/fr/centre-nephro-chateauroux-ch-issoudun</t>
   </si>
   <si>
     <t>3753_FicheEtablissement</t>
   </si>
   <si>
-    <t>petit</t>
-[...1 lines deleted...]
-  <si>
     <t>0254030474</t>
   </si>
   <si>
     <t>360000962</t>
   </si>
   <si>
     <t>CLINIQUE SAINT-FRANCOIS</t>
   </si>
   <si>
     <t>21/01/2025 10:16:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1186_FicheEtablissement/fr/clinique-saint-francois</t>
   </si>
   <si>
     <t>1186_FicheEtablissement</t>
   </si>
   <si>
     <t>22 Avenue Marcel Lemoine</t>
   </si>
   <si>
     <t>36006 CHATEAUROUX</t>
   </si>
   <si>
     <t>0254536014</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>Établissements certifiés</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER</t>
-[...28 lines deleted...]
-  <si>
     <t>CH LEVROUX</t>
   </si>
   <si>
     <t>21/01/2025 10:18:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1194_FicheEtablissement/fr/ch-levroux</t>
   </si>
   <si>
     <t>1194_FicheEtablissement</t>
   </si>
   <si>
     <t>60 Rue Nationale</t>
   </si>
   <si>
     <t>36110 LEVROUX</t>
   </si>
   <si>
     <t>LEVROUX</t>
   </si>
   <si>
     <t>0254291000</t>
   </si>
   <si>
-    <t>Soins médicaux et de réadaptation</t>
-[...1 lines deleted...]
-  <si>
     <t>360000251</t>
   </si>
   <si>
     <t>CLINIQUE LE HAUT-CLUZEAU CHASSENEUIL</t>
   </si>
   <si>
     <t>21/01/2025 10:18:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1193_FicheEtablissement/fr/clinique-du-haut-cluzeau</t>
   </si>
   <si>
     <t>1193_FicheEtablissement</t>
   </si>
   <si>
     <t>36800 CHASSENEUIL</t>
   </si>
   <si>
     <t>CHASSENEUIL</t>
   </si>
   <si>
     <t>0254258036</t>
   </si>
   <si>
-    <t>Psychiatrie</t>
-[...1 lines deleted...]
-  <si>
     <t>360000210</t>
   </si>
   <si>
     <t>CH CHATILLON SUR INDRE</t>
   </si>
   <si>
     <t>21/01/2025 10:18:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1192_FicheEtablissement/fr/ch-chatillon-sur-indre</t>
   </si>
   <si>
     <t>1192_FicheEtablissement</t>
   </si>
   <si>
     <t>13 Avenue De Verdun</t>
   </si>
   <si>
     <t>36700 CHATILLON SUR INDRE</t>
   </si>
   <si>
     <t>CHATILLON SUR INDRE</t>
   </si>
   <si>
     <t>0254023333</t>
   </si>
   <si>
     <t>360000202</t>
   </si>
   <si>
-    <t>CH SAINT-ROCH BUZANCAIS</t>
-[...13 lines deleted...]
-  <si>
     <t>CH SAINT CHARLES DE VALENCAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1190_FicheEtablissement/fr/ch-saint-charles-de-valencay</t>
   </si>
   <si>
     <t>1190_FicheEtablissement</t>
   </si>
   <si>
     <t>24 Rue Des Princes</t>
   </si>
   <si>
     <t>36600 VALENCAY</t>
   </si>
   <si>
     <t>VALENCAY</t>
   </si>
   <si>
     <t>0254003000</t>
   </si>
   <si>
     <t>360000178</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DU BLANC</t>
-[...16 lines deleted...]
-  <si>
     <t>21/01/2025 10:18:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1188_FicheEtablissement/fr/ch-la-chatre</t>
   </si>
   <si>
     <t>1188_FicheEtablissement</t>
   </si>
   <si>
-    <t>40 Rue Des Oiseaux</t>
-[...7 lines deleted...]
-  <si>
     <t>0254065400</t>
   </si>
   <si>
     <t>360000145</t>
   </si>
   <si>
     <t>ETABLISSEMENT DE SOINS DE LONGUE DUREE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1199_FicheEtablissement/fr/usld-site-ch-chatillon-sur-indre</t>
   </si>
   <si>
     <t>1199_FicheEtablissement</t>
   </si>
   <si>
     <t>13 Rue De Verdun</t>
   </si>
   <si>
-    <t>Soins de longue durée</t>
-[...1 lines deleted...]
-  <si>
     <t>360004626</t>
   </si>
   <si>
-    <t>ETABLISSEMENT DE SOINS LONGUE DUREE</t>
-[...13 lines deleted...]
-  <si>
     <t>CENTRE CONVALESCENCE-DIETETIQUE-MAISON MEDICALE ET NUTRITION</t>
   </si>
   <si>
     <t>21/01/2025 10:17:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1196_FicheEtablissement/fr/ctre-conv-diet-manoir-en-berry</t>
   </si>
   <si>
     <t>1196_FicheEtablissement</t>
   </si>
   <si>
     <t>7 Rue Du Golf</t>
   </si>
   <si>
     <t>36160 POULIGNY NOTRE DAME</t>
   </si>
   <si>
     <t>POULIGNY NOTRE DAME</t>
   </si>
   <si>
     <t>0254062012</t>
   </si>
   <si>
     <t>360002232</t>
   </si>
   <si>
-    <t>CH CHATEAUROUX SITE GIREUGNE-ST MAUR</t>
-[...13 lines deleted...]
-  <si>
     <t>CTRE DÉPARTEMENTAL GÉRIATRIQUE DE L'INDRE LES GRANDS CHÊNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1200_FicheEtablissement/fr/ctre-dept-geriatrique-les-grands-chene</t>
   </si>
   <si>
     <t>1200_FicheEtablissement</t>
   </si>
   <si>
     <t>0254537750</t>
   </si>
   <si>
     <t>360006688</t>
-  </si>
-[...31 lines deleted...]
-    <t>360003149</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R8"/>
+  <dimension ref="A1:R9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2125,4350 +2185,4444 @@
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>45</v>
       </c>
       <c r="H4" t="s">
         <v>46</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>47</v>
       </c>
       <c r="L4" t="s">
         <v>48</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>49</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>50</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
         <v>51</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>53</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>54</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>55</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>57</v>
+      </c>
+      <c r="L5" t="s">
         <v>58</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
         <v>59</v>
       </c>
-      <c r="M5" t="s">
-[...2 lines deleted...]
-      <c r="N5" t="s">
+      <c r="O5" t="s">
         <v>60</v>
       </c>
-      <c r="O5" t="s">
+      <c r="P5" t="s">
         <v>61</v>
       </c>
-      <c r="P5" t="s">
+      <c r="Q5" t="s">
         <v>62</v>
       </c>
-      <c r="Q5" t="s">
+      <c r="R5" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
+        <v>64</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>65</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>66</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
+        <v>68</v>
+      </c>
+      <c r="L6" t="s">
         <v>69</v>
       </c>
-      <c r="L6" t="s">
+      <c r="M6" t="s">
+        <v>20</v>
+      </c>
+      <c r="N6" t="s">
         <v>70</v>
-      </c>
-[...4 lines deleted...]
-        <v>27</v>
       </c>
       <c r="O6" t="s">
         <v>71</v>
       </c>
       <c r="P6" t="s">
         <v>72</v>
       </c>
       <c r="Q6" t="s">
-        <v>30</v>
+        <v>73</v>
       </c>
       <c r="R6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="L7" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="O7" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="P7" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="Q7" t="s">
         <v>41</v>
       </c>
       <c r="R7" t="s">
-        <v>42</v>
+        <v>84</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="H8" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="L8" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="O8" t="s">
-        <v>88</v>
+        <v>49</v>
       </c>
       <c r="P8" t="s">
-        <v>89</v>
+        <v>50</v>
       </c>
       <c r="Q8" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="R8" t="s">
-        <v>90</v>
+        <v>52</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B9" t="s">
+        <v>92</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>93</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>94</v>
+      </c>
+      <c r="H9" t="s">
+        <v>95</v>
+      </c>
+      <c r="I9" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J9" t="s">
+        <v>24</v>
+      </c>
+      <c r="K9" t="s">
+        <v>96</v>
+      </c>
+      <c r="L9" t="s">
+        <v>97</v>
+      </c>
+      <c r="M9" t="s">
+        <v>20</v>
+      </c>
+      <c r="N9" t="s">
+        <v>98</v>
+      </c>
+      <c r="O9" t="s">
+        <v>99</v>
+      </c>
+      <c r="P9" t="s">
+        <v>100</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>51</v>
+      </c>
+      <c r="R9" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P56"/>
+  <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="J1" t="s">
-        <v>92</v>
+        <v>103</v>
       </c>
       <c r="K1" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="L1" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="M1" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="N1" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="O1" t="s">
-        <v>97</v>
+        <v>108</v>
       </c>
       <c r="P1" t="s">
-        <v>98</v>
+        <v>109</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B2" t="s">
-        <v>100</v>
+        <v>111</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>101</v>
+        <v>112</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>102</v>
+        <v>113</v>
       </c>
       <c r="H2" t="s">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="I2" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="J2" t="s">
-        <v>105</v>
+        <v>116</v>
       </c>
       <c r="K2" t="s">
-        <v>106</v>
+        <v>51</v>
       </c>
       <c r="L2" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M2" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N2" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="O2" t="s">
-        <v>110</v>
+        <v>120</v>
       </c>
       <c r="P2" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B3" t="s">
-        <v>112</v>
+        <v>122</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>113</v>
+        <v>123</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="H3" t="s">
-        <v>115</v>
+        <v>125</v>
       </c>
       <c r="I3" t="s">
-        <v>116</v>
+        <v>126</v>
       </c>
       <c r="J3" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="K3" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M3" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N3" t="s">
-        <v>118</v>
+        <v>128</v>
       </c>
       <c r="O3" t="s">
-        <v>119</v>
+        <v>129</v>
       </c>
       <c r="P3" t="s">
-        <v>120</v>
+        <v>130</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B4" t="s">
-        <v>121</v>
+        <v>131</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>122</v>
+        <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>123</v>
+        <v>133</v>
       </c>
       <c r="H4" t="s">
-        <v>124</v>
+        <v>134</v>
       </c>
       <c r="I4" t="s">
-        <v>125</v>
+        <v>135</v>
       </c>
       <c r="J4" t="s">
-        <v>126</v>
+        <v>136</v>
       </c>
       <c r="K4" t="s">
-        <v>127</v>
+        <v>137</v>
       </c>
       <c r="L4" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M4" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N4" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O4" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P4" t="s">
-        <v>129</v>
+        <v>141</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B5" t="s">
-        <v>130</v>
+        <v>142</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>131</v>
+        <v>143</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>132</v>
+        <v>144</v>
       </c>
       <c r="H5" t="s">
-        <v>133</v>
+        <v>145</v>
       </c>
       <c r="I5" t="s">
-        <v>134</v>
+        <v>146</v>
       </c>
       <c r="J5" t="s">
-        <v>135</v>
+        <v>127</v>
       </c>
       <c r="K5" t="s">
-        <v>136</v>
+        <v>51</v>
       </c>
       <c r="L5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M5" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N5" t="s">
-        <v>137</v>
+        <v>147</v>
       </c>
       <c r="O5" t="s">
-        <v>138</v>
+        <v>148</v>
       </c>
       <c r="P5" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B6" t="s">
+        <v>150</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>151</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>152</v>
+      </c>
+      <c r="H6" t="s">
+        <v>153</v>
+      </c>
+      <c r="I6" t="s">
+        <v>154</v>
+      </c>
+      <c r="J6" t="s">
+        <v>155</v>
+      </c>
+      <c r="K6" t="s">
+        <v>156</v>
+      </c>
+      <c r="L6" t="s">
+        <v>117</v>
+      </c>
+      <c r="M6" t="s">
+        <v>118</v>
+      </c>
+      <c r="N6" t="s">
+        <v>139</v>
+      </c>
+      <c r="O6" t="s">
         <v>140</v>
       </c>
-      <c r="C6" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P6" t="s">
-        <v>146</v>
+        <v>157</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B7" t="s">
-        <v>147</v>
+        <v>158</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>148</v>
+        <v>159</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>149</v>
+        <v>160</v>
       </c>
       <c r="H7" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="I7" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="J7" t="s">
-        <v>20</v>
+        <v>163</v>
       </c>
       <c r="K7" t="s">
-        <v>152</v>
+        <v>164</v>
       </c>
       <c r="L7" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M7" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N7" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O7" t="s">
-        <v>153</v>
+        <v>166</v>
       </c>
       <c r="P7" t="s">
-        <v>154</v>
+        <v>167</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B8" t="s">
-        <v>155</v>
+        <v>168</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>156</v>
+        <v>159</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>157</v>
+        <v>169</v>
       </c>
       <c r="H8" t="s">
-        <v>158</v>
+        <v>170</v>
       </c>
       <c r="I8" t="s">
-        <v>159</v>
+        <v>171</v>
       </c>
       <c r="J8" t="s">
-        <v>160</v>
+        <v>172</v>
       </c>
       <c r="K8" t="s">
-        <v>161</v>
+        <v>173</v>
       </c>
       <c r="L8" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M8" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N8" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="O8" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="P8" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B9" t="s">
+        <v>175</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>176</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>177</v>
+      </c>
+      <c r="H9" t="s">
+        <v>178</v>
+      </c>
+      <c r="I9" t="s">
+        <v>179</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>180</v>
+      </c>
+      <c r="L9" t="s">
+        <v>117</v>
+      </c>
+      <c r="M9" t="s">
+        <v>138</v>
+      </c>
+      <c r="N9" t="s">
         <v>165</v>
       </c>
-      <c r="C9" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O9" t="s">
-        <v>168</v>
+        <v>181</v>
       </c>
       <c r="P9" t="s">
-        <v>169</v>
+        <v>182</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B10" t="s">
-        <v>170</v>
+        <v>183</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>171</v>
+        <v>184</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>172</v>
+        <v>185</v>
       </c>
       <c r="H10" t="s">
-        <v>173</v>
+        <v>186</v>
       </c>
       <c r="I10" t="s">
-        <v>174</v>
+        <v>187</v>
       </c>
       <c r="J10" t="s">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="K10" t="s">
-        <v>41</v>
+        <v>189</v>
       </c>
       <c r="L10" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M10" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N10" t="s">
-        <v>109</v>
+        <v>190</v>
       </c>
       <c r="O10" t="s">
-        <v>175</v>
+        <v>191</v>
       </c>
       <c r="P10" t="s">
-        <v>176</v>
+        <v>192</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B11" t="s">
-        <v>177</v>
+        <v>193</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="H11" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="I11" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="J11" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="K11" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="L11" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M11" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N11" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="O11" t="s">
-        <v>182</v>
+        <v>196</v>
       </c>
       <c r="P11" t="s">
-        <v>183</v>
+        <v>197</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B12" t="s">
-        <v>184</v>
+        <v>198</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>178</v>
+        <v>199</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>185</v>
+        <v>200</v>
       </c>
       <c r="H12" t="s">
-        <v>186</v>
+        <v>201</v>
       </c>
       <c r="I12" t="s">
-        <v>187</v>
+        <v>202</v>
       </c>
       <c r="J12" t="s">
-        <v>160</v>
+        <v>127</v>
       </c>
       <c r="K12" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="L12" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M12" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N12" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="O12" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="P12" t="s">
-        <v>189</v>
+        <v>204</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B13" t="s">
-        <v>190</v>
+        <v>205</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>178</v>
+        <v>206</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>191</v>
+        <v>207</v>
       </c>
       <c r="H13" t="s">
-        <v>192</v>
+        <v>208</v>
       </c>
       <c r="I13" t="s">
-        <v>193</v>
+        <v>209</v>
       </c>
       <c r="J13" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="K13" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="L13" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M13" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N13" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O13" t="s">
-        <v>194</v>
+        <v>210</v>
       </c>
       <c r="P13" t="s">
-        <v>195</v>
+        <v>211</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B14" t="s">
-        <v>196</v>
+        <v>212</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>198</v>
+        <v>213</v>
       </c>
       <c r="H14" t="s">
-        <v>199</v>
+        <v>214</v>
       </c>
       <c r="I14" t="s">
-        <v>159</v>
+        <v>215</v>
       </c>
       <c r="J14" t="s">
-        <v>160</v>
+        <v>188</v>
       </c>
       <c r="K14" t="s">
-        <v>161</v>
+        <v>189</v>
       </c>
       <c r="L14" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M14" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N14" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O14" t="s">
-        <v>138</v>
+        <v>216</v>
       </c>
       <c r="P14" t="s">
-        <v>200</v>
+        <v>217</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B15" t="s">
-        <v>201</v>
+        <v>218</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>202</v>
+        <v>206</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
       <c r="H15" t="s">
-        <v>204</v>
+        <v>220</v>
       </c>
       <c r="I15" t="s">
-        <v>205</v>
+        <v>221</v>
       </c>
       <c r="J15" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="K15" t="s">
-        <v>206</v>
+        <v>189</v>
       </c>
       <c r="L15" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
-        <v>207</v>
+        <v>138</v>
       </c>
       <c r="N15" t="s">
-        <v>109</v>
+        <v>165</v>
       </c>
       <c r="O15" t="s">
-        <v>110</v>
+        <v>222</v>
       </c>
       <c r="P15" t="s">
-        <v>208</v>
+        <v>223</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B16" t="s">
-        <v>209</v>
+        <v>224</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>210</v>
+        <v>225</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>211</v>
+        <v>226</v>
       </c>
       <c r="H16" t="s">
-        <v>212</v>
+        <v>227</v>
       </c>
       <c r="I16" t="s">
-        <v>213</v>
+        <v>187</v>
       </c>
       <c r="J16" t="s">
-        <v>214</v>
+        <v>188</v>
       </c>
       <c r="K16" t="s">
-        <v>215</v>
+        <v>189</v>
       </c>
       <c r="L16" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M16" t="s">
-        <v>207</v>
+        <v>138</v>
       </c>
       <c r="N16" t="s">
-        <v>216</v>
+        <v>165</v>
       </c>
       <c r="O16" t="s">
-        <v>217</v>
+        <v>166</v>
       </c>
       <c r="P16" t="s">
-        <v>218</v>
+        <v>228</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B17" t="s">
-        <v>219</v>
+        <v>229</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>220</v>
+        <v>230</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>221</v>
+        <v>231</v>
       </c>
       <c r="H17" t="s">
-        <v>222</v>
+        <v>232</v>
       </c>
       <c r="I17" t="s">
-        <v>223</v>
+        <v>233</v>
       </c>
       <c r="J17" t="s">
-        <v>224</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>225</v>
+        <v>234</v>
       </c>
       <c r="L17" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M17" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="N17" t="s">
-        <v>226</v>
+        <v>139</v>
       </c>
       <c r="O17" t="s">
-        <v>227</v>
+        <v>140</v>
       </c>
       <c r="P17" t="s">
-        <v>228</v>
+        <v>236</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B18" t="s">
-        <v>229</v>
+        <v>237</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>220</v>
+        <v>238</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>230</v>
+        <v>239</v>
       </c>
       <c r="H18" t="s">
-        <v>231</v>
+        <v>240</v>
       </c>
       <c r="I18" t="s">
-        <v>223</v>
+        <v>241</v>
       </c>
       <c r="J18" t="s">
-        <v>224</v>
+        <v>242</v>
       </c>
       <c r="K18" t="s">
-        <v>225</v>
+        <v>243</v>
       </c>
       <c r="L18" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M18" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="N18" t="s">
-        <v>226</v>
+        <v>128</v>
       </c>
       <c r="O18" t="s">
-        <v>227</v>
+        <v>244</v>
       </c>
       <c r="P18" t="s">
-        <v>232</v>
+        <v>245</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B19" t="s">
-        <v>233</v>
+        <v>246</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>235</v>
+        <v>248</v>
       </c>
       <c r="H19" t="s">
-        <v>236</v>
+        <v>249</v>
       </c>
       <c r="I19" t="s">
-        <v>214</v>
+        <v>250</v>
       </c>
       <c r="J19" t="s">
-        <v>20</v>
+        <v>251</v>
       </c>
       <c r="K19" t="s">
-        <v>215</v>
+        <v>252</v>
       </c>
       <c r="L19" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M19" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N19" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="O19" t="s">
-        <v>194</v>
+        <v>253</v>
       </c>
       <c r="P19" t="s">
-        <v>237</v>
+        <v>254</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B20" t="s">
-        <v>238</v>
+        <v>255</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>234</v>
+        <v>247</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
       <c r="H20" t="s">
-        <v>240</v>
+        <v>257</v>
       </c>
       <c r="I20" t="s">
-        <v>241</v>
+        <v>250</v>
       </c>
       <c r="J20" t="s">
-        <v>144</v>
+        <v>251</v>
       </c>
       <c r="K20" t="s">
-        <v>145</v>
+        <v>252</v>
       </c>
       <c r="L20" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M20" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N20" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="O20" t="s">
-        <v>188</v>
+        <v>253</v>
       </c>
       <c r="P20" t="s">
-        <v>242</v>
+        <v>258</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B21" t="s">
+        <v>259</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>260</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>261</v>
+      </c>
+      <c r="H21" t="s">
+        <v>262</v>
+      </c>
+      <c r="I21" t="s">
+        <v>242</v>
+      </c>
+      <c r="J21" t="s">
+        <v>20</v>
+      </c>
+      <c r="K21" t="s">
         <v>243</v>
       </c>
-      <c r="C21" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L21" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M21" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N21" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O21" t="s">
-        <v>182</v>
+        <v>222</v>
       </c>
       <c r="P21" t="s">
-        <v>246</v>
+        <v>263</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B22" t="s">
-        <v>247</v>
+        <v>264</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>249</v>
+        <v>265</v>
       </c>
       <c r="H22" t="s">
-        <v>250</v>
+        <v>266</v>
       </c>
       <c r="I22" t="s">
-        <v>251</v>
+        <v>267</v>
       </c>
       <c r="J22" t="s">
-        <v>117</v>
+        <v>172</v>
       </c>
       <c r="K22" t="s">
-        <v>41</v>
+        <v>173</v>
       </c>
       <c r="L22" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M22" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N22" t="s">
-        <v>252</v>
+        <v>165</v>
       </c>
       <c r="O22" t="s">
-        <v>253</v>
+        <v>216</v>
       </c>
       <c r="P22" t="s">
-        <v>254</v>
+        <v>268</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B23" t="s">
-        <v>255</v>
+        <v>269</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>256</v>
+        <v>270</v>
       </c>
       <c r="H23" t="s">
-        <v>257</v>
+        <v>271</v>
       </c>
       <c r="I23" t="s">
-        <v>258</v>
+        <v>171</v>
       </c>
       <c r="J23" t="s">
-        <v>117</v>
+        <v>172</v>
       </c>
       <c r="K23" t="s">
-        <v>41</v>
+        <v>173</v>
       </c>
       <c r="L23" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M23" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N23" t="s">
-        <v>252</v>
+        <v>165</v>
       </c>
       <c r="O23" t="s">
-        <v>253</v>
+        <v>210</v>
       </c>
       <c r="P23" t="s">
-        <v>259</v>
+        <v>272</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B24" t="s">
-        <v>260</v>
+        <v>273</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>262</v>
+        <v>275</v>
       </c>
       <c r="H24" t="s">
-        <v>263</v>
+        <v>276</v>
       </c>
       <c r="I24" t="s">
-        <v>264</v>
+        <v>277</v>
       </c>
       <c r="J24" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="K24" t="s">
-        <v>265</v>
+        <v>51</v>
       </c>
       <c r="L24" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M24" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N24" t="s">
-        <v>226</v>
+        <v>278</v>
       </c>
       <c r="O24" t="s">
-        <v>227</v>
+        <v>279</v>
       </c>
       <c r="P24" t="s">
-        <v>266</v>
+        <v>280</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B25" t="s">
-        <v>267</v>
+        <v>281</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>261</v>
+        <v>274</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>268</v>
+        <v>282</v>
       </c>
       <c r="H25" t="s">
-        <v>269</v>
+        <v>283</v>
       </c>
       <c r="I25" t="s">
-        <v>270</v>
+        <v>284</v>
       </c>
       <c r="J25" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="K25" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L25" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M25" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N25" t="s">
-        <v>226</v>
+        <v>278</v>
       </c>
       <c r="O25" t="s">
-        <v>271</v>
+        <v>279</v>
       </c>
       <c r="P25" t="s">
-        <v>272</v>
+        <v>285</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B26" t="s">
-        <v>273</v>
+        <v>286</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>274</v>
+        <v>287</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>275</v>
+        <v>288</v>
       </c>
       <c r="H26" t="s">
-        <v>276</v>
+        <v>289</v>
       </c>
       <c r="I26" t="s">
-        <v>277</v>
+        <v>290</v>
       </c>
       <c r="J26" t="s">
-        <v>278</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="L26" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M26" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N26" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="O26" t="s">
-        <v>110</v>
+        <v>253</v>
       </c>
       <c r="P26" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B27" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>283</v>
+        <v>294</v>
       </c>
       <c r="H27" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="I27" t="s">
-        <v>285</v>
+        <v>296</v>
       </c>
       <c r="J27" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="K27" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L27" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M27" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N27" t="s">
-        <v>252</v>
+        <v>119</v>
       </c>
       <c r="O27" t="s">
-        <v>253</v>
+        <v>297</v>
       </c>
       <c r="P27" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B28" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
       <c r="H28" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="I28" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="J28" t="s">
-        <v>117</v>
+        <v>304</v>
       </c>
       <c r="K28" t="s">
-        <v>41</v>
+        <v>305</v>
       </c>
       <c r="L28" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M28" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N28" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O28" t="s">
-        <v>175</v>
+        <v>140</v>
       </c>
       <c r="P28" t="s">
-        <v>292</v>
+        <v>306</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B29" t="s">
-        <v>293</v>
+        <v>307</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>294</v>
+        <v>308</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>295</v>
+        <v>309</v>
       </c>
       <c r="H29" t="s">
-        <v>296</v>
+        <v>310</v>
       </c>
       <c r="I29" t="s">
-        <v>297</v>
+        <v>311</v>
       </c>
       <c r="J29" t="s">
-        <v>264</v>
+        <v>127</v>
       </c>
       <c r="K29" t="s">
-        <v>265</v>
+        <v>51</v>
       </c>
       <c r="L29" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M29" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N29" t="s">
-        <v>137</v>
+        <v>278</v>
       </c>
       <c r="O29" t="s">
-        <v>138</v>
+        <v>279</v>
       </c>
       <c r="P29" t="s">
-        <v>298</v>
+        <v>312</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B30" t="s">
-        <v>299</v>
+        <v>313</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>294</v>
+        <v>314</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>300</v>
+        <v>315</v>
       </c>
       <c r="H30" t="s">
-        <v>301</v>
+        <v>316</v>
       </c>
       <c r="I30" t="s">
-        <v>302</v>
+        <v>317</v>
       </c>
       <c r="J30" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="K30" t="s">
-        <v>303</v>
+        <v>51</v>
       </c>
       <c r="L30" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M30" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N30" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="O30" t="s">
-        <v>138</v>
+        <v>203</v>
       </c>
       <c r="P30" t="s">
-        <v>304</v>
+        <v>318</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B31" t="s">
-        <v>305</v>
+        <v>319</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>294</v>
+        <v>320</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>306</v>
+        <v>321</v>
       </c>
       <c r="H31" t="s">
-        <v>307</v>
+        <v>322</v>
       </c>
       <c r="I31" t="s">
-        <v>308</v>
+        <v>323</v>
       </c>
       <c r="J31" t="s">
-        <v>117</v>
+        <v>290</v>
       </c>
       <c r="K31" t="s">
-        <v>41</v>
+        <v>291</v>
       </c>
       <c r="L31" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M31" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N31" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="O31" t="s">
-        <v>309</v>
+        <v>166</v>
       </c>
       <c r="P31" t="s">
-        <v>310</v>
+        <v>324</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B32" t="s">
-        <v>311</v>
+        <v>325</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>312</v>
+        <v>320</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>313</v>
+        <v>326</v>
       </c>
       <c r="H32" t="s">
-        <v>314</v>
+        <v>327</v>
       </c>
       <c r="I32" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="J32" t="s">
-        <v>316</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
       <c r="L32" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M32" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N32" t="s">
-        <v>109</v>
+        <v>165</v>
       </c>
       <c r="O32" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
       <c r="P32" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B33" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>320</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>321</v>
+        <v>332</v>
       </c>
       <c r="H33" t="s">
-        <v>322</v>
+        <v>333</v>
       </c>
       <c r="I33" t="s">
-        <v>264</v>
+        <v>334</v>
       </c>
       <c r="J33" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="K33" t="s">
-        <v>265</v>
+        <v>51</v>
       </c>
       <c r="L33" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M33" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N33" t="s">
-        <v>162</v>
+        <v>190</v>
       </c>
       <c r="O33" t="s">
-        <v>163</v>
+        <v>335</v>
       </c>
       <c r="P33" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B34" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>326</v>
+        <v>339</v>
       </c>
       <c r="H34" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="I34" t="s">
-        <v>328</v>
+        <v>341</v>
       </c>
       <c r="J34" t="s">
-        <v>117</v>
+        <v>342</v>
       </c>
       <c r="K34" t="s">
-        <v>41</v>
+        <v>343</v>
       </c>
       <c r="L34" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M34" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N34" t="s">
-        <v>216</v>
+        <v>139</v>
       </c>
       <c r="O34" t="s">
-        <v>329</v>
+        <v>140</v>
       </c>
       <c r="P34" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B35" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="H35" t="s">
-        <v>334</v>
+        <v>348</v>
       </c>
       <c r="I35" t="s">
-        <v>335</v>
+        <v>290</v>
       </c>
       <c r="J35" t="s">
-        <v>117</v>
+        <v>20</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>291</v>
       </c>
       <c r="L35" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M35" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N35" t="s">
-        <v>137</v>
+        <v>190</v>
       </c>
       <c r="O35" t="s">
-        <v>336</v>
+        <v>191</v>
       </c>
       <c r="P35" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B36" t="s">
-        <v>338</v>
+        <v>350</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>332</v>
+        <v>351</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>339</v>
+        <v>352</v>
       </c>
       <c r="H36" t="s">
-        <v>340</v>
+        <v>353</v>
       </c>
       <c r="I36" t="s">
-        <v>341</v>
+        <v>354</v>
       </c>
       <c r="J36" t="s">
-        <v>117</v>
+        <v>127</v>
       </c>
       <c r="K36" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="L36" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M36" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N36" t="s">
-        <v>137</v>
+        <v>128</v>
       </c>
       <c r="O36" t="s">
-        <v>342</v>
+        <v>355</v>
       </c>
       <c r="P36" t="s">
-        <v>343</v>
+        <v>356</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B37" t="s">
-        <v>344</v>
+        <v>357</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>346</v>
+        <v>359</v>
       </c>
       <c r="H37" t="s">
-        <v>347</v>
+        <v>360</v>
       </c>
       <c r="I37" t="s">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="J37" t="s">
-        <v>349</v>
+        <v>127</v>
       </c>
       <c r="K37" t="s">
-        <v>350</v>
+        <v>51</v>
       </c>
       <c r="L37" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M37" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N37" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="O37" t="s">
-        <v>163</v>
+        <v>362</v>
       </c>
       <c r="P37" t="s">
-        <v>351</v>
+        <v>363</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B38" t="s">
-        <v>352</v>
+        <v>364</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>345</v>
+        <v>358</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>353</v>
+        <v>365</v>
       </c>
       <c r="H38" t="s">
-        <v>354</v>
+        <v>366</v>
       </c>
       <c r="I38" t="s">
-        <v>348</v>
+        <v>367</v>
       </c>
       <c r="J38" t="s">
-        <v>349</v>
+        <v>127</v>
       </c>
       <c r="K38" t="s">
-        <v>350</v>
+        <v>51</v>
       </c>
       <c r="L38" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M38" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N38" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="O38" t="s">
-        <v>355</v>
+        <v>368</v>
       </c>
       <c r="P38" t="s">
-        <v>356</v>
+        <v>369</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B39" t="s">
-        <v>357</v>
+        <v>370</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>358</v>
+        <v>371</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>359</v>
+        <v>372</v>
       </c>
       <c r="H39" t="s">
-        <v>360</v>
+        <v>373</v>
       </c>
       <c r="I39" t="s">
-        <v>361</v>
+        <v>374</v>
       </c>
       <c r="J39" t="s">
-        <v>362</v>
+        <v>375</v>
       </c>
       <c r="K39" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
       <c r="L39" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M39" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N39" t="s">
-        <v>109</v>
+        <v>190</v>
       </c>
       <c r="O39" t="s">
-        <v>110</v>
+        <v>191</v>
       </c>
       <c r="P39" t="s">
-        <v>364</v>
+        <v>377</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B40" t="s">
-        <v>365</v>
+        <v>378</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>367</v>
+        <v>379</v>
       </c>
       <c r="H40" t="s">
-        <v>368</v>
+        <v>380</v>
       </c>
       <c r="I40" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="J40" t="s">
-        <v>349</v>
+        <v>375</v>
       </c>
       <c r="K40" t="s">
-        <v>350</v>
+        <v>376</v>
       </c>
       <c r="L40" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M40" t="s">
-        <v>108</v>
+        <v>138</v>
       </c>
       <c r="N40" t="s">
-        <v>109</v>
+        <v>190</v>
       </c>
       <c r="O40" t="s">
-        <v>110</v>
+        <v>381</v>
       </c>
       <c r="P40" t="s">
-        <v>370</v>
+        <v>382</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B41" t="s">
-        <v>371</v>
+        <v>383</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>372</v>
+        <v>384</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>373</v>
+        <v>385</v>
       </c>
       <c r="H41" t="s">
-        <v>374</v>
+        <v>386</v>
       </c>
       <c r="I41" t="s">
-        <v>375</v>
+        <v>387</v>
       </c>
       <c r="J41" t="s">
-        <v>160</v>
+        <v>388</v>
       </c>
       <c r="K41" t="s">
-        <v>161</v>
+        <v>389</v>
       </c>
       <c r="L41" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M41" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N41" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O41" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P41" t="s">
-        <v>376</v>
+        <v>390</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B42" t="s">
-        <v>377</v>
+        <v>391</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>378</v>
+        <v>392</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>379</v>
+        <v>393</v>
       </c>
       <c r="H42" t="s">
-        <v>380</v>
+        <v>394</v>
       </c>
       <c r="I42" t="s">
-        <v>381</v>
+        <v>395</v>
       </c>
       <c r="J42" t="s">
-        <v>160</v>
+        <v>375</v>
       </c>
       <c r="K42" t="s">
-        <v>161</v>
+        <v>376</v>
       </c>
       <c r="L42" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M42" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N42" t="s">
-        <v>382</v>
+        <v>139</v>
       </c>
       <c r="O42" t="s">
-        <v>383</v>
+        <v>140</v>
       </c>
       <c r="P42" t="s">
-        <v>384</v>
+        <v>396</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B43" t="s">
-        <v>385</v>
+        <v>397</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>386</v>
+        <v>398</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>387</v>
+        <v>399</v>
       </c>
       <c r="H43" t="s">
-        <v>388</v>
+        <v>400</v>
       </c>
       <c r="I43" t="s">
-        <v>389</v>
+        <v>401</v>
       </c>
       <c r="J43" t="s">
-        <v>390</v>
+        <v>188</v>
       </c>
       <c r="K43" t="s">
-        <v>391</v>
+        <v>189</v>
       </c>
       <c r="L43" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M43" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N43" t="s">
-        <v>226</v>
+        <v>139</v>
       </c>
       <c r="O43" t="s">
-        <v>227</v>
+        <v>140</v>
       </c>
       <c r="P43" t="s">
-        <v>392</v>
+        <v>402</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B44" t="s">
-        <v>393</v>
+        <v>403</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>386</v>
+        <v>404</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>394</v>
+        <v>405</v>
       </c>
       <c r="H44" t="s">
-        <v>395</v>
+        <v>406</v>
       </c>
       <c r="I44" t="s">
-        <v>396</v>
+        <v>407</v>
       </c>
       <c r="J44" t="s">
-        <v>20</v>
+        <v>188</v>
       </c>
       <c r="K44" t="s">
-        <v>397</v>
+        <v>189</v>
       </c>
       <c r="L44" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M44" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N44" t="s">
-        <v>226</v>
+        <v>408</v>
       </c>
       <c r="O44" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="P44" t="s">
-        <v>399</v>
+        <v>410</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B45" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>402</v>
+        <v>413</v>
       </c>
       <c r="H45" t="s">
-        <v>403</v>
+        <v>414</v>
       </c>
       <c r="I45" t="s">
-        <v>316</v>
+        <v>415</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>416</v>
       </c>
       <c r="K45" t="s">
-        <v>317</v>
+        <v>417</v>
       </c>
       <c r="L45" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M45" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N45" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="O45" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="P45" t="s">
-        <v>404</v>
+        <v>418</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B46" t="s">
-        <v>405</v>
+        <v>419</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>401</v>
+        <v>412</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>406</v>
+        <v>420</v>
       </c>
       <c r="H46" t="s">
-        <v>407</v>
+        <v>421</v>
       </c>
       <c r="I46" t="s">
-        <v>408</v>
+        <v>422</v>
       </c>
       <c r="J46" t="s">
         <v>20</v>
       </c>
       <c r="K46" t="s">
-        <v>317</v>
+        <v>423</v>
       </c>
       <c r="L46" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M46" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N46" t="s">
-        <v>137</v>
+        <v>119</v>
       </c>
       <c r="O46" t="s">
-        <v>188</v>
+        <v>424</v>
       </c>
       <c r="P46" t="s">
-        <v>409</v>
+        <v>425</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B47" t="s">
-        <v>410</v>
+        <v>426</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
       <c r="H47" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
       <c r="I47" t="s">
-        <v>408</v>
+        <v>342</v>
       </c>
       <c r="J47" t="s">
         <v>20</v>
       </c>
       <c r="K47" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="L47" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M47" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N47" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O47" t="s">
-        <v>194</v>
+        <v>181</v>
       </c>
       <c r="P47" t="s">
-        <v>413</v>
+        <v>430</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B48" t="s">
-        <v>414</v>
+        <v>431</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>415</v>
+        <v>432</v>
       </c>
       <c r="H48" t="s">
-        <v>416</v>
+        <v>433</v>
       </c>
       <c r="I48" t="s">
-        <v>408</v>
+        <v>434</v>
       </c>
       <c r="J48" t="s">
         <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="L48" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M48" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N48" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O48" t="s">
-        <v>194</v>
+        <v>216</v>
       </c>
       <c r="P48" t="s">
-        <v>417</v>
+        <v>435</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B49" t="s">
-        <v>418</v>
+        <v>436</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>419</v>
+        <v>437</v>
       </c>
       <c r="H49" t="s">
-        <v>420</v>
+        <v>438</v>
       </c>
       <c r="I49" t="s">
-        <v>316</v>
+        <v>434</v>
       </c>
       <c r="J49" t="s">
         <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="L49" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M49" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N49" t="s">
-        <v>382</v>
+        <v>165</v>
       </c>
       <c r="O49" t="s">
-        <v>383</v>
+        <v>222</v>
       </c>
       <c r="P49" t="s">
-        <v>421</v>
+        <v>439</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B50" t="s">
-        <v>422</v>
+        <v>440</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>401</v>
+        <v>427</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>423</v>
+        <v>441</v>
       </c>
       <c r="H50" t="s">
-        <v>424</v>
+        <v>442</v>
       </c>
       <c r="I50" t="s">
-        <v>316</v>
+        <v>434</v>
       </c>
       <c r="J50" t="s">
         <v>20</v>
       </c>
       <c r="K50" t="s">
-        <v>317</v>
+        <v>343</v>
       </c>
       <c r="L50" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M50" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N50" t="s">
-        <v>137</v>
+        <v>165</v>
       </c>
       <c r="O50" t="s">
-        <v>342</v>
+        <v>222</v>
       </c>
       <c r="P50" t="s">
-        <v>425</v>
+        <v>443</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B51" t="s">
-        <v>426</v>
+        <v>444</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
         <v>427</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>428</v>
+        <v>445</v>
       </c>
       <c r="H51" t="s">
-        <v>429</v>
+        <v>446</v>
       </c>
       <c r="I51" t="s">
-        <v>430</v>
+        <v>342</v>
       </c>
       <c r="J51" t="s">
-        <v>431</v>
+        <v>20</v>
       </c>
       <c r="K51" t="s">
-        <v>432</v>
+        <v>343</v>
       </c>
       <c r="L51" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M51" t="s">
-        <v>207</v>
+        <v>118</v>
       </c>
       <c r="N51" t="s">
-        <v>109</v>
+        <v>408</v>
       </c>
       <c r="O51" t="s">
-        <v>110</v>
+        <v>409</v>
       </c>
       <c r="P51" t="s">
-        <v>433</v>
+        <v>447</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B52" t="s">
-        <v>434</v>
+        <v>448</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>435</v>
+        <v>427</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="H52" t="s">
-        <v>437</v>
+        <v>450</v>
       </c>
       <c r="I52" t="s">
-        <v>438</v>
+        <v>342</v>
       </c>
       <c r="J52" t="s">
-        <v>214</v>
+        <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>215</v>
+        <v>343</v>
       </c>
       <c r="L52" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M52" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N52" t="s">
-        <v>109</v>
+        <v>165</v>
       </c>
       <c r="O52" t="s">
-        <v>110</v>
+        <v>368</v>
       </c>
       <c r="P52" t="s">
-        <v>439</v>
+        <v>451</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B53" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>442</v>
+        <v>454</v>
       </c>
       <c r="H53" t="s">
-        <v>443</v>
+        <v>455</v>
       </c>
       <c r="I53" t="s">
-        <v>444</v>
+        <v>456</v>
       </c>
       <c r="J53" t="s">
-        <v>117</v>
+        <v>457</v>
       </c>
       <c r="K53" t="s">
-        <v>41</v>
+        <v>458</v>
       </c>
       <c r="L53" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M53" t="s">
-        <v>108</v>
+        <v>235</v>
       </c>
       <c r="N53" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O53" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P53" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B54" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>447</v>
+        <v>461</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>448</v>
+        <v>462</v>
       </c>
       <c r="H54" t="s">
-        <v>449</v>
+        <v>463</v>
       </c>
       <c r="I54" t="s">
-        <v>450</v>
+        <v>464</v>
       </c>
       <c r="J54" t="s">
-        <v>451</v>
+        <v>242</v>
       </c>
       <c r="K54" t="s">
-        <v>452</v>
+        <v>243</v>
       </c>
       <c r="L54" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M54" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="N54" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O54" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P54" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B55" t="s">
-        <v>454</v>
+        <v>466</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>447</v>
+        <v>467</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="H55" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="I55" t="s">
-        <v>160</v>
+        <v>470</v>
       </c>
       <c r="J55" t="s">
-        <v>20</v>
+        <v>127</v>
       </c>
       <c r="K55" t="s">
-        <v>161</v>
+        <v>51</v>
       </c>
       <c r="L55" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M55" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="N55" t="s">
-        <v>109</v>
+        <v>139</v>
       </c>
       <c r="O55" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P55" t="s">
-        <v>457</v>
+        <v>471</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>99</v>
+        <v>110</v>
       </c>
       <c r="B56" t="s">
-        <v>458</v>
+        <v>472</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="H56" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="I56" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="J56" t="s">
-        <v>20</v>
+        <v>477</v>
       </c>
       <c r="K56" t="s">
-        <v>463</v>
+        <v>478</v>
       </c>
       <c r="L56" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="M56" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="N56" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="O56" t="s">
-        <v>336</v>
+        <v>140</v>
       </c>
       <c r="P56" t="s">
-        <v>464</v>
+        <v>479</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>110</v>
+      </c>
+      <c r="B57" t="s">
+        <v>480</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>473</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>481</v>
+      </c>
+      <c r="H57" t="s">
+        <v>482</v>
+      </c>
+      <c r="I57" t="s">
+        <v>188</v>
+      </c>
+      <c r="J57" t="s">
+        <v>20</v>
+      </c>
+      <c r="K57" t="s">
+        <v>189</v>
+      </c>
+      <c r="L57" t="s">
+        <v>117</v>
+      </c>
+      <c r="M57" t="s">
+        <v>118</v>
+      </c>
+      <c r="N57" t="s">
+        <v>139</v>
+      </c>
+      <c r="O57" t="s">
+        <v>140</v>
+      </c>
+      <c r="P57" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>110</v>
+      </c>
+      <c r="B58" t="s">
+        <v>484</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>485</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>486</v>
+      </c>
+      <c r="H58" t="s">
+        <v>487</v>
+      </c>
+      <c r="I58" t="s">
+        <v>488</v>
+      </c>
+      <c r="J58" t="s">
+        <v>20</v>
+      </c>
+      <c r="K58" t="s">
+        <v>489</v>
+      </c>
+      <c r="L58" t="s">
+        <v>117</v>
+      </c>
+      <c r="M58" t="s">
+        <v>138</v>
+      </c>
+      <c r="N58" t="s">
+        <v>165</v>
+      </c>
+      <c r="O58" t="s">
+        <v>362</v>
+      </c>
+      <c r="P58" t="s">
+        <v>490</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T20"/>
+  <dimension ref="A1:T19"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>465</v>
+        <v>491</v>
       </c>
       <c r="J1" t="s">
-        <v>91</v>
+        <v>102</v>
       </c>
       <c r="K1" t="s">
-        <v>466</v>
+        <v>492</v>
       </c>
       <c r="L1" t="s">
-        <v>93</v>
+        <v>104</v>
       </c>
       <c r="M1" t="s">
-        <v>94</v>
+        <v>105</v>
       </c>
       <c r="N1" t="s">
-        <v>467</v>
+        <v>493</v>
       </c>
       <c r="O1" t="s">
-        <v>468</v>
+        <v>494</v>
       </c>
       <c r="P1" t="s">
-        <v>469</v>
+        <v>495</v>
       </c>
       <c r="Q1" t="s">
-        <v>470</v>
+        <v>496</v>
       </c>
       <c r="R1" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="S1" t="s">
-        <v>471</v>
+        <v>497</v>
       </c>
       <c r="T1" t="s">
-        <v>472</v>
+        <v>498</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B2" t="s">
-        <v>474</v>
+        <v>500</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>475</v>
+        <v>501</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>476</v>
+        <v>502</v>
       </c>
       <c r="H2" t="s">
-        <v>477</v>
+        <v>503</v>
       </c>
       <c r="I2" t="s">
-        <v>478</v>
+        <v>504</v>
       </c>
       <c r="J2" t="s">
-        <v>20</v>
+        <v>505</v>
       </c>
       <c r="K2" t="s">
-        <v>408</v>
+        <v>506</v>
       </c>
       <c r="L2" t="s">
-        <v>317</v>
+        <v>51</v>
       </c>
       <c r="M2" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N2" t="s">
-        <v>479</v>
+        <v>507</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="Q2" t="s">
-        <v>481</v>
+        <v>509</v>
       </c>
       <c r="R2" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S2" t="s">
-        <v>482</v>
+        <v>101</v>
       </c>
       <c r="T2" t="s">
-        <v>483</v>
+        <v>510</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B3" t="s">
-        <v>484</v>
+        <v>511</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>486</v>
+        <v>512</v>
       </c>
       <c r="H3" t="s">
-        <v>487</v>
+        <v>513</v>
       </c>
       <c r="I3" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J3" t="s">
-        <v>488</v>
+        <v>407</v>
       </c>
       <c r="K3" t="s">
-        <v>117</v>
+        <v>188</v>
       </c>
       <c r="L3" t="s">
-        <v>41</v>
+        <v>189</v>
       </c>
       <c r="M3" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N3" t="s">
-        <v>489</v>
+        <v>515</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="Q3" t="s">
-        <v>491</v>
+        <v>516</v>
       </c>
       <c r="R3" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="S3" t="s">
-        <v>492</v>
+        <v>517</v>
       </c>
       <c r="T3" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B4" t="s">
-        <v>494</v>
+        <v>518</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>495</v>
+        <v>519</v>
       </c>
       <c r="H4" t="s">
-        <v>496</v>
+        <v>520</v>
       </c>
       <c r="I4" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="J4" t="s">
-        <v>20</v>
+        <v>407</v>
       </c>
       <c r="K4" t="s">
-        <v>316</v>
+        <v>188</v>
       </c>
       <c r="L4" t="s">
-        <v>317</v>
+        <v>189</v>
       </c>
       <c r="M4" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N4" t="s">
-        <v>498</v>
+        <v>522</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="Q4" t="s">
-        <v>491</v>
+        <v>523</v>
       </c>
       <c r="R4" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="S4" t="s">
-        <v>499</v>
+        <v>524</v>
       </c>
       <c r="T4" t="s">
-        <v>493</v>
+        <v>510</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B5" t="s">
-        <v>500</v>
+        <v>525</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
         <v>501</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>502</v>
+        <v>526</v>
       </c>
       <c r="H5" t="s">
-        <v>503</v>
+        <v>527</v>
       </c>
       <c r="I5" t="s">
-        <v>478</v>
+        <v>521</v>
       </c>
       <c r="J5" t="s">
-        <v>504</v>
+        <v>20</v>
       </c>
       <c r="K5" t="s">
-        <v>505</v>
+        <v>290</v>
       </c>
       <c r="L5" t="s">
-        <v>41</v>
+        <v>291</v>
       </c>
       <c r="M5" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N5" t="s">
-        <v>506</v>
+        <v>528</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="Q5" t="s">
-        <v>507</v>
+        <v>529</v>
       </c>
       <c r="R5" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="S5" t="s">
-        <v>42</v>
+        <v>530</v>
       </c>
       <c r="T5" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B6" t="s">
-        <v>509</v>
+        <v>531</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
+        <v>501</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>532</v>
+      </c>
+      <c r="H6" t="s">
+        <v>533</v>
+      </c>
+      <c r="I6" t="s">
+        <v>521</v>
+      </c>
+      <c r="J6" t="s">
+        <v>534</v>
+      </c>
+      <c r="K6" t="s">
+        <v>535</v>
+      </c>
+      <c r="L6" t="s">
+        <v>536</v>
+      </c>
+      <c r="M6" t="s">
+        <v>117</v>
+      </c>
+      <c r="N6" t="s">
+        <v>537</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>529</v>
+      </c>
+      <c r="R6" t="s">
+        <v>118</v>
+      </c>
+      <c r="S6" t="s">
+        <v>538</v>
+      </c>
+      <c r="T6" t="s">
         <v>510</v>
-      </c>
-[...43 lines deleted...]
-        <v>518</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B7" t="s">
-        <v>519</v>
+        <v>539</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>520</v>
+        <v>501</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>521</v>
+        <v>540</v>
       </c>
       <c r="H7" t="s">
-        <v>522</v>
+        <v>541</v>
       </c>
       <c r="I7" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J7" t="s">
-        <v>523</v>
+        <v>542</v>
       </c>
       <c r="K7" t="s">
-        <v>524</v>
+        <v>127</v>
       </c>
       <c r="L7" t="s">
-        <v>525</v>
+        <v>51</v>
       </c>
       <c r="M7" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N7" t="s">
-        <v>526</v>
+        <v>543</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="Q7" t="s">
-        <v>527</v>
+        <v>544</v>
       </c>
       <c r="R7" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S7" t="s">
-        <v>528</v>
+        <v>545</v>
       </c>
       <c r="T7" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B8" t="s">
-        <v>529</v>
+        <v>546</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>530</v>
+        <v>547</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>531</v>
+        <v>548</v>
       </c>
       <c r="H8" t="s">
-        <v>532</v>
+        <v>549</v>
       </c>
       <c r="I8" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J8" t="s">
         <v>20</v>
       </c>
       <c r="K8" t="s">
-        <v>533</v>
+        <v>434</v>
       </c>
       <c r="L8" t="s">
-        <v>534</v>
+        <v>343</v>
       </c>
       <c r="M8" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N8" t="s">
-        <v>535</v>
+        <v>550</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="Q8" t="s">
-        <v>536</v>
+        <v>551</v>
       </c>
       <c r="R8" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="S8" t="s">
-        <v>537</v>
+        <v>552</v>
       </c>
       <c r="T8" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B9" t="s">
-        <v>538</v>
+        <v>553</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>540</v>
+        <v>555</v>
       </c>
       <c r="H9" t="s">
-        <v>541</v>
+        <v>556</v>
       </c>
       <c r="I9" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J9" t="s">
-        <v>542</v>
+        <v>557</v>
       </c>
       <c r="K9" t="s">
-        <v>543</v>
+        <v>127</v>
       </c>
       <c r="L9" t="s">
-        <v>544</v>
+        <v>51</v>
       </c>
       <c r="M9" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N9" t="s">
-        <v>545</v>
+        <v>558</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>480</v>
+        <v>559</v>
       </c>
       <c r="Q9" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="R9" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="S9" t="s">
-        <v>546</v>
+        <v>561</v>
       </c>
       <c r="T9" t="s">
-        <v>508</v>
+        <v>562</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B10" t="s">
-        <v>547</v>
+        <v>563</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>539</v>
+        <v>554</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>548</v>
+        <v>564</v>
       </c>
       <c r="H10" t="s">
-        <v>549</v>
+        <v>565</v>
       </c>
       <c r="I10" t="s">
-        <v>478</v>
+        <v>521</v>
       </c>
       <c r="J10" t="s">
-        <v>438</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
-        <v>214</v>
+        <v>342</v>
       </c>
       <c r="L10" t="s">
-        <v>215</v>
+        <v>343</v>
       </c>
       <c r="M10" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N10" t="s">
-        <v>550</v>
+        <v>566</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>480</v>
+        <v>559</v>
       </c>
       <c r="Q10" t="s">
-        <v>527</v>
+        <v>560</v>
       </c>
       <c r="R10" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="S10" t="s">
-        <v>551</v>
+        <v>567</v>
       </c>
       <c r="T10" t="s">
-        <v>508</v>
+        <v>562</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B11" t="s">
-        <v>552</v>
+        <v>568</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>520</v>
+        <v>569</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>553</v>
+        <v>570</v>
       </c>
       <c r="H11" t="s">
-        <v>554</v>
+        <v>571</v>
       </c>
       <c r="I11" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J11" t="s">
-        <v>555</v>
+        <v>572</v>
       </c>
       <c r="K11" t="s">
-        <v>556</v>
+        <v>573</v>
       </c>
       <c r="L11" t="s">
-        <v>557</v>
+        <v>51</v>
       </c>
       <c r="M11" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N11" t="s">
-        <v>558</v>
+        <v>574</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>480</v>
+        <v>559</v>
       </c>
       <c r="Q11" t="s">
-        <v>527</v>
+        <v>575</v>
       </c>
       <c r="R11" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="S11" t="s">
-        <v>559</v>
+        <v>52</v>
       </c>
       <c r="T11" t="s">
-        <v>508</v>
+        <v>576</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B12" t="s">
-        <v>560</v>
+        <v>577</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>510</v>
+        <v>578</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>561</v>
+        <v>579</v>
       </c>
       <c r="H12" t="s">
-        <v>562</v>
+        <v>580</v>
       </c>
       <c r="I12" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J12" t="s">
-        <v>381</v>
+        <v>581</v>
       </c>
       <c r="K12" t="s">
-        <v>160</v>
+        <v>582</v>
       </c>
       <c r="L12" t="s">
-        <v>161</v>
+        <v>583</v>
       </c>
       <c r="M12" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N12" t="s">
-        <v>563</v>
+        <v>584</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>480</v>
+        <v>508</v>
       </c>
       <c r="Q12" t="s">
-        <v>564</v>
+        <v>544</v>
       </c>
       <c r="R12" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S12" t="s">
-        <v>565</v>
+        <v>585</v>
       </c>
       <c r="T12" t="s">
-        <v>518</v>
+        <v>576</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B13" t="s">
-        <v>509</v>
+        <v>586</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>566</v>
+        <v>587</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>567</v>
+        <v>588</v>
       </c>
       <c r="H13" t="s">
-        <v>568</v>
+        <v>589</v>
       </c>
       <c r="I13" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J13" t="s">
-        <v>569</v>
+        <v>20</v>
       </c>
       <c r="K13" t="s">
-        <v>570</v>
+        <v>590</v>
       </c>
       <c r="L13" t="s">
-        <v>571</v>
+        <v>591</v>
       </c>
       <c r="M13" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N13" t="s">
-        <v>572</v>
+        <v>592</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>480</v>
+        <v>559</v>
       </c>
       <c r="Q13" t="s">
-        <v>481</v>
+        <v>529</v>
       </c>
       <c r="R13" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="S13" t="s">
-        <v>573</v>
+        <v>593</v>
       </c>
       <c r="T13" t="s">
-        <v>483</v>
+        <v>576</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B14" t="s">
-        <v>574</v>
+        <v>594</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>539</v>
+        <v>595</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>575</v>
+        <v>596</v>
       </c>
       <c r="H14" t="s">
+        <v>597</v>
+      </c>
+      <c r="I14" t="s">
+        <v>514</v>
+      </c>
+      <c r="J14" t="s">
+        <v>598</v>
+      </c>
+      <c r="K14" t="s">
+        <v>599</v>
+      </c>
+      <c r="L14" t="s">
+        <v>600</v>
+      </c>
+      <c r="M14" t="s">
+        <v>117</v>
+      </c>
+      <c r="N14" t="s">
+        <v>601</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>508</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>544</v>
+      </c>
+      <c r="R14" t="s">
+        <v>118</v>
+      </c>
+      <c r="S14" t="s">
+        <v>602</v>
+      </c>
+      <c r="T14" t="s">
         <v>576</v>
-      </c>
-[...34 lines deleted...]
-        <v>508</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B15" t="s">
-        <v>580</v>
+        <v>603</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>510</v>
+        <v>578</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>581</v>
+        <v>604</v>
       </c>
       <c r="H15" t="s">
-        <v>582</v>
+        <v>605</v>
       </c>
       <c r="I15" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="J15" t="s">
-        <v>381</v>
+        <v>606</v>
       </c>
       <c r="K15" t="s">
-        <v>160</v>
+        <v>607</v>
       </c>
       <c r="L15" t="s">
-        <v>161</v>
+        <v>608</v>
       </c>
       <c r="M15" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N15" t="s">
-        <v>583</v>
+        <v>609</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>128</v>
+        <v>508</v>
       </c>
       <c r="Q15" t="s">
-        <v>578</v>
+        <v>544</v>
       </c>
       <c r="R15" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S15" t="s">
-        <v>584</v>
+        <v>610</v>
       </c>
       <c r="T15" t="s">
-        <v>518</v>
+        <v>576</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B16" t="s">
-        <v>585</v>
+        <v>500</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>586</v>
+        <v>611</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>587</v>
+        <v>612</v>
       </c>
       <c r="H16" t="s">
-        <v>588</v>
+        <v>613</v>
       </c>
       <c r="I16" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J16" t="s">
-        <v>589</v>
+        <v>534</v>
       </c>
       <c r="K16" t="s">
-        <v>590</v>
+        <v>535</v>
       </c>
       <c r="L16" t="s">
-        <v>591</v>
+        <v>536</v>
       </c>
       <c r="M16" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N16" t="s">
-        <v>592</v>
+        <v>614</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
       <c r="Q16" t="s">
-        <v>481</v>
+        <v>551</v>
       </c>
       <c r="R16" t="s">
-        <v>490</v>
+        <v>118</v>
       </c>
       <c r="S16" t="s">
-        <v>593</v>
+        <v>615</v>
       </c>
       <c r="T16" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B17" t="s">
-        <v>594</v>
+        <v>616</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>510</v>
+        <v>595</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>595</v>
+        <v>617</v>
       </c>
       <c r="H17" t="s">
-        <v>596</v>
+        <v>618</v>
       </c>
       <c r="I17" t="s">
-        <v>497</v>
+        <v>521</v>
       </c>
       <c r="J17" t="s">
-        <v>20</v>
+        <v>619</v>
       </c>
       <c r="K17" t="s">
-        <v>264</v>
+        <v>599</v>
       </c>
       <c r="L17" t="s">
-        <v>265</v>
+        <v>600</v>
       </c>
       <c r="M17" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N17" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>480</v>
+        <v>118</v>
       </c>
       <c r="Q17" t="s">
-        <v>536</v>
+        <v>523</v>
       </c>
       <c r="R17" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S17" t="s">
-        <v>598</v>
+        <v>620</v>
       </c>
       <c r="T17" t="s">
-        <v>518</v>
+        <v>576</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B18" t="s">
-        <v>599</v>
+        <v>621</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>520</v>
+        <v>622</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>600</v>
+        <v>623</v>
       </c>
       <c r="H18" t="s">
-        <v>601</v>
+        <v>624</v>
       </c>
       <c r="I18" t="s">
-        <v>478</v>
+        <v>514</v>
       </c>
       <c r="J18" t="s">
-        <v>20</v>
+        <v>625</v>
       </c>
       <c r="K18" t="s">
-        <v>505</v>
+        <v>626</v>
       </c>
       <c r="L18" t="s">
-        <v>41</v>
+        <v>627</v>
       </c>
       <c r="M18" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N18" t="s">
-        <v>602</v>
+        <v>628</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="Q18" t="s">
-        <v>578</v>
+        <v>551</v>
       </c>
       <c r="R18" t="s">
-        <v>128</v>
+        <v>559</v>
       </c>
       <c r="S18" t="s">
-        <v>603</v>
+        <v>629</v>
       </c>
       <c r="T18" t="s">
-        <v>508</v>
+        <v>576</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>473</v>
+        <v>499</v>
       </c>
       <c r="B19" t="s">
-        <v>604</v>
+        <v>630</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>510</v>
+        <v>578</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>605</v>
+        <v>631</v>
       </c>
       <c r="H19" t="s">
-        <v>606</v>
+        <v>632</v>
       </c>
       <c r="I19" t="s">
-        <v>497</v>
+        <v>514</v>
       </c>
       <c r="J19" t="s">
-        <v>569</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="L19" t="s">
-        <v>571</v>
+        <v>51</v>
       </c>
       <c r="M19" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="N19" t="s">
-        <v>607</v>
+        <v>633</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>480</v>
+        <v>118</v>
       </c>
       <c r="Q19" t="s">
-        <v>536</v>
+        <v>523</v>
       </c>
       <c r="R19" t="s">
-        <v>128</v>
+        <v>118</v>
       </c>
       <c r="S19" t="s">
-        <v>608</v>
+        <v>634</v>
       </c>
       <c r="T19" t="s">
-        <v>518</v>
-[...61 lines deleted...]
-        <v>518</v>
+        <v>576</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>