--- v0 (2025-11-05)
+++ v1 (2025-12-20)
@@ -1,65 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2304" uniqueCount="1003">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3315" uniqueCount="1363">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -74,68 +77,134 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Georges BOU NASSIF</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794627/fr/docteur-georges-bou-nassif</t>
+  </si>
+  <si>
+    <t>p_3794627</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>BOU NASSIF</t>
+  </si>
+  <si>
+    <t>Georges</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CH AGGLOMERATION MONTARGOISE</t>
+  </si>
+  <si>
+    <t>45200</t>
+  </si>
+  <si>
+    <t>AMILLY</t>
+  </si>
+  <si>
+    <t>450000062</t>
+  </si>
+  <si>
+    <t>Docteur Raouf BOUBEKEUR</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794710/fr/docteur-raouf-boubekeur</t>
+  </si>
+  <si>
+    <t>p_3794710</t>
+  </si>
+  <si>
+    <t>BOUBEKEUR</t>
+  </si>
+  <si>
+    <t>Raouf</t>
+  </si>
+  <si>
+    <t>23 October 2025</t>
+  </si>
+  <si>
+    <t>CHRU ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>45067</t>
+  </si>
+  <si>
+    <t>ORLEANS CEDEX 2</t>
+  </si>
+  <si>
+    <t>450002613</t>
+  </si>
+  <si>
     <t>Docteur Pedro MARQUES</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638817/fr/docteur-pedro-marques</t>
   </si>
   <si>
     <t>p_3638817</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>MARQUES</t>
   </si>
   <si>
     <t>Pedro</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>CLINIQUE L'ARCHETTE</t>
   </si>
   <si>
     <t>45161</t>
   </si>
   <si>
     <t>OLIVET</t>
   </si>
   <si>
     <t>450000245</t>
   </si>
   <si>
     <t>Docteur HOUSSEM FOUDHAILI</t>
   </si>
   <si>
     <t>30/06/2025 14:17:24</t>
@@ -347,59 +416,50 @@
   <si>
     <t>Docteur Pascal POTIER</t>
   </si>
   <si>
     <t>19/07/2024 15:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3531984/fr/docteur-pascal-potier</t>
   </si>
   <si>
     <t>p_3531984</t>
   </si>
   <si>
     <t>POTIER</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
     <t>18 July 2024</t>
   </si>
   <si>
     <t>CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE</t>
   </si>
   <si>
-    <t>45067</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur OLIVIA WILSON</t>
   </si>
   <si>
     <t>19/07/2024 15:35:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532895/fr/docteur-olivia-wilson</t>
   </si>
   <si>
     <t>p_3532895</t>
   </si>
   <si>
     <t>WILSON</t>
   </si>
   <si>
     <t>OLIVIA</t>
   </si>
   <si>
     <t>Docteur BIRANE BEYE</t>
   </si>
   <si>
     <t>19/07/2024 15:35:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532912/fr/docteur-birane-beye</t>
@@ -494,1007 +554,935 @@
   <si>
     <t>410000020,450000070,450002613</t>
   </si>
   <si>
     <t>Docteur AHMED BENZAKOUR</t>
   </si>
   <si>
     <t>15/06/2023 11:34:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447142/fr/docteur-ahmed-benzakour</t>
   </si>
   <si>
     <t>p_3447142</t>
   </si>
   <si>
     <t>BENZAKOUR</t>
   </si>
   <si>
     <t>AHMED</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
-    <t>Docteur ARNAUD BISSON</t>
-[...11 lines deleted...]
-    <t>BISSON</t>
+    <t>Docteur Arnaud GAUCHER</t>
+  </si>
+  <si>
+    <t>02/01/2023 09:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3401288/fr/docteur-arnaud-gaucher</t>
+  </si>
+  <si>
+    <t>p_3401288</t>
+  </si>
+  <si>
+    <t>GAUCHER</t>
+  </si>
+  <si>
+    <t>Arnaud</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur QUENTIN BELOT</t>
+  </si>
+  <si>
+    <t>19/12/2022 11:33:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3397702/fr/docteur-quentin-belot</t>
+  </si>
+  <si>
+    <t>p_3397702</t>
+  </si>
+  <si>
+    <t>BELOT</t>
+  </si>
+  <si>
+    <t>QUENTIN</t>
+  </si>
+  <si>
+    <t>15 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur PHILIPPE GORCE</t>
+  </si>
+  <si>
+    <t>19/12/2022 13:36:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398465/fr/docteur-philippe-gorce</t>
+  </si>
+  <si>
+    <t>p_3398465</t>
+  </si>
+  <si>
+    <t>GORCE</t>
+  </si>
+  <si>
+    <t>PHILIPPE</t>
+  </si>
+  <si>
+    <t>Docteur FLORIN HADARCA</t>
+  </si>
+  <si>
+    <t>19/12/2022 13:36:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398468/fr/docteur-florin-hadarca</t>
+  </si>
+  <si>
+    <t>p_3398468</t>
+  </si>
+  <si>
+    <t>HADARCA</t>
+  </si>
+  <si>
+    <t>FLORIN</t>
+  </si>
+  <si>
+    <t>Docteur HUSSEIN IBRAHIM</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:31:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307728/fr/docteur-hussein-ibrahim</t>
+  </si>
+  <si>
+    <t>p_3307728</t>
+  </si>
+  <si>
+    <t>IBRAHIM</t>
+  </si>
+  <si>
+    <t>HUSSEIN</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur ADHAM RAMMAL</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307730/fr/docteur-adham-rammal</t>
+  </si>
+  <si>
+    <t>p_3307730</t>
+  </si>
+  <si>
+    <t>RAMMAL</t>
+  </si>
+  <si>
+    <t>ADHAM</t>
+  </si>
+  <si>
+    <t>Docteur HICHEM ISSAOUI</t>
+  </si>
+  <si>
+    <t>25/11/2021 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301849/fr/docteur-hichem-issaoui</t>
+  </si>
+  <si>
+    <t>p_3301849</t>
+  </si>
+  <si>
+    <t>ISSAOUI</t>
+  </si>
+  <si>
+    <t>HICHEM</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur JULIE BARISIEN</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228252/fr/docteur-julie-barisien</t>
+  </si>
+  <si>
+    <t>p_3228252</t>
+  </si>
+  <si>
+    <t>BARISIEN</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>29 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur MOHAMED NADER BACCAR</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228287/fr/docteur-mohamed-nader-baccar</t>
+  </si>
+  <si>
+    <t>p_3228287</t>
+  </si>
+  <si>
+    <t>BACCAR</t>
+  </si>
+  <si>
+    <t>MOHAMED NADER</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANA-CLAUDIA VLAS</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226645/fr/docteur-ana-claudia-vlas</t>
+  </si>
+  <si>
+    <t>p_3226645</t>
+  </si>
+  <si>
+    <t>VLAS</t>
+  </si>
+  <si>
+    <t>ANA-CLAUDIA</t>
+  </si>
+  <si>
+    <t>17 December 2020</t>
+  </si>
+  <si>
+    <t>Docteur JOHAN GUILLOU</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214019/fr/docteur-johan-guillou</t>
+  </si>
+  <si>
+    <t>p_3214019</t>
+  </si>
+  <si>
+    <t>GUILLOU</t>
+  </si>
+  <si>
+    <t>JOHAN</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur DAVID DUSSART</t>
+  </si>
+  <si>
+    <t>19/12/2019 15:38:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3142860/fr/docteur-david-dussart</t>
+  </si>
+  <si>
+    <t>p_3142860</t>
+  </si>
+  <si>
+    <t>DUSSART</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur BAUDOUIN THEBAULT</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107479/fr/docteur-baudouin-thebault</t>
+  </si>
+  <si>
+    <t>p_3107479</t>
+  </si>
+  <si>
+    <t>THEBAULT</t>
+  </si>
+  <si>
+    <t>BAUDOUIN</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS BRICHART</t>
+  </si>
+  <si>
+    <t>09/07/2019 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067016/fr/docteur-nicolas-brichart</t>
+  </si>
+  <si>
+    <t>p_3067016</t>
+  </si>
+  <si>
+    <t>BRICHART</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT ZIZA</t>
+  </si>
+  <si>
+    <t>09/07/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067042/fr/docteur-vincent-ziza</t>
+  </si>
+  <si>
+    <t>p_3067042</t>
+  </si>
+  <si>
+    <t>ZIZA</t>
+  </si>
+  <si>
+    <t>VINCENT</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
+  </si>
+  <si>
+    <t>Docteur PATRICIA CHAMORRO CERON</t>
+  </si>
+  <si>
+    <t>29/04/2019 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966342/fr/docteur-patricia-chamorro-ceron</t>
+  </si>
+  <si>
+    <t>c_2966342</t>
+  </si>
+  <si>
+    <t>CHAMORRO CERON</t>
+  </si>
+  <si>
+    <t>PATRICIA</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS LECLERCQ</t>
+  </si>
+  <si>
+    <t>25/10/2018 10:32:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880441/fr/docteur-nicolas-leclercq</t>
+  </si>
+  <si>
+    <t>c_2880441</t>
+  </si>
+  <si>
+    <t>LECLERCQ</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE VILLERET-GOUREAU</t>
+  </si>
+  <si>
+    <t>15/12/2017 14:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813538/fr/docteur-isabelle-villeret-goureau</t>
+  </si>
+  <si>
+    <t>c_2813538</t>
+  </si>
+  <si>
+    <t>VILLERET-GOUREAU</t>
+  </si>
+  <si>
+    <t>ISABELLE</t>
+  </si>
+  <si>
+    <t>15 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur ARNAUD PIQUARD</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793483/fr/docteur-arnaud-piquard</t>
+  </si>
+  <si>
+    <t>c_2793483</t>
+  </si>
+  <si>
+    <t>PIQUARD</t>
   </si>
   <si>
     <t>ARNAUD</t>
   </si>
   <si>
+    <t>23 September 2021</t>
+  </si>
+  <si>
+    <t>CHU/CHRO - HÔPITAL MADELEINE</t>
+  </si>
+  <si>
+    <t>45032</t>
+  </si>
+  <si>
+    <t>ORLEANS CEDEX 1</t>
+  </si>
+  <si>
+    <t>450000021</t>
+  </si>
+  <si>
+    <t>Docteur ADEL ABOU-MRAD-FRICQUEGNON</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793494/fr/docteur-adel-abou-mrad-fricquegnon</t>
+  </si>
+  <si>
+    <t>c_2793494</t>
+  </si>
+  <si>
+    <t>ABOU-MRAD-FRICQUEGNON</t>
+  </si>
+  <si>
+    <t>ADEL</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc DEVILLIERS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739271/fr/docteur-jean-luc-devilliers</t>
+  </si>
+  <si>
+    <t>c_2739271</t>
+  </si>
+  <si>
+    <t>DEVILLIERS</t>
+  </si>
+  <si>
+    <t>Jean-luc</t>
+  </si>
+  <si>
+    <t>ORELIANCE - REINE BLANCHE</t>
+  </si>
+  <si>
+    <t>450000294</t>
+  </si>
+  <si>
+    <t>Docteur Christophe BERTON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739290/fr/docteur-christophe-berton</t>
+  </si>
+  <si>
+    <t>c_2739290</t>
+  </si>
+  <si>
+    <t>BERTON</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur Damien LABARRIERE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740004/fr/docteur-damien-labarriere</t>
+  </si>
+  <si>
+    <t>c_2740004</t>
+  </si>
+  <si>
+    <t>LABARRIERE</t>
+  </si>
+  <si>
+    <t>Damien</t>
+  </si>
+  <si>
+    <t>06 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur Mazen ALI</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740194/fr/docteur-mazen-ali</t>
+  </si>
+  <si>
+    <t>c_2740194</t>
+  </si>
+  <si>
+    <t>ALI</t>
+  </si>
+  <si>
+    <t>Mazen</t>
+  </si>
+  <si>
+    <t>21 January 2021</t>
+  </si>
+  <si>
+    <t>Docteur Jean-baptiste BARBARY</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740237/fr/docteur-jean-baptiste-barbary</t>
+  </si>
+  <si>
+    <t>c_2740237</t>
+  </si>
+  <si>
+    <t>BARBARY</t>
+  </si>
+  <si>
+    <t>Jean-baptiste</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu LECUIT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708486/fr/docteur-matthieu-lecuit</t>
+  </si>
+  <si>
+    <t>c_2708486</t>
+  </si>
+  <si>
+    <t>LECUIT</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Docteur Gérard LONLAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708635/fr/docteur-gerard-lonlas</t>
+  </si>
+  <si>
+    <t>c_2708635</t>
+  </si>
+  <si>
+    <t>LONLAS</t>
+  </si>
+  <si>
+    <t>Gérard</t>
+  </si>
+  <si>
+    <t>20 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur Samir NABOULSI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709009/fr/docteur-samir-naboulsi</t>
+  </si>
+  <si>
+    <t>c_2709009</t>
+  </si>
+  <si>
+    <t>NABOULSI</t>
+  </si>
+  <si>
+    <t>Samir</t>
+  </si>
+  <si>
+    <t>01 April 2021</t>
+  </si>
+  <si>
+    <t>Docteur Damien GRENIER DE CARDENAL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709020/fr/docteur-damien-grenier-de-cardenal</t>
+  </si>
+  <si>
+    <t>c_2709020</t>
+  </si>
+  <si>
+    <t>GRENIER DE CARDENAL</t>
+  </si>
+  <si>
+    <t>18 February 2021</t>
+  </si>
+  <si>
+    <t>Docteur Anne DANTON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709128/fr/docteur-anne-danton</t>
+  </si>
+  <si>
+    <t>c_2709128</t>
+  </si>
+  <si>
+    <t>DANTON</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Docteur Gérard NACASCH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709261/fr/docteur-gerard-nacasch</t>
+  </si>
+  <si>
+    <t>c_2709261</t>
+  </si>
+  <si>
+    <t>NACASCH</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MONTARGIS,POLYCLINIQUE STE MARGUERITE AUXERRE</t>
+  </si>
+  <si>
+    <t>45202,89003</t>
+  </si>
+  <si>
+    <t>MONTARGIS,AUXERRE</t>
+  </si>
+  <si>
+    <t>450012968,890002389</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume GUEGUEN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709687/fr/docteur-guillaume-gueguen</t>
+  </si>
+  <si>
+    <t>c_2709687</t>
+  </si>
+  <si>
+    <t>GUEGUEN</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc RETAILLAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709725/fr/docteur-jean-luc-retaillaud</t>
+  </si>
+  <si>
+    <t>c_2709725</t>
+  </si>
+  <si>
+    <t>RETAILLAUD</t>
+  </si>
+  <si>
+    <t>Docteur Nidal HAZIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709728/fr/docteur-nidal-hazim</t>
+  </si>
+  <si>
+    <t>c_2709728</t>
+  </si>
+  <si>
+    <t>HAZIM</t>
+  </si>
+  <si>
+    <t>Nidal</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume BOCQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709734/fr/docteur-guillaume-bocquet</t>
+  </si>
+  <si>
+    <t>c_2709734</t>
+  </si>
+  <si>
+    <t>BOCQUET</t>
+  </si>
+  <si>
+    <t>16 February 2023</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc DELALANDE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709744/fr/docteur-jean-luc-delalande</t>
+  </si>
+  <si>
+    <t>c_2709744</t>
+  </si>
+  <si>
+    <t>DELALANDE</t>
+  </si>
+  <si>
+    <t>Docteur François ZIMMANN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709757/fr/docteur-francois-zimmann</t>
+  </si>
+  <si>
+    <t>c_2709757</t>
+  </si>
+  <si>
+    <t>ZIMMANN</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Alain CAVILLON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709775/fr/docteur-alain-cavillon</t>
+  </si>
+  <si>
+    <t>c_2709775</t>
+  </si>
+  <si>
+    <t>CAVILLON</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>27 May 2021</t>
+  </si>
+  <si>
+    <t>Docteur Stephane LEMERET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709845/fr/docteur-stephane-lemeret</t>
+  </si>
+  <si>
+    <t>c_2709845</t>
+  </si>
+  <si>
+    <t>LEMERET</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Docteur Mazda DANESHVAR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709861/fr/docteur-mazda-daneshvar</t>
+  </si>
+  <si>
+    <t>c_2709861</t>
+  </si>
+  <si>
+    <t>DANESHVAR</t>
+  </si>
+  <si>
+    <t>Mazda</t>
+  </si>
+  <si>
+    <t>Docteur Henri SUZAT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710216/fr/docteur-henri-suzat</t>
+  </si>
+  <si>
+    <t>c_2710216</t>
+  </si>
+  <si>
+    <t>SUZAT</t>
+  </si>
+  <si>
+    <t>Henri</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>Docteur Hosam MOSAAD-SABRY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710420/fr/docteur-hosam-mosaad-sabry</t>
+  </si>
+  <si>
+    <t>c_2710420</t>
+  </si>
+  <si>
+    <t>MOSAAD-SABRY</t>
+  </si>
+  <si>
+    <t>Hosam</t>
+  </si>
+  <si>
+    <t>ORELIANCE - LONGUES ALLEES,CHU/SITE JEANNE D'ARC GIEN - CHR ORLEANS</t>
+  </si>
+  <si>
+    <t>45770,45500</t>
+  </si>
+  <si>
+    <t>SARAN,GIEN</t>
+  </si>
+  <si>
+    <t>450010079,450021449</t>
+  </si>
+  <si>
+    <t>Docteur Christophe MAUNY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710607/fr/docteur-christophe-mauny</t>
+  </si>
+  <si>
+    <t>c_2710607</t>
+  </si>
+  <si>
+    <t>MAUNY</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Herve METZGER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711148/fr/docteur-herve-metzger</t>
+  </si>
+  <si>
+    <t>c_2711148</t>
+  </si>
+  <si>
+    <t>METZGER</t>
+  </si>
+  <si>
+    <t>Herve</t>
+  </si>
+  <si>
     <t>19 January 2023</t>
   </si>
   <si>
-    <t>CHRU TROUSSEAU - CHAMBRAY,CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE</t>
-[...934 lines deleted...]
-  <si>
     <t>CLINIQUE DE MONTARGIS,CLINIQUE SAINT JEAN L ERMITAGE</t>
   </si>
   <si>
     <t>45202,77000</t>
   </si>
   <si>
     <t>MONTARGIS,MELUN</t>
   </si>
   <si>
     <t>450012968,770300143</t>
   </si>
   <si>
     <t>Docteur Sébastien GUILBERT</t>
   </si>
   <si>
     <t>08/11/2016 11:33:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711180/fr/docteur-sebastien-guilbert</t>
   </si>
   <si>
     <t>c_2711180</t>
   </si>
   <si>
     <t>GUILBERT</t>
@@ -1700,116 +1688,215 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>LA VIE AU GD AIR/PRIORITE EN-AEM-DAPAD</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14880_FicheESSMS/fr/la-vie-au-gd-air/priorite-en-aem-dapad</t>
+  </si>
+  <si>
+    <t>14880_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Jean Jaurès</t>
+  </si>
+  <si>
+    <t>45700 VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>VILLEMANDEUR</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>450023338</t>
+  </si>
+  <si>
+    <t>LA VIE AU GD AIR/PRIORITE ENF-AEM-SAEJ</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14881_FicheESSMS/fr/la-vie-au-gd-air/priorite-enf-aem-saej</t>
+  </si>
+  <si>
+    <t>14881_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Jacques Frayer</t>
+  </si>
+  <si>
+    <t>45200 MONTARGIS</t>
+  </si>
+  <si>
+    <t>450018049</t>
+  </si>
+  <si>
+    <t>EANM APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:29:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14595_FicheESSMS/fr/eanm-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>14595_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Debourienne</t>
+  </si>
+  <si>
+    <t>45210 FERRIERES EN GATINAIS</t>
+  </si>
+  <si>
+    <t>FERRIERES EN GATINAIS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>450004114</t>
+  </si>
+  <si>
+    <t>CHRS IMANIS - PITHIVIERS/MONTARGIS</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:29:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14596_FicheESSMS/fr/chrs-imanis-pithiviers/montargis</t>
+  </si>
+  <si>
+    <t>14596_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Emile Decourt</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>450024013</t>
+  </si>
+  <si>
     <t>SAAD LA COLOMBE 45 SAINT JEAN DE BRAYE</t>
   </si>
   <si>
     <t>21/09/2025 16:16:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13473_FicheESSMS/fr/saad-la-colombe-45-saint-jean-de-braye</t>
   </si>
   <si>
     <t>13473_FicheESSMS</t>
   </si>
   <si>
     <t>29 Rue Planche De Pierre</t>
   </si>
   <si>
     <t>45800 ST JEAN DE BRAYE</t>
   </si>
   <si>
     <t>ST JEAN DE BRAYE</t>
   </si>
   <si>
-    <t>45</t>
-[...1 lines deleted...]
-  <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>450023817</t>
   </si>
   <si>
     <t>EANM LA SABLONNIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/30_FicheESSMS/fr/eanm-la-sablonniere</t>
   </si>
   <si>
     <t>30_FicheESSMS</t>
   </si>
   <si>
     <t>220 Rue De La Gare</t>
   </si>
   <si>
     <t>45760 MARIGNY LES USAGES</t>
   </si>
   <si>
     <t>MARIGNY LES USAGES</t>
   </si>
   <si>
-    <t>Privé à but non lucratif</t>
-[...7 lines deleted...]
-  <si>
     <t>450003900</t>
   </si>
   <si>
     <t>EAM LE PETIT CORMIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/29_FicheESSMS/fr/eam-le-petit-cormier</t>
   </si>
   <si>
     <t>29_FicheESSMS</t>
   </si>
   <si>
     <t>65 Avenue De Verdun</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>450018601</t>
   </si>
   <si>
     <t>CENTRE ACCUEIL JOUR PERSONNES AGEES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:25</t>
@@ -1967,83 +2054,122 @@
   <si>
     <t>1192_FicheESSMS</t>
   </si>
   <si>
     <t>45300 PITHIVIERS LE VIEIL</t>
   </si>
   <si>
     <t>PITHIVIERS LE VIEIL</t>
   </si>
   <si>
     <t>450005749</t>
   </si>
   <si>
     <t>EANM LES CEDRES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1191_FicheESSMS/fr/eanm-les-cedres</t>
   </si>
   <si>
     <t>1191_FicheESSMS</t>
   </si>
   <si>
     <t>450002928</t>
   </si>
   <si>
+    <t>https://www.has-sante.fr/jcms/1190_FicheESSMS/fr/eanm-les-cedres</t>
+  </si>
+  <si>
+    <t>1190_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>45300 PITHIVIERS</t>
+  </si>
+  <si>
+    <t>450009238</t>
+  </si>
+  <si>
     <t>SAVS LES CEDRES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1189_FicheESSMS/fr/savs-les-cedres</t>
   </si>
   <si>
     <t>1189_FicheESSMS</t>
   </si>
   <si>
     <t>1 Square Ashby De La Zouch</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>450011879</t>
   </si>
   <si>
+    <t>MARPA SAINTE ROSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1262_FicheESSMS/fr/marpa-sainte-rose</t>
+  </si>
+  <si>
+    <t>1262_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Des Daciers</t>
+  </si>
+  <si>
+    <t>45320 ERVAUVILLE</t>
+  </si>
+  <si>
+    <t>ERVAUVILLE</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>450006028</t>
+  </si>
+  <si>
     <t>10/09/2025 12:16:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1364_FicheESSMS/fr/centre-accueil-jour-personnes-agees</t>
   </si>
   <si>
     <t>1364_FicheESSMS</t>
   </si>
   <si>
     <t>23 Avenue De La Republique</t>
   </si>
   <si>
-    <t>45300 PITHIVIERS</t>
-[...1 lines deleted...]
-  <si>
     <t>450003249</t>
   </si>
   <si>
     <t>EHPAD KORIAN REFLET DE LOIRE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1478_FicheESSMS/fr/ehpad-korian-reflet-de-loire</t>
   </si>
   <si>
     <t>1478_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Descartes</t>
   </si>
   <si>
     <t>45380 LA CHAPELLE ST MESMIN</t>
   </si>
   <si>
     <t>LA CHAPELLE ST MESMIN</t>
   </si>
   <si>
     <t>450010392</t>
@@ -2051,68 +2177,107 @@
   <si>
     <t>EHPAD DES PRES</t>
   </si>
   <si>
     <t>10/09/2025 12:16:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1520_FicheESSMS/fr/ehpad-des-pres</t>
   </si>
   <si>
     <t>1520_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Marechal Joffre</t>
   </si>
   <si>
     <t>45360 CHATILLON SUR LOIRE</t>
   </si>
   <si>
     <t>CHATILLON SUR LOIRE</t>
   </si>
   <si>
     <t>450002118</t>
   </si>
   <si>
+    <t>EHPAD KORIAN CHATEAU DES LANDES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1798_FicheESSMS/fr/ehpad-korian-chateau-des-landes</t>
+  </si>
+  <si>
+    <t>1798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45240 LA FERTE ST AUBIN</t>
+  </si>
+  <si>
+    <t>LA FERTE ST AUBIN</t>
+  </si>
+  <si>
+    <t>450013909</t>
+  </si>
+  <si>
     <t>EHPAD LA CHAPELLE</t>
   </si>
   <si>
     <t>10/09/2025 12:17:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2138_FicheESSMS/fr/ehpad-la-chapelle</t>
   </si>
   <si>
     <t>2138_FicheESSMS</t>
   </si>
   <si>
     <t>4 Avenue Riviere Des Bois</t>
   </si>
   <si>
     <t>450014535</t>
   </si>
   <si>
+    <t>EHPAD LA SOURCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2137_FicheESSMS/fr/ehpad-la-source</t>
+  </si>
+  <si>
+    <t>2137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De Concyr</t>
+  </si>
+  <si>
+    <t>45071 ORLEANS CEDEX 2</t>
+  </si>
+  <si>
+    <t>450013594</t>
+  </si>
+  <si>
     <t>EHPAD  DE CHEVILLY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2136_FicheESSMS/fr/ehpad-de-chevilly</t>
   </si>
   <si>
     <t>2136_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue De La Gare</t>
   </si>
   <si>
     <t>45520 CHEVILLY</t>
   </si>
   <si>
     <t>CHEVILLY</t>
   </si>
   <si>
     <t>450007208</t>
   </si>
   <si>
     <t>EHPAD LES ECUREUILS</t>
   </si>
   <si>
     <t>10/09/2025 12:17:51</t>
@@ -2240,113 +2405,185 @@
   <si>
     <t>450014303</t>
   </si>
   <si>
     <t>CAMSP POLYVALENT DU CHRU D'ORLEANS</t>
   </si>
   <si>
     <t>10/09/2025 12:18:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3069_FicheESSMS/fr/camsp-polyvalent-du-chru-d-orleans</t>
   </si>
   <si>
     <t>3069_FicheESSMS</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
   </si>
   <si>
     <t>450009683</t>
   </si>
   <si>
+    <t>CAMSP POLYVALENT - SITE SECONDAIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3068_FicheESSMS/fr/camsp-polyvalent-site-secondaire</t>
+  </si>
+  <si>
+    <t>3068_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Boulevard Beauvallet</t>
+  </si>
+  <si>
+    <t>450024005</t>
+  </si>
+  <si>
     <t>MAISON D'ENFANTS "LE MOUTEAU"</t>
   </si>
   <si>
     <t>10/09/2025 12:19:08</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3268_FicheESSMS/fr/maison-d-enfants-le-mouteau</t>
   </si>
   <si>
     <t>3268_FicheESSMS</t>
   </si>
   <si>
     <t>84 Rue Demay</t>
   </si>
   <si>
     <t>45650 ST JEAN LE BLANC</t>
   </si>
   <si>
     <t>ST JEAN LE BLANC</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...4 lines deleted...]
-  <si>
     <t>450012026</t>
   </si>
   <si>
+    <t>DISPOSITIF CAERIS- SECTION PF- AIDAPHI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4252_FicheESSMS/fr/dispositif-caeris-section-pf-aidaphi</t>
+  </si>
+  <si>
+    <t>4252_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>450003991</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT JEAN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5040_FicheESSMS/fr/ehpad-saint-jean</t>
+  </si>
+  <si>
+    <t>5040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Boulevard Loreau</t>
+  </si>
+  <si>
+    <t>45250 BRIARE</t>
+  </si>
+  <si>
+    <t>BRIARE</t>
+  </si>
+  <si>
+    <t>450012067</t>
+  </si>
+  <si>
     <t>SAMSAH</t>
   </si>
   <si>
     <t>10/09/2025 12:22:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5750_FicheESSMS/fr/samsah</t>
   </si>
   <si>
     <t>5750_FicheESSMS</t>
   </si>
   <si>
     <t>170 Allée Du Kiosque</t>
   </si>
   <si>
     <t>Service d'accompagnement médico-social adultes handicapés</t>
   </si>
   <si>
     <t>450014758</t>
   </si>
   <si>
     <t>SAVS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5749_FicheESSMS/fr/savs</t>
   </si>
   <si>
     <t>5749_FicheESSMS</t>
   </si>
   <si>
     <t>450007778</t>
   </si>
   <si>
+    <t>EHPAD MA MAISON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6367_FicheESSMS/fr/ehpad-ma-maison</t>
+  </si>
+  <si>
+    <t>6367_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue Bellebat</t>
+  </si>
+  <si>
+    <t>45044 ORLEANS CEDEX 1</t>
+  </si>
+  <si>
+    <t>450007679</t>
+  </si>
+  <si>
     <t>M.J.P.M-ASSOC TUTÉLAIRE DU CTRE A GIEN</t>
   </si>
   <si>
     <t>10/09/2025 12:23:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6466_FicheESSMS/fr/m-j-p-m-assoc-tutelaire-du-ctre-a-gien</t>
   </si>
   <si>
     <t>6466_FicheESSMS</t>
   </si>
   <si>
     <t>45500 GIEN</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service mandataire judiciaire à la protection des majeurs</t>
   </si>
   <si>
     <t>450019237</t>
   </si>
   <si>
     <t>EHPAD LE JARDIN DES SABLONS</t>
@@ -2399,87 +2636,117 @@
   <si>
     <t>EHPAD RAYMOND POULIN</t>
   </si>
   <si>
     <t>10/09/2025 12:24:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7367_FicheESSMS/fr/ehpad-raymond-poulin</t>
   </si>
   <si>
     <t>7367_FicheESSMS</t>
   </si>
   <si>
     <t>9 Rue Du Vieux Bourg</t>
   </si>
   <si>
     <t>45140 ST JEAN DE LA RUELLE</t>
   </si>
   <si>
     <t>ST JEAN DE LA RUELLE</t>
   </si>
   <si>
     <t>450007307</t>
   </si>
   <si>
+    <t>ACCUEIL DE JOUR LE BOIS DORMANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7773_FicheESSMS/fr/accueil-de-jour-le-bois-dormant</t>
+  </si>
+  <si>
+    <t>7773_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Levée Des Capucins</t>
+  </si>
+  <si>
+    <t>450018239</t>
+  </si>
+  <si>
     <t>EHPAD LES JARDINS D ELEONORE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7858_FicheESSMS/fr/ehpad-les-jardins-d-eleonore</t>
   </si>
   <si>
     <t>7858_FicheESSMS</t>
   </si>
   <si>
     <t>140 Rue Du Clos De Champeaux</t>
   </si>
   <si>
     <t>450013974</t>
   </si>
   <si>
+    <t>SAAD SERVICE DE MAINTIEN A DOMCILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7956_FicheESSMS/fr/saad-service-de-maintien-a-domcile</t>
+  </si>
+  <si>
+    <t>7956_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450018403</t>
+  </si>
+  <si>
     <t>CPH IMANIS LOIRET</t>
   </si>
   <si>
     <t>10/09/2025 12:25:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8686_FicheESSMS/fr/cph-imanis-loiret</t>
   </si>
   <si>
     <t>8686_FicheESSMS</t>
   </si>
   <si>
     <t>21 Avenue De Verdun</t>
   </si>
   <si>
-    <t>45200 MONTARGIS</t>
-[...2 lines deleted...]
-    <t>Accueil, Hébergement, Insertion</t>
+    <t>Personne ayant des difficultés spécifiques</t>
   </si>
   <si>
     <t>Centre Provisoire Hébergement (C.P.H.)</t>
   </si>
   <si>
     <t>450022850</t>
   </si>
   <si>
     <t>EHPAD LA RESIDENCE DU PORT</t>
   </si>
   <si>
     <t>10/09/2025 12:25:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8712_FicheESSMS/fr/ehpad-la-residence-du-port</t>
   </si>
   <si>
     <t>8712_FicheESSMS</t>
   </si>
   <si>
     <t>11 Rue De La Masure Du Port</t>
   </si>
   <si>
     <t>45550 ST DENIS DE L HOTEL</t>
   </si>
@@ -2516,353 +2783,422 @@
   <si>
     <t>EHPAD RESIDENCE TRIANON</t>
   </si>
   <si>
     <t>10/09/2025 12:25:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9137_FicheESSMS/fr/ehpad-residence-trianon</t>
   </si>
   <si>
     <t>9137_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Trianon</t>
   </si>
   <si>
     <t>45310 PATAY</t>
   </si>
   <si>
     <t>PATAY</t>
   </si>
   <si>
     <t>450002282</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/1190_FicheESSMS/fr/eanm-les-cedres</t>
-[...143 lines deleted...]
-    <t>450018403</t>
+    <t>LVA "LA MAISON DEZ'EL"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9263_FicheESSMS/fr/lva-la-maison-dez-el</t>
+  </si>
+  <si>
+    <t>9263_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Orbette</t>
+  </si>
+  <si>
+    <t>Lieux de Vie et d'Accueil</t>
+  </si>
+  <si>
+    <t>450016878</t>
+  </si>
+  <si>
+    <t>MECS 'ANJORRANT VILLEMANDEUR'</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9300_FicheESSMS/fr/mecs-anjorrant-villemandeur</t>
+  </si>
+  <si>
+    <t>9300_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Alexandre Dumas</t>
+  </si>
+  <si>
+    <t>450003637</t>
+  </si>
+  <si>
+    <t>IME RIVE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9299_FicheESSMS/fr/ime-rive-du-bois</t>
+  </si>
+  <si>
+    <t>9299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>54 Rue De La Rive Du Bois</t>
+  </si>
+  <si>
+    <t>45170 NEUVILLE AUX BOIS</t>
+  </si>
+  <si>
+    <t>NEUVILLE AUX BOIS</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>450000054</t>
+  </si>
+  <si>
+    <t>DAPAD FONDATION VAL DE LOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9298_FicheESSMS/fr/dapad-fondation-val-de-loire</t>
+  </si>
+  <si>
+    <t>9298_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue De Curembourg</t>
+  </si>
+  <si>
+    <t>450023940</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE D EMILIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9312_FicheESSMS/fr/ehpad-la-residence-d-emilie</t>
+  </si>
+  <si>
+    <t>9312_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route De La Foret</t>
+  </si>
+  <si>
+    <t>45260 LORRIS</t>
+  </si>
+  <si>
+    <t>LORRIS</t>
+  </si>
+  <si>
+    <t>450002266</t>
   </si>
   <si>
     <t>EHPAD RESIDENCE L AUBINIERE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9606_FicheESSMS/fr/ehpad-residence-l-aubiniere</t>
   </si>
   <si>
     <t>9606_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De La Tour Saint Aubin</t>
   </si>
   <si>
     <t>450007406</t>
   </si>
   <si>
     <t>MAS APF HANDAS DE LORRIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9605_FicheESSMS/fr/mas-apf-handas-de-lorris</t>
   </si>
   <si>
     <t>9605_FicheESSMS</t>
   </si>
   <si>
-    <t>45260 LORRIS</t>
-[...4 lines deleted...]
-  <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>450018015</t>
   </si>
   <si>
-    <t>LHSS IMANIS</t>
-[...20 lines deleted...]
-    <t>450015789</t>
+    <t>SSIAD CHATILLON COLIGNY CHATEAURENARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9604_FicheESSMS/fr/ssiad-chatillon-coligny-chateaurenard</t>
+  </si>
+  <si>
+    <t>9604_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Aristide Briand</t>
+  </si>
+  <si>
+    <t>45230 CHATILLON COLIGNY</t>
+  </si>
+  <si>
+    <t>CHATILLON COLIGNY</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>450013883</t>
+  </si>
+  <si>
+    <t>SAMSAH APF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9603_FicheESSMS/fr/samsah-apf</t>
+  </si>
+  <si>
+    <t>9603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Hauts De Saint Loup</t>
+  </si>
+  <si>
+    <t>450015508</t>
+  </si>
+  <si>
+    <t>SAVS APF FRANCE HANDICAP</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9602_FicheESSMS/fr/savs-apf-france-handicap</t>
+  </si>
+  <si>
+    <t>9602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>450009071</t>
+  </si>
+  <si>
+    <t>SSIAD DOMUS VI DOMICILE ORLEANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10041_FicheESSMS/fr/ssiad-domus-vi-domicile-orleans</t>
+  </si>
+  <si>
+    <t>10041_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Michel Royer</t>
+  </si>
+  <si>
+    <t>450018882</t>
+  </si>
+  <si>
+    <t>EHPAD NOTRE FOYER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10060_FicheESSMS/fr/ehpad-notre-foyer</t>
+  </si>
+  <si>
+    <t>10060_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Des Benedictines</t>
+  </si>
+  <si>
+    <t>450000815</t>
+  </si>
+  <si>
+    <t>EHPAD LE PARC DES MAUVES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10112_FicheESSMS/fr/ehpad-le-parc-des-mauves</t>
+  </si>
+  <si>
+    <t>10112_FicheESSMS</t>
+  </si>
+  <si>
+    <t>45130 HUISSEAU SUR MAUVES</t>
+  </si>
+  <si>
+    <t>HUISSEAU SUR MAUVES</t>
+  </si>
+  <si>
+    <t>450014568</t>
   </si>
   <si>
     <t>CHRS IMANIS OLIVET</t>
   </si>
   <si>
     <t>10/09/2025 12:26:22</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10272_FicheESSMS/fr/chrs-imanis-olivet</t>
   </si>
   <si>
     <t>10272_FicheESSMS</t>
   </si>
   <si>
     <t>975 Rue De Bourges</t>
   </si>
   <si>
-    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
-[...1 lines deleted...]
-  <si>
     <t>450018809</t>
   </si>
   <si>
     <t>ESAT DE FONTENAY SUR LOING</t>
   </si>
   <si>
     <t>10/09/2025 12:26:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10402_FicheESSMS/fr/esat-de-fontenay-sur-loing</t>
   </si>
   <si>
     <t>10402_FicheESSMS</t>
   </si>
   <si>
     <t>45210 FONTENAY SUR LOING</t>
   </si>
   <si>
     <t>FONTENAY SUR LOING</t>
   </si>
   <si>
     <t>450002365</t>
   </si>
   <si>
+    <t>ACT LA PARENTHESE (ANTENNE EST LOIRET)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11740_FicheESSMS/fr/act-la-parenthese-antenne-est-loiret</t>
+  </si>
+  <si>
+    <t>11740_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Jean Jaures</t>
+  </si>
+  <si>
+    <t>Appartement de Coordination Thérapeutique (A.C.T.)</t>
+  </si>
+  <si>
+    <t>450023254</t>
+  </si>
+  <si>
+    <t>CSAPA LA LEVEE 45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11738_FicheESSMS/fr/csapa-la-levee-45</t>
+  </si>
+  <si>
+    <t>11738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>56 Rue Guignegault</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>450015391</t>
+  </si>
+  <si>
     <t>SDAEP 45 - AIDAPHI</t>
   </si>
   <si>
     <t>10/09/2025 12:28:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12862_FicheESSMS/fr/sdaep-45-aidaphi</t>
   </si>
   <si>
     <t>12862_FicheESSMS</t>
   </si>
   <si>
     <t>1349 Route De Saint-Jean De Braye</t>
   </si>
   <si>
     <t>45400 SEMOY</t>
   </si>
   <si>
     <t>SEMOY</t>
   </si>
   <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>450010319</t>
   </si>
   <si>
     <t>LVA - ''LE MOULIN GRIMAULT''</t>
   </si>
   <si>
     <t>10/09/2025 12:28:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/12981_FicheESSMS/fr/lva-le-moulin-grimault</t>
   </si>
   <si>
     <t>12981_FicheESSMS</t>
   </si>
   <si>
     <t>86 Vielle Route De Noyers</t>
   </si>
   <si>
     <t>45260 NOYERS</t>
   </si>
   <si>
     <t>NOYERS</t>
   </si>
   <si>
-    <t>Lieux de Vie et d'Accueil</t>
-[...1 lines deleted...]
-  <si>
     <t>450022561</t>
   </si>
   <si>
     <t>EHPAD DU CH DE SULLY SUR LOIRE</t>
   </si>
   <si>
     <t>10/09/2025 12:28:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13071_FicheESSMS/fr/ehpad-du-ch-de-sully-sur-loire</t>
   </si>
   <si>
     <t>13071_FicheESSMS</t>
   </si>
   <si>
     <t>15 Avenue Du Petit Parc</t>
   </si>
   <si>
     <t>45600 SULLY SUR LOIRE</t>
   </si>
   <si>
     <t>SULLY SUR LOIRE</t>
   </si>
   <si>
     <t>450010137</t>
@@ -3005,120 +3341,867 @@
   <si>
     <t>p_3386516</t>
   </si>
   <si>
     <t>16 November 2022</t>
   </si>
   <si>
     <t>Docteur PHILIPPE GORCE, Docteur Vincent BOULIER, Docteur Gaetan DANGELSER, Docteur FLORIN HADARCA, Docteur PATRICIA CHAMORRO CERON, Docteur QUENTIN BELOT</t>
   </si>
   <si>
     <t>Équipe de Gastro-entérologie interventionnelle CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE  (45)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319393/fr/equipe-de-gastro-enterologie-interventionnelle-chu/chr-orleans-hopital-de-la-source-45</t>
   </si>
   <si>
     <t>p_3319393</t>
   </si>
   <si>
     <t>29 June 2025</t>
   </si>
   <si>
-    <t>Docteur OLIVIA WILSON, Docteur Pascal POTIER, Docteur Jean paul LAGASSE, Docteur CORENTIN DENECHEAU-GIRARD, Docteur Damien LABARRIERE, Docteur Barbara DAUVOIS, Docteur BIRANE BEYE, Docteur Xavier CAUSSE</t>
+    <t>Docteur OLIVIA WILSON, Docteur Pascal POTIER, Docteur Jean paul LAGASSE, Docteur CORENTIN DENECHEAU-GIRARD, Docteur Damien LABARRIERE, Docteur Raouf BOUBEKEUR, Docteur Barbara DAUVOIS, Docteur BIRANE BEYE, Docteur Xavier CAUSSE</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE  (45)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319595/fr/equipe-de-chirurgie-urologique-chu/chr-orleans-hopital-de-la-source-45</t>
   </si>
   <si>
     <t>p_3319595</t>
   </si>
   <si>
     <t>19 December 2021</t>
   </si>
   <si>
     <t>Docteur NICOLAS BRICHART, Docteur HUSSEIN IBRAHIM, Docteur ADHAM RAMMAL</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CENTRE DE JOUR ET CENTRE DE SEJOUR</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:10:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5402_FicheEtablissement/fr/centre-de-jour-et-centre-de-sejour</t>
+  </si>
+  <si>
+    <t>5402_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>69 Rue Neuve</t>
+  </si>
+  <si>
+    <t>45400 CHANTEAU</t>
+  </si>
+  <si>
+    <t>CHANTEAU</t>
+  </si>
+  <si>
+    <t>0238751636</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>450011952</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>MAISON DE REPOS ET DE CONVALESCENCE</t>
+  </si>
+  <si>
+    <t>22/07/2025 09:25:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1488_FicheEtablissement/fr/mrc-les-sablons</t>
+  </si>
+  <si>
+    <t>1488_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>19 Rue De La Merie</t>
+  </si>
+  <si>
+    <t>0238466100</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>450014956</t>
+  </si>
+  <si>
+    <t>CENTREHOSPITALIER PIERRE DEZARNAULDS GIEN</t>
+  </si>
+  <si>
+    <t>20/06/2025 15:43:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1464_FicheEtablissement/fr/ch-dezarnaulds-gien</t>
+  </si>
+  <si>
+    <t>1464_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238293801</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>450000047</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>SITE SSR JEANNE D'ARC GIEN CHRO - CH DE GIEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5406_FicheEtablissement/fr/site-ssr-jeanne-d-arc-gien-ch-gien</t>
+  </si>
+  <si>
+    <t>5406_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue Villejean</t>
+  </si>
+  <si>
+    <t>450021431</t>
+  </si>
+  <si>
+    <t>27/05/2025 16:54:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1474_FicheEtablissement/fr/oreliance-reine-blanche</t>
+  </si>
+  <si>
+    <t>1474_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>559 Avenue Jacqueline Auriol</t>
+  </si>
+  <si>
+    <t>0238796040</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1481_FicheEtablissement/fr/oreliance-longues-allees</t>
+  </si>
+  <si>
+    <t>1481_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>553 Avenue Jacqueline Auriol</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE DE NEPHROLOGIE AMILLY</t>
+  </si>
+  <si>
+    <t>24/02/2025 09:30:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3801_FicheEtablissement/fr/centre-de-nephrologie-amilly</t>
+  </si>
+  <si>
+    <t>3801_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>658 Rue Des Bourgoins</t>
+  </si>
+  <si>
+    <t>45200 AMILLY</t>
+  </si>
+  <si>
+    <t>0557356720</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>450018460</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE AMBULATOIRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3798_FicheEtablissement/fr/centre-d-hemodialyse-jeanne-d-arc</t>
+  </si>
+  <si>
+    <t>3798_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0557356758</t>
+  </si>
+  <si>
+    <t>450013818</t>
+  </si>
+  <si>
+    <t>CENTRE DE MEDECINE PHYSIQUE &amp; DE READAPTATION LADAPT LOIRET</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:09:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1477_FicheEtablissement/fr/cmpr-ladapt-loiret</t>
+  </si>
+  <si>
+    <t>1477_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238281717</t>
+  </si>
+  <si>
+    <t>450000526</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE L'AGGLOMERATION MONTARGOISE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1465_FicheEtablissement/fr/ch-agglomeration-montargoise</t>
+  </si>
+  <si>
+    <t>1465_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0238959111</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine, Obstétrique, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1470_FicheEtablissement/fr/clinique-l-archette</t>
+  </si>
+  <si>
+    <t>1470_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>83 Rue Jacques Monod</t>
+  </si>
+  <si>
+    <t>45161 OLIVET</t>
+  </si>
+  <si>
+    <t>0238516171</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CH PIERRE LEBRUN- NEUVILLE-AUX-BOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1469_FicheEtablissement/fr/ch-pierre-lebrun-neuville-aux-bois</t>
+  </si>
+  <si>
+    <t>1469_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>123 Rue De St Germain</t>
+  </si>
+  <si>
+    <t>02 38 52 20 20</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>450000211</t>
+  </si>
+  <si>
+    <t>CH LOUR PICOU - BEAUGENCY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1467_FicheEtablissement/fr/ch-lour-picou-beaugency</t>
+  </si>
+  <si>
+    <t>1467_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238469999</t>
+  </si>
+  <si>
+    <t>450000120</t>
+  </si>
+  <si>
+    <t>MRC LES BUISSONNETS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1473_FicheEtablissement/fr/mrc-les-buissonnets</t>
+  </si>
+  <si>
+    <t>1473_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>87 Rue Odette Toupense</t>
+  </si>
+  <si>
+    <t>0238249800</t>
+  </si>
+  <si>
+    <t>450000286</t>
+  </si>
+  <si>
+    <t>CH SULLY-SUR-LOIRE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1472_FicheEtablissement/fr/ch-sully-sur-loire</t>
+  </si>
+  <si>
+    <t>1472_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238275500</t>
+  </si>
+  <si>
+    <t>450000260</t>
+  </si>
+  <si>
+    <t>CLINIQUE BELLE ALLEE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1471_FicheEtablissement/fr/clinique-belle-allee</t>
+  </si>
+  <si>
+    <t>1471_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Route D'Orleans</t>
+  </si>
+  <si>
+    <t>45380 CHAINGY</t>
+  </si>
+  <si>
+    <t>CHAINGY</t>
+  </si>
+  <si>
+    <t>0238466664</t>
+  </si>
+  <si>
+    <t>450000252</t>
+  </si>
+  <si>
+    <t>CH SAINT JEAN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1475_FicheEtablissement/fr/ch-saint-jean-de-briare</t>
+  </si>
+  <si>
+    <t>1475_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238295656</t>
+  </si>
+  <si>
+    <t>450000336</t>
+  </si>
+  <si>
+    <t>CHRU D'ORLEANS - HOPITAL DE LA SOURCE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1480_FicheEtablissement/fr/chru-orleans-hopital-de-la-source</t>
+  </si>
+  <si>
+    <t>1480_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Avenue De L'Hopital</t>
+  </si>
+  <si>
+    <t>45067 ORLEANS CEDEX 2</t>
+  </si>
+  <si>
+    <t>0238514444</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE APPAREILLAGE LE COTEAU</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1479_FicheEtablissement/fr/crfa-le-coteau</t>
+  </si>
+  <si>
+    <t>1479_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Des Hauts</t>
+  </si>
+  <si>
+    <t>0238455555</t>
+  </si>
+  <si>
+    <t>450002456</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE DU LOIRET G. DAUMEZON</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1478_FicheEtablissement/fr/epsm-du-loiret-g-daumezon</t>
+  </si>
+  <si>
+    <t>1478_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Route De Chanteau</t>
+  </si>
+  <si>
+    <t>0238605958</t>
+  </si>
+  <si>
+    <t>450000930</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1485_FicheEtablissement/fr/clinique-de-montargis</t>
+  </si>
+  <si>
+    <t>1485_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>46 Rue De La Quintaine</t>
+  </si>
+  <si>
+    <t>45202 MONTARGIS</t>
+  </si>
+  <si>
+    <t>0238283333</t>
+  </si>
+  <si>
+    <t>Chirurgie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1484_FicheEtablissement/fr/usld-de-l-hopital-de-briare</t>
+  </si>
+  <si>
+    <t>1484_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238312106</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>450012059</t>
+  </si>
+  <si>
+    <t>USLD LE BOIS FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1483_FicheEtablissement/fr/usld-le-bois-fleuri</t>
+  </si>
+  <si>
+    <t>1483_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238744987</t>
+  </si>
+  <si>
+    <t>450010442</t>
+  </si>
+  <si>
+    <t>HAD ORLEANS MONTARGIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1490_FicheEtablissement/fr/had-orleans-montargis</t>
+  </si>
+  <si>
+    <t>1490_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45160 ARDON</t>
+  </si>
+  <si>
+    <t>ARDON</t>
+  </si>
+  <si>
+    <t>0238251500</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>450018536</t>
+  </si>
+  <si>
+    <t>ASSAD HAD DU LOIRET</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1489_FicheEtablissement/fr/assad-had-du-loiret</t>
+  </si>
+  <si>
+    <t>1489_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue De Micy</t>
+  </si>
+  <si>
+    <t>0245400371</t>
+  </si>
+  <si>
+    <t>450018528</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1486_FicheEtablissement/fr/mrc-la-cigogne</t>
+  </si>
+  <si>
+    <t>1486_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>60 Allée Charles Nungesser</t>
+  </si>
+  <si>
+    <t>0238517500</t>
+  </si>
+  <si>
+    <t>450013081</t>
+  </si>
+  <si>
+    <t>SITE JEANNE D'ARC DE GIEN - CHRU ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1492_FicheEtablissement/fr/site-jeanne-d-arc-gien-chru-orleans</t>
+  </si>
+  <si>
+    <t>1492_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450021449</t>
+  </si>
+  <si>
+    <t>A.T.I.R.R.O. AUTODIALYSE BELLEGARDE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3802_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-bellegarde</t>
+  </si>
+  <si>
+    <t>3802_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238952829</t>
+  </si>
+  <si>
+    <t>450020698</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'ARCHETTE- CH PITHIVIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3800_FicheEtablissement/fr/cte-autodialyse-archette-ch-pithiviers</t>
+  </si>
+  <si>
+    <t>3800_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238512222</t>
+  </si>
+  <si>
+    <t>450018395</t>
+  </si>
+  <si>
+    <t>AT.I.R.R.O. CTRE AUTODIALYSE GUIGNENAULT ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3799_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-guignegault</t>
+  </si>
+  <si>
+    <t>3799_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Guignegault</t>
+  </si>
+  <si>
+    <t>0238624045</t>
+  </si>
+  <si>
+    <t>450017694</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE DE L'ARCHETTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3797_FicheEtablissement/fr/centre-d-hemodialyse-archette</t>
+  </si>
+  <si>
+    <t>3797_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450012935</t>
+  </si>
+  <si>
+    <t>A.T.I.R.R.O CTRE AUTODIALYSE J. MOULIN ORLEANS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3796_FicheEtablissement/fr/a-t-i-r-r-o-autodialyse-jean-moulin</t>
+  </si>
+  <si>
+    <t>3796_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>0238720423</t>
+  </si>
+  <si>
+    <t>450011549</t>
+  </si>
+  <si>
+    <t>CH AGGLOMERATION MONTARGOISE - SITE LA CERISAIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5405_FicheEtablissement/fr/cham-site-la-cerisaie</t>
+  </si>
+  <si>
+    <t>5405_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>211 Rue Du Docteur Nandrot</t>
+  </si>
+  <si>
+    <t>0238959500</t>
+  </si>
+  <si>
+    <t>450019799</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER</t>
+  </si>
+  <si>
+    <t>05/02/2024 18:43:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1466_FicheEtablissement/fr/ch-pithiviers</t>
+  </si>
+  <si>
+    <t>1466_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45308 PITHIVIERS</t>
+  </si>
+  <si>
+    <t>0238323131</t>
+  </si>
+  <si>
+    <t>450000070</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1487_FicheEtablissement/fr/usld-du-ch-de-pithiviers</t>
+  </si>
+  <si>
+    <t>1487_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>450014410</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PONT DE GIEN</t>
+  </si>
+  <si>
+    <t>24/02/2023 18:38:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1491_FicheEtablissement/fr/clinique-du-pont-de-gien</t>
+  </si>
+  <si>
+    <t>1491_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238052600</t>
+  </si>
+  <si>
+    <t>450018924</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R75"/>
+  <dimension ref="A1:R74"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3345,7220 +4428,10372 @@
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
         <v>56</v>
       </c>
       <c r="H5" t="s">
         <v>57</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
         <v>58</v>
       </c>
       <c r="L5" t="s">
         <v>59</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
       <c r="O5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="H6" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="O6" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="P6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="Q6" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="R6" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="H7" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="L7" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="O7" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="P7" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="Q7" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="R7" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="H8" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="L8" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="O8" t="s">
-        <v>50</v>
+        <v>92</v>
       </c>
       <c r="P8" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="Q8" t="s">
-        <v>52</v>
+        <v>94</v>
       </c>
       <c r="R8" t="s">
-        <v>53</v>
+        <v>95</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>86</v>
+        <v>96</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>87</v>
+        <v>97</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="H9" t="s">
-        <v>89</v>
+        <v>99</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>90</v>
+        <v>100</v>
       </c>
       <c r="L9" t="s">
-        <v>91</v>
+        <v>101</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>49</v>
+        <v>71</v>
       </c>
       <c r="O9" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="P9" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="Q9" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="R9" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>92</v>
+        <v>102</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>93</v>
+        <v>103</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>94</v>
+        <v>104</v>
       </c>
       <c r="H10" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>96</v>
+        <v>106</v>
       </c>
       <c r="L10" t="s">
-        <v>96</v>
+        <v>107</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>97</v>
+        <v>71</v>
       </c>
       <c r="O10" t="s">
-        <v>98</v>
+        <v>72</v>
       </c>
       <c r="P10" t="s">
-        <v>99</v>
+        <v>73</v>
       </c>
       <c r="Q10" t="s">
-        <v>100</v>
+        <v>74</v>
       </c>
       <c r="R10" t="s">
-        <v>101</v>
+        <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="H11" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="L11" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>108</v>
+        <v>71</v>
       </c>
       <c r="O11" t="s">
-        <v>109</v>
+        <v>72</v>
       </c>
       <c r="P11" t="s">
-        <v>110</v>
+        <v>73</v>
       </c>
       <c r="Q11" t="s">
-        <v>111</v>
+        <v>74</v>
       </c>
       <c r="R11" t="s">
-        <v>112</v>
+        <v>75</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H12" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="L12" t="s">
         <v>118</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>108</v>
+        <v>119</v>
       </c>
       <c r="O12" t="s">
-        <v>109</v>
+        <v>120</v>
       </c>
       <c r="P12" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="Q12" t="s">
-        <v>111</v>
+        <v>122</v>
       </c>
       <c r="R12" t="s">
-        <v>112</v>
+        <v>123</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>119</v>
+        <v>124</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>120</v>
+        <v>125</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="H13" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="L13" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="O13" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P13" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q13" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R13" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>120</v>
+        <v>133</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>126</v>
+        <v>134</v>
       </c>
       <c r="H14" t="s">
-        <v>127</v>
+        <v>135</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="L14" t="s">
-        <v>129</v>
+        <v>137</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>108</v>
+        <v>130</v>
       </c>
       <c r="O14" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P14" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q14" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R14" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>130</v>
+        <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>131</v>
+        <v>139</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>132</v>
+        <v>140</v>
       </c>
       <c r="H15" t="s">
-        <v>133</v>
+        <v>141</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>134</v>
+        <v>142</v>
       </c>
       <c r="L15" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="O15" t="s">
-        <v>137</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>138</v>
+        <v>40</v>
       </c>
       <c r="Q15" t="s">
-        <v>139</v>
+        <v>41</v>
       </c>
       <c r="R15" t="s">
-        <v>140</v>
+        <v>42</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H16" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="L16" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>147</v>
+        <v>130</v>
       </c>
       <c r="O16" t="s">
-        <v>148</v>
+        <v>131</v>
       </c>
       <c r="P16" t="s">
-        <v>149</v>
+        <v>40</v>
       </c>
       <c r="Q16" t="s">
-        <v>150</v>
+        <v>41</v>
       </c>
       <c r="R16" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>149</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>150</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>151</v>
+      </c>
+      <c r="H17" t="s">
         <v>152</v>
-      </c>
-[...16 lines deleted...]
-        <v>155</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
+        <v>153</v>
+      </c>
+      <c r="L17" t="s">
+        <v>154</v>
+      </c>
+      <c r="M17" t="s">
+        <v>20</v>
+      </c>
+      <c r="N17" t="s">
+        <v>155</v>
+      </c>
+      <c r="O17" t="s">
         <v>156</v>
       </c>
-      <c r="L17" t="s">
+      <c r="P17" t="s">
         <v>157</v>
       </c>
-      <c r="M17" t="s">
-[...2 lines deleted...]
-      <c r="N17" t="s">
+      <c r="Q17" t="s">
         <v>158</v>
       </c>
-      <c r="O17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R17" t="s">
-        <v>63</v>
+        <v>159</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H18" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L18" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="O18" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="P18" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="Q18" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="R18" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H19" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="L19" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="O19" t="s">
-        <v>50</v>
+        <v>82</v>
       </c>
       <c r="P19" t="s">
-        <v>51</v>
+        <v>83</v>
       </c>
       <c r="Q19" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
       <c r="R19" t="s">
-        <v>53</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="H20" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="L20" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="O20" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="P20" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="Q20" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="R20" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="H21" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L21" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="O21" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="P21" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="Q21" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R21" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="H22" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="L22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="O22" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="P22" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="Q22" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R22" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="H23" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="L23" t="s">
-        <v>201</v>
+        <v>203</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>202</v>
+        <v>191</v>
       </c>
       <c r="O23" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="P23" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="Q23" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="R23" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="H24" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="L24" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="O24" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P24" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q24" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R24" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="H25" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="L25" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="O25" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P25" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q25" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R25" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="H26" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="L26" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="O26" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P26" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q26" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R26" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="H27" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="L27" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="O27" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="P27" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q27" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R27" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="H28" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="L28" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="O28" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="P28" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="Q28" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="R28" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="H29" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="L29" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="O29" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="P29" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q29" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R29" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="H30" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="L30" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="O30" t="s">
-        <v>109</v>
+        <v>82</v>
       </c>
       <c r="P30" t="s">
-        <v>110</v>
+        <v>83</v>
       </c>
       <c r="Q30" t="s">
-        <v>111</v>
+        <v>84</v>
       </c>
       <c r="R30" t="s">
-        <v>112</v>
+        <v>85</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="H31" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="L31" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="O31" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P31" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q31" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R31" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="H32" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="L32" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>202</v>
+        <v>265</v>
       </c>
       <c r="O32" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P32" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q32" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R32" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="H33" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="L33" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>270</v>
+        <v>210</v>
       </c>
       <c r="O33" t="s">
-        <v>271</v>
+        <v>131</v>
       </c>
       <c r="P33" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R33" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
         <v>272</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>273</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>274</v>
       </c>
       <c r="H34" t="s">
         <v>275</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
         <v>276</v>
       </c>
       <c r="L34" t="s">
         <v>277</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>183</v>
+        <v>278</v>
       </c>
       <c r="O34" t="s">
-        <v>278</v>
+        <v>39</v>
       </c>
       <c r="P34" t="s">
-        <v>279</v>
+        <v>40</v>
       </c>
       <c r="Q34" t="s">
-        <v>280</v>
+        <v>41</v>
       </c>
       <c r="R34" t="s">
-        <v>281</v>
+        <v>42</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>279</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>280</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>281</v>
+      </c>
+      <c r="H35" t="s">
         <v>282</v>
-      </c>
-[...16 lines deleted...]
-        <v>284</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>285</v>
+        <v>283</v>
       </c>
       <c r="L35" t="s">
-        <v>286</v>
+        <v>284</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="O35" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="P35" t="s">
-        <v>29</v>
+        <v>51</v>
       </c>
       <c r="Q35" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="R35" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>285</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>286</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>287</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>290</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>291</v>
+        <v>289</v>
       </c>
       <c r="L36" t="s">
-        <v>263</v>
+        <v>271</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="O36" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P36" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q36" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R36" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>291</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>292</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>293</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>294</v>
-      </c>
-[...7 lines deleted...]
-        <v>296</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>295</v>
+      </c>
+      <c r="L37" t="s">
+        <v>296</v>
+      </c>
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
         <v>297</v>
       </c>
-      <c r="L37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O37" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P37" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q37" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R37" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>298</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>299</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>300</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>301</v>
-      </c>
-[...7 lines deleted...]
-        <v>303</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
+        <v>302</v>
+      </c>
+      <c r="L38" t="s">
+        <v>303</v>
+      </c>
+      <c r="M38" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" t="s">
         <v>304</v>
       </c>
-      <c r="L38" t="s">
-[...5 lines deleted...]
-      <c r="N38" t="s">
+      <c r="O38" t="s">
         <v>305</v>
       </c>
-      <c r="O38" t="s">
+      <c r="P38" t="s">
         <v>306</v>
       </c>
-      <c r="P38" t="s">
+      <c r="Q38" t="s">
         <v>307</v>
       </c>
-      <c r="Q38" t="s">
+      <c r="R38" t="s">
         <v>308</v>
-      </c>
-[...1 lines deleted...]
-        <v>309</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>309</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
         <v>310</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>311</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>313</v>
+      </c>
+      <c r="L39" t="s">
         <v>314</v>
       </c>
-      <c r="L39" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="O39" t="s">
-        <v>271</v>
+        <v>39</v>
       </c>
       <c r="P39" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q39" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R39" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>315</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
         <v>316</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
         <v>317</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
+        <v>319</v>
+      </c>
+      <c r="L40" t="s">
         <v>320</v>
       </c>
-      <c r="L40" t="s">
+      <c r="M40" t="s">
+        <v>20</v>
+      </c>
+      <c r="N40" t="s">
+        <v>210</v>
+      </c>
+      <c r="O40" t="s">
         <v>321</v>
       </c>
-      <c r="M40" t="s">
-[...5 lines deleted...]
-      <c r="O40" t="s">
+      <c r="P40" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>84</v>
+      </c>
+      <c r="R40" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>323</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
         <v>324</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
         <v>325</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>326</v>
-      </c>
-[...1 lines deleted...]
-        <v>327</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>327</v>
+      </c>
+      <c r="L41" t="s">
         <v>328</v>
       </c>
-      <c r="L41" t="s">
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
         <v>329</v>
       </c>
-      <c r="M41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O41" t="s">
+        <v>321</v>
+      </c>
+      <c r="P41" t="s">
+        <v>83</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>84</v>
+      </c>
+      <c r="R41" t="s">
         <v>322</v>
-      </c>
-[...7 lines deleted...]
-        <v>323</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>330</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
         <v>331</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>332</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>333</v>
-      </c>
-[...1 lines deleted...]
-        <v>334</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
+        <v>334</v>
+      </c>
+      <c r="L42" t="s">
         <v>335</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M42" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" t="s">
         <v>336</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P42" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q42" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R42" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>337</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
         <v>338</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>339</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>341</v>
+      </c>
+      <c r="L43" t="s">
         <v>342</v>
       </c>
-      <c r="L43" t="s">
+      <c r="M43" t="s">
+        <v>20</v>
+      </c>
+      <c r="N43" t="s">
         <v>343</v>
       </c>
-      <c r="M43" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O43" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="P43" t="s">
-        <v>110</v>
+        <v>40</v>
       </c>
       <c r="Q43" t="s">
-        <v>111</v>
+        <v>41</v>
       </c>
       <c r="R43" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>344</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
         <v>345</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>346</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>347</v>
-      </c>
-[...1 lines deleted...]
-        <v>348</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>348</v>
+      </c>
+      <c r="L44" t="s">
         <v>349</v>
       </c>
-      <c r="L44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>222</v>
+        <v>230</v>
       </c>
       <c r="O44" t="s">
-        <v>50</v>
+        <v>72</v>
       </c>
       <c r="P44" t="s">
-        <v>51</v>
+        <v>73</v>
       </c>
       <c r="Q44" t="s">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="R44" t="s">
-        <v>53</v>
+        <v>75</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>350</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
         <v>351</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
         <v>352</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>353</v>
-      </c>
-[...1 lines deleted...]
-        <v>354</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>354</v>
+      </c>
+      <c r="L45" t="s">
         <v>355</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>243</v>
+        <v>304</v>
       </c>
       <c r="O45" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="P45" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q45" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R45" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>356</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
         <v>357</v>
-      </c>
-[...7 lines deleted...]
-        <v>352</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
         <v>358</v>
       </c>
       <c r="H46" t="s">
         <v>359</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
         <v>360</v>
       </c>
       <c r="L46" t="s">
         <v>361</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>305</v>
+        <v>362</v>
       </c>
       <c r="O46" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="P46" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="Q46" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="R46" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H47" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="L47" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="O47" t="s">
-        <v>60</v>
+        <v>321</v>
       </c>
       <c r="P47" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q47" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R47" t="s">
-        <v>63</v>
+        <v>322</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="H48" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="L48" t="s">
-        <v>374</v>
+        <v>335</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
         <v>375</v>
       </c>
       <c r="O48" t="s">
-        <v>322</v>
+        <v>82</v>
       </c>
       <c r="P48" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q48" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R48" t="s">
-        <v>323</v>
+        <v>85</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
         <v>376</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
         <v>377</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
         <v>378</v>
       </c>
       <c r="H49" t="s">
         <v>379</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
         <v>380</v>
       </c>
       <c r="L49" t="s">
-        <v>336</v>
+        <v>381</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>381</v>
+        <v>230</v>
       </c>
       <c r="O49" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="P49" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="Q49" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="R49" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>382</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
         <v>383</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
         <v>384</v>
       </c>
       <c r="H50" t="s">
         <v>385</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
         <v>386</v>
       </c>
       <c r="L50" t="s">
+        <v>361</v>
+      </c>
+      <c r="M50" t="s">
+        <v>20</v>
+      </c>
+      <c r="N50" t="s">
+        <v>230</v>
+      </c>
+      <c r="O50" t="s">
         <v>387</v>
       </c>
-      <c r="M50" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="P50" t="s">
-        <v>29</v>
+        <v>388</v>
       </c>
       <c r="Q50" t="s">
-        <v>30</v>
+        <v>389</v>
       </c>
       <c r="R50" t="s">
-        <v>31</v>
+        <v>390</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>390</v>
+        <v>393</v>
       </c>
       <c r="H51" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="L51" t="s">
-        <v>367</v>
+        <v>396</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>222</v>
+        <v>304</v>
       </c>
       <c r="O51" t="s">
-        <v>393</v>
+        <v>82</v>
       </c>
       <c r="P51" t="s">
-        <v>394</v>
+        <v>83</v>
       </c>
       <c r="Q51" t="s">
-        <v>395</v>
+        <v>84</v>
       </c>
       <c r="R51" t="s">
-        <v>396</v>
+        <v>85</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
         <v>397</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
         <v>398</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
         <v>399</v>
       </c>
       <c r="H52" t="s">
         <v>400</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
         <v>401</v>
       </c>
       <c r="L52" t="s">
-        <v>402</v>
+        <v>320</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>305</v>
+        <v>329</v>
       </c>
       <c r="O52" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P52" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q52" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R52" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>402</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>398</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
         <v>403</v>
       </c>
-      <c r="C53" t="s">
-[...5 lines deleted...]
-      <c r="E53" t="s">
+      <c r="H53" t="s">
         <v>404</v>
-      </c>
-[...7 lines deleted...]
-        <v>406</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="L53" t="s">
-        <v>321</v>
+        <v>406</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>330</v>
+        <v>251</v>
       </c>
       <c r="O53" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="P53" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="Q53" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="R53" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>407</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
         <v>408</v>
-      </c>
-[...7 lines deleted...]
-        <v>404</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
         <v>409</v>
       </c>
       <c r="H54" t="s">
         <v>410</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
         <v>411</v>
       </c>
       <c r="L54" t="s">
+        <v>396</v>
+      </c>
+      <c r="M54" t="s">
+        <v>20</v>
+      </c>
+      <c r="N54" t="s">
         <v>412</v>
       </c>
-      <c r="M54" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O54" t="s">
-        <v>39</v>
+        <v>82</v>
       </c>
       <c r="P54" t="s">
-        <v>40</v>
+        <v>83</v>
       </c>
       <c r="Q54" t="s">
-        <v>41</v>
+        <v>84</v>
       </c>
       <c r="R54" t="s">
-        <v>42</v>
+        <v>85</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
         <v>413</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
         <v>414</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
         <v>415</v>
       </c>
       <c r="H55" t="s">
         <v>416</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>417</v>
       </c>
       <c r="L55" t="s">
-        <v>402</v>
+        <v>320</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>418</v>
+        <v>329</v>
       </c>
       <c r="O55" t="s">
-        <v>60</v>
+        <v>321</v>
       </c>
       <c r="P55" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q55" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R55" t="s">
-        <v>63</v>
+        <v>322</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>418</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>414</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>419</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>420</v>
-      </c>
-[...7 lines deleted...]
-        <v>422</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
+        <v>421</v>
+      </c>
+      <c r="L56" t="s">
+        <v>422</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>423</v>
       </c>
-      <c r="L56" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>322</v>
+        <v>50</v>
       </c>
       <c r="P56" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="Q56" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="R56" t="s">
-        <v>323</v>
+        <v>53</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>424</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>420</v>
+        <v>425</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H57" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="L57" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="O57" t="s">
-        <v>28</v>
+        <v>82</v>
       </c>
       <c r="P57" t="s">
-        <v>29</v>
+        <v>83</v>
       </c>
       <c r="Q57" t="s">
-        <v>30</v>
+        <v>84</v>
       </c>
       <c r="R57" t="s">
-        <v>31</v>
+        <v>85</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="H58" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="L58" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>436</v>
+        <v>329</v>
       </c>
       <c r="O58" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P58" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q58" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R58" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
         <v>437</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
         <v>438</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
         <v>439</v>
       </c>
       <c r="H59" t="s">
         <v>440</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
         <v>441</v>
       </c>
       <c r="L59" t="s">
         <v>442</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>330</v>
+        <v>430</v>
       </c>
       <c r="O59" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="P59" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="Q59" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="R59" t="s">
-        <v>63</v>
+        <v>53</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
         <v>443</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
         <v>444</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
         <v>445</v>
       </c>
       <c r="H60" t="s">
         <v>446</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
         <v>447</v>
       </c>
       <c r="L60" t="s">
         <v>448</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>436</v>
+        <v>449</v>
       </c>
       <c r="O60" t="s">
-        <v>28</v>
+        <v>72</v>
       </c>
       <c r="P60" t="s">
-        <v>29</v>
+        <v>73</v>
       </c>
       <c r="Q60" t="s">
-        <v>30</v>
+        <v>74</v>
       </c>
       <c r="R60" t="s">
-        <v>31</v>
+        <v>75</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="H61" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="L61" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>455</v>
+        <v>329</v>
       </c>
       <c r="O61" t="s">
-        <v>50</v>
+        <v>456</v>
       </c>
       <c r="P61" t="s">
-        <v>51</v>
+        <v>457</v>
       </c>
       <c r="Q61" t="s">
-        <v>52</v>
+        <v>458</v>
       </c>
       <c r="R61" t="s">
-        <v>53</v>
+        <v>459</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="H62" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="L62" t="s">
-        <v>461</v>
+        <v>328</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>330</v>
+        <v>465</v>
       </c>
       <c r="O62" t="s">
-        <v>462</v>
+        <v>50</v>
       </c>
       <c r="P62" t="s">
-        <v>463</v>
+        <v>51</v>
       </c>
       <c r="Q62" t="s">
-        <v>464</v>
+        <v>52</v>
       </c>
       <c r="R62" t="s">
-        <v>465</v>
+        <v>53</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>466</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
         <v>467</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
         <v>468</v>
       </c>
       <c r="H63" t="s">
         <v>469</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
         <v>470</v>
       </c>
       <c r="L63" t="s">
-        <v>329</v>
+        <v>471</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="O63" t="s">
-        <v>28</v>
+        <v>473</v>
       </c>
       <c r="P63" t="s">
-        <v>29</v>
+        <v>474</v>
       </c>
       <c r="Q63" t="s">
-        <v>30</v>
+        <v>475</v>
       </c>
       <c r="R63" t="s">
-        <v>31</v>
+        <v>476</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="H64" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="L64" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>165</v>
+        <v>210</v>
       </c>
       <c r="O64" t="s">
-        <v>478</v>
+        <v>82</v>
       </c>
       <c r="P64" t="s">
-        <v>479</v>
+        <v>83</v>
       </c>
       <c r="Q64" t="s">
-        <v>480</v>
+        <v>84</v>
       </c>
       <c r="R64" t="s">
-        <v>481</v>
+        <v>85</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H65" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="L65" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>202</v>
+        <v>297</v>
       </c>
       <c r="O65" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P65" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q65" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R65" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H66" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L66" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>299</v>
+        <v>244</v>
       </c>
       <c r="O66" t="s">
-        <v>60</v>
+        <v>321</v>
       </c>
       <c r="P66" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q66" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R66" t="s">
-        <v>63</v>
+        <v>322</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H67" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="L67" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>236</v>
+        <v>362</v>
       </c>
       <c r="O67" t="s">
-        <v>322</v>
+        <v>82</v>
       </c>
       <c r="P67" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q67" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R67" t="s">
-        <v>323</v>
+        <v>85</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
         <v>502</v>
       </c>
       <c r="H68" t="s">
         <v>503</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
         <v>504</v>
       </c>
       <c r="L68" t="s">
         <v>505</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>368</v>
+        <v>251</v>
       </c>
       <c r="O68" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P68" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q68" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R68" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
         <v>506</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H69" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="L69" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>243</v>
+        <v>512</v>
       </c>
       <c r="O69" t="s">
-        <v>60</v>
+        <v>82</v>
       </c>
       <c r="P69" t="s">
-        <v>61</v>
+        <v>83</v>
       </c>
       <c r="Q69" t="s">
-        <v>62</v>
+        <v>84</v>
       </c>
       <c r="R69" t="s">
-        <v>63</v>
+        <v>85</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>511</v>
+        <v>513</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>512</v>
+        <v>514</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>513</v>
+        <v>515</v>
       </c>
       <c r="H70" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="L70" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>517</v>
+        <v>336</v>
       </c>
       <c r="O70" t="s">
-        <v>60</v>
+        <v>131</v>
       </c>
       <c r="P70" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="Q70" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="R70" t="s">
-        <v>63</v>
+        <v>42</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H71" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="L71" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>337</v>
+        <v>191</v>
       </c>
       <c r="O71" t="s">
-        <v>109</v>
+        <v>50</v>
       </c>
       <c r="P71" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
       <c r="Q71" t="s">
-        <v>111</v>
+        <v>52</v>
       </c>
       <c r="R71" t="s">
-        <v>112</v>
+        <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H72" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="L72" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>183</v>
+        <v>336</v>
       </c>
       <c r="O72" t="s">
-        <v>28</v>
+        <v>131</v>
       </c>
       <c r="P72" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q72" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="R72" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="H73" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="L73" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>337</v>
+        <v>251</v>
       </c>
       <c r="O73" t="s">
-        <v>109</v>
+        <v>537</v>
       </c>
       <c r="P73" t="s">
-        <v>110</v>
+        <v>538</v>
       </c>
       <c r="Q73" t="s">
-        <v>111</v>
+        <v>539</v>
       </c>
       <c r="R73" t="s">
-        <v>112</v>
+        <v>540</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="H74" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="L74" t="s">
-        <v>541</v>
+        <v>546</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>243</v>
+        <v>336</v>
       </c>
       <c r="O74" t="s">
-        <v>542</v>
+        <v>131</v>
       </c>
       <c r="P74" t="s">
-        <v>543</v>
+        <v>40</v>
       </c>
       <c r="Q74" t="s">
-        <v>544</v>
+        <v>41</v>
       </c>
       <c r="R74" t="s">
-        <v>545</v>
-[...55 lines deleted...]
-        <v>112</v>
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P61"/>
+  <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>547</v>
+      </c>
+      <c r="J1" t="s">
+        <v>548</v>
+      </c>
+      <c r="K1" t="s">
+        <v>549</v>
+      </c>
+      <c r="L1" t="s">
+        <v>550</v>
+      </c>
+      <c r="M1" t="s">
+        <v>551</v>
+      </c>
+      <c r="N1" t="s">
         <v>552</v>
       </c>
-      <c r="J1" t="s">
+      <c r="O1" t="s">
         <v>553</v>
       </c>
-      <c r="K1" t="s">
+      <c r="P1" t="s">
         <v>554</v>
-      </c>
-[...13 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>555</v>
+      </c>
+      <c r="B2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>557</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>558</v>
+      </c>
+      <c r="H2" t="s">
+        <v>559</v>
+      </c>
+      <c r="I2" t="s">
         <v>560</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>561</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>562</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>563</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>564</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>565</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>566</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>567</v>
-      </c>
-[...13 lines deleted...]
-        <v>572</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B3" t="s">
+        <v>568</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>569</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>570</v>
+      </c>
+      <c r="H3" t="s">
+        <v>571</v>
+      </c>
+      <c r="I3" t="s">
+        <v>572</v>
+      </c>
+      <c r="J3" t="s">
         <v>573</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
+        <v>63</v>
+      </c>
+      <c r="L3" t="s">
+        <v>563</v>
+      </c>
+      <c r="M3" t="s">
+        <v>564</v>
+      </c>
+      <c r="N3" t="s">
+        <v>565</v>
+      </c>
+      <c r="O3" t="s">
+        <v>566</v>
+      </c>
+      <c r="P3" t="s">
         <v>574</v>
-      </c>
-[...31 lines deleted...]
-        <v>583</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B4" t="s">
+        <v>575</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>576</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>577</v>
+      </c>
+      <c r="H4" t="s">
+        <v>578</v>
+      </c>
+      <c r="I4" t="s">
+        <v>579</v>
+      </c>
+      <c r="J4" t="s">
+        <v>580</v>
+      </c>
+      <c r="K4" t="s">
+        <v>581</v>
+      </c>
+      <c r="L4" t="s">
+        <v>563</v>
+      </c>
+      <c r="M4" t="s">
+        <v>564</v>
+      </c>
+      <c r="N4" t="s">
+        <v>582</v>
+      </c>
+      <c r="O4" t="s">
+        <v>583</v>
+      </c>
+      <c r="P4" t="s">
         <v>584</v>
-      </c>
-[...40 lines deleted...]
-        <v>589</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B5" t="s">
+        <v>585</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>586</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>587</v>
+      </c>
+      <c r="H5" t="s">
+        <v>588</v>
+      </c>
+      <c r="I5" t="s">
+        <v>589</v>
+      </c>
+      <c r="J5" t="s">
+        <v>573</v>
+      </c>
+      <c r="K5" t="s">
+        <v>63</v>
+      </c>
+      <c r="L5" t="s">
+        <v>563</v>
+      </c>
+      <c r="M5" t="s">
+        <v>564</v>
+      </c>
+      <c r="N5" t="s">
         <v>590</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="O5" t="s">
         <v>591</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="P5" t="s">
         <v>592</v>
-      </c>
-[...25 lines deleted...]
-        <v>599</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B6" t="s">
+        <v>593</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>594</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>595</v>
+      </c>
+      <c r="H6" t="s">
+        <v>596</v>
+      </c>
+      <c r="I6" t="s">
+        <v>597</v>
+      </c>
+      <c r="J6" t="s">
+        <v>598</v>
+      </c>
+      <c r="K6" t="s">
+        <v>599</v>
+      </c>
+      <c r="L6" t="s">
+        <v>563</v>
+      </c>
+      <c r="M6" t="s">
         <v>600</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="N6" t="s">
         <v>601</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="O6" t="s">
         <v>602</v>
       </c>
-      <c r="H6" t="s">
+      <c r="P6" t="s">
         <v>603</v>
-      </c>
-[...22 lines deleted...]
-        <v>607</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B7" t="s">
+        <v>604</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>605</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>606</v>
+      </c>
+      <c r="H7" t="s">
+        <v>607</v>
+      </c>
+      <c r="I7" t="s">
         <v>608</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
         <v>609</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="K7" t="s">
         <v>610</v>
       </c>
-      <c r="H7" t="s">
+      <c r="L7" t="s">
+        <v>563</v>
+      </c>
+      <c r="M7" t="s">
+        <v>564</v>
+      </c>
+      <c r="N7" t="s">
+        <v>582</v>
+      </c>
+      <c r="O7" t="s">
+        <v>583</v>
+      </c>
+      <c r="P7" t="s">
         <v>611</v>
-      </c>
-[...22 lines deleted...]
-        <v>615</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B8" t="s">
+        <v>612</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>605</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>613</v>
+      </c>
+      <c r="H8" t="s">
+        <v>614</v>
+      </c>
+      <c r="I8" t="s">
+        <v>615</v>
+      </c>
+      <c r="J8" t="s">
+        <v>598</v>
+      </c>
+      <c r="K8" t="s">
+        <v>599</v>
+      </c>
+      <c r="L8" t="s">
+        <v>563</v>
+      </c>
+      <c r="M8" t="s">
+        <v>564</v>
+      </c>
+      <c r="N8" t="s">
+        <v>582</v>
+      </c>
+      <c r="O8" t="s">
         <v>616</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="P8" t="s">
         <v>617</v>
-      </c>
-[...25 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B9" t="s">
+        <v>618</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>619</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>620</v>
+      </c>
+      <c r="H9" t="s">
         <v>621</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>622</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="J9" t="s">
         <v>623</v>
       </c>
-      <c r="H9" t="s">
+      <c r="K9" t="s">
         <v>624</v>
       </c>
-      <c r="I9" t="s">
+      <c r="L9" t="s">
+        <v>563</v>
+      </c>
+      <c r="M9" t="s">
+        <v>564</v>
+      </c>
+      <c r="N9" t="s">
         <v>625</v>
       </c>
-      <c r="J9" t="s">
+      <c r="O9" t="s">
         <v>626</v>
       </c>
-      <c r="K9" t="s">
+      <c r="P9" t="s">
         <v>627</v>
-      </c>
-[...13 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B10" t="s">
+        <v>628</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>629</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>630</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>631</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>632</v>
       </c>
-      <c r="H10" t="s">
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
         <v>633</v>
       </c>
-      <c r="I10" t="s">
+      <c r="L10" t="s">
+        <v>563</v>
+      </c>
+      <c r="M10" t="s">
+        <v>564</v>
+      </c>
+      <c r="N10" t="s">
+        <v>582</v>
+      </c>
+      <c r="O10" t="s">
         <v>634</v>
       </c>
-      <c r="J10" t="s">
+      <c r="P10" t="s">
         <v>635</v>
-      </c>
-[...16 lines deleted...]
-        <v>638</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B11" t="s">
+        <v>636</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>637</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>638</v>
+      </c>
+      <c r="H11" t="s">
         <v>639</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="I11" t="s">
         <v>640</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="J11" t="s">
         <v>641</v>
       </c>
-      <c r="H11" t="s">
+      <c r="K11" t="s">
+        <v>52</v>
+      </c>
+      <c r="L11" t="s">
+        <v>563</v>
+      </c>
+      <c r="M11" t="s">
+        <v>600</v>
+      </c>
+      <c r="N11" t="s">
+        <v>625</v>
+      </c>
+      <c r="O11" t="s">
         <v>642</v>
       </c>
-      <c r="I11" t="s">
+      <c r="P11" t="s">
         <v>643</v>
-      </c>
-[...19 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B12" t="s">
+        <v>644</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>637</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>645</v>
+      </c>
+      <c r="H12" t="s">
         <v>646</v>
       </c>
-      <c r="C12" t="s">
-[...11 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
         <v>647</v>
       </c>
-      <c r="H12" t="s">
+      <c r="J12" t="s">
+        <v>598</v>
+      </c>
+      <c r="K12" t="s">
+        <v>599</v>
+      </c>
+      <c r="L12" t="s">
+        <v>563</v>
+      </c>
+      <c r="M12" t="s">
+        <v>600</v>
+      </c>
+      <c r="N12" t="s">
+        <v>625</v>
+      </c>
+      <c r="O12" t="s">
+        <v>642</v>
+      </c>
+      <c r="P12" t="s">
         <v>648</v>
-      </c>
-[...22 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B13" t="s">
+        <v>649</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
         <v>650</v>
-      </c>
-[...7 lines deleted...]
-        <v>640</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>651</v>
       </c>
       <c r="H13" t="s">
         <v>652</v>
       </c>
       <c r="I13" t="s">
         <v>653</v>
       </c>
       <c r="J13" t="s">
-        <v>604</v>
+        <v>654</v>
       </c>
       <c r="K13" t="s">
-        <v>605</v>
+        <v>655</v>
       </c>
       <c r="L13" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M13" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N13" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="O13" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="P13" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B14" t="s">
-        <v>590</v>
+        <v>658</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
       <c r="H14" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="I14" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="J14" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="K14" t="s">
-        <v>605</v>
+        <v>664</v>
       </c>
       <c r="L14" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M14" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="N14" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="O14" t="s">
-        <v>598</v>
+        <v>642</v>
       </c>
       <c r="P14" t="s">
-        <v>661</v>
+        <v>666</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B15" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="H15" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="I15" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="J15" t="s">
-        <v>667</v>
+        <v>20</v>
       </c>
       <c r="K15" t="s">
-        <v>668</v>
+        <v>672</v>
       </c>
       <c r="L15" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M15" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="N15" t="s">
-        <v>597</v>
+        <v>582</v>
       </c>
       <c r="O15" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="P15" t="s">
-        <v>669</v>
+        <v>673</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B16" t="s">
-        <v>670</v>
+        <v>674</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
+        <v>668</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>675</v>
+      </c>
+      <c r="H16" t="s">
+        <v>676</v>
+      </c>
+      <c r="I16" t="s">
         <v>671</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
         <v>672</v>
       </c>
-      <c r="H16" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="L16" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M16" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N16" t="s">
-        <v>597</v>
+        <v>582</v>
       </c>
       <c r="O16" t="s">
-        <v>614</v>
+        <v>583</v>
       </c>
       <c r="P16" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B17" t="s">
+        <v>674</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>668</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>678</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>679</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>680</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J17" t="s">
         <v>681</v>
       </c>
-      <c r="I17" t="s">
+      <c r="K17" t="s">
+        <v>633</v>
+      </c>
+      <c r="L17" t="s">
+        <v>563</v>
+      </c>
+      <c r="M17" t="s">
+        <v>564</v>
+      </c>
+      <c r="N17" t="s">
+        <v>582</v>
+      </c>
+      <c r="O17" t="s">
+        <v>583</v>
+      </c>
+      <c r="P17" t="s">
         <v>682</v>
-      </c>
-[...19 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B18" t="s">
+        <v>683</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>668</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>684</v>
       </c>
-      <c r="C18" t="s">
-[...11 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>685</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>686</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
+        <v>632</v>
+      </c>
+      <c r="K18" t="s">
+        <v>633</v>
+      </c>
+      <c r="L18" t="s">
+        <v>563</v>
+      </c>
+      <c r="M18" t="s">
+        <v>564</v>
+      </c>
+      <c r="N18" t="s">
+        <v>582</v>
+      </c>
+      <c r="O18" t="s">
         <v>687</v>
       </c>
-      <c r="J18" t="s">
+      <c r="P18" t="s">
         <v>688</v>
-      </c>
-[...16 lines deleted...]
-        <v>690</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B19" t="s">
+        <v>689</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>690</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>691</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>692</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>693</v>
       </c>
-      <c r="H19" t="s">
+      <c r="J19" t="s">
         <v>694</v>
       </c>
-      <c r="I19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>567</v>
+        <v>695</v>
       </c>
       <c r="L19" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M19" t="s">
-        <v>637</v>
+        <v>665</v>
       </c>
       <c r="N19" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="O19" t="s">
-        <v>614</v>
+        <v>696</v>
       </c>
       <c r="P19" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B20" t="s">
-        <v>696</v>
+        <v>618</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>697</v>
+        <v>698</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="H20" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="I20" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="J20" t="s">
-        <v>701</v>
+        <v>681</v>
       </c>
       <c r="K20" t="s">
+        <v>633</v>
+      </c>
+      <c r="L20" t="s">
+        <v>563</v>
+      </c>
+      <c r="M20" t="s">
+        <v>564</v>
+      </c>
+      <c r="N20" t="s">
+        <v>625</v>
+      </c>
+      <c r="O20" t="s">
+        <v>626</v>
+      </c>
+      <c r="P20" t="s">
         <v>702</v>
-      </c>
-[...13 lines deleted...]
-        <v>703</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B21" t="s">
+        <v>703</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
         <v>704</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>705</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>706</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
         <v>707</v>
       </c>
-      <c r="I21" t="s">
+      <c r="J21" t="s">
         <v>708</v>
       </c>
-      <c r="J21" t="s">
+      <c r="K21" t="s">
         <v>709</v>
       </c>
-      <c r="K21" t="s">
+      <c r="L21" t="s">
+        <v>563</v>
+      </c>
+      <c r="M21" t="s">
+        <v>600</v>
+      </c>
+      <c r="N21" t="s">
+        <v>625</v>
+      </c>
+      <c r="O21" t="s">
+        <v>642</v>
+      </c>
+      <c r="P21" t="s">
         <v>710</v>
-      </c>
-[...13 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B22" t="s">
+        <v>711</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
         <v>712</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>713</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>714</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>715</v>
       </c>
-      <c r="I22" t="s">
+      <c r="J22" t="s">
         <v>716</v>
       </c>
-      <c r="J22" t="s">
+      <c r="K22" t="s">
         <v>717</v>
       </c>
-      <c r="K22" t="s">
+      <c r="L22" t="s">
+        <v>563</v>
+      </c>
+      <c r="M22" t="s">
+        <v>665</v>
+      </c>
+      <c r="N22" t="s">
+        <v>625</v>
+      </c>
+      <c r="O22" t="s">
+        <v>642</v>
+      </c>
+      <c r="P22" t="s">
         <v>718</v>
-      </c>
-[...13 lines deleted...]
-        <v>719</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B23" t="s">
+        <v>719</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
         <v>720</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>721</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>722</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
         <v>723</v>
       </c>
-      <c r="I23" t="s">
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
         <v>724</v>
       </c>
-      <c r="J23" t="s">
+      <c r="L23" t="s">
+        <v>563</v>
+      </c>
+      <c r="M23" t="s">
+        <v>600</v>
+      </c>
+      <c r="N23" t="s">
+        <v>625</v>
+      </c>
+      <c r="O23" t="s">
+        <v>642</v>
+      </c>
+      <c r="P23" t="s">
         <v>725</v>
-      </c>
-[...16 lines deleted...]
-        <v>726</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B24" t="s">
+        <v>726</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
         <v>727</v>
-      </c>
-[...7 lines deleted...]
-        <v>721</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>728</v>
       </c>
       <c r="H24" t="s">
         <v>729</v>
       </c>
       <c r="I24" t="s">
         <v>730</v>
       </c>
       <c r="J24" t="s">
+        <v>708</v>
+      </c>
+      <c r="K24" t="s">
+        <v>709</v>
+      </c>
+      <c r="L24" t="s">
+        <v>563</v>
+      </c>
+      <c r="M24" t="s">
+        <v>564</v>
+      </c>
+      <c r="N24" t="s">
+        <v>625</v>
+      </c>
+      <c r="O24" t="s">
+        <v>642</v>
+      </c>
+      <c r="P24" t="s">
         <v>731</v>
-      </c>
-[...16 lines deleted...]
-        <v>733</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B25" t="s">
+        <v>732</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>727</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>733</v>
+      </c>
+      <c r="H25" t="s">
         <v>734</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="I25" t="s">
         <v>735</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="J25" t="s">
         <v>736</v>
       </c>
-      <c r="H25" t="s">
+      <c r="K25" t="s">
+        <v>41</v>
+      </c>
+      <c r="L25" t="s">
+        <v>563</v>
+      </c>
+      <c r="M25" t="s">
+        <v>564</v>
+      </c>
+      <c r="N25" t="s">
+        <v>625</v>
+      </c>
+      <c r="O25" t="s">
+        <v>642</v>
+      </c>
+      <c r="P25" t="s">
         <v>737</v>
-      </c>
-[...22 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B26" t="s">
+        <v>738</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>727</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>739</v>
+      </c>
+      <c r="H26" t="s">
+        <v>740</v>
+      </c>
+      <c r="I26" t="s">
         <v>741</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="J26" t="s">
         <v>742</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="K26" t="s">
         <v>743</v>
       </c>
-      <c r="H26" t="s">
+      <c r="L26" t="s">
+        <v>563</v>
+      </c>
+      <c r="M26" t="s">
+        <v>564</v>
+      </c>
+      <c r="N26" t="s">
+        <v>625</v>
+      </c>
+      <c r="O26" t="s">
+        <v>642</v>
+      </c>
+      <c r="P26" t="s">
         <v>744</v>
-      </c>
-[...22 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B27" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="H27" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="I27" t="s">
-        <v>755</v>
+        <v>598</v>
       </c>
       <c r="J27" t="s">
-        <v>725</v>
+        <v>20</v>
       </c>
       <c r="K27" t="s">
-        <v>62</v>
+        <v>599</v>
       </c>
       <c r="L27" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M27" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="N27" t="s">
-        <v>581</v>
+        <v>625</v>
       </c>
       <c r="O27" t="s">
-        <v>756</v>
+        <v>642</v>
       </c>
       <c r="P27" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B28" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
+        <v>751</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>752</v>
       </c>
-      <c r="F28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H28" t="s">
-        <v>760</v>
+        <v>753</v>
       </c>
       <c r="I28" t="s">
+        <v>754</v>
+      </c>
+      <c r="J28" t="s">
         <v>755</v>
       </c>
-      <c r="J28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K28" t="s">
-        <v>62</v>
+        <v>756</v>
       </c>
       <c r="L28" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M28" t="s">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="N28" t="s">
-        <v>581</v>
+        <v>625</v>
       </c>
       <c r="O28" t="s">
-        <v>654</v>
+        <v>642</v>
       </c>
       <c r="P28" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B29" t="s">
+        <v>758</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>759</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>760</v>
+      </c>
+      <c r="H29" t="s">
+        <v>761</v>
+      </c>
+      <c r="I29" t="s">
         <v>762</v>
       </c>
-      <c r="C29" t="s">
-[...5 lines deleted...]
-      <c r="E29" t="s">
+      <c r="J29" t="s">
         <v>763</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="K29" t="s">
         <v>764</v>
       </c>
-      <c r="H29" t="s">
+      <c r="L29" t="s">
+        <v>563</v>
+      </c>
+      <c r="M29" t="s">
+        <v>600</v>
+      </c>
+      <c r="N29" t="s">
+        <v>625</v>
+      </c>
+      <c r="O29" t="s">
+        <v>642</v>
+      </c>
+      <c r="P29" t="s">
         <v>765</v>
-      </c>
-[...22 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B30" t="s">
+        <v>766</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>767</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>768</v>
+      </c>
+      <c r="H30" t="s">
+        <v>769</v>
+      </c>
+      <c r="I30" t="s">
         <v>770</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="J30" t="s">
         <v>771</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="K30" t="s">
         <v>772</v>
       </c>
-      <c r="H30" t="s">
+      <c r="L30" t="s">
+        <v>563</v>
+      </c>
+      <c r="M30" t="s">
+        <v>665</v>
+      </c>
+      <c r="N30" t="s">
+        <v>625</v>
+      </c>
+      <c r="O30" t="s">
+        <v>642</v>
+      </c>
+      <c r="P30" t="s">
         <v>773</v>
-      </c>
-[...22 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B31" t="s">
+        <v>774</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>775</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>776</v>
+      </c>
+      <c r="H31" t="s">
+        <v>777</v>
+      </c>
+      <c r="I31" t="s">
         <v>778</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="J31" t="s">
         <v>779</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="K31" t="s">
+        <v>84</v>
+      </c>
+      <c r="L31" t="s">
+        <v>563</v>
+      </c>
+      <c r="M31" t="s">
+        <v>665</v>
+      </c>
+      <c r="N31" t="s">
+        <v>625</v>
+      </c>
+      <c r="O31" t="s">
+        <v>642</v>
+      </c>
+      <c r="P31" t="s">
         <v>780</v>
-      </c>
-[...25 lines deleted...]
-        <v>785</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B32" t="s">
+        <v>781</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>775</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>782</v>
+      </c>
+      <c r="H32" t="s">
+        <v>783</v>
+      </c>
+      <c r="I32" t="s">
+        <v>784</v>
+      </c>
+      <c r="J32" t="s">
+        <v>785</v>
+      </c>
+      <c r="K32" t="s">
         <v>786</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="L32" t="s">
+        <v>563</v>
+      </c>
+      <c r="M32" t="s">
+        <v>665</v>
+      </c>
+      <c r="N32" t="s">
+        <v>625</v>
+      </c>
+      <c r="O32" t="s">
+        <v>642</v>
+      </c>
+      <c r="P32" t="s">
         <v>787</v>
-      </c>
-[...31 lines deleted...]
-        <v>793</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B33" t="s">
+        <v>788</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>789</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>790</v>
+      </c>
+      <c r="H33" t="s">
+        <v>791</v>
+      </c>
+      <c r="I33" t="s">
+        <v>785</v>
+      </c>
+      <c r="J33" t="s">
+        <v>20</v>
+      </c>
+      <c r="K33" t="s">
+        <v>786</v>
+      </c>
+      <c r="L33" t="s">
+        <v>563</v>
+      </c>
+      <c r="M33" t="s">
+        <v>665</v>
+      </c>
+      <c r="N33" t="s">
+        <v>792</v>
+      </c>
+      <c r="O33" t="s">
+        <v>793</v>
+      </c>
+      <c r="P33" t="s">
         <v>794</v>
-      </c>
-[...40 lines deleted...]
-        <v>799</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B34" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="H34" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="I34" t="s">
-        <v>804</v>
+        <v>798</v>
       </c>
       <c r="J34" t="s">
-        <v>805</v>
+        <v>681</v>
       </c>
       <c r="K34" t="s">
-        <v>41</v>
+        <v>633</v>
       </c>
       <c r="L34" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M34" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="N34" t="s">
-        <v>806</v>
+        <v>792</v>
       </c>
       <c r="O34" t="s">
-        <v>807</v>
+        <v>793</v>
       </c>
       <c r="P34" t="s">
-        <v>808</v>
+        <v>799</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B35" t="s">
-        <v>809</v>
+        <v>800</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>810</v>
+        <v>801</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="H35" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="I35" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="J35" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="K35" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
       <c r="L35" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M35" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="N35" t="s">
-        <v>597</v>
+        <v>565</v>
       </c>
       <c r="O35" t="s">
-        <v>614</v>
+        <v>566</v>
       </c>
       <c r="P35" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B36" t="s">
-        <v>817</v>
+        <v>808</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
       <c r="H36" t="s">
-        <v>820</v>
+        <v>811</v>
       </c>
       <c r="I36" t="s">
-        <v>821</v>
+        <v>812</v>
       </c>
       <c r="J36" t="s">
-        <v>822</v>
+        <v>681</v>
       </c>
       <c r="K36" t="s">
-        <v>823</v>
+        <v>633</v>
       </c>
       <c r="L36" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M36" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N36" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="O36" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="P36" t="s">
-        <v>824</v>
+        <v>813</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B37" t="s">
-        <v>825</v>
+        <v>814</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>826</v>
+        <v>815</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>827</v>
+        <v>816</v>
       </c>
       <c r="H37" t="s">
-        <v>828</v>
+        <v>817</v>
       </c>
       <c r="I37" t="s">
-        <v>829</v>
+        <v>818</v>
       </c>
       <c r="J37" t="s">
-        <v>830</v>
+        <v>819</v>
       </c>
       <c r="K37" t="s">
-        <v>831</v>
+        <v>820</v>
       </c>
       <c r="L37" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M37" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N37" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="O37" t="s">
-        <v>614</v>
+        <v>642</v>
       </c>
       <c r="P37" t="s">
-        <v>832</v>
+        <v>821</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B38" t="s">
-        <v>646</v>
+        <v>822</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>640</v>
+        <v>823</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="H38" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="I38" t="s">
-        <v>835</v>
+        <v>826</v>
       </c>
       <c r="J38" t="s">
-        <v>660</v>
+        <v>779</v>
       </c>
       <c r="K38" t="s">
-        <v>605</v>
+        <v>84</v>
       </c>
       <c r="L38" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M38" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N38" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="O38" t="s">
-        <v>582</v>
+        <v>827</v>
       </c>
       <c r="P38" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B39" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>838</v>
+        <v>823</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="H39" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="I39" t="s">
-        <v>841</v>
+        <v>826</v>
       </c>
       <c r="J39" t="s">
-        <v>842</v>
+        <v>779</v>
       </c>
       <c r="K39" t="s">
-        <v>843</v>
+        <v>84</v>
       </c>
       <c r="L39" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M39" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N39" t="s">
-        <v>597</v>
+        <v>582</v>
       </c>
       <c r="O39" t="s">
-        <v>844</v>
+        <v>687</v>
       </c>
       <c r="P39" t="s">
-        <v>845</v>
+        <v>832</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B40" t="s">
-        <v>846</v>
+        <v>833</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>847</v>
+        <v>834</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>848</v>
+        <v>835</v>
       </c>
       <c r="H40" t="s">
-        <v>849</v>
+        <v>836</v>
       </c>
       <c r="I40" t="s">
-        <v>850</v>
+        <v>837</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>838</v>
       </c>
       <c r="K40" t="s">
-        <v>851</v>
+        <v>307</v>
       </c>
       <c r="L40" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M40" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="N40" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="O40" t="s">
-        <v>614</v>
+        <v>642</v>
       </c>
       <c r="P40" t="s">
-        <v>852</v>
+        <v>839</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B41" t="s">
-        <v>853</v>
+        <v>840</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>679</v>
+        <v>841</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="H41" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
       <c r="I41" t="s">
-        <v>856</v>
+        <v>844</v>
       </c>
       <c r="J41" t="s">
-        <v>857</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
-        <v>111</v>
+        <v>764</v>
       </c>
       <c r="L41" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M41" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N41" t="s">
-        <v>597</v>
+        <v>845</v>
       </c>
       <c r="O41" t="s">
-        <v>614</v>
+        <v>846</v>
       </c>
       <c r="P41" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B42" t="s">
-        <v>859</v>
+        <v>848</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>735</v>
+        <v>849</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="H42" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="I42" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="J42" t="s">
-        <v>660</v>
+        <v>853</v>
       </c>
       <c r="K42" t="s">
-        <v>605</v>
+        <v>854</v>
       </c>
       <c r="L42" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M42" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N42" t="s">
-        <v>738</v>
+        <v>625</v>
       </c>
       <c r="O42" t="s">
-        <v>739</v>
+        <v>642</v>
       </c>
       <c r="P42" t="s">
-        <v>863</v>
+        <v>855</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B43" t="s">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="H43" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="I43" t="s">
-        <v>868</v>
+        <v>860</v>
       </c>
       <c r="J43" t="s">
-        <v>869</v>
+        <v>861</v>
       </c>
       <c r="K43" t="s">
-        <v>308</v>
+        <v>862</v>
       </c>
       <c r="L43" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M43" t="s">
-        <v>580</v>
+        <v>600</v>
       </c>
       <c r="N43" t="s">
-        <v>597</v>
+        <v>625</v>
       </c>
       <c r="O43" t="s">
-        <v>614</v>
+        <v>642</v>
       </c>
       <c r="P43" t="s">
-        <v>870</v>
+        <v>863</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B44" t="s">
+        <v>864</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>865</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>866</v>
+      </c>
+      <c r="H44" t="s">
+        <v>867</v>
+      </c>
+      <c r="I44" t="s">
+        <v>868</v>
+      </c>
+      <c r="J44" t="s">
+        <v>869</v>
+      </c>
+      <c r="K44" t="s">
+        <v>870</v>
+      </c>
+      <c r="L44" t="s">
+        <v>563</v>
+      </c>
+      <c r="M44" t="s">
+        <v>564</v>
+      </c>
+      <c r="N44" t="s">
+        <v>625</v>
+      </c>
+      <c r="O44" t="s">
+        <v>642</v>
+      </c>
+      <c r="P44" t="s">
         <v>871</v>
-      </c>
-[...40 lines deleted...]
-        <v>876</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B45" t="s">
+        <v>872</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>873</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>874</v>
+      </c>
+      <c r="H45" t="s">
+        <v>875</v>
+      </c>
+      <c r="I45" t="s">
+        <v>876</v>
+      </c>
+      <c r="J45" t="s">
+        <v>805</v>
+      </c>
+      <c r="K45" t="s">
+        <v>806</v>
+      </c>
+      <c r="L45" t="s">
+        <v>563</v>
+      </c>
+      <c r="M45" t="s">
+        <v>564</v>
+      </c>
+      <c r="N45" t="s">
+        <v>625</v>
+      </c>
+      <c r="O45" t="s">
+        <v>626</v>
+      </c>
+      <c r="P45" t="s">
         <v>877</v>
-      </c>
-[...40 lines deleted...]
-        <v>881</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B46" t="s">
+        <v>878</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>879</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>880</v>
+      </c>
+      <c r="H46" t="s">
+        <v>881</v>
+      </c>
+      <c r="I46" t="s">
         <v>882</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="J46" t="s">
+        <v>805</v>
+      </c>
+      <c r="K46" t="s">
+        <v>806</v>
+      </c>
+      <c r="L46" t="s">
+        <v>563</v>
+      </c>
+      <c r="M46" t="s">
+        <v>600</v>
+      </c>
+      <c r="N46" t="s">
+        <v>625</v>
+      </c>
+      <c r="O46" t="s">
+        <v>642</v>
+      </c>
+      <c r="P46" t="s">
         <v>883</v>
-      </c>
-[...31 lines deleted...]
-        <v>887</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B47" t="s">
+        <v>884</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>885</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>886</v>
+      </c>
+      <c r="H47" t="s">
+        <v>887</v>
+      </c>
+      <c r="I47" t="s">
+        <v>779</v>
+      </c>
+      <c r="J47" t="s">
+        <v>20</v>
+      </c>
+      <c r="K47" t="s">
+        <v>84</v>
+      </c>
+      <c r="L47" t="s">
+        <v>563</v>
+      </c>
+      <c r="M47" t="s">
+        <v>665</v>
+      </c>
+      <c r="N47" t="s">
+        <v>601</v>
+      </c>
+      <c r="O47" t="s">
+        <v>602</v>
+      </c>
+      <c r="P47" t="s">
         <v>888</v>
-      </c>
-[...40 lines deleted...]
-        <v>894</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B48" t="s">
+        <v>889</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>890</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>891</v>
+      </c>
+      <c r="H48" t="s">
+        <v>892</v>
+      </c>
+      <c r="I48" t="s">
+        <v>893</v>
+      </c>
+      <c r="J48" t="s">
+        <v>573</v>
+      </c>
+      <c r="K48" t="s">
+        <v>63</v>
+      </c>
+      <c r="L48" t="s">
+        <v>563</v>
+      </c>
+      <c r="M48" t="s">
+        <v>564</v>
+      </c>
+      <c r="N48" t="s">
+        <v>894</v>
+      </c>
+      <c r="O48" t="s">
         <v>895</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="P48" t="s">
         <v>896</v>
-      </c>
-[...31 lines deleted...]
-        <v>902</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B49" t="s">
+        <v>897</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>898</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>899</v>
+      </c>
+      <c r="H49" t="s">
+        <v>900</v>
+      </c>
+      <c r="I49" t="s">
+        <v>901</v>
+      </c>
+      <c r="J49" t="s">
+        <v>902</v>
+      </c>
+      <c r="K49" t="s">
         <v>903</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="L49" t="s">
+        <v>563</v>
+      </c>
+      <c r="M49" t="s">
+        <v>600</v>
+      </c>
+      <c r="N49" t="s">
+        <v>625</v>
+      </c>
+      <c r="O49" t="s">
+        <v>642</v>
+      </c>
+      <c r="P49" t="s">
         <v>904</v>
-      </c>
-[...31 lines deleted...]
-        <v>909</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B50" t="s">
+        <v>905</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>906</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>907</v>
+      </c>
+      <c r="H50" t="s">
+        <v>908</v>
+      </c>
+      <c r="I50" t="s">
+        <v>909</v>
+      </c>
+      <c r="J50" t="s">
         <v>910</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="K50" t="s">
         <v>911</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="L50" t="s">
+        <v>563</v>
+      </c>
+      <c r="M50" t="s">
+        <v>564</v>
+      </c>
+      <c r="N50" t="s">
+        <v>601</v>
+      </c>
+      <c r="O50" t="s">
+        <v>602</v>
+      </c>
+      <c r="P50" t="s">
         <v>912</v>
-      </c>
-[...25 lines deleted...]
-        <v>916</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B51" t="s">
+        <v>913</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>914</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>915</v>
+      </c>
+      <c r="H51" t="s">
+        <v>916</v>
+      </c>
+      <c r="I51" t="s">
         <v>917</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="J51" t="s">
         <v>918</v>
       </c>
-      <c r="F51" t="s">
-[...2 lines deleted...]
-      <c r="G51" t="s">
+      <c r="K51" t="s">
         <v>919</v>
       </c>
-      <c r="H51" t="s">
+      <c r="L51" t="s">
+        <v>563</v>
+      </c>
+      <c r="M51" t="s">
+        <v>665</v>
+      </c>
+      <c r="N51" t="s">
+        <v>625</v>
+      </c>
+      <c r="O51" t="s">
+        <v>642</v>
+      </c>
+      <c r="P51" t="s">
         <v>920</v>
-      </c>
-[...22 lines deleted...]
-        <v>925</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B52" t="s">
+        <v>921</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>922</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>923</v>
+      </c>
+      <c r="H52" t="s">
+        <v>924</v>
+      </c>
+      <c r="I52" t="s">
+        <v>925</v>
+      </c>
+      <c r="J52" t="s">
+        <v>598</v>
+      </c>
+      <c r="K52" t="s">
+        <v>599</v>
+      </c>
+      <c r="L52" t="s">
+        <v>563</v>
+      </c>
+      <c r="M52" t="s">
+        <v>564</v>
+      </c>
+      <c r="N52" t="s">
+        <v>565</v>
+      </c>
+      <c r="O52" t="s">
         <v>926</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="P52" t="s">
         <v>927</v>
-      </c>
-[...31 lines deleted...]
-        <v>934</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B53" t="s">
-        <v>935</v>
+        <v>928</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>937</v>
+        <v>930</v>
       </c>
       <c r="H53" t="s">
-        <v>938</v>
+        <v>931</v>
       </c>
       <c r="I53" t="s">
-        <v>939</v>
+        <v>932</v>
       </c>
       <c r="J53" t="s">
-        <v>940</v>
+        <v>561</v>
       </c>
       <c r="K53" t="s">
-        <v>941</v>
+        <v>562</v>
       </c>
       <c r="L53" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M53" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N53" t="s">
-        <v>597</v>
+        <v>565</v>
       </c>
       <c r="O53" t="s">
-        <v>614</v>
+        <v>566</v>
       </c>
       <c r="P53" t="s">
-        <v>942</v>
+        <v>933</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B54" t="s">
-        <v>943</v>
+        <v>934</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>944</v>
+        <v>929</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="H54" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="I54" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="J54" t="s">
-        <v>613</v>
+        <v>938</v>
       </c>
       <c r="K54" t="s">
-        <v>30</v>
+        <v>939</v>
       </c>
       <c r="L54" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M54" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N54" t="s">
-        <v>581</v>
+        <v>792</v>
       </c>
       <c r="O54" t="s">
-        <v>588</v>
+        <v>940</v>
       </c>
       <c r="P54" t="s">
-        <v>948</v>
+        <v>941</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B55" t="s">
-        <v>949</v>
+        <v>942</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
+        <v>929</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>943</v>
+      </c>
+      <c r="H55" t="s">
         <v>944</v>
       </c>
-      <c r="F55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I55" t="s">
-        <v>952</v>
+        <v>945</v>
       </c>
       <c r="J55" t="s">
-        <v>20</v>
+        <v>654</v>
       </c>
       <c r="K55" t="s">
-        <v>953</v>
+        <v>655</v>
       </c>
       <c r="L55" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M55" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N55" t="s">
-        <v>581</v>
+        <v>565</v>
       </c>
       <c r="O55" t="s">
-        <v>606</v>
+        <v>566</v>
       </c>
       <c r="P55" t="s">
-        <v>954</v>
+        <v>946</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B56" t="s">
-        <v>955</v>
+        <v>947</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>956</v>
+        <v>949</v>
       </c>
       <c r="H56" t="s">
-        <v>957</v>
+        <v>950</v>
       </c>
       <c r="I56" t="s">
+        <v>951</v>
+      </c>
+      <c r="J56" t="s">
         <v>952</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K56" t="s">
         <v>953</v>
       </c>
       <c r="L56" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M56" t="s">
-        <v>580</v>
+        <v>665</v>
       </c>
       <c r="N56" t="s">
-        <v>581</v>
+        <v>625</v>
       </c>
       <c r="O56" t="s">
-        <v>582</v>
+        <v>642</v>
       </c>
       <c r="P56" t="s">
-        <v>958</v>
+        <v>954</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B57" t="s">
+        <v>955</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>956</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>957</v>
+      </c>
+      <c r="H57" t="s">
+        <v>958</v>
+      </c>
+      <c r="I57" t="s">
         <v>959</v>
       </c>
-      <c r="C57" t="s">
-[...11 lines deleted...]
-      <c r="G57" t="s">
+      <c r="J57" t="s">
+        <v>723</v>
+      </c>
+      <c r="K57" t="s">
+        <v>724</v>
+      </c>
+      <c r="L57" t="s">
+        <v>563</v>
+      </c>
+      <c r="M57" t="s">
+        <v>564</v>
+      </c>
+      <c r="N57" t="s">
+        <v>625</v>
+      </c>
+      <c r="O57" t="s">
+        <v>642</v>
+      </c>
+      <c r="P57" t="s">
         <v>960</v>
-      </c>
-[...25 lines deleted...]
-        <v>962</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B58" t="s">
-        <v>955</v>
+        <v>961</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
+        <v>962</v>
+      </c>
+      <c r="H58" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
       <c r="I58" t="s">
         <v>952</v>
       </c>
       <c r="J58" t="s">
         <v>20</v>
       </c>
       <c r="K58" t="s">
         <v>953</v>
       </c>
       <c r="L58" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M58" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N58" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="O58" t="s">
-        <v>582</v>
+        <v>964</v>
       </c>
       <c r="P58" t="s">
         <v>965</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B59" t="s">
         <v>966</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
         <v>967</v>
       </c>
       <c r="H59" t="s">
         <v>968</v>
       </c>
       <c r="I59" t="s">
-        <v>952</v>
+        <v>969</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>970</v>
       </c>
       <c r="K59" t="s">
-        <v>953</v>
+        <v>971</v>
       </c>
       <c r="L59" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M59" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N59" t="s">
-        <v>581</v>
+        <v>972</v>
       </c>
       <c r="O59" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="P59" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B60" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>944</v>
+        <v>956</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="H60" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="I60" t="s">
-        <v>952</v>
+        <v>978</v>
       </c>
       <c r="J60" t="s">
-        <v>20</v>
+        <v>598</v>
       </c>
       <c r="K60" t="s">
-        <v>953</v>
+        <v>599</v>
       </c>
       <c r="L60" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M60" t="s">
-        <v>580</v>
+        <v>564</v>
       </c>
       <c r="N60" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="O60" t="s">
-        <v>654</v>
+        <v>827</v>
       </c>
       <c r="P60" t="s">
-        <v>974</v>
+        <v>979</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B61" t="s">
-        <v>975</v>
+        <v>980</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>976</v>
+        <v>956</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="H61" t="s">
+        <v>982</v>
+      </c>
+      <c r="I61" t="s">
         <v>978</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>980</v>
+        <v>598</v>
       </c>
       <c r="K61" t="s">
-        <v>710</v>
+        <v>599</v>
       </c>
       <c r="L61" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="M61" t="s">
-        <v>637</v>
+        <v>564</v>
       </c>
       <c r="N61" t="s">
-        <v>597</v>
+        <v>582</v>
       </c>
       <c r="O61" t="s">
-        <v>614</v>
+        <v>687</v>
       </c>
       <c r="P61" t="s">
-        <v>981</v>
+        <v>983</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>555</v>
+      </c>
+      <c r="B62" t="s">
+        <v>984</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>985</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>986</v>
+      </c>
+      <c r="H62" t="s">
+        <v>987</v>
+      </c>
+      <c r="I62" t="s">
+        <v>988</v>
+      </c>
+      <c r="J62" t="s">
+        <v>785</v>
+      </c>
+      <c r="K62" t="s">
+        <v>786</v>
+      </c>
+      <c r="L62" t="s">
+        <v>563</v>
+      </c>
+      <c r="M62" t="s">
+        <v>600</v>
+      </c>
+      <c r="N62" t="s">
+        <v>972</v>
+      </c>
+      <c r="O62" t="s">
+        <v>973</v>
+      </c>
+      <c r="P62" t="s">
+        <v>989</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>555</v>
+      </c>
+      <c r="B63" t="s">
+        <v>990</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>991</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>992</v>
+      </c>
+      <c r="H63" t="s">
+        <v>993</v>
+      </c>
+      <c r="I63" t="s">
+        <v>994</v>
+      </c>
+      <c r="J63" t="s">
+        <v>573</v>
+      </c>
+      <c r="K63" t="s">
+        <v>63</v>
+      </c>
+      <c r="L63" t="s">
+        <v>563</v>
+      </c>
+      <c r="M63" t="s">
+        <v>564</v>
+      </c>
+      <c r="N63" t="s">
+        <v>625</v>
+      </c>
+      <c r="O63" t="s">
+        <v>642</v>
+      </c>
+      <c r="P63" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>555</v>
+      </c>
+      <c r="B64" t="s">
+        <v>996</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>997</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>998</v>
+      </c>
+      <c r="H64" t="s">
+        <v>999</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J64" t="s">
+        <v>20</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1001</v>
+      </c>
+      <c r="L64" t="s">
+        <v>563</v>
+      </c>
+      <c r="M64" t="s">
+        <v>600</v>
+      </c>
+      <c r="N64" t="s">
+        <v>625</v>
+      </c>
+      <c r="O64" t="s">
+        <v>642</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1002</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>555</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J65" t="s">
+        <v>641</v>
+      </c>
+      <c r="K65" t="s">
+        <v>52</v>
+      </c>
+      <c r="L65" t="s">
+        <v>563</v>
+      </c>
+      <c r="M65" t="s">
+        <v>564</v>
+      </c>
+      <c r="N65" t="s">
+        <v>590</v>
+      </c>
+      <c r="O65" t="s">
+        <v>591</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1008</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>555</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1009</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1014</v>
+      </c>
+      <c r="L66" t="s">
+        <v>563</v>
+      </c>
+      <c r="M66" t="s">
+        <v>564</v>
+      </c>
+      <c r="N66" t="s">
+        <v>582</v>
+      </c>
+      <c r="O66" t="s">
+        <v>634</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>555</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1020</v>
+      </c>
+      <c r="J67" t="s">
+        <v>573</v>
+      </c>
+      <c r="K67" t="s">
+        <v>63</v>
+      </c>
+      <c r="L67" t="s">
+        <v>563</v>
+      </c>
+      <c r="M67" t="s">
+        <v>564</v>
+      </c>
+      <c r="N67" t="s">
+        <v>894</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1021</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>555</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J68" t="s">
+        <v>785</v>
+      </c>
+      <c r="K68" t="s">
+        <v>786</v>
+      </c>
+      <c r="L68" t="s">
+        <v>563</v>
+      </c>
+      <c r="M68" t="s">
+        <v>564</v>
+      </c>
+      <c r="N68" t="s">
+        <v>894</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1027</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>555</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L69" t="s">
+        <v>563</v>
+      </c>
+      <c r="M69" t="s">
+        <v>564</v>
+      </c>
+      <c r="N69" t="s">
+        <v>565</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1036</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1037</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>555</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1038</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1040</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1042</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1043</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1044</v>
+      </c>
+      <c r="L70" t="s">
+        <v>563</v>
+      </c>
+      <c r="M70" t="s">
+        <v>564</v>
+      </c>
+      <c r="N70" t="s">
+        <v>565</v>
+      </c>
+      <c r="O70" t="s">
+        <v>926</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1045</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>555</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1046</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1047</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1050</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1051</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1052</v>
+      </c>
+      <c r="L71" t="s">
+        <v>563</v>
+      </c>
+      <c r="M71" t="s">
+        <v>665</v>
+      </c>
+      <c r="N71" t="s">
+        <v>625</v>
+      </c>
+      <c r="O71" t="s">
+        <v>642</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1053</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>555</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1054</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1056</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1057</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1058</v>
+      </c>
+      <c r="J72" t="s">
+        <v>641</v>
+      </c>
+      <c r="K72" t="s">
+        <v>52</v>
+      </c>
+      <c r="L72" t="s">
+        <v>563</v>
+      </c>
+      <c r="M72" t="s">
+        <v>564</v>
+      </c>
+      <c r="N72" t="s">
+        <v>582</v>
+      </c>
+      <c r="O72" t="s">
+        <v>616</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1059</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>555</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1060</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1061</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1062</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J73" t="s">
+        <v>20</v>
+      </c>
+      <c r="K73" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L73" t="s">
+        <v>563</v>
+      </c>
+      <c r="M73" t="s">
+        <v>564</v>
+      </c>
+      <c r="N73" t="s">
+        <v>582</v>
+      </c>
+      <c r="O73" t="s">
+        <v>634</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1065</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>555</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1067</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1068</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J74" t="s">
+        <v>20</v>
+      </c>
+      <c r="K74" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L74" t="s">
+        <v>563</v>
+      </c>
+      <c r="M74" t="s">
+        <v>564</v>
+      </c>
+      <c r="N74" t="s">
+        <v>582</v>
+      </c>
+      <c r="O74" t="s">
+        <v>583</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1069</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>555</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J75" t="s">
+        <v>20</v>
+      </c>
+      <c r="K75" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L75" t="s">
+        <v>563</v>
+      </c>
+      <c r="M75" t="s">
+        <v>564</v>
+      </c>
+      <c r="N75" t="s">
+        <v>582</v>
+      </c>
+      <c r="O75" t="s">
+        <v>656</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>555</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1066</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1074</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1075</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J76" t="s">
+        <v>20</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L76" t="s">
+        <v>563</v>
+      </c>
+      <c r="M76" t="s">
+        <v>564</v>
+      </c>
+      <c r="N76" t="s">
+        <v>582</v>
+      </c>
+      <c r="O76" t="s">
+        <v>583</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1076</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>555</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1077</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L77" t="s">
+        <v>563</v>
+      </c>
+      <c r="M77" t="s">
+        <v>564</v>
+      </c>
+      <c r="N77" t="s">
+        <v>582</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1080</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>555</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1055</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1083</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1084</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1063</v>
+      </c>
+      <c r="J78" t="s">
+        <v>20</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1064</v>
+      </c>
+      <c r="L78" t="s">
+        <v>563</v>
+      </c>
+      <c r="M78" t="s">
+        <v>564</v>
+      </c>
+      <c r="N78" t="s">
+        <v>582</v>
+      </c>
+      <c r="O78" t="s">
+        <v>687</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>555</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J79" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K79" t="s">
+        <v>764</v>
+      </c>
+      <c r="L79" t="s">
+        <v>563</v>
+      </c>
+      <c r="M79" t="s">
+        <v>665</v>
+      </c>
+      <c r="N79" t="s">
+        <v>625</v>
+      </c>
+      <c r="O79" t="s">
+        <v>642</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1092</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>982</v>
+        <v>1093</v>
       </c>
       <c r="L1" t="s">
-        <v>983</v>
+        <v>1094</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>984</v>
+        <v>1095</v>
       </c>
       <c r="B2" t="s">
-        <v>985</v>
+        <v>1096</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>986</v>
+        <v>1097</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>987</v>
+        <v>1098</v>
       </c>
       <c r="H2" t="s">
-        <v>988</v>
+        <v>1099</v>
       </c>
       <c r="I2" t="s">
-        <v>989</v>
+        <v>1100</v>
       </c>
       <c r="J2" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="K2" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="L2" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="M2" t="s">
-        <v>990</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>984</v>
+        <v>1095</v>
       </c>
       <c r="B3" t="s">
-        <v>991</v>
+        <v>1102</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>992</v>
+        <v>1103</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>993</v>
+        <v>1104</v>
       </c>
       <c r="H3" t="s">
-        <v>994</v>
+        <v>1105</v>
       </c>
       <c r="I3" t="s">
-        <v>995</v>
+        <v>1106</v>
       </c>
       <c r="J3" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="K3" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="L3" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>996</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>984</v>
+        <v>1095</v>
       </c>
       <c r="B4" t="s">
-        <v>997</v>
+        <v>1108</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>998</v>
+        <v>1109</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>999</v>
+        <v>1110</v>
       </c>
       <c r="H4" t="s">
-        <v>1000</v>
+        <v>1111</v>
       </c>
       <c r="I4" t="s">
-        <v>1001</v>
+        <v>1112</v>
       </c>
       <c r="J4" t="s">
-        <v>109</v>
+        <v>131</v>
       </c>
       <c r="K4" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="L4" t="s">
-        <v>112</v>
+        <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>1002</v>
+        <v>1113</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T37"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1114</v>
+      </c>
+      <c r="J1" t="s">
+        <v>547</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L1" t="s">
+        <v>549</v>
+      </c>
+      <c r="M1" t="s">
+        <v>550</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1116</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1118</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1119</v>
+      </c>
+      <c r="R1" t="s">
+        <v>551</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1120</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="L2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="M2" t="s">
+        <v>563</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="R2" t="s">
+        <v>665</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1136</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1137</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1138</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K3" t="s">
+        <v>853</v>
+      </c>
+      <c r="L3" t="s">
+        <v>854</v>
+      </c>
+      <c r="M3" t="s">
+        <v>563</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1141</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R3" t="s">
+        <v>564</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1146</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1147</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L4" t="s">
+        <v>764</v>
+      </c>
+      <c r="M4" t="s">
+        <v>563</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1150</v>
+      </c>
+      <c r="R4" t="s">
+        <v>665</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1151</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K5" t="s">
+        <v>844</v>
+      </c>
+      <c r="L5" t="s">
+        <v>764</v>
+      </c>
+      <c r="M5" t="s">
+        <v>563</v>
+      </c>
+      <c r="N5" t="s">
+        <v>20</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R5" t="s">
+        <v>665</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B6" t="s">
+        <v>321</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1161</v>
+      </c>
+      <c r="K6" t="s">
+        <v>779</v>
+      </c>
+      <c r="L6" t="s">
+        <v>84</v>
+      </c>
+      <c r="M6" t="s">
+        <v>563</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1162</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1164</v>
+      </c>
+      <c r="R6" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S6" t="s">
+        <v>322</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1165</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1166</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1167</v>
+      </c>
+      <c r="K7" t="s">
+        <v>779</v>
+      </c>
+      <c r="L7" t="s">
+        <v>84</v>
+      </c>
+      <c r="M7" t="s">
+        <v>563</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1162</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1168</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S7" t="s">
+        <v>85</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1169</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1171</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1172</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L8" t="s">
+        <v>30</v>
+      </c>
+      <c r="M8" t="s">
+        <v>563</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1175</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1177</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1170</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1180</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1181</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>844</v>
+      </c>
+      <c r="L9" t="s">
+        <v>764</v>
+      </c>
+      <c r="M9" t="s">
+        <v>563</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1182</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1183</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1184</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1185</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1186</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1187</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>563</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1188</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R10" t="s">
+        <v>564</v>
+      </c>
+      <c r="S10" t="s">
+        <v>1189</v>
+      </c>
+      <c r="T10" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1192</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1193</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L11" t="s">
+        <v>30</v>
+      </c>
+      <c r="M11" t="s">
+        <v>563</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1195</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1196</v>
+      </c>
+      <c r="R11" t="s">
+        <v>665</v>
+      </c>
+      <c r="S11" t="s">
+        <v>31</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B12" t="s">
+        <v>50</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1197</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L12" t="s">
+        <v>52</v>
+      </c>
+      <c r="M12" t="s">
+        <v>563</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1202</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1203</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S12" t="s">
+        <v>53</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1206</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1207</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1208</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1209</v>
+      </c>
+      <c r="K13" t="s">
+        <v>938</v>
+      </c>
+      <c r="L13" t="s">
+        <v>939</v>
+      </c>
+      <c r="M13" t="s">
+        <v>563</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1210</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1211</v>
+      </c>
+      <c r="R13" t="s">
+        <v>665</v>
+      </c>
+      <c r="S13" t="s">
+        <v>1212</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1213</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1214</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1215</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1216</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J14" t="s">
+        <v>770</v>
+      </c>
+      <c r="K14" t="s">
+        <v>771</v>
+      </c>
+      <c r="L14" t="s">
+        <v>772</v>
+      </c>
+      <c r="M14" t="s">
+        <v>563</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1217</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1211</v>
+      </c>
+      <c r="R14" t="s">
+        <v>665</v>
+      </c>
+      <c r="S14" t="s">
+        <v>1218</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1219</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1221</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1222</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K15" t="s">
+        <v>641</v>
+      </c>
+      <c r="L15" t="s">
+        <v>52</v>
+      </c>
+      <c r="M15" t="s">
+        <v>563</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1224</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R15" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1225</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1050</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1051</v>
+      </c>
+      <c r="L16" t="s">
+        <v>1052</v>
+      </c>
+      <c r="M16" t="s">
+        <v>563</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1230</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1211</v>
+      </c>
+      <c r="R16" t="s">
+        <v>665</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1231</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1236</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1237</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1238</v>
+      </c>
+      <c r="M17" t="s">
+        <v>563</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1239</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1132</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1240</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1241</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1243</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1244</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J18" t="s">
+        <v>818</v>
+      </c>
+      <c r="K18" t="s">
+        <v>819</v>
+      </c>
+      <c r="L18" t="s">
+        <v>820</v>
+      </c>
+      <c r="M18" t="s">
+        <v>563</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1245</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1211</v>
+      </c>
+      <c r="R18" t="s">
+        <v>564</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1246</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1247</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1249</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1194</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1251</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1252</v>
+      </c>
+      <c r="L19" t="s">
+        <v>41</v>
+      </c>
+      <c r="M19" t="s">
+        <v>563</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1253</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1255</v>
+      </c>
+      <c r="R19" t="s">
+        <v>665</v>
+      </c>
+      <c r="S19" t="s">
+        <v>42</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1259</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1260</v>
+      </c>
+      <c r="K20" t="s">
+        <v>708</v>
+      </c>
+      <c r="L20" t="s">
+        <v>709</v>
+      </c>
+      <c r="M20" t="s">
+        <v>563</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1261</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R20" t="s">
+        <v>564</v>
+      </c>
+      <c r="S20" t="s">
+        <v>1262</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1267</v>
+      </c>
+      <c r="K21" t="s">
+        <v>654</v>
+      </c>
+      <c r="L21" t="s">
+        <v>655</v>
+      </c>
+      <c r="M21" t="s">
+        <v>563</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1268</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1132</v>
+      </c>
+      <c r="R21" t="s">
+        <v>665</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1269</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B22" t="s">
+        <v>61</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1270</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1271</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1273</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1274</v>
+      </c>
+      <c r="L22" t="s">
+        <v>63</v>
+      </c>
+      <c r="M22" t="s">
+        <v>563</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1275</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1276</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S22" t="s">
+        <v>64</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1242</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1278</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1279</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>819</v>
+      </c>
+      <c r="L23" t="s">
+        <v>820</v>
+      </c>
+      <c r="M23" t="s">
+        <v>563</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1280</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1281</v>
+      </c>
+      <c r="R23" t="s">
+        <v>564</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1282</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1283</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J24" t="s">
+        <v>778</v>
+      </c>
+      <c r="K24" t="s">
+        <v>779</v>
+      </c>
+      <c r="L24" t="s">
+        <v>84</v>
+      </c>
+      <c r="M24" t="s">
+        <v>563</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1286</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1281</v>
+      </c>
+      <c r="R24" t="s">
+        <v>665</v>
+      </c>
+      <c r="S24" t="s">
+        <v>1287</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1288</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1220</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1289</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1290</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1291</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1292</v>
+      </c>
+      <c r="M25" t="s">
+        <v>563</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1293</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1294</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1295</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1296</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1297</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1300</v>
+      </c>
+      <c r="K26" t="s">
+        <v>708</v>
+      </c>
+      <c r="L26" t="s">
+        <v>709</v>
+      </c>
+      <c r="M26" t="s">
+        <v>563</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1301</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1294</v>
+      </c>
+      <c r="R26" t="s">
+        <v>564</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1302</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1303</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1304</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1305</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1306</v>
+      </c>
+      <c r="K27" t="s">
+        <v>779</v>
+      </c>
+      <c r="L27" t="s">
+        <v>84</v>
+      </c>
+      <c r="M27" t="s">
+        <v>563</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1307</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1142</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1308</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1309</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1248</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1310</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1311</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K28" t="s">
+        <v>844</v>
+      </c>
+      <c r="L28" t="s">
+        <v>764</v>
+      </c>
+      <c r="M28" t="s">
+        <v>563</v>
+      </c>
+      <c r="N28" t="s">
+        <v>20</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1254</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1203</v>
+      </c>
+      <c r="R28" t="s">
+        <v>665</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1312</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1313</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1315</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>910</v>
+      </c>
+      <c r="L29" t="s">
+        <v>911</v>
+      </c>
+      <c r="M29" t="s">
+        <v>563</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1317</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R29" t="s">
+        <v>564</v>
+      </c>
+      <c r="S29" t="s">
+        <v>1318</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J30" t="s">
+        <v>798</v>
+      </c>
+      <c r="K30" t="s">
+        <v>681</v>
+      </c>
+      <c r="L30" t="s">
+        <v>633</v>
+      </c>
+      <c r="M30" t="s">
+        <v>563</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1323</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R30" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1324</v>
+      </c>
+      <c r="T30" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1326</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1327</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1328</v>
+      </c>
+      <c r="K31" t="s">
+        <v>785</v>
+      </c>
+      <c r="L31" t="s">
+        <v>786</v>
+      </c>
+      <c r="M31" t="s">
+        <v>563</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1329</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R31" t="s">
+        <v>564</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1331</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1320</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1200</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1201</v>
+      </c>
+      <c r="L32" t="s">
+        <v>52</v>
+      </c>
+      <c r="M32" t="s">
+        <v>563</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1323</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1334</v>
+      </c>
+      <c r="T32" t="s">
+        <v>1204</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1335</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1314</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1338</v>
+      </c>
+      <c r="K33" t="s">
+        <v>785</v>
+      </c>
+      <c r="L33" t="s">
+        <v>786</v>
+      </c>
+      <c r="M33" t="s">
+        <v>563</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1339</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>564</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R33" t="s">
+        <v>564</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1340</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1341</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1191</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1342</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1343</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1344</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1174</v>
+      </c>
+      <c r="L34" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" t="s">
+        <v>563</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1345</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1281</v>
+      </c>
+      <c r="R34" t="s">
+        <v>665</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1346</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J35" t="s">
+        <v>798</v>
+      </c>
+      <c r="K35" t="s">
+        <v>1351</v>
+      </c>
+      <c r="L35" t="s">
+        <v>633</v>
+      </c>
+      <c r="M35" t="s">
+        <v>563</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1352</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1149</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1211</v>
+      </c>
+      <c r="R35" t="s">
+        <v>665</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1353</v>
+      </c>
+      <c r="T35" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1277</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1354</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1355</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J36" t="s">
+        <v>798</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1351</v>
+      </c>
+      <c r="L36" t="s">
+        <v>633</v>
+      </c>
+      <c r="M36" t="s">
+        <v>563</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1352</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>665</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>1281</v>
+      </c>
+      <c r="R36" t="s">
+        <v>665</v>
+      </c>
+      <c r="S36" t="s">
+        <v>1356</v>
+      </c>
+      <c r="T36" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1122</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1358</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1359</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1139</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>844</v>
+      </c>
+      <c r="L37" t="s">
+        <v>764</v>
+      </c>
+      <c r="M37" t="s">
+        <v>563</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1361</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1163</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>1132</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1163</v>
+      </c>
+      <c r="S37" t="s">
+        <v>1362</v>
+      </c>
+      <c r="T37" t="s">
+        <v>1134</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>