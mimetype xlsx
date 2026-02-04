--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3315" uniqueCount="1363">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3312" uniqueCount="1358">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,68 +77,101 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur Fatma DOUIK</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808658/fr/docteur-fatma-douik</t>
+  </si>
+  <si>
+    <t>p_3808658</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>DOUIK</t>
+  </si>
+  <si>
+    <t>Fatma</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CH DEZARNAULDS - GIEN</t>
+  </si>
+  <si>
+    <t>45503</t>
+  </si>
+  <si>
+    <t>GIEN</t>
+  </si>
+  <si>
+    <t>450000047</t>
+  </si>
+  <si>
     <t>Docteur Georges BOU NASSIF</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:16:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794627/fr/docteur-georges-bou-nassif</t>
   </si>
   <si>
     <t>p_3794627</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BOU NASSIF</t>
   </si>
   <si>
     <t>Georges</t>
   </si>
   <si>
     <t>11 September 2025</t>
   </si>
   <si>
     <t>CH AGGLOMERATION MONTARGOISE</t>
   </si>
   <si>
     <t>45200</t>
   </si>
   <si>
     <t>AMILLY</t>
   </si>
   <si>
     <t>450000062</t>
   </si>
   <si>
     <t>Docteur Raouf BOUBEKEUR</t>
   </si>
   <si>
     <t>11/12/2025 19:16:33</t>
@@ -380,83 +413,80 @@
   <si>
     <t>AZOUGAGH</t>
   </si>
   <si>
     <t>KHALID</t>
   </si>
   <si>
     <t>Docteur AFIF AFIF</t>
   </si>
   <si>
     <t>07/04/2025 11:32:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600734/fr/docteur-afif-afif</t>
   </si>
   <si>
     <t>p_3600734</t>
   </si>
   <si>
     <t>AFIF</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>CLINIQUE DE MONTARGIS,HOPITAL EUROPEEN DE PARIS-LA ROSERAIE,CLINIQUE DES LILAS</t>
-[...8 lines deleted...]
-    <t>450012968,930300025,930300264</t>
+    <t>CLINIQUE DE MONTARGIS,MSP DES CHAMPS PLAISANTS,HOPITAL EUROPEEN DE PARIS-LA ROSERAIE,CLINIQUE DES LILAS</t>
+  </si>
+  <si>
+    <t>45202,89100,93308,93260</t>
+  </si>
+  <si>
+    <t>MONTARGIS,SENS,AUBERVILLIERS,LES LILAS</t>
+  </si>
+  <si>
+    <t>450012968,890010713,930300025,930300264</t>
   </si>
   <si>
     <t>Docteur Pascal POTIER</t>
   </si>
   <si>
     <t>19/07/2024 15:31:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3531984/fr/docteur-pascal-potier</t>
   </si>
   <si>
     <t>p_3531984</t>
   </si>
   <si>
     <t>POTIER</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
-    <t>18 July 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE</t>
   </si>
   <si>
     <t>Docteur OLIVIA WILSON</t>
   </si>
   <si>
     <t>19/07/2024 15:35:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532895/fr/docteur-olivia-wilson</t>
   </si>
   <si>
     <t>p_3532895</t>
   </si>
   <si>
     <t>WILSON</t>
   </si>
   <si>
     <t>OLIVIA</t>
   </si>
   <si>
     <t>Docteur BIRANE BEYE</t>
   </si>
   <si>
     <t>19/07/2024 15:35:47</t>
@@ -572,53 +602,50 @@
   <si>
     <t>AHMED</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
     <t>Docteur Arnaud GAUCHER</t>
   </si>
   <si>
     <t>02/01/2023 09:31:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3401288/fr/docteur-arnaud-gaucher</t>
   </si>
   <si>
     <t>p_3401288</t>
   </si>
   <si>
     <t>GAUCHER</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
-    <t>28 December 2022</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur QUENTIN BELOT</t>
   </si>
   <si>
     <t>19/12/2022 11:33:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3397702/fr/docteur-quentin-belot</t>
   </si>
   <si>
     <t>p_3397702</t>
   </si>
   <si>
     <t>BELOT</t>
   </si>
   <si>
     <t>QUENTIN</t>
   </si>
   <si>
     <t>15 December 2022</t>
   </si>
   <si>
     <t>Docteur PHILIPPE GORCE</t>
   </si>
   <si>
     <t>19/12/2022 13:36:27</t>
@@ -650,887 +677,872 @@
   <si>
     <t>HADARCA</t>
   </si>
   <si>
     <t>FLORIN</t>
   </si>
   <si>
     <t>Docteur HUSSEIN IBRAHIM</t>
   </si>
   <si>
     <t>03/01/2022 16:31:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3307728/fr/docteur-hussein-ibrahim</t>
   </si>
   <si>
     <t>p_3307728</t>
   </si>
   <si>
     <t>IBRAHIM</t>
   </si>
   <si>
     <t>HUSSEIN</t>
   </si>
   <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>Docteur ADHAM RAMMAL</t>
+  </si>
+  <si>
+    <t>03/01/2022 16:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3307730/fr/docteur-adham-rammal</t>
+  </si>
+  <si>
+    <t>p_3307730</t>
+  </si>
+  <si>
+    <t>RAMMAL</t>
+  </si>
+  <si>
+    <t>ADHAM</t>
+  </si>
+  <si>
+    <t>Docteur HICHEM ISSAOUI</t>
+  </si>
+  <si>
+    <t>25/11/2021 16:32:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301849/fr/docteur-hichem-issaoui</t>
+  </si>
+  <si>
+    <t>p_3301849</t>
+  </si>
+  <si>
+    <t>ISSAOUI</t>
+  </si>
+  <si>
+    <t>HICHEM</t>
+  </si>
+  <si>
+    <t>25 November 2021</t>
+  </si>
+  <si>
+    <t>Docteur JULIE BARISIEN</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228252/fr/docteur-julie-barisien</t>
+  </si>
+  <si>
+    <t>p_3228252</t>
+  </si>
+  <si>
+    <t>BARISIEN</t>
+  </si>
+  <si>
+    <t>JULIE</t>
+  </si>
+  <si>
+    <t>Docteur MOHAMED NADER BACCAR</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228287/fr/docteur-mohamed-nader-baccar</t>
+  </si>
+  <si>
+    <t>p_3228287</t>
+  </si>
+  <si>
+    <t>BACCAR</t>
+  </si>
+  <si>
+    <t>MOHAMED NADER</t>
+  </si>
+  <si>
+    <t>19 December 2024</t>
+  </si>
+  <si>
+    <t>Docteur ANA-CLAUDIA VLAS</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:31:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226645/fr/docteur-ana-claudia-vlas</t>
+  </si>
+  <si>
+    <t>p_3226645</t>
+  </si>
+  <si>
+    <t>VLAS</t>
+  </si>
+  <si>
+    <t>ANA-CLAUDIA</t>
+  </si>
+  <si>
+    <t>Docteur JOHAN GUILLOU</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214019/fr/docteur-johan-guillou</t>
+  </si>
+  <si>
+    <t>p_3214019</t>
+  </si>
+  <si>
+    <t>GUILLOU</t>
+  </si>
+  <si>
+    <t>JOHAN</t>
+  </si>
+  <si>
+    <t>17 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur DAVID DUSSART</t>
+  </si>
+  <si>
+    <t>19/12/2019 15:38:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3142860/fr/docteur-david-dussart</t>
+  </si>
+  <si>
+    <t>p_3142860</t>
+  </si>
+  <si>
+    <t>DUSSART</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>21 December 2023</t>
+  </si>
+  <si>
+    <t>Docteur BAUDOUIN THEBAULT</t>
+  </si>
+  <si>
+    <t>26/09/2019 11:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3107479/fr/docteur-baudouin-thebault</t>
+  </si>
+  <si>
+    <t>p_3107479</t>
+  </si>
+  <si>
+    <t>THEBAULT</t>
+  </si>
+  <si>
+    <t>BAUDOUIN</t>
+  </si>
+  <si>
+    <t>19 October 2023</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS BRICHART</t>
+  </si>
+  <si>
+    <t>09/07/2019 11:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067016/fr/docteur-nicolas-brichart</t>
+  </si>
+  <si>
+    <t>p_3067016</t>
+  </si>
+  <si>
+    <t>BRICHART</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>Docteur VINCENT ZIZA</t>
+  </si>
+  <si>
+    <t>09/07/2019 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3067042/fr/docteur-vincent-ziza</t>
+  </si>
+  <si>
+    <t>p_3067042</t>
+  </si>
+  <si>
+    <t>ZIZA</t>
+  </si>
+  <si>
+    <t>VINCENT</t>
+  </si>
+  <si>
+    <t>20 July 2023</t>
+  </si>
+  <si>
+    <t>Docteur PATRICIA CHAMORRO CERON</t>
+  </si>
+  <si>
+    <t>29/04/2019 11:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2966342/fr/docteur-patricia-chamorro-ceron</t>
+  </si>
+  <si>
+    <t>c_2966342</t>
+  </si>
+  <si>
+    <t>CHAMORRO CERON</t>
+  </si>
+  <si>
+    <t>PATRICIA</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS LECLERCQ</t>
+  </si>
+  <si>
+    <t>25/10/2018 10:32:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2880441/fr/docteur-nicolas-leclercq</t>
+  </si>
+  <si>
+    <t>c_2880441</t>
+  </si>
+  <si>
+    <t>LECLERCQ</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur ISABELLE VILLERET-GOUREAU</t>
+  </si>
+  <si>
+    <t>15/12/2017 14:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2813538/fr/docteur-isabelle-villeret-goureau</t>
+  </si>
+  <si>
+    <t>c_2813538</t>
+  </si>
+  <si>
+    <t>VILLERET-GOUREAU</t>
+  </si>
+  <si>
+    <t>ISABELLE</t>
+  </si>
+  <si>
+    <t>Docteur ARNAUD PIQUARD</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793483/fr/docteur-arnaud-piquard</t>
+  </si>
+  <si>
+    <t>c_2793483</t>
+  </si>
+  <si>
+    <t>PIQUARD</t>
+  </si>
+  <si>
+    <t>ARNAUD</t>
+  </si>
+  <si>
+    <t>CHU/CHRO - HÔPITAL MADELEINE</t>
+  </si>
+  <si>
+    <t>45032</t>
+  </si>
+  <si>
+    <t>ORLEANS CEDEX 1</t>
+  </si>
+  <si>
+    <t>450000021</t>
+  </si>
+  <si>
+    <t>Docteur ADEL ABOU-MRAD-FRICQUEGNON</t>
+  </si>
+  <si>
+    <t>14/09/2017 16:31:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2793494/fr/docteur-adel-abou-mrad-fricquegnon</t>
+  </si>
+  <si>
+    <t>c_2793494</t>
+  </si>
+  <si>
+    <t>ABOU-MRAD-FRICQUEGNON</t>
+  </si>
+  <si>
+    <t>ADEL</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc DEVILLIERS</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739271/fr/docteur-jean-luc-devilliers</t>
+  </si>
+  <si>
+    <t>c_2739271</t>
+  </si>
+  <si>
+    <t>DEVILLIERS</t>
+  </si>
+  <si>
+    <t>Jean-luc</t>
+  </si>
+  <si>
     <t>29 December 2021</t>
   </si>
   <si>
-    <t>Docteur ADHAM RAMMAL</t>
-[...254 lines deleted...]
-    <t>ISABELLE</t>
+    <t>ORELIANCE - REINE BLANCHE</t>
+  </si>
+  <si>
+    <t>450000294</t>
+  </si>
+  <si>
+    <t>Docteur Christophe BERTON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739290/fr/docteur-christophe-berton</t>
+  </si>
+  <si>
+    <t>c_2739290</t>
+  </si>
+  <si>
+    <t>BERTON</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>21 October 2021</t>
+  </si>
+  <si>
+    <t>Docteur Damien LABARRIERE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740004/fr/docteur-damien-labarriere</t>
+  </si>
+  <si>
+    <t>c_2740004</t>
+  </si>
+  <si>
+    <t>LABARRIERE</t>
+  </si>
+  <si>
+    <t>Damien</t>
+  </si>
+  <si>
+    <t>Docteur Mazen ALI</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740194/fr/docteur-mazen-ali</t>
+  </si>
+  <si>
+    <t>c_2740194</t>
+  </si>
+  <si>
+    <t>ALI</t>
+  </si>
+  <si>
+    <t>Mazen</t>
+  </si>
+  <si>
+    <t>20 February 2025</t>
+  </si>
+  <si>
+    <t>Docteur Jean-baptiste BARBARY</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740237/fr/docteur-jean-baptiste-barbary</t>
+  </si>
+  <si>
+    <t>c_2740237</t>
+  </si>
+  <si>
+    <t>BARBARY</t>
+  </si>
+  <si>
+    <t>Jean-baptiste</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu LECUIT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708486/fr/docteur-matthieu-lecuit</t>
+  </si>
+  <si>
+    <t>c_2708486</t>
+  </si>
+  <si>
+    <t>LECUIT</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>Docteur Gérard LONLAS</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708635/fr/docteur-gerard-lonlas</t>
+  </si>
+  <si>
+    <t>c_2708635</t>
+  </si>
+  <si>
+    <t>LONLAS</t>
+  </si>
+  <si>
+    <t>Gérard</t>
+  </si>
+  <si>
+    <t>20 November 2024</t>
+  </si>
+  <si>
+    <t>Docteur Samir NABOULSI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709009/fr/docteur-samir-naboulsi</t>
+  </si>
+  <si>
+    <t>c_2709009</t>
+  </si>
+  <si>
+    <t>NABOULSI</t>
+  </si>
+  <si>
+    <t>Samir</t>
+  </si>
+  <si>
+    <t>Docteur Damien GRENIER DE CARDENAL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709020/fr/docteur-damien-grenier-de-cardenal</t>
+  </si>
+  <si>
+    <t>c_2709020</t>
+  </si>
+  <si>
+    <t>GRENIER DE CARDENAL</t>
+  </si>
+  <si>
+    <t>Docteur Anne DANTON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709128/fr/docteur-anne-danton</t>
+  </si>
+  <si>
+    <t>c_2709128</t>
+  </si>
+  <si>
+    <t>DANTON</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Docteur Gérard NACASCH</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709261/fr/docteur-gerard-nacasch</t>
+  </si>
+  <si>
+    <t>c_2709261</t>
+  </si>
+  <si>
+    <t>NACASCH</t>
+  </si>
+  <si>
+    <t>16 January 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MONTARGIS,POLYCLINIQUE STE MARGUERITE AUXERRE</t>
+  </si>
+  <si>
+    <t>45202,89003</t>
+  </si>
+  <si>
+    <t>MONTARGIS,AUXERRE</t>
+  </si>
+  <si>
+    <t>450012968,890002389</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume GUEGUEN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709687/fr/docteur-guillaume-gueguen</t>
+  </si>
+  <si>
+    <t>c_2709687</t>
+  </si>
+  <si>
+    <t>GUEGUEN</t>
+  </si>
+  <si>
+    <t>Guillaume</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc RETAILLAUD</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709725/fr/docteur-jean-luc-retaillaud</t>
+  </si>
+  <si>
+    <t>c_2709725</t>
+  </si>
+  <si>
+    <t>RETAILLAUD</t>
+  </si>
+  <si>
+    <t>Docteur Nidal HAZIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709728/fr/docteur-nidal-hazim</t>
+  </si>
+  <si>
+    <t>c_2709728</t>
+  </si>
+  <si>
+    <t>HAZIM</t>
+  </si>
+  <si>
+    <t>Nidal</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume BOCQUET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709734/fr/docteur-guillaume-bocquet</t>
+  </si>
+  <si>
+    <t>c_2709734</t>
+  </si>
+  <si>
+    <t>BOCQUET</t>
+  </si>
+  <si>
+    <t>16 February 2023</t>
+  </si>
+  <si>
+    <t>Docteur Jean-luc DELALANDE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709744/fr/docteur-jean-luc-delalande</t>
+  </si>
+  <si>
+    <t>c_2709744</t>
+  </si>
+  <si>
+    <t>DELALANDE</t>
+  </si>
+  <si>
+    <t>Docteur François ZIMMANN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709757/fr/docteur-francois-zimmann</t>
+  </si>
+  <si>
+    <t>c_2709757</t>
+  </si>
+  <si>
+    <t>ZIMMANN</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur Alain CAVILLON</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709775/fr/docteur-alain-cavillon</t>
+  </si>
+  <si>
+    <t>c_2709775</t>
+  </si>
+  <si>
+    <t>CAVILLON</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>Docteur Stephane LEMERET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709845/fr/docteur-stephane-lemeret</t>
+  </si>
+  <si>
+    <t>c_2709845</t>
+  </si>
+  <si>
+    <t>LEMERET</t>
+  </si>
+  <si>
+    <t>Stephane</t>
+  </si>
+  <si>
+    <t>Docteur Mazda DANESHVAR</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709861/fr/docteur-mazda-daneshvar</t>
+  </si>
+  <si>
+    <t>c_2709861</t>
+  </si>
+  <si>
+    <t>DANESHVAR</t>
+  </si>
+  <si>
+    <t>Mazda</t>
+  </si>
+  <si>
+    <t>Docteur Henri SUZAT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710216/fr/docteur-henri-suzat</t>
+  </si>
+  <si>
+    <t>c_2710216</t>
+  </si>
+  <si>
+    <t>SUZAT</t>
+  </si>
+  <si>
+    <t>Henri</t>
+  </si>
+  <si>
+    <t>Docteur Hosam MOSAAD-SABRY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710420/fr/docteur-hosam-mosaad-sabry</t>
+  </si>
+  <si>
+    <t>c_2710420</t>
+  </si>
+  <si>
+    <t>MOSAAD-SABRY</t>
+  </si>
+  <si>
+    <t>Hosam</t>
+  </si>
+  <si>
+    <t>ORELIANCE - LONGUES ALLEES,CHU/SITE JEANNE D'ARC GIEN - CHR ORLEANS</t>
+  </si>
+  <si>
+    <t>45770,45500</t>
+  </si>
+  <si>
+    <t>SARAN,GIEN</t>
+  </si>
+  <si>
+    <t>450010079,450021449</t>
+  </si>
+  <si>
+    <t>Docteur Christophe MAUNY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710607/fr/docteur-christophe-mauny</t>
+  </si>
+  <si>
+    <t>c_2710607</t>
+  </si>
+  <si>
+    <t>MAUNY</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur Herve METZGER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711148/fr/docteur-herve-metzger</t>
+  </si>
+  <si>
+    <t>c_2711148</t>
+  </si>
+  <si>
+    <t>METZGER</t>
+  </si>
+  <si>
+    <t>Herve</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE MONTARGIS,CLINIQUE SAINT JEAN L ERMITAGE</t>
+  </si>
+  <si>
+    <t>45202,77000</t>
+  </si>
+  <si>
+    <t>MONTARGIS,MELUN</t>
+  </si>
+  <si>
+    <t>450012968,770300143</t>
+  </si>
+  <si>
+    <t>Docteur Sébastien GUILBERT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711180/fr/docteur-sebastien-guilbert</t>
+  </si>
+  <si>
+    <t>c_2711180</t>
+  </si>
+  <si>
+    <t>GUILBERT</t>
+  </si>
+  <si>
+    <t>Sébastien</t>
+  </si>
+  <si>
+    <t>Docteur Stephan LOY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712027/fr/docteur-stephan-loy</t>
+  </si>
+  <si>
+    <t>c_2712027</t>
+  </si>
+  <si>
+    <t>LOY</t>
+  </si>
+  <si>
+    <t>Stephan</t>
   </si>
   <si>
     <t>15 February 2024</t>
   </si>
   <si>
-    <t>Docteur ARNAUD PIQUARD</t>
-[...571 lines deleted...]
-  <si>
     <t>Docteur David METOIS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712385/fr/docteur-david-metois</t>
   </si>
   <si>
     <t>c_2712385</t>
   </si>
   <si>
     <t>METOIS</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>Docteur Jerome SEGRET</t>
   </si>
   <si>
     <t>08/11/2016 11:35:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712442/fr/docteur-jerome-segret</t>
@@ -1688,77 +1700,107 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>EHPAD LES OMBRAGES</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:10:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15338_FicheESSMS/fr/ehpad-les-ombrages</t>
+  </si>
+  <si>
+    <t>15338_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Des Hauts</t>
+  </si>
+  <si>
+    <t>45380 LA CHAPELLE ST MESMIN</t>
+  </si>
+  <si>
+    <t>LA CHAPELLE ST MESMIN</t>
+  </si>
+  <si>
+    <t>45</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>450004098</t>
+  </si>
+  <si>
     <t>LA VIE AU GD AIR/PRIORITE EN-AEM-DAPAD</t>
   </si>
   <si>
     <t>25/11/2025 16:18:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14880_FicheESSMS/fr/la-vie-au-gd-air/priorite-en-aem-dapad</t>
   </si>
   <si>
     <t>14880_FicheESSMS</t>
   </si>
   <si>
     <t>23 Rue Jean Jaurès</t>
   </si>
   <si>
     <t>45700 VILLEMANDEUR</t>
   </si>
   <si>
     <t>VILLEMANDEUR</t>
   </si>
   <si>
-    <t>45</t>
-[...4 lines deleted...]
-  <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>450023338</t>
   </si>
   <si>
     <t>LA VIE AU GD AIR/PRIORITE ENF-AEM-SAEJ</t>
   </si>
   <si>
     <t>25/11/2025 16:18:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14881_FicheESSMS/fr/la-vie-au-gd-air/priorite-enf-aem-saej</t>
   </si>
   <si>
     <t>14881_FicheESSMS</t>
   </si>
   <si>
     <t>51 Rue Jacques Frayer</t>
   </si>
   <si>
     <t>45200 MONTARGIS</t>
@@ -1799,57 +1841,57 @@
   <si>
     <t>CHRS IMANIS - PITHIVIERS/MONTARGIS</t>
   </si>
   <si>
     <t>07/11/2025 16:29:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14596_FicheESSMS/fr/chrs-imanis-pithiviers/montargis</t>
   </si>
   <si>
     <t>14596_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Emile Decourt</t>
   </si>
   <si>
     <t>Accueil, Hébergement, Insertion</t>
   </si>
   <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>450024013</t>
   </si>
   <si>
-    <t>SAAD LA COLOMBE 45 SAINT JEAN DE BRAYE</t>
+    <t>SAD LA COLOMBE 45</t>
   </si>
   <si>
     <t>21/09/2025 16:16:47</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/13473_FicheESSMS/fr/saad-la-colombe-45-saint-jean-de-braye</t>
+    <t>https://www.has-sante.fr/jcms/13473_FicheESSMS/fr/sad-la-colombe-45</t>
   </si>
   <si>
     <t>13473_FicheESSMS</t>
   </si>
   <si>
     <t>29 Rue Planche De Pierre</t>
   </si>
   <si>
     <t>45800 ST JEAN DE BRAYE</t>
   </si>
   <si>
     <t>ST JEAN DE BRAYE</t>
   </si>
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>450023817</t>
   </si>
@@ -1895,104 +1937,98 @@
   <si>
     <t>450018601</t>
   </si>
   <si>
     <t>CENTRE ACCUEIL JOUR PERSONNES AGEES</t>
   </si>
   <si>
     <t>10/09/2025 12:15:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/507_FicheESSMS/fr/centre-accueil-jour-personnes-agees</t>
   </si>
   <si>
     <t>507_FicheESSMS</t>
   </si>
   <si>
     <t>94 Rue Du Marechal Foch</t>
   </si>
   <si>
     <t>45370 CLERY ST ANDRE</t>
   </si>
   <si>
     <t>CLERY ST ANDRE</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre de Jour pour Personnes Agées</t>
   </si>
   <si>
     <t>450005368</t>
   </si>
   <si>
-    <t>ESAT LES CEDRES</t>
+    <t>ESAT LES CEDRES (STI)</t>
   </si>
   <si>
     <t>10/09/2025 12:15:26</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/552_FicheESSMS/fr/esat-les-cedres</t>
+    <t>https://www.has-sante.fr/jcms/552_FicheESSMS/fr/esat-les-cedres-sti</t>
   </si>
   <si>
     <t>552_FicheESSMS</t>
   </si>
   <si>
     <t>45303 PITHIVIERS</t>
   </si>
   <si>
     <t>PITHIVIERS</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>450008347</t>
   </si>
   <si>
     <t>EHPAD KORIAN REINE BLANCHE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/708_FicheESSMS/fr/ehpad-korian-reine-blanche</t>
   </si>
   <si>
     <t>708_FicheESSMS</t>
   </si>
   <si>
     <t>851 Rue De La Vallee</t>
   </si>
   <si>
     <t>45160 OLIVET</t>
   </si>
   <si>
-    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
-[...1 lines deleted...]
-  <si>
     <t>450012828</t>
   </si>
   <si>
     <t>EHPAD KORIAN LE SAINTIER (EX LILARDIER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/706_FicheESSMS/fr/ehpad-korian-le-saintier-ex-lilardier</t>
   </si>
   <si>
     <t>706_FicheESSMS</t>
   </si>
   <si>
     <t>8 Avenue Pierre Et Marie Curie</t>
   </si>
   <si>
     <t>450007703</t>
   </si>
   <si>
     <t>EAM ANAIS</t>
   </si>
   <si>
     <t>10/09/2025 12:15:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/797_FicheESSMS/fr/eam-anais</t>
@@ -2078,53 +2114,50 @@
   <si>
     <t>https://www.has-sante.fr/jcms/1190_FicheESSMS/fr/eanm-les-cedres</t>
   </si>
   <si>
     <t>1190_FicheESSMS</t>
   </si>
   <si>
     <t>53 Avenue De La Republique</t>
   </si>
   <si>
     <t>45300 PITHIVIERS</t>
   </si>
   <si>
     <t>450009238</t>
   </si>
   <si>
     <t>SAVS LES CEDRES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1189_FicheESSMS/fr/savs-les-cedres</t>
   </si>
   <si>
     <t>1189_FicheESSMS</t>
   </si>
   <si>
-    <t>1 Square Ashby De La Zouch</t>
-[...1 lines deleted...]
-  <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>450011879</t>
   </si>
   <si>
     <t>MARPA SAINTE ROSE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1262_FicheESSMS/fr/marpa-sainte-rose</t>
   </si>
   <si>
     <t>1262_FicheESSMS</t>
   </si>
   <si>
     <t>1 Impasse Des Daciers</t>
   </si>
   <si>
     <t>45320 ERVAUVILLE</t>
   </si>
   <si>
     <t>ERVAUVILLE</t>
@@ -2144,56 +2177,50 @@
   <si>
     <t>1364_FicheESSMS</t>
   </si>
   <si>
     <t>23 Avenue De La Republique</t>
   </si>
   <si>
     <t>450003249</t>
   </si>
   <si>
     <t>EHPAD KORIAN REFLET DE LOIRE</t>
   </si>
   <si>
     <t>10/09/2025 12:16:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1478_FicheESSMS/fr/ehpad-korian-reflet-de-loire</t>
   </si>
   <si>
     <t>1478_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Descartes</t>
   </si>
   <si>
-    <t>45380 LA CHAPELLE ST MESMIN</t>
-[...4 lines deleted...]
-  <si>
     <t>450010392</t>
   </si>
   <si>
     <t>EHPAD DES PRES</t>
   </si>
   <si>
     <t>10/09/2025 12:16:40</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1520_FicheESSMS/fr/ehpad-des-pres</t>
   </si>
   <si>
     <t>1520_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue Du Marechal Joffre</t>
   </si>
   <si>
     <t>45360 CHATILLON SUR LOIRE</t>
   </si>
   <si>
     <t>CHATILLON SUR LOIRE</t>
   </si>
   <si>
     <t>450002118</t>
@@ -2309,54 +2336,54 @@
   <si>
     <t>45750 ST PRYVE ST MESMIN</t>
   </si>
   <si>
     <t>ST PRYVE ST MESMIN</t>
   </si>
   <si>
     <t>450013966</t>
   </si>
   <si>
     <t>EHPAD KORIAN RESIDENCE SANTEL</t>
   </si>
   <si>
     <t>10/09/2025 12:18:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2414_FicheESSMS/fr/ehpad-korian-residence-santel</t>
   </si>
   <si>
     <t>2414_FicheESSMS</t>
   </si>
   <si>
     <t>19 Résidence Croix Saint Simon</t>
   </si>
   <si>
-    <t>45502 GIEN</t>
-[...2 lines deleted...]
-    <t>GIEN</t>
+    <t>45502 GIEN CEDEX</t>
+  </si>
+  <si>
+    <t>GIEN CEDEX</t>
   </si>
   <si>
     <t>450012505</t>
   </si>
   <si>
     <t>EHPAD LOUR PICOU</t>
   </si>
   <si>
     <t>10/09/2025 12:18:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2528_FicheESSMS/fr/ehpad-lour-picou</t>
   </si>
   <si>
     <t>2528_FicheESSMS</t>
   </si>
   <si>
     <t>48 Avenue De Vendome</t>
   </si>
   <si>
     <t>45190 BEAUGENCY</t>
   </si>
   <si>
     <t>BEAUGENCY</t>
   </si>
@@ -2804,71 +2831,56 @@
   <si>
     <t>450002282</t>
   </si>
   <si>
     <t>LVA "LA MAISON DEZ'EL"</t>
   </si>
   <si>
     <t>10/09/2025 12:25:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9263_FicheESSMS/fr/lva-la-maison-dez-el</t>
   </si>
   <si>
     <t>9263_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue De L'Orbette</t>
   </si>
   <si>
     <t>Lieux de Vie et d'Accueil</t>
   </si>
   <si>
     <t>450016878</t>
   </si>
   <si>
-    <t>MECS 'ANJORRANT VILLEMANDEUR'</t>
+    <t>IME RIVE DU BOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:48</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/9300_FicheESSMS/fr/mecs-anjorrant-villemandeur</t>
-[...13 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/9299_FicheESSMS/fr/ime-rive-du-bois</t>
   </si>
   <si>
     <t>9299_FicheESSMS</t>
   </si>
   <si>
     <t>54 Rue De La Rive Du Bois</t>
   </si>
   <si>
     <t>45170 NEUVILLE AUX BOIS</t>
   </si>
   <si>
     <t>NEUVILLE AUX BOIS</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>450000054</t>
   </si>
   <si>
     <t>DAPAD FONDATION VAL DE LOIRE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9298_FicheESSMS/fr/dapad-fondation-val-de-loire</t>
@@ -3356,51 +3368,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319393/fr/equipe-de-gastro-enterologie-interventionnelle-chu/chr-orleans-hopital-de-la-source-45</t>
   </si>
   <si>
     <t>p_3319393</t>
   </si>
   <si>
     <t>29 June 2025</t>
   </si>
   <si>
     <t>Docteur OLIVIA WILSON, Docteur Pascal POTIER, Docteur Jean paul LAGASSE, Docteur CORENTIN DENECHEAU-GIRARD, Docteur Damien LABARRIERE, Docteur Raouf BOUBEKEUR, Docteur Barbara DAUVOIS, Docteur BIRANE BEYE, Docteur Xavier CAUSSE</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CHU/CHR ORLÉANS - HÔPITAL DE LA SOURCE  (45)</t>
   </si>
   <si>
     <t>24/02/2022 08:35:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319595/fr/equipe-de-chirurgie-urologique-chu/chr-orleans-hopital-de-la-source-45</t>
   </si>
   <si>
     <t>p_3319595</t>
   </si>
   <si>
-    <t>19 December 2021</t>
+    <t>11 January 2026</t>
   </si>
   <si>
     <t>Docteur NICOLAS BRICHART, Docteur HUSSEIN IBRAHIM, Docteur ADHAM RAMMAL</t>
   </si>
   <si>
     <t>Taille établissement</t>
   </si>
   <si>
     <t>Etablissement.libelle.adresse2</t>
   </si>
   <si>
     <t>Téléphone</t>
   </si>
   <si>
     <t>Site internet</t>
   </si>
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
@@ -3473,53 +3485,50 @@
   <si>
     <t>450014956</t>
   </si>
   <si>
     <t>CENTREHOSPITALIER PIERRE DEZARNAULDS GIEN</t>
   </si>
   <si>
     <t>20/06/2025 15:43:56</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1464_FicheEtablissement/fr/ch-dezarnaulds-gien</t>
   </si>
   <si>
     <t>1464_FicheEtablissement</t>
   </si>
   <si>
     <t>0238293801</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>Médecine, Obstétrique</t>
   </si>
   <si>
-    <t>450000047</t>
-[...1 lines deleted...]
-  <si>
     <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>SITE SSR JEANNE D'ARC GIEN CHRO - CH DE GIEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5406_FicheEtablissement/fr/site-ssr-jeanne-d-arc-gien-ch-gien</t>
   </si>
   <si>
     <t>5406_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Avenue Villejean</t>
   </si>
   <si>
     <t>450021431</t>
   </si>
   <si>
     <t>27/05/2025 16:54:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1474_FicheEtablissement/fr/oreliance-reine-blanche</t>
   </si>
   <si>
     <t>1474_FicheEtablissement</t>
@@ -3635,89 +3644,68 @@
   <si>
     <t>21/01/2025 10:18:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1470_FicheEtablissement/fr/clinique-l-archette</t>
   </si>
   <si>
     <t>1470_FicheEtablissement</t>
   </si>
   <si>
     <t>83 Rue Jacques Monod</t>
   </si>
   <si>
     <t>45161 OLIVET</t>
   </si>
   <si>
     <t>0238516171</t>
   </si>
   <si>
     <t>Cancérologie, Chirurgie, Médecine</t>
   </si>
   <si>
     <t>B</t>
   </si>
   <si>
-    <t>CH PIERRE LEBRUN- NEUVILLE-AUX-BOIS</t>
-[...14 lines deleted...]
-    <t>02 38 52 20 20</t>
+    <t>CH LOUR PICOU - BEAUGENCY</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1467_FicheEtablissement/fr/ch-lour-picou-beaugency</t>
+  </si>
+  <si>
+    <t>1467_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0238469999</t>
   </si>
   <si>
     <t>Médecine, Soins médicaux et de réadaptation</t>
   </si>
   <si>
-    <t>450000211</t>
-[...16 lines deleted...]
-  <si>
     <t>450000120</t>
   </si>
   <si>
     <t>MRC LES BUISSONNETS</t>
   </si>
   <si>
     <t>21/01/2025 10:17:02</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1473_FicheEtablissement/fr/mrc-les-buissonnets</t>
   </si>
   <si>
     <t>1473_FicheEtablissement</t>
   </si>
   <si>
     <t>87 Rue Odette Toupense</t>
   </si>
   <si>
     <t>0238249800</t>
   </si>
   <si>
     <t>450000286</t>
   </si>
   <si>
     <t>CH SULLY-SUR-LOIRE</t>
@@ -3798,53 +3786,50 @@
     <t>14 Avenue De L'Hopital</t>
   </si>
   <si>
     <t>45067 ORLEANS CEDEX 2</t>
   </si>
   <si>
     <t>0238514444</t>
   </si>
   <si>
     <t>CHU</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>CENTRE DE READAPTATION FONCTIONNELLE APPAREILLAGE LE COTEAU</t>
   </si>
   <si>
     <t>21/01/2025 10:17:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1479_FicheEtablissement/fr/crfa-le-coteau</t>
   </si>
   <si>
     <t>1479_FicheEtablissement</t>
-  </si>
-[...1 lines deleted...]
-    <t>3 Rue Des Hauts</t>
   </si>
   <si>
     <t>0238455555</t>
   </si>
   <si>
     <t>450002456</t>
   </si>
   <si>
     <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE DU LOIRET G. DAUMEZON</t>
   </si>
   <si>
     <t>21/01/2025 10:18:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1478_FicheEtablissement/fr/epsm-du-loiret-g-daumezon</t>
   </si>
   <si>
     <t>1478_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Route De Chanteau</t>
   </si>
   <si>
     <t>0238605958</t>
   </si>
@@ -4157,51 +4142,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R74"/>
+  <dimension ref="A1:R75"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4540,10260 +4525,10254 @@
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
         <v>78</v>
       </c>
       <c r="H7" t="s">
         <v>79</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
         <v>80</v>
       </c>
       <c r="L7" t="s">
         <v>81</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="O7" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="P7" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="Q7" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="R7" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="H8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="L8" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="O8" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="P8" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="Q8" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="R8" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H9" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L9" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="O9" t="s">
-        <v>61</v>
+        <v>103</v>
       </c>
       <c r="P9" t="s">
-        <v>62</v>
+        <v>104</v>
       </c>
       <c r="Q9" t="s">
-        <v>63</v>
+        <v>105</v>
       </c>
       <c r="R9" t="s">
-        <v>64</v>
+        <v>106</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>102</v>
+        <v>107</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>103</v>
+        <v>108</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>104</v>
+        <v>109</v>
       </c>
       <c r="H10" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>106</v>
+        <v>111</v>
       </c>
       <c r="L10" t="s">
-        <v>107</v>
+        <v>112</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="O10" t="s">
         <v>72</v>
       </c>
       <c r="P10" t="s">
         <v>73</v>
       </c>
       <c r="Q10" t="s">
         <v>74</v>
       </c>
       <c r="R10" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>108</v>
+        <v>113</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>110</v>
+        <v>115</v>
       </c>
       <c r="H11" t="s">
-        <v>111</v>
+        <v>116</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>112</v>
+        <v>117</v>
       </c>
       <c r="L11" t="s">
-        <v>113</v>
+        <v>118</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="O11" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="P11" t="s">
-        <v>73</v>
+        <v>84</v>
       </c>
       <c r="Q11" t="s">
-        <v>74</v>
+        <v>85</v>
       </c>
       <c r="R11" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>114</v>
+        <v>119</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>115</v>
+        <v>120</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>116</v>
+        <v>121</v>
       </c>
       <c r="H12" t="s">
-        <v>117</v>
+        <v>122</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>118</v>
+        <v>123</v>
       </c>
       <c r="L12" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>119</v>
+        <v>82</v>
       </c>
       <c r="O12" t="s">
-        <v>120</v>
+        <v>83</v>
       </c>
       <c r="P12" t="s">
-        <v>121</v>
+        <v>84</v>
       </c>
       <c r="Q12" t="s">
-        <v>122</v>
+        <v>85</v>
       </c>
       <c r="R12" t="s">
-        <v>123</v>
+        <v>86</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="H13" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="L13" t="s">
         <v>129</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
         <v>130</v>
       </c>
       <c r="O13" t="s">
         <v>131</v>
       </c>
       <c r="P13" t="s">
-        <v>40</v>
+        <v>132</v>
       </c>
       <c r="Q13" t="s">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="R13" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="H14" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="L14" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>130</v>
+        <v>49</v>
       </c>
       <c r="O14" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P14" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q14" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R14" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="H15" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="L15" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>130</v>
+        <v>49</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P15" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q15" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R15" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>139</v>
+        <v>149</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="H16" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
       <c r="L16" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>130</v>
+        <v>49</v>
       </c>
       <c r="O16" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P16" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q16" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R16" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
+        <v>154</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
         <v>149</v>
       </c>
-      <c r="C17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="H17" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="L17" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>155</v>
+        <v>49</v>
       </c>
       <c r="O17" t="s">
-        <v>156</v>
+        <v>141</v>
       </c>
       <c r="P17" t="s">
-        <v>157</v>
+        <v>51</v>
       </c>
       <c r="Q17" t="s">
-        <v>158</v>
+        <v>52</v>
       </c>
       <c r="R17" t="s">
-        <v>159</v>
+        <v>53</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
+        <v>159</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>160</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>161</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>163</v>
+      </c>
+      <c r="L18" t="s">
         <v>164</v>
       </c>
-      <c r="L18" t="s">
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
         <v>165</v>
       </c>
-      <c r="M18" t="s">
-[...2 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O18" t="s">
         <v>166</v>
       </c>
-      <c r="O18" t="s">
+      <c r="P18" t="s">
         <v>167</v>
       </c>
-      <c r="P18" t="s">
+      <c r="Q18" t="s">
         <v>168</v>
       </c>
-      <c r="Q18" t="s">
+      <c r="R18" t="s">
         <v>169</v>
-      </c>
-[...1 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
+        <v>170</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>171</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>172</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>174</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
+        <v>174</v>
+      </c>
+      <c r="L19" t="s">
         <v>175</v>
       </c>
-      <c r="L19" t="s">
+      <c r="M19" t="s">
+        <v>20</v>
+      </c>
+      <c r="N19" t="s">
         <v>176</v>
       </c>
-      <c r="M19" t="s">
-[...2 lines deleted...]
-      <c r="N19" t="s">
+      <c r="O19" t="s">
         <v>177</v>
       </c>
-      <c r="O19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P19" t="s">
-        <v>83</v>
+        <v>178</v>
       </c>
       <c r="Q19" t="s">
-        <v>84</v>
+        <v>179</v>
       </c>
       <c r="R19" t="s">
-        <v>85</v>
+        <v>180</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="H20" t="s">
-        <v>181</v>
+        <v>184</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="L20" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="O20" t="s">
-        <v>72</v>
+        <v>93</v>
       </c>
       <c r="P20" t="s">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="Q20" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="R20" t="s">
-        <v>75</v>
+        <v>96</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>187</v>
+        <v>190</v>
       </c>
       <c r="H21" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="L21" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>191</v>
+        <v>82</v>
       </c>
       <c r="O21" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P21" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="Q21" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="R21" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
       <c r="H22" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
         <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="L22" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O22" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="P22" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="Q22" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="R22" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="H23" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="L23" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>191</v>
+        <v>200</v>
       </c>
       <c r="O23" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="P23" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="Q23" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="R23" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
       <c r="H24" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>208</v>
+        <v>211</v>
       </c>
       <c r="L24" t="s">
-        <v>209</v>
+        <v>212</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>210</v>
+        <v>200</v>
       </c>
       <c r="O24" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="P24" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q24" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R24" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="H25" t="s">
-        <v>214</v>
+        <v>216</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="L25" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>210</v>
+        <v>219</v>
       </c>
       <c r="O25" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P25" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q25" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R25" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H26" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="L26" t="s">
-        <v>222</v>
+        <v>225</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>223</v>
+        <v>219</v>
       </c>
       <c r="O26" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P26" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q26" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R26" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="H27" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="L27" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="O27" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P27" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q27" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R27" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>233</v>
+        <v>235</v>
       </c>
       <c r="H28" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="L28" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>237</v>
+        <v>219</v>
       </c>
       <c r="O28" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="P28" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="Q28" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="R28" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="H29" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="L29" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="O29" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="P29" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="Q29" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="R29" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="H30" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L30" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>251</v>
+        <v>219</v>
       </c>
       <c r="O30" t="s">
-        <v>82</v>
+        <v>141</v>
       </c>
       <c r="P30" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="Q30" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="R30" t="s">
-        <v>85</v>
+        <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
         <v>252</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>253</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>254</v>
       </c>
       <c r="H31" t="s">
         <v>255</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
         <v>256</v>
       </c>
       <c r="L31" t="s">
         <v>257</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
         <v>258</v>
       </c>
       <c r="O31" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="P31" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="Q31" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="R31" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>259</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>260</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>261</v>
       </c>
       <c r="H32" t="s">
         <v>262</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>263</v>
       </c>
       <c r="L32" t="s">
         <v>264</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
         <v>265</v>
       </c>
       <c r="O32" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P32" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q32" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R32" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
         <v>266</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>267</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>268</v>
       </c>
       <c r="H33" t="s">
         <v>269</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>270</v>
       </c>
       <c r="L33" t="s">
         <v>271</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>210</v>
+        <v>272</v>
       </c>
       <c r="O33" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P33" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q33" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R33" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H34" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L34" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>278</v>
+        <v>219</v>
       </c>
       <c r="O34" t="s">
-        <v>39</v>
+        <v>141</v>
       </c>
       <c r="P34" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q34" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R34" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>279</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>280</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>281</v>
       </c>
       <c r="H35" t="s">
         <v>282</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>283</v>
       </c>
       <c r="L35" t="s">
         <v>284</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>191</v>
+        <v>285</v>
       </c>
       <c r="O35" t="s">
         <v>50</v>
       </c>
       <c r="P35" t="s">
         <v>51</v>
       </c>
       <c r="Q35" t="s">
         <v>52</v>
       </c>
       <c r="R35" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="H36" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L36" t="s">
-        <v>271</v>
+        <v>291</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>290</v>
+        <v>200</v>
       </c>
       <c r="O36" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="P36" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="Q36" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="R36" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="H37" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="L37" t="s">
-        <v>296</v>
+        <v>278</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
         <v>297</v>
       </c>
       <c r="O37" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P37" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q37" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R37" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
         <v>298</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>299</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>300</v>
       </c>
       <c r="H38" t="s">
         <v>301</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
         <v>302</v>
       </c>
       <c r="L38" t="s">
         <v>303</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>304</v>
+        <v>82</v>
       </c>
       <c r="O38" t="s">
-        <v>305</v>
+        <v>93</v>
       </c>
       <c r="P38" t="s">
-        <v>306</v>
+        <v>94</v>
       </c>
       <c r="Q38" t="s">
-        <v>307</v>
+        <v>95</v>
       </c>
       <c r="R38" t="s">
-        <v>308</v>
+        <v>96</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
       <c r="H39" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>308</v>
+      </c>
+      <c r="L39" t="s">
+        <v>309</v>
+      </c>
+      <c r="M39" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>310</v>
+      </c>
+      <c r="P39" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>312</v>
+      </c>
+      <c r="R39" t="s">
         <v>313</v>
-      </c>
-[...19 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>314</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
         <v>315</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
         <v>316</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>317</v>
-      </c>
-[...1 lines deleted...]
-        <v>318</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
+        <v>318</v>
+      </c>
+      <c r="L40" t="s">
         <v>319</v>
       </c>
-      <c r="L40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>210</v>
+        <v>38</v>
       </c>
       <c r="O40" t="s">
-        <v>321</v>
+        <v>50</v>
       </c>
       <c r="P40" t="s">
-        <v>83</v>
+        <v>51</v>
       </c>
       <c r="Q40" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
       <c r="R40" t="s">
-        <v>322</v>
+        <v>53</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>320</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>321</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>322</v>
+      </c>
+      <c r="H41" t="s">
         <v>323</v>
-      </c>
-[...16 lines deleted...]
-        <v>326</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>324</v>
+      </c>
+      <c r="L41" t="s">
+        <v>325</v>
+      </c>
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
+        <v>326</v>
+      </c>
+      <c r="O41" t="s">
         <v>327</v>
       </c>
-      <c r="L41" t="s">
+      <c r="P41" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>95</v>
+      </c>
+      <c r="R41" t="s">
         <v>328</v>
-      </c>
-[...16 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>329</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
         <v>330</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>331</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="H42" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
+        <v>333</v>
+      </c>
+      <c r="L42" t="s">
         <v>334</v>
       </c>
-      <c r="L42" t="s">
+      <c r="M42" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" t="s">
         <v>335</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>131</v>
+        <v>327</v>
       </c>
       <c r="P42" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="Q42" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="R42" t="s">
-        <v>42</v>
+        <v>328</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>336</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
         <v>337</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>338</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>339</v>
-      </c>
-[...1 lines deleted...]
-        <v>340</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
+        <v>340</v>
+      </c>
+      <c r="L43" t="s">
         <v>341</v>
       </c>
-      <c r="L43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>343</v>
+        <v>49</v>
       </c>
       <c r="O43" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="P43" t="s">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="Q43" t="s">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="R43" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>342</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>343</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>344</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
+        <v>346</v>
+      </c>
+      <c r="L44" t="s">
+        <v>347</v>
+      </c>
+      <c r="M44" t="s">
+        <v>20</v>
+      </c>
+      <c r="N44" t="s">
         <v>348</v>
       </c>
-      <c r="L44" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O44" t="s">
-        <v>72</v>
+        <v>141</v>
       </c>
       <c r="P44" t="s">
-        <v>73</v>
+        <v>51</v>
       </c>
       <c r="Q44" t="s">
-        <v>74</v>
+        <v>52</v>
       </c>
       <c r="R44" t="s">
-        <v>75</v>
+        <v>53</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>349</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
         <v>350</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
         <v>351</v>
       </c>
-      <c r="F45" t="s">
-[...2 lines deleted...]
-      <c r="G45" t="s">
+      <c r="H45" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>353</v>
+      </c>
+      <c r="L45" t="s">
         <v>354</v>
       </c>
-      <c r="L45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>304</v>
+        <v>82</v>
       </c>
       <c r="O45" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P45" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="Q45" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="R45" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>355</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
         <v>356</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
         <v>357</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>358</v>
-      </c>
-[...1 lines deleted...]
-        <v>359</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
+        <v>359</v>
+      </c>
+      <c r="L46" t="s">
         <v>360</v>
       </c>
-      <c r="L46" t="s">
+      <c r="M46" t="s">
+        <v>20</v>
+      </c>
+      <c r="N46" t="s">
         <v>361</v>
       </c>
-      <c r="M46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O46" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="P46" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="Q46" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="R46" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>362</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
         <v>363</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>364</v>
       </c>
-      <c r="F47" t="s">
-[...2 lines deleted...]
-      <c r="G47" t="s">
+      <c r="H47" t="s">
         <v>365</v>
-      </c>
-[...1 lines deleted...]
-        <v>366</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>366</v>
+      </c>
+      <c r="L47" t="s">
         <v>367</v>
       </c>
-      <c r="L47" t="s">
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
         <v>368</v>
       </c>
-      <c r="M47" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O47" t="s">
-        <v>321</v>
+        <v>93</v>
       </c>
       <c r="P47" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q47" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R47" t="s">
-        <v>322</v>
+        <v>96</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>369</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
         <v>370</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>371</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>372</v>
-      </c>
-[...1 lines deleted...]
-        <v>373</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
+        <v>373</v>
+      </c>
+      <c r="L48" t="s">
         <v>374</v>
       </c>
-      <c r="L48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>375</v>
+        <v>82</v>
       </c>
       <c r="O48" t="s">
-        <v>82</v>
+        <v>327</v>
       </c>
       <c r="P48" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q48" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R48" t="s">
-        <v>85</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
+        <v>375</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
         <v>376</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
         <v>377</v>
       </c>
-      <c r="F49" t="s">
-[...2 lines deleted...]
-      <c r="G49" t="s">
+      <c r="H49" t="s">
         <v>378</v>
-      </c>
-[...1 lines deleted...]
-        <v>379</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="L49" t="s">
-        <v>381</v>
+        <v>341</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>230</v>
+        <v>348</v>
       </c>
       <c r="O49" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="P49" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="Q49" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="R49" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>380</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>381</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
         <v>382</v>
       </c>
-      <c r="C50" t="s">
-[...5 lines deleted...]
-      <c r="E50" t="s">
+      <c r="H50" t="s">
         <v>383</v>
-      </c>
-[...7 lines deleted...]
-        <v>385</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>386</v>
+        <v>384</v>
       </c>
       <c r="L50" t="s">
-        <v>361</v>
+        <v>385</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>230</v>
+        <v>245</v>
       </c>
       <c r="O50" t="s">
-        <v>387</v>
+        <v>61</v>
       </c>
       <c r="P50" t="s">
-        <v>388</v>
+        <v>62</v>
       </c>
       <c r="Q50" t="s">
-        <v>389</v>
+        <v>63</v>
       </c>
       <c r="R50" t="s">
-        <v>390</v>
+        <v>64</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="H51" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
+        <v>390</v>
+      </c>
+      <c r="L51" t="s">
+        <v>367</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>391</v>
+      </c>
+      <c r="O51" t="s">
+        <v>392</v>
+      </c>
+      <c r="P51" t="s">
+        <v>393</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>394</v>
+      </c>
+      <c r="R51" t="s">
         <v>395</v>
-      </c>
-[...19 lines deleted...]
-        <v>85</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>396</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
         <v>397</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
         <v>398</v>
       </c>
-      <c r="F52" t="s">
-[...2 lines deleted...]
-      <c r="G52" t="s">
+      <c r="H52" t="s">
         <v>399</v>
-      </c>
-[...1 lines deleted...]
-        <v>400</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>400</v>
+      </c>
+      <c r="L52" t="s">
         <v>401</v>
       </c>
-      <c r="L52" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>329</v>
+        <v>49</v>
       </c>
       <c r="O52" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P52" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q52" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R52" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
         <v>402</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="H53" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="L53" t="s">
-        <v>406</v>
+        <v>325</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>251</v>
+        <v>27</v>
       </c>
       <c r="O53" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="P53" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
       <c r="Q53" t="s">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="R53" t="s">
-        <v>64</v>
+        <v>96</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
         <v>407</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
+        <v>403</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
         <v>408</v>
       </c>
-      <c r="F54" t="s">
-[...2 lines deleted...]
-      <c r="G54" t="s">
+      <c r="H54" t="s">
         <v>409</v>
-      </c>
-[...1 lines deleted...]
-        <v>410</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
+        <v>410</v>
+      </c>
+      <c r="L54" t="s">
         <v>411</v>
       </c>
-      <c r="L54" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>412</v>
+        <v>258</v>
       </c>
       <c r="O54" t="s">
-        <v>82</v>
+        <v>72</v>
       </c>
       <c r="P54" t="s">
-        <v>83</v>
+        <v>73</v>
       </c>
       <c r="Q54" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="R54" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>412</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
         <v>413</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
         <v>414</v>
       </c>
-      <c r="F55" t="s">
-[...2 lines deleted...]
-      <c r="G55" t="s">
+      <c r="H55" t="s">
         <v>415</v>
-      </c>
-[...1 lines deleted...]
-        <v>416</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
+        <v>416</v>
+      </c>
+      <c r="L55" t="s">
+        <v>401</v>
+      </c>
+      <c r="M55" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" t="s">
         <v>417</v>
       </c>
-      <c r="L55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O55" t="s">
-        <v>321</v>
+        <v>93</v>
       </c>
       <c r="P55" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q55" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R55" t="s">
-        <v>322</v>
+        <v>96</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
         <v>418</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="H56" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="L56" t="s">
-        <v>422</v>
+        <v>325</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>423</v>
+        <v>49</v>
       </c>
       <c r="O56" t="s">
-        <v>50</v>
+        <v>327</v>
       </c>
       <c r="P56" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="Q56" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="R56" t="s">
-        <v>53</v>
+        <v>328</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>423</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>419</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>424</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>425</v>
-      </c>
-[...7 lines deleted...]
-        <v>427</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>426</v>
+      </c>
+      <c r="L57" t="s">
+        <v>427</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>428</v>
       </c>
-      <c r="L57" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O57" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="P57" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="Q57" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
       <c r="R57" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>429</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>430</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>431</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>432</v>
-      </c>
-[...7 lines deleted...]
-        <v>434</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="L58" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>329</v>
+        <v>71</v>
       </c>
       <c r="O58" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P58" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q58" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R58" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>435</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>436</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
         <v>437</v>
       </c>
-      <c r="C59" t="s">
-[...5 lines deleted...]
-      <c r="E59" t="s">
+      <c r="H59" t="s">
         <v>438</v>
-      </c>
-[...7 lines deleted...]
-        <v>440</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="L59" t="s">
-        <v>442</v>
+        <v>440</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>430</v>
+        <v>361</v>
       </c>
       <c r="O59" t="s">
-        <v>50</v>
+        <v>93</v>
       </c>
       <c r="P59" t="s">
-        <v>51</v>
+        <v>94</v>
       </c>
       <c r="Q59" t="s">
-        <v>52</v>
+        <v>95</v>
       </c>
       <c r="R59" t="s">
-        <v>53</v>
+        <v>96</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>441</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>442</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>443</v>
       </c>
-      <c r="C60" t="s">
-[...5 lines deleted...]
-      <c r="E60" t="s">
+      <c r="H60" t="s">
         <v>444</v>
-      </c>
-[...7 lines deleted...]
-        <v>446</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="L60" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>449</v>
+        <v>82</v>
       </c>
       <c r="O60" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="P60" t="s">
-        <v>73</v>
+        <v>62</v>
       </c>
       <c r="Q60" t="s">
-        <v>74</v>
+        <v>63</v>
       </c>
       <c r="R60" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>447</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>448</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>449</v>
+      </c>
+      <c r="H61" t="s">
         <v>450</v>
-      </c>
-[...16 lines deleted...]
-        <v>453</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>454</v>
+        <v>451</v>
       </c>
       <c r="L61" t="s">
-        <v>455</v>
+        <v>452</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>329</v>
+        <v>82</v>
       </c>
       <c r="O61" t="s">
-        <v>456</v>
+        <v>83</v>
       </c>
       <c r="P61" t="s">
-        <v>457</v>
+        <v>84</v>
       </c>
       <c r="Q61" t="s">
-        <v>458</v>
+        <v>85</v>
       </c>
       <c r="R61" t="s">
-        <v>459</v>
+        <v>86</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>460</v>
+        <v>453</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>461</v>
+        <v>454</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>462</v>
+        <v>455</v>
       </c>
       <c r="H62" t="s">
-        <v>463</v>
+        <v>456</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>464</v>
+        <v>457</v>
       </c>
       <c r="L62" t="s">
-        <v>328</v>
+        <v>458</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>465</v>
+        <v>361</v>
       </c>
       <c r="O62" t="s">
-        <v>50</v>
+        <v>459</v>
       </c>
       <c r="P62" t="s">
-        <v>51</v>
+        <v>460</v>
       </c>
       <c r="Q62" t="s">
-        <v>52</v>
+        <v>461</v>
       </c>
       <c r="R62" t="s">
-        <v>53</v>
+        <v>462</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>463</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>464</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>465</v>
+      </c>
+      <c r="H63" t="s">
         <v>466</v>
-      </c>
-[...16 lines deleted...]
-        <v>469</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>470</v>
+        <v>467</v>
       </c>
       <c r="L63" t="s">
-        <v>471</v>
+        <v>334</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="O63" t="s">
-        <v>473</v>
+        <v>61</v>
       </c>
       <c r="P63" t="s">
-        <v>474</v>
+        <v>62</v>
       </c>
       <c r="Q63" t="s">
-        <v>475</v>
+        <v>63</v>
       </c>
       <c r="R63" t="s">
-        <v>476</v>
+        <v>64</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>477</v>
+        <v>469</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>478</v>
+        <v>470</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>479</v>
+        <v>471</v>
       </c>
       <c r="H64" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="L64" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>210</v>
+        <v>475</v>
       </c>
       <c r="O64" t="s">
-        <v>82</v>
+        <v>476</v>
       </c>
       <c r="P64" t="s">
-        <v>83</v>
+        <v>477</v>
       </c>
       <c r="Q64" t="s">
-        <v>84</v>
+        <v>478</v>
       </c>
       <c r="R64" t="s">
-        <v>85</v>
+        <v>479</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>480</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>481</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>482</v>
+      </c>
+      <c r="H65" t="s">
         <v>483</v>
-      </c>
-[...16 lines deleted...]
-        <v>486</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>487</v>
+        <v>484</v>
       </c>
       <c r="L65" t="s">
-        <v>488</v>
+        <v>485</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>297</v>
+        <v>27</v>
       </c>
       <c r="O65" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P65" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q65" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R65" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
+        <v>486</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>487</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>488</v>
+      </c>
+      <c r="H66" t="s">
         <v>489</v>
-      </c>
-[...16 lines deleted...]
-        <v>492</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="L66" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>244</v>
+        <v>492</v>
       </c>
       <c r="O66" t="s">
-        <v>321</v>
+        <v>93</v>
       </c>
       <c r="P66" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q66" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R66" t="s">
-        <v>322</v>
+        <v>96</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
+        <v>493</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>494</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
         <v>495</v>
       </c>
-      <c r="C67" t="s">
-[...5 lines deleted...]
-      <c r="E67" t="s">
+      <c r="H67" t="s">
         <v>496</v>
-      </c>
-[...7 lines deleted...]
-        <v>498</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="L67" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>362</v>
+        <v>391</v>
       </c>
       <c r="O67" t="s">
-        <v>82</v>
+        <v>327</v>
       </c>
       <c r="P67" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q67" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R67" t="s">
-        <v>85</v>
+        <v>328</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
+        <v>499</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>500</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
         <v>501</v>
       </c>
-      <c r="C68" t="s">
-[...11 lines deleted...]
-      <c r="G68" t="s">
+      <c r="H68" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>503</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
+        <v>503</v>
+      </c>
+      <c r="L68" t="s">
         <v>504</v>
       </c>
-      <c r="L68" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>251</v>
+        <v>368</v>
       </c>
       <c r="O68" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P68" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q68" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R68" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
+        <v>505</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>500</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
         <v>506</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>507</v>
-      </c>
-[...7 lines deleted...]
-        <v>509</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="L69" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>512</v>
+        <v>258</v>
       </c>
       <c r="O69" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="P69" t="s">
-        <v>83</v>
+        <v>94</v>
       </c>
       <c r="Q69" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="R69" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
+        <v>510</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>511</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>512</v>
+      </c>
+      <c r="H70" t="s">
         <v>513</v>
-      </c>
-[...16 lines deleted...]
-        <v>516</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>517</v>
+        <v>514</v>
       </c>
       <c r="L70" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>336</v>
+        <v>516</v>
       </c>
       <c r="O70" t="s">
-        <v>131</v>
+        <v>93</v>
       </c>
       <c r="P70" t="s">
-        <v>40</v>
+        <v>94</v>
       </c>
       <c r="Q70" t="s">
-        <v>41</v>
+        <v>95</v>
       </c>
       <c r="R70" t="s">
-        <v>42</v>
+        <v>96</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>517</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>518</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
         <v>519</v>
       </c>
-      <c r="C71" t="s">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="H71" t="s">
         <v>520</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="L71" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>191</v>
+        <v>49</v>
       </c>
       <c r="O71" t="s">
-        <v>50</v>
+        <v>141</v>
       </c>
       <c r="P71" t="s">
         <v>51</v>
       </c>
       <c r="Q71" t="s">
         <v>52</v>
       </c>
       <c r="R71" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
+        <v>523</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>524</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
         <v>525</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>528</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="L72" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>336</v>
+        <v>200</v>
       </c>
       <c r="O72" t="s">
-        <v>131</v>
+        <v>61</v>
       </c>
       <c r="P72" t="s">
-        <v>40</v>
+        <v>62</v>
       </c>
       <c r="Q72" t="s">
-        <v>41</v>
+        <v>63</v>
       </c>
       <c r="R72" t="s">
-        <v>42</v>
+        <v>64</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
+        <v>529</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>530</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
         <v>531</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>532</v>
-      </c>
-[...7 lines deleted...]
-        <v>534</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="L73" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>251</v>
+        <v>49</v>
       </c>
       <c r="O73" t="s">
-        <v>537</v>
+        <v>141</v>
       </c>
       <c r="P73" t="s">
-        <v>538</v>
+        <v>51</v>
       </c>
       <c r="Q73" t="s">
-        <v>539</v>
+        <v>52</v>
       </c>
       <c r="R73" t="s">
-        <v>540</v>
+        <v>53</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>543</v>
+        <v>537</v>
       </c>
       <c r="H74" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
+        <v>539</v>
+      </c>
+      <c r="L74" t="s">
+        <v>540</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" t="s">
+        <v>258</v>
+      </c>
+      <c r="O74" t="s">
+        <v>541</v>
+      </c>
+      <c r="P74" t="s">
+        <v>542</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>543</v>
+      </c>
+      <c r="R74" t="s">
+        <v>544</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>18</v>
+      </c>
+      <c r="B75" t="s">
         <v>545</v>
       </c>
-      <c r="L74" t="s">
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
         <v>546</v>
       </c>
-      <c r="M74" t="s">
-[...15 lines deleted...]
-        <v>42</v>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>547</v>
+      </c>
+      <c r="H75" t="s">
+        <v>548</v>
+      </c>
+      <c r="I75" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J75" t="s">
+        <v>24</v>
+      </c>
+      <c r="K75" t="s">
+        <v>549</v>
+      </c>
+      <c r="L75" t="s">
+        <v>550</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
+        <v>49</v>
+      </c>
+      <c r="O75" t="s">
+        <v>141</v>
+      </c>
+      <c r="P75" t="s">
+        <v>51</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>52</v>
+      </c>
+      <c r="R75" t="s">
+        <v>53</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P79"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="J1" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="K1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="L1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="M1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="N1" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="O1" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="P1" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B2" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="H2" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="I2" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="J2" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="K2" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="L2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M2" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N2" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="O2" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="P2" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B3" t="s">
+        <v>572</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>573</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>574</v>
+      </c>
+      <c r="H3" t="s">
+        <v>575</v>
+      </c>
+      <c r="I3" t="s">
+        <v>576</v>
+      </c>
+      <c r="J3" t="s">
+        <v>577</v>
+      </c>
+      <c r="K3" t="s">
+        <v>578</v>
+      </c>
+      <c r="L3" t="s">
+        <v>567</v>
+      </c>
+      <c r="M3" t="s">
         <v>568</v>
       </c>
-      <c r="C3" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="N3" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O3" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="P3" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B4" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="H4" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="I4" t="s">
+        <v>586</v>
+      </c>
+      <c r="J4" t="s">
+        <v>587</v>
+      </c>
+      <c r="K4" t="s">
+        <v>74</v>
+      </c>
+      <c r="L4" t="s">
+        <v>567</v>
+      </c>
+      <c r="M4" t="s">
+        <v>568</v>
+      </c>
+      <c r="N4" t="s">
         <v>579</v>
       </c>
-      <c r="J4" t="s">
+      <c r="O4" t="s">
         <v>580</v>
       </c>
-      <c r="K4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="P4" t="s">
-        <v>584</v>
+        <v>588</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B5" t="s">
-        <v>585</v>
+        <v>589</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>586</v>
+        <v>590</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>587</v>
+        <v>591</v>
       </c>
       <c r="H5" t="s">
-        <v>588</v>
+        <v>592</v>
       </c>
       <c r="I5" t="s">
-        <v>589</v>
+        <v>593</v>
       </c>
       <c r="J5" t="s">
-        <v>573</v>
+        <v>594</v>
       </c>
       <c r="K5" t="s">
-        <v>63</v>
+        <v>595</v>
       </c>
       <c r="L5" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M5" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N5" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="O5" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="P5" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B6" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="H6" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="I6" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="J6" t="s">
-        <v>598</v>
+        <v>587</v>
       </c>
       <c r="K6" t="s">
-        <v>599</v>
+        <v>74</v>
       </c>
       <c r="L6" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M6" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="N6" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="O6" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="P6" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B7" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="H7" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="I7" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="J7" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="K7" t="s">
-        <v>610</v>
+        <v>613</v>
       </c>
       <c r="L7" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M7" t="s">
-        <v>564</v>
+        <v>614</v>
       </c>
       <c r="N7" t="s">
-        <v>582</v>
+        <v>615</v>
       </c>
       <c r="O7" t="s">
-        <v>583</v>
+        <v>616</v>
       </c>
       <c r="P7" t="s">
-        <v>611</v>
+        <v>617</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B8" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>605</v>
+        <v>619</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>613</v>
+        <v>620</v>
       </c>
       <c r="H8" t="s">
-        <v>614</v>
+        <v>621</v>
       </c>
       <c r="I8" t="s">
-        <v>615</v>
+        <v>622</v>
       </c>
       <c r="J8" t="s">
-        <v>598</v>
+        <v>623</v>
       </c>
       <c r="K8" t="s">
-        <v>599</v>
+        <v>624</v>
       </c>
       <c r="L8" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M8" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N8" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O8" t="s">
-        <v>616</v>
+        <v>597</v>
       </c>
       <c r="P8" t="s">
-        <v>617</v>
+        <v>625</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B9" t="s">
-        <v>618</v>
+        <v>626</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
         <v>619</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>620</v>
+        <v>627</v>
       </c>
       <c r="H9" t="s">
-        <v>621</v>
+        <v>628</v>
       </c>
       <c r="I9" t="s">
-        <v>622</v>
+        <v>629</v>
       </c>
       <c r="J9" t="s">
-        <v>623</v>
+        <v>612</v>
       </c>
       <c r="K9" t="s">
-        <v>624</v>
+        <v>613</v>
       </c>
       <c r="L9" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M9" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N9" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="O9" t="s">
-        <v>626</v>
+        <v>630</v>
       </c>
       <c r="P9" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B10" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="H10" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="I10" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="J10" t="s">
-        <v>20</v>
+        <v>637</v>
       </c>
       <c r="K10" t="s">
-        <v>633</v>
+        <v>638</v>
       </c>
       <c r="L10" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M10" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N10" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="O10" t="s">
-        <v>634</v>
+        <v>639</v>
       </c>
       <c r="P10" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B11" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="H11" t="s">
-        <v>639</v>
+        <v>644</v>
       </c>
       <c r="I11" t="s">
-        <v>640</v>
+        <v>645</v>
       </c>
       <c r="J11" t="s">
-        <v>641</v>
+        <v>20</v>
       </c>
       <c r="K11" t="s">
-        <v>52</v>
+        <v>646</v>
       </c>
       <c r="L11" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M11" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="N11" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="O11" t="s">
-        <v>642</v>
+        <v>647</v>
       </c>
       <c r="P11" t="s">
-        <v>643</v>
+        <v>648</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B12" t="s">
-        <v>644</v>
+        <v>649</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>637</v>
+        <v>650</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="H12" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
       <c r="I12" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="J12" t="s">
-        <v>598</v>
+        <v>654</v>
       </c>
       <c r="K12" t="s">
-        <v>599</v>
+        <v>63</v>
       </c>
       <c r="L12" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M12" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="N12" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O12" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P12" t="s">
-        <v>648</v>
+        <v>655</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B13" t="s">
-        <v>649</v>
+        <v>656</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>650</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="H13" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="I13" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="J13" t="s">
-        <v>654</v>
+        <v>612</v>
       </c>
       <c r="K13" t="s">
-        <v>655</v>
+        <v>613</v>
       </c>
       <c r="L13" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M13" t="s">
-        <v>564</v>
+        <v>614</v>
       </c>
       <c r="N13" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="O13" t="s">
-        <v>656</v>
+        <v>570</v>
       </c>
       <c r="P13" t="s">
-        <v>657</v>
+        <v>660</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B14" t="s">
-        <v>658</v>
+        <v>661</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>659</v>
+        <v>662</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>660</v>
+        <v>663</v>
       </c>
       <c r="H14" t="s">
-        <v>661</v>
+        <v>664</v>
       </c>
       <c r="I14" t="s">
-        <v>662</v>
+        <v>665</v>
       </c>
       <c r="J14" t="s">
-        <v>663</v>
+        <v>666</v>
       </c>
       <c r="K14" t="s">
-        <v>664</v>
+        <v>667</v>
       </c>
       <c r="L14" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M14" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="N14" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="O14" t="s">
-        <v>642</v>
+        <v>668</v>
       </c>
       <c r="P14" t="s">
-        <v>666</v>
+        <v>669</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B15" t="s">
-        <v>667</v>
+        <v>670</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
       <c r="H15" t="s">
-        <v>670</v>
+        <v>673</v>
       </c>
       <c r="I15" t="s">
-        <v>671</v>
+        <v>674</v>
       </c>
       <c r="J15" t="s">
-        <v>20</v>
+        <v>675</v>
       </c>
       <c r="K15" t="s">
-        <v>672</v>
+        <v>676</v>
       </c>
       <c r="L15" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M15" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="N15" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="O15" t="s">
-        <v>616</v>
+        <v>570</v>
       </c>
       <c r="P15" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B16" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>675</v>
+        <v>681</v>
       </c>
       <c r="H16" t="s">
-        <v>676</v>
+        <v>682</v>
       </c>
       <c r="I16" t="s">
-        <v>671</v>
+        <v>683</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="L16" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M16" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N16" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O16" t="s">
-        <v>583</v>
+        <v>630</v>
       </c>
       <c r="P16" t="s">
-        <v>677</v>
+        <v>685</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B17" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>678</v>
+        <v>687</v>
       </c>
       <c r="H17" t="s">
-        <v>679</v>
+        <v>688</v>
       </c>
       <c r="I17" t="s">
-        <v>680</v>
+        <v>683</v>
       </c>
       <c r="J17" t="s">
-        <v>681</v>
+        <v>20</v>
       </c>
       <c r="K17" t="s">
-        <v>633</v>
+        <v>684</v>
       </c>
       <c r="L17" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M17" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N17" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O17" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="P17" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B18" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>668</v>
+        <v>680</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>684</v>
+        <v>690</v>
       </c>
       <c r="H18" t="s">
-        <v>685</v>
+        <v>691</v>
       </c>
       <c r="I18" t="s">
-        <v>686</v>
+        <v>692</v>
       </c>
       <c r="J18" t="s">
-        <v>632</v>
+        <v>693</v>
       </c>
       <c r="K18" t="s">
-        <v>633</v>
+        <v>646</v>
       </c>
       <c r="L18" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M18" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N18" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O18" t="s">
-        <v>687</v>
+        <v>597</v>
       </c>
       <c r="P18" t="s">
-        <v>688</v>
+        <v>694</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B19" t="s">
-        <v>689</v>
+        <v>695</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>690</v>
+        <v>680</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>691</v>
+        <v>696</v>
       </c>
       <c r="H19" t="s">
-        <v>692</v>
+        <v>697</v>
       </c>
       <c r="I19" t="s">
-        <v>693</v>
+        <v>645</v>
       </c>
       <c r="J19" t="s">
-        <v>694</v>
+        <v>20</v>
       </c>
       <c r="K19" t="s">
-        <v>695</v>
+        <v>646</v>
       </c>
       <c r="L19" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M19" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="N19" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="O19" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="P19" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B20" t="s">
-        <v>618</v>
+        <v>700</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="H20" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="I20" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="J20" t="s">
-        <v>681</v>
+        <v>705</v>
       </c>
       <c r="K20" t="s">
-        <v>633</v>
+        <v>706</v>
       </c>
       <c r="L20" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M20" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="N20" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O20" t="s">
-        <v>626</v>
+        <v>707</v>
       </c>
       <c r="P20" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B21" t="s">
-        <v>703</v>
+        <v>632</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>704</v>
+        <v>709</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>705</v>
+        <v>710</v>
       </c>
       <c r="H21" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="I21" t="s">
-        <v>707</v>
+        <v>712</v>
       </c>
       <c r="J21" t="s">
-        <v>708</v>
+        <v>693</v>
       </c>
       <c r="K21" t="s">
-        <v>709</v>
+        <v>646</v>
       </c>
       <c r="L21" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M21" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="N21" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O21" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="P21" t="s">
-        <v>710</v>
+        <v>713</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B22" t="s">
-        <v>711</v>
+        <v>714</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>712</v>
+        <v>715</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>713</v>
+        <v>716</v>
       </c>
       <c r="H22" t="s">
-        <v>714</v>
+        <v>717</v>
       </c>
       <c r="I22" t="s">
-        <v>715</v>
+        <v>718</v>
       </c>
       <c r="J22" t="s">
-        <v>716</v>
+        <v>565</v>
       </c>
       <c r="K22" t="s">
-        <v>717</v>
+        <v>566</v>
       </c>
       <c r="L22" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M22" t="s">
-        <v>665</v>
+        <v>614</v>
       </c>
       <c r="N22" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O22" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P22" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B23" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="H23" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="I23" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>725</v>
       </c>
       <c r="K23" t="s">
-        <v>724</v>
+        <v>726</v>
       </c>
       <c r="L23" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M23" t="s">
-        <v>600</v>
+        <v>677</v>
       </c>
       <c r="N23" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O23" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P23" t="s">
-        <v>725</v>
+        <v>727</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B24" t="s">
-        <v>726</v>
+        <v>728</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>727</v>
+        <v>729</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="H24" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="I24" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
       <c r="J24" t="s">
-        <v>708</v>
+        <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>709</v>
+        <v>733</v>
       </c>
       <c r="L24" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M24" t="s">
-        <v>564</v>
+        <v>614</v>
       </c>
       <c r="N24" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O24" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P24" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B25" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>733</v>
+        <v>737</v>
       </c>
       <c r="H25" t="s">
-        <v>734</v>
+        <v>738</v>
       </c>
       <c r="I25" t="s">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="J25" t="s">
-        <v>736</v>
+        <v>565</v>
       </c>
       <c r="K25" t="s">
-        <v>41</v>
+        <v>566</v>
       </c>
       <c r="L25" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M25" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N25" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O25" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P25" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B26" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>727</v>
+        <v>736</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="H26" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="I26" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="J26" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="K26" t="s">
-        <v>743</v>
+        <v>52</v>
       </c>
       <c r="L26" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M26" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N26" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O26" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P26" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B27" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>746</v>
+        <v>736</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="H27" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="I27" t="s">
-        <v>598</v>
+        <v>750</v>
       </c>
       <c r="J27" t="s">
-        <v>20</v>
+        <v>751</v>
       </c>
       <c r="K27" t="s">
-        <v>599</v>
+        <v>752</v>
       </c>
       <c r="L27" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M27" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="N27" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O27" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P27" t="s">
-        <v>749</v>
+        <v>753</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B28" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>751</v>
+        <v>755</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>752</v>
+        <v>756</v>
       </c>
       <c r="H28" t="s">
-        <v>753</v>
+        <v>757</v>
       </c>
       <c r="I28" t="s">
-        <v>754</v>
+        <v>612</v>
       </c>
       <c r="J28" t="s">
-        <v>755</v>
+        <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>756</v>
+        <v>613</v>
       </c>
       <c r="L28" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M28" t="s">
-        <v>600</v>
+        <v>677</v>
       </c>
       <c r="N28" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O28" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P28" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B29" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="H29" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="I29" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="J29" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="K29" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="L29" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M29" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="N29" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O29" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P29" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B30" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H30" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="I30" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="J30" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="K30" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="L30" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M30" t="s">
-        <v>665</v>
+        <v>614</v>
       </c>
       <c r="N30" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O30" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P30" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B31" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="H31" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="I31" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="J31" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="K31" t="s">
-        <v>84</v>
+        <v>781</v>
       </c>
       <c r="L31" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M31" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N31" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O31" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P31" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B32" t="s">
-        <v>781</v>
+        <v>783</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>775</v>
+        <v>784</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>782</v>
+        <v>785</v>
       </c>
       <c r="H32" t="s">
-        <v>783</v>
+        <v>786</v>
       </c>
       <c r="I32" t="s">
-        <v>784</v>
+        <v>787</v>
       </c>
       <c r="J32" t="s">
-        <v>785</v>
+        <v>788</v>
       </c>
       <c r="K32" t="s">
-        <v>786</v>
+        <v>95</v>
       </c>
       <c r="L32" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M32" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N32" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O32" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P32" t="s">
-        <v>787</v>
+        <v>789</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B33" t="s">
-        <v>788</v>
+        <v>790</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="H33" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="I33" t="s">
-        <v>785</v>
+        <v>793</v>
       </c>
       <c r="J33" t="s">
-        <v>20</v>
+        <v>794</v>
       </c>
       <c r="K33" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="L33" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M33" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N33" t="s">
-        <v>792</v>
+        <v>569</v>
       </c>
       <c r="O33" t="s">
-        <v>793</v>
+        <v>570</v>
       </c>
       <c r="P33" t="s">
-        <v>794</v>
+        <v>796</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B34" t="s">
+        <v>797</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>798</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>799</v>
+      </c>
+      <c r="H34" t="s">
+        <v>800</v>
+      </c>
+      <c r="I34" t="s">
+        <v>794</v>
+      </c>
+      <c r="J34" t="s">
+        <v>20</v>
+      </c>
+      <c r="K34" t="s">
         <v>795</v>
       </c>
-      <c r="C34" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="L34" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M34" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N34" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="O34" t="s">
-        <v>793</v>
+        <v>802</v>
       </c>
       <c r="P34" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B35" t="s">
-        <v>800</v>
+        <v>804</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
+        <v>798</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>805</v>
+      </c>
+      <c r="H35" t="s">
+        <v>806</v>
+      </c>
+      <c r="I35" t="s">
+        <v>807</v>
+      </c>
+      <c r="J35" t="s">
+        <v>693</v>
+      </c>
+      <c r="K35" t="s">
+        <v>646</v>
+      </c>
+      <c r="L35" t="s">
+        <v>567</v>
+      </c>
+      <c r="M35" t="s">
+        <v>677</v>
+      </c>
+      <c r="N35" t="s">
         <v>801</v>
       </c>
-      <c r="F35" t="s">
-[...2 lines deleted...]
-      <c r="G35" t="s">
+      <c r="O35" t="s">
         <v>802</v>
       </c>
-      <c r="H35" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P35" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B36" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="H36" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="I36" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="J36" t="s">
-        <v>681</v>
+        <v>814</v>
       </c>
       <c r="K36" t="s">
-        <v>633</v>
+        <v>815</v>
       </c>
       <c r="L36" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M36" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N36" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O36" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="P36" t="s">
-        <v>813</v>
+        <v>816</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B37" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
       <c r="H37" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="I37" t="s">
-        <v>818</v>
+        <v>821</v>
       </c>
       <c r="J37" t="s">
-        <v>819</v>
+        <v>693</v>
       </c>
       <c r="K37" t="s">
-        <v>820</v>
+        <v>646</v>
       </c>
       <c r="L37" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M37" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N37" t="s">
-        <v>625</v>
+        <v>579</v>
       </c>
       <c r="O37" t="s">
-        <v>642</v>
+        <v>580</v>
       </c>
       <c r="P37" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B38" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="H38" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="I38" t="s">
-        <v>826</v>
+        <v>827</v>
       </c>
       <c r="J38" t="s">
-        <v>779</v>
+        <v>828</v>
       </c>
       <c r="K38" t="s">
-        <v>84</v>
+        <v>829</v>
       </c>
       <c r="L38" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M38" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N38" t="s">
-        <v>582</v>
+        <v>569</v>
       </c>
       <c r="O38" t="s">
-        <v>827</v>
+        <v>570</v>
       </c>
       <c r="P38" t="s">
-        <v>828</v>
+        <v>830</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B39" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>823</v>
+        <v>832</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>830</v>
+        <v>833</v>
       </c>
       <c r="H39" t="s">
-        <v>831</v>
+        <v>834</v>
       </c>
       <c r="I39" t="s">
-        <v>826</v>
+        <v>835</v>
       </c>
       <c r="J39" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="K39" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="L39" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M39" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N39" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O39" t="s">
-        <v>687</v>
+        <v>836</v>
       </c>
       <c r="P39" t="s">
-        <v>832</v>
+        <v>837</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B40" t="s">
-        <v>833</v>
+        <v>838</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
+        <v>839</v>
+      </c>
+      <c r="H40" t="s">
+        <v>840</v>
+      </c>
+      <c r="I40" t="s">
         <v>835</v>
       </c>
-      <c r="H40" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J40" t="s">
-        <v>838</v>
+        <v>788</v>
       </c>
       <c r="K40" t="s">
-        <v>307</v>
+        <v>95</v>
       </c>
       <c r="L40" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M40" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N40" t="s">
-        <v>625</v>
+        <v>596</v>
       </c>
       <c r="O40" t="s">
-        <v>642</v>
+        <v>698</v>
       </c>
       <c r="P40" t="s">
-        <v>839</v>
+        <v>841</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B41" t="s">
-        <v>840</v>
+        <v>842</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>841</v>
+        <v>843</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>842</v>
+        <v>844</v>
       </c>
       <c r="H41" t="s">
-        <v>843</v>
+        <v>845</v>
       </c>
       <c r="I41" t="s">
-        <v>844</v>
+        <v>846</v>
       </c>
       <c r="J41" t="s">
-        <v>20</v>
+        <v>847</v>
       </c>
       <c r="K41" t="s">
-        <v>764</v>
+        <v>312</v>
       </c>
       <c r="L41" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M41" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N41" t="s">
-        <v>845</v>
+        <v>569</v>
       </c>
       <c r="O41" t="s">
-        <v>846</v>
+        <v>570</v>
       </c>
       <c r="P41" t="s">
-        <v>847</v>
+        <v>848</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B42" t="s">
-        <v>848</v>
+        <v>849</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>849</v>
+        <v>850</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>850</v>
+        <v>851</v>
       </c>
       <c r="H42" t="s">
-        <v>851</v>
+        <v>852</v>
       </c>
       <c r="I42" t="s">
-        <v>852</v>
+        <v>853</v>
       </c>
       <c r="J42" t="s">
-        <v>853</v>
+        <v>20</v>
       </c>
       <c r="K42" t="s">
+        <v>30</v>
+      </c>
+      <c r="L42" t="s">
+        <v>567</v>
+      </c>
+      <c r="M42" t="s">
+        <v>568</v>
+      </c>
+      <c r="N42" t="s">
         <v>854</v>
       </c>
-      <c r="L42" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>642</v>
+        <v>855</v>
       </c>
       <c r="P42" t="s">
-        <v>855</v>
+        <v>856</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B43" t="s">
-        <v>856</v>
+        <v>857</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>857</v>
+        <v>858</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>858</v>
+        <v>859</v>
       </c>
       <c r="H43" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="I43" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="J43" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="K43" t="s">
-        <v>862</v>
+        <v>863</v>
       </c>
       <c r="L43" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M43" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="N43" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O43" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P43" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B44" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>865</v>
+        <v>866</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>866</v>
+        <v>867</v>
       </c>
       <c r="H44" t="s">
-        <v>867</v>
+        <v>868</v>
       </c>
       <c r="I44" t="s">
-        <v>868</v>
+        <v>869</v>
       </c>
       <c r="J44" t="s">
-        <v>869</v>
+        <v>870</v>
       </c>
       <c r="K44" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="L44" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M44" t="s">
-        <v>564</v>
+        <v>614</v>
       </c>
       <c r="N44" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O44" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P44" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B45" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>874</v>
+        <v>875</v>
       </c>
       <c r="H45" t="s">
-        <v>875</v>
+        <v>876</v>
       </c>
       <c r="I45" t="s">
-        <v>876</v>
+        <v>877</v>
       </c>
       <c r="J45" t="s">
-        <v>805</v>
+        <v>878</v>
       </c>
       <c r="K45" t="s">
-        <v>806</v>
+        <v>879</v>
       </c>
       <c r="L45" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M45" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N45" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O45" t="s">
-        <v>626</v>
+        <v>570</v>
       </c>
       <c r="P45" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B46" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="H46" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="I46" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
       <c r="J46" t="s">
-        <v>805</v>
+        <v>814</v>
       </c>
       <c r="K46" t="s">
-        <v>806</v>
+        <v>815</v>
       </c>
       <c r="L46" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M46" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="N46" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O46" t="s">
-        <v>642</v>
+        <v>639</v>
       </c>
       <c r="P46" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B47" t="s">
-        <v>884</v>
+        <v>887</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>885</v>
+        <v>888</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>886</v>
+        <v>889</v>
       </c>
       <c r="H47" t="s">
-        <v>887</v>
+        <v>890</v>
       </c>
       <c r="I47" t="s">
-        <v>779</v>
+        <v>891</v>
       </c>
       <c r="J47" t="s">
-        <v>20</v>
+        <v>814</v>
       </c>
       <c r="K47" t="s">
-        <v>84</v>
+        <v>815</v>
       </c>
       <c r="L47" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M47" t="s">
-        <v>665</v>
+        <v>614</v>
       </c>
       <c r="N47" t="s">
-        <v>601</v>
+        <v>569</v>
       </c>
       <c r="O47" t="s">
-        <v>602</v>
+        <v>570</v>
       </c>
       <c r="P47" t="s">
-        <v>888</v>
+        <v>892</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B48" t="s">
-        <v>889</v>
+        <v>893</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>890</v>
+        <v>894</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>891</v>
+        <v>895</v>
       </c>
       <c r="H48" t="s">
-        <v>892</v>
+        <v>896</v>
       </c>
       <c r="I48" t="s">
-        <v>893</v>
+        <v>788</v>
       </c>
       <c r="J48" t="s">
-        <v>573</v>
+        <v>20</v>
       </c>
       <c r="K48" t="s">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="L48" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M48" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="N48" t="s">
-        <v>894</v>
+        <v>615</v>
       </c>
       <c r="O48" t="s">
-        <v>895</v>
+        <v>616</v>
       </c>
       <c r="P48" t="s">
-        <v>896</v>
+        <v>897</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B49" t="s">
-        <v>897</v>
+        <v>898</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>898</v>
+        <v>899</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>899</v>
+        <v>900</v>
       </c>
       <c r="H49" t="s">
-        <v>900</v>
+        <v>901</v>
       </c>
       <c r="I49" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="J49" t="s">
-        <v>902</v>
+        <v>587</v>
       </c>
       <c r="K49" t="s">
+        <v>74</v>
+      </c>
+      <c r="L49" t="s">
+        <v>567</v>
+      </c>
+      <c r="M49" t="s">
+        <v>568</v>
+      </c>
+      <c r="N49" t="s">
         <v>903</v>
       </c>
-      <c r="L49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O49" t="s">
-        <v>642</v>
+        <v>904</v>
       </c>
       <c r="P49" t="s">
-        <v>904</v>
+        <v>905</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B50" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="H50" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="I50" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="J50" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
       <c r="K50" t="s">
-        <v>911</v>
+        <v>912</v>
       </c>
       <c r="L50" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M50" t="s">
-        <v>564</v>
+        <v>614</v>
       </c>
       <c r="N50" t="s">
-        <v>601</v>
+        <v>569</v>
       </c>
       <c r="O50" t="s">
-        <v>602</v>
+        <v>570</v>
       </c>
       <c r="P50" t="s">
-        <v>912</v>
+        <v>913</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B51" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>914</v>
+        <v>915</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="H51" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="I51" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
       <c r="J51" t="s">
-        <v>918</v>
+        <v>919</v>
       </c>
       <c r="K51" t="s">
-        <v>919</v>
+        <v>920</v>
       </c>
       <c r="L51" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M51" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="N51" t="s">
-        <v>625</v>
+        <v>615</v>
       </c>
       <c r="O51" t="s">
-        <v>642</v>
+        <v>616</v>
       </c>
       <c r="P51" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B52" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
       <c r="H52" t="s">
-        <v>924</v>
+        <v>925</v>
       </c>
       <c r="I52" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="J52" t="s">
-        <v>598</v>
+        <v>927</v>
       </c>
       <c r="K52" t="s">
-        <v>599</v>
+        <v>928</v>
       </c>
       <c r="L52" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M52" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="N52" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
       <c r="O52" t="s">
-        <v>926</v>
+        <v>570</v>
       </c>
       <c r="P52" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B53" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>930</v>
+        <v>932</v>
       </c>
       <c r="H53" t="s">
-        <v>931</v>
+        <v>933</v>
       </c>
       <c r="I53" t="s">
-        <v>932</v>
+        <v>934</v>
       </c>
       <c r="J53" t="s">
-        <v>561</v>
+        <v>612</v>
       </c>
       <c r="K53" t="s">
-        <v>562</v>
+        <v>613</v>
       </c>
       <c r="L53" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M53" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N53" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O53" t="s">
-        <v>566</v>
+        <v>935</v>
       </c>
       <c r="P53" t="s">
-        <v>933</v>
+        <v>936</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B54" t="s">
-        <v>934</v>
+        <v>937</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="H54" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
       <c r="I54" t="s">
-        <v>937</v>
+        <v>941</v>
       </c>
       <c r="J54" t="s">
-        <v>938</v>
+        <v>942</v>
       </c>
       <c r="K54" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="L54" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M54" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N54" t="s">
-        <v>792</v>
+        <v>801</v>
       </c>
       <c r="O54" t="s">
-        <v>940</v>
+        <v>944</v>
       </c>
       <c r="P54" t="s">
-        <v>941</v>
+        <v>945</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B55" t="s">
-        <v>942</v>
+        <v>946</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>943</v>
+        <v>947</v>
       </c>
       <c r="H55" t="s">
-        <v>944</v>
+        <v>948</v>
       </c>
       <c r="I55" t="s">
-        <v>945</v>
+        <v>949</v>
       </c>
       <c r="J55" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="K55" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="L55" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M55" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N55" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O55" t="s">
-        <v>566</v>
+        <v>580</v>
       </c>
       <c r="P55" t="s">
-        <v>946</v>
+        <v>950</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B56" t="s">
-        <v>947</v>
+        <v>951</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>948</v>
+        <v>952</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>949</v>
+        <v>953</v>
       </c>
       <c r="H56" t="s">
-        <v>950</v>
+        <v>954</v>
       </c>
       <c r="I56" t="s">
-        <v>951</v>
+        <v>955</v>
       </c>
       <c r="J56" t="s">
-        <v>952</v>
+        <v>956</v>
       </c>
       <c r="K56" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="L56" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M56" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N56" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O56" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P56" t="s">
-        <v>954</v>
+        <v>958</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B57" t="s">
-        <v>955</v>
+        <v>959</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>957</v>
+        <v>961</v>
       </c>
       <c r="H57" t="s">
-        <v>958</v>
+        <v>962</v>
       </c>
       <c r="I57" t="s">
-        <v>959</v>
+        <v>963</v>
       </c>
       <c r="J57" t="s">
-        <v>723</v>
+        <v>732</v>
       </c>
       <c r="K57" t="s">
-        <v>724</v>
+        <v>733</v>
       </c>
       <c r="L57" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M57" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N57" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O57" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P57" t="s">
-        <v>960</v>
+        <v>964</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B58" t="s">
-        <v>961</v>
+        <v>965</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
+        <v>960</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>966</v>
+      </c>
+      <c r="H58" t="s">
+        <v>967</v>
+      </c>
+      <c r="I58" t="s">
         <v>956</v>
       </c>
-      <c r="F58" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J58" t="s">
         <v>20</v>
       </c>
       <c r="K58" t="s">
-        <v>953</v>
+        <v>957</v>
       </c>
       <c r="L58" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M58" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N58" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O58" t="s">
-        <v>964</v>
+        <v>968</v>
       </c>
       <c r="P58" t="s">
-        <v>965</v>
+        <v>969</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B59" t="s">
-        <v>966</v>
+        <v>970</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>967</v>
+        <v>971</v>
       </c>
       <c r="H59" t="s">
-        <v>968</v>
+        <v>972</v>
       </c>
       <c r="I59" t="s">
-        <v>969</v>
+        <v>973</v>
       </c>
       <c r="J59" t="s">
-        <v>970</v>
+        <v>974</v>
       </c>
       <c r="K59" t="s">
-        <v>971</v>
+        <v>975</v>
       </c>
       <c r="L59" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M59" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N59" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="O59" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="P59" t="s">
-        <v>974</v>
+        <v>978</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B60" t="s">
-        <v>975</v>
+        <v>979</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="H60" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="I60" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
       <c r="J60" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="K60" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="L60" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M60" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N60" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O60" t="s">
-        <v>827</v>
+        <v>836</v>
       </c>
       <c r="P60" t="s">
-        <v>979</v>
+        <v>983</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B61" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>956</v>
+        <v>960</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="H61" t="s">
+        <v>986</v>
+      </c>
+      <c r="I61" t="s">
         <v>982</v>
       </c>
-      <c r="I61" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J61" t="s">
-        <v>598</v>
+        <v>612</v>
       </c>
       <c r="K61" t="s">
-        <v>599</v>
+        <v>613</v>
       </c>
       <c r="L61" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M61" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N61" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O61" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="P61" t="s">
-        <v>983</v>
+        <v>987</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B62" t="s">
-        <v>984</v>
+        <v>988</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>985</v>
+        <v>989</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>986</v>
+        <v>990</v>
       </c>
       <c r="H62" t="s">
-        <v>987</v>
+        <v>991</v>
       </c>
       <c r="I62" t="s">
-        <v>988</v>
+        <v>992</v>
       </c>
       <c r="J62" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="K62" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="L62" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M62" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="N62" t="s">
-        <v>972</v>
+        <v>976</v>
       </c>
       <c r="O62" t="s">
-        <v>973</v>
+        <v>977</v>
       </c>
       <c r="P62" t="s">
-        <v>989</v>
+        <v>993</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B63" t="s">
-        <v>990</v>
+        <v>994</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>991</v>
+        <v>995</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>992</v>
+        <v>996</v>
       </c>
       <c r="H63" t="s">
-        <v>993</v>
+        <v>997</v>
       </c>
       <c r="I63" t="s">
-        <v>994</v>
+        <v>998</v>
       </c>
       <c r="J63" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="K63" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="L63" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M63" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N63" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O63" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P63" t="s">
-        <v>995</v>
+        <v>999</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B64" t="s">
-        <v>996</v>
+        <v>1000</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>997</v>
+        <v>1001</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>998</v>
+        <v>1002</v>
       </c>
       <c r="H64" t="s">
-        <v>999</v>
+        <v>1003</v>
       </c>
       <c r="I64" t="s">
-        <v>1000</v>
+        <v>1004</v>
       </c>
       <c r="J64" t="s">
         <v>20</v>
       </c>
       <c r="K64" t="s">
-        <v>1001</v>
+        <v>1005</v>
       </c>
       <c r="L64" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M64" t="s">
-        <v>600</v>
+        <v>614</v>
       </c>
       <c r="N64" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O64" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P64" t="s">
-        <v>1002</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B65" t="s">
-        <v>1003</v>
+        <v>1007</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>1004</v>
+        <v>1008</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>1005</v>
+        <v>1009</v>
       </c>
       <c r="H65" t="s">
-        <v>1006</v>
+        <v>1010</v>
       </c>
       <c r="I65" t="s">
-        <v>1007</v>
+        <v>1011</v>
       </c>
       <c r="J65" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
       <c r="K65" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="L65" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M65" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N65" t="s">
-        <v>590</v>
+        <v>604</v>
       </c>
       <c r="O65" t="s">
-        <v>591</v>
+        <v>605</v>
       </c>
       <c r="P65" t="s">
-        <v>1008</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B66" t="s">
-        <v>1009</v>
+        <v>1013</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1010</v>
+        <v>1014</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1011</v>
+        <v>1015</v>
       </c>
       <c r="H66" t="s">
-        <v>1012</v>
+        <v>1016</v>
       </c>
       <c r="I66" t="s">
-        <v>1013</v>
+        <v>1017</v>
       </c>
       <c r="J66" t="s">
         <v>20</v>
       </c>
       <c r="K66" t="s">
-        <v>1014</v>
+        <v>1018</v>
       </c>
       <c r="L66" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M66" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N66" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O66" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="P66" t="s">
-        <v>1015</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B67" t="s">
-        <v>1016</v>
+        <v>1020</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1018</v>
+        <v>1022</v>
       </c>
       <c r="H67" t="s">
-        <v>1019</v>
+        <v>1023</v>
       </c>
       <c r="I67" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="J67" t="s">
-        <v>573</v>
+        <v>587</v>
       </c>
       <c r="K67" t="s">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="L67" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M67" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N67" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="O67" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="P67" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B68" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>1017</v>
+        <v>1021</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
       <c r="H68" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="I68" t="s">
-        <v>1026</v>
+        <v>1030</v>
       </c>
       <c r="J68" t="s">
-        <v>785</v>
+        <v>794</v>
       </c>
       <c r="K68" t="s">
-        <v>786</v>
+        <v>795</v>
       </c>
       <c r="L68" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M68" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N68" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="O68" t="s">
-        <v>1027</v>
+        <v>1031</v>
       </c>
       <c r="P68" t="s">
-        <v>1028</v>
+        <v>1032</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B69" t="s">
-        <v>1029</v>
+        <v>1033</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>1030</v>
+        <v>1034</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>1031</v>
+        <v>1035</v>
       </c>
       <c r="H69" t="s">
-        <v>1032</v>
+        <v>1036</v>
       </c>
       <c r="I69" t="s">
-        <v>1033</v>
+        <v>1037</v>
       </c>
       <c r="J69" t="s">
-        <v>1034</v>
+        <v>1038</v>
       </c>
       <c r="K69" t="s">
-        <v>1035</v>
+        <v>1039</v>
       </c>
       <c r="L69" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M69" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N69" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O69" t="s">
-        <v>1036</v>
+        <v>1040</v>
       </c>
       <c r="P69" t="s">
-        <v>1037</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B70" t="s">
-        <v>1038</v>
+        <v>1042</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>1039</v>
+        <v>1043</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>1040</v>
+        <v>1044</v>
       </c>
       <c r="H70" t="s">
-        <v>1041</v>
+        <v>1045</v>
       </c>
       <c r="I70" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="J70" t="s">
-        <v>1043</v>
+        <v>1047</v>
       </c>
       <c r="K70" t="s">
-        <v>1044</v>
+        <v>1048</v>
       </c>
       <c r="L70" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M70" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N70" t="s">
-        <v>565</v>
+        <v>579</v>
       </c>
       <c r="O70" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="P70" t="s">
-        <v>1045</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B71" t="s">
-        <v>1046</v>
+        <v>1050</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1047</v>
+        <v>1051</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1048</v>
+        <v>1052</v>
       </c>
       <c r="H71" t="s">
-        <v>1049</v>
+        <v>1053</v>
       </c>
       <c r="I71" t="s">
-        <v>1050</v>
+        <v>1054</v>
       </c>
       <c r="J71" t="s">
-        <v>1051</v>
+        <v>1055</v>
       </c>
       <c r="K71" t="s">
-        <v>1052</v>
+        <v>1056</v>
       </c>
       <c r="L71" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M71" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N71" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O71" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P71" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B72" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="H72" t="s">
-        <v>1057</v>
+        <v>1061</v>
       </c>
       <c r="I72" t="s">
-        <v>1058</v>
+        <v>1062</v>
       </c>
       <c r="J72" t="s">
-        <v>641</v>
+        <v>654</v>
       </c>
       <c r="K72" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="L72" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M72" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N72" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O72" t="s">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="P72" t="s">
-        <v>1059</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B73" t="s">
-        <v>1060</v>
+        <v>1064</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>1061</v>
+        <v>1065</v>
       </c>
       <c r="H73" t="s">
-        <v>1062</v>
+        <v>1066</v>
       </c>
       <c r="I73" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="J73" t="s">
         <v>20</v>
       </c>
       <c r="K73" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="L73" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M73" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N73" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O73" t="s">
-        <v>634</v>
+        <v>647</v>
       </c>
       <c r="P73" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B74" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
+        <v>1071</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1072</v>
+      </c>
+      <c r="I74" t="s">
         <v>1067</v>
       </c>
-      <c r="H74" t="s">
+      <c r="J74" t="s">
+        <v>20</v>
+      </c>
+      <c r="K74" t="s">
         <v>1068</v>
       </c>
-      <c r="I74" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L74" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M74" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N74" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O74" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="P74" t="s">
-        <v>1069</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B75" t="s">
-        <v>1070</v>
+        <v>1074</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1071</v>
+        <v>1075</v>
       </c>
       <c r="H75" t="s">
-        <v>1072</v>
+        <v>1076</v>
       </c>
       <c r="I75" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="J75" t="s">
         <v>20</v>
       </c>
       <c r="K75" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="L75" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M75" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N75" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O75" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
       <c r="P75" t="s">
-        <v>1073</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B76" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1074</v>
+        <v>1078</v>
       </c>
       <c r="H76" t="s">
-        <v>1075</v>
+        <v>1079</v>
       </c>
       <c r="I76" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="J76" t="s">
         <v>20</v>
       </c>
       <c r="K76" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="L76" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M76" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N76" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O76" t="s">
-        <v>583</v>
+        <v>597</v>
       </c>
       <c r="P76" t="s">
-        <v>1076</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B77" t="s">
-        <v>1077</v>
+        <v>1081</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="H77" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="I77" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="J77" t="s">
         <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="L77" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M77" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N77" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O77" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
       <c r="P77" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B78" t="s">
-        <v>1082</v>
+        <v>1086</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>1083</v>
+        <v>1087</v>
       </c>
       <c r="H78" t="s">
-        <v>1084</v>
+        <v>1088</v>
       </c>
       <c r="I78" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="J78" t="s">
         <v>20</v>
       </c>
       <c r="K78" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="L78" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M78" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="N78" t="s">
-        <v>582</v>
+        <v>596</v>
       </c>
       <c r="O78" t="s">
-        <v>687</v>
+        <v>698</v>
       </c>
       <c r="P78" t="s">
-        <v>1085</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="B79" t="s">
-        <v>1086</v>
+        <v>1090</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1087</v>
+        <v>1091</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1088</v>
+        <v>1092</v>
       </c>
       <c r="H79" t="s">
-        <v>1089</v>
+        <v>1093</v>
       </c>
       <c r="I79" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="J79" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="K79" t="s">
-        <v>764</v>
+        <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="M79" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="N79" t="s">
-        <v>625</v>
+        <v>569</v>
       </c>
       <c r="O79" t="s">
-        <v>642</v>
+        <v>570</v>
       </c>
       <c r="P79" t="s">
-        <v>1092</v>
+        <v>1096</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>1093</v>
+        <v>1097</v>
       </c>
       <c r="L1" t="s">
-        <v>1094</v>
+        <v>1098</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="B2" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="H2" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
       <c r="I2" t="s">
-        <v>1100</v>
+        <v>1104</v>
       </c>
       <c r="J2" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="K2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L2" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="M2" t="s">
-        <v>1101</v>
+        <v>1105</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="B3" t="s">
-        <v>1102</v>
+        <v>1106</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1103</v>
+        <v>1107</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1104</v>
+        <v>1108</v>
       </c>
       <c r="H3" t="s">
-        <v>1105</v>
+        <v>1109</v>
       </c>
       <c r="I3" t="s">
-        <v>1106</v>
+        <v>1110</v>
       </c>
       <c r="J3" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="K3" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L3" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="M3" t="s">
-        <v>1107</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="B4" t="s">
-        <v>1108</v>
+        <v>1112</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1109</v>
+        <v>1113</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1110</v>
+        <v>1114</v>
       </c>
       <c r="H4" t="s">
-        <v>1111</v>
+        <v>1115</v>
       </c>
       <c r="I4" t="s">
-        <v>1112</v>
+        <v>1116</v>
       </c>
       <c r="J4" t="s">
-        <v>131</v>
+        <v>141</v>
       </c>
       <c r="K4" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L4" t="s">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="M4" t="s">
-        <v>1113</v>
+        <v>1117</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:T37"/>
+  <dimension ref="A1:T36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>1114</v>
+        <v>1118</v>
       </c>
       <c r="J1" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="K1" t="s">
-        <v>1115</v>
+        <v>1119</v>
       </c>
       <c r="L1" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="M1" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="N1" t="s">
-        <v>1116</v>
+        <v>1120</v>
       </c>
       <c r="O1" t="s">
-        <v>1117</v>
+        <v>1121</v>
       </c>
       <c r="P1" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="Q1" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
       <c r="R1" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
       <c r="S1" t="s">
-        <v>1120</v>
+        <v>1124</v>
       </c>
       <c r="T1" t="s">
-        <v>1121</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B2" t="s">
-        <v>1123</v>
+        <v>1127</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>1124</v>
+        <v>1128</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>1125</v>
+        <v>1129</v>
       </c>
       <c r="H2" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="I2" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="J2" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="K2" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
       <c r="L2" t="s">
-        <v>1130</v>
+        <v>1134</v>
       </c>
       <c r="M2" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N2" t="s">
-        <v>1131</v>
+        <v>1135</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="Q2" t="s">
-        <v>1132</v>
+        <v>1136</v>
       </c>
       <c r="R2" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="S2" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="T2" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B3" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="H3" t="s">
+        <v>1142</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1144</v>
+      </c>
+      <c r="K3" t="s">
+        <v>862</v>
+      </c>
+      <c r="L3" t="s">
+        <v>863</v>
+      </c>
+      <c r="M3" t="s">
+        <v>567</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1145</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1146</v>
+      </c>
+      <c r="R3" t="s">
+        <v>568</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1147</v>
+      </c>
+      <c r="T3" t="s">
         <v>1138</v>
-      </c>
-[...34 lines deleted...]
-        <v>1134</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B4" t="s">
-        <v>1144</v>
+        <v>1148</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1145</v>
+        <v>1149</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1146</v>
+        <v>1150</v>
       </c>
       <c r="H4" t="s">
-        <v>1147</v>
+        <v>1151</v>
       </c>
       <c r="I4" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J4" t="s">
-        <v>1090</v>
+        <v>1094</v>
       </c>
       <c r="K4" t="s">
-        <v>1091</v>
+        <v>1095</v>
       </c>
       <c r="L4" t="s">
-        <v>764</v>
+        <v>30</v>
       </c>
       <c r="M4" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N4" t="s">
-        <v>1148</v>
+        <v>1152</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="Q4" t="s">
-        <v>1150</v>
+        <v>1154</v>
       </c>
       <c r="R4" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="S4" t="s">
-        <v>1151</v>
+        <v>31</v>
       </c>
       <c r="T4" t="s">
-        <v>1152</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B5" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1149</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1158</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1159</v>
+      </c>
+      <c r="K5" t="s">
+        <v>853</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>567</v>
+      </c>
+      <c r="N5" t="s">
+        <v>20</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
         <v>1153</v>
       </c>
-      <c r="C5" t="s">
-[...14 lines deleted...]
-      <c r="H5" t="s">
+      <c r="Q5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="R5" t="s">
+        <v>677</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1160</v>
+      </c>
+      <c r="T5" t="s">
         <v>1155</v>
-      </c>
-[...34 lines deleted...]
-        <v>1152</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B6" t="s">
-        <v>321</v>
+        <v>327</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1159</v>
+        <v>1162</v>
       </c>
       <c r="H6" t="s">
-        <v>1160</v>
+        <v>1163</v>
       </c>
       <c r="I6" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J6" t="s">
-        <v>1161</v>
+        <v>1164</v>
       </c>
       <c r="K6" t="s">
-        <v>779</v>
+        <v>788</v>
       </c>
       <c r="L6" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="M6" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N6" t="s">
-        <v>1162</v>
+        <v>1165</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="Q6" t="s">
-        <v>1164</v>
+        <v>1167</v>
       </c>
       <c r="R6" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="S6" t="s">
-        <v>322</v>
+        <v>328</v>
       </c>
       <c r="T6" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B7" t="s">
-        <v>82</v>
+        <v>93</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1158</v>
+        <v>1161</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1170</v>
+      </c>
+      <c r="K7" t="s">
+        <v>788</v>
+      </c>
+      <c r="L7" t="s">
+        <v>95</v>
+      </c>
+      <c r="M7" t="s">
+        <v>567</v>
+      </c>
+      <c r="N7" t="s">
         <v>1165</v>
       </c>
-      <c r="H7" t="s">
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
         <v>1166</v>
       </c>
-      <c r="I7" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="Q7" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
       <c r="R7" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="S7" t="s">
-        <v>85</v>
+        <v>96</v>
       </c>
       <c r="T7" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B8" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1170</v>
+        <v>1173</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1171</v>
+        <v>1174</v>
       </c>
       <c r="H8" t="s">
-        <v>1172</v>
+        <v>1175</v>
       </c>
       <c r="I8" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J8" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="K8" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="L8" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M8" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N8" t="s">
-        <v>1175</v>
+        <v>1178</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="Q8" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="R8" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="S8" t="s">
-        <v>1177</v>
+        <v>1180</v>
       </c>
       <c r="T8" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B9" t="s">
+        <v>1182</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1183</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J9" t="s">
+        <v>20</v>
+      </c>
+      <c r="K9" t="s">
+        <v>853</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>567</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1185</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Q9" t="s">
         <v>1179</v>
       </c>
-      <c r="C9" t="s">
-[...14 lines deleted...]
-      <c r="H9" t="s">
+      <c r="R9" t="s">
+        <v>1166</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1186</v>
+      </c>
+      <c r="T9" t="s">
         <v>1181</v>
-      </c>
-[...34 lines deleted...]
-        <v>1178</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B10" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1185</v>
+        <v>1188</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1186</v>
+        <v>1189</v>
       </c>
       <c r="H10" t="s">
-        <v>1187</v>
+        <v>1190</v>
       </c>
       <c r="I10" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J10" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="K10" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="L10" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M10" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N10" t="s">
-        <v>1188</v>
+        <v>1191</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="Q10" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="R10" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="S10" t="s">
-        <v>1189</v>
+        <v>1192</v>
       </c>
       <c r="T10" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B11" t="s">
-        <v>1190</v>
+        <v>1193</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
       <c r="H11" t="s">
-        <v>1193</v>
+        <v>1196</v>
       </c>
       <c r="I11" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="J11" t="s">
-        <v>1173</v>
+        <v>1176</v>
       </c>
       <c r="K11" t="s">
-        <v>1174</v>
+        <v>1177</v>
       </c>
       <c r="L11" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="M11" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N11" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="Q11" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="R11" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="S11" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="T11" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
       <c r="H12" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="I12" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J12" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="K12" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
       <c r="L12" t="s">
-        <v>52</v>
+        <v>63</v>
       </c>
       <c r="M12" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N12" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="Q12" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="R12" t="s">
-        <v>1163</v>
+        <v>1166</v>
       </c>
       <c r="S12" t="s">
-        <v>53</v>
+        <v>64</v>
       </c>
       <c r="T12" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B13" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
       <c r="H13" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="I13" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="J13" t="s">
-        <v>1209</v>
+        <v>779</v>
       </c>
       <c r="K13" t="s">
-        <v>938</v>
+        <v>780</v>
       </c>
       <c r="L13" t="s">
-        <v>939</v>
+        <v>781</v>
       </c>
       <c r="M13" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N13" t="s">
-        <v>1210</v>
+        <v>1212</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>1149</v>
+        <v>1153</v>
       </c>
       <c r="Q13" t="s">
-        <v>1211</v>
+        <v>1213</v>
       </c>
       <c r="R13" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="S13" t="s">
-        <v>1212</v>
+        <v>1214</v>
       </c>
       <c r="T13" t="s">
-        <v>1204</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B14" t="s">
-        <v>1213</v>
+        <v>1215</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1214</v>
+        <v>1216</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1215</v>
+        <v>1217</v>
       </c>
       <c r="H14" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="I14" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J14" t="s">
-        <v>770</v>
+        <v>1219</v>
       </c>
       <c r="K14" t="s">
-        <v>771</v>
+        <v>654</v>
       </c>
       <c r="L14" t="s">
-        <v>772</v>
+        <v>63</v>
       </c>
       <c r="M14" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N14" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>1149</v>
+        <v>1166</v>
       </c>
       <c r="Q14" t="s">
-        <v>1211</v>
+        <v>1146</v>
       </c>
       <c r="R14" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="S14" t="s">
-        <v>1218</v>
+        <v>1221</v>
       </c>
       <c r="T14" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B15" t="s">
-        <v>1219</v>
+        <v>1222</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1220</v>
+        <v>1223</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1221</v>
+        <v>1224</v>
       </c>
       <c r="H15" t="s">
-        <v>1222</v>
+        <v>1225</v>
       </c>
       <c r="I15" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J15" t="s">
-        <v>1223</v>
+        <v>1054</v>
       </c>
       <c r="K15" t="s">
-        <v>641</v>
+        <v>1055</v>
       </c>
       <c r="L15" t="s">
-        <v>52</v>
+        <v>1056</v>
       </c>
       <c r="M15" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N15" t="s">
-        <v>1224</v>
+        <v>1226</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>1163</v>
+        <v>1153</v>
       </c>
       <c r="Q15" t="s">
-        <v>1142</v>
+        <v>1213</v>
       </c>
       <c r="R15" t="s">
-        <v>1163</v>
+        <v>677</v>
       </c>
       <c r="S15" t="s">
-        <v>1225</v>
+        <v>1227</v>
       </c>
       <c r="T15" t="s">
-        <v>1134</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B16" t="s">
-        <v>1226</v>
+        <v>1228</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1227</v>
+        <v>1229</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1228</v>
+        <v>1230</v>
       </c>
       <c r="H16" t="s">
-        <v>1229</v>
+        <v>1231</v>
       </c>
       <c r="I16" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J16" t="s">
-        <v>1050</v>
+        <v>1232</v>
       </c>
       <c r="K16" t="s">
-        <v>1051</v>
+        <v>1233</v>
       </c>
       <c r="L16" t="s">
-        <v>1052</v>
+        <v>1234</v>
       </c>
       <c r="M16" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N16" t="s">
-        <v>1230</v>
+        <v>1235</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>1149</v>
+        <v>1166</v>
       </c>
       <c r="Q16" t="s">
-        <v>1211</v>
+        <v>1136</v>
       </c>
       <c r="R16" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="S16" t="s">
-        <v>1231</v>
+        <v>1236</v>
       </c>
       <c r="T16" t="s">
-        <v>1178</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B17" t="s">
-        <v>1232</v>
+        <v>1237</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>1233</v>
+        <v>1238</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>1234</v>
+        <v>1239</v>
       </c>
       <c r="H17" t="s">
-        <v>1235</v>
+        <v>1240</v>
       </c>
       <c r="I17" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J17" t="s">
-        <v>1236</v>
+        <v>827</v>
       </c>
       <c r="K17" t="s">
-        <v>1237</v>
+        <v>828</v>
       </c>
       <c r="L17" t="s">
-        <v>1238</v>
+        <v>829</v>
       </c>
       <c r="M17" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N17" t="s">
-        <v>1239</v>
+        <v>1241</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="Q17" t="s">
-        <v>1132</v>
+        <v>1213</v>
       </c>
       <c r="R17" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="S17" t="s">
-        <v>1240</v>
+        <v>1242</v>
       </c>
       <c r="T17" t="s">
-        <v>1178</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B18" t="s">
-        <v>1241</v>
+        <v>1243</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1243</v>
+        <v>1245</v>
       </c>
       <c r="H18" t="s">
-        <v>1244</v>
+        <v>1246</v>
       </c>
       <c r="I18" t="s">
-        <v>1139</v>
+        <v>1197</v>
       </c>
       <c r="J18" t="s">
-        <v>818</v>
+        <v>1247</v>
       </c>
       <c r="K18" t="s">
-        <v>819</v>
+        <v>1248</v>
       </c>
       <c r="L18" t="s">
-        <v>820</v>
+        <v>52</v>
       </c>
       <c r="M18" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N18" t="s">
-        <v>1245</v>
+        <v>1249</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>564</v>
+        <v>1250</v>
       </c>
       <c r="Q18" t="s">
-        <v>1211</v>
+        <v>1251</v>
       </c>
       <c r="R18" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="S18" t="s">
-        <v>1246</v>
+        <v>53</v>
       </c>
       <c r="T18" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B19" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="H19" t="s">
-        <v>1250</v>
+        <v>1255</v>
       </c>
       <c r="I19" t="s">
-        <v>1194</v>
+        <v>1143</v>
       </c>
       <c r="J19" t="s">
-        <v>1251</v>
+        <v>564</v>
       </c>
       <c r="K19" t="s">
-        <v>1252</v>
+        <v>565</v>
       </c>
       <c r="L19" t="s">
-        <v>41</v>
+        <v>566</v>
       </c>
       <c r="M19" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N19" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>1254</v>
+        <v>568</v>
       </c>
       <c r="Q19" t="s">
-        <v>1255</v>
+        <v>1146</v>
       </c>
       <c r="R19" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="S19" t="s">
-        <v>42</v>
+        <v>1257</v>
       </c>
       <c r="T19" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B20" t="s">
-        <v>1256</v>
+        <v>1258</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1257</v>
+        <v>1259</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1258</v>
+        <v>1260</v>
       </c>
       <c r="H20" t="s">
-        <v>1259</v>
+        <v>1261</v>
       </c>
       <c r="I20" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J20" t="s">
-        <v>1260</v>
+        <v>1262</v>
       </c>
       <c r="K20" t="s">
-        <v>708</v>
+        <v>666</v>
       </c>
       <c r="L20" t="s">
-        <v>709</v>
+        <v>667</v>
       </c>
       <c r="M20" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N20" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="Q20" t="s">
-        <v>1142</v>
+        <v>1136</v>
       </c>
       <c r="R20" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="S20" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="T20" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B21" t="s">
-        <v>1263</v>
+        <v>72</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1264</v>
+        <v>1265</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1265</v>
+        <v>1266</v>
       </c>
       <c r="H21" t="s">
-        <v>1266</v>
+        <v>1267</v>
       </c>
       <c r="I21" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J21" t="s">
-        <v>1267</v>
+        <v>1268</v>
       </c>
       <c r="K21" t="s">
-        <v>654</v>
+        <v>1269</v>
       </c>
       <c r="L21" t="s">
-        <v>655</v>
+        <v>74</v>
       </c>
       <c r="M21" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N21" t="s">
-        <v>1268</v>
+        <v>1270</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="Q21" t="s">
-        <v>1132</v>
+        <v>1271</v>
       </c>
       <c r="R21" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="S21" t="s">
-        <v>1269</v>
+        <v>75</v>
       </c>
       <c r="T21" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>1272</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1270</v>
+        <v>1238</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1271</v>
+        <v>1273</v>
       </c>
       <c r="H22" t="s">
-        <v>1272</v>
+        <v>1274</v>
       </c>
       <c r="I22" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="J22" t="s">
-        <v>1273</v>
+        <v>20</v>
       </c>
       <c r="K22" t="s">
-        <v>1274</v>
+        <v>828</v>
       </c>
       <c r="L22" t="s">
-        <v>63</v>
+        <v>829</v>
       </c>
       <c r="M22" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N22" t="s">
         <v>1275</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="Q22" t="s">
         <v>1276</v>
       </c>
       <c r="R22" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="S22" t="s">
-        <v>64</v>
+        <v>1277</v>
       </c>
       <c r="T22" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B23" t="s">
-        <v>1277</v>
+        <v>1278</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1242</v>
+        <v>1244</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1278</v>
+        <v>1279</v>
       </c>
       <c r="H23" t="s">
-        <v>1279</v>
+        <v>1280</v>
       </c>
       <c r="I23" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="J23" t="s">
-        <v>20</v>
+        <v>787</v>
       </c>
       <c r="K23" t="s">
-        <v>819</v>
+        <v>788</v>
       </c>
       <c r="L23" t="s">
-        <v>820</v>
+        <v>95</v>
       </c>
       <c r="M23" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N23" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="Q23" t="s">
-        <v>1281</v>
+        <v>1276</v>
       </c>
       <c r="R23" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="S23" t="s">
         <v>1282</v>
       </c>
       <c r="T23" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B24" t="s">
         <v>1283</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1248</v>
+        <v>1216</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
         <v>1284</v>
       </c>
       <c r="H24" t="s">
         <v>1285</v>
       </c>
       <c r="I24" t="s">
-        <v>1139</v>
+        <v>1197</v>
       </c>
       <c r="J24" t="s">
-        <v>778</v>
+        <v>20</v>
       </c>
       <c r="K24" t="s">
-        <v>779</v>
+        <v>1286</v>
       </c>
       <c r="L24" t="s">
-        <v>84</v>
+        <v>1287</v>
       </c>
       <c r="M24" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N24" t="s">
-        <v>1286</v>
+        <v>1288</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="Q24" t="s">
-        <v>1281</v>
+        <v>1289</v>
       </c>
       <c r="R24" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="S24" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="T24" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B25" t="s">
-        <v>1288</v>
+        <v>1291</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>1220</v>
+        <v>1292</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1295</v>
+      </c>
+      <c r="K25" t="s">
+        <v>565</v>
+      </c>
+      <c r="L25" t="s">
+        <v>566</v>
+      </c>
+      <c r="M25" t="s">
+        <v>567</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1296</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>568</v>
+      </c>
+      <c r="Q25" t="s">
         <v>1289</v>
       </c>
-      <c r="H25" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="R25" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="S25" t="s">
-        <v>1295</v>
+        <v>1297</v>
       </c>
       <c r="T25" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B26" t="s">
-        <v>1296</v>
+        <v>1139</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="H26" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="I26" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J26" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="K26" t="s">
-        <v>708</v>
+        <v>788</v>
       </c>
       <c r="L26" t="s">
-        <v>709</v>
+        <v>95</v>
       </c>
       <c r="M26" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N26" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>564</v>
+        <v>1166</v>
       </c>
       <c r="Q26" t="s">
-        <v>1294</v>
+        <v>1146</v>
       </c>
       <c r="R26" t="s">
-        <v>564</v>
+        <v>1166</v>
       </c>
       <c r="S26" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="T26" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B27" t="s">
-        <v>1135</v>
+        <v>1304</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1303</v>
+        <v>1244</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="H27" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="I27" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J27" t="s">
-        <v>1306</v>
+        <v>1094</v>
       </c>
       <c r="K27" t="s">
-        <v>779</v>
+        <v>853</v>
       </c>
       <c r="L27" t="s">
-        <v>84</v>
+        <v>30</v>
       </c>
       <c r="M27" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N27" t="s">
+        <v>20</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1250</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1206</v>
+      </c>
+      <c r="R27" t="s">
+        <v>677</v>
+      </c>
+      <c r="S27" t="s">
         <v>1307</v>
       </c>
-      <c r="O27" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T27" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B28" t="s">
+        <v>1308</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>1309</v>
-      </c>
-[...7 lines deleted...]
-        <v>1248</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
         <v>1310</v>
       </c>
       <c r="H28" t="s">
         <v>1311</v>
       </c>
       <c r="I28" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J28" t="s">
-        <v>1090</v>
+        <v>20</v>
       </c>
       <c r="K28" t="s">
-        <v>844</v>
+        <v>919</v>
       </c>
       <c r="L28" t="s">
-        <v>764</v>
+        <v>920</v>
       </c>
       <c r="M28" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N28" t="s">
-        <v>20</v>
+        <v>1312</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>1254</v>
+        <v>568</v>
       </c>
       <c r="Q28" t="s">
-        <v>1203</v>
+        <v>1179</v>
       </c>
       <c r="R28" t="s">
-        <v>665</v>
+        <v>568</v>
       </c>
       <c r="S28" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="T28" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B29" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="H29" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="I29" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>807</v>
       </c>
       <c r="K29" t="s">
-        <v>910</v>
+        <v>693</v>
       </c>
       <c r="L29" t="s">
-        <v>911</v>
+        <v>646</v>
       </c>
       <c r="M29" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N29" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>564</v>
+        <v>1166</v>
       </c>
       <c r="Q29" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="R29" t="s">
-        <v>564</v>
+        <v>1166</v>
       </c>
       <c r="S29" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="T29" t="s">
-        <v>1134</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B30" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1320</v>
+        <v>1309</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>1321</v>
       </c>
       <c r="H30" t="s">
         <v>1322</v>
       </c>
       <c r="I30" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="J30" t="s">
-        <v>798</v>
+        <v>1323</v>
       </c>
       <c r="K30" t="s">
-        <v>681</v>
+        <v>794</v>
       </c>
       <c r="L30" t="s">
-        <v>633</v>
+        <v>795</v>
       </c>
       <c r="M30" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N30" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="Q30" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="R30" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="S30" t="s">
-        <v>1324</v>
+        <v>1325</v>
       </c>
       <c r="T30" t="s">
-        <v>1204</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B31" t="s">
-        <v>1325</v>
+        <v>1326</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1326</v>
+        <v>1327</v>
       </c>
       <c r="H31" t="s">
-        <v>1327</v>
+        <v>1328</v>
       </c>
       <c r="I31" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J31" t="s">
-        <v>1328</v>
+        <v>1203</v>
       </c>
       <c r="K31" t="s">
-        <v>785</v>
+        <v>1204</v>
       </c>
       <c r="L31" t="s">
-        <v>786</v>
+        <v>63</v>
       </c>
       <c r="M31" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N31" t="s">
+        <v>1318</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1166</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1179</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1166</v>
+      </c>
+      <c r="S31" t="s">
         <v>1329</v>
       </c>
-      <c r="O31" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T31" t="s">
-        <v>1134</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B32" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1309</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>1331</v>
       </c>
-      <c r="C32" t="s">
-[...11 lines deleted...]
-      <c r="G32" t="s">
+      <c r="H32" t="s">
         <v>1332</v>
       </c>
-      <c r="H32" t="s">
+      <c r="I32" t="s">
+        <v>1143</v>
+      </c>
+      <c r="J32" t="s">
         <v>1333</v>
       </c>
-      <c r="I32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K32" t="s">
-        <v>1201</v>
+        <v>794</v>
       </c>
       <c r="L32" t="s">
-        <v>52</v>
+        <v>795</v>
       </c>
       <c r="M32" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N32" t="s">
-        <v>1323</v>
+        <v>1334</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="Q32" t="s">
-        <v>1176</v>
+        <v>1179</v>
       </c>
       <c r="R32" t="s">
-        <v>1163</v>
+        <v>568</v>
       </c>
       <c r="S32" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="T32" t="s">
-        <v>1204</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B33" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1314</v>
+        <v>1194</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="H33" t="s">
-        <v>1337</v>
+        <v>1338</v>
       </c>
       <c r="I33" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J33" t="s">
-        <v>1338</v>
+        <v>1339</v>
       </c>
       <c r="K33" t="s">
-        <v>785</v>
+        <v>1177</v>
       </c>
       <c r="L33" t="s">
-        <v>786</v>
+        <v>41</v>
       </c>
       <c r="M33" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N33" t="s">
-        <v>1339</v>
+        <v>1340</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="Q33" t="s">
-        <v>1176</v>
+        <v>1276</v>
       </c>
       <c r="R33" t="s">
-        <v>564</v>
+        <v>677</v>
       </c>
       <c r="S33" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="T33" t="s">
-        <v>1134</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B34" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1191</v>
+        <v>1343</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1342</v>
+        <v>1344</v>
       </c>
       <c r="H34" t="s">
-        <v>1343</v>
+        <v>1345</v>
       </c>
       <c r="I34" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="J34" t="s">
-        <v>1344</v>
+        <v>807</v>
       </c>
       <c r="K34" t="s">
-        <v>1174</v>
+        <v>1346</v>
       </c>
       <c r="L34" t="s">
-        <v>30</v>
+        <v>646</v>
       </c>
       <c r="M34" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N34" t="s">
-        <v>1345</v>
+        <v>1347</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>665</v>
+        <v>1153</v>
       </c>
       <c r="Q34" t="s">
-        <v>1281</v>
+        <v>1213</v>
       </c>
       <c r="R34" t="s">
-        <v>665</v>
+        <v>677</v>
       </c>
       <c r="S34" t="s">
-        <v>1346</v>
+        <v>1348</v>
       </c>
       <c r="T34" t="s">
-        <v>1178</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B35" t="s">
-        <v>1347</v>
+        <v>1272</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1348</v>
+        <v>1343</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>1349</v>
       </c>
       <c r="H35" t="s">
         <v>1350</v>
       </c>
       <c r="I35" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
       <c r="J35" t="s">
-        <v>798</v>
+        <v>807</v>
       </c>
       <c r="K35" t="s">
+        <v>1346</v>
+      </c>
+      <c r="L35" t="s">
+        <v>646</v>
+      </c>
+      <c r="M35" t="s">
+        <v>567</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1347</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>677</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>1276</v>
+      </c>
+      <c r="R35" t="s">
+        <v>677</v>
+      </c>
+      <c r="S35" t="s">
         <v>1351</v>
       </c>
-      <c r="L35" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="T35" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1122</v>
+        <v>1126</v>
       </c>
       <c r="B36" t="s">
-        <v>1277</v>
+        <v>1352</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1348</v>
+        <v>1353</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>1354</v>
       </c>
       <c r="H36" t="s">
         <v>1355</v>
       </c>
       <c r="I36" t="s">
-        <v>1127</v>
+        <v>1143</v>
       </c>
       <c r="J36" t="s">
-        <v>798</v>
+        <v>20</v>
       </c>
       <c r="K36" t="s">
-        <v>1351</v>
+        <v>853</v>
       </c>
       <c r="L36" t="s">
-        <v>633</v>
+        <v>30</v>
       </c>
       <c r="M36" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="N36" t="s">
-        <v>1352</v>
+        <v>1356</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="Q36" t="s">
-        <v>1281</v>
+        <v>1136</v>
       </c>
       <c r="R36" t="s">
-        <v>665</v>
+        <v>1166</v>
       </c>
       <c r="S36" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="T36" t="s">
-        <v>1134</v>
-[...61 lines deleted...]
-        <v>1134</v>
+        <v>1138</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>