--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -80,87 +80,87 @@
   <si>
     <t>Type d'établissement</t>
   </si>
   <si>
     <t>Activités</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Numéro finess geo</t>
   </si>
   <si>
     <t>Niveau de certification</t>
   </si>
   <si>
     <t>Etablissement de santé</t>
   </si>
   <si>
     <t>GCS TERRITORIAL ARDENNE NORD SITE CH SEDAN</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>18/06/2025 14:53:52</t>
+    <t>17/12/2025 13:50:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/230_FicheEtablissement/fr/gcs-territ-arden-nord-site-ch-sedan</t>
   </si>
   <si>
     <t>230_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>2 Avenue General Marguerite</t>
   </si>
   <si>
     <t>08209 SEDAN</t>
   </si>
   <si>
     <t>SEDAN</t>
   </si>
   <si>
     <t>08</t>
   </si>
   <si>
     <t>0324588633</t>
   </si>
   <si>
     <t>Privé à but non lucratif</t>
   </si>
   <si>
     <t>Chirurgie</t>
   </si>
   <si>
     <t>080010465</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE</t>
   </si>
   <si>
     <t>06/02/2024 21:27:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/229_FicheEtablissement/fr/usld-de-l-hopital-de-sedan</t>
   </si>
   <si>
     <t>229_FicheEtablissement</t>
   </si>
   <si>
     <t>2 Avenue General Margueritte</t>
   </si>
   <si>
     <t>08208 SEDAN</t>
   </si>
   <si>
     <t>0324228008</t>
   </si>
   <si>
     <t>Public</t>
   </si>