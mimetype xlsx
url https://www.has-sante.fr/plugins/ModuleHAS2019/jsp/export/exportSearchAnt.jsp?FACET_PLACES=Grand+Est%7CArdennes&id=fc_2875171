--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2211" uniqueCount="867">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -228,96 +234,2478 @@
     <t>https://www.has-sante.fr/jcms/c_2711711/fr/docteur-celestin-esso</t>
   </si>
   <si>
     <t>c_2711711</t>
   </si>
   <si>
     <t>ESSO</t>
   </si>
   <si>
     <t>Celestin</t>
   </si>
   <si>
     <t>14 September 2023</t>
   </si>
   <si>
     <t>USLD SITE CENTRE DE SANTE,CLINIQUE DU PARC</t>
   </si>
   <si>
     <t>08000,08011</t>
   </si>
   <si>
     <t>CHARLEVILLE MEZIERES,CHARLEVILLE MEZIERES</t>
   </si>
   <si>
     <t>080005960,080010523</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>UEMO STEMOI-HD CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>17/12/2025 05:06:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15271_FicheESSMS/fr/uemo-stemoi-hd-charleville-mezieres</t>
+  </si>
+  <si>
+    <t>15271_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Rue Madame De Sevigne</t>
+  </si>
+  <si>
+    <t>08000 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>08</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>080011679</t>
+  </si>
+  <si>
+    <t>UEHD-T STEMOI-HD CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15270_FicheESSMS/fr/uehd-t-stemoi-hd-charleville-mezieres</t>
+  </si>
+  <si>
+    <t>15270_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De L'Industrie</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>080011992</t>
+  </si>
+  <si>
+    <t>UEAJ STEMOI-HD CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15269_FicheESSMS/fr/ueaj-stemoi-hd-charleville-mezieres</t>
+  </si>
+  <si>
+    <t>15269_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre d'Action Educative (C.A.E.)</t>
+  </si>
+  <si>
+    <t>080011984</t>
+  </si>
+  <si>
+    <t>IME MORAYPRE</t>
+  </si>
+  <si>
+    <t>07/12/2025 05:04:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15089_FicheESSMS/fr/ime-moraypre</t>
+  </si>
+  <si>
+    <t>15089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Du 24 Aout</t>
+  </si>
+  <si>
+    <t>08170 HAYBES</t>
+  </si>
+  <si>
+    <t>HAYBES</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>080000177</t>
+  </si>
+  <si>
+    <t>IME LES SYLVAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15088_FicheESSMS/fr/ime-les-sylvains</t>
+  </si>
+  <si>
+    <t>15088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08310 DRICOURT</t>
+  </si>
+  <si>
+    <t>DRICOURT</t>
+  </si>
+  <si>
+    <t>080000169</t>
+  </si>
+  <si>
+    <t>ITEP SAAME TH ET CH FORTIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15087_FicheESSMS/fr/itep-saame-th-et-ch-fortier</t>
+  </si>
+  <si>
+    <t>15087_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>080002348</t>
+  </si>
+  <si>
+    <t>ITEP THERESE ET CHARLES FORTIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15086_FicheESSMS/fr/itep-therese-et-charles-fortier</t>
+  </si>
+  <si>
+    <t>15086_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080010192</t>
+  </si>
+  <si>
+    <t>SESSAD DE LA VALLEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15085_FicheESSMS/fr/sessad-de-la-vallee</t>
+  </si>
+  <si>
+    <t>15085_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>080007750</t>
+  </si>
+  <si>
+    <t>SESSAD LES SYLVAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15084_FicheESSMS/fr/sessad-les-sylvains</t>
+  </si>
+  <si>
+    <t>15084_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080007768</t>
+  </si>
+  <si>
+    <t>FOYER DE REPIT</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14232_FicheESSMS/fr/foyer-de-repit</t>
+  </si>
+  <si>
+    <t>14232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08240 BELLEVILLE ET CHATILLON SU</t>
+  </si>
+  <si>
+    <t>BELLEVILLE ET CHATILLON SU</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Enfance Handicapée</t>
+  </si>
+  <si>
+    <t>080009269</t>
+  </si>
+  <si>
+    <t>CADA ADOMA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14378_FicheESSMS/fr/cada-adoma</t>
+  </si>
+  <si>
+    <t>14378_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Des Genets</t>
+  </si>
+  <si>
+    <t>08500 REVIN</t>
+  </si>
+  <si>
+    <t>REVIN</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>080006919</t>
+  </si>
+  <si>
+    <t>EHPAD DE L'ABBAYE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14420_FicheESSMS/fr/ehpad-de-l-abbaye</t>
+  </si>
+  <si>
+    <t>14420_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08210 MOUZON</t>
+  </si>
+  <si>
+    <t>MOUZON</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>080002041</t>
+  </si>
+  <si>
+    <t>EHPAD ST BENOIT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14419_FicheESSMS/fr/ehpad-st-benoit</t>
+  </si>
+  <si>
+    <t>14419_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Cdt Bourges</t>
+  </si>
+  <si>
+    <t>08350 DONCHERY</t>
+  </si>
+  <si>
+    <t>DONCHERY</t>
+  </si>
+  <si>
+    <t>080002033</t>
+  </si>
+  <si>
+    <t>EHPAD  DE FLAMANVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14418_FicheESSMS/fr/ehpad-de-flamanville</t>
+  </si>
+  <si>
+    <t>14418_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Flamanville</t>
+  </si>
+  <si>
+    <t>08140 BAZEILLES</t>
+  </si>
+  <si>
+    <t>BAZEILLES</t>
+  </si>
+  <si>
+    <t>080002017</t>
+  </si>
+  <si>
+    <t>MARPA LUCIE GABREAU</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:28:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14586_FicheESSMS/fr/marpa-lucie-gabreau</t>
+  </si>
+  <si>
+    <t>14586_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Crawinkel</t>
+  </si>
+  <si>
+    <t>08310 JUNIVILLE</t>
+  </si>
+  <si>
+    <t>JUNIVILLE</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>080002918</t>
+  </si>
+  <si>
+    <t>SERVICE ACTION EDUCATIVE MILIEU OUVERT</t>
+  </si>
+  <si>
+    <t>19/10/2025 16:18:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14156_FicheESSMS/fr/service-action-educative-milieu-ouvert</t>
+  </si>
+  <si>
+    <t>14156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Louis Jouvet</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>080003239</t>
+  </si>
+  <si>
+    <t>EHPAD DE LIART</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/43_FicheESSMS/fr/ehpad-de-liart</t>
+  </si>
+  <si>
+    <t>43_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Labecq</t>
+  </si>
+  <si>
+    <t>08290 LIART</t>
+  </si>
+  <si>
+    <t>LIART</t>
+  </si>
+  <si>
+    <t>080009988</t>
+  </si>
+  <si>
+    <t>SAMSAH L'IANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/388_FicheESSMS/fr/samsah-l-iant</t>
+  </si>
+  <si>
+    <t>388_FicheESSMS</t>
+  </si>
+  <si>
+    <t>95 Rue Saint Eloi</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>080010010</t>
+  </si>
+  <si>
+    <t>SESSAD CENTRE DE RÉÉDUCATION MOTRICE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/413_FicheESSMS/fr/sessad-centre-de-reeducation-motrice</t>
+  </si>
+  <si>
+    <t>413_FicheESSMS</t>
+  </si>
+  <si>
+    <t>147 Route De Charleville</t>
+  </si>
+  <si>
+    <t>08090 WARNECOURT</t>
+  </si>
+  <si>
+    <t>WARNECOURT</t>
+  </si>
+  <si>
+    <t>080009913</t>
+  </si>
+  <si>
+    <t>CENTRE DE REEDUCATION MOTRICE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/412_FicheESSMS/fr/centre-de-reeducation-motrice</t>
+  </si>
+  <si>
+    <t>412_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>080007248</t>
+  </si>
+  <si>
+    <t>SAVS L'IANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/535_FicheESSMS/fr/savs-l-iant</t>
+  </si>
+  <si>
+    <t>535_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>080011109</t>
+  </si>
+  <si>
+    <t>I.M.E.  EDPAMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/603_FicheESSMS/fr/i-m-e-edpams</t>
+  </si>
+  <si>
+    <t>603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080000011</t>
+  </si>
+  <si>
+    <t>I. M. E. EDPAMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/602_FicheESSMS/fr/i-m-e-edpams</t>
+  </si>
+  <si>
+    <t>602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Labreteche</t>
+  </si>
+  <si>
+    <t>08200 SEDAN</t>
+  </si>
+  <si>
+    <t>SEDAN</t>
+  </si>
+  <si>
+    <t>080008378</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/601_FicheESSMS/fr/i-m-e-edpams</t>
+  </si>
+  <si>
+    <t>601_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Avenue Philippoteaux</t>
+  </si>
+  <si>
+    <t>080008329</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/600_FicheESSMS/fr/i-m-e-edpams</t>
+  </si>
+  <si>
+    <t>600_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08090 MONTCY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>MONTCY NOTRE DAME</t>
+  </si>
+  <si>
+    <t>080000227</t>
+  </si>
+  <si>
+    <t>CSAPA ANPAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1050_FicheESSMS/fr/csapa-anpaa</t>
+  </si>
+  <si>
+    <t>1050_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>080011299</t>
+  </si>
+  <si>
+    <t>CADA AATM CHARLEVILLE-MÉZIÈRES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2002_FicheESSMS/fr/cada-aatm-charleville-mezieres</t>
+  </si>
+  <si>
+    <t>2002_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Sources</t>
+  </si>
+  <si>
+    <t>080001928</t>
+  </si>
+  <si>
+    <t>CPH AATM CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2001_FicheESSMS/fr/cph-aatm-charleville-mezieres</t>
+  </si>
+  <si>
+    <t>2001_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>080011208</t>
+  </si>
+  <si>
+    <t>EHPAD RES ST ANTOINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3031_FicheESSMS/fr/ehpad-res-st-antoine</t>
+  </si>
+  <si>
+    <t>3031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08800 MONTHERME</t>
+  </si>
+  <si>
+    <t>MONTHERME</t>
+  </si>
+  <si>
+    <t>080003312</t>
+  </si>
+  <si>
+    <t>EHPAD SOLFERINO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3030_FicheESSMS/fr/ehpad-solferino</t>
+  </si>
+  <si>
+    <t>3030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue De La Piece Du Roi</t>
+  </si>
+  <si>
+    <t>08110 CARIGNAN</t>
+  </si>
+  <si>
+    <t>CARIGNAN</t>
+  </si>
+  <si>
+    <t>080005705</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF RENFORCE MUSTANG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3275_FicheESSMS/fr/centre-educatif-renforce-mustang</t>
+  </si>
+  <si>
+    <t>3275_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Avenue De L'Europe</t>
+  </si>
+  <si>
+    <t>080002819</t>
+  </si>
+  <si>
+    <t>EHPAD LE PRE DU SART</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3321_FicheESSMS/fr/ehpad-le-pre-du-sart</t>
+  </si>
+  <si>
+    <t>3321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Leon Blum</t>
+  </si>
+  <si>
+    <t>080006018</t>
+  </si>
+  <si>
+    <t>EHPAD RES MARCADET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3320_FicheESSMS/fr/ehpad-res-marcadet</t>
+  </si>
+  <si>
+    <t>3320_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Des Euvies</t>
+  </si>
+  <si>
+    <t>08120 BOGNY SUR MEUSE</t>
+  </si>
+  <si>
+    <t>BOGNY SUR MEUSE</t>
+  </si>
+  <si>
+    <t>080008204</t>
+  </si>
+  <si>
+    <t>AJ RELAIS PASS'AGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3319_FicheESSMS/fr/aj-relais-pass-age</t>
+  </si>
+  <si>
+    <t>3319_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue General De Gaulle</t>
+  </si>
+  <si>
+    <t>08700 NOUZONVILLE</t>
+  </si>
+  <si>
+    <t>NOUZONVILLE</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>080010689</t>
+  </si>
+  <si>
+    <t>CTRE PREORIENTATION UGECAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3625_FicheESSMS/fr/ctre-preorientation-ugecam</t>
+  </si>
+  <si>
+    <t>3625_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue De Warcq</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Préorientation</t>
+  </si>
+  <si>
+    <t>080007222</t>
+  </si>
+  <si>
+    <t>IMPRO DE REVIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3930_FicheESSMS/fr/impro-de-revin</t>
+  </si>
+  <si>
+    <t>3930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1081 Avenue De La Cite Scolaire</t>
+  </si>
+  <si>
+    <t>080000201</t>
+  </si>
+  <si>
+    <t>FH FUMAY-POLE LOGEMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3929_FicheESSMS/fr/fh-fumay-pole-logement</t>
+  </si>
+  <si>
+    <t>3929_FicheESSMS</t>
+  </si>
+  <si>
+    <t>230 Place Du Baty</t>
+  </si>
+  <si>
+    <t>08170 FUMAY</t>
+  </si>
+  <si>
+    <t>FUMAY</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>080006125</t>
+  </si>
+  <si>
+    <t>FH FUMAY-APPARTEMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3928_FicheESSMS/fr/fh-fumay-appartements</t>
+  </si>
+  <si>
+    <t>3928_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Place Du Baty</t>
+  </si>
+  <si>
+    <t>080006661</t>
+  </si>
+  <si>
+    <t>ESAT AFEIPH REVIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3927_FicheESSMS/fr/esat-afeiph-revin</t>
+  </si>
+  <si>
+    <t>3927_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>080006786</t>
+  </si>
+  <si>
+    <t>ESAT AFEIPH FUMAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3926_FicheESSMS/fr/esat-afeiph-fumay</t>
+  </si>
+  <si>
+    <t>3926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080003205</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE PIERRE SIEGEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5575_FicheESSMS/fr/residence-autonomie-pierre-siegel</t>
+  </si>
+  <si>
+    <t>5575_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Georges Pompidou</t>
+  </si>
+  <si>
+    <t>08300 RETHEL</t>
+  </si>
+  <si>
+    <t>RETHEL</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>080006190</t>
+  </si>
+  <si>
+    <t>SESSAD  LA TOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5797_FicheESSMS/fr/sessad-la-tour</t>
+  </si>
+  <si>
+    <t>5797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Tour</t>
+  </si>
+  <si>
+    <t>080006802</t>
+  </si>
+  <si>
+    <t>I.M.E. LA TOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6141_FicheESSMS/fr/i-m-e-la-tour</t>
+  </si>
+  <si>
+    <t>6141_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080002082</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DUCALE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6203_FicheESSMS/fr/ehpad-residence-ducale</t>
+  </si>
+  <si>
+    <t>6203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Des Aliziers</t>
+  </si>
+  <si>
+    <t>08000 VILLERS SEMEUSE</t>
+  </si>
+  <si>
+    <t>VILLERS SEMEUSE</t>
+  </si>
+  <si>
+    <t>080009368</t>
+  </si>
+  <si>
+    <t>FAM CLE DES VENTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6356_FicheESSMS/fr/fam-cle-des-vents</t>
+  </si>
+  <si>
+    <t>6356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>080010705</t>
+  </si>
+  <si>
+    <t>FV LA BARAUDELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6460_FicheESSMS/fr/fv-la-baraudelle</t>
+  </si>
+  <si>
+    <t>6460_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse Le Long Pre</t>
+  </si>
+  <si>
+    <t>08130 ATTIGNY</t>
+  </si>
+  <si>
+    <t>ATTIGNY</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>080006398</t>
+  </si>
+  <si>
+    <t>FAM LA BARAUDELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6459_FicheESSMS/fr/fam-la-baraudelle</t>
+  </si>
+  <si>
+    <t>6459_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080009996</t>
+  </si>
+  <si>
+    <t>EHPAD DU CH DE FUMAY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6813_FicheESSMS/fr/ehpad-du-ch-de-fumay</t>
+  </si>
+  <si>
+    <t>6813_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Place Du Baty</t>
+  </si>
+  <si>
+    <t>080006174</t>
+  </si>
+  <si>
+    <t>EHPAD DE NOUZONVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6812_FicheESSMS/fr/ehpad-de-nouzonville</t>
+  </si>
+  <si>
+    <t>6812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue Edouard Vaillant</t>
+  </si>
+  <si>
+    <t>080006182</t>
+  </si>
+  <si>
+    <t>EHPAD LA RESIDENCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6811_FicheESSMS/fr/ehpad-la-residence</t>
+  </si>
+  <si>
+    <t>6811_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Jean Mermoz</t>
+  </si>
+  <si>
+    <t>08011 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>080003643</t>
+  </si>
+  <si>
+    <t>EHPAD JEAN JAURES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6810_FicheESSMS/fr/ehpad-jean-jaures</t>
+  </si>
+  <si>
+    <t>6810_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>080007735</t>
+  </si>
+  <si>
+    <t>EHPAD CENTRE DE SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6809_FicheESSMS/fr/ehpad-centre-de-sante</t>
+  </si>
+  <si>
+    <t>6809_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080009947</t>
+  </si>
+  <si>
+    <t>SSIAD DU GHSA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6988_FicheESSMS/fr/ssiad-du-ghsa</t>
+  </si>
+  <si>
+    <t>6988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Henrionnet</t>
+  </si>
+  <si>
+    <t>08400 VOUZIERS</t>
+  </si>
+  <si>
+    <t>VOUZIERS</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>080005721</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACTION MEDICO-SOCIALE PRECOCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7156_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
+  </si>
+  <si>
+    <t>7156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cours A Briand</t>
+  </si>
+  <si>
+    <t>08105 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>080003544</t>
+  </si>
+  <si>
+    <t>CMPP DES ARDENNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7155_FicheESSMS/fr/cmpp-des-ardennes</t>
+  </si>
+  <si>
+    <t>7155_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cours Briand</t>
+  </si>
+  <si>
+    <t>08005 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>080000235</t>
+  </si>
+  <si>
+    <t>CTRE D'AUDIOPHONOL ET D'EDUC SENSORIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7154_FicheESSMS/fr/ctre-d-audiophonol-et-d-educ-sensoriel</t>
+  </si>
+  <si>
+    <t>7154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>08107 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>080001894</t>
+  </si>
+  <si>
+    <t>SESSAD  CTRE D'AUDIOPH ET EDUC SENSORI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7153_FicheESSMS/fr/sessad-ctre-d-audioph-et-educ-sensori</t>
+  </si>
+  <si>
+    <t>7153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080009905</t>
+  </si>
+  <si>
+    <t>EHPAD DE ROCROI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7528_FicheESSMS/fr/ehpad-de-rocroi</t>
+  </si>
+  <si>
+    <t>7528_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De Nevers</t>
+  </si>
+  <si>
+    <t>08230 ROCROI</t>
+  </si>
+  <si>
+    <t>ROCROI</t>
+  </si>
+  <si>
+    <t>080002058</t>
+  </si>
+  <si>
+    <t>SESSAD IEPM DE  MONTVILLERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7657_FicheESSMS/fr/sessad-iepm-de-montvillers</t>
+  </si>
+  <si>
+    <t>7657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Genets</t>
+  </si>
+  <si>
+    <t>080009871</t>
+  </si>
+  <si>
+    <t>IEPM DE MONTVILLERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7656_FicheESSMS/fr/iepm-de-montvillers</t>
+  </si>
+  <si>
+    <t>7656_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080002132</t>
+  </si>
+  <si>
+    <t>FH LES SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7798_FicheESSMS/fr/fh-les-sources</t>
+  </si>
+  <si>
+    <t>7798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Jules Clin</t>
+  </si>
+  <si>
+    <t>080007545</t>
+  </si>
+  <si>
+    <t>FH LES ALLEES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7797_FicheESSMS/fr/fh-les-allees</t>
+  </si>
+  <si>
+    <t>7797_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080006117</t>
+  </si>
+  <si>
+    <t>ESAT AAPH CHARLEVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7796_FicheESSMS/fr/esat-aaph-charleville</t>
+  </si>
+  <si>
+    <t>7796_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>080009327</t>
+  </si>
+  <si>
+    <t>ESAT AAPH VOUZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7795_FicheESSMS/fr/esat-aaph-vouziers</t>
+  </si>
+  <si>
+    <t>7795_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080003262</t>
+  </si>
+  <si>
+    <t>ESAT AAPH RETHEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7794_FicheESSMS/fr/esat-aaph-rethel</t>
+  </si>
+  <si>
+    <t>7794_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080003288</t>
+  </si>
+  <si>
+    <t>ESAT AAPH DONCHERY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7793_FicheESSMS/fr/esat-aaph-donchery</t>
+  </si>
+  <si>
+    <t>7793_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Chemin Du Loup</t>
+  </si>
+  <si>
+    <t>080010895</t>
+  </si>
+  <si>
+    <t>ESAT AAPH BOGNY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7792_FicheESSMS/fr/esat-aaph-bogny</t>
+  </si>
+  <si>
+    <t>7792_FicheESSMS</t>
+  </si>
+  <si>
+    <t>84 Rue Maurice Louis</t>
+  </si>
+  <si>
+    <t>080003270</t>
+  </si>
+  <si>
+    <t>UDAF SERVICE MJPM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8069_FicheESSMS/fr/udaf-service-mjpm</t>
+  </si>
+  <si>
+    <t>8069_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Boulevard Georges Poirier</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>080010184</t>
+  </si>
+  <si>
+    <t>EHPAD LINARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8645_FicheESSMS/fr/ehpad-linard</t>
+  </si>
+  <si>
+    <t>8645_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place D Armes</t>
+  </si>
+  <si>
+    <t>08190 ST GERMAINMONT</t>
+  </si>
+  <si>
+    <t>ST GERMAINMONT</t>
+  </si>
+  <si>
+    <t>080002066</t>
+  </si>
+  <si>
+    <t>EHPAD LES VIGNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8644_FicheESSMS/fr/ehpad-les-vignes</t>
+  </si>
+  <si>
+    <t>8644_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Morteau</t>
+  </si>
+  <si>
+    <t>08360 CHATEAU PORCIEN</t>
+  </si>
+  <si>
+    <t>CHATEAU PORCIEN</t>
+  </si>
+  <si>
+    <t>080002025</t>
+  </si>
+  <si>
+    <t>SAAD HELLO DOMICILE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8894_FicheESSMS/fr/saad-hello-domicile</t>
+  </si>
+  <si>
+    <t>8894_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>080011323</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES SORBIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8933_FicheESSMS/fr/residence-autonomie-les-sorbiers</t>
+  </si>
+  <si>
+    <t>8933_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Des Mesanges</t>
+  </si>
+  <si>
+    <t>080005903</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LA WARENNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8932_FicheESSMS/fr/residence-autonomie-la-warenne</t>
+  </si>
+  <si>
+    <t>8932_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue Leon Dehuz</t>
+  </si>
+  <si>
+    <t>080003221</t>
+  </si>
+  <si>
+    <t>SESSAD ITEP BAZEILLES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8999_FicheESSMS/fr/sessad-itep-bazeilles</t>
+  </si>
+  <si>
+    <t>8999_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De Vassoigne</t>
+  </si>
+  <si>
+    <t>080009285</t>
+  </si>
+  <si>
+    <t>SAD ALLIANCE SERVICES ARDENNE (ASA)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9092_FicheESSMS/fr/sad-alliance-services-ardenne-asa</t>
+  </si>
+  <si>
+    <t>9092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Monge</t>
+  </si>
+  <si>
+    <t>080009038</t>
+  </si>
+  <si>
+    <t>CAO ALBATROS 08</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9504_FicheESSMS/fr/cao-albatros-08</t>
+  </si>
+  <si>
+    <t>9504_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08090 MONTCORNET</t>
+  </si>
+  <si>
+    <t>MONTCORNET</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>080008899</t>
+  </si>
+  <si>
+    <t>FAMA AUDYSSEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9503_FicheESSMS/fr/fama-audyssee</t>
+  </si>
+  <si>
+    <t>9503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>080010986</t>
+  </si>
+  <si>
+    <t>FV ALBATROS 08</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9686_FicheESSMS/fr/fv-albatros-08</t>
+  </si>
+  <si>
+    <t>9686_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080004468</t>
+  </si>
+  <si>
+    <t>SSIAD DE CHARLEVILLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10038_FicheESSMS/fr/ssiad-de-charleville</t>
+  </si>
+  <si>
+    <t>10038_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Rue Cours Briand</t>
+  </si>
+  <si>
+    <t>080005739</t>
+  </si>
+  <si>
+    <t>SAMSAH LA PASSERELLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10509_FicheESSMS/fr/samsah-la-passerelle</t>
+  </si>
+  <si>
+    <t>10509_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080009533</t>
+  </si>
+  <si>
+    <t>SAVS LA PASSERELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10508_FicheESSMS/fr/savs-la-passerelle</t>
+  </si>
+  <si>
+    <t>10508_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080011117</t>
+  </si>
+  <si>
+    <t>EHPAD DOCTEUR L'HOSTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10533_FicheESSMS/fr/ehpad-docteur-l-hoste</t>
+  </si>
+  <si>
+    <t>10533_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>080010499</t>
+  </si>
+  <si>
+    <t>EHPAD RES LA DEMOISELLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10532_FicheESSMS/fr/ehpad-res-la-demoiselle</t>
+  </si>
+  <si>
+    <t>10532_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080009962</t>
+  </si>
+  <si>
+    <t>EHPAD RES DES HARAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10562_FicheESSMS/fr/ehpad-res-des-haras</t>
+  </si>
+  <si>
+    <t>10562_FicheESSMS</t>
+  </si>
+  <si>
+    <t>500 Route Du Thin</t>
+  </si>
+  <si>
+    <t>08460 SIGNY L ABBAYE</t>
+  </si>
+  <si>
+    <t>SIGNY L ABBAYE</t>
+  </si>
+  <si>
+    <t>080009970</t>
+  </si>
+  <si>
+    <t>IME LES SAPINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10655_FicheESSMS/fr/ime-les-sapins</t>
+  </si>
+  <si>
+    <t>10655_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2652 Route De Revin</t>
+  </si>
+  <si>
+    <t>080000193</t>
+  </si>
+  <si>
+    <t>SESSAD  DES RIEZES ET DES SARTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10654_FicheESSMS/fr/sessad-des-riezes-et-des-sarts</t>
+  </si>
+  <si>
+    <t>10654_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080006844</t>
+  </si>
+  <si>
+    <t>EHPAD PATRICE GROFF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10738_FicheESSMS/fr/ehpad-patrice-groff</t>
+  </si>
+  <si>
+    <t>10738_FicheESSMS</t>
+  </si>
+  <si>
+    <t>60 Rue De Montherme</t>
+  </si>
+  <si>
+    <t>080003379</t>
+  </si>
+  <si>
+    <t>SAD BIEN VIEILLIR EN ARDENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11038_FicheESSMS/fr/sad-bien-vieillir-en-ardenne</t>
+  </si>
+  <si>
+    <t>11038_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Jean Moulin</t>
+  </si>
+  <si>
+    <t>080011414</t>
+  </si>
+  <si>
+    <t>SAAD NB3A</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11139_FicheESSMS/fr/saad-nb3a</t>
+  </si>
+  <si>
+    <t>11139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Grives</t>
+  </si>
+  <si>
+    <t>080010937</t>
+  </si>
+  <si>
+    <t>EHPAD GENEVIÈVE DE GAULLE ANTHONIOZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11732_FicheESSMS/fr/ehpad-genevieve-de-gaulle-anthonioz</t>
+  </si>
+  <si>
+    <t>11732_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080003395</t>
+  </si>
+  <si>
+    <t>EHPAD ROLLAND GARROS - LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11731_FicheESSMS/fr/ehpad-rolland-garros-les-tilleuls</t>
+  </si>
+  <si>
+    <t>11731_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080006067</t>
+  </si>
+  <si>
+    <t>FAM L'ESPIEGLERIE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11988_FicheESSMS/fr/fam-l-espieglerie</t>
+  </si>
+  <si>
+    <t>11988_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Route De Petite Chapelle</t>
+  </si>
+  <si>
+    <t>08230 GUE D HOSSUS</t>
+  </si>
+  <si>
+    <t>GUE D HOSSUS</t>
+  </si>
+  <si>
+    <t>080010580</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LA REDOUTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11987_FicheESSMS/fr/foyer-de-vie-la-redoute</t>
+  </si>
+  <si>
+    <t>11987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1382 Route De Petite Chapelle</t>
+  </si>
+  <si>
+    <t>080006828</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE LA SOURCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11986_FicheESSMS/fr/foyer-d-accueil-medicalise-la-source</t>
+  </si>
+  <si>
+    <t>11986_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De Petite Chapelle</t>
+  </si>
+  <si>
+    <t>08230 TAILLETTE</t>
+  </si>
+  <si>
+    <t>TAILLETTE</t>
+  </si>
+  <si>
+    <t>080003148</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE MAC DONALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12171_FicheESSMS/fr/residence-autonomie-mac-donald</t>
+  </si>
+  <si>
+    <t>12171_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Jules Clin</t>
+  </si>
+  <si>
+    <t>080003213</t>
+  </si>
+  <si>
+    <t>SAMSAH EDPAMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12582_FicheESSMS/fr/samsah-edpams</t>
+  </si>
+  <si>
+    <t>12582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080008808</t>
+  </si>
+  <si>
+    <t>SAVS EPDAMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12581_FicheESSMS/fr/savs-epdams</t>
+  </si>
+  <si>
+    <t>12581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>080004559</t>
+  </si>
+  <si>
+    <t>ESAT GRANDPRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12580_FicheESSMS/fr/esat-grandpre</t>
+  </si>
+  <si>
+    <t>12580_FicheESSMS</t>
+  </si>
+  <si>
+    <t>08250 GRANDPRE</t>
+  </si>
+  <si>
+    <t>GRANDPRE</t>
+  </si>
+  <si>
+    <t>080006794</t>
+  </si>
+  <si>
+    <t>FAM ACY ROMANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12579_FicheESSMS/fr/fam-acy-romance</t>
+  </si>
+  <si>
+    <t>12579_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Nanteuil Sur Aisne</t>
+  </si>
+  <si>
+    <t>08300 ACY ROMANCE</t>
+  </si>
+  <si>
+    <t>ACY ROMANCE</t>
+  </si>
+  <si>
+    <t>080007388</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUTONOMIE LES MARRONNIERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12640_FicheESSMS/fr/residence-autonomie-les-marronniers</t>
+  </si>
+  <si>
+    <t>12640_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue Moulin Lavigne</t>
+  </si>
+  <si>
+    <t>080005374</t>
+  </si>
+  <si>
+    <t>SAVS LE LIEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13052_FicheESSMS/fr/savs-le-lien</t>
+  </si>
+  <si>
+    <t>13052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue De L'Horloge</t>
+  </si>
+  <si>
+    <t>080011000</t>
+  </si>
+  <si>
+    <t>SAMSAH LE LIEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13051_FicheESSMS/fr/samsah-le-lien</t>
+  </si>
+  <si>
+    <t>13051_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Route De Boulzicourt</t>
+  </si>
+  <si>
+    <t>08160 ETREPIGNY</t>
+  </si>
+  <si>
+    <t>ETREPIGNY</t>
+  </si>
+  <si>
+    <t>080010036</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>GCS TERRITORIAL ARDENNE NORD SITE CH SEDAN</t>
+  </si>
+  <si>
+    <t>17/12/2025 13:50:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/230_FicheEtablissement/fr/gcs-territ-arden-nord-site-ch-sedan</t>
+  </si>
+  <si>
+    <t>230_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>2 Avenue General Marguerite</t>
+  </si>
+  <si>
+    <t>08209 SEDAN</t>
+  </si>
+  <si>
+    <t>0324588633</t>
+  </si>
+  <si>
+    <t>Chirurgie</t>
+  </si>
+  <si>
+    <t>080010465</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>GCS TERRITORIAL ARDENNE NORD SITE CH CHARLEVILLE-MEZIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/231_FicheEtablissement/fr/gcs-territ-arden-nord-site-ch-charlevi</t>
+  </si>
+  <si>
+    <t>231_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>45 Avenue De Manchester</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7635_FicheEtablissement/fr/gcs-territorial-ardenne-nord-et-siege</t>
+  </si>
+  <si>
+    <t>7635_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Avenue Georges Corneau</t>
+  </si>
+  <si>
+    <t>GCS ES HAD ARDENNES SITE CHARLEVILLE</t>
+  </si>
+  <si>
+    <t>15/12/2025 13:24:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4311_FicheEtablissement/fr/gcs-es-had-ardennes-site-charleville</t>
+  </si>
+  <si>
+    <t>4311_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57 Cours Briand</t>
+  </si>
+  <si>
+    <t>0324591015</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>080011265</t>
+  </si>
+  <si>
+    <t>GCS ES HAD DES ARDENNES SITE VOUZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4310_FicheEtablissement/fr/gcs-es-had-des-ardennes-site-vouziers</t>
+  </si>
+  <si>
+    <t>4310_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>080011257</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER BELAIR</t>
+  </si>
+  <si>
+    <t>08/12/2025 18:33:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/225_FicheEtablissement/fr/ch-belair</t>
+  </si>
+  <si>
+    <t>225_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Pierre Hallali</t>
+  </si>
+  <si>
+    <t>08109 CHARLEVILLE MEZIERES</t>
+  </si>
+  <si>
+    <t>0324568888</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>080000318</t>
+  </si>
+  <si>
+    <t>CENTRE READAPTATION FONCTIONNELLE POUR ENFANTS</t>
+  </si>
+  <si>
+    <t>24/09/2025 17:35:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/227_FicheEtablissement/fr/crf-pour-enfants-de-warnecourt</t>
+  </si>
+  <si>
+    <t>227_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324571864</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>080002140</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>SOINS DE SUITE SAINT JULIEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/221_FicheEtablissement/fr/soins-de-suite-saint-julien</t>
+  </si>
+  <si>
+    <t>221_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324526300</t>
+  </si>
+  <si>
+    <t>080000268</t>
+  </si>
+  <si>
+    <t>CENTRE DE READAPTATION FONCTIONNELLE POUR ADULTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/220_FicheEtablissement/fr/crf-pour-adultes</t>
+  </si>
+  <si>
+    <t>220_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>080000250</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE VOUZIERS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/222_FicheEtablissement/fr/centre-hospitalier-de-vouziers</t>
+  </si>
+  <si>
+    <t>222_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324307100</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>080000276</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE RETHEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/219_FicheEtablissement/fr/centre-hospitalier-de-rethel</t>
+  </si>
+  <si>
+    <t>219_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Place Hourtoule</t>
+  </si>
+  <si>
+    <t>0324386666</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>080000219</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA POINTE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/218_FicheEtablissement/fr/clinique-de-la-pointe</t>
+  </si>
+  <si>
+    <t>218_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>76 Rue Waldeck Rousseau</t>
+  </si>
+  <si>
+    <t>0324413838</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>080000136</t>
+  </si>
+  <si>
+    <t>USLD - SMTI  VOUZIERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/233_FicheEtablissement/fr/usld-smti-vouziers</t>
+  </si>
+  <si>
+    <t>233_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>080010564</t>
+  </si>
+  <si>
+    <t>B</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU PARC</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/232_FicheEtablissement/fr/clinique-du-parc</t>
+  </si>
+  <si>
+    <t>232_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>080010523</t>
+  </si>
+  <si>
+    <t>UNITE D AUTODIALYSE DE L A.R.P.D.D.</t>
+  </si>
+  <si>
+    <t>25/04/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3575_FicheEtablissement/fr/unite-d-autodialyse-de-bazeilles</t>
+  </si>
+  <si>
+    <t>3575_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324273370</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>080005846</t>
+  </si>
+  <si>
+    <t>UNITE D'AUTO DIAYSE ET UNITÉ DE DIALYSE MÉDICALISÉE</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4309_FicheEtablissement/fr/uad-et-udm-arpdd</t>
+  </si>
+  <si>
+    <t>4309_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue Fred Scamaroni</t>
+  </si>
+  <si>
+    <t>0310078358</t>
+  </si>
+  <si>
+    <t>080011182</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>06/02/2024 21:27:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/229_FicheEtablissement/fr/usld-de-l-hopital-de-sedan</t>
+  </si>
+  <si>
+    <t>229_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Avenue General Margueritte</t>
+  </si>
+  <si>
+    <t>08208 SEDAN</t>
+  </si>
+  <si>
+    <t>0324228008</t>
+  </si>
+  <si>
+    <t>080006075</t>
+  </si>
+  <si>
+    <t>CENTRE DE SANTE MANCHESTER SERVICE DE LONG SEJOUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/228_FicheEtablissement/fr/usld-site-centre-de-sante</t>
+  </si>
+  <si>
+    <t>228_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324587760</t>
+  </si>
+  <si>
+    <t>080005960</t>
+  </si>
+  <si>
+    <t>CH DE CHARLEVILLE MEZIERES - HOPITAL DE MANCHESTER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/226_FicheEtablissement/fr/ch-charleville-hopital-manchester</t>
+  </si>
+  <si>
+    <t>226_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0324587070</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE NOUZONVILLE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/224_FicheEtablissement/fr/centre-hospitalier-de-nouzonville</t>
+  </si>
+  <si>
+    <t>224_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324539320</t>
+  </si>
+  <si>
+    <t>080000300</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE FUMAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/223_FicheEtablissement/fr/centre-hospitalier-de-fumay</t>
+  </si>
+  <si>
+    <t>223_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324362600</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>080000284</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SEDAN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/217_FicheEtablissement/fr/centre-hospitalier-de-sedan</t>
+  </si>
+  <si>
+    <t>217_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0324228000</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>080000110</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
@@ -622,41 +3010,6645 @@
       </c>
       <c r="L6" t="s">
         <v>67</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
         <v>68</v>
       </c>
       <c r="O6" t="s">
         <v>69</v>
       </c>
       <c r="P6" t="s">
         <v>70</v>
       </c>
       <c r="Q6" t="s">
         <v>71</v>
       </c>
       <c r="R6" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P103"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>73</v>
+      </c>
+      <c r="J1" t="s">
+        <v>74</v>
+      </c>
+      <c r="K1" t="s">
+        <v>75</v>
+      </c>
+      <c r="L1" t="s">
+        <v>76</v>
+      </c>
+      <c r="M1" t="s">
+        <v>77</v>
+      </c>
+      <c r="N1" t="s">
+        <v>78</v>
+      </c>
+      <c r="O1" t="s">
+        <v>79</v>
+      </c>
+      <c r="P1" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>81</v>
+      </c>
+      <c r="B2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>83</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>84</v>
+      </c>
+      <c r="H2" t="s">
+        <v>85</v>
+      </c>
+      <c r="I2" t="s">
+        <v>86</v>
+      </c>
+      <c r="J2" t="s">
+        <v>87</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>88</v>
+      </c>
+      <c r="M2" t="s">
+        <v>89</v>
+      </c>
+      <c r="N2" t="s">
+        <v>90</v>
+      </c>
+      <c r="O2" t="s">
+        <v>91</v>
+      </c>
+      <c r="P2" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>81</v>
+      </c>
+      <c r="B3" t="s">
+        <v>93</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>83</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>94</v>
+      </c>
+      <c r="H3" t="s">
+        <v>95</v>
+      </c>
+      <c r="I3" t="s">
+        <v>96</v>
+      </c>
+      <c r="J3" t="s">
+        <v>87</v>
+      </c>
+      <c r="K3" t="s">
+        <v>30</v>
+      </c>
+      <c r="L3" t="s">
+        <v>88</v>
+      </c>
+      <c r="M3" t="s">
+        <v>89</v>
+      </c>
+      <c r="N3" t="s">
+        <v>90</v>
+      </c>
+      <c r="O3" t="s">
+        <v>97</v>
+      </c>
+      <c r="P3" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" t="s">
+        <v>99</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>83</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>100</v>
+      </c>
+      <c r="H4" t="s">
+        <v>101</v>
+      </c>
+      <c r="I4" t="s">
+        <v>96</v>
+      </c>
+      <c r="J4" t="s">
+        <v>87</v>
+      </c>
+      <c r="K4" t="s">
+        <v>30</v>
+      </c>
+      <c r="L4" t="s">
+        <v>88</v>
+      </c>
+      <c r="M4" t="s">
+        <v>89</v>
+      </c>
+      <c r="N4" t="s">
+        <v>90</v>
+      </c>
+      <c r="O4" t="s">
+        <v>102</v>
+      </c>
+      <c r="P4" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>81</v>
+      </c>
+      <c r="B5" t="s">
+        <v>104</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>105</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>106</v>
+      </c>
+      <c r="H5" t="s">
+        <v>107</v>
+      </c>
+      <c r="I5" t="s">
+        <v>108</v>
+      </c>
+      <c r="J5" t="s">
+        <v>109</v>
+      </c>
+      <c r="K5" t="s">
+        <v>110</v>
+      </c>
+      <c r="L5" t="s">
+        <v>88</v>
+      </c>
+      <c r="M5" t="s">
+        <v>111</v>
+      </c>
+      <c r="N5" t="s">
+        <v>112</v>
+      </c>
+      <c r="O5" t="s">
+        <v>113</v>
+      </c>
+      <c r="P5" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>81</v>
+      </c>
+      <c r="B6" t="s">
+        <v>115</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>105</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>116</v>
+      </c>
+      <c r="H6" t="s">
+        <v>117</v>
+      </c>
+      <c r="I6" t="s">
+        <v>118</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>119</v>
+      </c>
+      <c r="L6" t="s">
+        <v>88</v>
+      </c>
+      <c r="M6" t="s">
+        <v>111</v>
+      </c>
+      <c r="N6" t="s">
+        <v>112</v>
+      </c>
+      <c r="O6" t="s">
+        <v>113</v>
+      </c>
+      <c r="P6" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>105</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>122</v>
+      </c>
+      <c r="H7" t="s">
+        <v>123</v>
+      </c>
+      <c r="I7" t="s">
+        <v>108</v>
+      </c>
+      <c r="J7" t="s">
+        <v>109</v>
+      </c>
+      <c r="K7" t="s">
+        <v>110</v>
+      </c>
+      <c r="L7" t="s">
+        <v>88</v>
+      </c>
+      <c r="M7" t="s">
+        <v>111</v>
+      </c>
+      <c r="N7" t="s">
+        <v>112</v>
+      </c>
+      <c r="O7" t="s">
+        <v>124</v>
+      </c>
+      <c r="P7" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>81</v>
+      </c>
+      <c r="B8" t="s">
+        <v>126</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>105</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>127</v>
+      </c>
+      <c r="H8" t="s">
+        <v>128</v>
+      </c>
+      <c r="I8" t="s">
+        <v>118</v>
+      </c>
+      <c r="J8" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" t="s">
+        <v>119</v>
+      </c>
+      <c r="L8" t="s">
+        <v>88</v>
+      </c>
+      <c r="M8" t="s">
+        <v>111</v>
+      </c>
+      <c r="N8" t="s">
+        <v>112</v>
+      </c>
+      <c r="O8" t="s">
+        <v>124</v>
+      </c>
+      <c r="P8" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>81</v>
+      </c>
+      <c r="B9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>105</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>131</v>
+      </c>
+      <c r="H9" t="s">
+        <v>132</v>
+      </c>
+      <c r="I9" t="s">
+        <v>108</v>
+      </c>
+      <c r="J9" t="s">
+        <v>109</v>
+      </c>
+      <c r="K9" t="s">
+        <v>110</v>
+      </c>
+      <c r="L9" t="s">
+        <v>88</v>
+      </c>
+      <c r="M9" t="s">
+        <v>111</v>
+      </c>
+      <c r="N9" t="s">
+        <v>112</v>
+      </c>
+      <c r="O9" t="s">
+        <v>133</v>
+      </c>
+      <c r="P9" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>81</v>
+      </c>
+      <c r="B10" t="s">
+        <v>135</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>105</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>136</v>
+      </c>
+      <c r="H10" t="s">
+        <v>137</v>
+      </c>
+      <c r="I10" t="s">
+        <v>118</v>
+      </c>
+      <c r="J10" t="s">
+        <v>20</v>
+      </c>
+      <c r="K10" t="s">
+        <v>119</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>111</v>
+      </c>
+      <c r="N10" t="s">
+        <v>112</v>
+      </c>
+      <c r="O10" t="s">
+        <v>133</v>
+      </c>
+      <c r="P10" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" t="s">
+        <v>139</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>140</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>141</v>
+      </c>
+      <c r="H11" t="s">
+        <v>142</v>
+      </c>
+      <c r="I11" t="s">
+        <v>143</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>144</v>
+      </c>
+      <c r="L11" t="s">
+        <v>88</v>
+      </c>
+      <c r="M11" t="s">
+        <v>89</v>
+      </c>
+      <c r="N11" t="s">
+        <v>112</v>
+      </c>
+      <c r="O11" t="s">
+        <v>145</v>
+      </c>
+      <c r="P11" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>81</v>
+      </c>
+      <c r="B12" t="s">
+        <v>147</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>148</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>149</v>
+      </c>
+      <c r="H12" t="s">
+        <v>150</v>
+      </c>
+      <c r="I12" t="s">
+        <v>151</v>
+      </c>
+      <c r="J12" t="s">
+        <v>152</v>
+      </c>
+      <c r="K12" t="s">
+        <v>153</v>
+      </c>
+      <c r="L12" t="s">
+        <v>88</v>
+      </c>
+      <c r="M12" t="s">
+        <v>154</v>
+      </c>
+      <c r="N12" t="s">
+        <v>155</v>
+      </c>
+      <c r="O12" t="s">
+        <v>156</v>
+      </c>
+      <c r="P12" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>81</v>
+      </c>
+      <c r="B13" t="s">
+        <v>158</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>159</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>160</v>
+      </c>
+      <c r="H13" t="s">
+        <v>161</v>
+      </c>
+      <c r="I13" t="s">
+        <v>162</v>
+      </c>
+      <c r="J13" t="s">
+        <v>20</v>
+      </c>
+      <c r="K13" t="s">
+        <v>163</v>
+      </c>
+      <c r="L13" t="s">
+        <v>88</v>
+      </c>
+      <c r="M13" t="s">
+        <v>89</v>
+      </c>
+      <c r="N13" t="s">
+        <v>164</v>
+      </c>
+      <c r="O13" t="s">
+        <v>165</v>
+      </c>
+      <c r="P13" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>81</v>
+      </c>
+      <c r="B14" t="s">
+        <v>167</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>159</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>168</v>
+      </c>
+      <c r="H14" t="s">
+        <v>169</v>
+      </c>
+      <c r="I14" t="s">
+        <v>170</v>
+      </c>
+      <c r="J14" t="s">
+        <v>171</v>
+      </c>
+      <c r="K14" t="s">
+        <v>172</v>
+      </c>
+      <c r="L14" t="s">
+        <v>88</v>
+      </c>
+      <c r="M14" t="s">
+        <v>89</v>
+      </c>
+      <c r="N14" t="s">
+        <v>164</v>
+      </c>
+      <c r="O14" t="s">
+        <v>165</v>
+      </c>
+      <c r="P14" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>81</v>
+      </c>
+      <c r="B15" t="s">
+        <v>174</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>159</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>175</v>
+      </c>
+      <c r="H15" t="s">
+        <v>176</v>
+      </c>
+      <c r="I15" t="s">
+        <v>177</v>
+      </c>
+      <c r="J15" t="s">
+        <v>178</v>
+      </c>
+      <c r="K15" t="s">
+        <v>179</v>
+      </c>
+      <c r="L15" t="s">
+        <v>88</v>
+      </c>
+      <c r="M15" t="s">
+        <v>89</v>
+      </c>
+      <c r="N15" t="s">
+        <v>164</v>
+      </c>
+      <c r="O15" t="s">
+        <v>165</v>
+      </c>
+      <c r="P15" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>81</v>
+      </c>
+      <c r="B16" t="s">
+        <v>181</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>182</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>183</v>
+      </c>
+      <c r="H16" t="s">
+        <v>184</v>
+      </c>
+      <c r="I16" t="s">
+        <v>185</v>
+      </c>
+      <c r="J16" t="s">
+        <v>186</v>
+      </c>
+      <c r="K16" t="s">
+        <v>187</v>
+      </c>
+      <c r="L16" t="s">
+        <v>88</v>
+      </c>
+      <c r="M16" t="s">
+        <v>111</v>
+      </c>
+      <c r="N16" t="s">
+        <v>164</v>
+      </c>
+      <c r="O16" t="s">
+        <v>188</v>
+      </c>
+      <c r="P16" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>81</v>
+      </c>
+      <c r="B17" t="s">
+        <v>190</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>191</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>192</v>
+      </c>
+      <c r="H17" t="s">
+        <v>193</v>
+      </c>
+      <c r="I17" t="s">
+        <v>194</v>
+      </c>
+      <c r="J17" t="s">
+        <v>87</v>
+      </c>
+      <c r="K17" t="s">
+        <v>30</v>
+      </c>
+      <c r="L17" t="s">
+        <v>88</v>
+      </c>
+      <c r="M17" t="s">
+        <v>111</v>
+      </c>
+      <c r="N17" t="s">
+        <v>90</v>
+      </c>
+      <c r="O17" t="s">
+        <v>195</v>
+      </c>
+      <c r="P17" t="s">
+        <v>196</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B18" t="s">
+        <v>197</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>198</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>199</v>
+      </c>
+      <c r="H18" t="s">
+        <v>200</v>
+      </c>
+      <c r="I18" t="s">
+        <v>201</v>
+      </c>
+      <c r="J18" t="s">
+        <v>202</v>
+      </c>
+      <c r="K18" t="s">
+        <v>203</v>
+      </c>
+      <c r="L18" t="s">
+        <v>88</v>
+      </c>
+      <c r="M18" t="s">
+        <v>154</v>
+      </c>
+      <c r="N18" t="s">
+        <v>164</v>
+      </c>
+      <c r="O18" t="s">
+        <v>165</v>
+      </c>
+      <c r="P18" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>81</v>
+      </c>
+      <c r="B19" t="s">
+        <v>205</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>206</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>207</v>
+      </c>
+      <c r="H19" t="s">
+        <v>208</v>
+      </c>
+      <c r="I19" t="s">
+        <v>209</v>
+      </c>
+      <c r="J19" t="s">
+        <v>152</v>
+      </c>
+      <c r="K19" t="s">
+        <v>153</v>
+      </c>
+      <c r="L19" t="s">
+        <v>88</v>
+      </c>
+      <c r="M19" t="s">
+        <v>111</v>
+      </c>
+      <c r="N19" t="s">
+        <v>210</v>
+      </c>
+      <c r="O19" t="s">
+        <v>211</v>
+      </c>
+      <c r="P19" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>81</v>
+      </c>
+      <c r="B20" t="s">
+        <v>213</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>214</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>215</v>
+      </c>
+      <c r="H20" t="s">
+        <v>216</v>
+      </c>
+      <c r="I20" t="s">
+        <v>217</v>
+      </c>
+      <c r="J20" t="s">
+        <v>218</v>
+      </c>
+      <c r="K20" t="s">
+        <v>219</v>
+      </c>
+      <c r="L20" t="s">
+        <v>88</v>
+      </c>
+      <c r="M20" t="s">
+        <v>111</v>
+      </c>
+      <c r="N20" t="s">
+        <v>112</v>
+      </c>
+      <c r="O20" t="s">
+        <v>133</v>
+      </c>
+      <c r="P20" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>81</v>
+      </c>
+      <c r="B21" t="s">
+        <v>221</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>214</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>222</v>
+      </c>
+      <c r="H21" t="s">
+        <v>223</v>
+      </c>
+      <c r="I21" t="s">
+        <v>217</v>
+      </c>
+      <c r="J21" t="s">
+        <v>218</v>
+      </c>
+      <c r="K21" t="s">
+        <v>219</v>
+      </c>
+      <c r="L21" t="s">
+        <v>88</v>
+      </c>
+      <c r="M21" t="s">
+        <v>111</v>
+      </c>
+      <c r="N21" t="s">
+        <v>112</v>
+      </c>
+      <c r="O21" t="s">
+        <v>224</v>
+      </c>
+      <c r="P21" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>81</v>
+      </c>
+      <c r="B22" t="s">
+        <v>226</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>227</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>228</v>
+      </c>
+      <c r="H22" t="s">
+        <v>229</v>
+      </c>
+      <c r="I22" t="s">
+        <v>209</v>
+      </c>
+      <c r="J22" t="s">
+        <v>152</v>
+      </c>
+      <c r="K22" t="s">
+        <v>153</v>
+      </c>
+      <c r="L22" t="s">
+        <v>88</v>
+      </c>
+      <c r="M22" t="s">
+        <v>111</v>
+      </c>
+      <c r="N22" t="s">
+        <v>210</v>
+      </c>
+      <c r="O22" t="s">
+        <v>230</v>
+      </c>
+      <c r="P22" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>81</v>
+      </c>
+      <c r="B23" t="s">
+        <v>232</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>233</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>234</v>
+      </c>
+      <c r="H23" t="s">
+        <v>235</v>
+      </c>
+      <c r="I23" t="s">
+        <v>143</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>144</v>
+      </c>
+      <c r="L23" t="s">
+        <v>88</v>
+      </c>
+      <c r="M23" t="s">
+        <v>89</v>
+      </c>
+      <c r="N23" t="s">
+        <v>112</v>
+      </c>
+      <c r="O23" t="s">
+        <v>113</v>
+      </c>
+      <c r="P23" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>81</v>
+      </c>
+      <c r="B24" t="s">
+        <v>237</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>233</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>238</v>
+      </c>
+      <c r="H24" t="s">
+        <v>239</v>
+      </c>
+      <c r="I24" t="s">
+        <v>240</v>
+      </c>
+      <c r="J24" t="s">
+        <v>241</v>
+      </c>
+      <c r="K24" t="s">
+        <v>242</v>
+      </c>
+      <c r="L24" t="s">
+        <v>88</v>
+      </c>
+      <c r="M24" t="s">
+        <v>89</v>
+      </c>
+      <c r="N24" t="s">
+        <v>112</v>
+      </c>
+      <c r="O24" t="s">
+        <v>113</v>
+      </c>
+      <c r="P24" t="s">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>81</v>
+      </c>
+      <c r="B25" t="s">
+        <v>237</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>233</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>244</v>
+      </c>
+      <c r="H25" t="s">
+        <v>245</v>
+      </c>
+      <c r="I25" t="s">
+        <v>246</v>
+      </c>
+      <c r="J25" t="s">
+        <v>241</v>
+      </c>
+      <c r="K25" t="s">
+        <v>242</v>
+      </c>
+      <c r="L25" t="s">
+        <v>88</v>
+      </c>
+      <c r="M25" t="s">
+        <v>89</v>
+      </c>
+      <c r="N25" t="s">
+        <v>112</v>
+      </c>
+      <c r="O25" t="s">
+        <v>113</v>
+      </c>
+      <c r="P25" t="s">
+        <v>247</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>81</v>
+      </c>
+      <c r="B26" t="s">
+        <v>237</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>233</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>248</v>
+      </c>
+      <c r="H26" t="s">
+        <v>249</v>
+      </c>
+      <c r="I26" t="s">
+        <v>250</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>251</v>
+      </c>
+      <c r="L26" t="s">
+        <v>88</v>
+      </c>
+      <c r="M26" t="s">
+        <v>89</v>
+      </c>
+      <c r="N26" t="s">
+        <v>112</v>
+      </c>
+      <c r="O26" t="s">
+        <v>113</v>
+      </c>
+      <c r="P26" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>81</v>
+      </c>
+      <c r="B27" t="s">
+        <v>253</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>254</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>255</v>
+      </c>
+      <c r="H27" t="s">
+        <v>256</v>
+      </c>
+      <c r="I27" t="s">
+        <v>241</v>
+      </c>
+      <c r="J27" t="s">
+        <v>20</v>
+      </c>
+      <c r="K27" t="s">
+        <v>242</v>
+      </c>
+      <c r="L27" t="s">
+        <v>88</v>
+      </c>
+      <c r="M27" t="s">
+        <v>111</v>
+      </c>
+      <c r="N27" t="s">
+        <v>257</v>
+      </c>
+      <c r="O27" t="s">
+        <v>258</v>
+      </c>
+      <c r="P27" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>81</v>
+      </c>
+      <c r="B28" t="s">
+        <v>260</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>261</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>262</v>
+      </c>
+      <c r="H28" t="s">
+        <v>263</v>
+      </c>
+      <c r="I28" t="s">
+        <v>264</v>
+      </c>
+      <c r="J28" t="s">
+        <v>87</v>
+      </c>
+      <c r="K28" t="s">
+        <v>30</v>
+      </c>
+      <c r="L28" t="s">
+        <v>88</v>
+      </c>
+      <c r="M28" t="s">
+        <v>111</v>
+      </c>
+      <c r="N28" t="s">
+        <v>155</v>
+      </c>
+      <c r="O28" t="s">
+        <v>156</v>
+      </c>
+      <c r="P28" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>81</v>
+      </c>
+      <c r="B29" t="s">
+        <v>266</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>261</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>267</v>
+      </c>
+      <c r="H29" t="s">
+        <v>268</v>
+      </c>
+      <c r="I29" t="s">
+        <v>264</v>
+      </c>
+      <c r="J29" t="s">
+        <v>87</v>
+      </c>
+      <c r="K29" t="s">
+        <v>30</v>
+      </c>
+      <c r="L29" t="s">
+        <v>88</v>
+      </c>
+      <c r="M29" t="s">
+        <v>111</v>
+      </c>
+      <c r="N29" t="s">
+        <v>155</v>
+      </c>
+      <c r="O29" t="s">
+        <v>269</v>
+      </c>
+      <c r="P29" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>81</v>
+      </c>
+      <c r="B30" t="s">
+        <v>271</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>272</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>273</v>
+      </c>
+      <c r="H30" t="s">
+        <v>274</v>
+      </c>
+      <c r="I30" t="s">
+        <v>275</v>
+      </c>
+      <c r="J30" t="s">
+        <v>20</v>
+      </c>
+      <c r="K30" t="s">
+        <v>276</v>
+      </c>
+      <c r="L30" t="s">
+        <v>88</v>
+      </c>
+      <c r="M30" t="s">
+        <v>111</v>
+      </c>
+      <c r="N30" t="s">
+        <v>164</v>
+      </c>
+      <c r="O30" t="s">
+        <v>165</v>
+      </c>
+      <c r="P30" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>81</v>
+      </c>
+      <c r="B31" t="s">
+        <v>278</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>272</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>279</v>
+      </c>
+      <c r="H31" t="s">
+        <v>280</v>
+      </c>
+      <c r="I31" t="s">
+        <v>281</v>
+      </c>
+      <c r="J31" t="s">
+        <v>282</v>
+      </c>
+      <c r="K31" t="s">
+        <v>283</v>
+      </c>
+      <c r="L31" t="s">
+        <v>88</v>
+      </c>
+      <c r="M31" t="s">
+        <v>111</v>
+      </c>
+      <c r="N31" t="s">
+        <v>164</v>
+      </c>
+      <c r="O31" t="s">
+        <v>165</v>
+      </c>
+      <c r="P31" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>81</v>
+      </c>
+      <c r="B32" t="s">
+        <v>285</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>286</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>287</v>
+      </c>
+      <c r="H32" t="s">
+        <v>288</v>
+      </c>
+      <c r="I32" t="s">
+        <v>289</v>
+      </c>
+      <c r="J32" t="s">
+        <v>162</v>
+      </c>
+      <c r="K32" t="s">
+        <v>163</v>
+      </c>
+      <c r="L32" t="s">
+        <v>88</v>
+      </c>
+      <c r="M32" t="s">
+        <v>111</v>
+      </c>
+      <c r="N32" t="s">
+        <v>90</v>
+      </c>
+      <c r="O32" t="s">
+        <v>91</v>
+      </c>
+      <c r="P32" t="s">
+        <v>290</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>81</v>
+      </c>
+      <c r="B33" t="s">
+        <v>291</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>292</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>293</v>
+      </c>
+      <c r="H33" t="s">
+        <v>294</v>
+      </c>
+      <c r="I33" t="s">
+        <v>295</v>
+      </c>
+      <c r="J33" t="s">
+        <v>87</v>
+      </c>
+      <c r="K33" t="s">
+        <v>30</v>
+      </c>
+      <c r="L33" t="s">
+        <v>88</v>
+      </c>
+      <c r="M33" t="s">
+        <v>111</v>
+      </c>
+      <c r="N33" t="s">
+        <v>164</v>
+      </c>
+      <c r="O33" t="s">
+        <v>165</v>
+      </c>
+      <c r="P33" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>81</v>
+      </c>
+      <c r="B34" t="s">
+        <v>297</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>292</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>298</v>
+      </c>
+      <c r="H34" t="s">
+        <v>299</v>
+      </c>
+      <c r="I34" t="s">
+        <v>300</v>
+      </c>
+      <c r="J34" t="s">
+        <v>301</v>
+      </c>
+      <c r="K34" t="s">
+        <v>302</v>
+      </c>
+      <c r="L34" t="s">
+        <v>88</v>
+      </c>
+      <c r="M34" t="s">
+        <v>111</v>
+      </c>
+      <c r="N34" t="s">
+        <v>164</v>
+      </c>
+      <c r="O34" t="s">
+        <v>165</v>
+      </c>
+      <c r="P34" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" t="s">
+        <v>304</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>292</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>305</v>
+      </c>
+      <c r="H35" t="s">
+        <v>306</v>
+      </c>
+      <c r="I35" t="s">
+        <v>307</v>
+      </c>
+      <c r="J35" t="s">
+        <v>308</v>
+      </c>
+      <c r="K35" t="s">
+        <v>309</v>
+      </c>
+      <c r="L35" t="s">
+        <v>88</v>
+      </c>
+      <c r="M35" t="s">
+        <v>111</v>
+      </c>
+      <c r="N35" t="s">
+        <v>164</v>
+      </c>
+      <c r="O35" t="s">
+        <v>310</v>
+      </c>
+      <c r="P35" t="s">
+        <v>311</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>81</v>
+      </c>
+      <c r="B36" t="s">
+        <v>312</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>313</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>314</v>
+      </c>
+      <c r="H36" t="s">
+        <v>315</v>
+      </c>
+      <c r="I36" t="s">
+        <v>316</v>
+      </c>
+      <c r="J36" t="s">
+        <v>87</v>
+      </c>
+      <c r="K36" t="s">
+        <v>30</v>
+      </c>
+      <c r="L36" t="s">
+        <v>88</v>
+      </c>
+      <c r="M36" t="s">
+        <v>111</v>
+      </c>
+      <c r="N36" t="s">
+        <v>210</v>
+      </c>
+      <c r="O36" t="s">
+        <v>317</v>
+      </c>
+      <c r="P36" t="s">
+        <v>318</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>81</v>
+      </c>
+      <c r="B37" t="s">
+        <v>319</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>320</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>321</v>
+      </c>
+      <c r="H37" t="s">
+        <v>322</v>
+      </c>
+      <c r="I37" t="s">
+        <v>323</v>
+      </c>
+      <c r="J37" t="s">
+        <v>152</v>
+      </c>
+      <c r="K37" t="s">
+        <v>153</v>
+      </c>
+      <c r="L37" t="s">
+        <v>88</v>
+      </c>
+      <c r="M37" t="s">
+        <v>111</v>
+      </c>
+      <c r="N37" t="s">
+        <v>112</v>
+      </c>
+      <c r="O37" t="s">
+        <v>113</v>
+      </c>
+      <c r="P37" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>81</v>
+      </c>
+      <c r="B38" t="s">
+        <v>325</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>320</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>326</v>
+      </c>
+      <c r="H38" t="s">
+        <v>327</v>
+      </c>
+      <c r="I38" t="s">
+        <v>328</v>
+      </c>
+      <c r="J38" t="s">
+        <v>329</v>
+      </c>
+      <c r="K38" t="s">
+        <v>330</v>
+      </c>
+      <c r="L38" t="s">
+        <v>88</v>
+      </c>
+      <c r="M38" t="s">
+        <v>111</v>
+      </c>
+      <c r="N38" t="s">
+        <v>210</v>
+      </c>
+      <c r="O38" t="s">
+        <v>331</v>
+      </c>
+      <c r="P38" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>81</v>
+      </c>
+      <c r="B39" t="s">
+        <v>333</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>320</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>334</v>
+      </c>
+      <c r="H39" t="s">
+        <v>335</v>
+      </c>
+      <c r="I39" t="s">
+        <v>336</v>
+      </c>
+      <c r="J39" t="s">
+        <v>329</v>
+      </c>
+      <c r="K39" t="s">
+        <v>330</v>
+      </c>
+      <c r="L39" t="s">
+        <v>88</v>
+      </c>
+      <c r="M39" t="s">
+        <v>111</v>
+      </c>
+      <c r="N39" t="s">
+        <v>210</v>
+      </c>
+      <c r="O39" t="s">
+        <v>331</v>
+      </c>
+      <c r="P39" t="s">
+        <v>337</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>81</v>
+      </c>
+      <c r="B40" t="s">
+        <v>338</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>320</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>339</v>
+      </c>
+      <c r="H40" t="s">
+        <v>340</v>
+      </c>
+      <c r="I40" t="s">
+        <v>323</v>
+      </c>
+      <c r="J40" t="s">
+        <v>152</v>
+      </c>
+      <c r="K40" t="s">
+        <v>153</v>
+      </c>
+      <c r="L40" t="s">
+        <v>88</v>
+      </c>
+      <c r="M40" t="s">
+        <v>111</v>
+      </c>
+      <c r="N40" t="s">
+        <v>210</v>
+      </c>
+      <c r="O40" t="s">
+        <v>341</v>
+      </c>
+      <c r="P40" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>81</v>
+      </c>
+      <c r="B41" t="s">
+        <v>343</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>320</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>344</v>
+      </c>
+      <c r="H41" t="s">
+        <v>345</v>
+      </c>
+      <c r="I41" t="s">
+        <v>328</v>
+      </c>
+      <c r="J41" t="s">
+        <v>329</v>
+      </c>
+      <c r="K41" t="s">
+        <v>330</v>
+      </c>
+      <c r="L41" t="s">
+        <v>88</v>
+      </c>
+      <c r="M41" t="s">
+        <v>111</v>
+      </c>
+      <c r="N41" t="s">
+        <v>210</v>
+      </c>
+      <c r="O41" t="s">
+        <v>341</v>
+      </c>
+      <c r="P41" t="s">
+        <v>346</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>81</v>
+      </c>
+      <c r="B42" t="s">
+        <v>347</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>348</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>349</v>
+      </c>
+      <c r="H42" t="s">
+        <v>350</v>
+      </c>
+      <c r="I42" t="s">
+        <v>351</v>
+      </c>
+      <c r="J42" t="s">
+        <v>352</v>
+      </c>
+      <c r="K42" t="s">
+        <v>353</v>
+      </c>
+      <c r="L42" t="s">
+        <v>88</v>
+      </c>
+      <c r="M42" t="s">
+        <v>89</v>
+      </c>
+      <c r="N42" t="s">
+        <v>164</v>
+      </c>
+      <c r="O42" t="s">
+        <v>354</v>
+      </c>
+      <c r="P42" t="s">
+        <v>355</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>81</v>
+      </c>
+      <c r="B43" t="s">
+        <v>356</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>357</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>358</v>
+      </c>
+      <c r="H43" t="s">
+        <v>359</v>
+      </c>
+      <c r="I43" t="s">
+        <v>360</v>
+      </c>
+      <c r="J43" t="s">
+        <v>241</v>
+      </c>
+      <c r="K43" t="s">
+        <v>242</v>
+      </c>
+      <c r="L43" t="s">
+        <v>88</v>
+      </c>
+      <c r="M43" t="s">
+        <v>111</v>
+      </c>
+      <c r="N43" t="s">
+        <v>112</v>
+      </c>
+      <c r="O43" t="s">
+        <v>133</v>
+      </c>
+      <c r="P43" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>81</v>
+      </c>
+      <c r="B44" t="s">
+        <v>362</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>363</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>364</v>
+      </c>
+      <c r="H44" t="s">
+        <v>365</v>
+      </c>
+      <c r="I44" t="s">
+        <v>360</v>
+      </c>
+      <c r="J44" t="s">
+        <v>241</v>
+      </c>
+      <c r="K44" t="s">
+        <v>242</v>
+      </c>
+      <c r="L44" t="s">
+        <v>88</v>
+      </c>
+      <c r="M44" t="s">
+        <v>111</v>
+      </c>
+      <c r="N44" t="s">
+        <v>112</v>
+      </c>
+      <c r="O44" t="s">
+        <v>113</v>
+      </c>
+      <c r="P44" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>81</v>
+      </c>
+      <c r="B45" t="s">
+        <v>367</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>368</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>369</v>
+      </c>
+      <c r="H45" t="s">
+        <v>370</v>
+      </c>
+      <c r="I45" t="s">
+        <v>371</v>
+      </c>
+      <c r="J45" t="s">
+        <v>372</v>
+      </c>
+      <c r="K45" t="s">
+        <v>373</v>
+      </c>
+      <c r="L45" t="s">
+        <v>88</v>
+      </c>
+      <c r="M45" t="s">
+        <v>154</v>
+      </c>
+      <c r="N45" t="s">
+        <v>164</v>
+      </c>
+      <c r="O45" t="s">
+        <v>165</v>
+      </c>
+      <c r="P45" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>81</v>
+      </c>
+      <c r="B46" t="s">
+        <v>375</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>376</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>377</v>
+      </c>
+      <c r="H46" t="s">
+        <v>378</v>
+      </c>
+      <c r="I46" t="s">
+        <v>87</v>
+      </c>
+      <c r="J46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" t="s">
+        <v>30</v>
+      </c>
+      <c r="L46" t="s">
+        <v>88</v>
+      </c>
+      <c r="M46" t="s">
+        <v>89</v>
+      </c>
+      <c r="N46" t="s">
+        <v>210</v>
+      </c>
+      <c r="O46" t="s">
+        <v>379</v>
+      </c>
+      <c r="P46" t="s">
+        <v>380</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>81</v>
+      </c>
+      <c r="B47" t="s">
+        <v>381</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>382</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>383</v>
+      </c>
+      <c r="H47" t="s">
+        <v>384</v>
+      </c>
+      <c r="I47" t="s">
+        <v>385</v>
+      </c>
+      <c r="J47" t="s">
+        <v>386</v>
+      </c>
+      <c r="K47" t="s">
+        <v>387</v>
+      </c>
+      <c r="L47" t="s">
+        <v>88</v>
+      </c>
+      <c r="M47" t="s">
+        <v>111</v>
+      </c>
+      <c r="N47" t="s">
+        <v>210</v>
+      </c>
+      <c r="O47" t="s">
+        <v>388</v>
+      </c>
+      <c r="P47" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>81</v>
+      </c>
+      <c r="B48" t="s">
+        <v>390</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>382</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>391</v>
+      </c>
+      <c r="H48" t="s">
+        <v>392</v>
+      </c>
+      <c r="I48" t="s">
+        <v>385</v>
+      </c>
+      <c r="J48" t="s">
+        <v>386</v>
+      </c>
+      <c r="K48" t="s">
+        <v>387</v>
+      </c>
+      <c r="L48" t="s">
+        <v>88</v>
+      </c>
+      <c r="M48" t="s">
+        <v>111</v>
+      </c>
+      <c r="N48" t="s">
+        <v>210</v>
+      </c>
+      <c r="O48" t="s">
+        <v>379</v>
+      </c>
+      <c r="P48" t="s">
+        <v>393</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>81</v>
+      </c>
+      <c r="B49" t="s">
+        <v>394</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>395</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>396</v>
+      </c>
+      <c r="H49" t="s">
+        <v>397</v>
+      </c>
+      <c r="I49" t="s">
+        <v>398</v>
+      </c>
+      <c r="J49" t="s">
+        <v>329</v>
+      </c>
+      <c r="K49" t="s">
+        <v>330</v>
+      </c>
+      <c r="L49" t="s">
+        <v>88</v>
+      </c>
+      <c r="M49" t="s">
+        <v>89</v>
+      </c>
+      <c r="N49" t="s">
+        <v>164</v>
+      </c>
+      <c r="O49" t="s">
+        <v>165</v>
+      </c>
+      <c r="P49" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>81</v>
+      </c>
+      <c r="B50" t="s">
+        <v>400</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>395</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>401</v>
+      </c>
+      <c r="H50" t="s">
+        <v>402</v>
+      </c>
+      <c r="I50" t="s">
+        <v>403</v>
+      </c>
+      <c r="J50" t="s">
+        <v>308</v>
+      </c>
+      <c r="K50" t="s">
+        <v>309</v>
+      </c>
+      <c r="L50" t="s">
+        <v>88</v>
+      </c>
+      <c r="M50" t="s">
+        <v>89</v>
+      </c>
+      <c r="N50" t="s">
+        <v>164</v>
+      </c>
+      <c r="O50" t="s">
+        <v>165</v>
+      </c>
+      <c r="P50" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>81</v>
+      </c>
+      <c r="B51" t="s">
+        <v>405</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>395</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>406</v>
+      </c>
+      <c r="H51" t="s">
+        <v>407</v>
+      </c>
+      <c r="I51" t="s">
+        <v>408</v>
+      </c>
+      <c r="J51" t="s">
+        <v>409</v>
+      </c>
+      <c r="K51" t="s">
+        <v>30</v>
+      </c>
+      <c r="L51" t="s">
+        <v>88</v>
+      </c>
+      <c r="M51" t="s">
+        <v>89</v>
+      </c>
+      <c r="N51" t="s">
+        <v>164</v>
+      </c>
+      <c r="O51" t="s">
+        <v>165</v>
+      </c>
+      <c r="P51" t="s">
+        <v>410</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>81</v>
+      </c>
+      <c r="B52" t="s">
+        <v>411</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>395</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>412</v>
+      </c>
+      <c r="H52" t="s">
+        <v>413</v>
+      </c>
+      <c r="I52" t="s">
+        <v>414</v>
+      </c>
+      <c r="J52" t="s">
+        <v>87</v>
+      </c>
+      <c r="K52" t="s">
+        <v>30</v>
+      </c>
+      <c r="L52" t="s">
+        <v>88</v>
+      </c>
+      <c r="M52" t="s">
+        <v>89</v>
+      </c>
+      <c r="N52" t="s">
+        <v>164</v>
+      </c>
+      <c r="O52" t="s">
+        <v>165</v>
+      </c>
+      <c r="P52" t="s">
+        <v>415</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>81</v>
+      </c>
+      <c r="B53" t="s">
+        <v>416</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>395</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>417</v>
+      </c>
+      <c r="H53" t="s">
+        <v>418</v>
+      </c>
+      <c r="I53" t="s">
+        <v>87</v>
+      </c>
+      <c r="J53" t="s">
+        <v>20</v>
+      </c>
+      <c r="K53" t="s">
+        <v>30</v>
+      </c>
+      <c r="L53" t="s">
+        <v>88</v>
+      </c>
+      <c r="M53" t="s">
+        <v>89</v>
+      </c>
+      <c r="N53" t="s">
+        <v>164</v>
+      </c>
+      <c r="O53" t="s">
+        <v>165</v>
+      </c>
+      <c r="P53" t="s">
+        <v>419</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>81</v>
+      </c>
+      <c r="B54" t="s">
+        <v>420</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>421</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>422</v>
+      </c>
+      <c r="H54" t="s">
+        <v>423</v>
+      </c>
+      <c r="I54" t="s">
+        <v>424</v>
+      </c>
+      <c r="J54" t="s">
+        <v>425</v>
+      </c>
+      <c r="K54" t="s">
+        <v>426</v>
+      </c>
+      <c r="L54" t="s">
+        <v>88</v>
+      </c>
+      <c r="M54" t="s">
+        <v>89</v>
+      </c>
+      <c r="N54" t="s">
+        <v>427</v>
+      </c>
+      <c r="O54" t="s">
+        <v>428</v>
+      </c>
+      <c r="P54" t="s">
+        <v>429</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>81</v>
+      </c>
+      <c r="B55" t="s">
+        <v>430</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>431</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>432</v>
+      </c>
+      <c r="H55" t="s">
+        <v>433</v>
+      </c>
+      <c r="I55" t="s">
+        <v>434</v>
+      </c>
+      <c r="J55" t="s">
+        <v>435</v>
+      </c>
+      <c r="K55" t="s">
+        <v>30</v>
+      </c>
+      <c r="L55" t="s">
+        <v>88</v>
+      </c>
+      <c r="M55" t="s">
+        <v>111</v>
+      </c>
+      <c r="N55" t="s">
+        <v>112</v>
+      </c>
+      <c r="O55" t="s">
+        <v>436</v>
+      </c>
+      <c r="P55" t="s">
+        <v>437</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>81</v>
+      </c>
+      <c r="B56" t="s">
+        <v>438</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>431</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>439</v>
+      </c>
+      <c r="H56" t="s">
+        <v>440</v>
+      </c>
+      <c r="I56" t="s">
+        <v>441</v>
+      </c>
+      <c r="J56" t="s">
+        <v>442</v>
+      </c>
+      <c r="K56" t="s">
+        <v>30</v>
+      </c>
+      <c r="L56" t="s">
+        <v>88</v>
+      </c>
+      <c r="M56" t="s">
+        <v>111</v>
+      </c>
+      <c r="N56" t="s">
+        <v>112</v>
+      </c>
+      <c r="O56" t="s">
+        <v>443</v>
+      </c>
+      <c r="P56" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>81</v>
+      </c>
+      <c r="B57" t="s">
+        <v>445</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>431</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>446</v>
+      </c>
+      <c r="H57" t="s">
+        <v>447</v>
+      </c>
+      <c r="I57" t="s">
+        <v>448</v>
+      </c>
+      <c r="J57" t="s">
+        <v>449</v>
+      </c>
+      <c r="K57" t="s">
+        <v>30</v>
+      </c>
+      <c r="L57" t="s">
+        <v>88</v>
+      </c>
+      <c r="M57" t="s">
+        <v>111</v>
+      </c>
+      <c r="N57" t="s">
+        <v>112</v>
+      </c>
+      <c r="O57" t="s">
+        <v>450</v>
+      </c>
+      <c r="P57" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>81</v>
+      </c>
+      <c r="B58" t="s">
+        <v>452</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>431</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>453</v>
+      </c>
+      <c r="H58" t="s">
+        <v>454</v>
+      </c>
+      <c r="I58" t="s">
+        <v>448</v>
+      </c>
+      <c r="J58" t="s">
+        <v>87</v>
+      </c>
+      <c r="K58" t="s">
+        <v>30</v>
+      </c>
+      <c r="L58" t="s">
+        <v>88</v>
+      </c>
+      <c r="M58" t="s">
+        <v>111</v>
+      </c>
+      <c r="N58" t="s">
+        <v>112</v>
+      </c>
+      <c r="O58" t="s">
+        <v>133</v>
+      </c>
+      <c r="P58" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>81</v>
+      </c>
+      <c r="B59" t="s">
+        <v>456</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>457</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>458</v>
+      </c>
+      <c r="H59" t="s">
+        <v>459</v>
+      </c>
+      <c r="I59" t="s">
+        <v>460</v>
+      </c>
+      <c r="J59" t="s">
+        <v>461</v>
+      </c>
+      <c r="K59" t="s">
+        <v>462</v>
+      </c>
+      <c r="L59" t="s">
+        <v>88</v>
+      </c>
+      <c r="M59" t="s">
+        <v>89</v>
+      </c>
+      <c r="N59" t="s">
+        <v>164</v>
+      </c>
+      <c r="O59" t="s">
+        <v>165</v>
+      </c>
+      <c r="P59" t="s">
+        <v>463</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>81</v>
+      </c>
+      <c r="B60" t="s">
+        <v>464</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>465</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>466</v>
+      </c>
+      <c r="H60" t="s">
+        <v>467</v>
+      </c>
+      <c r="I60" t="s">
+        <v>468</v>
+      </c>
+      <c r="J60" t="s">
+        <v>178</v>
+      </c>
+      <c r="K60" t="s">
+        <v>179</v>
+      </c>
+      <c r="L60" t="s">
+        <v>88</v>
+      </c>
+      <c r="M60" t="s">
+        <v>111</v>
+      </c>
+      <c r="N60" t="s">
+        <v>112</v>
+      </c>
+      <c r="O60" t="s">
+        <v>133</v>
+      </c>
+      <c r="P60" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>81</v>
+      </c>
+      <c r="B61" t="s">
+        <v>470</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>465</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>471</v>
+      </c>
+      <c r="H61" t="s">
+        <v>472</v>
+      </c>
+      <c r="I61" t="s">
+        <v>468</v>
+      </c>
+      <c r="J61" t="s">
+        <v>178</v>
+      </c>
+      <c r="K61" t="s">
+        <v>179</v>
+      </c>
+      <c r="L61" t="s">
+        <v>88</v>
+      </c>
+      <c r="M61" t="s">
+        <v>111</v>
+      </c>
+      <c r="N61" t="s">
+        <v>112</v>
+      </c>
+      <c r="O61" t="s">
+        <v>224</v>
+      </c>
+      <c r="P61" t="s">
+        <v>473</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>81</v>
+      </c>
+      <c r="B62" t="s">
+        <v>474</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>475</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>476</v>
+      </c>
+      <c r="H62" t="s">
+        <v>477</v>
+      </c>
+      <c r="I62" t="s">
+        <v>478</v>
+      </c>
+      <c r="J62" t="s">
+        <v>241</v>
+      </c>
+      <c r="K62" t="s">
+        <v>242</v>
+      </c>
+      <c r="L62" t="s">
+        <v>88</v>
+      </c>
+      <c r="M62" t="s">
+        <v>111</v>
+      </c>
+      <c r="N62" t="s">
+        <v>210</v>
+      </c>
+      <c r="O62" t="s">
+        <v>331</v>
+      </c>
+      <c r="P62" t="s">
+        <v>479</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>81</v>
+      </c>
+      <c r="B63" t="s">
+        <v>480</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>475</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>481</v>
+      </c>
+      <c r="H63" t="s">
+        <v>482</v>
+      </c>
+      <c r="I63" t="s">
+        <v>87</v>
+      </c>
+      <c r="J63" t="s">
+        <v>20</v>
+      </c>
+      <c r="K63" t="s">
+        <v>30</v>
+      </c>
+      <c r="L63" t="s">
+        <v>88</v>
+      </c>
+      <c r="M63" t="s">
+        <v>111</v>
+      </c>
+      <c r="N63" t="s">
+        <v>210</v>
+      </c>
+      <c r="O63" t="s">
+        <v>331</v>
+      </c>
+      <c r="P63" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>81</v>
+      </c>
+      <c r="B64" t="s">
+        <v>484</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>475</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>485</v>
+      </c>
+      <c r="H64" t="s">
+        <v>486</v>
+      </c>
+      <c r="I64" t="s">
+        <v>487</v>
+      </c>
+      <c r="J64" t="s">
+        <v>87</v>
+      </c>
+      <c r="K64" t="s">
+        <v>30</v>
+      </c>
+      <c r="L64" t="s">
+        <v>88</v>
+      </c>
+      <c r="M64" t="s">
+        <v>111</v>
+      </c>
+      <c r="N64" t="s">
+        <v>210</v>
+      </c>
+      <c r="O64" t="s">
+        <v>341</v>
+      </c>
+      <c r="P64" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>81</v>
+      </c>
+      <c r="B65" t="s">
+        <v>489</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>475</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>490</v>
+      </c>
+      <c r="H65" t="s">
+        <v>491</v>
+      </c>
+      <c r="I65" t="s">
+        <v>425</v>
+      </c>
+      <c r="J65" t="s">
+        <v>20</v>
+      </c>
+      <c r="K65" t="s">
+        <v>426</v>
+      </c>
+      <c r="L65" t="s">
+        <v>88</v>
+      </c>
+      <c r="M65" t="s">
+        <v>111</v>
+      </c>
+      <c r="N65" t="s">
+        <v>210</v>
+      </c>
+      <c r="O65" t="s">
+        <v>341</v>
+      </c>
+      <c r="P65" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>81</v>
+      </c>
+      <c r="B66" t="s">
+        <v>493</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>475</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>494</v>
+      </c>
+      <c r="H66" t="s">
+        <v>495</v>
+      </c>
+      <c r="I66" t="s">
+        <v>352</v>
+      </c>
+      <c r="J66" t="s">
+        <v>20</v>
+      </c>
+      <c r="K66" t="s">
+        <v>353</v>
+      </c>
+      <c r="L66" t="s">
+        <v>88</v>
+      </c>
+      <c r="M66" t="s">
+        <v>111</v>
+      </c>
+      <c r="N66" t="s">
+        <v>210</v>
+      </c>
+      <c r="O66" t="s">
+        <v>341</v>
+      </c>
+      <c r="P66" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>81</v>
+      </c>
+      <c r="B67" t="s">
+        <v>497</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>475</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>498</v>
+      </c>
+      <c r="H67" t="s">
+        <v>499</v>
+      </c>
+      <c r="I67" t="s">
+        <v>500</v>
+      </c>
+      <c r="J67" t="s">
+        <v>171</v>
+      </c>
+      <c r="K67" t="s">
+        <v>172</v>
+      </c>
+      <c r="L67" t="s">
+        <v>88</v>
+      </c>
+      <c r="M67" t="s">
+        <v>111</v>
+      </c>
+      <c r="N67" t="s">
+        <v>210</v>
+      </c>
+      <c r="O67" t="s">
+        <v>341</v>
+      </c>
+      <c r="P67" t="s">
+        <v>501</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>81</v>
+      </c>
+      <c r="B68" t="s">
+        <v>502</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>475</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>503</v>
+      </c>
+      <c r="H68" t="s">
+        <v>504</v>
+      </c>
+      <c r="I68" t="s">
+        <v>505</v>
+      </c>
+      <c r="J68" t="s">
+        <v>301</v>
+      </c>
+      <c r="K68" t="s">
+        <v>302</v>
+      </c>
+      <c r="L68" t="s">
+        <v>88</v>
+      </c>
+      <c r="M68" t="s">
+        <v>111</v>
+      </c>
+      <c r="N68" t="s">
+        <v>210</v>
+      </c>
+      <c r="O68" t="s">
+        <v>341</v>
+      </c>
+      <c r="P68" t="s">
+        <v>506</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>81</v>
+      </c>
+      <c r="B69" t="s">
+        <v>507</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>508</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>509</v>
+      </c>
+      <c r="H69" t="s">
+        <v>510</v>
+      </c>
+      <c r="I69" t="s">
+        <v>511</v>
+      </c>
+      <c r="J69" t="s">
+        <v>87</v>
+      </c>
+      <c r="K69" t="s">
+        <v>30</v>
+      </c>
+      <c r="L69" t="s">
+        <v>88</v>
+      </c>
+      <c r="M69" t="s">
+        <v>111</v>
+      </c>
+      <c r="N69" t="s">
+        <v>512</v>
+      </c>
+      <c r="O69" t="s">
+        <v>513</v>
+      </c>
+      <c r="P69" t="s">
+        <v>514</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>81</v>
+      </c>
+      <c r="B70" t="s">
+        <v>515</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>516</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>517</v>
+      </c>
+      <c r="H70" t="s">
+        <v>518</v>
+      </c>
+      <c r="I70" t="s">
+        <v>519</v>
+      </c>
+      <c r="J70" t="s">
+        <v>520</v>
+      </c>
+      <c r="K70" t="s">
+        <v>521</v>
+      </c>
+      <c r="L70" t="s">
+        <v>88</v>
+      </c>
+      <c r="M70" t="s">
+        <v>89</v>
+      </c>
+      <c r="N70" t="s">
+        <v>164</v>
+      </c>
+      <c r="O70" t="s">
+        <v>165</v>
+      </c>
+      <c r="P70" t="s">
+        <v>522</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>81</v>
+      </c>
+      <c r="B71" t="s">
+        <v>523</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>516</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>524</v>
+      </c>
+      <c r="H71" t="s">
+        <v>525</v>
+      </c>
+      <c r="I71" t="s">
+        <v>526</v>
+      </c>
+      <c r="J71" t="s">
+        <v>527</v>
+      </c>
+      <c r="K71" t="s">
+        <v>528</v>
+      </c>
+      <c r="L71" t="s">
+        <v>88</v>
+      </c>
+      <c r="M71" t="s">
+        <v>89</v>
+      </c>
+      <c r="N71" t="s">
+        <v>164</v>
+      </c>
+      <c r="O71" t="s">
+        <v>165</v>
+      </c>
+      <c r="P71" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>81</v>
+      </c>
+      <c r="B72" t="s">
+        <v>530</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>531</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>532</v>
+      </c>
+      <c r="H72" t="s">
+        <v>533</v>
+      </c>
+      <c r="I72" t="s">
+        <v>534</v>
+      </c>
+      <c r="J72" t="s">
+        <v>162</v>
+      </c>
+      <c r="K72" t="s">
+        <v>163</v>
+      </c>
+      <c r="L72" t="s">
+        <v>88</v>
+      </c>
+      <c r="M72" t="s">
+        <v>154</v>
+      </c>
+      <c r="N72" t="s">
+        <v>535</v>
+      </c>
+      <c r="O72" t="s">
+        <v>536</v>
+      </c>
+      <c r="P72" t="s">
+        <v>537</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>81</v>
+      </c>
+      <c r="B73" t="s">
+        <v>538</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>539</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>540</v>
+      </c>
+      <c r="H73" t="s">
+        <v>541</v>
+      </c>
+      <c r="I73" t="s">
+        <v>542</v>
+      </c>
+      <c r="J73" t="s">
+        <v>87</v>
+      </c>
+      <c r="K73" t="s">
+        <v>30</v>
+      </c>
+      <c r="L73" t="s">
+        <v>88</v>
+      </c>
+      <c r="M73" t="s">
+        <v>111</v>
+      </c>
+      <c r="N73" t="s">
+        <v>164</v>
+      </c>
+      <c r="O73" t="s">
+        <v>354</v>
+      </c>
+      <c r="P73" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>81</v>
+      </c>
+      <c r="B74" t="s">
+        <v>544</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>539</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>545</v>
+      </c>
+      <c r="H74" t="s">
+        <v>546</v>
+      </c>
+      <c r="I74" t="s">
+        <v>547</v>
+      </c>
+      <c r="J74" t="s">
+        <v>87</v>
+      </c>
+      <c r="K74" t="s">
+        <v>30</v>
+      </c>
+      <c r="L74" t="s">
+        <v>88</v>
+      </c>
+      <c r="M74" t="s">
+        <v>111</v>
+      </c>
+      <c r="N74" t="s">
+        <v>164</v>
+      </c>
+      <c r="O74" t="s">
+        <v>354</v>
+      </c>
+      <c r="P74" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>81</v>
+      </c>
+      <c r="B75" t="s">
+        <v>549</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>550</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>551</v>
+      </c>
+      <c r="H75" t="s">
+        <v>552</v>
+      </c>
+      <c r="I75" t="s">
+        <v>553</v>
+      </c>
+      <c r="J75" t="s">
+        <v>178</v>
+      </c>
+      <c r="K75" t="s">
+        <v>179</v>
+      </c>
+      <c r="L75" t="s">
+        <v>88</v>
+      </c>
+      <c r="M75" t="s">
+        <v>111</v>
+      </c>
+      <c r="N75" t="s">
+        <v>112</v>
+      </c>
+      <c r="O75" t="s">
+        <v>133</v>
+      </c>
+      <c r="P75" t="s">
+        <v>554</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>81</v>
+      </c>
+      <c r="B76" t="s">
+        <v>555</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>556</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>557</v>
+      </c>
+      <c r="H76" t="s">
+        <v>558</v>
+      </c>
+      <c r="I76" t="s">
+        <v>559</v>
+      </c>
+      <c r="J76" t="s">
+        <v>87</v>
+      </c>
+      <c r="K76" t="s">
+        <v>30</v>
+      </c>
+      <c r="L76" t="s">
+        <v>88</v>
+      </c>
+      <c r="M76" t="s">
+        <v>154</v>
+      </c>
+      <c r="N76" t="s">
+        <v>535</v>
+      </c>
+      <c r="O76" t="s">
+        <v>536</v>
+      </c>
+      <c r="P76" t="s">
+        <v>560</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>81</v>
+      </c>
+      <c r="B77" t="s">
+        <v>561</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>562</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>563</v>
+      </c>
+      <c r="H77" t="s">
+        <v>564</v>
+      </c>
+      <c r="I77" t="s">
+        <v>565</v>
+      </c>
+      <c r="J77" t="s">
+        <v>20</v>
+      </c>
+      <c r="K77" t="s">
+        <v>566</v>
+      </c>
+      <c r="L77" t="s">
+        <v>88</v>
+      </c>
+      <c r="M77" t="s">
+        <v>111</v>
+      </c>
+      <c r="N77" t="s">
+        <v>210</v>
+      </c>
+      <c r="O77" t="s">
+        <v>567</v>
+      </c>
+      <c r="P77" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>81</v>
+      </c>
+      <c r="B78" t="s">
+        <v>569</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>562</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>570</v>
+      </c>
+      <c r="H78" t="s">
+        <v>571</v>
+      </c>
+      <c r="I78" t="s">
+        <v>565</v>
+      </c>
+      <c r="J78" t="s">
+        <v>20</v>
+      </c>
+      <c r="K78" t="s">
+        <v>566</v>
+      </c>
+      <c r="L78" t="s">
+        <v>88</v>
+      </c>
+      <c r="M78" t="s">
+        <v>111</v>
+      </c>
+      <c r="N78" t="s">
+        <v>210</v>
+      </c>
+      <c r="O78" t="s">
+        <v>572</v>
+      </c>
+      <c r="P78" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>81</v>
+      </c>
+      <c r="B79" t="s">
+        <v>574</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>575</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>576</v>
+      </c>
+      <c r="H79" t="s">
+        <v>577</v>
+      </c>
+      <c r="I79" t="s">
+        <v>565</v>
+      </c>
+      <c r="J79" t="s">
+        <v>20</v>
+      </c>
+      <c r="K79" t="s">
+        <v>566</v>
+      </c>
+      <c r="L79" t="s">
+        <v>88</v>
+      </c>
+      <c r="M79" t="s">
+        <v>111</v>
+      </c>
+      <c r="N79" t="s">
+        <v>210</v>
+      </c>
+      <c r="O79" t="s">
+        <v>567</v>
+      </c>
+      <c r="P79" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>81</v>
+      </c>
+      <c r="B80" t="s">
+        <v>579</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>580</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>581</v>
+      </c>
+      <c r="H80" t="s">
+        <v>582</v>
+      </c>
+      <c r="I80" t="s">
+        <v>583</v>
+      </c>
+      <c r="J80" t="s">
+        <v>87</v>
+      </c>
+      <c r="K80" t="s">
+        <v>30</v>
+      </c>
+      <c r="L80" t="s">
+        <v>88</v>
+      </c>
+      <c r="M80" t="s">
+        <v>111</v>
+      </c>
+      <c r="N80" t="s">
+        <v>427</v>
+      </c>
+      <c r="O80" t="s">
+        <v>428</v>
+      </c>
+      <c r="P80" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>81</v>
+      </c>
+      <c r="B81" t="s">
+        <v>585</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>586</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>587</v>
+      </c>
+      <c r="H81" t="s">
+        <v>588</v>
+      </c>
+      <c r="I81" t="s">
+        <v>316</v>
+      </c>
+      <c r="J81" t="s">
+        <v>87</v>
+      </c>
+      <c r="K81" t="s">
+        <v>30</v>
+      </c>
+      <c r="L81" t="s">
+        <v>88</v>
+      </c>
+      <c r="M81" t="s">
+        <v>111</v>
+      </c>
+      <c r="N81" t="s">
+        <v>210</v>
+      </c>
+      <c r="O81" t="s">
+        <v>211</v>
+      </c>
+      <c r="P81" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>81</v>
+      </c>
+      <c r="B82" t="s">
+        <v>590</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>586</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>591</v>
+      </c>
+      <c r="H82" t="s">
+        <v>592</v>
+      </c>
+      <c r="I82" t="s">
+        <v>316</v>
+      </c>
+      <c r="J82" t="s">
+        <v>87</v>
+      </c>
+      <c r="K82" t="s">
+        <v>30</v>
+      </c>
+      <c r="L82" t="s">
+        <v>88</v>
+      </c>
+      <c r="M82" t="s">
+        <v>111</v>
+      </c>
+      <c r="N82" t="s">
+        <v>210</v>
+      </c>
+      <c r="O82" t="s">
+        <v>230</v>
+      </c>
+      <c r="P82" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>81</v>
+      </c>
+      <c r="B83" t="s">
+        <v>594</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>595</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>596</v>
+      </c>
+      <c r="H83" t="s">
+        <v>597</v>
+      </c>
+      <c r="I83" t="s">
+        <v>598</v>
+      </c>
+      <c r="J83" t="s">
+        <v>372</v>
+      </c>
+      <c r="K83" t="s">
+        <v>373</v>
+      </c>
+      <c r="L83" t="s">
+        <v>88</v>
+      </c>
+      <c r="M83" t="s">
+        <v>154</v>
+      </c>
+      <c r="N83" t="s">
+        <v>164</v>
+      </c>
+      <c r="O83" t="s">
+        <v>165</v>
+      </c>
+      <c r="P83" t="s">
+        <v>599</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>81</v>
+      </c>
+      <c r="B84" t="s">
+        <v>600</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>595</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>601</v>
+      </c>
+      <c r="H84" t="s">
+        <v>602</v>
+      </c>
+      <c r="I84" t="s">
+        <v>425</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>426</v>
+      </c>
+      <c r="L84" t="s">
+        <v>88</v>
+      </c>
+      <c r="M84" t="s">
+        <v>154</v>
+      </c>
+      <c r="N84" t="s">
+        <v>164</v>
+      </c>
+      <c r="O84" t="s">
+        <v>165</v>
+      </c>
+      <c r="P84" t="s">
+        <v>603</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>81</v>
+      </c>
+      <c r="B85" t="s">
+        <v>604</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>605</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>606</v>
+      </c>
+      <c r="H85" t="s">
+        <v>607</v>
+      </c>
+      <c r="I85" t="s">
+        <v>608</v>
+      </c>
+      <c r="J85" t="s">
+        <v>609</v>
+      </c>
+      <c r="K85" t="s">
+        <v>610</v>
+      </c>
+      <c r="L85" t="s">
+        <v>88</v>
+      </c>
+      <c r="M85" t="s">
+        <v>154</v>
+      </c>
+      <c r="N85" t="s">
+        <v>164</v>
+      </c>
+      <c r="O85" t="s">
+        <v>165</v>
+      </c>
+      <c r="P85" t="s">
+        <v>611</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>81</v>
+      </c>
+      <c r="B86" t="s">
+        <v>612</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>613</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>614</v>
+      </c>
+      <c r="H86" t="s">
+        <v>615</v>
+      </c>
+      <c r="I86" t="s">
+        <v>616</v>
+      </c>
+      <c r="J86" t="s">
+        <v>461</v>
+      </c>
+      <c r="K86" t="s">
+        <v>462</v>
+      </c>
+      <c r="L86" t="s">
+        <v>88</v>
+      </c>
+      <c r="M86" t="s">
+        <v>111</v>
+      </c>
+      <c r="N86" t="s">
+        <v>112</v>
+      </c>
+      <c r="O86" t="s">
+        <v>113</v>
+      </c>
+      <c r="P86" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>81</v>
+      </c>
+      <c r="B87" t="s">
+        <v>618</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>613</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>619</v>
+      </c>
+      <c r="H87" t="s">
+        <v>620</v>
+      </c>
+      <c r="I87" t="s">
+        <v>616</v>
+      </c>
+      <c r="J87" t="s">
+        <v>461</v>
+      </c>
+      <c r="K87" t="s">
+        <v>462</v>
+      </c>
+      <c r="L87" t="s">
+        <v>88</v>
+      </c>
+      <c r="M87" t="s">
+        <v>111</v>
+      </c>
+      <c r="N87" t="s">
+        <v>112</v>
+      </c>
+      <c r="O87" t="s">
+        <v>133</v>
+      </c>
+      <c r="P87" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>81</v>
+      </c>
+      <c r="B88" t="s">
+        <v>622</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>623</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>624</v>
+      </c>
+      <c r="H88" t="s">
+        <v>625</v>
+      </c>
+      <c r="I88" t="s">
+        <v>626</v>
+      </c>
+      <c r="J88" t="s">
+        <v>87</v>
+      </c>
+      <c r="K88" t="s">
+        <v>30</v>
+      </c>
+      <c r="L88" t="s">
+        <v>88</v>
+      </c>
+      <c r="M88" t="s">
+        <v>154</v>
+      </c>
+      <c r="N88" t="s">
+        <v>164</v>
+      </c>
+      <c r="O88" t="s">
+        <v>165</v>
+      </c>
+      <c r="P88" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>81</v>
+      </c>
+      <c r="B89" t="s">
+        <v>628</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>629</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>630</v>
+      </c>
+      <c r="H89" t="s">
+        <v>631</v>
+      </c>
+      <c r="I89" t="s">
+        <v>632</v>
+      </c>
+      <c r="J89" t="s">
+        <v>87</v>
+      </c>
+      <c r="K89" t="s">
+        <v>30</v>
+      </c>
+      <c r="L89" t="s">
+        <v>88</v>
+      </c>
+      <c r="M89" t="s">
+        <v>154</v>
+      </c>
+      <c r="N89" t="s">
+        <v>535</v>
+      </c>
+      <c r="O89" t="s">
+        <v>536</v>
+      </c>
+      <c r="P89" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>81</v>
+      </c>
+      <c r="B90" t="s">
+        <v>634</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>635</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>636</v>
+      </c>
+      <c r="H90" t="s">
+        <v>637</v>
+      </c>
+      <c r="I90" t="s">
+        <v>638</v>
+      </c>
+      <c r="J90" t="s">
+        <v>301</v>
+      </c>
+      <c r="K90" t="s">
+        <v>302</v>
+      </c>
+      <c r="L90" t="s">
+        <v>88</v>
+      </c>
+      <c r="M90" t="s">
+        <v>154</v>
+      </c>
+      <c r="N90" t="s">
+        <v>535</v>
+      </c>
+      <c r="O90" t="s">
+        <v>536</v>
+      </c>
+      <c r="P90" t="s">
+        <v>639</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>81</v>
+      </c>
+      <c r="B91" t="s">
+        <v>640</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>641</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>642</v>
+      </c>
+      <c r="H91" t="s">
+        <v>643</v>
+      </c>
+      <c r="I91" t="s">
+        <v>352</v>
+      </c>
+      <c r="J91" t="s">
+        <v>20</v>
+      </c>
+      <c r="K91" t="s">
+        <v>353</v>
+      </c>
+      <c r="L91" t="s">
+        <v>88</v>
+      </c>
+      <c r="M91" t="s">
+        <v>89</v>
+      </c>
+      <c r="N91" t="s">
+        <v>164</v>
+      </c>
+      <c r="O91" t="s">
+        <v>165</v>
+      </c>
+      <c r="P91" t="s">
+        <v>644</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>81</v>
+      </c>
+      <c r="B92" t="s">
+        <v>645</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>641</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>646</v>
+      </c>
+      <c r="H92" t="s">
+        <v>647</v>
+      </c>
+      <c r="I92" t="s">
+        <v>424</v>
+      </c>
+      <c r="J92" t="s">
+        <v>425</v>
+      </c>
+      <c r="K92" t="s">
+        <v>426</v>
+      </c>
+      <c r="L92" t="s">
+        <v>88</v>
+      </c>
+      <c r="M92" t="s">
+        <v>89</v>
+      </c>
+      <c r="N92" t="s">
+        <v>164</v>
+      </c>
+      <c r="O92" t="s">
+        <v>165</v>
+      </c>
+      <c r="P92" t="s">
+        <v>648</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>81</v>
+      </c>
+      <c r="B93" t="s">
+        <v>649</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>650</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>651</v>
+      </c>
+      <c r="H93" t="s">
+        <v>652</v>
+      </c>
+      <c r="I93" t="s">
+        <v>653</v>
+      </c>
+      <c r="J93" t="s">
+        <v>654</v>
+      </c>
+      <c r="K93" t="s">
+        <v>655</v>
+      </c>
+      <c r="L93" t="s">
+        <v>88</v>
+      </c>
+      <c r="M93" t="s">
+        <v>111</v>
+      </c>
+      <c r="N93" t="s">
+        <v>210</v>
+      </c>
+      <c r="O93" t="s">
+        <v>572</v>
+      </c>
+      <c r="P93" t="s">
+        <v>656</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>81</v>
+      </c>
+      <c r="B94" t="s">
+        <v>657</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>650</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>658</v>
+      </c>
+      <c r="H94" t="s">
+        <v>659</v>
+      </c>
+      <c r="I94" t="s">
+        <v>660</v>
+      </c>
+      <c r="J94" t="s">
+        <v>461</v>
+      </c>
+      <c r="K94" t="s">
+        <v>462</v>
+      </c>
+      <c r="L94" t="s">
+        <v>88</v>
+      </c>
+      <c r="M94" t="s">
+        <v>111</v>
+      </c>
+      <c r="N94" t="s">
+        <v>210</v>
+      </c>
+      <c r="O94" t="s">
+        <v>388</v>
+      </c>
+      <c r="P94" t="s">
+        <v>661</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>81</v>
+      </c>
+      <c r="B95" t="s">
+        <v>662</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>650</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>663</v>
+      </c>
+      <c r="H95" t="s">
+        <v>664</v>
+      </c>
+      <c r="I95" t="s">
+        <v>665</v>
+      </c>
+      <c r="J95" t="s">
+        <v>666</v>
+      </c>
+      <c r="K95" t="s">
+        <v>667</v>
+      </c>
+      <c r="L95" t="s">
+        <v>88</v>
+      </c>
+      <c r="M95" t="s">
+        <v>111</v>
+      </c>
+      <c r="N95" t="s">
+        <v>210</v>
+      </c>
+      <c r="O95" t="s">
+        <v>572</v>
+      </c>
+      <c r="P95" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>81</v>
+      </c>
+      <c r="B96" t="s">
+        <v>669</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>670</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>671</v>
+      </c>
+      <c r="H96" t="s">
+        <v>672</v>
+      </c>
+      <c r="I96" t="s">
+        <v>673</v>
+      </c>
+      <c r="J96" t="s">
+        <v>241</v>
+      </c>
+      <c r="K96" t="s">
+        <v>242</v>
+      </c>
+      <c r="L96" t="s">
+        <v>88</v>
+      </c>
+      <c r="M96" t="s">
+        <v>89</v>
+      </c>
+      <c r="N96" t="s">
+        <v>164</v>
+      </c>
+      <c r="O96" t="s">
+        <v>354</v>
+      </c>
+      <c r="P96" t="s">
+        <v>674</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>81</v>
+      </c>
+      <c r="B97" t="s">
+        <v>675</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>676</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>677</v>
+      </c>
+      <c r="H97" t="s">
+        <v>678</v>
+      </c>
+      <c r="I97" t="s">
+        <v>143</v>
+      </c>
+      <c r="J97" t="s">
+        <v>20</v>
+      </c>
+      <c r="K97" t="s">
+        <v>144</v>
+      </c>
+      <c r="L97" t="s">
+        <v>88</v>
+      </c>
+      <c r="M97" t="s">
+        <v>89</v>
+      </c>
+      <c r="N97" t="s">
+        <v>210</v>
+      </c>
+      <c r="O97" t="s">
+        <v>211</v>
+      </c>
+      <c r="P97" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>81</v>
+      </c>
+      <c r="B98" t="s">
+        <v>680</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>676</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>681</v>
+      </c>
+      <c r="H98" t="s">
+        <v>682</v>
+      </c>
+      <c r="I98" t="s">
+        <v>143</v>
+      </c>
+      <c r="J98" t="s">
+        <v>20</v>
+      </c>
+      <c r="K98" t="s">
+        <v>144</v>
+      </c>
+      <c r="L98" t="s">
+        <v>88</v>
+      </c>
+      <c r="M98" t="s">
+        <v>89</v>
+      </c>
+      <c r="N98" t="s">
+        <v>210</v>
+      </c>
+      <c r="O98" t="s">
+        <v>230</v>
+      </c>
+      <c r="P98" t="s">
+        <v>683</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>81</v>
+      </c>
+      <c r="B99" t="s">
+        <v>684</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>676</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>685</v>
+      </c>
+      <c r="H99" t="s">
+        <v>686</v>
+      </c>
+      <c r="I99" t="s">
+        <v>687</v>
+      </c>
+      <c r="J99" t="s">
+        <v>20</v>
+      </c>
+      <c r="K99" t="s">
+        <v>688</v>
+      </c>
+      <c r="L99" t="s">
+        <v>88</v>
+      </c>
+      <c r="M99" t="s">
+        <v>89</v>
+      </c>
+      <c r="N99" t="s">
+        <v>210</v>
+      </c>
+      <c r="O99" t="s">
+        <v>341</v>
+      </c>
+      <c r="P99" t="s">
+        <v>689</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>81</v>
+      </c>
+      <c r="B100" t="s">
+        <v>690</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>676</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>691</v>
+      </c>
+      <c r="H100" t="s">
+        <v>692</v>
+      </c>
+      <c r="I100" t="s">
+        <v>693</v>
+      </c>
+      <c r="J100" t="s">
+        <v>694</v>
+      </c>
+      <c r="K100" t="s">
+        <v>695</v>
+      </c>
+      <c r="L100" t="s">
+        <v>88</v>
+      </c>
+      <c r="M100" t="s">
+        <v>89</v>
+      </c>
+      <c r="N100" t="s">
+        <v>210</v>
+      </c>
+      <c r="O100" t="s">
+        <v>572</v>
+      </c>
+      <c r="P100" t="s">
+        <v>696</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>81</v>
+      </c>
+      <c r="B101" t="s">
+        <v>697</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>698</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>699</v>
+      </c>
+      <c r="H101" t="s">
+        <v>700</v>
+      </c>
+      <c r="I101" t="s">
+        <v>701</v>
+      </c>
+      <c r="J101" t="s">
+        <v>162</v>
+      </c>
+      <c r="K101" t="s">
+        <v>163</v>
+      </c>
+      <c r="L101" t="s">
+        <v>88</v>
+      </c>
+      <c r="M101" t="s">
+        <v>89</v>
+      </c>
+      <c r="N101" t="s">
+        <v>164</v>
+      </c>
+      <c r="O101" t="s">
+        <v>354</v>
+      </c>
+      <c r="P101" t="s">
+        <v>702</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>81</v>
+      </c>
+      <c r="B102" t="s">
+        <v>703</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>704</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>705</v>
+      </c>
+      <c r="H102" t="s">
+        <v>706</v>
+      </c>
+      <c r="I102" t="s">
+        <v>707</v>
+      </c>
+      <c r="J102" t="s">
+        <v>241</v>
+      </c>
+      <c r="K102" t="s">
+        <v>242</v>
+      </c>
+      <c r="L102" t="s">
+        <v>88</v>
+      </c>
+      <c r="M102" t="s">
+        <v>111</v>
+      </c>
+      <c r="N102" t="s">
+        <v>210</v>
+      </c>
+      <c r="O102" t="s">
+        <v>230</v>
+      </c>
+      <c r="P102" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>81</v>
+      </c>
+      <c r="B103" t="s">
+        <v>709</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>704</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>710</v>
+      </c>
+      <c r="H103" t="s">
+        <v>711</v>
+      </c>
+      <c r="I103" t="s">
+        <v>712</v>
+      </c>
+      <c r="J103" t="s">
+        <v>713</v>
+      </c>
+      <c r="K103" t="s">
+        <v>714</v>
+      </c>
+      <c r="L103" t="s">
+        <v>88</v>
+      </c>
+      <c r="M103" t="s">
+        <v>111</v>
+      </c>
+      <c r="N103" t="s">
+        <v>210</v>
+      </c>
+      <c r="O103" t="s">
+        <v>211</v>
+      </c>
+      <c r="P103" t="s">
+        <v>715</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>716</v>
+      </c>
+      <c r="J1" t="s">
+        <v>73</v>
+      </c>
+      <c r="K1" t="s">
+        <v>717</v>
+      </c>
+      <c r="L1" t="s">
+        <v>75</v>
+      </c>
+      <c r="M1" t="s">
+        <v>76</v>
+      </c>
+      <c r="N1" t="s">
+        <v>718</v>
+      </c>
+      <c r="O1" t="s">
+        <v>719</v>
+      </c>
+      <c r="P1" t="s">
+        <v>720</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>721</v>
+      </c>
+      <c r="R1" t="s">
+        <v>77</v>
+      </c>
+      <c r="S1" t="s">
+        <v>722</v>
+      </c>
+      <c r="T1" t="s">
+        <v>723</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>724</v>
+      </c>
+      <c r="B2" t="s">
+        <v>725</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>726</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>727</v>
+      </c>
+      <c r="H2" t="s">
+        <v>728</v>
+      </c>
+      <c r="I2" t="s">
+        <v>729</v>
+      </c>
+      <c r="J2" t="s">
+        <v>730</v>
+      </c>
+      <c r="K2" t="s">
+        <v>731</v>
+      </c>
+      <c r="L2" t="s">
+        <v>242</v>
+      </c>
+      <c r="M2" t="s">
+        <v>88</v>
+      </c>
+      <c r="N2" t="s">
+        <v>732</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>733</v>
+      </c>
+      <c r="R2" t="s">
+        <v>111</v>
+      </c>
+      <c r="S2" t="s">
+        <v>734</v>
+      </c>
+      <c r="T2" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>724</v>
+      </c>
+      <c r="B3" t="s">
+        <v>736</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>726</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>737</v>
+      </c>
+      <c r="H3" t="s">
+        <v>738</v>
+      </c>
+      <c r="I3" t="s">
+        <v>739</v>
+      </c>
+      <c r="J3" t="s">
+        <v>740</v>
+      </c>
+      <c r="K3" t="s">
+        <v>409</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>88</v>
+      </c>
+      <c r="N3" t="s">
+        <v>732</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>741</v>
+      </c>
+      <c r="R3" t="s">
+        <v>111</v>
+      </c>
+      <c r="S3" t="s">
+        <v>41</v>
+      </c>
+      <c r="T3" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>724</v>
+      </c>
+      <c r="B4" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>726</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>742</v>
+      </c>
+      <c r="H4" t="s">
+        <v>743</v>
+      </c>
+      <c r="I4" t="s">
+        <v>729</v>
+      </c>
+      <c r="J4" t="s">
+        <v>744</v>
+      </c>
+      <c r="K4" t="s">
+        <v>87</v>
+      </c>
+      <c r="L4" t="s">
+        <v>30</v>
+      </c>
+      <c r="M4" t="s">
+        <v>88</v>
+      </c>
+      <c r="N4" t="s">
+        <v>732</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>20</v>
+      </c>
+      <c r="R4" t="s">
+        <v>111</v>
+      </c>
+      <c r="S4" t="s">
+        <v>31</v>
+      </c>
+      <c r="T4" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>724</v>
+      </c>
+      <c r="B5" t="s">
+        <v>745</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>746</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>747</v>
+      </c>
+      <c r="H5" t="s">
+        <v>748</v>
+      </c>
+      <c r="I5" t="s">
+        <v>739</v>
+      </c>
+      <c r="J5" t="s">
+        <v>749</v>
+      </c>
+      <c r="K5" t="s">
+        <v>87</v>
+      </c>
+      <c r="L5" t="s">
+        <v>30</v>
+      </c>
+      <c r="M5" t="s">
+        <v>88</v>
+      </c>
+      <c r="N5" t="s">
+        <v>750</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>751</v>
+      </c>
+      <c r="R5" t="s">
+        <v>111</v>
+      </c>
+      <c r="S5" t="s">
+        <v>752</v>
+      </c>
+      <c r="T5" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>724</v>
+      </c>
+      <c r="B6" t="s">
+        <v>753</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>746</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>754</v>
+      </c>
+      <c r="H6" t="s">
+        <v>755</v>
+      </c>
+      <c r="I6" t="s">
+        <v>739</v>
+      </c>
+      <c r="J6" t="s">
+        <v>424</v>
+      </c>
+      <c r="K6" t="s">
+        <v>425</v>
+      </c>
+      <c r="L6" t="s">
+        <v>426</v>
+      </c>
+      <c r="M6" t="s">
+        <v>88</v>
+      </c>
+      <c r="N6" t="s">
+        <v>750</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>751</v>
+      </c>
+      <c r="R6" t="s">
+        <v>111</v>
+      </c>
+      <c r="S6" t="s">
+        <v>756</v>
+      </c>
+      <c r="T6" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>724</v>
+      </c>
+      <c r="B7" t="s">
+        <v>757</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>758</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>759</v>
+      </c>
+      <c r="H7" t="s">
+        <v>760</v>
+      </c>
+      <c r="I7" t="s">
+        <v>739</v>
+      </c>
+      <c r="J7" t="s">
+        <v>761</v>
+      </c>
+      <c r="K7" t="s">
+        <v>762</v>
+      </c>
+      <c r="L7" t="s">
+        <v>30</v>
+      </c>
+      <c r="M7" t="s">
+        <v>88</v>
+      </c>
+      <c r="N7" t="s">
+        <v>763</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>764</v>
+      </c>
+      <c r="R7" t="s">
+        <v>89</v>
+      </c>
+      <c r="S7" t="s">
+        <v>765</v>
+      </c>
+      <c r="T7" t="s">
+        <v>735</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>724</v>
+      </c>
+      <c r="B8" t="s">
+        <v>766</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>767</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>768</v>
+      </c>
+      <c r="H8" t="s">
+        <v>769</v>
+      </c>
+      <c r="I8" t="s">
+        <v>729</v>
+      </c>
+      <c r="J8" t="s">
+        <v>217</v>
+      </c>
+      <c r="K8" t="s">
+        <v>218</v>
+      </c>
+      <c r="L8" t="s">
+        <v>219</v>
+      </c>
+      <c r="M8" t="s">
+        <v>88</v>
+      </c>
+      <c r="N8" t="s">
+        <v>770</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>771</v>
+      </c>
+      <c r="R8" t="s">
+        <v>111</v>
+      </c>
+      <c r="S8" t="s">
+        <v>772</v>
+      </c>
+      <c r="T8" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>724</v>
+      </c>
+      <c r="B9" t="s">
+        <v>774</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>767</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>775</v>
+      </c>
+      <c r="H9" t="s">
+        <v>776</v>
+      </c>
+      <c r="I9" t="s">
+        <v>739</v>
+      </c>
+      <c r="J9" t="s">
+        <v>316</v>
+      </c>
+      <c r="K9" t="s">
+        <v>409</v>
+      </c>
+      <c r="L9" t="s">
+        <v>30</v>
+      </c>
+      <c r="M9" t="s">
+        <v>88</v>
+      </c>
+      <c r="N9" t="s">
+        <v>777</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>771</v>
+      </c>
+      <c r="R9" t="s">
+        <v>111</v>
+      </c>
+      <c r="S9" t="s">
+        <v>778</v>
+      </c>
+      <c r="T9" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>724</v>
+      </c>
+      <c r="B10" t="s">
+        <v>779</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>767</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>780</v>
+      </c>
+      <c r="H10" t="s">
+        <v>781</v>
+      </c>
+      <c r="I10" t="s">
+        <v>739</v>
+      </c>
+      <c r="J10" t="s">
+        <v>316</v>
+      </c>
+      <c r="K10" t="s">
+        <v>409</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>777</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>771</v>
+      </c>
+      <c r="R10" t="s">
+        <v>111</v>
+      </c>
+      <c r="S10" t="s">
+        <v>782</v>
+      </c>
+      <c r="T10" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>724</v>
+      </c>
+      <c r="B11" t="s">
+        <v>783</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>784</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>785</v>
+      </c>
+      <c r="H11" t="s">
+        <v>786</v>
+      </c>
+      <c r="I11" t="s">
+        <v>739</v>
+      </c>
+      <c r="J11" t="s">
+        <v>424</v>
+      </c>
+      <c r="K11" t="s">
+        <v>425</v>
+      </c>
+      <c r="L11" t="s">
+        <v>426</v>
+      </c>
+      <c r="M11" t="s">
+        <v>88</v>
+      </c>
+      <c r="N11" t="s">
+        <v>787</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>789</v>
+      </c>
+      <c r="R11" t="s">
+        <v>89</v>
+      </c>
+      <c r="S11" t="s">
+        <v>790</v>
+      </c>
+      <c r="T11" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>724</v>
+      </c>
+      <c r="B12" t="s">
+        <v>791</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>784</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>792</v>
+      </c>
+      <c r="H12" t="s">
+        <v>793</v>
+      </c>
+      <c r="I12" t="s">
+        <v>739</v>
+      </c>
+      <c r="J12" t="s">
+        <v>794</v>
+      </c>
+      <c r="K12" t="s">
+        <v>352</v>
+      </c>
+      <c r="L12" t="s">
+        <v>353</v>
+      </c>
+      <c r="M12" t="s">
+        <v>88</v>
+      </c>
+      <c r="N12" t="s">
+        <v>795</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>796</v>
+      </c>
+      <c r="R12" t="s">
+        <v>89</v>
+      </c>
+      <c r="S12" t="s">
+        <v>797</v>
+      </c>
+      <c r="T12" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>724</v>
+      </c>
+      <c r="B13" t="s">
+        <v>798</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>799</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>800</v>
+      </c>
+      <c r="H13" t="s">
+        <v>801</v>
+      </c>
+      <c r="I13" t="s">
+        <v>739</v>
+      </c>
+      <c r="J13" t="s">
+        <v>802</v>
+      </c>
+      <c r="K13" t="s">
+        <v>152</v>
+      </c>
+      <c r="L13" t="s">
+        <v>153</v>
+      </c>
+      <c r="M13" t="s">
+        <v>88</v>
+      </c>
+      <c r="N13" t="s">
+        <v>803</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>804</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>771</v>
+      </c>
+      <c r="R13" t="s">
+        <v>804</v>
+      </c>
+      <c r="S13" t="s">
+        <v>805</v>
+      </c>
+      <c r="T13" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>724</v>
+      </c>
+      <c r="B14" t="s">
+        <v>806</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>784</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>807</v>
+      </c>
+      <c r="H14" t="s">
+        <v>808</v>
+      </c>
+      <c r="I14" t="s">
+        <v>729</v>
+      </c>
+      <c r="J14" t="s">
+        <v>424</v>
+      </c>
+      <c r="K14" t="s">
+        <v>425</v>
+      </c>
+      <c r="L14" t="s">
+        <v>426</v>
+      </c>
+      <c r="M14" t="s">
+        <v>88</v>
+      </c>
+      <c r="N14" t="s">
+        <v>20</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>809</v>
+      </c>
+      <c r="R14" t="s">
+        <v>89</v>
+      </c>
+      <c r="S14" t="s">
+        <v>810</v>
+      </c>
+      <c r="T14" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>724</v>
+      </c>
+      <c r="B15" t="s">
+        <v>812</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>813</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>814</v>
+      </c>
+      <c r="H15" t="s">
+        <v>815</v>
+      </c>
+      <c r="I15" t="s">
+        <v>739</v>
+      </c>
+      <c r="J15" t="s">
+        <v>744</v>
+      </c>
+      <c r="K15" t="s">
+        <v>409</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>88</v>
+      </c>
+      <c r="N15" t="s">
+        <v>20</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>804</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>771</v>
+      </c>
+      <c r="R15" t="s">
+        <v>804</v>
+      </c>
+      <c r="S15" t="s">
+        <v>816</v>
+      </c>
+      <c r="T15" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>724</v>
+      </c>
+      <c r="B16" t="s">
+        <v>817</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>818</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>819</v>
+      </c>
+      <c r="H16" t="s">
+        <v>820</v>
+      </c>
+      <c r="I16" t="s">
+        <v>729</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>178</v>
+      </c>
+      <c r="L16" t="s">
+        <v>179</v>
+      </c>
+      <c r="M16" t="s">
+        <v>88</v>
+      </c>
+      <c r="N16" t="s">
+        <v>821</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>822</v>
+      </c>
+      <c r="R16" t="s">
+        <v>111</v>
+      </c>
+      <c r="S16" t="s">
+        <v>823</v>
+      </c>
+      <c r="T16" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>724</v>
+      </c>
+      <c r="B17" t="s">
+        <v>824</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>825</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>826</v>
+      </c>
+      <c r="H17" t="s">
+        <v>827</v>
+      </c>
+      <c r="I17" t="s">
+        <v>739</v>
+      </c>
+      <c r="J17" t="s">
+        <v>828</v>
+      </c>
+      <c r="K17" t="s">
+        <v>87</v>
+      </c>
+      <c r="L17" t="s">
+        <v>30</v>
+      </c>
+      <c r="M17" t="s">
+        <v>88</v>
+      </c>
+      <c r="N17" t="s">
+        <v>829</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>111</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>822</v>
+      </c>
+      <c r="R17" t="s">
+        <v>111</v>
+      </c>
+      <c r="S17" t="s">
+        <v>830</v>
+      </c>
+      <c r="T17" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>724</v>
+      </c>
+      <c r="B18" t="s">
+        <v>831</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>832</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>833</v>
+      </c>
+      <c r="H18" t="s">
+        <v>834</v>
+      </c>
+      <c r="I18" t="s">
+        <v>729</v>
+      </c>
+      <c r="J18" t="s">
+        <v>835</v>
+      </c>
+      <c r="K18" t="s">
+        <v>836</v>
+      </c>
+      <c r="L18" t="s">
+        <v>242</v>
+      </c>
+      <c r="M18" t="s">
+        <v>88</v>
+      </c>
+      <c r="N18" t="s">
+        <v>837</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>809</v>
+      </c>
+      <c r="R18" t="s">
+        <v>89</v>
+      </c>
+      <c r="S18" t="s">
+        <v>838</v>
+      </c>
+      <c r="T18" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>724</v>
+      </c>
+      <c r="B19" t="s">
+        <v>839</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>832</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>840</v>
+      </c>
+      <c r="H19" t="s">
+        <v>841</v>
+      </c>
+      <c r="I19" t="s">
+        <v>739</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>87</v>
+      </c>
+      <c r="L19" t="s">
+        <v>30</v>
+      </c>
+      <c r="M19" t="s">
+        <v>88</v>
+      </c>
+      <c r="N19" t="s">
+        <v>842</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>809</v>
+      </c>
+      <c r="R19" t="s">
+        <v>89</v>
+      </c>
+      <c r="S19" t="s">
+        <v>843</v>
+      </c>
+      <c r="T19" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>724</v>
+      </c>
+      <c r="B20" t="s">
+        <v>844</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>832</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>845</v>
+      </c>
+      <c r="H20" t="s">
+        <v>846</v>
+      </c>
+      <c r="I20" t="s">
+        <v>847</v>
+      </c>
+      <c r="J20" t="s">
+        <v>740</v>
+      </c>
+      <c r="K20" t="s">
+        <v>409</v>
+      </c>
+      <c r="L20" t="s">
+        <v>30</v>
+      </c>
+      <c r="M20" t="s">
+        <v>88</v>
+      </c>
+      <c r="N20" t="s">
+        <v>848</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>849</v>
+      </c>
+      <c r="R20" t="s">
+        <v>89</v>
+      </c>
+      <c r="S20" t="s">
+        <v>61</v>
+      </c>
+      <c r="T20" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>724</v>
+      </c>
+      <c r="B21" t="s">
+        <v>850</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>832</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>851</v>
+      </c>
+      <c r="H21" t="s">
+        <v>852</v>
+      </c>
+      <c r="I21" t="s">
+        <v>739</v>
+      </c>
+      <c r="J21" t="s">
+        <v>403</v>
+      </c>
+      <c r="K21" t="s">
+        <v>308</v>
+      </c>
+      <c r="L21" t="s">
+        <v>309</v>
+      </c>
+      <c r="M21" t="s">
+        <v>88</v>
+      </c>
+      <c r="N21" t="s">
+        <v>853</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>789</v>
+      </c>
+      <c r="R21" t="s">
+        <v>89</v>
+      </c>
+      <c r="S21" t="s">
+        <v>854</v>
+      </c>
+      <c r="T21" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>724</v>
+      </c>
+      <c r="B22" t="s">
+        <v>855</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>832</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>856</v>
+      </c>
+      <c r="H22" t="s">
+        <v>857</v>
+      </c>
+      <c r="I22" t="s">
+        <v>739</v>
+      </c>
+      <c r="J22" t="s">
+        <v>398</v>
+      </c>
+      <c r="K22" t="s">
+        <v>329</v>
+      </c>
+      <c r="L22" t="s">
+        <v>330</v>
+      </c>
+      <c r="M22" t="s">
+        <v>88</v>
+      </c>
+      <c r="N22" t="s">
+        <v>858</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>859</v>
+      </c>
+      <c r="R22" t="s">
+        <v>89</v>
+      </c>
+      <c r="S22" t="s">
+        <v>860</v>
+      </c>
+      <c r="T22" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>724</v>
+      </c>
+      <c r="B23" t="s">
+        <v>861</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>832</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>862</v>
+      </c>
+      <c r="H23" t="s">
+        <v>863</v>
+      </c>
+      <c r="I23" t="s">
+        <v>739</v>
+      </c>
+      <c r="J23" t="s">
+        <v>835</v>
+      </c>
+      <c r="K23" t="s">
+        <v>731</v>
+      </c>
+      <c r="L23" t="s">
+        <v>242</v>
+      </c>
+      <c r="M23" t="s">
+        <v>88</v>
+      </c>
+      <c r="N23" t="s">
+        <v>864</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>788</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>865</v>
+      </c>
+      <c r="R23" t="s">
+        <v>89</v>
+      </c>
+      <c r="S23" t="s">
+        <v>866</v>
+      </c>
+      <c r="T23" t="s">
+        <v>773</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>