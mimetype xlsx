--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -194,51 +194,51 @@
   <si>
     <t>SEDAN,CHARLEVILLE MEZIERES</t>
   </si>
   <si>
     <t>080000110,080010473</t>
   </si>
   <si>
     <t>Docteur Ngambo patrick NGOUNOU</t>
   </si>
   <si>
     <t>08/11/2016 11:31:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709564/fr/docteur-ngambo-patrick-ngounou</t>
   </si>
   <si>
     <t>c_2709564</t>
   </si>
   <si>
     <t>NGOUNOU</t>
   </si>
   <si>
     <t>Ngambo patrick</t>
   </si>
   <si>
-    <t>01 April 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>CH CHARLEVILLE - HOPITAL MANCHESTER</t>
   </si>
   <si>
     <t>080000425</t>
   </si>
   <si>
     <t>Docteur Celestin ESSO</t>
   </si>
   <si>
     <t>08/11/2016 11:34:05</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711711/fr/docteur-celestin-esso</t>
   </si>
   <si>
     <t>c_2711711</t>
   </si>
   <si>
     <t>ESSO</t>
   </si>
   <si>
     <t>Celestin</t>
   </si>
@@ -323,51 +323,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/15270_FicheESSMS/fr/uehd-t-stemoi-hd-charleville-mezieres</t>
   </si>
   <si>
     <t>15270_FicheESSMS</t>
   </si>
   <si>
     <t>14 Rue De L'Industrie</t>
   </si>
   <si>
     <t>Etablissement de Placement</t>
   </si>
   <si>
     <t>080011992</t>
   </si>
   <si>
     <t>UEAJ STEMOI-HD CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15269_FicheESSMS/fr/ueaj-stemoi-hd-charleville-mezieres</t>
   </si>
   <si>
     <t>15269_FicheESSMS</t>
   </si>
   <si>
-    <t>Centre d'Action Educative (C.A.E.)</t>
+    <t>Service d'Activité de Jour</t>
   </si>
   <si>
     <t>080011984</t>
   </si>
   <si>
     <t>IME MORAYPRE</t>
   </si>
   <si>
     <t>07/12/2025 05:04:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/15089_FicheESSMS/fr/ime-moraypre</t>
   </si>
   <si>
     <t>15089_FicheESSMS</t>
   </si>
   <si>
     <t>21 Rue Du 24 Aout</t>
   </si>
   <si>
     <t>08170 HAYBES</t>
   </si>
   <si>
     <t>HAYBES</t>
   </si>
@@ -1619,51 +1619,51 @@
   <si>
     <t>1 Rue Morteau</t>
   </si>
   <si>
     <t>08360 CHATEAU PORCIEN</t>
   </si>
   <si>
     <t>CHATEAU PORCIEN</t>
   </si>
   <si>
     <t>080002025</t>
   </si>
   <si>
     <t>SAAD HELLO DOMICILE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8894_FicheESSMS/fr/saad-hello-domicile</t>
   </si>
   <si>
     <t>8894_FicheESSMS</t>
   </si>
   <si>
-    <t>10 Rue Charles De Gaulle</t>
+    <t>8 Rue Porte De France</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service autonomie aide (SAA)</t>
   </si>
   <si>
     <t>080011323</t>
   </si>
   <si>
     <t>RESIDENCE AUTONOMIE LES SORBIERS</t>
   </si>
   <si>
     <t>10/09/2025 12:25:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8933_FicheESSMS/fr/residence-autonomie-les-sorbiers</t>
   </si>
   <si>
     <t>8933_FicheESSMS</t>
   </si>
   <si>
     <t>19 Rue Des Mesanges</t>
   </si>
@@ -1829,63 +1829,63 @@
   <si>
     <t>https://www.has-sante.fr/jcms/10533_FicheESSMS/fr/ehpad-docteur-l-hoste</t>
   </si>
   <si>
     <t>10533_FicheESSMS</t>
   </si>
   <si>
     <t>33 Avenue Jean Jaures</t>
   </si>
   <si>
     <t>080010499</t>
   </si>
   <si>
     <t>EHPAD RES LA DEMOISELLE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10532_FicheESSMS/fr/ehpad-res-la-demoiselle</t>
   </si>
   <si>
     <t>10532_FicheESSMS</t>
   </si>
   <si>
     <t>080009962</t>
   </si>
   <si>
-    <t>EHPAD RES DES HARAS</t>
+    <t>EHPAD RESIDENCE DES HARAS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:32</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/10562_FicheESSMS/fr/ehpad-res-des-haras</t>
+    <t>https://www.has-sante.fr/jcms/10562_FicheESSMS/fr/ehpad-residence-des-haras</t>
   </si>
   <si>
     <t>10562_FicheESSMS</t>
   </si>
   <si>
-    <t>500 Route Du Thin</t>
+    <t>500 Route De Thin</t>
   </si>
   <si>
     <t>08460 SIGNY L ABBAYE</t>
   </si>
   <si>
     <t>SIGNY L ABBAYE</t>
   </si>
   <si>
     <t>080009970</t>
   </si>
   <si>
     <t>IME LES SAPINS</t>
   </si>
   <si>
     <t>10/09/2025 12:26:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10655_FicheESSMS/fr/ime-les-sapins</t>
   </si>
   <si>
     <t>10655_FicheESSMS</t>
   </si>
   <si>
     <t>2652 Route De Revin</t>
   </si>
@@ -2222,51 +2222,51 @@
   <si>
     <t>https://www.has-sante.fr/jcms/230_FicheEtablissement/fr/gcs-territ-arden-nord-site-ch-sedan</t>
   </si>
   <si>
     <t>230_FicheEtablissement</t>
   </si>
   <si>
     <t>petit</t>
   </si>
   <si>
     <t>2 Avenue General Marguerite</t>
   </si>
   <si>
     <t>08209 SEDAN</t>
   </si>
   <si>
     <t>0324588633</t>
   </si>
   <si>
     <t>Chirurgie</t>
   </si>
   <si>
     <t>080010465</t>
   </si>
   <si>
-    <t>Établissements certifiés sous conditions</t>
+    <t>Établissements non certifiés</t>
   </si>
   <si>
     <t>GCS TERRITORIAL ARDENNE NORD SITE CH CHARLEVILLE-MEZIERES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/231_FicheEtablissement/fr/gcs-territ-arden-nord-site-ch-charlevi</t>
   </si>
   <si>
     <t>231_FicheEtablissement</t>
   </si>
   <si>
     <t>moyen</t>
   </si>
   <si>
     <t>45 Avenue De Manchester</t>
   </si>
   <si>
     <t>Chirurgie, Médecine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7635_FicheEtablissement/fr/gcs-territorial-ardenne-nord-et-siege</t>
   </si>
   <si>
     <t>7635_FicheEtablissement</t>
   </si>
@@ -2276,50 +2276,53 @@
   <si>
     <t>GCS ES HAD ARDENNES SITE CHARLEVILLE</t>
   </si>
   <si>
     <t>15/12/2025 13:24:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4311_FicheEtablissement/fr/gcs-es-had-ardennes-site-charleville</t>
   </si>
   <si>
     <t>4311_FicheEtablissement</t>
   </si>
   <si>
     <t>57 Cours Briand</t>
   </si>
   <si>
     <t>0324591015</t>
   </si>
   <si>
     <t>Médecine</t>
   </si>
   <si>
     <t>080011265</t>
   </si>
   <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
     <t>GCS ES HAD DES ARDENNES SITE VOUZIERS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4310_FicheEtablissement/fr/gcs-es-had-des-ardennes-site-vouziers</t>
   </si>
   <si>
     <t>4310_FicheEtablissement</t>
   </si>
   <si>
     <t>080011257</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER BELAIR</t>
   </si>
   <si>
     <t>08/12/2025 18:33:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/225_FicheEtablissement/fr/ch-belair</t>
   </si>
   <si>
     <t>225_FicheEtablissement</t>
   </si>
   <si>
     <t>1 Rue Pierre Hallali</t>
@@ -2334,53 +2337,50 @@
     <t>Psychiatrie</t>
   </si>
   <si>
     <t>080000318</t>
   </si>
   <si>
     <t>CENTRE READAPTATION FONCTIONNELLE POUR ENFANTS</t>
   </si>
   <si>
     <t>24/09/2025 17:35:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/227_FicheEtablissement/fr/crf-pour-enfants-de-warnecourt</t>
   </si>
   <si>
     <t>227_FicheEtablissement</t>
   </si>
   <si>
     <t>0324571864</t>
   </si>
   <si>
     <t>Soins médicaux et de réadaptation</t>
   </si>
   <si>
     <t>080002140</t>
-  </si>
-[...1 lines deleted...]
-    <t>Établissements certifiés</t>
   </si>
   <si>
     <t>SOINS DE SUITE SAINT JULIEN</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/221_FicheEtablissement/fr/soins-de-suite-saint-julien</t>
   </si>
   <si>
     <t>221_FicheEtablissement</t>
   </si>
   <si>
     <t>0324526300</t>
   </si>
   <si>
     <t>080000268</t>
   </si>
   <si>
     <t>CENTRE DE READAPTATION FONCTIONNELLE POUR ADULTES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/220_FicheEtablissement/fr/crf-pour-adultes</t>
   </si>
   <si>
     <t>220_FicheEtablissement</t>
   </si>
@@ -8493,361 +8493,361 @@
       <c r="L5" t="s">
         <v>30</v>
       </c>
       <c r="M5" t="s">
         <v>88</v>
       </c>
       <c r="N5" t="s">
         <v>750</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
         <v>111</v>
       </c>
       <c r="Q5" t="s">
         <v>751</v>
       </c>
       <c r="R5" t="s">
         <v>111</v>
       </c>
       <c r="S5" t="s">
         <v>752</v>
       </c>
       <c r="T5" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>724</v>
       </c>
       <c r="B6" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
         <v>746</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>754</v>
+        <v>755</v>
       </c>
       <c r="H6" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="I6" t="s">
         <v>739</v>
       </c>
       <c r="J6" t="s">
         <v>424</v>
       </c>
       <c r="K6" t="s">
         <v>425</v>
       </c>
       <c r="L6" t="s">
         <v>426</v>
       </c>
       <c r="M6" t="s">
         <v>88</v>
       </c>
       <c r="N6" t="s">
         <v>750</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
         <v>111</v>
       </c>
       <c r="Q6" t="s">
         <v>751</v>
       </c>
       <c r="R6" t="s">
         <v>111</v>
       </c>
       <c r="S6" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="T6" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>724</v>
       </c>
       <c r="B7" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="H7" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="I7" t="s">
         <v>739</v>
       </c>
       <c r="J7" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="K7" t="s">
-        <v>762</v>
+        <v>763</v>
       </c>
       <c r="L7" t="s">
         <v>30</v>
       </c>
       <c r="M7" t="s">
         <v>88</v>
       </c>
       <c r="N7" t="s">
-        <v>763</v>
+        <v>764</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
         <v>89</v>
       </c>
       <c r="Q7" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="R7" t="s">
         <v>89</v>
       </c>
       <c r="S7" t="s">
-        <v>765</v>
+        <v>766</v>
       </c>
       <c r="T7" t="s">
-        <v>735</v>
+        <v>753</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>724</v>
       </c>
       <c r="B8" t="s">
-        <v>766</v>
+        <v>767</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>768</v>
+        <v>769</v>
       </c>
       <c r="H8" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="I8" t="s">
-        <v>729</v>
+        <v>739</v>
       </c>
       <c r="J8" t="s">
         <v>217</v>
       </c>
       <c r="K8" t="s">
         <v>218</v>
       </c>
       <c r="L8" t="s">
         <v>219</v>
       </c>
       <c r="M8" t="s">
         <v>88</v>
       </c>
       <c r="N8" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
         <v>111</v>
       </c>
       <c r="Q8" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="R8" t="s">
         <v>111</v>
       </c>
       <c r="S8" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="T8" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>724</v>
       </c>
       <c r="B9" t="s">
         <v>774</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
         <v>775</v>
       </c>
       <c r="H9" t="s">
         <v>776</v>
       </c>
       <c r="I9" t="s">
         <v>739</v>
       </c>
       <c r="J9" t="s">
         <v>316</v>
       </c>
       <c r="K9" t="s">
         <v>409</v>
       </c>
       <c r="L9" t="s">
         <v>30</v>
       </c>
       <c r="M9" t="s">
         <v>88</v>
       </c>
       <c r="N9" t="s">
         <v>777</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
         <v>111</v>
       </c>
       <c r="Q9" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="R9" t="s">
         <v>111</v>
       </c>
       <c r="S9" t="s">
         <v>778</v>
       </c>
       <c r="T9" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>724</v>
       </c>
       <c r="B10" t="s">
         <v>779</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>767</v>
+        <v>768</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
         <v>780</v>
       </c>
       <c r="H10" t="s">
         <v>781</v>
       </c>
       <c r="I10" t="s">
         <v>739</v>
       </c>
       <c r="J10" t="s">
         <v>316</v>
       </c>
       <c r="K10" t="s">
         <v>409</v>
       </c>
       <c r="L10" t="s">
         <v>30</v>
       </c>
       <c r="M10" t="s">
         <v>88</v>
       </c>
       <c r="N10" t="s">
         <v>777</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
         <v>111</v>
       </c>
       <c r="Q10" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="R10" t="s">
         <v>111</v>
       </c>
       <c r="S10" t="s">
         <v>782</v>
       </c>
       <c r="T10" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>724</v>
       </c>
       <c r="B11" t="s">
         <v>783</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
         <v>784</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
         <v>785</v>
       </c>
       <c r="H11" t="s">
@@ -8865,51 +8865,51 @@
       <c r="L11" t="s">
         <v>426</v>
       </c>
       <c r="M11" t="s">
         <v>88</v>
       </c>
       <c r="N11" t="s">
         <v>787</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
         <v>788</v>
       </c>
       <c r="Q11" t="s">
         <v>789</v>
       </c>
       <c r="R11" t="s">
         <v>89</v>
       </c>
       <c r="S11" t="s">
         <v>790</v>
       </c>
       <c r="T11" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>724</v>
       </c>
       <c r="B12" t="s">
         <v>791</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
         <v>784</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
         <v>792</v>
       </c>
       <c r="H12" t="s">
@@ -8927,51 +8927,51 @@
       <c r="L12" t="s">
         <v>353</v>
       </c>
       <c r="M12" t="s">
         <v>88</v>
       </c>
       <c r="N12" t="s">
         <v>795</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
         <v>788</v>
       </c>
       <c r="Q12" t="s">
         <v>796</v>
       </c>
       <c r="R12" t="s">
         <v>89</v>
       </c>
       <c r="S12" t="s">
         <v>797</v>
       </c>
       <c r="T12" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>724</v>
       </c>
       <c r="B13" t="s">
         <v>798</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
         <v>799</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
         <v>800</v>
       </c>
       <c r="H13" t="s">
@@ -8980,60 +8980,60 @@
       <c r="I13" t="s">
         <v>739</v>
       </c>
       <c r="J13" t="s">
         <v>802</v>
       </c>
       <c r="K13" t="s">
         <v>152</v>
       </c>
       <c r="L13" t="s">
         <v>153</v>
       </c>
       <c r="M13" t="s">
         <v>88</v>
       </c>
       <c r="N13" t="s">
         <v>803</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
         <v>804</v>
       </c>
       <c r="Q13" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="R13" t="s">
         <v>804</v>
       </c>
       <c r="S13" t="s">
         <v>805</v>
       </c>
       <c r="T13" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>724</v>
       </c>
       <c r="B14" t="s">
         <v>806</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
         <v>784</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
         <v>807</v>
       </c>
       <c r="H14" t="s">
@@ -9104,60 +9104,60 @@
       <c r="I15" t="s">
         <v>739</v>
       </c>
       <c r="J15" t="s">
         <v>744</v>
       </c>
       <c r="K15" t="s">
         <v>409</v>
       </c>
       <c r="L15" t="s">
         <v>30</v>
       </c>
       <c r="M15" t="s">
         <v>88</v>
       </c>
       <c r="N15" t="s">
         <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
         <v>804</v>
       </c>
       <c r="Q15" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="R15" t="s">
         <v>804</v>
       </c>
       <c r="S15" t="s">
         <v>816</v>
       </c>
       <c r="T15" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>724</v>
       </c>
       <c r="B16" t="s">
         <v>817</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
         <v>818</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
         <v>819</v>
       </c>
       <c r="H16" t="s">
@@ -9175,51 +9175,51 @@
       <c r="L16" t="s">
         <v>179</v>
       </c>
       <c r="M16" t="s">
         <v>88</v>
       </c>
       <c r="N16" t="s">
         <v>821</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
         <v>111</v>
       </c>
       <c r="Q16" t="s">
         <v>822</v>
       </c>
       <c r="R16" t="s">
         <v>111</v>
       </c>
       <c r="S16" t="s">
         <v>823</v>
       </c>
       <c r="T16" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>724</v>
       </c>
       <c r="B17" t="s">
         <v>824</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
         <v>825</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
         <v>826</v>
       </c>
       <c r="H17" t="s">
@@ -9299,51 +9299,51 @@
       <c r="L18" t="s">
         <v>242</v>
       </c>
       <c r="M18" t="s">
         <v>88</v>
       </c>
       <c r="N18" t="s">
         <v>837</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
         <v>89</v>
       </c>
       <c r="Q18" t="s">
         <v>809</v>
       </c>
       <c r="R18" t="s">
         <v>89</v>
       </c>
       <c r="S18" t="s">
         <v>838</v>
       </c>
       <c r="T18" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>724</v>
       </c>
       <c r="B19" t="s">
         <v>839</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
         <v>832</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
         <v>840</v>
       </c>
       <c r="H19" t="s">
@@ -9361,51 +9361,51 @@
       <c r="L19" t="s">
         <v>30</v>
       </c>
       <c r="M19" t="s">
         <v>88</v>
       </c>
       <c r="N19" t="s">
         <v>842</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
         <v>89</v>
       </c>
       <c r="Q19" t="s">
         <v>809</v>
       </c>
       <c r="R19" t="s">
         <v>89</v>
       </c>
       <c r="S19" t="s">
         <v>843</v>
       </c>
       <c r="T19" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>724</v>
       </c>
       <c r="B20" t="s">
         <v>844</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
         <v>832</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
         <v>845</v>
       </c>
       <c r="H20" t="s">
@@ -9423,51 +9423,51 @@
       <c r="L20" t="s">
         <v>30</v>
       </c>
       <c r="M20" t="s">
         <v>88</v>
       </c>
       <c r="N20" t="s">
         <v>848</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
         <v>788</v>
       </c>
       <c r="Q20" t="s">
         <v>849</v>
       </c>
       <c r="R20" t="s">
         <v>89</v>
       </c>
       <c r="S20" t="s">
         <v>61</v>
       </c>
       <c r="T20" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>724</v>
       </c>
       <c r="B21" t="s">
         <v>850</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
         <v>832</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
         <v>851</v>
       </c>
       <c r="H21" t="s">
@@ -9485,51 +9485,51 @@
       <c r="L21" t="s">
         <v>309</v>
       </c>
       <c r="M21" t="s">
         <v>88</v>
       </c>
       <c r="N21" t="s">
         <v>853</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
         <v>788</v>
       </c>
       <c r="Q21" t="s">
         <v>789</v>
       </c>
       <c r="R21" t="s">
         <v>89</v>
       </c>
       <c r="S21" t="s">
         <v>854</v>
       </c>
       <c r="T21" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>724</v>
       </c>
       <c r="B22" t="s">
         <v>855</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
         <v>832</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
         <v>856</v>
       </c>
       <c r="H22" t="s">
@@ -9547,51 +9547,51 @@
       <c r="L22" t="s">
         <v>330</v>
       </c>
       <c r="M22" t="s">
         <v>88</v>
       </c>
       <c r="N22" t="s">
         <v>858</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
         <v>788</v>
       </c>
       <c r="Q22" t="s">
         <v>859</v>
       </c>
       <c r="R22" t="s">
         <v>89</v>
       </c>
       <c r="S22" t="s">
         <v>860</v>
       </c>
       <c r="T22" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>724</v>
       </c>
       <c r="B23" t="s">
         <v>861</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
         <v>832</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
         <v>862</v>
       </c>
       <c r="H23" t="s">
@@ -9609,46 +9609,46 @@
       <c r="L23" t="s">
         <v>242</v>
       </c>
       <c r="M23" t="s">
         <v>88</v>
       </c>
       <c r="N23" t="s">
         <v>864</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
         <v>788</v>
       </c>
       <c r="Q23" t="s">
         <v>865</v>
       </c>
       <c r="R23" t="s">
         <v>89</v>
       </c>
       <c r="S23" t="s">
         <v>866</v>
       </c>
       <c r="T23" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>