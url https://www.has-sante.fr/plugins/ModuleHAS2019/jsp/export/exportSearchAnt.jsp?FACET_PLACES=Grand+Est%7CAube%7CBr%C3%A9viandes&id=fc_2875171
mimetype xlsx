--- v0 (2025-10-28)
+++ v1 (2026-02-01)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="144" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="248" uniqueCount="116">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -200,132 +203,258 @@
   <si>
     <t>Privé commercial</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>100009489</t>
   </si>
   <si>
     <t>FOYER OCCUPATIONNEL LE REVE D'AURORE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7564_FicheESSMS/fr/foyer-occupationnel-le-reve-d-aurore</t>
   </si>
   <si>
     <t>7564_FicheESSMS</t>
   </si>
   <si>
     <t>100009513</t>
   </si>
   <si>
+    <t>ACCUEIL JOUR  POLYHAND LES PARPAILLOLS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10156_FicheESSMS/fr/accueil-jour-polyhand-les-parpaillols</t>
+  </si>
+  <si>
+    <t>10156_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Hautefeuille</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>100007707</t>
+  </si>
+  <si>
     <t>SIERGP AASEAA</t>
   </si>
   <si>
     <t>10/09/2025 12:26:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10945_FicheESSMS/fr/siergp-aaseaa</t>
   </si>
   <si>
     <t>10945_FicheESSMS</t>
   </si>
   <si>
     <t>Centre Placement Familial Socio-Educatif (C.P.F.S.E.)</t>
   </si>
   <si>
     <t>100005446</t>
   </si>
   <si>
     <t>SERVICE D'A.E.M.O. AASEAA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10944_FicheESSMS/fr/service-d-a-e-m-o-aaseaa</t>
   </si>
   <si>
     <t>10944_FicheESSMS</t>
   </si>
   <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>100001114</t>
+  </si>
+  <si>
+    <t>SERV D'INVESTIGATION EDUCATIVE AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10943_FicheESSMS/fr/serv-d-investigation-educative-aaseaa</t>
+  </si>
+  <si>
+    <t>10943_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Rue Jules Ferry</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>100007368</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF ET D'INSERTION PROF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11652_FicheESSMS/fr/centre-educatif-et-d-insertion-prof</t>
+  </si>
+  <si>
+    <t>11652_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>100002302</t>
+  </si>
+  <si>
+    <t>FOYER DES JEUNES AASEAA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11651_FicheESSMS/fr/foyer-des-jeunes-aaseaa</t>
+  </si>
+  <si>
+    <t>11651_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100008424</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE DE L'ARPDD DE ROSIERES PRES TROYES</t>
+  </si>
+  <si>
+    <t>25/04/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3580_FicheEtablissement/fr/unite-de-dialyse-de-rosieres-pres-troy</t>
+  </si>
+  <si>
+    <t>3580_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0325742110</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>100006550</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P9"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -663,117 +792,455 @@
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>65</v>
       </c>
       <c r="H8" t="s">
         <v>66</v>
       </c>
       <c r="I8" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="K8" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
         <v>26</v>
       </c>
       <c r="N8" t="s">
-        <v>27</v>
+        <v>68</v>
       </c>
       <c r="O8" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="P8" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="H9" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="I9" t="s">
         <v>53</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
         <v>54</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
         <v>27</v>
       </c>
       <c r="O9" t="s">
+        <v>75</v>
+      </c>
+      <c r="P9" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>16</v>
+      </c>
+      <c r="B10" t="s">
+        <v>77</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
         <v>72</v>
       </c>
-      <c r="P9" t="s">
-        <v>73</v>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>78</v>
+      </c>
+      <c r="H10" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" t="s">
+        <v>53</v>
+      </c>
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
+        <v>54</v>
+      </c>
+      <c r="L10" t="s">
+        <v>25</v>
+      </c>
+      <c r="M10" t="s">
+        <v>26</v>
+      </c>
+      <c r="N10" t="s">
+        <v>27</v>
+      </c>
+      <c r="O10" t="s">
+        <v>80</v>
+      </c>
+      <c r="P10" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>72</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>83</v>
+      </c>
+      <c r="H11" t="s">
+        <v>84</v>
+      </c>
+      <c r="I11" t="s">
+        <v>85</v>
+      </c>
+      <c r="J11" t="s">
+        <v>53</v>
+      </c>
+      <c r="K11" t="s">
+        <v>54</v>
+      </c>
+      <c r="L11" t="s">
+        <v>25</v>
+      </c>
+      <c r="M11" t="s">
+        <v>26</v>
+      </c>
+      <c r="N11" t="s">
+        <v>27</v>
+      </c>
+      <c r="O11" t="s">
+        <v>86</v>
+      </c>
+      <c r="P11" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>16</v>
+      </c>
+      <c r="B12" t="s">
+        <v>88</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>90</v>
+      </c>
+      <c r="H12" t="s">
+        <v>91</v>
+      </c>
+      <c r="I12" t="s">
+        <v>85</v>
+      </c>
+      <c r="J12" t="s">
+        <v>53</v>
+      </c>
+      <c r="K12" t="s">
+        <v>54</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
+        <v>27</v>
+      </c>
+      <c r="O12" t="s">
+        <v>92</v>
+      </c>
+      <c r="P12" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13" t="s">
+        <v>94</v>
+      </c>
+      <c r="C13" t="s">
+        <v>18</v>
+      </c>
+      <c r="D13" t="s">
+        <v>18</v>
+      </c>
+      <c r="E13" t="s">
+        <v>89</v>
+      </c>
+      <c r="F13" t="s">
+        <v>18</v>
+      </c>
+      <c r="G13" t="s">
+        <v>95</v>
+      </c>
+      <c r="H13" t="s">
+        <v>96</v>
+      </c>
+      <c r="I13" t="s">
+        <v>85</v>
+      </c>
+      <c r="J13" t="s">
+        <v>53</v>
+      </c>
+      <c r="K13" t="s">
+        <v>54</v>
+      </c>
+      <c r="L13" t="s">
+        <v>25</v>
+      </c>
+      <c r="M13" t="s">
+        <v>26</v>
+      </c>
+      <c r="N13" t="s">
+        <v>27</v>
+      </c>
+      <c r="O13" t="s">
+        <v>92</v>
+      </c>
+      <c r="P13" t="s">
+        <v>97</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>98</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>99</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>100</v>
+      </c>
+      <c r="O1" t="s">
+        <v>101</v>
+      </c>
+      <c r="P1" t="s">
+        <v>102</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>103</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>104</v>
+      </c>
+      <c r="T1" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>106</v>
+      </c>
+      <c r="B2" t="s">
+        <v>107</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>108</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>109</v>
+      </c>
+      <c r="H2" t="s">
+        <v>110</v>
+      </c>
+      <c r="I2" t="s">
+        <v>111</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
+      </c>
+      <c r="K2" t="s">
+        <v>53</v>
+      </c>
+      <c r="L2" t="s">
+        <v>54</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>112</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>113</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>114</v>
+      </c>
+      <c r="T2" t="s">
+        <v>115</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>