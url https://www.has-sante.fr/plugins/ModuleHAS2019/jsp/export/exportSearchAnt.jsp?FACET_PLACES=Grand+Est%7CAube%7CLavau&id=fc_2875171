--- v0 (2025-10-28)
+++ v1 (2025-12-13)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="336" uniqueCount="165">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="812" uniqueCount="337">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -209,86 +212,284 @@
   <si>
     <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
   </si>
   <si>
     <t>100003599</t>
   </si>
   <si>
     <t>CMPP DE TROYES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3683_FicheESSMS/fr/cmpp-de-troyes</t>
   </si>
   <si>
     <t>3683_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Coulommieres</t>
   </si>
   <si>
     <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
   </si>
   <si>
     <t>100000025</t>
   </si>
   <si>
+    <t>UEHC EPE TROYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3692_FicheESSMS/fr/uehc-epe-troyes</t>
+  </si>
+  <si>
+    <t>3692_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Argence</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>100007350</t>
+  </si>
+  <si>
     <t>SERVICE MJPM ASIMAT</t>
   </si>
   <si>
     <t>10/09/2025 12:19:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3843_FicheESSMS/fr/service-mjpm-asimat</t>
   </si>
   <si>
     <t>3843_FicheESSMS</t>
   </si>
   <si>
     <t>3 Boulevard Du 1Er Ram</t>
   </si>
   <si>
     <t>100009208</t>
   </si>
   <si>
+    <t>UEMO 2 STEMO TROYES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4447_FicheESSMS/fr/uemo-2-stemo-troyes</t>
+  </si>
+  <si>
+    <t>4447_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Bas Trevois</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>100006014</t>
+  </si>
+  <si>
+    <t>ESAT "HORS LES MURS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4507_FicheESSMS/fr/esat-hors-les-murs</t>
+  </si>
+  <si>
+    <t>4507_FicheESSMS</t>
+  </si>
+  <si>
+    <t>28 Rue Pierre Gauthier</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>100001569</t>
+  </si>
+  <si>
+    <t>SAMSAH ADAPT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4506_FicheESSMS/fr/samsah-adapt</t>
+  </si>
+  <si>
+    <t>4506_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Allée Gaspard</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>100010107</t>
+  </si>
+  <si>
+    <t>ESRP LADAPT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4508_FicheESSMS/fr/esrp-ladapt</t>
+  </si>
+  <si>
+    <t>4508_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De La Paix</t>
+  </si>
+  <si>
+    <t>Etablissement et Service de Réadaptation Professionnelle</t>
+  </si>
+  <si>
+    <t>100005552</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE DE L'ISLE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4697_FicheESSMS/fr/ehpad-residence-de-l-isle</t>
+  </si>
+  <si>
+    <t>4697_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De La Petite Courtine</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>100006972</t>
+  </si>
+  <si>
+    <t>EHPAD KORIAN PASTORIA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4737_FicheESSMS/fr/ehpad-korian-pastoria</t>
+  </si>
+  <si>
+    <t>4737_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Avenue Pasteur</t>
+  </si>
+  <si>
+    <t>100008325</t>
+  </si>
+  <si>
+    <t>EHPAD RÉSIDENCE DE L'EUROPE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4814_FicheESSMS/fr/ehpad-residence-de-l-europe</t>
+  </si>
+  <si>
+    <t>4814_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Avenue Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>100006782</t>
+  </si>
+  <si>
+    <t>SERVICE MJPM UDAF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5080_FicheESSMS/fr/service-mjpm-udaf</t>
+  </si>
+  <si>
+    <t>5080_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Charles Gros</t>
+  </si>
+  <si>
+    <t>100009505</t>
+  </si>
+  <si>
+    <t>SERVICE DPF UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5079_FicheESSMS/fr/service-dpf-udaf</t>
+  </si>
+  <si>
+    <t>5079_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>100003417</t>
+  </si>
+  <si>
     <t>CTRE ETUDES CLINIQUES RELATIONS FAM</t>
   </si>
   <si>
     <t>10/09/2025 12:23:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6525_FicheESSMS/fr/ctre-etudes-cliniques-relations-fam</t>
   </si>
   <si>
     <t>6525_FicheESSMS</t>
   </si>
   <si>
     <t>14 Allée Du Joli Saut</t>
   </si>
   <si>
-    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
-[...1 lines deleted...]
-  <si>
     <t>Services AEMO et AED</t>
   </si>
   <si>
     <t>100008689</t>
   </si>
   <si>
     <t>LITS HALTE SOINS SANTE  NOUVEL OBJECTI</t>
   </si>
   <si>
     <t>10/09/2025 12:24:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7226_FicheESSMS/fr/lits-halte-soins-sante-nouvel-objecti</t>
   </si>
   <si>
     <t>7226_FicheESSMS</t>
   </si>
   <si>
     <t>30 Rue Du Grand Veon</t>
   </si>
   <si>
     <t>Lits Halte Soins Santé (L.H.S.S.)</t>
   </si>
   <si>
     <t>100008358</t>
@@ -311,294 +512,612 @@
   <si>
     <t>100009406</t>
   </si>
   <si>
     <t>SERVICE DE PREVENTION SPECIALISEE AJD</t>
   </si>
   <si>
     <t>10/09/2025 12:24:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7558_FicheESSMS/fr/service-de-prevention-specialisee-ajd</t>
   </si>
   <si>
     <t>7558_FicheESSMS</t>
   </si>
   <si>
     <t>5 Rue Du Gros Raisin</t>
   </si>
   <si>
     <t>Club Equipe de Prévention</t>
   </si>
   <si>
     <t>100002658</t>
   </si>
   <si>
-    <t>UEHC EPE TROYES</t>
-[...64 lines deleted...]
-  <si>
     <t>SSIAD ASIMAT</t>
   </si>
   <si>
     <t>10/09/2025 12:25:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9243_FicheESSMS/fr/ssiad-asimat</t>
   </si>
   <si>
     <t>9243_FicheESSMS</t>
   </si>
   <si>
     <t>3 Boulevard Du 1Er R A M</t>
   </si>
   <si>
     <t>Personne âgée, Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
   </si>
   <si>
     <t>100005727</t>
   </si>
   <si>
+    <t>EHPAD ASIMAT MON REPOS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9241_FicheESSMS/fr/ehpad-asimat-mon-repos</t>
+  </si>
+  <si>
+    <t>9241_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Charles Delaunay</t>
+  </si>
+  <si>
+    <t>100000306</t>
+  </si>
+  <si>
     <t>FOYER RESIDENCE LE LABOURAT</t>
   </si>
   <si>
     <t>10/09/2025 12:26:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/9834_FicheESSMS/fr/foyer-residence-le-labourat</t>
   </si>
   <si>
     <t>9834_FicheESSMS</t>
   </si>
   <si>
     <t>29 Avenue Martyrs De La Resist</t>
   </si>
   <si>
-    <t>Personne en situation de handicap adulte</t>
-[...1 lines deleted...]
-  <si>
     <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
   </si>
   <si>
     <t>100003409</t>
   </si>
   <si>
+    <t>RÉSIDENCE DU PARC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9832_FicheESSMS/fr/residence-du-parc</t>
+  </si>
+  <si>
+    <t>9832_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>100002088</t>
+  </si>
+  <si>
+    <t>SSIAD AUBE MUTUALITE FRANCAISE CA SSAM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9967_FicheESSMS/fr/ssiad-aube-mutualite-francaise-ca-ssam</t>
+  </si>
+  <si>
+    <t>9967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>101 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>10003 TROYES</t>
+  </si>
+  <si>
+    <t>100001718</t>
+  </si>
+  <si>
     <t>IME GAI SOLEIL</t>
   </si>
   <si>
     <t>10/09/2025 12:26:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10157_FicheESSMS/fr/ime-gai-soleil</t>
   </si>
   <si>
     <t>10157_FicheESSMS</t>
   </si>
   <si>
     <t>25 Avenue Martyrs De La Résistance</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>100000173</t>
   </si>
   <si>
     <t>ESPACE ESAT</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10149_FicheESSMS/fr/espace-esat</t>
   </si>
   <si>
     <t>10149_FicheESSMS</t>
   </si>
   <si>
     <t>27 Avenue Martyrs De La Resist</t>
   </si>
   <si>
-    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
-[...1 lines deleted...]
-  <si>
     <t>100003565</t>
   </si>
   <si>
+    <t>ESAT SELF LA FONTAINE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10679_FicheESSMS/fr/esat-self-la-fontaine</t>
+  </si>
+  <si>
+    <t>10679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100006295</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE GEORGES SEURAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10710_FicheESSMS/fr/residence-georges-seurat</t>
+  </si>
+  <si>
+    <t>10710_FicheESSMS</t>
+  </si>
+  <si>
+    <t>100007251</t>
+  </si>
+  <si>
+    <t>LE PASSAGE AASEAA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11232_FicheESSMS/fr/le-passage-aaseaa</t>
+  </si>
+  <si>
+    <t>11232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Boulevard Du 14 Juillet</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>100007277</t>
+  </si>
+  <si>
     <t>SAMSAH DE L'APEI</t>
   </si>
   <si>
     <t>10/09/2025 12:27:01</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11343_FicheESSMS/fr/samsah-de-l-apei</t>
   </si>
   <si>
     <t>11343_FicheESSMS</t>
   </si>
   <si>
     <t>29 Avenue Des Martyrs De La Resistanc</t>
   </si>
   <si>
-    <t>Service d'accompagnement médico-social adultes handicapés</t>
-[...1 lines deleted...]
-  <si>
     <t>100010453</t>
   </si>
   <si>
+    <t>CENTRE D'ACTION MÉDICO-SOCIALE PRÉCOCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11517_FicheESSMS/fr/centre-d-action-medico-sociale-precoce</t>
+  </si>
+  <si>
+    <t>11517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>77 Rue De Preize</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>100008556</t>
+  </si>
+  <si>
     <t>SERVICE ACCOMP À LA VIE SOCIALE (APEI)</t>
   </si>
   <si>
     <t>10/09/2025 12:27:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/11637_FicheESSMS/fr/service-accomp-a-la-vie-sociale-apei</t>
   </si>
   <si>
     <t>11637_FicheESSMS</t>
   </si>
   <si>
     <t>27 Avenue Des Martyrs De La Resistanc</t>
   </si>
   <si>
     <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
   </si>
   <si>
     <t>100006311</t>
+  </si>
+  <si>
+    <t>CENTRE PARENTAL LES HESTIADES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12137_FicheESSMS/fr/centre-parental-les-hestiades</t>
+  </si>
+  <si>
+    <t>12137_FicheESSMS</t>
+  </si>
+  <si>
+    <t>160 Rue De Preize</t>
+  </si>
+  <si>
+    <t>Etablissement d'Accueil Mère-Enfant</t>
+  </si>
+  <si>
+    <t>100009620</t>
+  </si>
+  <si>
+    <t>EHPAD LA PROVIDENCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12274_FicheESSMS/fr/ehpad-la-providence</t>
+  </si>
+  <si>
+    <t>12274_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue Des Terrasses</t>
+  </si>
+  <si>
+    <t>100000389</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>UNITE D'HOSPITALISATION DE PEDOPSYCHIATRIE SITE CH TROYES</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:04:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/257_FicheEtablissement/fr/unite-d-hosp-de-pedo-psych-ch-troyes</t>
+  </si>
+  <si>
+    <t>257_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>37 Rue De La Marne</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>100009968</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>CLINIQUE PSYCHIATRIQUE DE L'AUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/254_FicheEtablissement/fr/clinique-psychiatrique-de-l-aube</t>
+  </si>
+  <si>
+    <t>254_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Raymond Burgard</t>
+  </si>
+  <si>
+    <t>0325725040</t>
+  </si>
+  <si>
+    <t>100009182</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE TROYES</t>
+  </si>
+  <si>
+    <t>04/07/2025 12:06:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/239_FicheEtablissement/fr/centre-hospitalier-de-troyes</t>
+  </si>
+  <si>
+    <t>239_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0325494949</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>100000090</t>
+  </si>
+  <si>
+    <t>MCO COMTE HENRI - CH DE TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/255_FicheEtablissement/fr/mco-comte-henri-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>255_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0325759223</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>100009364</t>
+  </si>
+  <si>
+    <t>SECTION MOYEN SEJOUR - CH DE TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/251_FicheEtablissement/fr/section-moyen-sejour-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>251_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>100006493</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH TROYES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/250_FicheEtablissement/fr/usld-ehpad-ch-de-troyes</t>
+  </si>
+  <si>
+    <t>250_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>100006444</t>
+  </si>
+  <si>
+    <t>GCS PATCS HAD</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:53:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/260_FicheEtablissement/fr/gcs-patcs-had</t>
+  </si>
+  <si>
+    <t>260_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0325433535</t>
+  </si>
+  <si>
+    <t>100010578</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>GCS PATCS CRRF COS PASTEUR 1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/258_FicheEtablissement/fr/gcs-patcs-crrf-cos-pasteur-1</t>
+  </si>
+  <si>
+    <t>258_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Esplanade Lucien Pechart</t>
+  </si>
+  <si>
+    <t>0325437884</t>
+  </si>
+  <si>
+    <t>100010362</t>
+  </si>
+  <si>
+    <t>GCS PLATEFORME AVAL TERRITOIRE CHAMPAGNE SUD CRRFCOS PASTEUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4335_FicheEtablissement/fr/gcs-patcs-crrf-cos-pasteur-2</t>
+  </si>
+  <si>
+    <t>4335_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>103 Avenue Anatole France</t>
+  </si>
+  <si>
+    <t>0325437994</t>
+  </si>
+  <si>
+    <t>100011477</t>
+  </si>
+  <si>
+    <t>GCS HOPITAL PRIVE DE L'AUBE SITE CLQ</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/261_FicheEtablissement/fr/gcs-hopital-prive-de-l-aube-site-clq</t>
+  </si>
+  <si>
+    <t>261_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Chaim Soutine</t>
+  </si>
+  <si>
+    <t>0820151111</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>100010818</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P21"/>
+  <dimension ref="A1:P37"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -948,705 +1467,2201 @@
       <c r="E8" t="s">
         <v>67</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>68</v>
       </c>
       <c r="H8" t="s">
         <v>69</v>
       </c>
       <c r="I8" t="s">
         <v>70</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="N8" t="s">
-        <v>35</v>
+        <v>72</v>
       </c>
       <c r="O8" t="s">
-        <v>36</v>
+        <v>73</v>
       </c>
       <c r="P8" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="H9" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
         <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>77</v>
+        <v>35</v>
       </c>
       <c r="O9" t="s">
-        <v>78</v>
+        <v>36</v>
       </c>
       <c r="P9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>71</v>
       </c>
       <c r="N10" t="s">
-        <v>27</v>
+        <v>72</v>
       </c>
       <c r="O10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="P10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="H11" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="I11" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>43</v>
+        <v>93</v>
       </c>
       <c r="O11" t="s">
-        <v>44</v>
+        <v>94</v>
       </c>
       <c r="P11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
+        <v>96</v>
+      </c>
+      <c r="C12" t="s">
+        <v>18</v>
+      </c>
+      <c r="D12" t="s">
+        <v>18</v>
+      </c>
+      <c r="E12" t="s">
+        <v>89</v>
+      </c>
+      <c r="F12" t="s">
+        <v>18</v>
+      </c>
+      <c r="G12" t="s">
+        <v>97</v>
+      </c>
+      <c r="H12" t="s">
+        <v>98</v>
+      </c>
+      <c r="I12" t="s">
+        <v>99</v>
+      </c>
+      <c r="J12" t="s">
+        <v>23</v>
+      </c>
+      <c r="K12" t="s">
+        <v>24</v>
+      </c>
+      <c r="L12" t="s">
+        <v>25</v>
+      </c>
+      <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
         <v>93</v>
       </c>
-      <c r="C12" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="P12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="F13" t="s">
         <v>18</v>
       </c>
       <c r="G13" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="H13" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="I13" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>25</v>
       </c>
       <c r="M13" t="s">
-        <v>105</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>77</v>
+        <v>93</v>
       </c>
       <c r="O13" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
-        <v>105</v>
+        <v>114</v>
       </c>
       <c r="N14" t="s">
-        <v>77</v>
+        <v>43</v>
       </c>
       <c r="O14" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="P14" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>16</v>
       </c>
       <c r="B15" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C15" t="s">
         <v>18</v>
       </c>
       <c r="D15" t="s">
         <v>18</v>
       </c>
       <c r="E15" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="F15" t="s">
         <v>18</v>
       </c>
       <c r="G15" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="H15" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="I15" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="J15" t="s">
         <v>23</v>
       </c>
       <c r="K15" t="s">
         <v>24</v>
       </c>
       <c r="L15" t="s">
         <v>25</v>
       </c>
       <c r="M15" t="s">
-        <v>120</v>
+        <v>114</v>
       </c>
       <c r="N15" t="s">
         <v>43</v>
       </c>
       <c r="O15" t="s">
         <v>44</v>
       </c>
       <c r="P15" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>16</v>
       </c>
       <c r="B16" t="s">
         <v>122</v>
       </c>
       <c r="C16" t="s">
         <v>18</v>
       </c>
       <c r="D16" t="s">
         <v>18</v>
       </c>
       <c r="E16" t="s">
         <v>123</v>
       </c>
       <c r="F16" t="s">
         <v>18</v>
       </c>
       <c r="G16" t="s">
         <v>124</v>
       </c>
       <c r="H16" t="s">
         <v>125</v>
       </c>
       <c r="I16" t="s">
         <v>126</v>
       </c>
       <c r="J16" t="s">
         <v>23</v>
       </c>
       <c r="K16" t="s">
         <v>24</v>
       </c>
       <c r="L16" t="s">
         <v>25</v>
       </c>
       <c r="M16" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="N16" t="s">
+        <v>43</v>
+      </c>
+      <c r="O16" t="s">
+        <v>44</v>
+      </c>
+      <c r="P16" t="s">
         <v>127</v>
-      </c>
-[...4 lines deleted...]
-        <v>129</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
+        <v>129</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
         <v>130</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>131</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="I17" t="s">
         <v>132</v>
       </c>
-      <c r="H17" t="s">
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>26</v>
+      </c>
+      <c r="N17" t="s">
+        <v>35</v>
+      </c>
+      <c r="O17" t="s">
+        <v>36</v>
+      </c>
+      <c r="P17" t="s">
         <v>133</v>
-      </c>
-[...22 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18" t="s">
+        <v>134</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" t="s">
+        <v>129</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>135</v>
+      </c>
+      <c r="H18" t="s">
+        <v>136</v>
+      </c>
+      <c r="I18" t="s">
+        <v>132</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>26</v>
+      </c>
+      <c r="N18" t="s">
+        <v>72</v>
+      </c>
+      <c r="O18" t="s">
+        <v>137</v>
+      </c>
+      <c r="P18" t="s">
         <v>138</v>
-      </c>
-[...40 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>16</v>
       </c>
       <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>140</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
+        <v>141</v>
+      </c>
+      <c r="H19" t="s">
+        <v>142</v>
+      </c>
+      <c r="I19" t="s">
+        <v>143</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>26</v>
+      </c>
+      <c r="N19" t="s">
+        <v>72</v>
+      </c>
+      <c r="O19" t="s">
+        <v>144</v>
+      </c>
+      <c r="P19" t="s">
         <v>145</v>
-      </c>
-[...40 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>16</v>
       </c>
       <c r="B20" t="s">
+        <v>146</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>147</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>148</v>
+      </c>
+      <c r="H20" t="s">
+        <v>149</v>
+      </c>
+      <c r="I20" t="s">
+        <v>150</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>26</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
         <v>151</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="P20" t="s">
         <v>152</v>
-      </c>
-[...31 lines deleted...]
-        <v>157</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>16</v>
       </c>
       <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>154</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>155</v>
+      </c>
+      <c r="H21" t="s">
+        <v>156</v>
+      </c>
+      <c r="I21" t="s">
+        <v>157</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>26</v>
+      </c>
+      <c r="N21" t="s">
+        <v>43</v>
+      </c>
+      <c r="O21" t="s">
+        <v>44</v>
+      </c>
+      <c r="P21" t="s">
         <v>158</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
         <v>159</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
         <v>160</v>
       </c>
-      <c r="H21" t="s">
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
         <v>161</v>
       </c>
-      <c r="I21" t="s">
+      <c r="H22" t="s">
         <v>162</v>
       </c>
-      <c r="J21" t="s">
-[...14 lines deleted...]
-      <c r="O21" t="s">
+      <c r="I22" t="s">
         <v>163</v>
       </c>
-      <c r="P21" t="s">
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>26</v>
+      </c>
+      <c r="N22" t="s">
+        <v>72</v>
+      </c>
+      <c r="O22" t="s">
         <v>164</v>
+      </c>
+      <c r="P22" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>166</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>167</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>168</v>
+      </c>
+      <c r="H23" t="s">
+        <v>169</v>
+      </c>
+      <c r="I23" t="s">
+        <v>170</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>26</v>
+      </c>
+      <c r="N23" t="s">
+        <v>171</v>
+      </c>
+      <c r="O23" t="s">
+        <v>172</v>
+      </c>
+      <c r="P23" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>174</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" t="s">
+        <v>167</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" t="s">
+        <v>175</v>
+      </c>
+      <c r="H24" t="s">
+        <v>176</v>
+      </c>
+      <c r="I24" t="s">
+        <v>177</v>
+      </c>
+      <c r="J24" t="s">
+        <v>23</v>
+      </c>
+      <c r="K24" t="s">
+        <v>24</v>
+      </c>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
+      <c r="M24" t="s">
+        <v>26</v>
+      </c>
+      <c r="N24" t="s">
+        <v>43</v>
+      </c>
+      <c r="O24" t="s">
+        <v>44</v>
+      </c>
+      <c r="P24" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>179</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>180</v>
+      </c>
+      <c r="F25" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" t="s">
+        <v>181</v>
+      </c>
+      <c r="H25" t="s">
+        <v>182</v>
+      </c>
+      <c r="I25" t="s">
+        <v>183</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>93</v>
+      </c>
+      <c r="O25" t="s">
+        <v>184</v>
+      </c>
+      <c r="P25" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>16</v>
+      </c>
+      <c r="B26" t="s">
+        <v>186</v>
+      </c>
+      <c r="C26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D26" t="s">
+        <v>18</v>
+      </c>
+      <c r="E26" t="s">
+        <v>180</v>
+      </c>
+      <c r="F26" t="s">
+        <v>18</v>
+      </c>
+      <c r="G26" t="s">
+        <v>187</v>
+      </c>
+      <c r="H26" t="s">
+        <v>188</v>
+      </c>
+      <c r="I26" t="s">
+        <v>23</v>
+      </c>
+      <c r="J26" t="s">
+        <v>18</v>
+      </c>
+      <c r="K26" t="s">
+        <v>24</v>
+      </c>
+      <c r="L26" t="s">
+        <v>25</v>
+      </c>
+      <c r="M26" t="s">
+        <v>26</v>
+      </c>
+      <c r="N26" t="s">
+        <v>93</v>
+      </c>
+      <c r="O26" t="s">
+        <v>189</v>
+      </c>
+      <c r="P26" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>16</v>
+      </c>
+      <c r="B27" t="s">
+        <v>191</v>
+      </c>
+      <c r="C27" t="s">
+        <v>18</v>
+      </c>
+      <c r="D27" t="s">
+        <v>18</v>
+      </c>
+      <c r="E27" t="s">
+        <v>192</v>
+      </c>
+      <c r="F27" t="s">
+        <v>18</v>
+      </c>
+      <c r="G27" t="s">
+        <v>193</v>
+      </c>
+      <c r="H27" t="s">
+        <v>194</v>
+      </c>
+      <c r="I27" t="s">
+        <v>195</v>
+      </c>
+      <c r="J27" t="s">
+        <v>196</v>
+      </c>
+      <c r="K27" t="s">
+        <v>24</v>
+      </c>
+      <c r="L27" t="s">
+        <v>25</v>
+      </c>
+      <c r="M27" t="s">
+        <v>26</v>
+      </c>
+      <c r="N27" t="s">
+        <v>171</v>
+      </c>
+      <c r="O27" t="s">
+        <v>172</v>
+      </c>
+      <c r="P27" t="s">
+        <v>197</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>16</v>
+      </c>
+      <c r="B28" t="s">
+        <v>198</v>
+      </c>
+      <c r="C28" t="s">
+        <v>18</v>
+      </c>
+      <c r="D28" t="s">
+        <v>18</v>
+      </c>
+      <c r="E28" t="s">
+        <v>199</v>
+      </c>
+      <c r="F28" t="s">
+        <v>18</v>
+      </c>
+      <c r="G28" t="s">
+        <v>200</v>
+      </c>
+      <c r="H28" t="s">
+        <v>201</v>
+      </c>
+      <c r="I28" t="s">
+        <v>202</v>
+      </c>
+      <c r="J28" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" t="s">
+        <v>50</v>
+      </c>
+      <c r="O28" t="s">
+        <v>203</v>
+      </c>
+      <c r="P28" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>16</v>
+      </c>
+      <c r="B29" t="s">
+        <v>205</v>
+      </c>
+      <c r="C29" t="s">
+        <v>18</v>
+      </c>
+      <c r="D29" t="s">
+        <v>18</v>
+      </c>
+      <c r="E29" t="s">
+        <v>199</v>
+      </c>
+      <c r="F29" t="s">
+        <v>18</v>
+      </c>
+      <c r="G29" t="s">
+        <v>206</v>
+      </c>
+      <c r="H29" t="s">
+        <v>207</v>
+      </c>
+      <c r="I29" t="s">
+        <v>208</v>
+      </c>
+      <c r="J29" t="s">
+        <v>23</v>
+      </c>
+      <c r="K29" t="s">
+        <v>24</v>
+      </c>
+      <c r="L29" t="s">
+        <v>25</v>
+      </c>
+      <c r="M29" t="s">
+        <v>26</v>
+      </c>
+      <c r="N29" t="s">
+        <v>93</v>
+      </c>
+      <c r="O29" t="s">
+        <v>94</v>
+      </c>
+      <c r="P29" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>16</v>
+      </c>
+      <c r="B30" t="s">
+        <v>210</v>
+      </c>
+      <c r="C30" t="s">
+        <v>18</v>
+      </c>
+      <c r="D30" t="s">
+        <v>18</v>
+      </c>
+      <c r="E30" t="s">
+        <v>211</v>
+      </c>
+      <c r="F30" t="s">
+        <v>18</v>
+      </c>
+      <c r="G30" t="s">
+        <v>212</v>
+      </c>
+      <c r="H30" t="s">
+        <v>213</v>
+      </c>
+      <c r="I30" t="s">
+        <v>23</v>
+      </c>
+      <c r="J30" t="s">
+        <v>18</v>
+      </c>
+      <c r="K30" t="s">
+        <v>24</v>
+      </c>
+      <c r="L30" t="s">
+        <v>25</v>
+      </c>
+      <c r="M30" t="s">
+        <v>26</v>
+      </c>
+      <c r="N30" t="s">
+        <v>93</v>
+      </c>
+      <c r="O30" t="s">
+        <v>94</v>
+      </c>
+      <c r="P30" t="s">
+        <v>214</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>16</v>
+      </c>
+      <c r="B31" t="s">
+        <v>215</v>
+      </c>
+      <c r="C31" t="s">
+        <v>18</v>
+      </c>
+      <c r="D31" t="s">
+        <v>18</v>
+      </c>
+      <c r="E31" t="s">
+        <v>216</v>
+      </c>
+      <c r="F31" t="s">
+        <v>18</v>
+      </c>
+      <c r="G31" t="s">
+        <v>217</v>
+      </c>
+      <c r="H31" t="s">
+        <v>218</v>
+      </c>
+      <c r="I31" t="s">
+        <v>23</v>
+      </c>
+      <c r="J31" t="s">
+        <v>18</v>
+      </c>
+      <c r="K31" t="s">
+        <v>24</v>
+      </c>
+      <c r="L31" t="s">
+        <v>25</v>
+      </c>
+      <c r="M31" t="s">
+        <v>26</v>
+      </c>
+      <c r="N31" t="s">
+        <v>93</v>
+      </c>
+      <c r="O31" t="s">
+        <v>189</v>
+      </c>
+      <c r="P31" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>16</v>
+      </c>
+      <c r="B32" t="s">
+        <v>220</v>
+      </c>
+      <c r="C32" t="s">
+        <v>18</v>
+      </c>
+      <c r="D32" t="s">
+        <v>18</v>
+      </c>
+      <c r="E32" t="s">
+        <v>221</v>
+      </c>
+      <c r="F32" t="s">
+        <v>18</v>
+      </c>
+      <c r="G32" t="s">
+        <v>222</v>
+      </c>
+      <c r="H32" t="s">
+        <v>223</v>
+      </c>
+      <c r="I32" t="s">
+        <v>224</v>
+      </c>
+      <c r="J32" t="s">
+        <v>23</v>
+      </c>
+      <c r="K32" t="s">
+        <v>24</v>
+      </c>
+      <c r="L32" t="s">
+        <v>25</v>
+      </c>
+      <c r="M32" t="s">
+        <v>26</v>
+      </c>
+      <c r="N32" t="s">
+        <v>72</v>
+      </c>
+      <c r="O32" t="s">
+        <v>225</v>
+      </c>
+      <c r="P32" t="s">
+        <v>226</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>16</v>
+      </c>
+      <c r="B33" t="s">
+        <v>227</v>
+      </c>
+      <c r="C33" t="s">
+        <v>18</v>
+      </c>
+      <c r="D33" t="s">
+        <v>18</v>
+      </c>
+      <c r="E33" t="s">
+        <v>228</v>
+      </c>
+      <c r="F33" t="s">
+        <v>18</v>
+      </c>
+      <c r="G33" t="s">
+        <v>229</v>
+      </c>
+      <c r="H33" t="s">
+        <v>230</v>
+      </c>
+      <c r="I33" t="s">
+        <v>231</v>
+      </c>
+      <c r="J33" t="s">
+        <v>23</v>
+      </c>
+      <c r="K33" t="s">
+        <v>24</v>
+      </c>
+      <c r="L33" t="s">
+        <v>25</v>
+      </c>
+      <c r="M33" t="s">
+        <v>26</v>
+      </c>
+      <c r="N33" t="s">
+        <v>93</v>
+      </c>
+      <c r="O33" t="s">
+        <v>100</v>
+      </c>
+      <c r="P33" t="s">
+        <v>232</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>16</v>
+      </c>
+      <c r="B34" t="s">
+        <v>233</v>
+      </c>
+      <c r="C34" t="s">
+        <v>18</v>
+      </c>
+      <c r="D34" t="s">
+        <v>18</v>
+      </c>
+      <c r="E34" t="s">
+        <v>234</v>
+      </c>
+      <c r="F34" t="s">
+        <v>18</v>
+      </c>
+      <c r="G34" t="s">
+        <v>235</v>
+      </c>
+      <c r="H34" t="s">
+        <v>236</v>
+      </c>
+      <c r="I34" t="s">
+        <v>237</v>
+      </c>
+      <c r="J34" t="s">
+        <v>23</v>
+      </c>
+      <c r="K34" t="s">
+        <v>24</v>
+      </c>
+      <c r="L34" t="s">
+        <v>25</v>
+      </c>
+      <c r="M34" t="s">
+        <v>26</v>
+      </c>
+      <c r="N34" t="s">
+        <v>50</v>
+      </c>
+      <c r="O34" t="s">
+        <v>238</v>
+      </c>
+      <c r="P34" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>16</v>
+      </c>
+      <c r="B35" t="s">
+        <v>240</v>
+      </c>
+      <c r="C35" t="s">
+        <v>18</v>
+      </c>
+      <c r="D35" t="s">
+        <v>18</v>
+      </c>
+      <c r="E35" t="s">
+        <v>241</v>
+      </c>
+      <c r="F35" t="s">
+        <v>18</v>
+      </c>
+      <c r="G35" t="s">
+        <v>242</v>
+      </c>
+      <c r="H35" t="s">
+        <v>243</v>
+      </c>
+      <c r="I35" t="s">
+        <v>244</v>
+      </c>
+      <c r="J35" t="s">
+        <v>23</v>
+      </c>
+      <c r="K35" t="s">
+        <v>24</v>
+      </c>
+      <c r="L35" t="s">
+        <v>25</v>
+      </c>
+      <c r="M35" t="s">
+        <v>26</v>
+      </c>
+      <c r="N35" t="s">
+        <v>93</v>
+      </c>
+      <c r="O35" t="s">
+        <v>245</v>
+      </c>
+      <c r="P35" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>16</v>
+      </c>
+      <c r="B36" t="s">
+        <v>247</v>
+      </c>
+      <c r="C36" t="s">
+        <v>18</v>
+      </c>
+      <c r="D36" t="s">
+        <v>18</v>
+      </c>
+      <c r="E36" t="s">
+        <v>248</v>
+      </c>
+      <c r="F36" t="s">
+        <v>18</v>
+      </c>
+      <c r="G36" t="s">
+        <v>249</v>
+      </c>
+      <c r="H36" t="s">
+        <v>250</v>
+      </c>
+      <c r="I36" t="s">
+        <v>251</v>
+      </c>
+      <c r="J36" t="s">
+        <v>23</v>
+      </c>
+      <c r="K36" t="s">
+        <v>24</v>
+      </c>
+      <c r="L36" t="s">
+        <v>25</v>
+      </c>
+      <c r="M36" t="s">
+        <v>26</v>
+      </c>
+      <c r="N36" t="s">
+        <v>72</v>
+      </c>
+      <c r="O36" t="s">
+        <v>252</v>
+      </c>
+      <c r="P36" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>16</v>
+      </c>
+      <c r="B37" t="s">
+        <v>254</v>
+      </c>
+      <c r="C37" t="s">
+        <v>18</v>
+      </c>
+      <c r="D37" t="s">
+        <v>18</v>
+      </c>
+      <c r="E37" t="s">
+        <v>255</v>
+      </c>
+      <c r="F37" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" t="s">
+        <v>256</v>
+      </c>
+      <c r="H37" t="s">
+        <v>257</v>
+      </c>
+      <c r="I37" t="s">
+        <v>258</v>
+      </c>
+      <c r="J37" t="s">
+        <v>23</v>
+      </c>
+      <c r="K37" t="s">
+        <v>24</v>
+      </c>
+      <c r="L37" t="s">
+        <v>25</v>
+      </c>
+      <c r="M37" t="s">
+        <v>26</v>
+      </c>
+      <c r="N37" t="s">
+        <v>43</v>
+      </c>
+      <c r="O37" t="s">
+        <v>44</v>
+      </c>
+      <c r="P37" t="s">
+        <v>259</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>260</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>261</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>262</v>
+      </c>
+      <c r="O1" t="s">
+        <v>263</v>
+      </c>
+      <c r="P1" t="s">
+        <v>264</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>265</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>266</v>
+      </c>
+      <c r="T1" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>268</v>
+      </c>
+      <c r="B2" t="s">
+        <v>269</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>270</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>271</v>
+      </c>
+      <c r="H2" t="s">
+        <v>272</v>
+      </c>
+      <c r="I2" t="s">
+        <v>273</v>
+      </c>
+      <c r="J2" t="s">
+        <v>274</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>18</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>275</v>
+      </c>
+      <c r="R2" t="s">
+        <v>71</v>
+      </c>
+      <c r="S2" t="s">
+        <v>276</v>
+      </c>
+      <c r="T2" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>268</v>
+      </c>
+      <c r="B3" t="s">
+        <v>278</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>270</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>279</v>
+      </c>
+      <c r="H3" t="s">
+        <v>280</v>
+      </c>
+      <c r="I3" t="s">
+        <v>273</v>
+      </c>
+      <c r="J3" t="s">
+        <v>281</v>
+      </c>
+      <c r="K3" t="s">
+        <v>23</v>
+      </c>
+      <c r="L3" t="s">
+        <v>24</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>282</v>
+      </c>
+      <c r="O3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P3" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>275</v>
+      </c>
+      <c r="R3" t="s">
+        <v>71</v>
+      </c>
+      <c r="S3" t="s">
+        <v>283</v>
+      </c>
+      <c r="T3" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>268</v>
+      </c>
+      <c r="B4" t="s">
+        <v>284</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>285</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>286</v>
+      </c>
+      <c r="H4" t="s">
+        <v>287</v>
+      </c>
+      <c r="I4" t="s">
+        <v>288</v>
+      </c>
+      <c r="J4" t="s">
+        <v>195</v>
+      </c>
+      <c r="K4" t="s">
+        <v>196</v>
+      </c>
+      <c r="L4" t="s">
+        <v>24</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>289</v>
+      </c>
+      <c r="O4" t="s">
+        <v>18</v>
+      </c>
+      <c r="P4" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>291</v>
+      </c>
+      <c r="R4" t="s">
+        <v>71</v>
+      </c>
+      <c r="S4" t="s">
+        <v>292</v>
+      </c>
+      <c r="T4" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B5" t="s">
+        <v>293</v>
+      </c>
+      <c r="C5" t="s">
+        <v>18</v>
+      </c>
+      <c r="D5" t="s">
+        <v>18</v>
+      </c>
+      <c r="E5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" t="s">
+        <v>294</v>
+      </c>
+      <c r="H5" t="s">
+        <v>295</v>
+      </c>
+      <c r="I5" t="s">
+        <v>296</v>
+      </c>
+      <c r="J5" t="s">
+        <v>274</v>
+      </c>
+      <c r="K5" t="s">
+        <v>23</v>
+      </c>
+      <c r="L5" t="s">
+        <v>24</v>
+      </c>
+      <c r="M5" t="s">
+        <v>25</v>
+      </c>
+      <c r="N5" t="s">
+        <v>297</v>
+      </c>
+      <c r="O5" t="s">
+        <v>18</v>
+      </c>
+      <c r="P5" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>298</v>
+      </c>
+      <c r="R5" t="s">
+        <v>71</v>
+      </c>
+      <c r="S5" t="s">
+        <v>299</v>
+      </c>
+      <c r="T5" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>268</v>
+      </c>
+      <c r="B6" t="s">
+        <v>300</v>
+      </c>
+      <c r="C6" t="s">
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>18</v>
+      </c>
+      <c r="E6" t="s">
+        <v>285</v>
+      </c>
+      <c r="F6" t="s">
+        <v>18</v>
+      </c>
+      <c r="G6" t="s">
+        <v>301</v>
+      </c>
+      <c r="H6" t="s">
+        <v>302</v>
+      </c>
+      <c r="I6" t="s">
+        <v>296</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
+        <v>23</v>
+      </c>
+      <c r="L6" t="s">
+        <v>24</v>
+      </c>
+      <c r="M6" t="s">
+        <v>25</v>
+      </c>
+      <c r="N6" t="s">
+        <v>289</v>
+      </c>
+      <c r="O6" t="s">
+        <v>18</v>
+      </c>
+      <c r="P6" t="s">
+        <v>290</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>303</v>
+      </c>
+      <c r="R6" t="s">
+        <v>71</v>
+      </c>
+      <c r="S6" t="s">
+        <v>304</v>
+      </c>
+      <c r="T6" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>268</v>
+      </c>
+      <c r="B7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
+        <v>285</v>
+      </c>
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
+        <v>306</v>
+      </c>
+      <c r="H7" t="s">
+        <v>307</v>
+      </c>
+      <c r="I7" t="s">
+        <v>273</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
+        <v>23</v>
+      </c>
+      <c r="L7" t="s">
+        <v>24</v>
+      </c>
+      <c r="M7" t="s">
+        <v>25</v>
+      </c>
+      <c r="N7" t="s">
+        <v>289</v>
+      </c>
+      <c r="O7" t="s">
+        <v>18</v>
+      </c>
+      <c r="P7" t="s">
+        <v>71</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>308</v>
+      </c>
+      <c r="R7" t="s">
+        <v>71</v>
+      </c>
+      <c r="S7" t="s">
+        <v>309</v>
+      </c>
+      <c r="T7" t="s">
+        <v>277</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>268</v>
+      </c>
+      <c r="B8" t="s">
+        <v>310</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
+        <v>311</v>
+      </c>
+      <c r="F8" t="s">
+        <v>18</v>
+      </c>
+      <c r="G8" t="s">
+        <v>312</v>
+      </c>
+      <c r="H8" t="s">
+        <v>313</v>
+      </c>
+      <c r="I8" t="s">
+        <v>296</v>
+      </c>
+      <c r="J8" t="s">
+        <v>195</v>
+      </c>
+      <c r="K8" t="s">
+        <v>196</v>
+      </c>
+      <c r="L8" t="s">
+        <v>24</v>
+      </c>
+      <c r="M8" t="s">
+        <v>25</v>
+      </c>
+      <c r="N8" t="s">
+        <v>314</v>
+      </c>
+      <c r="O8" t="s">
+        <v>18</v>
+      </c>
+      <c r="P8" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>298</v>
+      </c>
+      <c r="R8" t="s">
+        <v>26</v>
+      </c>
+      <c r="S8" t="s">
+        <v>315</v>
+      </c>
+      <c r="T8" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>268</v>
+      </c>
+      <c r="B9" t="s">
+        <v>317</v>
+      </c>
+      <c r="C9" t="s">
+        <v>18</v>
+      </c>
+      <c r="D9" t="s">
+        <v>18</v>
+      </c>
+      <c r="E9" t="s">
+        <v>311</v>
+      </c>
+      <c r="F9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" t="s">
+        <v>318</v>
+      </c>
+      <c r="H9" t="s">
+        <v>319</v>
+      </c>
+      <c r="I9" t="s">
+        <v>296</v>
+      </c>
+      <c r="J9" t="s">
+        <v>320</v>
+      </c>
+      <c r="K9" t="s">
+        <v>23</v>
+      </c>
+      <c r="L9" t="s">
+        <v>24</v>
+      </c>
+      <c r="M9" t="s">
+        <v>25</v>
+      </c>
+      <c r="N9" t="s">
+        <v>321</v>
+      </c>
+      <c r="O9" t="s">
+        <v>18</v>
+      </c>
+      <c r="P9" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>303</v>
+      </c>
+      <c r="R9" t="s">
+        <v>26</v>
+      </c>
+      <c r="S9" t="s">
+        <v>322</v>
+      </c>
+      <c r="T9" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>268</v>
+      </c>
+      <c r="B10" t="s">
+        <v>323</v>
+      </c>
+      <c r="C10" t="s">
+        <v>18</v>
+      </c>
+      <c r="D10" t="s">
+        <v>18</v>
+      </c>
+      <c r="E10" t="s">
+        <v>311</v>
+      </c>
+      <c r="F10" t="s">
+        <v>18</v>
+      </c>
+      <c r="G10" t="s">
+        <v>324</v>
+      </c>
+      <c r="H10" t="s">
+        <v>325</v>
+      </c>
+      <c r="I10" t="s">
+        <v>296</v>
+      </c>
+      <c r="J10" t="s">
+        <v>326</v>
+      </c>
+      <c r="K10" t="s">
+        <v>23</v>
+      </c>
+      <c r="L10" t="s">
+        <v>24</v>
+      </c>
+      <c r="M10" t="s">
+        <v>25</v>
+      </c>
+      <c r="N10" t="s">
+        <v>327</v>
+      </c>
+      <c r="O10" t="s">
+        <v>18</v>
+      </c>
+      <c r="P10" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>303</v>
+      </c>
+      <c r="R10" t="s">
+        <v>26</v>
+      </c>
+      <c r="S10" t="s">
+        <v>328</v>
+      </c>
+      <c r="T10" t="s">
+        <v>316</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>268</v>
+      </c>
+      <c r="B11" t="s">
+        <v>329</v>
+      </c>
+      <c r="C11" t="s">
+        <v>18</v>
+      </c>
+      <c r="D11" t="s">
+        <v>18</v>
+      </c>
+      <c r="E11" t="s">
+        <v>330</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
+        <v>331</v>
+      </c>
+      <c r="H11" t="s">
+        <v>332</v>
+      </c>
+      <c r="I11" t="s">
+        <v>296</v>
+      </c>
+      <c r="J11" t="s">
+        <v>333</v>
+      </c>
+      <c r="K11" t="s">
+        <v>23</v>
+      </c>
+      <c r="L11" t="s">
+        <v>24</v>
+      </c>
+      <c r="M11" t="s">
+        <v>25</v>
+      </c>
+      <c r="N11" t="s">
+        <v>334</v>
+      </c>
+      <c r="O11" t="s">
+        <v>18</v>
+      </c>
+      <c r="P11" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>335</v>
+      </c>
+      <c r="R11" t="s">
+        <v>26</v>
+      </c>
+      <c r="S11" t="s">
+        <v>336</v>
+      </c>
+      <c r="T11" t="s">
+        <v>277</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>