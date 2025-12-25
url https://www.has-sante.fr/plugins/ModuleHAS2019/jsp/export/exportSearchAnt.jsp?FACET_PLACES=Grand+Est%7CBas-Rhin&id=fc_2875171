--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,62 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Équipe accréditée" r:id="rId4" sheetId="2"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2481" uniqueCount="1004">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7196" uniqueCount="2777">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -71,68 +77,161 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur David HAMID</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>11/12/2025 19:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794009/fr/docteur-david-hamid</t>
+  </si>
+  <si>
+    <t>p_3794009</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>HAMID</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>11 September 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-BARBE</t>
+  </si>
+  <si>
+    <t>67083</t>
+  </si>
+  <si>
+    <t>STRASBOURG</t>
+  </si>
+  <si>
+    <t>670780188</t>
+  </si>
+  <si>
+    <t>Docteur François FISCHER</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794570/fr/docteur-francois-fischer</t>
+  </si>
+  <si>
+    <t>p_3794570</t>
+  </si>
+  <si>
+    <t>FISCHER</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'ORANGERIE</t>
+  </si>
+  <si>
+    <t>67010</t>
+  </si>
+  <si>
+    <t>670780170</t>
+  </si>
+  <si>
+    <t>Docteur IONUT-MARIUS POPIA</t>
+  </si>
+  <si>
+    <t>11/12/2025 19:16:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3794653/fr/docteur-ionut-marius-popia</t>
+  </si>
+  <si>
+    <t>p_3794653</t>
+  </si>
+  <si>
+    <t>POPIA</t>
+  </si>
+  <si>
+    <t>IONUT-MARIUS</t>
+  </si>
+  <si>
+    <t>CH INTERCOMMUNAL DE LA LAUTER</t>
+  </si>
+  <si>
+    <t>67166</t>
+  </si>
+  <si>
+    <t>WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>670000272</t>
+  </si>
+  <si>
     <t>Docteur DAN BORCOS</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/07/2025 12:17:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638799/fr/docteur-dan-borcos</t>
   </si>
   <si>
     <t>p_3638799</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>BORCOS</t>
   </si>
   <si>
     <t>DAN</t>
   </si>
   <si>
     <t>24 July 2025</t>
   </si>
   <si>
     <t>CH SAINTE-CATHERINE DE SAVERNE</t>
   </si>
   <si>
     <t>67703</t>
   </si>
   <si>
     <t>SAVERNE</t>
   </si>
   <si>
     <t>670000165</t>
   </si>
   <si>
     <t>Docteur Mihaela SIMON</t>
   </si>
   <si>
     <t>28/07/2025 12:17:17</t>
@@ -230,53 +329,50 @@
   <si>
     <t>Docteur Alexandra-Cristina CIURCIUN</t>
   </si>
   <si>
     <t>30/06/2025 14:17:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633955/fr/docteur-alexandra-cristina-ciurciun</t>
   </si>
   <si>
     <t>p_3633955</t>
   </si>
   <si>
     <t>CIURCIUN</t>
   </si>
   <si>
     <t>Alexandra-Cristina</t>
   </si>
   <si>
     <t>HOPITAL CIVIL / NOUVEL HOPITAL CIVIL</t>
   </si>
   <si>
     <t>67091</t>
   </si>
   <si>
-    <t>STRASBOURG</t>
-[...1 lines deleted...]
-  <si>
     <t>670000025</t>
   </si>
   <si>
     <t>Docteur Nada ELCHHAB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633957/fr/docteur-nada-elchhab</t>
   </si>
   <si>
     <t>p_3633957</t>
   </si>
   <si>
     <t>ELCHHAB</t>
   </si>
   <si>
     <t>Nada</t>
   </si>
   <si>
     <t>Docteur Coralie PAUZET</t>
   </si>
   <si>
     <t>30/06/2025 14:17:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633960/fr/docteur-coralie-pauzet</t>
@@ -449,59 +545,50 @@
   <si>
     <t>67501</t>
   </si>
   <si>
     <t>670780386</t>
   </si>
   <si>
     <t>Docteur Pierre EBER</t>
   </si>
   <si>
     <t>20/02/2025 18:32:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592097/fr/docteur-pierre-eber</t>
   </si>
   <si>
     <t>p_3592097</t>
   </si>
   <si>
     <t>EBER</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
-    <t>CLINIQUE DE L'ORANGERIE</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Yves NTILIKINA</t>
   </si>
   <si>
     <t>20/02/2025 18:33:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592132/fr/docteur-yves-ntilikina</t>
   </si>
   <si>
     <t>p_3592132</t>
   </si>
   <si>
     <t>NTILIKINA</t>
   </si>
   <si>
     <t>Yves</t>
   </si>
   <si>
     <t>Professeur Hélène CEBULA</t>
   </si>
   <si>
     <t>20/02/2025 18:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592168/fr/professeur-helene-cebula</t>
@@ -665,59 +752,50 @@
   <si>
     <t>67000,67083</t>
   </si>
   <si>
     <t>670013325,670780188</t>
   </si>
   <si>
     <t>Docteur ANTOINE CHARTON</t>
   </si>
   <si>
     <t>18/10/2024 10:33:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550382/fr/docteur-antoine-charton</t>
   </si>
   <si>
     <t>p_3550382</t>
   </si>
   <si>
     <t>CHARTON</t>
   </si>
   <si>
     <t>ANTOINE</t>
   </si>
   <si>
-    <t>CLINIQUE SAINTE-BARBE</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Alexandra BOIVIN</t>
   </si>
   <si>
     <t>18/10/2024 10:33:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550400/fr/docteur-alexandra-boivin</t>
   </si>
   <si>
     <t>p_3550400</t>
   </si>
   <si>
     <t>BOIVIN</t>
   </si>
   <si>
     <t>Alexandra</t>
   </si>
   <si>
     <t>Docteur Pamela BALLAN</t>
   </si>
   <si>
     <t>18/10/2024 10:33:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550419/fr/docteur-pamela-ballan</t>
@@ -776,59 +854,50 @@
   <si>
     <t>67000</t>
   </si>
   <si>
     <t>670013325</t>
   </si>
   <si>
     <t>Docteur JULIETTE MARCANTONI</t>
   </si>
   <si>
     <t>13/09/2024 15:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540814/fr/docteur-juliette-marcantoni</t>
   </si>
   <si>
     <t>p_3540814</t>
   </si>
   <si>
     <t>MARCANTONI</t>
   </si>
   <si>
     <t>JULIETTE</t>
   </si>
   <si>
-    <t>HOPITAL CIVIL / NOUVEL HOPITAL CIVIL,CTRE AUTONOME D'ENDOSC DIGESTIVE AMBUL</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Antoine KOCH</t>
   </si>
   <si>
     <t>13/09/2024 15:34:35</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3541615/fr/docteur-antoine-koch</t>
   </si>
   <si>
     <t>p_3541615</t>
   </si>
   <si>
     <t>KOCH</t>
   </si>
   <si>
     <t>Antoine</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE-ANNE</t>
   </si>
   <si>
     <t>67085</t>
   </si>
   <si>
     <t>670780212</t>
@@ -1172,113 +1241,107 @@
   <si>
     <t>p_3447256</t>
   </si>
   <si>
     <t>MEYER</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
     <t>Docteur GHARIB AJOB</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447258/fr/docteur-gharib-ajob</t>
   </si>
   <si>
     <t>p_3447258</t>
   </si>
   <si>
     <t>AJOB</t>
   </si>
   <si>
     <t>GHARIB</t>
   </si>
   <si>
+    <t>ENDOSAV</t>
+  </si>
+  <si>
+    <t>67700</t>
+  </si>
+  <si>
+    <t>670013341</t>
+  </si>
+  <si>
     <t>Docteur ROMANA DANIIL</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447260/fr/docteur-romana-daniil</t>
   </si>
   <si>
     <t>p_3447260</t>
   </si>
   <si>
     <t>DANIIL</t>
   </si>
   <si>
     <t>ROMANA</t>
   </si>
   <si>
     <t>Docteur BOB HEGER</t>
   </si>
   <si>
     <t>15/06/2023 11:34:43</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447262/fr/docteur-bob-heger</t>
   </si>
   <si>
     <t>p_3447262</t>
   </si>
   <si>
     <t>HEGER</t>
   </si>
   <si>
     <t>BOB</t>
   </si>
   <si>
     <t>Docteur CECILE GROS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447264/fr/docteur-cecile-gros</t>
   </si>
   <si>
     <t>p_3447264</t>
   </si>
   <si>
     <t>GROS</t>
   </si>
   <si>
     <t>CECILE</t>
   </si>
   <si>
-    <t>Docteur AUDREY BILGER</t>
-[...13 lines deleted...]
-  <si>
     <t>Docteur AUDE RUIMY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447268/fr/docteur-aude-ruimy</t>
   </si>
   <si>
     <t>p_3447268</t>
   </si>
   <si>
     <t>RUIMY</t>
   </si>
   <si>
     <t>AUDE</t>
   </si>
   <si>
     <t>Docteur FAUSTINE DEPAYS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447270/fr/docteur-faustine-depays</t>
   </si>
   <si>
     <t>p_3447270</t>
   </si>
   <si>
     <t>DEPAYS</t>
@@ -2369,53 +2432,50 @@
   <si>
     <t>c_2740286</t>
   </si>
   <si>
     <t>MORIN</t>
   </si>
   <si>
     <t>Benoît</t>
   </si>
   <si>
     <t>Professeur François BONNOMET</t>
   </si>
   <si>
     <t>08/11/2016 11:30:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708417/fr/professeur-francois-bonnomet</t>
   </si>
   <si>
     <t>c_2708417</t>
   </si>
   <si>
     <t>BONNOMET</t>
   </si>
   <si>
-    <t>François</t>
-[...1 lines deleted...]
-  <si>
     <t>HOP ROBERTSAU/PAVILLON SCHUTZENBERGER</t>
   </si>
   <si>
     <t>670783133</t>
   </si>
   <si>
     <t>Docteur Jean-yves JENNY</t>
   </si>
   <si>
     <t>08/11/2016 11:30:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708501/fr/docteur-jean-yves-jenny</t>
   </si>
   <si>
     <t>c_2708501</t>
   </si>
   <si>
     <t>JENNY</t>
   </si>
   <si>
     <t>Jean-yves</t>
   </si>
   <si>
     <t>26 November 2020</t>
@@ -2453,68 +2513,50 @@
   <si>
     <t>SANTELMO</t>
   </si>
   <si>
     <t>Nicola</t>
   </si>
   <si>
     <t>Docteur Christian LECORNU</t>
   </si>
   <si>
     <t>08/11/2016 11:31:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709580/fr/docteur-christian-lecornu</t>
   </si>
   <si>
     <t>c_2709580</t>
   </si>
   <si>
     <t>LECORNU</t>
   </si>
   <si>
     <t>Christian</t>
   </si>
   <si>
-    <t>Professeur Paul michel MERTES</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Jean-christophe WEBER</t>
   </si>
   <si>
     <t>08/11/2016 11:32:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710247/fr/docteur-jean-christophe-weber</t>
   </si>
   <si>
     <t>c_2710247</t>
   </si>
   <si>
     <t>WEBER</t>
   </si>
   <si>
     <t>Jean-christophe</t>
   </si>
   <si>
     <t>23 September 2021</t>
   </si>
   <si>
     <t>CLINIQUE RHENA GCS ES,CLINIQUE DE L'ORANGERIE</t>
   </si>
   <si>
     <t>67016,67010</t>
@@ -2606,50 +2648,62 @@
   <si>
     <t>JACQUOT</t>
   </si>
   <si>
     <t>Xavier</t>
   </si>
   <si>
     <t>Docteur Guy HARTMANN</t>
   </si>
   <si>
     <t>08/11/2016 11:33:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711024/fr/docteur-guy-hartmann</t>
   </si>
   <si>
     <t>c_2711024</t>
   </si>
   <si>
     <t>HARTMANN</t>
   </si>
   <si>
     <t>Guy</t>
   </si>
   <si>
+    <t>ENDOSAV,CLINIQUE RHENA ASSOCIATION,HOPITAL LOUIS PASTEUR</t>
+  </si>
+  <si>
+    <t>67700,67000,68024</t>
+  </si>
+  <si>
+    <t>SAVERNE,STRASBOURG,COLMAR</t>
+  </si>
+  <si>
+    <t>670013341,670017458,680000684</t>
+  </si>
+  <si>
     <t>Docteur Philippe PLOBNER</t>
   </si>
   <si>
     <t>08/11/2016 11:33:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711058/fr/docteur-philippe-plobner</t>
   </si>
   <si>
     <t>c_2711058</t>
   </si>
   <si>
     <t>PLOBNER</t>
   </si>
   <si>
     <t>Professeur François PROUST</t>
   </si>
   <si>
     <t>08/11/2016 11:34:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711916/fr/professeur-francois-proust</t>
   </si>
   <si>
     <t>c_2711916</t>
@@ -2759,68 +2813,50 @@
   <si>
     <t>MOMMEROT</t>
   </si>
   <si>
     <t>Arnaud</t>
   </si>
   <si>
     <t>Docteur Joël MUHLSTEIN</t>
   </si>
   <si>
     <t>08/11/2016 11:35:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712717/fr/docteur-joel-muhlstein</t>
   </si>
   <si>
     <t>c_2712717</t>
   </si>
   <si>
     <t>MUHLSTEIN</t>
   </si>
   <si>
     <t>Joël</t>
   </si>
   <si>
-    <t>Docteur Barbara GICQUEL-SCHLEMMER</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Carole MEYER</t>
   </si>
   <si>
     <t>08/11/2016 11:35:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712848/fr/docteur-carole-meyer</t>
   </si>
   <si>
     <t>c_2712848</t>
   </si>
   <si>
     <t>Carole</t>
   </si>
   <si>
     <t>Docteur Jean-yves SCHOENAHL</t>
   </si>
   <si>
     <t>08/11/2016 11:35:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712983/fr/docteur-jean-yves-schoenahl</t>
   </si>
   <si>
     <t>c_2712983</t>
@@ -2861,92 +2897,4334 @@
   <si>
     <t>Docteur Patrick LEVY</t>
   </si>
   <si>
     <t>08/11/2016 11:36:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713193/fr/docteur-patrick-levy</t>
   </si>
   <si>
     <t>c_2713193</t>
   </si>
   <si>
     <t>Patrick</t>
   </si>
   <si>
     <t>HOPITAL CIVIL / NOUVEL HOPITAL CIVIL,CLINIQUE SAINTE-BARBE</t>
   </si>
   <si>
     <t>67091,67083</t>
   </si>
   <si>
     <t>670000025,670780188</t>
   </si>
   <si>
+    <t>Docteur Mario DENTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713245/fr/docteur-mario-dente</t>
+  </si>
+  <si>
+    <t>c_2713245</t>
+  </si>
+  <si>
+    <t>DENTE</t>
+  </si>
+  <si>
+    <t>Mario</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>CAB - SITE CLINIQUE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>670019991</t>
+  </si>
+  <si>
     <t>Docteur Federico COSTANTINO</t>
   </si>
   <si>
     <t>08/11/2016 11:36:14</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2713282/fr/docteur-federico-costantino</t>
   </si>
   <si>
     <t>c_2713282</t>
   </si>
   <si>
     <t>COSTANTINO</t>
   </si>
   <si>
     <t>Federico</t>
   </si>
   <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>SAAD DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>16/12/2025 05:09:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15244_FicheESSMS/fr/saad-domusvi-domicile</t>
+  </si>
+  <si>
+    <t>15244_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Route Du Polygone</t>
+  </si>
+  <si>
+    <t>67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>670019702</t>
+  </si>
+  <si>
+    <t>SAVS SECTEUR BAS-RHIN</t>
+  </si>
+  <si>
+    <t>15/12/2025 05:07:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15233_FicheESSMS/fr/savs-secteur-bas-rhin</t>
+  </si>
+  <si>
+    <t>15233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>67380 LINGOLSHEIM</t>
+  </si>
+  <si>
+    <t>LINGOLSHEIM</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>670010008</t>
+  </si>
+  <si>
+    <t>FOYER DE L'ADOLESCENT ILLKIRCH</t>
+  </si>
+  <si>
+    <t>14/12/2025 05:08:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15195_FicheESSMS/fr/foyer-de-l-adolescent-illkirch</t>
+  </si>
+  <si>
+    <t>15195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Route De Lyon</t>
+  </si>
+  <si>
+    <t>67400 ILLKIRCH GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>ILLKIRCH GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>670787969</t>
+  </si>
+  <si>
+    <t>RESIDENCE JACQUES COULAUX</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15154_FicheESSMS/fr/residence-jacques-coulaux</t>
+  </si>
+  <si>
+    <t>15154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Spiess</t>
+  </si>
+  <si>
+    <t>67190 MUTZIG</t>
+  </si>
+  <si>
+    <t>MUTZIG</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670017581</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU LANDSBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15153_FicheESSMS/fr/residence-du-landsberg</t>
+  </si>
+  <si>
+    <t>15153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue De La Menagerie</t>
+  </si>
+  <si>
+    <t>670017557</t>
+  </si>
+  <si>
+    <t>EHPAD DU VIGNOBLE</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15042_FicheESSMS/fr/ehpad-du-vignoble</t>
+  </si>
+  <si>
+    <t>15042_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67680 EPFIG</t>
+  </si>
+  <si>
+    <t>EPFIG</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>670781061</t>
+  </si>
+  <si>
+    <t>EHPAD DU VIGNOBLE-SITE DAMBACH</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:05:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14969_FicheESSMS/fr/ehpad-du-vignoble-site-dambach</t>
+  </si>
+  <si>
+    <t>14969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>67650 DAMBACH LA VILLE</t>
+  </si>
+  <si>
+    <t>DAMBACH LA VILLE</t>
+  </si>
+  <si>
+    <t>670781053</t>
+  </si>
+  <si>
+    <t>SAAD DOMI-CONFORT-SERVICES</t>
+  </si>
+  <si>
+    <t>26/11/2025 16:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14896_FicheESSMS/fr/saad-domi-confort-services</t>
+  </si>
+  <si>
+    <t>14896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Haguenau</t>
+  </si>
+  <si>
+    <t>67360 WOERTH</t>
+  </si>
+  <si>
+    <t>WOERTH</t>
+  </si>
+  <si>
+    <t>670019587</t>
+  </si>
+  <si>
+    <t>EHPAD STOLTZ-GRIMM</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14871_FicheESSMS/fr/ehpad-stoltz-grimm</t>
+  </si>
+  <si>
+    <t>14871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cour De L'Abbaye</t>
+  </si>
+  <si>
+    <t>67140 ANDLAU</t>
+  </si>
+  <si>
+    <t>ANDLAU</t>
+  </si>
+  <si>
+    <t>670780618</t>
+  </si>
+  <si>
+    <t>EHPAD LE BADBRONN</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14812_FicheESSMS/fr/ehpad-le-badbronn</t>
+  </si>
+  <si>
+    <t>14812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67730 CHATENOIS</t>
+  </si>
+  <si>
+    <t>CHATENOIS</t>
+  </si>
+  <si>
+    <t>670003581</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>09/11/2025 16:17:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14641_FicheESSMS/fr/ehpad-saint-martin</t>
+  </si>
+  <si>
+    <t>14641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Cygne</t>
+  </si>
+  <si>
+    <t>67600 HILSENHEIM</t>
+  </si>
+  <si>
+    <t>HILSENHEIM</t>
+  </si>
+  <si>
+    <t>670797349</t>
+  </si>
+  <si>
+    <t>EHPAD DU MANOIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14640_FicheESSMS/fr/ehpad-du-manoir</t>
+  </si>
+  <si>
+    <t>14640_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Reuchlin</t>
+  </si>
+  <si>
+    <t>67150 GERSTHEIM</t>
+  </si>
+  <si>
+    <t>GERSTHEIM</t>
+  </si>
+  <si>
+    <t>670003540</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE TSA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:22:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14285_FicheESSMS/fr/equipe-mobile-tsa</t>
+  </si>
+  <si>
+    <t>14285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Avenue De Strasbourg</t>
+  </si>
+  <si>
+    <t>67170 BRUMATH</t>
+  </si>
+  <si>
+    <t>BRUMATH</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670017805</t>
+  </si>
+  <si>
+    <t>SERVICE D'AEMO-AED RENFORCEES HEMERA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14375_FicheESSMS/fr/service-d-aemo-aed-renforcees-hemera</t>
+  </si>
+  <si>
+    <t>14375_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De La Federation</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>670023449</t>
+  </si>
+  <si>
+    <t>EHPAD BARTISCHGUT</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14205_FicheESSMS/fr/ehpad-bartischgut</t>
+  </si>
+  <si>
+    <t>14205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Bartisch</t>
+  </si>
+  <si>
+    <t>670791276</t>
+  </si>
+  <si>
+    <t>SESSAD DE MUTZIG</t>
+  </si>
+  <si>
+    <t>20/10/2025 16:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14176_FicheESSMS/fr/sessad-de-mutzig</t>
+  </si>
+  <si>
+    <t>14176_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>670003268</t>
+  </si>
+  <si>
+    <t>SAAD ESPACE ANIMATION</t>
+  </si>
+  <si>
+    <t>19/10/2025 16:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14161_FicheESSMS/fr/saad-espace-animation</t>
+  </si>
+  <si>
+    <t>14161_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Eugene Delacroix</t>
+  </si>
+  <si>
+    <t>67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>670020528</t>
+  </si>
+  <si>
+    <t>EHPAD SARRE-UNION</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13910_FicheESSMS/fr/ehpad-sarre-union</t>
+  </si>
+  <si>
+    <t>13910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>67260 SARRE UNION</t>
+  </si>
+  <si>
+    <t>SARRE UNION</t>
+  </si>
+  <si>
+    <t>670793769</t>
+  </si>
+  <si>
+    <t>EHPAD LES TILLEULS DE JEANNE</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13917_FicheESSMS/fr/ehpad-les-tilleuls-de-jeanne</t>
+  </si>
+  <si>
+    <t>13917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Monseigneur Hoch</t>
+  </si>
+  <si>
+    <t>670784479</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES TILLEULS DE JEANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13916_FicheESSMS/fr/residence-les-tilleuls-de-jeanne</t>
+  </si>
+  <si>
+    <t>13916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>670798081</t>
+  </si>
+  <si>
+    <t>EHPAD JULIE GSELL</t>
+  </si>
+  <si>
+    <t>05/10/2025 16:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13884_FicheESSMS/fr/ehpad-julie-gsell</t>
+  </si>
+  <si>
+    <t>13884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>67240 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>BISCHWILLER</t>
+  </si>
+  <si>
+    <t>670780535</t>
+  </si>
+  <si>
+    <t>SAVS REGION DE SAVERNE</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13858_FicheESSMS/fr/savs-region-de-saverne</t>
+  </si>
+  <si>
+    <t>13858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Cles</t>
+  </si>
+  <si>
+    <t>67700 SAVERNE</t>
+  </si>
+  <si>
+    <t>670009489</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR ABRAPA OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13680_FicheESSMS/fr/accueil-de-jour-abrapa-oberhausbergen</t>
+  </si>
+  <si>
+    <t>13680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Reutenbourg</t>
+  </si>
+  <si>
+    <t>67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>670013259</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL BERTOLOLY</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13695_FicheESSMS/fr/ehpad-paul-bertololy</t>
+  </si>
+  <si>
+    <t>13695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67510 LEMBACH</t>
+  </si>
+  <si>
+    <t>LEMBACH</t>
+  </si>
+  <si>
+    <t>670006279</t>
+  </si>
+  <si>
+    <t>EHPAD NIEDERBOURG</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13698_FicheESSMS/fr/ehpad-niederbourg</t>
+  </si>
+  <si>
+    <t>13698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>670787803</t>
+  </si>
+  <si>
+    <t>IEM LES GRILLONS</t>
+  </si>
+  <si>
+    <t>23/09/2025 16:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13581_FicheESSMS/fr/iem-les-grillons</t>
+  </si>
+  <si>
+    <t>13581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Route De La Ganzau</t>
+  </si>
+  <si>
+    <t>67089 STRASBOURG CEDEX 1</t>
+  </si>
+  <si>
+    <t>STRASBOURG CEDEX 1</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>670780303</t>
+  </si>
+  <si>
+    <t>IEM LES SOLEILS</t>
+  </si>
+  <si>
+    <t>23/09/2025 16:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13582_FicheESSMS/fr/iem-les-soleils</t>
+  </si>
+  <si>
+    <t>13582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Rue De La Ganzau</t>
+  </si>
+  <si>
+    <t>670781665</t>
+  </si>
+  <si>
+    <t>EHPAD CH DE SAVERNE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13484_FicheESSMS/fr/ehpad-ch-de-saverne</t>
+  </si>
+  <si>
+    <t>13484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Cote De Saverne</t>
+  </si>
+  <si>
+    <t>67703 SAVERNE</t>
+  </si>
+  <si>
+    <t>670792977</t>
+  </si>
+  <si>
+    <t>INSTITUTION SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13495_FicheESSMS/fr/institution-saint-joseph</t>
+  </si>
+  <si>
+    <t>13495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784511</t>
+  </si>
+  <si>
+    <t>FAM LEONARD SINGER ROUTE NOUVELLE</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13368_FicheESSMS/fr/fam-leonard-singer-route-nouvelle</t>
+  </si>
+  <si>
+    <t>13368_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue De Wolfisheim</t>
+  </si>
+  <si>
+    <t>67810 HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>670016955</t>
+  </si>
+  <si>
+    <t>SERVICE A.E.M.O. STRASBOURG</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13387_FicheESSMS/fr/service-a-e-m-o-strasbourg</t>
+  </si>
+  <si>
+    <t>13387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Champs</t>
+  </si>
+  <si>
+    <t>67540 OSTWALD</t>
+  </si>
+  <si>
+    <t>OSTWALD</t>
+  </si>
+  <si>
+    <t>670789981</t>
+  </si>
+  <si>
+    <t>EHPAD HOPITAL LA GRAFENBOURG</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13286_FicheESSMS/fr/ehpad-hopital-la-grafenbourg</t>
+  </si>
+  <si>
+    <t>13286_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Alexandre Millerand</t>
+  </si>
+  <si>
+    <t>67171 BRUMATH</t>
+  </si>
+  <si>
+    <t>670793702</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSELIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13285_FicheESSMS/fr/ehpad-la-roseliere</t>
+  </si>
+  <si>
+    <t>13285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Faubourg</t>
+  </si>
+  <si>
+    <t>67590 SCHWEIGHOUSE SUR MODER</t>
+  </si>
+  <si>
+    <t>SCHWEIGHOUSE SUR MODER</t>
+  </si>
+  <si>
+    <t>670796408</t>
+  </si>
+  <si>
+    <t>EHPAD LE KACHELOFE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13305_FicheESSMS/fr/ehpad-le-kachelofe</t>
+  </si>
+  <si>
+    <t>13305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue De La Canardiere</t>
+  </si>
+  <si>
+    <t>670795434</t>
+  </si>
+  <si>
+    <t>EHPAD LES COQUELICOTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/59_FicheESSMS/fr/ehpad-les-coquelicots</t>
+  </si>
+  <si>
+    <t>59_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Paul Paray</t>
+  </si>
+  <si>
+    <t>67430 DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>670797778</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'IRMENGARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/68_FicheESSMS/fr/ehpad-les-jardins-d-irmengard</t>
+  </si>
+  <si>
+    <t>68_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Brulee</t>
+  </si>
+  <si>
+    <t>67150 ERSTEIN</t>
+  </si>
+  <si>
+    <t>ERSTEIN</t>
+  </si>
+  <si>
+    <t>670793710</t>
+  </si>
+  <si>
+    <t>EHPAD CH ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/67_FicheESSMS/fr/ehpad-ch-erstein</t>
+  </si>
+  <si>
+    <t>67_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Route De Krafft</t>
+  </si>
+  <si>
+    <t>67152 ERSTEIN</t>
+  </si>
+  <si>
+    <t>670015148</t>
+  </si>
+  <si>
+    <t>EHPAD MISSIONS AFRICAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/268_FicheESSMS/fr/ehpad-missions-africaines</t>
+  </si>
+  <si>
+    <t>268_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Principale</t>
+  </si>
+  <si>
+    <t>67140 ST PIERRE</t>
+  </si>
+  <si>
+    <t>ST PIERRE</t>
+  </si>
+  <si>
+    <t>670791284</t>
+  </si>
+  <si>
+    <t>CSAPA LE FIL D'ARIANE HUS/NHC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/330_FicheESSMS/fr/csapa-le-fil-d-ariane-hus/nhc</t>
+  </si>
+  <si>
+    <t>330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De L'Hopital</t>
+  </si>
+  <si>
+    <t>67091 STRASBOURG</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>670005438</t>
+  </si>
+  <si>
+    <t>EHPAD LE GENTIL HOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/362_FicheESSMS/fr/ehpad-le-gentil-home</t>
+  </si>
+  <si>
+    <t>362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Du Bourg</t>
+  </si>
+  <si>
+    <t>67640 FEGERSHEIM</t>
+  </si>
+  <si>
+    <t>FEGERSHEIM</t>
+  </si>
+  <si>
+    <t>670003615</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/577_FicheESSMS/fr/foyer-hebergement-diemeringen</t>
+  </si>
+  <si>
+    <t>577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013044</t>
+  </si>
+  <si>
+    <t>ESAT ALSACE BOSSUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/576_FicheESSMS/fr/esat-alsace-bossue</t>
+  </si>
+  <si>
+    <t>576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Tiergarten</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>670797166</t>
+  </si>
+  <si>
+    <t>IME EAU VIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/574_FicheESSMS/fr/ime-eau-vive</t>
+  </si>
+  <si>
+    <t>574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Quai De L'Eichel</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>670780576</t>
+  </si>
+  <si>
+    <t>SAVS DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/578_FicheESSMS/fr/savs-diemeringen</t>
+  </si>
+  <si>
+    <t>578_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009778</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/713_FicheESSMS/fr/ehpad-abrapa-reichshoffen</t>
+  </si>
+  <si>
+    <t>713_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De La Liberte</t>
+  </si>
+  <si>
+    <t>67110 REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>670795525</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA DANUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/712_FicheESSMS/fr/ehpad-abrapa-danube</t>
+  </si>
+  <si>
+    <t>712_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue De L'Elbe</t>
+  </si>
+  <si>
+    <t>670006568</t>
+  </si>
+  <si>
+    <t>CADA CRF STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/767_FicheESSMS/fr/cada-crf-strasbourg</t>
+  </si>
+  <si>
+    <t>767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Lavoisier</t>
+  </si>
+  <si>
+    <t>67067 STRASBOURG</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>670017839</t>
+  </si>
+  <si>
+    <t>SESSAD LE ROSIER BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/830_FicheESSMS/fr/sessad-le-rosier-blanc</t>
+  </si>
+  <si>
+    <t>830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Ruth</t>
+  </si>
+  <si>
+    <t>670002559</t>
+  </si>
+  <si>
+    <t>SESSAD LE TREMPLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/829_FicheESSMS/fr/sessad-le-tremplin</t>
+  </si>
+  <si>
+    <t>829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Dettwiller</t>
+  </si>
+  <si>
+    <t>670795772</t>
+  </si>
+  <si>
+    <t>CAMSP SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/827_FicheESSMS/fr/camsp-schiltigheim</t>
+  </si>
+  <si>
+    <t>827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Du Barrage</t>
+  </si>
+  <si>
+    <t>67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>670797158</t>
+  </si>
+  <si>
+    <t>EHPAD LA MAISON DU LENDEHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/967_FicheESSMS/fr/ehpad-la-maison-du-lendehof</t>
+  </si>
+  <si>
+    <t>967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Gendarmerie</t>
+  </si>
+  <si>
+    <t>67370 TRUCHTERSHEIM</t>
+  </si>
+  <si>
+    <t>TRUCHTERSHEIM</t>
+  </si>
+  <si>
+    <t>670013689</t>
+  </si>
+  <si>
+    <t>OPI ORIENTATION PREVENTION INSERTION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1017_FicheESSMS/fr/opi-orientation-prevention-insertion</t>
+  </si>
+  <si>
+    <t>1017_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>670020163</t>
+  </si>
+  <si>
+    <t>FOYER ACCUEIL SPEC JEANNE MARIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1012_FicheESSMS/fr/foyer-accueil-spec-jeanne-marie</t>
+  </si>
+  <si>
+    <t>1012_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Guirbaden</t>
+  </si>
+  <si>
+    <t>67190 GRENDELBRUCH</t>
+  </si>
+  <si>
+    <t>GRENDELBRUCH</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670793843</t>
+  </si>
+  <si>
+    <t>FAS LES MAGNOLIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1092_FicheESSMS/fr/fas-les-magnolias</t>
+  </si>
+  <si>
+    <t>1092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67242 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>670791359</t>
+  </si>
+  <si>
+    <t>FAM PHV CHD BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1091_FicheESSMS/fr/fam-phv-chd-bischwiller</t>
+  </si>
+  <si>
+    <t>1091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67241 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>670011949</t>
+  </si>
+  <si>
+    <t>EHPAD CHDB BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1090_FicheESSMS/fr/ehpad-chdb-bischwiller</t>
+  </si>
+  <si>
+    <t>1090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794478</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1089_FicheESSMS/fr/ehpad-le-clos-fleuri</t>
+  </si>
+  <si>
+    <t>1089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Herons</t>
+  </si>
+  <si>
+    <t>67850 HERRLISHEIM</t>
+  </si>
+  <si>
+    <t>HERRLISHEIM</t>
+  </si>
+  <si>
+    <t>670016195</t>
+  </si>
+  <si>
+    <t>EHPAD L'ORÉE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1088_FicheESSMS/fr/ehpad-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>1088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67620 SOUFFLENHEIM</t>
+  </si>
+  <si>
+    <t>SOUFFLENHEIM</t>
+  </si>
+  <si>
+    <t>670016187</t>
+  </si>
+  <si>
+    <t>FAS AIPAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1124_FicheESSMS/fr/fas-aipahm</t>
+  </si>
+  <si>
+    <t>1124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>670792837</t>
+  </si>
+  <si>
+    <t>EHPAD L'ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1129_FicheESSMS/fr/ehpad-l-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>1129_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Frederic Chopin</t>
+  </si>
+  <si>
+    <t>67116 REICHSTETT</t>
+  </si>
+  <si>
+    <t>REICHSTETT</t>
+  </si>
+  <si>
+    <t>670798800</t>
+  </si>
+  <si>
+    <t>EHPAD CH HAGUENAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1128_FicheESSMS/fr/ehpad-ch-haguenau</t>
+  </si>
+  <si>
+    <t>1128_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>670793579</t>
+  </si>
+  <si>
+    <t>FAM PHV AIPAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1166_FicheESSMS/fr/fam-phv-aipahm</t>
+  </si>
+  <si>
+    <t>1166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799535</t>
+  </si>
+  <si>
+    <t>EHPAD DU SACRE-COEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1173_FicheESSMS/fr/ehpad-du-sacre-coeur</t>
+  </si>
+  <si>
+    <t>1173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De L'Ecole</t>
+  </si>
+  <si>
+    <t>67350 DAUENDORF</t>
+  </si>
+  <si>
+    <t>DAUENDORF</t>
+  </si>
+  <si>
+    <t>670787795</t>
+  </si>
+  <si>
+    <t>SAMSAH APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1679_FicheESSMS/fr/samsah-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du 11 Novembre</t>
+  </si>
+  <si>
+    <t>67340 INGWILLER</t>
+  </si>
+  <si>
+    <t>INGWILLER</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>670012319</t>
+  </si>
+  <si>
+    <t>FOYER HEBERG HANDIC MENTAUX INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1678_FicheESSMS/fr/foyer-heberg-handic-mentaux-ingwiller</t>
+  </si>
+  <si>
+    <t>1678_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route D'Uttwiller</t>
+  </si>
+  <si>
+    <t>670793884</t>
+  </si>
+  <si>
+    <t>FOY.ACC.SPEC. INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1677_FicheESSMS/fr/foy-acc-spec-ingwiller</t>
+  </si>
+  <si>
+    <t>1677_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670797059</t>
+  </si>
+  <si>
+    <t>SESSAD APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1683_FicheESSMS/fr/sessad-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Du Pasteur Herrmann</t>
+  </si>
+  <si>
+    <t>670798230</t>
+  </si>
+  <si>
+    <t>IME APH INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1682_FicheESSMS/fr/ime-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1682_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>670780519</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS DU HERRENFELD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1681_FicheESSMS/fr/esat-ateliers-du-herrenfeld</t>
+  </si>
+  <si>
+    <t>1681_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784628</t>
+  </si>
+  <si>
+    <t>CAMSP APH SAVERNE / INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1680_FicheESSMS/fr/camsp-aph-saverne-/-ingwiller</t>
+  </si>
+  <si>
+    <t>1680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Artisanat</t>
+  </si>
+  <si>
+    <t>670015809</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1694_FicheESSMS/fr/serv-d-p-f-strasbourg</t>
+  </si>
+  <si>
+    <t>1694_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Faubourg National</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>670015791</t>
+  </si>
+  <si>
+    <t>ESAT ROUTE NOUVELLE ALSACE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1741_FicheESSMS/fr/esat-route-nouvelle-alsace</t>
+  </si>
+  <si>
+    <t>1741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Route De La Federation</t>
+  </si>
+  <si>
+    <t>670791250</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. RNA STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1749_FicheESSMS/fr/serv-m-j-p-m-rna-strasbourg</t>
+  </si>
+  <si>
+    <t>1749_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Bouleaux</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>670015775</t>
+  </si>
+  <si>
+    <t>IME DASCA ADELE DE GLAUBITZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1768_FicheESSMS/fr/ime-dasca-adele-de-glaubitz</t>
+  </si>
+  <si>
+    <t>1768_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>670017474</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE CROIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1767_FicheESSMS/fr/ehpad-sainte-croix</t>
+  </si>
+  <si>
+    <t>1767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Charite</t>
+  </si>
+  <si>
+    <t>670003565</t>
+  </si>
+  <si>
+    <t>INSTITUTION MERTIAN DE ANDLAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1775_FicheESSMS/fr/institution-mertian-de-andlau</t>
+  </si>
+  <si>
+    <t>1775_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Commanderie</t>
+  </si>
+  <si>
+    <t>670780741</t>
+  </si>
+  <si>
+    <t>CENTRE RAOUL CLAINCHARD STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1771_FicheESSMS/fr/centre-raoul-clainchard-strasbourg</t>
+  </si>
+  <si>
+    <t>1771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>670794486</t>
+  </si>
+  <si>
+    <t>CENTRE LOUIS BRAILLE STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1770_FicheESSMS/fr/centre-louis-braille-strasbourg</t>
+  </si>
+  <si>
+    <t>1770_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Visuels</t>
+  </si>
+  <si>
+    <t>670781673</t>
+  </si>
+  <si>
+    <t>CTRE AUGUSTE JACOUTOT STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1769_FicheESSMS/fr/ctre-auguste-jacoutot-strasbourg</t>
+  </si>
+  <si>
+    <t>1769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Route De Neuhof</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Auditifs</t>
+  </si>
+  <si>
+    <t>670780279</t>
+  </si>
+  <si>
+    <t>INSTITUTION MERTIAN DE EHL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1810_FicheESSMS/fr/institution-mertian-de-ehl</t>
+  </si>
+  <si>
+    <t>1810_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67230 BENFELD</t>
+  </si>
+  <si>
+    <t>BENFELD</t>
+  </si>
+  <si>
+    <t>670021377</t>
+  </si>
+  <si>
+    <t>EHPAD DU KIRCHBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2036_FicheESSMS/fr/ehpad-du-kirchberg</t>
+  </si>
+  <si>
+    <t>2036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Du Kirchberg</t>
+  </si>
+  <si>
+    <t>67290 LA PETITE PIERRE</t>
+  </si>
+  <si>
+    <t>LA PETITE PIERRE</t>
+  </si>
+  <si>
+    <t>670796341</t>
+  </si>
+  <si>
+    <t>FOYER APPARTEMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2052_FicheESSMS/fr/foyer-appartement</t>
+  </si>
+  <si>
+    <t>2052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67190 STILL</t>
+  </si>
+  <si>
+    <t>STILL</t>
+  </si>
+  <si>
+    <t>670003359</t>
+  </si>
+  <si>
+    <t>FAM INSTITUT DES AVEUGLES STILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2051_FicheESSMS/fr/fam-institut-des-aveugles-still</t>
+  </si>
+  <si>
+    <t>2051_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670781145</t>
+  </si>
+  <si>
+    <t>EHPAD BEL AUTOMNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2215_FicheESSMS/fr/ehpad-bel-automne</t>
+  </si>
+  <si>
+    <t>2215_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Soufflenheim</t>
+  </si>
+  <si>
+    <t>67410 DRUSENHEIM</t>
+  </si>
+  <si>
+    <t>DRUSENHEIM</t>
+  </si>
+  <si>
+    <t>670795624</t>
+  </si>
+  <si>
+    <t>MAS DE BETHEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2444_FicheESSMS/fr/mas-de-bethel</t>
+  </si>
+  <si>
+    <t>2444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De La Victoire</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>670013705</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DE SANTE BETHEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2443_FicheESSMS/fr/ehpad-maison-de-sante-bethel</t>
+  </si>
+  <si>
+    <t>2443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794635</t>
+  </si>
+  <si>
+    <t>FAS DE L'INSTITUT DES AVEUGLES STILL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2482_FicheESSMS/fr/fas-de-l-institut-des-aveugles-still</t>
+  </si>
+  <si>
+    <t>2482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670793850</t>
+  </si>
+  <si>
+    <t>EHPAD LES COLOMBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2490_FicheESSMS/fr/ehpad-les-colombes</t>
+  </si>
+  <si>
+    <t>2490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue De La Ville</t>
+  </si>
+  <si>
+    <t>67460 SOUFFELWEYERSHEIM</t>
+  </si>
+  <si>
+    <t>SOUFFELWEYERSHEIM</t>
+  </si>
+  <si>
+    <t>670795210</t>
+  </si>
+  <si>
+    <t>EHPAD CHDB MAISON DES AINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2554_FicheESSMS/fr/ehpad-chdb-maison-des-aines</t>
+  </si>
+  <si>
+    <t>2554_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>670799220</t>
+  </si>
+  <si>
+    <t>PETITE UNITE DE VIE EUGENE LAMBLING</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2555_FicheESSMS/fr/petite-unite-de-vie-eugene-lambling</t>
+  </si>
+  <si>
+    <t>2555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>670796416</t>
+  </si>
+  <si>
+    <t>CSAPA CH INTERCOMMUNAL DE LA LAUTER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2614_FicheESSMS/fr/csapa-ch-intercommunal-de-la-lauter</t>
+  </si>
+  <si>
+    <t>2614_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Route De Weiler</t>
+  </si>
+  <si>
+    <t>67166 WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>670795046</t>
+  </si>
+  <si>
+    <t>EHPAD LES AULNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2613_FicheESSMS/fr/ehpad-les-aulnes</t>
+  </si>
+  <si>
+    <t>2613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Du Presbytere</t>
+  </si>
+  <si>
+    <t>67660 BETSCHDORF</t>
+  </si>
+  <si>
+    <t>BETSCHDORF</t>
+  </si>
+  <si>
+    <t>670796374</t>
+  </si>
+  <si>
+    <t>EHPAD WOERTH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2612_FicheESSMS/fr/ehpad-woerth</t>
+  </si>
+  <si>
+    <t>2612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Aulnes</t>
+  </si>
+  <si>
+    <t>670012749</t>
+  </si>
+  <si>
+    <t>EHPAD SELTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2611_FicheESSMS/fr/ehpad-seltz</t>
+  </si>
+  <si>
+    <t>2611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Principale</t>
+  </si>
+  <si>
+    <t>67470 SELTZ</t>
+  </si>
+  <si>
+    <t>SELTZ</t>
+  </si>
+  <si>
+    <t>670781095</t>
+  </si>
+  <si>
+    <t>EHPAD LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2626_FicheESSMS/fr/ehpad-lauterbourg</t>
+  </si>
+  <si>
+    <t>2626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67630 LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>670784412</t>
+  </si>
+  <si>
+    <t>CAMSP CHATENOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2824_FicheESSMS/fr/camsp-chatenois</t>
+  </si>
+  <si>
+    <t>2824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Route De Selestat</t>
+  </si>
+  <si>
+    <t>670007079</t>
+  </si>
+  <si>
+    <t>SAVS APEI CENTRE ALSACE SELESTAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2847_FicheESSMS/fr/savs-apei-centre-alsace-selestat</t>
+  </si>
+  <si>
+    <t>2847_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>67600 SELESTAT</t>
+  </si>
+  <si>
+    <t>670009828</t>
+  </si>
+  <si>
+    <t>SAMSAH APEI CENTRE ALSACE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2846_FicheESSMS/fr/samsah-apei-centre-alsace</t>
+  </si>
+  <si>
+    <t>2846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Mal De Lattre Tassigny</t>
+  </si>
+  <si>
+    <t>670014976</t>
+  </si>
+  <si>
+    <t>SAJ LE MOULIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2845_FicheESSMS/fr/saj-le-moulin</t>
+  </si>
+  <si>
+    <t>2845_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>670017540</t>
+  </si>
+  <si>
+    <t>FAS APEI - RUE DU TABAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2844_FicheESSMS/fr/fas-apei-rue-du-tabac</t>
+  </si>
+  <si>
+    <t>2844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Tabac</t>
+  </si>
+  <si>
+    <t>670017714</t>
+  </si>
+  <si>
+    <t>FOYER L'ANCIENNE COUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2840_FicheESSMS/fr/foyer-l-ancienne-cour</t>
+  </si>
+  <si>
+    <t>2840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Place Du Marche Aux Choux</t>
+  </si>
+  <si>
+    <t>670798677</t>
+  </si>
+  <si>
+    <t>ESAT EVASION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2839_FicheESSMS/fr/esat-evasion</t>
+  </si>
+  <si>
+    <t>2839_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Tabac</t>
+  </si>
+  <si>
+    <t>670006089</t>
+  </si>
+  <si>
+    <t>IME LE ROSIER BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2898_FicheESSMS/fr/ime-le-rosier-blanc</t>
+  </si>
+  <si>
+    <t>2898_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670780469</t>
+  </si>
+  <si>
+    <t>SIFAS BISCHHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2897_FicheESSMS/fr/sifas-bischheim</t>
+  </si>
+  <si>
+    <t>2897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Veaux</t>
+  </si>
+  <si>
+    <t>67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>BISCHHEIM</t>
+  </si>
+  <si>
+    <t>670797497</t>
+  </si>
+  <si>
+    <t>IME LE TREMPLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2896_FicheESSMS/fr/ime-le-tremplin</t>
+  </si>
+  <si>
+    <t>2896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799329</t>
+  </si>
+  <si>
+    <t>FOY.ACC.SPEC.  LES TROIS SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2924_FicheESSMS/fr/foy-acc-spec-les-trois-sources</t>
+  </si>
+  <si>
+    <t>2924_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Jardins</t>
+  </si>
+  <si>
+    <t>67420 COLROY LA ROCHE</t>
+  </si>
+  <si>
+    <t>COLROY LA ROCHE</t>
+  </si>
+  <si>
+    <t>670798008</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3059_FicheESSMS/fr/ehpad-abrapa-lutzelhouse</t>
+  </si>
+  <si>
+    <t>3059_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>67130 LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>670798438</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3058_FicheESSMS/fr/ehpad-abrapa-holtzheim</t>
+  </si>
+  <si>
+    <t>3058_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Des Colombes</t>
+  </si>
+  <si>
+    <t>670006618</t>
+  </si>
+  <si>
+    <t>EHPAD STANISLAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3174_FicheESSMS/fr/ehpad-stanislas</t>
+  </si>
+  <si>
+    <t>3174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Montagne</t>
+  </si>
+  <si>
+    <t>67160 WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>670784404</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR DU CHIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3173_FicheESSMS/fr/accueil-de-jour-du-chil</t>
+  </si>
+  <si>
+    <t>3173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Bannacker</t>
+  </si>
+  <si>
+    <t>670016245</t>
+  </si>
+  <si>
+    <t>EHPAD INTRA HOSPITALIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3172_FicheESSMS/fr/ehpad-intra-hospitalier</t>
+  </si>
+  <si>
+    <t>3172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670015551</t>
+  </si>
+  <si>
+    <t>SAFA ROUTE NOUVELLE ALSACE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3378_FicheESSMS/fr/safa-route-nouvelle-alsace</t>
+  </si>
+  <si>
+    <t>3378_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Du Neuhof</t>
+  </si>
+  <si>
+    <t>670797430</t>
+  </si>
+  <si>
+    <t>CAMSP HAGUENAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3551_FicheESSMS/fr/camsp-haguenau</t>
+  </si>
+  <si>
+    <t>3551_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Route De Marienthal</t>
+  </si>
+  <si>
+    <t>670013051</t>
+  </si>
+  <si>
+    <t>SAVS APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3569_FicheESSMS/fr/savs-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>3569_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Grange Aux Dîmes</t>
+  </si>
+  <si>
+    <t>670009679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C.S.C.STRASBOURG-CRONENBOURG    </t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3623_FicheESSMS/fr/c-s-c-strasbourg-cronenbourg</t>
+  </si>
+  <si>
+    <t>3623_FicheESSMS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56   R    Du Rieth             </t>
+  </si>
+  <si>
+    <t>Centre Social</t>
+  </si>
+  <si>
+    <t>670790914</t>
+  </si>
+  <si>
+    <t>FAS LE CASTEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3643_FicheESSMS/fr/fas-le-castel</t>
+  </si>
+  <si>
+    <t>3643_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670017722</t>
+  </si>
+  <si>
+    <t>FAM PHV LE CASTEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3642_FicheESSMS/fr/fam-phv-le-castel</t>
+  </si>
+  <si>
+    <t>3642_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>670015072</t>
+  </si>
+  <si>
+    <t>FAM LE CHATAIGNER ET FAM LE CHARME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3917_FicheESSMS/fr/fam-le-chataigner-et-fam-le-charme</t>
+  </si>
+  <si>
+    <t>3917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>670006113</t>
+  </si>
+  <si>
+    <t>IME SONNENHOF LOUISE SCHEPPLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3952_FicheESSMS/fr/ime-sonnenhof-louise-scheppler</t>
+  </si>
+  <si>
+    <t>3952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue D'Oberhoffen</t>
+  </si>
+  <si>
+    <t>670780444</t>
+  </si>
+  <si>
+    <t>FAS THEODORE MONOD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3951_FicheESSMS/fr/fas-theodore-monod</t>
+  </si>
+  <si>
+    <t>3951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Chemin Du Laeger</t>
+  </si>
+  <si>
+    <t>67290 ERCKARTSWILLER</t>
+  </si>
+  <si>
+    <t>ERCKARTSWILLER</t>
+  </si>
+  <si>
+    <t>670015973</t>
+  </si>
+  <si>
+    <t>MAS CATHERINE ZELL - SITE 3 TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3950_FicheESSMS/fr/mas-catherine-zell-site-3-tilleuls</t>
+  </si>
+  <si>
+    <t>3950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Trois Tilleuls</t>
+  </si>
+  <si>
+    <t>67240 OBERHOFFEN SUR MODER</t>
+  </si>
+  <si>
+    <t>OBERHOFFEN SUR MODER</t>
+  </si>
+  <si>
+    <t>670797687</t>
+  </si>
+  <si>
+    <t>FAM LES NEREIDES BRUMATH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3967_FicheESSMS/fr/fam-les-nereides-brumath</t>
+  </si>
+  <si>
+    <t>3967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67173 BRUMATH</t>
+  </si>
+  <si>
+    <t>670797711</t>
+  </si>
+  <si>
+    <t>MAS LES PLEIADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3966_FicheESSMS/fr/mas-les-pleiades</t>
+  </si>
+  <si>
+    <t>3966_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670014109</t>
+  </si>
+  <si>
+    <t>MAS DIETRICH BONHOEFFER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4133_FicheESSMS/fr/mas-dietrich-bonhoeffer</t>
+  </si>
+  <si>
+    <t>4133_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Digue</t>
+  </si>
+  <si>
+    <t>67250 SOULTZ SOUS FORETS</t>
+  </si>
+  <si>
+    <t>SOULTZ SOUS FORETS</t>
+  </si>
+  <si>
+    <t>670015957</t>
+  </si>
+  <si>
+    <t>EHPAD MARQUAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4175_FicheESSMS/fr/ehpad-marquaire</t>
+  </si>
+  <si>
+    <t>4175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>670793785</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ILLWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4233_FicheESSMS/fr/sessad-de-l-illwald</t>
+  </si>
+  <si>
+    <t>4233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La 1Ère Armée Francaise</t>
+  </si>
+  <si>
+    <t>670015239</t>
+  </si>
+  <si>
+    <t>IME ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4232_FicheESSMS/fr/ime-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>4232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>670783232</t>
+  </si>
+  <si>
+    <t>MAIS.ENF.ALPH.OBERLE CLIMBACH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4327_FicheESSMS/fr/mais-enf-alph-oberle-climbach</t>
+  </si>
+  <si>
+    <t>4327_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue De Wingen</t>
+  </si>
+  <si>
+    <t>67510 CLIMBACH</t>
+  </si>
+  <si>
+    <t>CLIMBACH</t>
+  </si>
+  <si>
+    <t>670780485</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DU PARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4505_FicheESSMS/fr/ehpad-residence-du-parc</t>
+  </si>
+  <si>
+    <t>4505_FicheESSMS</t>
+  </si>
+  <si>
+    <t>145 Rue Du Parc</t>
+  </si>
+  <si>
+    <t>67130 SCHIRMECK</t>
+  </si>
+  <si>
+    <t>SCHIRMECK</t>
+  </si>
+  <si>
+    <t>670781087</t>
+  </si>
+  <si>
+    <t>IES LE BRUCKHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4521_FicheESSMS/fr/ies-le-bruckhof</t>
+  </si>
+  <si>
+    <t>4521_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Soultz</t>
+  </si>
+  <si>
+    <t>670780261</t>
+  </si>
+  <si>
+    <t>CHRS FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4576_FicheESSMS/fr/chrs-france-horizon</t>
+  </si>
+  <si>
+    <t>4576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Rue De Hochfelden</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>670795681</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT CHARLES SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4778_FicheESSMS/fr/ehpad-saint-charles-schiltigheim</t>
+  </si>
+  <si>
+    <t>4778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Saint Charles</t>
+  </si>
+  <si>
+    <t>67303 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670780246</t>
+  </si>
+  <si>
+    <t>EHPAD CLINIQUE SAINT-LUC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4776_FicheESSMS/fr/ehpad-clinique-saint-luc</t>
+  </si>
+  <si>
+    <t>4776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Des Forges</t>
+  </si>
+  <si>
+    <t>670798339</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA STEPHANIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4771_FicheESSMS/fr/ehpad-abrapa-stephanie</t>
+  </si>
+  <si>
+    <t>4771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Ifs</t>
+  </si>
+  <si>
+    <t>670790112</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA MONTAGNE VERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4770_FicheESSMS/fr/ehpad-abrapa-montagne-verte</t>
+  </si>
+  <si>
+    <t>4770_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Docteur Nessmann</t>
+  </si>
+  <si>
+    <t>670795590</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA KOENIGSHOFFEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4769_FicheESSMS/fr/ehpad-abrapa-koenigshoffen</t>
+  </si>
+  <si>
+    <t>4769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue De L'Engelbreit</t>
+  </si>
+  <si>
+    <t>670787852</t>
+  </si>
+  <si>
+    <t>EHPAD LAURY MUNCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4996_FicheESSMS/fr/ehpad-laury-munch</t>
+  </si>
+  <si>
+    <t>4996_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Moulin A Porcelaine</t>
+  </si>
+  <si>
+    <t>670013739</t>
+  </si>
+  <si>
+    <t>FAM PHV "LAURY MUNCH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4997_FicheESSMS/fr/fam-phv-laury-munch</t>
+  </si>
+  <si>
+    <t>4997_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013879</t>
+  </si>
+  <si>
+    <t>FOYER STRICKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5290_FicheESSMS/fr/foyer-stricker</t>
+  </si>
+  <si>
+    <t>5290_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794668</t>
+  </si>
+  <si>
+    <t>ESAT DANIEL LEGRAND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5289_FicheESSMS/fr/esat-daniel-legrand</t>
+  </si>
+  <si>
+    <t>5289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784495</t>
+  </si>
+  <si>
+    <t>SESSAD RIED NORD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5288_FicheESSMS/fr/sessad-ried-nord</t>
+  </si>
+  <si>
+    <t>5288_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Garnison</t>
+  </si>
+  <si>
+    <t>670010958</t>
+  </si>
+  <si>
+    <t>CADA ADOMA DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5297_FicheESSMS/fr/cada-adoma-de-strasbourg</t>
+  </si>
+  <si>
+    <t>5297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De Mâcon</t>
+  </si>
+  <si>
+    <t>670006238</t>
+  </si>
+  <si>
+    <t>FOYER OBERLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5291_FicheESSMS/fr/foyer-oberlin</t>
+  </si>
+  <si>
+    <t>5291_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670797612</t>
+  </si>
+  <si>
+    <t>CSAPA CH SELESTAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5384_FicheESSMS/fr/csapa-ch-selestat</t>
+  </si>
+  <si>
+    <t>5384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>67606 SELESTAT</t>
+  </si>
+  <si>
+    <t>670795020</t>
+  </si>
+  <si>
+    <t>FOYER HORIZONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5488_FicheESSMS/fr/foyer-horizons</t>
+  </si>
+  <si>
+    <t>5488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Charrons</t>
+  </si>
+  <si>
+    <t>670796200</t>
+  </si>
+  <si>
+    <t>SAVS L'ENVOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5487_FicheESSMS/fr/savs-l-envol</t>
+  </si>
+  <si>
+    <t>5487_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670008739</t>
+  </si>
+  <si>
+    <t>CHRS LA CITE RELAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5537_FicheESSMS/fr/chrs-la-cite-relais</t>
+  </si>
+  <si>
+    <t>5537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Eugene Delacroix</t>
+  </si>
+  <si>
+    <t>670781111</t>
+  </si>
+  <si>
+    <t>IMPRO DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5733_FicheESSMS/fr/impro-de-harthouse</t>
+  </si>
+  <si>
+    <t>5733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67504 HAGUENAU</t>
+  </si>
+  <si>
+    <t>670782937</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL SPECIALISE LA LICORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5780_FicheESSMS/fr/foyer-d-accueil-specialise-la-licorne</t>
+  </si>
+  <si>
+    <t>5780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Haguenau</t>
+  </si>
+  <si>
+    <t>670005057</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT LE RENNWEG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5779_FicheESSMS/fr/foyer-d-hebergement-le-rennweg</t>
+  </si>
+  <si>
+    <t>5779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Marechal Clark</t>
+  </si>
+  <si>
+    <t>670792142</t>
+  </si>
+  <si>
+    <t>STRUCTURE ACCUEIL DE JOUR SPECIALISÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5778_FicheESSMS/fr/structure-accueil-de-jour-specialise</t>
+  </si>
+  <si>
+    <t>5778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Desaix</t>
+  </si>
+  <si>
+    <t>67451 MUNDOLSHEIM</t>
+  </si>
+  <si>
+    <t>MUNDOLSHEIM</t>
+  </si>
+  <si>
+    <t>670006170</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5777_FicheESSMS/fr/foyer-hebergement-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Route D'Oberhausbergen</t>
+  </si>
+  <si>
+    <t>670006162</t>
+  </si>
+  <si>
+    <t>FAS TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5776_FicheESSMS/fr/fas-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017698</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5785_FicheESSMS/fr/foyer-hebergement-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5785_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Francois Arago</t>
+  </si>
+  <si>
+    <t>670792167</t>
+  </si>
+  <si>
+    <t>FOYER PIERRE SAMUEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5784_FicheESSMS/fr/foyer-pierre-samuel</t>
+  </si>
+  <si>
+    <t>5784_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route De Lyon</t>
+  </si>
+  <si>
+    <t>67118 GEISPOLSHEIM</t>
+  </si>
+  <si>
+    <t>GEISPOLSHEIM</t>
+  </si>
+  <si>
+    <t>670784636</t>
+  </si>
+  <si>
+    <t>SCE ACCUEIL AIDE DOMICILE AHM (APEDI)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5783_FicheESSMS/fr/sce-accueil-aide-domicile-ahm-apedi</t>
+  </si>
+  <si>
+    <t>5783_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>670797067</t>
+  </si>
+  <si>
+    <t>SAJH AAPEI - FAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5782_FicheESSMS/fr/sajh-aapei-fas</t>
+  </si>
+  <si>
+    <t>5782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017706</t>
+  </si>
+  <si>
+    <t>SAJH - FHTH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5781_FicheESSMS/fr/sajh-fhth</t>
+  </si>
+  <si>
+    <t>5781_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670012269</t>
+  </si>
+  <si>
+    <t>FAS DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5801_FicheESSMS/fr/fas-de-harthouse</t>
+  </si>
+  <si>
+    <t>5801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794676</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE MARCHÉ AUX GRAINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5802_FicheESSMS/fr/residence-marche-aux-grains</t>
+  </si>
+  <si>
+    <t>5802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Marché Aux Grains</t>
+  </si>
+  <si>
+    <t>670017730</t>
+  </si>
+  <si>
+    <t>CHRS ESPERANCE - ARSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5879_FicheESSMS/fr/chrs-esperance-arsea</t>
+  </si>
+  <si>
+    <t>5879_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Saint Leonard</t>
+  </si>
+  <si>
+    <t>670004399</t>
+  </si>
+  <si>
+    <t>CENTRE D'INSERTION POUR RÉFUGIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5969_FicheESSMS/fr/centre-d-insertion-pour-refugies</t>
+  </si>
+  <si>
+    <t>5969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>670793066</t>
+  </si>
+  <si>
+    <t>CHRS ABRIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6028_FicheESSMS/fr/chrs-abris</t>
+  </si>
+  <si>
+    <t>6028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Saint Nicolas</t>
+  </si>
+  <si>
+    <t>670014232</t>
+  </si>
+  <si>
+    <t>FAS RÉSIDENCE DU HOCHBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6187_FicheESSMS/fr/fas-residence-du-hochberg</t>
+  </si>
+  <si>
+    <t>6187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau Teusch</t>
+  </si>
+  <si>
+    <t>67290 WINGEN SUR MODER</t>
+  </si>
+  <si>
+    <t>WINGEN SUR MODER</t>
+  </si>
+  <si>
+    <t>670017672</t>
+  </si>
+  <si>
+    <t>FAM RÉSIDENCE DU HOCHBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6186_FicheESSMS/fr/fam-residence-du-hochberg</t>
+  </si>
+  <si>
+    <t>6186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670005768</t>
+  </si>
+  <si>
+    <t>CHRS HOME PROTESTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6400_FicheESSMS/fr/chrs-home-protestant</t>
+  </si>
+  <si>
+    <t>6400_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Abbe Lemire</t>
+  </si>
+  <si>
+    <t>670018985</t>
+  </si>
+  <si>
+    <t>ESAT APF ILLKIRCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6415_FicheESSMS/fr/esat-apf-illkirch</t>
+  </si>
+  <si>
+    <t>6415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Hoelzel</t>
+  </si>
+  <si>
+    <t>670784594</t>
+  </si>
+  <si>
+    <t>EHPAD ELISA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6503_FicheESSMS/fr/ehpad-elisa</t>
+  </si>
+  <si>
+    <t>6503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Route De Lyon</t>
+  </si>
+  <si>
+    <t>670780782</t>
+  </si>
+  <si>
+    <t>CHRS MAISON D'ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6613_FicheESSMS/fr/chrs-maison-d-accueil</t>
+  </si>
+  <si>
+    <t>6613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Montagne Verte</t>
+  </si>
+  <si>
+    <t>670784644</t>
+  </si>
+  <si>
+    <t>FAM GUSTAVE STRICKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6657_FicheESSMS/fr/fam-gustave-stricker</t>
+  </si>
+  <si>
+    <t>6657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670015817</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA HOENHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6989_FicheESSMS/fr/ehpad-abrapa-hoenheim</t>
+  </si>
+  <si>
+    <t>6989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue De La Grossmatt</t>
+  </si>
+  <si>
+    <t>67800 HOENHEIM</t>
+  </si>
+  <si>
+    <t>HOENHEIM</t>
+  </si>
+  <si>
+    <t>670010529</t>
+  </si>
+  <si>
+    <t>EHPAD CARITAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7133_FicheESSMS/fr/ehpad-caritas</t>
+  </si>
+  <si>
+    <t>7133_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Horace</t>
+  </si>
+  <si>
+    <t>670787878</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT FRANÇOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7132_FicheESSMS/fr/ehpad-saint-francois</t>
+  </si>
+  <si>
+    <t>7132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Route De Haguenau</t>
+  </si>
+  <si>
+    <t>670787845</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE RIED</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7285_FicheESSMS/fr/ehpad-residence-le-ried</t>
+  </si>
+  <si>
+    <t>7285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Franche Comte</t>
+  </si>
+  <si>
+    <t>67390 MARCKOLSHEIM</t>
+  </si>
+  <si>
+    <t>MARCKOLSHEIM</t>
+  </si>
+  <si>
+    <t>670793728</t>
+  </si>
+  <si>
+    <t>ESAT ANNE CLAIRE STAUBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7603_FicheESSMS/fr/esat-anne-claire-staubes</t>
+  </si>
+  <si>
+    <t>7603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Clemenceau</t>
+  </si>
+  <si>
+    <t>670002146</t>
+  </si>
+  <si>
+    <t>ESAT TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7602_FicheESSMS/fr/esat-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>7602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670791243</t>
+  </si>
+  <si>
+    <t>ESAT AUX TROIS RELAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7601_FicheESSMS/fr/esat-aux-trois-relais</t>
+  </si>
+  <si>
+    <t>7601_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue De La Vedette</t>
+  </si>
+  <si>
+    <t>670792126</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON D'ACCUEIL DU KOCHERSBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7672_FicheESSMS/fr/ehpad-maison-d-accueil-du-kochersberg</t>
+  </si>
+  <si>
+    <t>7672_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Seigneurs</t>
+  </si>
+  <si>
+    <t>67370 WILLGOTTHEIM</t>
+  </si>
+  <si>
+    <t>WILLGOTTHEIM</t>
+  </si>
+  <si>
+    <t>670795988</t>
+  </si>
+  <si>
+    <t>SAVS APEDI SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7916_FicheESSMS/fr/savs-apedi-schiltigheim</t>
+  </si>
+  <si>
+    <t>7916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009919</t>
+  </si>
+  <si>
+    <t>ESAT DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8032_FicheESSMS/fr/esat-de-harthouse</t>
+  </si>
+  <si>
+    <t>8032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013093</t>
+  </si>
+  <si>
+    <t>FAM DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8031_FicheESSMS/fr/fam-de-harthouse</t>
+  </si>
+  <si>
+    <t>8031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670014034</t>
+  </si>
+  <si>
+    <t>EHPAD LES MÉLÈZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8090_FicheESSMS/fr/ehpad-les-melezes</t>
+  </si>
+  <si>
+    <t>8090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Du Schurmfeld</t>
+  </si>
+  <si>
+    <t>670006428</t>
+  </si>
+  <si>
+    <t>EHPAD AU BORD DE L'ILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8089_FicheESSMS/fr/ehpad-au-bord-de-l-ill</t>
+  </si>
+  <si>
+    <t>8089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>67610 LA WANTZENAU</t>
+  </si>
+  <si>
+    <t>LA WANTZENAU</t>
+  </si>
+  <si>
+    <t>670013853</t>
+  </si>
+  <si>
+    <t>EHPAD DU NEUENBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8149_FicheESSMS/fr/ehpad-du-neuenberg</t>
+  </si>
+  <si>
+    <t>8149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794395</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LE BUISSON ARDENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8331_FicheESSMS/fr/foyer-de-vie-le-buisson-ardent</t>
+  </si>
+  <si>
+    <t>8331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Rue D'Adelshoffen</t>
+  </si>
+  <si>
+    <t>670793199</t>
+  </si>
+  <si>
+    <t>SAVS TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8489_FicheESSMS/fr/savs-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>8489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Molière</t>
+  </si>
+  <si>
+    <t>670009018</t>
+  </si>
+  <si>
+    <t>EHPAD LE DIACONAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8498_FicheESSMS/fr/ehpad-le-diaconat</t>
+  </si>
+  <si>
+    <t>8498_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670787829</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE L'ALUMNAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8728_FicheESSMS/fr/ehpad-residence-de-l-alumnat</t>
+  </si>
+  <si>
+    <t>8728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Alumnat</t>
+  </si>
+  <si>
+    <t>67750 SCHERWILLER</t>
+  </si>
+  <si>
+    <t>SCHERWILLER</t>
+  </si>
+  <si>
+    <t>670011758</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF FERME DE SAVERNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8958_FicheESSMS/fr/centre-educatif-ferme-de-saverne</t>
+  </si>
+  <si>
+    <t>8958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>670006659</t>
+  </si>
+  <si>
+    <t>SAMSAH DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9067_FicheESSMS/fr/samsah-de-harthouse</t>
+  </si>
+  <si>
+    <t>9067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013788</t>
+  </si>
+  <si>
+    <t>FAM PHV MARIE DURAND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9267_FicheESSMS/fr/fam-phv-marie-durand</t>
+  </si>
+  <si>
+    <t>9267_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013291</t>
+  </si>
+  <si>
+    <t>IME COTTOLENGO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9337_FicheESSMS/fr/ime-cottolengo</t>
+  </si>
+  <si>
+    <t>9337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670780774</t>
+  </si>
+  <si>
+    <t>SESSAD PIEMONT DES VOSGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9336_FicheESSMS/fr/sessad-piemont-des-vosges</t>
+  </si>
+  <si>
+    <t>9336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Route De L'Ecospace</t>
+  </si>
+  <si>
+    <t>67120 MOLSHEIM</t>
+  </si>
+  <si>
+    <t>MOLSHEIM</t>
+  </si>
+  <si>
+    <t>670004969</t>
+  </si>
+  <si>
+    <t>MAS ADELE DE GLAUBITZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9663_FicheESSMS/fr/mas-adele-de-glaubitz</t>
+  </si>
+  <si>
+    <t>9663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009398</t>
+  </si>
+  <si>
+    <t>FOYER HEBGT POUR HANDICAPES PHYSIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9646_FicheESSMS/fr/foyer-hebgt-pour-handicapes-physiques</t>
+  </si>
+  <si>
+    <t>9646_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Cor De Chasse</t>
+  </si>
+  <si>
+    <t>670793892</t>
+  </si>
+  <si>
+    <t>ITEP LES MOUETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10223_FicheESSMS/fr/itep-les-mouettes</t>
+  </si>
+  <si>
+    <t>10223_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue De Gerstheim</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>670780329</t>
+  </si>
+  <si>
+    <t>ITEP SAINT CHARLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10222_FicheESSMS/fr/itep-saint-charles</t>
+  </si>
+  <si>
+    <t>10222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Des Malteries</t>
+  </si>
+  <si>
+    <t>67304 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670791623</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. TANDEM STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10722_FicheESSMS/fr/serv-m-j-p-m-tandem-strasbourg</t>
+  </si>
+  <si>
+    <t>10722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Route Des Romains</t>
+  </si>
+  <si>
+    <t>670015767</t>
+  </si>
+  <si>
+    <t>FOYER ACCUEIL MEDICALISE EOLYS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10991_FicheESSMS/fr/foyer-accueil-medicalise-eolys</t>
+  </si>
+  <si>
+    <t>10991_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Ile Des Pêcheurs</t>
+  </si>
+  <si>
+    <t>670013838</t>
+  </si>
+  <si>
+    <t>IMPRO DU RIED SITE HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11142_FicheESSMS/fr/impro-du-ried-site-huttenheim</t>
+  </si>
+  <si>
+    <t>11142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Wiedemann</t>
+  </si>
+  <si>
+    <t>67230 HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>670780840</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ARAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11514_FicheESSMS/fr/sessad-de-l-arahm</t>
+  </si>
+  <si>
+    <t>11514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Route Du Rhin</t>
+  </si>
+  <si>
+    <t>670787902</t>
+  </si>
+  <si>
+    <t>C.H.R.S. ANTENNE - MEINAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11763_FicheESSMS/fr/c-h-r-s-antenne-meinau</t>
+  </si>
+  <si>
+    <t>11763_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du General Offenstein</t>
+  </si>
+  <si>
+    <t>670793934</t>
+  </si>
+  <si>
+    <t>CAMSP SCHIRMECK</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11926_FicheESSMS/fr/camsp-schirmeck</t>
+  </si>
+  <si>
+    <t>11926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Parc Du Bergopré</t>
+  </si>
+  <si>
+    <t>670016203</t>
+  </si>
+  <si>
+    <t>ITEP LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11925_FicheESSMS/fr/itep-les-tilleuls</t>
+  </si>
+  <si>
+    <t>11925_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Principale</t>
+  </si>
+  <si>
+    <t>67310 SCHARRACHBERGHEIM IRMSTETT</t>
+  </si>
+  <si>
+    <t>SCHARRACHBERGHEIM IRMSTETT</t>
+  </si>
+  <si>
+    <t>670780907</t>
+  </si>
+  <si>
+    <t>ESAT L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12220_FicheESSMS/fr/esat-l-essor</t>
+  </si>
+  <si>
+    <t>12220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Paul Dopff</t>
+  </si>
+  <si>
+    <t>670799618</t>
+  </si>
+  <si>
+    <t>SSIAD DE BOUXWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12484_FicheESSMS/fr/ssiad-de-bouxwiller</t>
+  </si>
+  <si>
+    <t>12484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Canal</t>
+  </si>
+  <si>
+    <t>67330 BOUXWILLER</t>
+  </si>
+  <si>
+    <t>BOUXWILLER</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>670003854</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DOCTEUR MORITZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12483_FicheESSMS/fr/ehpad-residence-docteur-moritz</t>
+  </si>
+  <si>
+    <t>12483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67350 VAL DE MODER</t>
+  </si>
+  <si>
+    <t>VAL DE MODER</t>
+  </si>
+  <si>
+    <t>670015155</t>
+  </si>
+  <si>
+    <t>EHPAD LE SCHAUENBURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12482_FicheESSMS/fr/ehpad-le-schauenburg</t>
+  </si>
+  <si>
+    <t>12482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67270 HOCHFELDEN</t>
+  </si>
+  <si>
+    <t>HOCHFELDEN</t>
+  </si>
+  <si>
+    <t>670781079</t>
+  </si>
+  <si>
+    <t>EHPAD HANAU-LICHTENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12481_FicheESSMS/fr/ehpad-hanau-lichtenberg</t>
+  </si>
+  <si>
+    <t>12481_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670793694</t>
+  </si>
+  <si>
+    <t>ESCALE DU RIED</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12583_FicheESSMS/fr/escale-du-ried</t>
+  </si>
+  <si>
+    <t>12583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Wiedmann</t>
+  </si>
+  <si>
+    <t>670021351</t>
+  </si>
+  <si>
+    <t>EHPAD DE SAALES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12631_FicheESSMS/fr/ehpad-de-saales</t>
+  </si>
+  <si>
+    <t>12631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Du Centre Medical</t>
+  </si>
+  <si>
+    <t>67420 SAALES</t>
+  </si>
+  <si>
+    <t>SAALES</t>
+  </si>
+  <si>
+    <t>670795145</t>
+  </si>
+  <si>
+    <t>MAS DU CENTRE MEDICO-SOCIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12630_FicheESSMS/fr/mas-du-centre-medico-social</t>
+  </si>
+  <si>
+    <t>12630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670019165</t>
+  </si>
+  <si>
+    <t>ESAT NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12701_FicheESSMS/fr/esat-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799444</t>
+  </si>
+  <si>
+    <t>SAVS "NOUVEAUX HORIZONS" ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12700_FicheESSMS/fr/savs-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Ettore Bugatti</t>
+  </si>
+  <si>
+    <t>670009869</t>
+  </si>
+  <si>
+    <t>SAMSAH NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12699_FicheESSMS/fr/samsah-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Gal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>670017417</t>
+  </si>
+  <si>
+    <t>FOYER NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12702_FicheESSMS/fr/foyer-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Rene Cassin</t>
+  </si>
+  <si>
+    <t>670013937</t>
+  </si>
+  <si>
+    <t>ITEP LE WILLERHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12835_FicheESSMS/fr/itep-le-willerhof</t>
+  </si>
+  <si>
+    <t>12835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue D'Ebersmunster</t>
+  </si>
+  <si>
+    <t>670780808</t>
+  </si>
+  <si>
+    <t>CSAPA CH SAVERNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12987_FicheESSMS/fr/csapa-ch-saverne</t>
+  </si>
+  <si>
+    <t>12987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670795012</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR AFTC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13033_FicheESSMS/fr/accueil-de-jour-aftc</t>
+  </si>
+  <si>
+    <t>13033_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017466</t>
+  </si>
+  <si>
+    <t>SAMSAH AFTC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13032_FicheESSMS/fr/samsah-aftc</t>
+  </si>
+  <si>
+    <t>13032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>670016120</t>
+  </si>
+  <si>
+    <t>CSAPA CH HAGUENAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13181_FicheESSMS/fr/csapa-ch-haguenau</t>
+  </si>
+  <si>
+    <t>13181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Avenue Du Professeur Rene Leriche</t>
+  </si>
+  <si>
+    <t>670795038</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
+    <t>Équipe de Gynécologie Obstétrique CENTRE HOSPITALIER DE HAGUENAU  (67)</t>
+  </si>
+  <si>
+    <t>17/12/2025 15:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804175/fr/equipe-de-gynecologie-obstetrique-centre-hospitalier-de-haguenau-67</t>
+  </si>
+  <si>
+    <t>p_3804175</t>
+  </si>
+  <si>
+    <t>15 December 2025</t>
+  </si>
+  <si>
     <t>Équipe de Chirurgie urologique CLINIQUE RHENA GCS ES  (67)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634154/fr/equipe-de-chirurgie-urologique-clinique-rhena-gcs-es-67</t>
   </si>
   <si>
     <t>p_3634154</t>
   </si>
   <si>
     <t>07 June 2025</t>
   </si>
   <si>
-    <t>67</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur SEBASTIEN BERGERAT, Docteur Pascal MOURACADE</t>
   </si>
   <si>
     <t>Équipe de Chirurgie thoracique et cardio-vasculaire CLINIQUE RHENA GCS ES  (67)</t>
   </si>
   <si>
     <t>28/01/2025 17:30:06</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3586535/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-clinique-rhena-gcs-es-67</t>
   </si>
   <si>
     <t>p_3586535</t>
   </si>
   <si>
     <t>28 January 2025</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINTE-ODILE  (67)</t>
   </si>
   <si>
     <t>29/10/2024 17:30:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553643/fr/equipe-d-anesthesie-reanimation-clinique-sainte-odile-67</t>
@@ -2957,168 +7235,1215 @@
   <si>
     <t>24 October 2024</t>
   </si>
   <si>
     <t>Docteur Gauthier VINEE, Docteur Miguel GASPAR, Docteur SIMON FISCHHOF, Docteur Jean-Christophe ROTHGERBER</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINTE-BARBE  (67)</t>
   </si>
   <si>
     <t>24/09/2024 11:31:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3543648/fr/equipe-d-anesthesie-reanimation-clinique-sainte-barbe-67</t>
   </si>
   <si>
     <t>p_3543648</t>
   </si>
   <si>
     <t>23 September 2024</t>
   </si>
   <si>
     <t>Docteur Pamela BALLAN, Docteur Sandrine VIX, Docteur ANTOINE CHARTON, Docteur Alexandra BOIVIN, Docteur Thiên-Nga CHAMARAUX-TRAN, Docteur Stéphanie GIBERT</t>
   </si>
   <si>
+    <t>Équipe d'Anesthésie Réanimation CTRE AUTONOME D'ENDOSC DIGESTIVE AMBUL  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540702/fr/equipe-d-anesthesie-reanimation-ctre-autonome-d-endosc-digestive-ambul-67</t>
+  </si>
+  <si>
+    <t>p_3540702</t>
+  </si>
+  <si>
+    <t>04 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur Mathilde BARON, Docteur SANDRINE MARGUERITE</t>
+  </si>
+  <si>
     <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT-FRANÇOIS  (67)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480993/fr/equipe-d-anesthesie-reanimation-clinique-saint-francois-67</t>
   </si>
   <si>
     <t>p_3480993</t>
   </si>
   <si>
     <t>15 November 2023</t>
   </si>
   <si>
     <t>Docteur Guillaume TRUMPFF, Docteur BERNARD HENRICH, Docteur Joris ALBRECHT, Docteur THIBAUT WIPF, Docteur Tarik KHOURI, Docteur CLEMENT BONGARZONE</t>
   </si>
   <si>
     <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL CIVIL / NOUVEL HOPITAL CIVIL  (67)</t>
   </si>
   <si>
     <t>15/09/2023 13:31:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3461424/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-civil-/-nouvel-hopital-civil-67</t>
   </si>
   <si>
     <t>p_3461424</t>
   </si>
   <si>
     <t>07 September 2023</t>
   </si>
   <si>
     <t>Professeur Pierre-emmanuel FALCOZ, Professeur ANNE OLLAND</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation HOPITAL CIVIL / NOUVEL HOPITAL CIVIL  (67)</t>
   </si>
   <si>
     <t>16/05/2023 12:31:44</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3436006/fr/equipe-d-anesthesie-reanimation-hopital-civil-/-nouvel-hopital-civil-67</t>
   </si>
   <si>
     <t>p_3436006</t>
   </si>
   <si>
     <t>15 May 2023</t>
   </si>
   <si>
-    <t>Docteur Nada ELCHHAB, Docteur FAUSTINE DEPAYS, Docteur FRANCOIS LEVY, Docteur Olivier HELMS, Docteur Alexandra-Cristina CIURCIUN, Docteur WALID OULEHRI, Docteur AUDE RUIMY, Docteur CHARLES-AMBROISE TACQUARD, Docteur SEBASTIEN BRUA, Docteur RUXANDRA COPOTOIU, Docteur Anne-sophie CASOLI, Docteur ANNE-LISE MAECHEL, Docteur ROMANA DANIIL, Docteur Simon VIVILLE, Docteur Coralie PAUZET, Docteur Thomas LESTHIEVENT, Docteur BOB HEGER, Docteur CECILE GROS, Docteur Marine FRITSCH-TAILLARD, Docteur GIEDRIUS LAURINENAS, Docteur AUDREY BILGER, Docteur MIRCEA-DAN CRISTINAR, Docteur Pierre MEYER, Docteur GHARIB AJOB, Docteur Virginie PROUST-CHEVRON, Docteur Charles LAGARRIGUE, Professeur Paul michel MERTES, Docteur RAMONA GROSU</t>
+    <t>Docteur Nada ELCHHAB, Docteur FAUSTINE DEPAYS, Docteur FRANCOIS LEVY, Docteur Olivier HELMS, Docteur Alexandra-Cristina CIURCIUN, Docteur WALID OULEHRI, Docteur AUDE RUIMY, Docteur CHARLES-AMBROISE TACQUARD, Docteur SEBASTIEN BRUA, Docteur RUXANDRA COPOTOIU, Docteur Anne-sophie CASOLI, Docteur ANNE-LISE MAECHEL, Docteur ROMANA DANIIL, Docteur Simon VIVILLE, Docteur Coralie PAUZET, Docteur Thomas LESTHIEVENT, Docteur BOB HEGER, Docteur JULIETTE MARCANTONI, Docteur CECILE GROS, Docteur Marine FRITSCH-TAILLARD, Docteur GIEDRIUS LAURINENAS, Docteur AUDREY BILGER, Docteur MIRCEA-DAN CRISTINAR, Docteur Pierre MEYER, Docteur GHARIB AJOB, Docteur Virginie PROUST-CHEVRON, Docteur Charles LAGARRIGUE, Professeur Paul michel MERTES, Docteur RAMONA GROSU</t>
   </si>
   <si>
     <t>Équipe de Radiologie et Imagerie médicale CLINIQUE RHENA GCS ES  (67)</t>
   </si>
   <si>
     <t>24/02/2022 08:36:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3320004/fr/equipe-de-radiologie-et-imagerie-medicale-clinique-rhena-gcs-es-67</t>
   </si>
   <si>
     <t>p_3320004</t>
   </si>
   <si>
     <t>05 February 2024</t>
   </si>
   <si>
     <t>Docteur BERNARD WOERLY, Docteur DENIS CHOSSIERE, Docteur GILLES GOYAULT</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HOPITAL DE L'ELSAU</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2346_FicheEtablissement/fr/hopital-de-l-elsau</t>
+  </si>
+  <si>
+    <t>2346_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>15 Rue Cranach</t>
+  </si>
+  <si>
+    <t>0388115900</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>670790161</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE ALSACE NORD STRASBOURG</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6216_FicheEtablissement/fr/epsan-strasbourg</t>
+  </si>
+  <si>
+    <t>6216_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Becquerel</t>
+  </si>
+  <si>
+    <t>0388646100</t>
+  </si>
+  <si>
+    <t>670017391</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DÉPARTEMENTAL DE BISCHWILLER</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2314_FicheEtablissement/fr/centre-hospitalier-departemental</t>
+  </si>
+  <si>
+    <t>2314_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0388802222</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000306</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DU CENTRE HOSPIT DEPT DE BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2350_FicheEtablissement/fr/usld-chd-bischwiller</t>
+  </si>
+  <si>
+    <t>2350_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>670794460</t>
+  </si>
+  <si>
+    <t>21/02/2025 16:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2337_FicheEtablissement/fr/clinique-sainte-odile</t>
+  </si>
+  <si>
+    <t>2337_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue Des Premontres</t>
+  </si>
+  <si>
+    <t>67501 HAGUENAU</t>
+  </si>
+  <si>
+    <t>0388634848</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE SSR EN ADDICTOLOGIE CHATEAU WALK</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:12:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2312_FicheEtablissement/fr/centre-ssr-chateau-walk</t>
+  </si>
+  <si>
+    <t>2312_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Du Depute  Hallez</t>
+  </si>
+  <si>
+    <t>67503 HAGUENAU</t>
+  </si>
+  <si>
+    <t>0388054720</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000249</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL DU NEUENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2311_FicheEtablissement/fr/hopital-du-neuenberg</t>
+  </si>
+  <si>
+    <t>2311_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388717000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000215</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE LE NEUENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2359_FicheEtablissement/fr/usld-le-neuenberg</t>
+  </si>
+  <si>
+    <t>2359_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670799675</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DE L'AURAL BERGSON</t>
+  </si>
+  <si>
+    <t>22/01/2025 13:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2322_FicheEtablissement/fr/had-aural-bergson</t>
+  </si>
+  <si>
+    <t>2322_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Henri Bergson</t>
+  </si>
+  <si>
+    <t>0388108670</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>670005479</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE AURAL SAVERNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3944_FicheEtablissement/fr/unite-de-dialyse-aural-saverne</t>
+  </si>
+  <si>
+    <t>3944_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388716641</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>670013895</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'AURAL BERGSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3943_FicheEtablissement/fr/centre-d-autodialyse-aural-bergson</t>
+  </si>
+  <si>
+    <t>3943_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388104810</t>
+  </si>
+  <si>
+    <t>670002187</t>
+  </si>
+  <si>
+    <t>AURAL - CENTRE D'AUTODIALYSE (CLINIQUE SAINTE ANNE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3947_FicheEtablissement/fr/aural-clinique-sainte-anne</t>
+  </si>
+  <si>
+    <t>3947_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>182 Route De La Wantzenau</t>
+  </si>
+  <si>
+    <t>67085 STRASBOURG</t>
+  </si>
+  <si>
+    <t>0388458181</t>
+  </si>
+  <si>
+    <t>CENTRE DE DIALYSE AURAL HAGUENAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3946_FicheEtablissement/fr/centre-de-dialyse-aural-haguenau</t>
+  </si>
+  <si>
+    <t>3946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>64 Avenue Du Professeur Leriche</t>
+  </si>
+  <si>
+    <t>0388050130</t>
+  </si>
+  <si>
+    <t>670795921</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE HAUTEPIERRE AURAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3945_FicheEtablissement/fr/centre-d-hemodialyse-hautepierre-aural</t>
+  </si>
+  <si>
+    <t>3945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Moliere</t>
+  </si>
+  <si>
+    <t>670014455</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2305_FicheEtablissement/fr/hopital-civil-/-nouvel-hopital-civil</t>
+  </si>
+  <si>
+    <t>2305_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0388116768</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2309_FicheEtablissement/fr/centre-hospitalier-de-haguenau</t>
+  </si>
+  <si>
+    <t>2309_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388063333</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LA GRAFENBOURG</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2307_FicheEtablissement/fr/hopital-la-grafenbourg</t>
+  </si>
+  <si>
+    <t>2307_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0390291600</t>
+  </si>
+  <si>
+    <t>670000041</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINTE-CATHERINE DE SAVERNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2310_FicheEtablissement/fr/ch-sainte-catherine-de-saverne</t>
+  </si>
+  <si>
+    <t>2310_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388716767</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE ROSHEIM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2316_FicheEtablissement/fr/hopital-local-de-rosheim</t>
+  </si>
+  <si>
+    <t>2316_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>67560 ROSHEIM</t>
+  </si>
+  <si>
+    <t>ROSHEIM</t>
+  </si>
+  <si>
+    <t>0388504050</t>
+  </si>
+  <si>
+    <t>670000371</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE MOLSHEIM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2315_FicheEtablissement/fr/hopital-local-de-molsheim</t>
+  </si>
+  <si>
+    <t>2315_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cour Des Chartreux</t>
+  </si>
+  <si>
+    <t>0388497070</t>
+  </si>
+  <si>
+    <t>670000348</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2317_FicheEtablissement/fr/centre-hospitalier-de-selestat</t>
+  </si>
+  <si>
+    <t>2317_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388575555</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU RIED</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2321_FicheEtablissement/fr/clinique-du-ried</t>
+  </si>
+  <si>
+    <t>2321_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau D'Angleterre</t>
+  </si>
+  <si>
+    <t>0388208420</t>
+  </si>
+  <si>
+    <t>670002278</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'ERSTEIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2320_FicheEtablissement/fr/centre-hospitalier-d-erstein</t>
+  </si>
+  <si>
+    <t>2320_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0390642000</t>
+  </si>
+  <si>
+    <t>670000603</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL D'ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2319_FicheEtablissement/fr/hopital-local-d-erstein</t>
+  </si>
+  <si>
+    <t>2319_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388646646</t>
+  </si>
+  <si>
+    <t>670000413</t>
+  </si>
+  <si>
+    <t>NOUVEL HOPITAL D'OBERNAI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2318_FicheEtablissement/fr/nouvel-hopital-d-obernai</t>
+  </si>
+  <si>
+    <t>2318_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du Maire Gillmann</t>
+  </si>
+  <si>
+    <t>67211 OBERNAI</t>
+  </si>
+  <si>
+    <t>OBERNAI</t>
+  </si>
+  <si>
+    <t>0388951400</t>
+  </si>
+  <si>
+    <t>670000405</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE NORD ALSACE-FONDATION ST FRANÇOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2323_FicheEtablissement/fr/had-nord-alsace-fondation-st-francois</t>
+  </si>
+  <si>
+    <t>2323_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Des Aviateurs</t>
+  </si>
+  <si>
+    <t>67502 HAGUENAU</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE AMRESO BETHEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2327_FicheEtablissement/fr/maison-de-sante-amreso-bethel</t>
+  </si>
+  <si>
+    <t>2327_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388561899</t>
+  </si>
+  <si>
+    <t>670014992</t>
+  </si>
+  <si>
+    <t>UGECAM-HDJ DU CENTRE DE READAPTATION DE COLMAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2326_FicheEtablissement/fr/ugecam-hdj-du-ctre-readaptation-colmar</t>
+  </si>
+  <si>
+    <t>2326_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670014042</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2325_FicheEtablissement/fr/endosav</t>
+  </si>
+  <si>
+    <t>2325_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Quai Du Canal</t>
+  </si>
+  <si>
+    <t>0388910959</t>
+  </si>
+  <si>
+    <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2332_FicheEtablissement/fr/inst-univ-readapt-clemenceau-strasbg</t>
+  </si>
+  <si>
+    <t>2332_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Boulevard Clemenceau</t>
+  </si>
+  <si>
+    <t>67082 STRASBOURG</t>
+  </si>
+  <si>
+    <t>0388211500</t>
+  </si>
+  <si>
+    <t>670780121</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICO-CHIRURGICAL ET OBSTETRICAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2331_FicheEtablissement/fr/cmco</t>
+  </si>
+  <si>
+    <t>2331_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>19 Rue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>0388628300</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Obstétrique</t>
+  </si>
+  <si>
+    <t>670780113</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-BARBE DU GROUPE HOSPITALIER SAINT-VINCENT</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2334_FicheEtablissement/fr/clinique-sainte-barbe</t>
+  </si>
+  <si>
+    <t>2334_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>29 Rue Du Faubourg National</t>
+  </si>
+  <si>
+    <t>67083 STRASBOURG</t>
+  </si>
+  <si>
+    <t>0388217000</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-ANNE DU GROUPE HOSPITALIER SAINT-VINCENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2335_FicheEtablissement/fr/clinique-sainte-anne</t>
+  </si>
+  <si>
+    <t>2335_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Néphrologie, Obstétrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2336_FicheEtablissement/fr/clinique-saint-francois</t>
+  </si>
+  <si>
+    <t>2336_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Colome</t>
+  </si>
+  <si>
+    <t>0388907070</t>
+  </si>
+  <si>
+    <t>CENTRE DE RÉADAPTATION FONCTIONNELLE DE MORSBRONN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2339_FicheEtablissement/fr/crf-morsbronn-les-bains</t>
+  </si>
+  <si>
+    <t>2339_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Route De Haguenau</t>
+  </si>
+  <si>
+    <t>67360 MORSBRONN LES BAINS</t>
+  </si>
+  <si>
+    <t>MORSBRONN LES BAINS</t>
+  </si>
+  <si>
+    <t>0388098499</t>
+  </si>
+  <si>
+    <t>670780550</t>
+  </si>
+  <si>
+    <t>CENTRE DE SOINS DE SUITE ET DE RÉADAP EN ADDICTO MARIENBRONN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2338_FicheEtablissement/fr/centre-ssr-marienbronn</t>
+  </si>
+  <si>
+    <t>2338_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>67250 LOBSANN</t>
+  </si>
+  <si>
+    <t>LOBSANN</t>
+  </si>
+  <si>
+    <t>0388056840</t>
+  </si>
+  <si>
+    <t>670780501</t>
+  </si>
+  <si>
+    <t>CENTRE DE RÉADAPTATION FONCTIONNELLE DE SCHIRMECK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2342_FicheEtablissement/fr/crf-schirmeck</t>
+  </si>
+  <si>
+    <t>2342_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>32 Rue De L'Ancien Sanatorium</t>
+  </si>
+  <si>
+    <t>67133 SCHIRMECK</t>
+  </si>
+  <si>
+    <t>0388496262</t>
+  </si>
+  <si>
+    <t>670780915</t>
+  </si>
+  <si>
+    <t>CENTRE MEDICAL CERRAN SITE LIEBFRAUENTHAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2341_FicheEtablissement/fr/centre-medical-cerran-liebfrauenthal</t>
+  </si>
+  <si>
+    <t>2341_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>67360 GOERSDORF</t>
+  </si>
+  <si>
+    <t>GOERSDORF</t>
+  </si>
+  <si>
+    <t>0388095900</t>
+  </si>
+  <si>
+    <t>670780600</t>
+  </si>
+  <si>
+    <t>CTRE DE RÉADAPTATION FONCTIONNELLE DE NIEDERBRONN-LES-BAINS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2340_FicheEtablissement/fr/crf-niederbronn-les-bains</t>
+  </si>
+  <si>
+    <t>2340_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>18 Rue Du Marechal Leclerc</t>
+  </si>
+  <si>
+    <t>67110 NIEDERBRONN LES BAINS</t>
+  </si>
+  <si>
+    <t>NIEDERBRONN LES BAINS</t>
+  </si>
+  <si>
+    <t>0388808880</t>
+  </si>
+  <si>
+    <t>670780592</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2345_FicheEtablissement/fr/hopital-de-hautepierre</t>
+  </si>
+  <si>
+    <t>2345_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Avenue Moliere</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU ILLKIRCH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2343_FicheEtablissement/fr/inst-univ-readapt-clemenceau-illkirch</t>
+  </si>
+  <si>
+    <t>2343_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Avenue Achille Baumann</t>
+  </si>
+  <si>
+    <t>67403 ILLKIRCH</t>
+  </si>
+  <si>
+    <t>ILLKIRCH</t>
+  </si>
+  <si>
+    <t>0388552000</t>
+  </si>
+  <si>
+    <t>670781129</t>
+  </si>
+  <si>
+    <t>USLD HOPITAL LA GRAFENBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2351_FicheEtablissement/fr/usld-hopital-la-grafenbourg</t>
+  </si>
+  <si>
+    <t>2351_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670794882</t>
+  </si>
+  <si>
+    <t>USLD LA MAISON DU DR OBERKIRCH - POLE GERIATRIQUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2349_FicheEtablissement/fr/usld-la-maison-du-dr-oberkirch</t>
+  </si>
+  <si>
+    <t>2349_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670793603</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DU CENTRE HOSPITALIER DE HAGUENAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2348_FicheEtablissement/fr/usld-ch-haguenau</t>
+  </si>
+  <si>
+    <t>2348_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670793587</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DU CH SAINTE-CATHERINE DE SAVERNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2347_FicheEtablissement/fr/usld-ch-sainte-catherine-saverne</t>
+  </si>
+  <si>
+    <t>2347_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388716604</t>
+  </si>
+  <si>
+    <t>670793025</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-LUC DU GROUPE HOSPITALIER SAINT- VINCENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2357_FicheEtablissement/fr/clinique-saint-luc</t>
+  </si>
+  <si>
+    <t>2357_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388474141</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670798636</t>
+  </si>
+  <si>
+    <t>USLD CLINIQUE DE L'ILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2356_FicheEtablissement/fr/usld-clinique-de-l-ill</t>
+  </si>
+  <si>
+    <t>2356_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>67302 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670797729</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE LA TOUSSAINT DU GROUPE HOSPITALIER SAINT-VINCENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2355_FicheEtablissement/fr/clinique-de-la-toussaint</t>
+  </si>
+  <si>
+    <t>2355_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>11 Rue De La Toussaint</t>
+  </si>
+  <si>
+    <t>67081 STRASBOURG</t>
+  </si>
+  <si>
+    <t>0388217575</t>
+  </si>
+  <si>
+    <t>670797539</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DU CENTRE HOSPITALIER D'ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2354_FicheEtablissement/fr/usld-ch-erstein</t>
+  </si>
+  <si>
+    <t>2354_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670795822</t>
+  </si>
+  <si>
+    <t>SERVICE SOINS LONGUE DUREE HOPITAL LOCAL DE MOLSHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2352_FicheEtablissement/fr/usld-hopital-local-molsheim</t>
+  </si>
+  <si>
+    <t>2352_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670794916</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE AMRESO BETHEL OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2360_FicheEtablissement/fr/usld-amreso-bethel-oberhausbergen</t>
+  </si>
+  <si>
+    <t>2360_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670799691</t>
+  </si>
+  <si>
+    <t>CRLCC PAUL STRAUSS SITE HUS-HAUTEPIERRE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7574_FicheEtablissement/fr/crlcc-p-strauss-site-hus-hautepierre</t>
+  </si>
+  <si>
+    <t>7574_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie</t>
+  </si>
+  <si>
+    <t>670018779</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER INTERCOMMUNAL DE LA LAUTER</t>
+  </si>
+  <si>
+    <t>18/10/2024 11:42:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2313_FicheEtablissement/fr/ch-intercommunal-de-la-lauter</t>
+  </si>
+  <si>
+    <t>2313_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388541111</t>
+  </si>
+  <si>
+    <t>Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE ALSACE-NORD BRUMATH</t>
+  </si>
+  <si>
+    <t>08/12/2023 16:50:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2308_FicheEtablissement/fr/epsan-brumath</t>
+  </si>
+  <si>
+    <t>2308_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670000058</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DE L'EPSAN BRUMATH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2353_FicheEtablissement/fr/usld-la-source-epsan</t>
+  </si>
+  <si>
+    <t>2353_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670795475</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R139"/>
+  <dimension ref="A1:R140"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3233,8057 +8558,22795 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
-        <v>27</v>
+        <v>38</v>
       </c>
       <c r="O3" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P3" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Q3" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4" t="s">
         <v>45</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>46</v>
       </c>
       <c r="L4" t="s">
         <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
+        <v>27</v>
+      </c>
+      <c r="O4" t="s">
         <v>48</v>
       </c>
-      <c r="O4" t="s">
+      <c r="P4" t="s">
         <v>49</v>
       </c>
-      <c r="P4" t="s">
+      <c r="Q4" t="s">
         <v>50</v>
       </c>
-      <c r="Q4" t="s">
+      <c r="R4" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
+        <v>52</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>53</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>54</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
+        <v>56</v>
+      </c>
+      <c r="L5" t="s">
         <v>57</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
+        <v>20</v>
+      </c>
+      <c r="N5" t="s">
         <v>58</v>
       </c>
-      <c r="M5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O5" t="s">
-        <v>38</v>
+        <v>59</v>
       </c>
       <c r="P5" t="s">
-        <v>39</v>
+        <v>60</v>
       </c>
       <c r="Q5" t="s">
-        <v>40</v>
+        <v>61</v>
       </c>
       <c r="R5" t="s">
-        <v>41</v>
+        <v>62</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>65</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>62</v>
+        <v>67</v>
       </c>
       <c r="L6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="O6" t="s">
-        <v>38</v>
+        <v>69</v>
       </c>
       <c r="P6" t="s">
-        <v>39</v>
+        <v>70</v>
       </c>
       <c r="Q6" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R6" t="s">
-        <v>41</v>
+        <v>72</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="H7" t="s">
-        <v>67</v>
+        <v>76</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>68</v>
+        <v>77</v>
       </c>
       <c r="L7" t="s">
-        <v>69</v>
+        <v>78</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O7" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="P7" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="Q7" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="R7" t="s">
-        <v>73</v>
+        <v>83</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>75</v>
+        <v>86</v>
       </c>
       <c r="H8" t="s">
-        <v>76</v>
+        <v>87</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>77</v>
+        <v>88</v>
       </c>
       <c r="L8" t="s">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O8" t="s">
+        <v>69</v>
+      </c>
+      <c r="P8" t="s">
         <v>70</v>
       </c>
-      <c r="P8" t="s">
+      <c r="Q8" t="s">
         <v>71</v>
       </c>
-      <c r="Q8" t="s">
+      <c r="R8" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>79</v>
+        <v>90</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="H9" t="s">
-        <v>82</v>
+        <v>92</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>83</v>
+        <v>93</v>
       </c>
       <c r="L9" t="s">
-        <v>84</v>
+        <v>94</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O9" t="s">
+        <v>69</v>
+      </c>
+      <c r="P9" t="s">
         <v>70</v>
       </c>
-      <c r="P9" t="s">
+      <c r="Q9" t="s">
         <v>71</v>
       </c>
-      <c r="Q9" t="s">
+      <c r="R9" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="H10" t="s">
-        <v>87</v>
+        <v>98</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>88</v>
+        <v>99</v>
       </c>
       <c r="L10" t="s">
-        <v>89</v>
+        <v>100</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O10" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P10" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q10" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>104</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>80</v>
+        <v>96</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>91</v>
+        <v>105</v>
       </c>
       <c r="H11" t="s">
-        <v>92</v>
+        <v>106</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>93</v>
+        <v>107</v>
       </c>
       <c r="L11" t="s">
-        <v>94</v>
+        <v>108</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O11" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P11" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q11" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R11" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>96</v>
+        <v>110</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>97</v>
+        <v>111</v>
       </c>
       <c r="H12" t="s">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>99</v>
+        <v>113</v>
       </c>
       <c r="L12" t="s">
-        <v>100</v>
+        <v>114</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O12" t="s">
         <v>101</v>
       </c>
       <c r="P12" t="s">
         <v>102</v>
       </c>
       <c r="Q12" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R12" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>104</v>
+        <v>115</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>105</v>
+        <v>110</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>106</v>
+        <v>116</v>
       </c>
       <c r="H13" t="s">
-        <v>107</v>
+        <v>117</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="L13" t="s">
-        <v>109</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>48</v>
+        <v>79</v>
       </c>
       <c r="O13" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="P13" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="Q13" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R13" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="H14" t="s">
-        <v>116</v>
+        <v>122</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>117</v>
+        <v>123</v>
       </c>
       <c r="L14" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>119</v>
+        <v>79</v>
       </c>
       <c r="O14" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="P14" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="Q14" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R14" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H15" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="L15" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>119</v>
+        <v>79</v>
       </c>
       <c r="O15" t="s">
-        <v>120</v>
+        <v>131</v>
       </c>
       <c r="P15" t="s">
-        <v>121</v>
+        <v>132</v>
       </c>
       <c r="Q15" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="R15" t="s">
-        <v>122</v>
+        <v>133</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="H16" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="L16" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>135</v>
+        <v>79</v>
       </c>
       <c r="O16" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="P16" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Q16" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="H17" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="L17" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>135</v>
+        <v>149</v>
       </c>
       <c r="O17" t="s">
-        <v>145</v>
+        <v>150</v>
       </c>
       <c r="P17" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="Q17" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R17" t="s">
-        <v>147</v>
+        <v>152</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>148</v>
+        <v>153</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>149</v>
+        <v>154</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>150</v>
+        <v>155</v>
       </c>
       <c r="H18" t="s">
-        <v>151</v>
+        <v>156</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
+        <v>157</v>
+      </c>
+      <c r="L18" t="s">
+        <v>158</v>
+      </c>
+      <c r="M18" t="s">
+        <v>20</v>
+      </c>
+      <c r="N18" t="s">
+        <v>149</v>
+      </c>
+      <c r="O18" t="s">
+        <v>150</v>
+      </c>
+      <c r="P18" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>71</v>
+      </c>
+      <c r="R18" t="s">
         <v>152</v>
-      </c>
-[...19 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>154</v>
+        <v>159</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>155</v>
+        <v>160</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="H19" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="L19" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="O19" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="P19" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="Q19" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R19" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="H20" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="L20" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>135</v>
+        <v>165</v>
       </c>
       <c r="O20" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="P20" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="Q20" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R20" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="H21" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="L21" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="O21" t="s">
-        <v>38</v>
+        <v>166</v>
       </c>
       <c r="P21" t="s">
-        <v>39</v>
+        <v>167</v>
       </c>
       <c r="Q21" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R21" t="s">
-        <v>41</v>
+        <v>168</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H22" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K22" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="L22" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>176</v>
+        <v>165</v>
       </c>
       <c r="O22" t="s">
-        <v>110</v>
+        <v>188</v>
       </c>
       <c r="P22" t="s">
-        <v>111</v>
+        <v>189</v>
       </c>
       <c r="Q22" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>112</v>
+        <v>190</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>183</v>
+        <v>191</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>184</v>
+        <v>192</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="H23" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="L23" t="s">
-        <v>36</v>
+        <v>196</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>188</v>
+        <v>165</v>
       </c>
       <c r="O23" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="P23" t="s">
-        <v>137</v>
+        <v>70</v>
       </c>
       <c r="Q23" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R23" t="s">
-        <v>138</v>
+        <v>72</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>189</v>
+        <v>197</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>191</v>
+        <v>199</v>
       </c>
       <c r="H24" t="s">
-        <v>192</v>
+        <v>200</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="L24" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="O24" t="s">
-        <v>136</v>
+        <v>69</v>
       </c>
       <c r="P24" t="s">
-        <v>137</v>
+        <v>70</v>
       </c>
       <c r="Q24" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R24" t="s">
-        <v>138</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>195</v>
+        <v>204</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>196</v>
+        <v>205</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>197</v>
+        <v>206</v>
       </c>
       <c r="H25" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="L25" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>188</v>
+        <v>203</v>
       </c>
       <c r="O25" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="P25" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="Q25" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R25" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>201</v>
+        <v>210</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>202</v>
+        <v>211</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>203</v>
+        <v>212</v>
       </c>
       <c r="H26" t="s">
-        <v>204</v>
+        <v>213</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>205</v>
+        <v>214</v>
       </c>
       <c r="L26" t="s">
-        <v>206</v>
+        <v>67</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="O26" t="s">
-        <v>208</v>
+        <v>166</v>
       </c>
       <c r="P26" t="s">
-        <v>209</v>
+        <v>167</v>
       </c>
       <c r="Q26" t="s">
-        <v>51</v>
+        <v>71</v>
       </c>
       <c r="R26" t="s">
-        <v>210</v>
+        <v>168</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="H27" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
+        <v>220</v>
+      </c>
+      <c r="L27" t="s">
+        <v>221</v>
+      </c>
+      <c r="M27" t="s">
+        <v>20</v>
+      </c>
+      <c r="N27" t="s">
         <v>215</v>
       </c>
-      <c r="L27" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O27" t="s">
-        <v>217</v>
+        <v>166</v>
       </c>
       <c r="P27" t="s">
-        <v>218</v>
+        <v>167</v>
       </c>
       <c r="Q27" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R27" t="s">
-        <v>219</v>
+        <v>168</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="H28" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="L28" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="O28" t="s">
-        <v>217</v>
+        <v>166</v>
       </c>
       <c r="P28" t="s">
-        <v>218</v>
+        <v>167</v>
       </c>
       <c r="Q28" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R28" t="s">
-        <v>219</v>
+        <v>168</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="H29" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="L29" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>207</v>
+        <v>234</v>
       </c>
       <c r="O29" t="s">
-        <v>217</v>
+        <v>235</v>
       </c>
       <c r="P29" t="s">
-        <v>218</v>
+        <v>236</v>
       </c>
       <c r="Q29" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="R29" t="s">
-        <v>219</v>
+        <v>237</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="H30" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="L30" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>207</v>
+        <v>234</v>
       </c>
       <c r="O30" t="s">
-        <v>217</v>
+        <v>28</v>
       </c>
       <c r="P30" t="s">
-        <v>218</v>
+        <v>29</v>
       </c>
       <c r="Q30" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R30" t="s">
-        <v>219</v>
+        <v>31</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
       <c r="H31" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="L31" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="O31" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="P31" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
       <c r="Q31" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R31" t="s">
-        <v>247</v>
+        <v>31</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>248</v>
+        <v>250</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="H32" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="L32" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="O32" t="s">
-        <v>254</v>
+        <v>28</v>
       </c>
       <c r="P32" t="s">
-        <v>255</v>
+        <v>29</v>
       </c>
       <c r="Q32" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R32" t="s">
-        <v>256</v>
+        <v>31</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>256</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
         <v>257</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>258</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="H33" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
+        <v>260</v>
+      </c>
+      <c r="L33" t="s">
         <v>261</v>
       </c>
-      <c r="L33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>244</v>
+        <v>234</v>
       </c>
       <c r="O33" t="s">
-        <v>263</v>
+        <v>28</v>
       </c>
       <c r="P33" t="s">
-        <v>264</v>
+        <v>29</v>
       </c>
       <c r="Q33" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R33" t="s">
-        <v>265</v>
+        <v>31</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>266</v>
+        <v>262</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>267</v>
+        <v>263</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="H34" t="s">
-        <v>269</v>
+        <v>265</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>266</v>
+      </c>
+      <c r="L34" t="s">
+        <v>267</v>
+      </c>
+      <c r="M34" t="s">
+        <v>20</v>
+      </c>
+      <c r="N34" t="s">
+        <v>268</v>
+      </c>
+      <c r="O34" t="s">
+        <v>269</v>
+      </c>
+      <c r="P34" t="s">
         <v>270</v>
       </c>
-      <c r="L34" t="s">
+      <c r="Q34" t="s">
+        <v>30</v>
+      </c>
+      <c r="R34" t="s">
         <v>271</v>
-      </c>
-[...16 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
         <v>272</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>273</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>274</v>
       </c>
       <c r="H35" t="s">
         <v>275</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
         <v>276</v>
       </c>
       <c r="L35" t="s">
         <v>277</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="O35" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P35" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q35" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>278</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
         <v>279</v>
-      </c>
-[...7 lines deleted...]
-        <v>273</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>280</v>
       </c>
       <c r="H36" t="s">
         <v>281</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>282</v>
       </c>
       <c r="L36" t="s">
         <v>283</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="O36" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="P36" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="Q36" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>73</v>
+        <v>286</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
       <c r="H37" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>288</v>
+        <v>291</v>
       </c>
       <c r="L37" t="s">
-        <v>289</v>
+        <v>292</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="O37" t="s">
-        <v>70</v>
+        <v>269</v>
       </c>
       <c r="P37" t="s">
-        <v>71</v>
+        <v>270</v>
       </c>
       <c r="Q37" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R37" t="s">
-        <v>73</v>
+        <v>271</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>290</v>
+        <v>293</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>285</v>
+        <v>294</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="H38" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="L38" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>278</v>
+        <v>299</v>
       </c>
       <c r="O38" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P38" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q38" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R38" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>296</v>
+        <v>294</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="H39" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>303</v>
+      </c>
+      <c r="L39" t="s">
+        <v>304</v>
+      </c>
+      <c r="M39" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" t="s">
         <v>299</v>
       </c>
-      <c r="L39" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O39" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P39" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q39" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R39" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="H40" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="L40" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>306</v>
+        <v>299</v>
       </c>
       <c r="O40" t="s">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="P40" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="Q40" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R40" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>307</v>
+        <v>311</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>309</v>
+        <v>312</v>
       </c>
       <c r="H41" t="s">
-        <v>310</v>
+        <v>313</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="L41" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>313</v>
+        <v>299</v>
       </c>
       <c r="O41" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="P41" t="s">
-        <v>111</v>
+        <v>102</v>
       </c>
       <c r="Q41" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R41" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="H42" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L42" t="s">
-        <v>319</v>
+        <v>139</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>320</v>
+        <v>299</v>
       </c>
       <c r="O42" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="P42" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
       <c r="Q42" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R42" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
         <v>321</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
         <v>322</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
         <v>323</v>
       </c>
       <c r="H43" t="s">
         <v>324</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
         <v>325</v>
       </c>
       <c r="L43" t="s">
         <v>326</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>320</v>
+        <v>327</v>
       </c>
       <c r="O43" t="s">
-        <v>327</v>
+        <v>69</v>
       </c>
       <c r="P43" t="s">
-        <v>328</v>
+        <v>70</v>
       </c>
       <c r="Q43" t="s">
-        <v>329</v>
+        <v>71</v>
       </c>
       <c r="R43" t="s">
-        <v>330</v>
+        <v>72</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>328</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>329</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>330</v>
+      </c>
+      <c r="H44" t="s">
         <v>331</v>
-      </c>
-[...16 lines deleted...]
-        <v>334</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="L44" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>320</v>
+        <v>334</v>
       </c>
       <c r="O44" t="s">
-        <v>263</v>
+        <v>140</v>
       </c>
       <c r="P44" t="s">
-        <v>264</v>
+        <v>141</v>
       </c>
       <c r="Q44" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R44" t="s">
-        <v>265</v>
+        <v>142</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>335</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>336</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
         <v>337</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>338</v>
-      </c>
-[...7 lines deleted...]
-        <v>340</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>339</v>
+      </c>
+      <c r="L45" t="s">
+        <v>340</v>
+      </c>
+      <c r="M45" t="s">
+        <v>20</v>
+      </c>
+      <c r="N45" t="s">
         <v>341</v>
       </c>
-      <c r="L45" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O45" t="s">
-        <v>38</v>
+        <v>150</v>
       </c>
       <c r="P45" t="s">
-        <v>39</v>
+        <v>151</v>
       </c>
       <c r="Q45" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R45" t="s">
-        <v>41</v>
+        <v>152</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>342</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
         <v>343</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
         <v>344</v>
       </c>
-      <c r="F46" t="s">
-[...2 lines deleted...]
-      <c r="G46" t="s">
+      <c r="H46" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>346</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
+        <v>346</v>
+      </c>
+      <c r="L46" t="s">
         <v>347</v>
       </c>
-      <c r="L46" t="s">
+      <c r="M46" t="s">
+        <v>20</v>
+      </c>
+      <c r="N46" t="s">
+        <v>341</v>
+      </c>
+      <c r="O46" t="s">
         <v>348</v>
       </c>
-      <c r="M46" t="s">
-[...2 lines deleted...]
-      <c r="N46" t="s">
+      <c r="P46" t="s">
         <v>349</v>
       </c>
-      <c r="O46" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q46" t="s">
-        <v>40</v>
+        <v>350</v>
       </c>
       <c r="R46" t="s">
-        <v>122</v>
+        <v>351</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="H47" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="L47" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="O47" t="s">
-        <v>120</v>
+        <v>284</v>
       </c>
       <c r="P47" t="s">
-        <v>121</v>
+        <v>285</v>
       </c>
       <c r="Q47" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R47" t="s">
-        <v>122</v>
+        <v>286</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H48" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="L48" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>349</v>
+        <v>341</v>
       </c>
       <c r="O48" t="s">
-        <v>120</v>
+        <v>69</v>
       </c>
       <c r="P48" t="s">
-        <v>121</v>
+        <v>70</v>
       </c>
       <c r="Q48" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R48" t="s">
-        <v>122</v>
+        <v>72</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>363</v>
+        <v>365</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="H49" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L49" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="O49" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="P49" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q49" t="s">
         <v>71</v>
       </c>
-      <c r="Q49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R49" t="s">
-        <v>73</v>
+        <v>152</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>370</v>
+        <v>372</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H50" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="L50" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
       <c r="O50" t="s">
-        <v>263</v>
+        <v>150</v>
       </c>
       <c r="P50" t="s">
-        <v>264</v>
+        <v>151</v>
       </c>
       <c r="Q50" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R50" t="s">
-        <v>265</v>
+        <v>152</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H51" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="L51" t="s">
-        <v>144</v>
+        <v>382</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>380</v>
+        <v>370</v>
       </c>
       <c r="O51" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="P51" t="s">
+        <v>151</v>
+      </c>
+      <c r="Q51" t="s">
         <v>71</v>
       </c>
-      <c r="Q51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R51" t="s">
-        <v>73</v>
+        <v>152</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>376</v>
+        <v>384</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="H52" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K52" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="L52" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>380</v>
+        <v>389</v>
       </c>
       <c r="O52" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P52" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q52" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R52" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>376</v>
+        <v>391</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>387</v>
+        <v>392</v>
       </c>
       <c r="H53" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
+        <v>394</v>
+      </c>
+      <c r="L53" t="s">
+        <v>395</v>
+      </c>
+      <c r="M53" t="s">
+        <v>20</v>
+      </c>
+      <c r="N53" t="s">
         <v>389</v>
       </c>
-      <c r="L53" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O53" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="P53" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="Q53" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R53" t="s">
-        <v>73</v>
+        <v>286</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="H54" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="L54" t="s">
-        <v>396</v>
+        <v>174</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O54" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P54" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q54" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R54" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>402</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
         <v>397</v>
       </c>
-      <c r="C55" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="H55" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="L55" t="s">
+        <v>406</v>
+      </c>
+      <c r="M55" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" t="s">
         <v>401</v>
       </c>
-      <c r="M55" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O55" t="s">
-        <v>70</v>
+        <v>407</v>
       </c>
       <c r="P55" t="s">
-        <v>71</v>
+        <v>408</v>
       </c>
       <c r="Q55" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="R55" t="s">
-        <v>73</v>
+        <v>409</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>402</v>
+        <v>410</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>403</v>
+        <v>411</v>
       </c>
       <c r="H56" t="s">
-        <v>404</v>
+        <v>412</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>405</v>
+        <v>413</v>
       </c>
       <c r="L56" t="s">
-        <v>406</v>
+        <v>414</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O56" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P56" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q56" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R56" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>407</v>
+        <v>415</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>392</v>
+        <v>416</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>408</v>
+        <v>417</v>
       </c>
       <c r="H57" t="s">
-        <v>409</v>
+        <v>418</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>410</v>
+        <v>419</v>
       </c>
       <c r="L57" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O57" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P57" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q57" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R57" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>412</v>
+        <v>421</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>392</v>
+        <v>416</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>413</v>
+        <v>422</v>
       </c>
       <c r="H58" t="s">
-        <v>414</v>
+        <v>423</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>415</v>
+        <v>424</v>
       </c>
       <c r="L58" t="s">
-        <v>416</v>
+        <v>425</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O58" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P58" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q58" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R58" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>392</v>
+        <v>416</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>418</v>
+        <v>427</v>
       </c>
       <c r="H59" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="L59" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O59" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P59" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q59" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R59" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="H60" t="s">
-        <v>425</v>
+        <v>433</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>426</v>
+        <v>434</v>
       </c>
       <c r="L60" t="s">
-        <v>427</v>
+        <v>435</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O60" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P60" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q60" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R60" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>428</v>
+        <v>436</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>423</v>
+        <v>416</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>429</v>
+        <v>437</v>
       </c>
       <c r="H61" t="s">
-        <v>430</v>
+        <v>438</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>431</v>
+        <v>439</v>
       </c>
       <c r="L61" t="s">
-        <v>432</v>
+        <v>440</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O61" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P61" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q61" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R61" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>433</v>
+        <v>441</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>434</v>
+        <v>443</v>
       </c>
       <c r="H62" t="s">
-        <v>435</v>
+        <v>444</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>436</v>
+        <v>445</v>
       </c>
       <c r="L62" t="s">
-        <v>437</v>
+        <v>446</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O62" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P62" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q62" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R62" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>438</v>
+        <v>447</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>439</v>
+        <v>448</v>
       </c>
       <c r="H63" t="s">
-        <v>440</v>
+        <v>449</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>441</v>
+        <v>450</v>
       </c>
       <c r="L63" t="s">
-        <v>442</v>
+        <v>451</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O63" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P63" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q63" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R63" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>443</v>
+        <v>452</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>423</v>
+        <v>442</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>444</v>
+        <v>453</v>
       </c>
       <c r="H64" t="s">
-        <v>445</v>
+        <v>454</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>446</v>
+        <v>455</v>
       </c>
       <c r="L64" t="s">
-        <v>447</v>
+        <v>456</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O64" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P64" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q64" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R64" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>448</v>
+        <v>457</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>450</v>
+        <v>458</v>
       </c>
       <c r="H65" t="s">
-        <v>451</v>
+        <v>459</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="L65" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O65" t="s">
-        <v>454</v>
+        <v>101</v>
       </c>
       <c r="P65" t="s">
-        <v>246</v>
+        <v>102</v>
       </c>
       <c r="Q65" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R65" t="s">
-        <v>455</v>
+        <v>103</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>456</v>
+        <v>462</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>457</v>
+        <v>463</v>
       </c>
       <c r="H66" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>459</v>
+        <v>465</v>
       </c>
       <c r="L66" t="s">
-        <v>460</v>
+        <v>466</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>380</v>
+        <v>401</v>
       </c>
       <c r="O66" t="s">
-        <v>70</v>
+        <v>101</v>
       </c>
       <c r="P66" t="s">
-        <v>71</v>
+        <v>102</v>
       </c>
       <c r="Q66" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>73</v>
+        <v>103</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>461</v>
+        <v>467</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>462</v>
+        <v>468</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>463</v>
+        <v>469</v>
       </c>
       <c r="H67" t="s">
-        <v>464</v>
+        <v>470</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>465</v>
+        <v>471</v>
       </c>
       <c r="L67" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>467</v>
+        <v>401</v>
       </c>
       <c r="O67" t="s">
-        <v>110</v>
+        <v>473</v>
       </c>
       <c r="P67" t="s">
-        <v>111</v>
+        <v>270</v>
       </c>
       <c r="Q67" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R67" t="s">
-        <v>112</v>
+        <v>474</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
+        <v>475</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
         <v>468</v>
       </c>
-      <c r="C68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>470</v>
+        <v>476</v>
       </c>
       <c r="H68" t="s">
-        <v>471</v>
+        <v>477</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>472</v>
+        <v>478</v>
       </c>
       <c r="L68" t="s">
-        <v>473</v>
+        <v>479</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>467</v>
+        <v>401</v>
       </c>
       <c r="O68" t="s">
-        <v>474</v>
+        <v>101</v>
       </c>
       <c r="P68" t="s">
-        <v>264</v>
+        <v>102</v>
       </c>
       <c r="Q68" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R68" t="s">
-        <v>475</v>
+        <v>103</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>477</v>
+        <v>481</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>478</v>
+        <v>482</v>
       </c>
       <c r="H69" t="s">
-        <v>479</v>
+        <v>483</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>480</v>
+        <v>484</v>
       </c>
       <c r="L69" t="s">
-        <v>367</v>
+        <v>485</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="O69" t="s">
-        <v>481</v>
+        <v>140</v>
       </c>
       <c r="P69" t="s">
-        <v>482</v>
+        <v>141</v>
       </c>
       <c r="Q69" t="s">
-        <v>483</v>
+        <v>30</v>
       </c>
       <c r="R69" t="s">
-        <v>484</v>
+        <v>142</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>486</v>
+        <v>488</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="H70" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>489</v>
+        <v>491</v>
       </c>
       <c r="L70" t="s">
-        <v>490</v>
+        <v>492</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="O70" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="P70" t="s">
-        <v>493</v>
+        <v>285</v>
       </c>
       <c r="Q70" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R70" t="s">
         <v>494</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
         <v>495</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
         <v>496</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
         <v>497</v>
       </c>
       <c r="H71" t="s">
         <v>498</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
         <v>499</v>
       </c>
       <c r="L71" t="s">
+        <v>388</v>
+      </c>
+      <c r="M71" t="s">
+        <v>20</v>
+      </c>
+      <c r="N71" t="s">
+        <v>486</v>
+      </c>
+      <c r="O71" t="s">
         <v>500</v>
       </c>
-      <c r="M71" t="s">
-[...2 lines deleted...]
-      <c r="N71" t="s">
+      <c r="P71" t="s">
         <v>501</v>
       </c>
-      <c r="O71" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q71" t="s">
-        <v>72</v>
+        <v>502</v>
       </c>
       <c r="R71" t="s">
-        <v>147</v>
+        <v>503</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H72" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="L72" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="O72" t="s">
-        <v>110</v>
+        <v>511</v>
       </c>
       <c r="P72" t="s">
-        <v>111</v>
+        <v>512</v>
       </c>
       <c r="Q72" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="R72" t="s">
-        <v>112</v>
+        <v>513</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>509</v>
+        <v>514</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>510</v>
+        <v>515</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>511</v>
+        <v>516</v>
       </c>
       <c r="H73" t="s">
-        <v>512</v>
+        <v>517</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>513</v>
+        <v>518</v>
       </c>
       <c r="L73" t="s">
-        <v>514</v>
+        <v>519</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>515</v>
+        <v>520</v>
       </c>
       <c r="O73" t="s">
-        <v>120</v>
+        <v>39</v>
       </c>
       <c r="P73" t="s">
-        <v>121</v>
+        <v>40</v>
       </c>
       <c r="Q73" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R73" t="s">
-        <v>122</v>
+        <v>41</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>516</v>
+        <v>521</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>517</v>
+        <v>522</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>518</v>
+        <v>523</v>
       </c>
       <c r="H74" t="s">
-        <v>519</v>
+        <v>524</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>520</v>
+        <v>525</v>
       </c>
       <c r="L74" t="s">
-        <v>521</v>
+        <v>526</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>515</v>
+        <v>527</v>
       </c>
       <c r="O74" t="s">
-        <v>120</v>
+        <v>140</v>
       </c>
       <c r="P74" t="s">
-        <v>121</v>
+        <v>141</v>
       </c>
       <c r="Q74" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R74" t="s">
-        <v>122</v>
+        <v>142</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>522</v>
+        <v>528</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>523</v>
+        <v>529</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>524</v>
+        <v>530</v>
       </c>
       <c r="H75" t="s">
-        <v>525</v>
+        <v>531</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>526</v>
+        <v>532</v>
       </c>
       <c r="L75" t="s">
-        <v>527</v>
+        <v>533</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>313</v>
+        <v>534</v>
       </c>
       <c r="O75" t="s">
-        <v>245</v>
+        <v>150</v>
       </c>
       <c r="P75" t="s">
-        <v>246</v>
+        <v>151</v>
       </c>
       <c r="Q75" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R75" t="s">
-        <v>247</v>
+        <v>152</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>528</v>
+        <v>535</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>529</v>
+        <v>536</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>530</v>
+        <v>537</v>
       </c>
       <c r="H76" t="s">
-        <v>531</v>
+        <v>538</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>532</v>
+        <v>539</v>
       </c>
       <c r="L76" t="s">
-        <v>533</v>
+        <v>540</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>313</v>
+        <v>534</v>
       </c>
       <c r="O76" t="s">
-        <v>245</v>
+        <v>150</v>
       </c>
       <c r="P76" t="s">
-        <v>246</v>
+        <v>151</v>
       </c>
       <c r="Q76" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R76" t="s">
-        <v>247</v>
+        <v>152</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>534</v>
+        <v>541</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>535</v>
+        <v>542</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
       <c r="H77" t="s">
-        <v>537</v>
+        <v>544</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>538</v>
+        <v>545</v>
       </c>
       <c r="L77" t="s">
-        <v>539</v>
+        <v>546</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>540</v>
+        <v>334</v>
       </c>
       <c r="O77" t="s">
-        <v>136</v>
+        <v>269</v>
       </c>
       <c r="P77" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="Q77" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R77" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>541</v>
+        <v>547</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>542</v>
+        <v>548</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>543</v>
+        <v>549</v>
       </c>
       <c r="H78" t="s">
-        <v>544</v>
+        <v>550</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>545</v>
+        <v>551</v>
       </c>
       <c r="L78" t="s">
-        <v>546</v>
+        <v>552</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>188</v>
+        <v>334</v>
       </c>
       <c r="O78" t="s">
-        <v>136</v>
+        <v>269</v>
       </c>
       <c r="P78" t="s">
-        <v>137</v>
+        <v>270</v>
       </c>
       <c r="Q78" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R78" t="s">
-        <v>138</v>
+        <v>271</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>547</v>
+        <v>553</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>548</v>
+        <v>554</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="H79" t="s">
-        <v>550</v>
+        <v>556</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>551</v>
+        <v>557</v>
       </c>
       <c r="L79" t="s">
-        <v>552</v>
+        <v>558</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
       <c r="O79" t="s">
-        <v>136</v>
+        <v>166</v>
       </c>
       <c r="P79" t="s">
-        <v>137</v>
+        <v>167</v>
       </c>
       <c r="Q79" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R79" t="s">
-        <v>138</v>
+        <v>168</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>554</v>
+        <v>560</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>555</v>
+        <v>561</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>556</v>
+        <v>562</v>
       </c>
       <c r="H80" t="s">
-        <v>557</v>
+        <v>563</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>558</v>
+        <v>564</v>
       </c>
       <c r="L80" t="s">
-        <v>559</v>
+        <v>565</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>560</v>
+        <v>215</v>
       </c>
       <c r="O80" t="s">
-        <v>561</v>
+        <v>166</v>
       </c>
       <c r="P80" t="s">
-        <v>121</v>
+        <v>167</v>
       </c>
       <c r="Q80" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R80" t="s">
-        <v>562</v>
+        <v>168</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>564</v>
+        <v>567</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="H81" t="s">
-        <v>566</v>
+        <v>569</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>567</v>
+        <v>570</v>
       </c>
       <c r="L81" t="s">
-        <v>568</v>
+        <v>571</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>569</v>
+        <v>572</v>
       </c>
       <c r="O81" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="P81" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="Q81" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R81" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>570</v>
+        <v>573</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="H82" t="s">
-        <v>573</v>
+        <v>576</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>574</v>
+        <v>577</v>
       </c>
       <c r="L82" t="s">
-        <v>575</v>
+        <v>578</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>320</v>
+        <v>579</v>
       </c>
       <c r="O82" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="P82" t="s">
-        <v>577</v>
+        <v>151</v>
       </c>
       <c r="Q82" t="s">
-        <v>578</v>
+        <v>71</v>
       </c>
       <c r="R82" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>581</v>
+        <v>583</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>582</v>
+        <v>584</v>
       </c>
       <c r="H83" t="s">
-        <v>583</v>
+        <v>585</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="L83" t="s">
-        <v>585</v>
+        <v>587</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="O83" t="s">
-        <v>136</v>
+        <v>188</v>
       </c>
       <c r="P83" t="s">
-        <v>137</v>
+        <v>189</v>
       </c>
       <c r="Q83" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R83" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>588</v>
+        <v>590</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>589</v>
+        <v>591</v>
       </c>
       <c r="H84" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>591</v>
+        <v>593</v>
       </c>
       <c r="L84" t="s">
-        <v>367</v>
+        <v>594</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>592</v>
+        <v>341</v>
       </c>
       <c r="O84" t="s">
-        <v>263</v>
+        <v>595</v>
       </c>
       <c r="P84" t="s">
-        <v>264</v>
+        <v>596</v>
       </c>
       <c r="Q84" t="s">
-        <v>72</v>
+        <v>597</v>
       </c>
       <c r="R84" t="s">
-        <v>265</v>
+        <v>598</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="H85" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>597</v>
+        <v>603</v>
       </c>
       <c r="L85" t="s">
-        <v>598</v>
+        <v>604</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="O85" t="s">
-        <v>600</v>
+        <v>166</v>
       </c>
       <c r="P85" t="s">
-        <v>601</v>
+        <v>167</v>
       </c>
       <c r="Q85" t="s">
-        <v>602</v>
+        <v>71</v>
       </c>
       <c r="R85" t="s">
-        <v>603</v>
+        <v>168</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="H86" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
       <c r="L86" t="s">
-        <v>609</v>
+        <v>388</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="O86" t="s">
-        <v>110</v>
+        <v>284</v>
       </c>
       <c r="P86" t="s">
-        <v>111</v>
+        <v>285</v>
       </c>
       <c r="Q86" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R86" t="s">
-        <v>112</v>
+        <v>286</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="H87" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="L87" t="s">
-        <v>348</v>
+        <v>617</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="O87" t="s">
-        <v>101</v>
+        <v>619</v>
       </c>
       <c r="P87" t="s">
-        <v>102</v>
+        <v>620</v>
       </c>
       <c r="Q87" t="s">
-        <v>51</v>
+        <v>621</v>
       </c>
       <c r="R87" t="s">
-        <v>103</v>
+        <v>622</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="H88" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="L88" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>616</v>
+        <v>629</v>
       </c>
       <c r="O88" t="s">
-        <v>101</v>
+        <v>140</v>
       </c>
       <c r="P88" t="s">
-        <v>102</v>
+        <v>141</v>
       </c>
       <c r="Q88" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R88" t="s">
-        <v>103</v>
+        <v>142</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>623</v>
+        <v>630</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>624</v>
+        <v>631</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>625</v>
+        <v>632</v>
       </c>
       <c r="H89" t="s">
-        <v>626</v>
+        <v>633</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>627</v>
+        <v>634</v>
       </c>
       <c r="L89" t="s">
-        <v>628</v>
+        <v>369</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>610</v>
+        <v>635</v>
       </c>
       <c r="O89" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="P89" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="Q89" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="R89" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>629</v>
+        <v>636</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>630</v>
+        <v>637</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>631</v>
+        <v>638</v>
       </c>
       <c r="H90" t="s">
-        <v>632</v>
+        <v>639</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>633</v>
+        <v>640</v>
       </c>
       <c r="L90" t="s">
-        <v>634</v>
+        <v>641</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>188</v>
+        <v>635</v>
       </c>
       <c r="O90" t="s">
-        <v>145</v>
+        <v>131</v>
       </c>
       <c r="P90" t="s">
-        <v>146</v>
+        <v>132</v>
       </c>
       <c r="Q90" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="R90" t="s">
-        <v>147</v>
+        <v>133</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>635</v>
+        <v>642</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>636</v>
+        <v>643</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>637</v>
+        <v>644</v>
       </c>
       <c r="H91" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="L91" t="s">
-        <v>640</v>
+        <v>647</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>244</v>
+        <v>629</v>
       </c>
       <c r="O91" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="P91" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="Q91" t="s">
         <v>30</v>
       </c>
       <c r="R91" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>641</v>
+        <v>648</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>642</v>
+        <v>649</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>643</v>
+        <v>650</v>
       </c>
       <c r="H92" t="s">
-        <v>644</v>
+        <v>651</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>645</v>
+        <v>652</v>
       </c>
       <c r="L92" t="s">
-        <v>109</v>
+        <v>653</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>207</v>
+        <v>215</v>
       </c>
       <c r="O92" t="s">
-        <v>646</v>
+        <v>39</v>
       </c>
       <c r="P92" t="s">
-        <v>246</v>
+        <v>40</v>
       </c>
       <c r="Q92" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R92" t="s">
-        <v>647</v>
+        <v>41</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="H93" t="s">
-        <v>651</v>
+        <v>657</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>652</v>
+        <v>658</v>
       </c>
       <c r="L93" t="s">
-        <v>653</v>
+        <v>659</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>278</v>
+        <v>268</v>
       </c>
       <c r="O93" t="s">
-        <v>646</v>
+        <v>59</v>
       </c>
       <c r="P93" t="s">
-        <v>246</v>
+        <v>60</v>
       </c>
       <c r="Q93" t="s">
-        <v>72</v>
+        <v>61</v>
       </c>
       <c r="R93" t="s">
-        <v>647</v>
+        <v>62</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>655</v>
+        <v>661</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>656</v>
+        <v>662</v>
       </c>
       <c r="H94" t="s">
-        <v>657</v>
+        <v>663</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>658</v>
+        <v>664</v>
       </c>
       <c r="L94" t="s">
-        <v>659</v>
+        <v>139</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>320</v>
+        <v>234</v>
       </c>
       <c r="O94" t="s">
-        <v>110</v>
+        <v>665</v>
       </c>
       <c r="P94" t="s">
-        <v>111</v>
+        <v>270</v>
       </c>
       <c r="Q94" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R94" t="s">
-        <v>112</v>
+        <v>666</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="H95" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
       <c r="L95" t="s">
+        <v>672</v>
+      </c>
+      <c r="M95" t="s">
+        <v>20</v>
+      </c>
+      <c r="N95" t="s">
+        <v>299</v>
+      </c>
+      <c r="O95" t="s">
         <v>665</v>
       </c>
-      <c r="M95" t="s">
-[...2 lines deleted...]
-      <c r="N95" t="s">
+      <c r="P95" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>30</v>
+      </c>
+      <c r="R95" t="s">
         <v>666</v>
-      </c>
-[...10 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>667</v>
+        <v>673</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>668</v>
+        <v>674</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>669</v>
+        <v>675</v>
       </c>
       <c r="H96" t="s">
-        <v>670</v>
+        <v>676</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>671</v>
+        <v>677</v>
       </c>
       <c r="L96" t="s">
-        <v>665</v>
+        <v>678</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>515</v>
+        <v>341</v>
       </c>
       <c r="O96" t="s">
-        <v>672</v>
+        <v>140</v>
       </c>
       <c r="P96" t="s">
-        <v>673</v>
+        <v>141</v>
       </c>
       <c r="Q96" t="s">
-        <v>483</v>
+        <v>30</v>
       </c>
       <c r="R96" t="s">
-        <v>674</v>
+        <v>142</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>675</v>
+        <v>679</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>676</v>
+        <v>680</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>677</v>
+        <v>681</v>
       </c>
       <c r="H97" t="s">
-        <v>678</v>
+        <v>682</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>679</v>
+        <v>683</v>
       </c>
       <c r="L97" t="s">
-        <v>680</v>
+        <v>684</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>515</v>
+        <v>685</v>
       </c>
       <c r="O97" t="s">
-        <v>120</v>
+        <v>150</v>
       </c>
       <c r="P97" t="s">
-        <v>121</v>
+        <v>151</v>
       </c>
       <c r="Q97" t="s">
-        <v>40</v>
+        <v>71</v>
       </c>
       <c r="R97" t="s">
-        <v>122</v>
+        <v>152</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>681</v>
+        <v>686</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>682</v>
+        <v>687</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="H98" t="s">
-        <v>684</v>
+        <v>689</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>685</v>
+        <v>690</v>
       </c>
       <c r="L98" t="s">
-        <v>473</v>
+        <v>684</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>553</v>
+        <v>534</v>
       </c>
       <c r="O98" t="s">
-        <v>686</v>
+        <v>691</v>
       </c>
       <c r="P98" t="s">
-        <v>687</v>
+        <v>692</v>
       </c>
       <c r="Q98" t="s">
-        <v>688</v>
+        <v>502</v>
       </c>
       <c r="R98" t="s">
-        <v>689</v>
+        <v>693</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>690</v>
+        <v>694</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>691</v>
+        <v>695</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="H99" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
       <c r="L99" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>696</v>
+        <v>534</v>
       </c>
       <c r="O99" t="s">
-        <v>161</v>
+        <v>150</v>
       </c>
       <c r="P99" t="s">
-        <v>162</v>
+        <v>151</v>
       </c>
       <c r="Q99" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R99" t="s">
-        <v>163</v>
+        <v>152</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>691</v>
+        <v>701</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>698</v>
+        <v>702</v>
       </c>
       <c r="H100" t="s">
-        <v>699</v>
+        <v>703</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>700</v>
+        <v>704</v>
       </c>
       <c r="L100" t="s">
-        <v>701</v>
+        <v>492</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>702</v>
+        <v>572</v>
       </c>
       <c r="O100" t="s">
-        <v>263</v>
+        <v>705</v>
       </c>
       <c r="P100" t="s">
-        <v>264</v>
+        <v>706</v>
       </c>
       <c r="Q100" t="s">
-        <v>72</v>
+        <v>707</v>
       </c>
       <c r="R100" t="s">
-        <v>265</v>
+        <v>708</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>704</v>
+        <v>710</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>705</v>
+        <v>711</v>
       </c>
       <c r="H101" t="s">
-        <v>706</v>
+        <v>712</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>707</v>
+        <v>713</v>
       </c>
       <c r="L101" t="s">
-        <v>708</v>
+        <v>714</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>313</v>
+        <v>715</v>
       </c>
       <c r="O101" t="s">
-        <v>136</v>
+        <v>188</v>
       </c>
       <c r="P101" t="s">
-        <v>137</v>
+        <v>189</v>
       </c>
       <c r="Q101" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R101" t="s">
-        <v>138</v>
+        <v>190</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
         <v>710</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>711</v>
+        <v>717</v>
       </c>
       <c r="H102" t="s">
-        <v>712</v>
+        <v>718</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>713</v>
+        <v>719</v>
       </c>
       <c r="L102" t="s">
-        <v>714</v>
+        <v>720</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>368</v>
+        <v>721</v>
       </c>
       <c r="O102" t="s">
-        <v>70</v>
+        <v>284</v>
       </c>
       <c r="P102" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="Q102" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R102" t="s">
-        <v>73</v>
+        <v>286</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>717</v>
+        <v>724</v>
       </c>
       <c r="H103" t="s">
-        <v>718</v>
+        <v>725</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>719</v>
+        <v>726</v>
       </c>
       <c r="L103" t="s">
-        <v>720</v>
+        <v>727</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>467</v>
+        <v>334</v>
       </c>
       <c r="O103" t="s">
-        <v>70</v>
+        <v>166</v>
       </c>
       <c r="P103" t="s">
+        <v>167</v>
+      </c>
+      <c r="Q103" t="s">
         <v>71</v>
       </c>
-      <c r="Q103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R103" t="s">
-        <v>73</v>
+        <v>168</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>721</v>
+        <v>728</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="H104" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K104" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="L104" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>727</v>
+        <v>389</v>
       </c>
       <c r="O104" t="s">
-        <v>474</v>
+        <v>101</v>
       </c>
       <c r="P104" t="s">
-        <v>264</v>
+        <v>102</v>
       </c>
       <c r="Q104" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R104" t="s">
-        <v>475</v>
+        <v>103</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>728</v>
+        <v>734</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>729</v>
+        <v>735</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>730</v>
+        <v>736</v>
       </c>
       <c r="H105" t="s">
-        <v>731</v>
+        <v>737</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K105" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="L105" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>734</v>
+        <v>486</v>
       </c>
       <c r="O105" t="s">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="P105" t="s">
-        <v>39</v>
+        <v>102</v>
       </c>
       <c r="Q105" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R105" t="s">
-        <v>41</v>
+        <v>103</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>735</v>
+        <v>740</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>736</v>
+        <v>741</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>737</v>
+        <v>742</v>
       </c>
       <c r="H106" t="s">
-        <v>738</v>
+        <v>743</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>739</v>
+        <v>744</v>
       </c>
       <c r="L106" t="s">
-        <v>740</v>
+        <v>745</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>207</v>
+        <v>746</v>
       </c>
       <c r="O106" t="s">
-        <v>217</v>
+        <v>493</v>
       </c>
       <c r="P106" t="s">
-        <v>218</v>
+        <v>285</v>
       </c>
       <c r="Q106" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R106" t="s">
-        <v>219</v>
+        <v>494</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>741</v>
+        <v>747</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>742</v>
+        <v>748</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>743</v>
+        <v>749</v>
       </c>
       <c r="H107" t="s">
-        <v>744</v>
+        <v>750</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>745</v>
+        <v>751</v>
       </c>
       <c r="L107" t="s">
-        <v>746</v>
+        <v>752</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>313</v>
+        <v>753</v>
       </c>
       <c r="O107" t="s">
-        <v>245</v>
+        <v>69</v>
       </c>
       <c r="P107" t="s">
-        <v>246</v>
+        <v>70</v>
       </c>
       <c r="Q107" t="s">
+        <v>71</v>
+      </c>
+      <c r="R107" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>747</v>
+        <v>754</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>742</v>
+        <v>755</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="H108" t="s">
-        <v>749</v>
+        <v>757</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="L108" t="s">
-        <v>427</v>
+        <v>759</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>313</v>
+        <v>234</v>
       </c>
       <c r="O108" t="s">
-        <v>245</v>
+        <v>28</v>
       </c>
       <c r="P108" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
       <c r="Q108" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R108" t="s">
-        <v>247</v>
+        <v>31</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
-        <v>751</v>
+        <v>760</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>742</v>
+        <v>761</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>752</v>
+        <v>762</v>
       </c>
       <c r="H109" t="s">
-        <v>753</v>
+        <v>763</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>754</v>
+        <v>764</v>
       </c>
       <c r="L109" t="s">
-        <v>755</v>
+        <v>765</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="O109" t="s">
-        <v>245</v>
+        <v>269</v>
       </c>
       <c r="P109" t="s">
-        <v>246</v>
+        <v>270</v>
       </c>
       <c r="Q109" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R109" t="s">
-        <v>247</v>
+        <v>271</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>756</v>
+        <v>766</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>757</v>
+        <v>761</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>758</v>
+        <v>767</v>
       </c>
       <c r="H110" t="s">
-        <v>759</v>
+        <v>768</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>760</v>
+        <v>769</v>
       </c>
       <c r="L110" t="s">
-        <v>761</v>
+        <v>446</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="O110" t="s">
-        <v>245</v>
+        <v>269</v>
       </c>
       <c r="P110" t="s">
-        <v>246</v>
+        <v>270</v>
       </c>
       <c r="Q110" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R110" t="s">
-        <v>247</v>
+        <v>271</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>762</v>
+        <v>770</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>764</v>
+        <v>771</v>
       </c>
       <c r="H111" t="s">
-        <v>765</v>
+        <v>772</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>766</v>
+        <v>773</v>
       </c>
       <c r="L111" t="s">
-        <v>767</v>
+        <v>774</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>610</v>
+        <v>334</v>
       </c>
       <c r="O111" t="s">
-        <v>120</v>
+        <v>269</v>
       </c>
       <c r="P111" t="s">
-        <v>121</v>
+        <v>270</v>
       </c>
       <c r="Q111" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R111" t="s">
-        <v>122</v>
+        <v>271</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>768</v>
+        <v>775</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>769</v>
+        <v>776</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>770</v>
+        <v>777</v>
       </c>
       <c r="H112" t="s">
-        <v>771</v>
+        <v>778</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>772</v>
+        <v>779</v>
       </c>
       <c r="L112" t="s">
-        <v>773</v>
+        <v>780</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>610</v>
+        <v>334</v>
       </c>
       <c r="O112" t="s">
-        <v>110</v>
+        <v>269</v>
       </c>
       <c r="P112" t="s">
-        <v>111</v>
+        <v>270</v>
       </c>
       <c r="Q112" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R112" t="s">
-        <v>112</v>
+        <v>271</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>774</v>
+        <v>781</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>775</v>
+        <v>782</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>776</v>
+        <v>783</v>
       </c>
       <c r="H113" t="s">
-        <v>777</v>
+        <v>784</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>778</v>
+        <v>785</v>
       </c>
       <c r="L113" t="s">
-        <v>779</v>
+        <v>786</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>188</v>
+        <v>629</v>
       </c>
       <c r="O113" t="s">
-        <v>217</v>
+        <v>150</v>
       </c>
       <c r="P113" t="s">
-        <v>218</v>
+        <v>151</v>
       </c>
       <c r="Q113" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R113" t="s">
-        <v>219</v>
+        <v>152</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="H114" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="L114" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>491</v>
+        <v>629</v>
       </c>
       <c r="O114" t="s">
-        <v>786</v>
+        <v>140</v>
       </c>
       <c r="P114" t="s">
-        <v>246</v>
+        <v>141</v>
       </c>
       <c r="Q114" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R114" t="s">
-        <v>787</v>
+        <v>142</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>790</v>
+        <v>795</v>
       </c>
       <c r="H115" t="s">
-        <v>791</v>
+        <v>796</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>792</v>
+        <v>797</v>
       </c>
       <c r="L115" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>794</v>
+        <v>215</v>
       </c>
       <c r="O115" t="s">
-        <v>786</v>
+        <v>28</v>
       </c>
       <c r="P115" t="s">
-        <v>246</v>
+        <v>29</v>
       </c>
       <c r="Q115" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R115" t="s">
-        <v>787</v>
+        <v>31</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="H116" t="s">
-        <v>798</v>
+        <v>802</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K116" t="s">
-        <v>799</v>
+        <v>803</v>
       </c>
       <c r="L116" t="s">
-        <v>800</v>
+        <v>37</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>794</v>
+        <v>510</v>
       </c>
       <c r="O116" t="s">
-        <v>120</v>
+        <v>804</v>
       </c>
       <c r="P116" t="s">
-        <v>121</v>
+        <v>270</v>
       </c>
       <c r="Q116" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="R116" t="s">
-        <v>122</v>
+        <v>805</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>801</v>
+        <v>806</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>802</v>
+        <v>807</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>803</v>
+        <v>808</v>
       </c>
       <c r="H117" t="s">
-        <v>804</v>
+        <v>809</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
+        <v>810</v>
+      </c>
+      <c r="L117" t="s">
+        <v>811</v>
+      </c>
+      <c r="M117" t="s">
+        <v>20</v>
+      </c>
+      <c r="N117" t="s">
+        <v>812</v>
+      </c>
+      <c r="O117" t="s">
+        <v>804</v>
+      </c>
+      <c r="P117" t="s">
+        <v>270</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>30</v>
+      </c>
+      <c r="R117" t="s">
         <v>805</v>
-      </c>
-[...19 lines deleted...]
-        <v>112</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>807</v>
+        <v>813</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>808</v>
+        <v>814</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>809</v>
+        <v>815</v>
       </c>
       <c r="H118" t="s">
-        <v>810</v>
+        <v>816</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>811</v>
+        <v>817</v>
       </c>
       <c r="L118" t="s">
+        <v>818</v>
+      </c>
+      <c r="M118" t="s">
+        <v>20</v>
+      </c>
+      <c r="N118" t="s">
         <v>812</v>
       </c>
-      <c r="M118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O118" t="s">
-        <v>217</v>
+        <v>150</v>
       </c>
       <c r="P118" t="s">
-        <v>218</v>
+        <v>151</v>
       </c>
       <c r="Q118" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R118" t="s">
-        <v>219</v>
+        <v>152</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>813</v>
+        <v>819</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>814</v>
+        <v>820</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>815</v>
+        <v>821</v>
       </c>
       <c r="H119" t="s">
-        <v>816</v>
+        <v>822</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>817</v>
+        <v>823</v>
       </c>
       <c r="L119" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>380</v>
+        <v>520</v>
       </c>
       <c r="O119" t="s">
-        <v>70</v>
+        <v>140</v>
       </c>
       <c r="P119" t="s">
-        <v>71</v>
+        <v>141</v>
       </c>
       <c r="Q119" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R119" t="s">
-        <v>73</v>
+        <v>142</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>819</v>
+        <v>825</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>820</v>
+        <v>826</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>821</v>
+        <v>827</v>
       </c>
       <c r="H120" t="s">
-        <v>822</v>
+        <v>828</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>823</v>
+        <v>829</v>
       </c>
       <c r="L120" t="s">
-        <v>824</v>
+        <v>830</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>825</v>
+        <v>721</v>
       </c>
       <c r="O120" t="s">
-        <v>826</v>
+        <v>28</v>
       </c>
       <c r="P120" t="s">
-        <v>827</v>
+        <v>29</v>
       </c>
       <c r="Q120" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R120" t="s">
-        <v>828</v>
+        <v>31</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>829</v>
+        <v>831</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>831</v>
+        <v>833</v>
       </c>
       <c r="H121" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
       <c r="L121" t="s">
-        <v>834</v>
+        <v>836</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>835</v>
+        <v>837</v>
       </c>
       <c r="O121" t="s">
-        <v>836</v>
+        <v>838</v>
       </c>
       <c r="P121" t="s">
-        <v>837</v>
+        <v>839</v>
       </c>
       <c r="Q121" t="s">
-        <v>838</v>
+        <v>82</v>
       </c>
       <c r="R121" t="s">
-        <v>839</v>
+        <v>840</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>840</v>
+        <v>841</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>841</v>
+        <v>842</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>842</v>
+        <v>843</v>
       </c>
       <c r="H122" t="s">
-        <v>843</v>
+        <v>844</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>844</v>
+        <v>845</v>
       </c>
       <c r="L122" t="s">
-        <v>845</v>
+        <v>846</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>825</v>
+        <v>847</v>
       </c>
       <c r="O122" t="s">
-        <v>136</v>
+        <v>848</v>
       </c>
       <c r="P122" t="s">
-        <v>137</v>
+        <v>849</v>
       </c>
       <c r="Q122" t="s">
-        <v>40</v>
+        <v>850</v>
       </c>
       <c r="R122" t="s">
-        <v>138</v>
+        <v>851</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>846</v>
+        <v>852</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>847</v>
+        <v>853</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>848</v>
+        <v>854</v>
       </c>
       <c r="H123" t="s">
-        <v>849</v>
+        <v>855</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>850</v>
+        <v>856</v>
       </c>
       <c r="L123" t="s">
-        <v>851</v>
+        <v>857</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>515</v>
+        <v>837</v>
       </c>
       <c r="O123" t="s">
-        <v>110</v>
+        <v>166</v>
       </c>
       <c r="P123" t="s">
-        <v>111</v>
+        <v>167</v>
       </c>
       <c r="Q123" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R123" t="s">
-        <v>112</v>
+        <v>168</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>852</v>
+        <v>858</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>853</v>
+        <v>859</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>854</v>
+        <v>860</v>
       </c>
       <c r="H124" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="L124" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>515</v>
+        <v>534</v>
       </c>
       <c r="O124" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P124" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="Q124" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R124" t="s">
-        <v>112</v>
+        <v>142</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>858</v>
+        <v>864</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>859</v>
+        <v>865</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>860</v>
+        <v>866</v>
       </c>
       <c r="H125" t="s">
-        <v>861</v>
+        <v>867</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>862</v>
+        <v>868</v>
       </c>
       <c r="L125" t="s">
-        <v>863</v>
+        <v>869</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>380</v>
+        <v>534</v>
       </c>
       <c r="O125" t="s">
-        <v>646</v>
+        <v>140</v>
       </c>
       <c r="P125" t="s">
-        <v>246</v>
+        <v>141</v>
       </c>
       <c r="Q125" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R125" t="s">
-        <v>647</v>
+        <v>142</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>864</v>
+        <v>870</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>865</v>
+        <v>871</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>866</v>
+        <v>872</v>
       </c>
       <c r="H126" t="s">
-        <v>867</v>
+        <v>873</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>868</v>
+        <v>874</v>
       </c>
       <c r="L126" t="s">
-        <v>575</v>
+        <v>875</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>835</v>
+        <v>401</v>
       </c>
       <c r="O126" t="s">
-        <v>145</v>
+        <v>876</v>
       </c>
       <c r="P126" t="s">
-        <v>146</v>
+        <v>877</v>
       </c>
       <c r="Q126" t="s">
-        <v>72</v>
+        <v>878</v>
       </c>
       <c r="R126" t="s">
-        <v>147</v>
+        <v>879</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>871</v>
+        <v>882</v>
       </c>
       <c r="H127" t="s">
-        <v>872</v>
+        <v>883</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
-        <v>158</v>
+        <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>873</v>
+        <v>884</v>
       </c>
       <c r="L127" t="s">
-        <v>785</v>
+        <v>594</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>874</v>
+        <v>847</v>
       </c>
       <c r="O127" t="s">
-        <v>161</v>
+        <v>39</v>
       </c>
       <c r="P127" t="s">
-        <v>162</v>
+        <v>40</v>
       </c>
       <c r="Q127" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R127" t="s">
-        <v>163</v>
+        <v>41</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="H128" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
-        <v>24</v>
+        <v>185</v>
       </c>
       <c r="K128" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="L128" t="s">
-        <v>880</v>
+        <v>37</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>881</v>
+        <v>890</v>
       </c>
       <c r="O128" t="s">
-        <v>882</v>
+        <v>188</v>
       </c>
       <c r="P128" t="s">
-        <v>883</v>
+        <v>189</v>
       </c>
       <c r="Q128" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R128" t="s">
-        <v>884</v>
+        <v>190</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="H129" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
         <v>24</v>
       </c>
       <c r="K129" t="s">
-        <v>889</v>
+        <v>895</v>
       </c>
       <c r="L129" t="s">
-        <v>890</v>
+        <v>896</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>207</v>
+        <v>897</v>
       </c>
       <c r="O129" t="s">
-        <v>136</v>
+        <v>898</v>
       </c>
       <c r="P129" t="s">
-        <v>137</v>
+        <v>899</v>
       </c>
       <c r="Q129" t="s">
-        <v>40</v>
+        <v>82</v>
       </c>
       <c r="R129" t="s">
-        <v>138</v>
+        <v>900</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>892</v>
+        <v>902</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>893</v>
+        <v>903</v>
       </c>
       <c r="H130" t="s">
-        <v>894</v>
+        <v>904</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>895</v>
+        <v>905</v>
       </c>
       <c r="L130" t="s">
-        <v>896</v>
+        <v>906</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>835</v>
+        <v>234</v>
       </c>
       <c r="O130" t="s">
-        <v>145</v>
+        <v>166</v>
       </c>
       <c r="P130" t="s">
-        <v>146</v>
+        <v>167</v>
       </c>
       <c r="Q130" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="R130" t="s">
-        <v>147</v>
+        <v>168</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>899</v>
+        <v>909</v>
       </c>
       <c r="H131" t="s">
-        <v>900</v>
+        <v>910</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>901</v>
+        <v>911</v>
       </c>
       <c r="L131" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>540</v>
+        <v>847</v>
       </c>
       <c r="O131" t="s">
-        <v>600</v>
+        <v>39</v>
       </c>
       <c r="P131" t="s">
-        <v>601</v>
+        <v>40</v>
       </c>
       <c r="Q131" t="s">
-        <v>602</v>
+        <v>30</v>
       </c>
       <c r="R131" t="s">
-        <v>603</v>
+        <v>41</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="H132" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="L132" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>368</v>
+        <v>559</v>
       </c>
       <c r="O132" t="s">
-        <v>70</v>
+        <v>619</v>
       </c>
       <c r="P132" t="s">
-        <v>71</v>
+        <v>620</v>
       </c>
       <c r="Q132" t="s">
-        <v>72</v>
+        <v>621</v>
       </c>
       <c r="R132" t="s">
-        <v>73</v>
+        <v>622</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>909</v>
+        <v>919</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>910</v>
+        <v>920</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>911</v>
+        <v>921</v>
       </c>
       <c r="H133" t="s">
-        <v>912</v>
+        <v>922</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>913</v>
+        <v>923</v>
       </c>
       <c r="L133" t="s">
-        <v>914</v>
+        <v>924</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>508</v>
+        <v>389</v>
       </c>
       <c r="O133" t="s">
         <v>101</v>
       </c>
       <c r="P133" t="s">
         <v>102</v>
       </c>
       <c r="Q133" t="s">
-        <v>51</v>
+        <v>30</v>
       </c>
       <c r="R133" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>915</v>
+        <v>925</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>916</v>
+        <v>926</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>917</v>
+        <v>927</v>
       </c>
       <c r="H134" t="s">
-        <v>918</v>
+        <v>928</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>919</v>
+        <v>929</v>
       </c>
       <c r="L134" t="s">
-        <v>920</v>
+        <v>930</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>560</v>
+        <v>527</v>
       </c>
       <c r="O134" t="s">
-        <v>600</v>
+        <v>131</v>
       </c>
       <c r="P134" t="s">
-        <v>601</v>
+        <v>132</v>
       </c>
       <c r="Q134" t="s">
-        <v>602</v>
+        <v>82</v>
       </c>
       <c r="R134" t="s">
-        <v>603</v>
+        <v>133</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>921</v>
+        <v>931</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>922</v>
+        <v>932</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>923</v>
+        <v>933</v>
       </c>
       <c r="H135" t="s">
-        <v>924</v>
+        <v>934</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>379</v>
+        <v>400</v>
       </c>
       <c r="L135" t="s">
-        <v>925</v>
+        <v>935</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>467</v>
+        <v>486</v>
       </c>
       <c r="O135" t="s">
-        <v>145</v>
+        <v>39</v>
       </c>
       <c r="P135" t="s">
-        <v>146</v>
+        <v>40</v>
       </c>
       <c r="Q135" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R135" t="s">
-        <v>147</v>
+        <v>41</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>926</v>
+        <v>936</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>927</v>
+        <v>937</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>928</v>
+        <v>938</v>
       </c>
       <c r="H136" t="s">
-        <v>929</v>
+        <v>939</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>930</v>
+        <v>940</v>
       </c>
       <c r="L136" t="s">
-        <v>793</v>
+        <v>811</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>734</v>
+        <v>753</v>
       </c>
       <c r="O136" t="s">
-        <v>931</v>
+        <v>941</v>
       </c>
       <c r="P136" t="s">
-        <v>932</v>
+        <v>942</v>
       </c>
       <c r="Q136" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="R136" t="s">
-        <v>933</v>
+        <v>943</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>934</v>
+        <v>944</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>935</v>
+        <v>945</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="H137" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="L137" t="s">
-        <v>939</v>
+        <v>949</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>940</v>
+        <v>950</v>
       </c>
       <c r="O137" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="P137" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="Q137" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R137" t="s">
-        <v>112</v>
+        <v>142</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>941</v>
+        <v>951</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>942</v>
+        <v>952</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>943</v>
+        <v>953</v>
       </c>
       <c r="H138" t="s">
-        <v>944</v>
+        <v>954</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>420</v>
+        <v>439</v>
       </c>
       <c r="L138" t="s">
-        <v>945</v>
+        <v>955</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>313</v>
+        <v>334</v>
       </c>
       <c r="O138" t="s">
-        <v>946</v>
+        <v>956</v>
       </c>
       <c r="P138" t="s">
-        <v>947</v>
+        <v>957</v>
       </c>
       <c r="Q138" t="s">
-        <v>51</v>
+        <v>82</v>
       </c>
       <c r="R138" t="s">
-        <v>948</v>
+        <v>958</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>949</v>
+        <v>959</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>950</v>
+        <v>960</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>951</v>
+        <v>961</v>
       </c>
       <c r="H139" t="s">
-        <v>952</v>
+        <v>962</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>953</v>
+        <v>963</v>
       </c>
       <c r="L139" t="s">
-        <v>954</v>
+        <v>964</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>320</v>
+        <v>965</v>
       </c>
       <c r="O139" t="s">
-        <v>263</v>
+        <v>966</v>
       </c>
       <c r="P139" t="s">
-        <v>264</v>
+        <v>285</v>
       </c>
       <c r="Q139" t="s">
-        <v>72</v>
+        <v>30</v>
       </c>
       <c r="R139" t="s">
-        <v>265</v>
+        <v>967</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>18</v>
+      </c>
+      <c r="B140" t="s">
+        <v>968</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>969</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>970</v>
+      </c>
+      <c r="H140" t="s">
+        <v>971</v>
+      </c>
+      <c r="I140" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J140" t="s">
+        <v>24</v>
+      </c>
+      <c r="K140" t="s">
+        <v>972</v>
+      </c>
+      <c r="L140" t="s">
+        <v>973</v>
+      </c>
+      <c r="M140" t="s">
+        <v>20</v>
+      </c>
+      <c r="N140" t="s">
+        <v>341</v>
+      </c>
+      <c r="O140" t="s">
+        <v>284</v>
+      </c>
+      <c r="P140" t="s">
+        <v>285</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>30</v>
+      </c>
+      <c r="R140" t="s">
+        <v>286</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M9"/>
+  <dimension ref="A1:P222"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>974</v>
+      </c>
+      <c r="J1" t="s">
+        <v>975</v>
+      </c>
+      <c r="K1" t="s">
+        <v>976</v>
+      </c>
+      <c r="L1" t="s">
+        <v>977</v>
+      </c>
+      <c r="M1" t="s">
+        <v>978</v>
+      </c>
+      <c r="N1" t="s">
+        <v>979</v>
+      </c>
+      <c r="O1" t="s">
+        <v>980</v>
+      </c>
+      <c r="P1" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>982</v>
+      </c>
+      <c r="B2" t="s">
+        <v>983</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>984</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>985</v>
+      </c>
+      <c r="H2" t="s">
+        <v>986</v>
+      </c>
+      <c r="I2" t="s">
+        <v>987</v>
+      </c>
+      <c r="J2" t="s">
+        <v>988</v>
+      </c>
+      <c r="K2" t="s">
+        <v>30</v>
+      </c>
+      <c r="L2" t="s">
+        <v>989</v>
+      </c>
+      <c r="M2" t="s">
+        <v>990</v>
+      </c>
+      <c r="N2" t="s">
+        <v>991</v>
+      </c>
+      <c r="O2" t="s">
+        <v>992</v>
+      </c>
+      <c r="P2" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>982</v>
+      </c>
+      <c r="B3" t="s">
+        <v>994</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>995</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>996</v>
+      </c>
+      <c r="H3" t="s">
+        <v>997</v>
+      </c>
+      <c r="I3" t="s">
+        <v>998</v>
+      </c>
+      <c r="J3" t="s">
+        <v>999</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L3" t="s">
+        <v>989</v>
+      </c>
+      <c r="M3" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O3" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1004</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>982</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1005</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1006</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1007</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1008</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1009</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L4" t="s">
+        <v>989</v>
+      </c>
+      <c r="M4" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O4" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P4" t="s">
+        <v>1014</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>982</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L5" t="s">
+        <v>989</v>
+      </c>
+      <c r="M5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O5" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1023</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>982</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1026</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1027</v>
+      </c>
+      <c r="J6" t="s">
+        <v>988</v>
+      </c>
+      <c r="K6" t="s">
+        <v>30</v>
+      </c>
+      <c r="L6" t="s">
+        <v>989</v>
+      </c>
+      <c r="M6" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O6" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1028</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>982</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L7" t="s">
+        <v>989</v>
+      </c>
+      <c r="M7" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O7" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1039</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>982</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1040</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1042</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1043</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1044</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1045</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1046</v>
+      </c>
+      <c r="L8" t="s">
+        <v>989</v>
+      </c>
+      <c r="M8" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N8" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O8" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1047</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>982</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1048</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1049</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1051</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1053</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L9" t="s">
+        <v>989</v>
+      </c>
+      <c r="M9" t="s">
+        <v>990</v>
+      </c>
+      <c r="N9" t="s">
+        <v>991</v>
+      </c>
+      <c r="O9" t="s">
+        <v>992</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>982</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1056</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1057</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1058</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1059</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1060</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1061</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L10" t="s">
+        <v>989</v>
+      </c>
+      <c r="M10" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O10" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1063</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>982</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1064</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1066</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1068</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L11" t="s">
+        <v>989</v>
+      </c>
+      <c r="M11" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O11" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>982</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1073</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1074</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1075</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1076</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1077</v>
+      </c>
+      <c r="L12" t="s">
+        <v>989</v>
+      </c>
+      <c r="M12" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O12" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1078</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>982</v>
+      </c>
+      <c r="B13" t="s">
+        <v>1079</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1072</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1080</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1081</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1082</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1083</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1084</v>
+      </c>
+      <c r="L13" t="s">
+        <v>989</v>
+      </c>
+      <c r="M13" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O13" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1085</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>982</v>
+      </c>
+      <c r="B14" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1087</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1088</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1089</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1091</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1092</v>
+      </c>
+      <c r="L14" t="s">
+        <v>989</v>
+      </c>
+      <c r="M14" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O14" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1094</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>982</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1095</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1096</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1097</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1098</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J15" t="s">
+        <v>988</v>
+      </c>
+      <c r="K15" t="s">
+        <v>30</v>
+      </c>
+      <c r="L15" t="s">
+        <v>989</v>
+      </c>
+      <c r="M15" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O15" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>982</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1103</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1104</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1105</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1106</v>
+      </c>
+      <c r="J16" t="s">
+        <v>988</v>
+      </c>
+      <c r="K16" t="s">
+        <v>30</v>
+      </c>
+      <c r="L16" t="s">
+        <v>989</v>
+      </c>
+      <c r="M16" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O16" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1107</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>982</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1108</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1109</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1110</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1111</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1112</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L17" t="s">
+        <v>989</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O17" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1115</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>982</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1116</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1117</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K18" t="s">
+        <v>30</v>
+      </c>
+      <c r="L18" t="s">
+        <v>989</v>
+      </c>
+      <c r="M18" t="s">
+        <v>990</v>
+      </c>
+      <c r="N18" t="s">
+        <v>991</v>
+      </c>
+      <c r="O18" t="s">
+        <v>992</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>982</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1124</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1125</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1126</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1128</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1129</v>
+      </c>
+      <c r="L19" t="s">
+        <v>989</v>
+      </c>
+      <c r="M19" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O19" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1130</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>982</v>
+      </c>
+      <c r="B20" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1134</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J20" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K20" t="s">
+        <v>30</v>
+      </c>
+      <c r="L20" t="s">
+        <v>989</v>
+      </c>
+      <c r="M20" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O20" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1136</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>982</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1132</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1138</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1139</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1135</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K21" t="s">
+        <v>30</v>
+      </c>
+      <c r="L21" t="s">
+        <v>989</v>
+      </c>
+      <c r="M21" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O21" t="s">
+        <v>1140</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>982</v>
+      </c>
+      <c r="B22" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1143</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1144</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L22" t="s">
+        <v>989</v>
+      </c>
+      <c r="M22" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O22" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1149</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>982</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1150</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1151</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1152</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1153</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1154</v>
+      </c>
+      <c r="J23" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K23" t="s">
+        <v>61</v>
+      </c>
+      <c r="L23" t="s">
+        <v>989</v>
+      </c>
+      <c r="M23" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O23" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P23" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>982</v>
+      </c>
+      <c r="B24" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1158</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1159</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1160</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1161</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L24" t="s">
+        <v>989</v>
+      </c>
+      <c r="M24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O24" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>982</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1167</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1168</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1169</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1170</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1171</v>
+      </c>
+      <c r="L25" t="s">
+        <v>989</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O25" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1172</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>982</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1173</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1174</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1175</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1176</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1177</v>
+      </c>
+      <c r="J26" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K26" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L26" t="s">
+        <v>989</v>
+      </c>
+      <c r="M26" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O26" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>982</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K27" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L27" t="s">
+        <v>989</v>
+      </c>
+      <c r="M27" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O27" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1187</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>982</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1188</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1189</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1190</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1191</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1192</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L28" t="s">
+        <v>989</v>
+      </c>
+      <c r="M28" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O28" t="s">
+        <v>1186</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1193</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>982</v>
+      </c>
+      <c r="B29" t="s">
+        <v>1194</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1195</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1197</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K29" t="s">
+        <v>61</v>
+      </c>
+      <c r="L29" t="s">
+        <v>989</v>
+      </c>
+      <c r="M29" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O29" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>982</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1099</v>
+      </c>
+      <c r="J30" t="s">
+        <v>988</v>
+      </c>
+      <c r="K30" t="s">
+        <v>30</v>
+      </c>
+      <c r="L30" t="s">
+        <v>989</v>
+      </c>
+      <c r="M30" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O30" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P30" t="s">
+        <v>1205</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>982</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1206</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1207</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1210</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K31" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L31" t="s">
+        <v>989</v>
+      </c>
+      <c r="M31" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O31" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>982</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1216</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1217</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1218</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1219</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1220</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1221</v>
+      </c>
+      <c r="L32" t="s">
+        <v>989</v>
+      </c>
+      <c r="M32" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O32" t="s">
+        <v>1100</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1222</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>982</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1223</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1225</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1226</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1227</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1228</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1092</v>
+      </c>
+      <c r="L33" t="s">
+        <v>989</v>
+      </c>
+      <c r="M33" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O33" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1229</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>982</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1230</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1224</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1231</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1232</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1233</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1234</v>
+      </c>
+      <c r="K34" t="s">
+        <v>1235</v>
+      </c>
+      <c r="L34" t="s">
+        <v>989</v>
+      </c>
+      <c r="M34" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N34" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O34" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>982</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J35" t="s">
+        <v>988</v>
+      </c>
+      <c r="K35" t="s">
+        <v>30</v>
+      </c>
+      <c r="L35" t="s">
+        <v>989</v>
+      </c>
+      <c r="M35" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O35" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1242</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>982</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1243</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1244</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1245</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1246</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1247</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L36" t="s">
+        <v>989</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O36" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1250</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>982</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1251</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1253</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1254</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1255</v>
+      </c>
+      <c r="J37" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K37" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L37" t="s">
+        <v>989</v>
+      </c>
+      <c r="M37" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O37" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>982</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1259</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1252</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1260</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1261</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1262</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1263</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L38" t="s">
+        <v>989</v>
+      </c>
+      <c r="M38" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O38" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1264</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>982</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1265</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1266</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1267</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1268</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1269</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1271</v>
+      </c>
+      <c r="L39" t="s">
+        <v>989</v>
+      </c>
+      <c r="M39" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O39" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1272</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>982</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1273</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1276</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1277</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1278</v>
+      </c>
+      <c r="K40" t="s">
+        <v>30</v>
+      </c>
+      <c r="L40" t="s">
+        <v>989</v>
+      </c>
+      <c r="M40" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N40" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O40" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>982</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1282</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1283</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1286</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1287</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1288</v>
+      </c>
+      <c r="L41" t="s">
+        <v>989</v>
+      </c>
+      <c r="M41" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O41" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1289</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>982</v>
+      </c>
+      <c r="B42" t="s">
+        <v>1290</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>1292</v>
+      </c>
+      <c r="H42" t="s">
+        <v>1293</v>
+      </c>
+      <c r="I42" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J42" t="s">
+        <v>20</v>
+      </c>
+      <c r="K42" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L42" t="s">
+        <v>989</v>
+      </c>
+      <c r="M42" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N42" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O42" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1294</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>982</v>
+      </c>
+      <c r="B43" t="s">
+        <v>1295</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>1296</v>
+      </c>
+      <c r="H43" t="s">
+        <v>1297</v>
+      </c>
+      <c r="I43" t="s">
+        <v>1298</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L43" t="s">
+        <v>989</v>
+      </c>
+      <c r="M43" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N43" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O43" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>982</v>
+      </c>
+      <c r="B44" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H44" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I44" t="s">
+        <v>1304</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L44" t="s">
+        <v>989</v>
+      </c>
+      <c r="M44" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N44" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O44" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1306</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>982</v>
+      </c>
+      <c r="B45" t="s">
+        <v>1307</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>1308</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>1309</v>
+      </c>
+      <c r="H45" t="s">
+        <v>1310</v>
+      </c>
+      <c r="I45" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J45" t="s">
+        <v>20</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L45" t="s">
+        <v>989</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N45" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O45" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1311</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>982</v>
+      </c>
+      <c r="B46" t="s">
+        <v>1312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>1314</v>
+      </c>
+      <c r="H46" t="s">
+        <v>1315</v>
+      </c>
+      <c r="I46" t="s">
+        <v>1316</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1317</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1318</v>
+      </c>
+      <c r="L46" t="s">
+        <v>989</v>
+      </c>
+      <c r="M46" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N46" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O46" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1319</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>982</v>
+      </c>
+      <c r="B47" t="s">
+        <v>1320</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>1313</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>1321</v>
+      </c>
+      <c r="H47" t="s">
+        <v>1322</v>
+      </c>
+      <c r="I47" t="s">
+        <v>1323</v>
+      </c>
+      <c r="J47" t="s">
+        <v>988</v>
+      </c>
+      <c r="K47" t="s">
+        <v>30</v>
+      </c>
+      <c r="L47" t="s">
+        <v>989</v>
+      </c>
+      <c r="M47" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N47" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O47" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>982</v>
+      </c>
+      <c r="B48" t="s">
+        <v>1325</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>1326</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>1327</v>
+      </c>
+      <c r="H48" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I48" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J48" t="s">
+        <v>1330</v>
+      </c>
+      <c r="K48" t="s">
+        <v>30</v>
+      </c>
+      <c r="L48" t="s">
+        <v>989</v>
+      </c>
+      <c r="M48" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N48" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O48" t="s">
+        <v>1332</v>
+      </c>
+      <c r="P48" t="s">
+        <v>1333</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>982</v>
+      </c>
+      <c r="B49" t="s">
+        <v>1334</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>1336</v>
+      </c>
+      <c r="H49" t="s">
+        <v>1337</v>
+      </c>
+      <c r="I49" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J49" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K49" t="s">
+        <v>61</v>
+      </c>
+      <c r="L49" t="s">
+        <v>989</v>
+      </c>
+      <c r="M49" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N49" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O49" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1339</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>982</v>
+      </c>
+      <c r="B50" t="s">
+        <v>1340</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>1341</v>
+      </c>
+      <c r="H50" t="s">
+        <v>1342</v>
+      </c>
+      <c r="I50" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K50" t="s">
+        <v>30</v>
+      </c>
+      <c r="L50" t="s">
+        <v>989</v>
+      </c>
+      <c r="M50" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N50" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O50" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1344</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>982</v>
+      </c>
+      <c r="B51" t="s">
+        <v>1345</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>1335</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>1346</v>
+      </c>
+      <c r="H51" t="s">
+        <v>1347</v>
+      </c>
+      <c r="I51" t="s">
+        <v>1348</v>
+      </c>
+      <c r="J51" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K51" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L51" t="s">
+        <v>989</v>
+      </c>
+      <c r="M51" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N51" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O51" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1352</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>982</v>
+      </c>
+      <c r="B52" t="s">
+        <v>1353</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>1354</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H52" t="s">
+        <v>1356</v>
+      </c>
+      <c r="I52" t="s">
+        <v>1357</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1358</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1359</v>
+      </c>
+      <c r="L52" t="s">
+        <v>989</v>
+      </c>
+      <c r="M52" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N52" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O52" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>982</v>
+      </c>
+      <c r="B53" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H53" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I53" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J53" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L53" t="s">
+        <v>989</v>
+      </c>
+      <c r="M53" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N53" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O53" t="s">
+        <v>1366</v>
+      </c>
+      <c r="P53" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>982</v>
+      </c>
+      <c r="B54" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H54" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I54" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1373</v>
+      </c>
+      <c r="L54" t="s">
+        <v>989</v>
+      </c>
+      <c r="M54" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N54" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O54" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P54" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>982</v>
+      </c>
+      <c r="B55" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H55" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I55" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L55" t="s">
+        <v>989</v>
+      </c>
+      <c r="M55" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N55" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O55" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>982</v>
+      </c>
+      <c r="B56" t="s">
+        <v>1384</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>1385</v>
+      </c>
+      <c r="H56" t="s">
+        <v>1386</v>
+      </c>
+      <c r="I56" t="s">
+        <v>1387</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1388</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L56" t="s">
+        <v>989</v>
+      </c>
+      <c r="M56" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N56" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O56" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1389</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>982</v>
+      </c>
+      <c r="B57" t="s">
+        <v>1390</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H57" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I57" t="s">
+        <v>1387</v>
+      </c>
+      <c r="J57" t="s">
+        <v>1388</v>
+      </c>
+      <c r="K57" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L57" t="s">
+        <v>989</v>
+      </c>
+      <c r="M57" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N57" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O57" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P57" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>982</v>
+      </c>
+      <c r="B58" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H58" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I58" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J58" t="s">
+        <v>1398</v>
+      </c>
+      <c r="K58" t="s">
+        <v>1399</v>
+      </c>
+      <c r="L58" t="s">
+        <v>989</v>
+      </c>
+      <c r="M58" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N58" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O58" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P58" t="s">
+        <v>1400</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>982</v>
+      </c>
+      <c r="B59" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>1402</v>
+      </c>
+      <c r="H59" t="s">
+        <v>1403</v>
+      </c>
+      <c r="I59" t="s">
+        <v>1404</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" t="s">
+        <v>1405</v>
+      </c>
+      <c r="L59" t="s">
+        <v>989</v>
+      </c>
+      <c r="M59" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N59" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O59" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P59" t="s">
+        <v>1406</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>982</v>
+      </c>
+      <c r="B60" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>1408</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>1409</v>
+      </c>
+      <c r="H60" t="s">
+        <v>1410</v>
+      </c>
+      <c r="I60" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J60" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K60" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L60" t="s">
+        <v>989</v>
+      </c>
+      <c r="M60" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N60" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O60" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P60" t="s">
+        <v>1412</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>982</v>
+      </c>
+      <c r="B61" t="s">
+        <v>1413</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>1415</v>
+      </c>
+      <c r="H61" t="s">
+        <v>1416</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1417</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1419</v>
+      </c>
+      <c r="L61" t="s">
+        <v>989</v>
+      </c>
+      <c r="M61" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N61" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O61" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1420</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>982</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1421</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>1414</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1423</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K62" t="s">
+        <v>71</v>
+      </c>
+      <c r="L62" t="s">
+        <v>989</v>
+      </c>
+      <c r="M62" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N62" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O62" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1426</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>982</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1427</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>1428</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1429</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1430</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1411</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L63" t="s">
+        <v>989</v>
+      </c>
+      <c r="M63" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N63" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O63" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>982</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1433</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1434</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1436</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1437</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1438</v>
+      </c>
+      <c r="L64" t="s">
+        <v>989</v>
+      </c>
+      <c r="M64" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N64" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O64" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1439</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>982</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1440</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1443</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1444</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L65" t="s">
+        <v>989</v>
+      </c>
+      <c r="M65" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N65" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O65" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>982</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1449</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1451</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J66" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K66" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L66" t="s">
+        <v>989</v>
+      </c>
+      <c r="M66" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N66" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1453</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>982</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1454</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1441</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1455</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1456</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1452</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L67" t="s">
+        <v>989</v>
+      </c>
+      <c r="M67" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>982</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1458</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1460</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1461</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1462</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L68" t="s">
+        <v>989</v>
+      </c>
+      <c r="M68" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O68" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>982</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1464</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1466</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1467</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K69" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L69" t="s">
+        <v>989</v>
+      </c>
+      <c r="M69" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N69" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O69" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1468</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>982</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1469</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1470</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1445</v>
+      </c>
+      <c r="J70" t="s">
+        <v>20</v>
+      </c>
+      <c r="K70" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L70" t="s">
+        <v>989</v>
+      </c>
+      <c r="M70" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N70" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O70" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1472</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>982</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1473</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1459</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1474</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1475</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1476</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K71" t="s">
+        <v>61</v>
+      </c>
+      <c r="L71" t="s">
+        <v>989</v>
+      </c>
+      <c r="M71" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N71" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1477</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>982</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1478</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1479</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1480</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1481</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1482</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1330</v>
+      </c>
+      <c r="K72" t="s">
+        <v>30</v>
+      </c>
+      <c r="L72" t="s">
+        <v>989</v>
+      </c>
+      <c r="M72" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N72" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O72" t="s">
+        <v>1483</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1484</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>982</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1486</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1488</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1489</v>
+      </c>
+      <c r="J73" t="s">
+        <v>988</v>
+      </c>
+      <c r="K73" t="s">
+        <v>30</v>
+      </c>
+      <c r="L73" t="s">
+        <v>989</v>
+      </c>
+      <c r="M73" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N73" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O73" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1490</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>982</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1491</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1492</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1493</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1494</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1495</v>
+      </c>
+      <c r="J74" t="s">
+        <v>988</v>
+      </c>
+      <c r="K74" t="s">
+        <v>30</v>
+      </c>
+      <c r="L74" t="s">
+        <v>989</v>
+      </c>
+      <c r="M74" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N74" t="s">
+        <v>1496</v>
+      </c>
+      <c r="O74" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1498</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>982</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1499</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1501</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1502</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1503</v>
+      </c>
+      <c r="J75" t="s">
+        <v>988</v>
+      </c>
+      <c r="K75" t="s">
+        <v>30</v>
+      </c>
+      <c r="L75" t="s">
+        <v>989</v>
+      </c>
+      <c r="M75" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N75" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O75" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1504</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>982</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1505</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1500</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J76" t="s">
+        <v>988</v>
+      </c>
+      <c r="K76" t="s">
+        <v>30</v>
+      </c>
+      <c r="L76" t="s">
+        <v>989</v>
+      </c>
+      <c r="M76" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N76" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O76" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1509</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>982</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1512</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1513</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1514</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1061</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1062</v>
+      </c>
+      <c r="L77" t="s">
+        <v>989</v>
+      </c>
+      <c r="M77" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N77" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O77" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1515</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>982</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1517</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1518</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J78" t="s">
+        <v>988</v>
+      </c>
+      <c r="K78" t="s">
+        <v>30</v>
+      </c>
+      <c r="L78" t="s">
+        <v>989</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O78" t="s">
+        <v>1520</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>982</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1522</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1523</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1524</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J79" t="s">
+        <v>988</v>
+      </c>
+      <c r="K79" t="s">
+        <v>30</v>
+      </c>
+      <c r="L79" t="s">
+        <v>989</v>
+      </c>
+      <c r="M79" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N79" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O79" t="s">
+        <v>1525</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1526</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>982</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1527</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1528</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1530</v>
+      </c>
+      <c r="J80" t="s">
+        <v>988</v>
+      </c>
+      <c r="K80" t="s">
+        <v>30</v>
+      </c>
+      <c r="L80" t="s">
+        <v>989</v>
+      </c>
+      <c r="M80" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N80" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O80" t="s">
+        <v>1531</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>982</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1537</v>
+      </c>
+      <c r="J81" t="s">
+        <v>20</v>
+      </c>
+      <c r="K81" t="s">
+        <v>1538</v>
+      </c>
+      <c r="L81" t="s">
+        <v>989</v>
+      </c>
+      <c r="M81" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N81" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1539</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>982</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1542</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J82" t="s">
+        <v>1545</v>
+      </c>
+      <c r="K82" t="s">
+        <v>1546</v>
+      </c>
+      <c r="L82" t="s">
+        <v>989</v>
+      </c>
+      <c r="M82" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N82" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O82" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>982</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1548</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1550</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J83" t="s">
+        <v>20</v>
+      </c>
+      <c r="K83" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L83" t="s">
+        <v>989</v>
+      </c>
+      <c r="M83" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N83" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1554</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>982</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1555</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1549</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1556</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J84" t="s">
+        <v>20</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L84" t="s">
+        <v>989</v>
+      </c>
+      <c r="M84" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N84" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O84" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1558</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>982</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1559</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1561</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1562</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1563</v>
+      </c>
+      <c r="J85" t="s">
+        <v>1564</v>
+      </c>
+      <c r="K85" t="s">
+        <v>1565</v>
+      </c>
+      <c r="L85" t="s">
+        <v>989</v>
+      </c>
+      <c r="M85" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N85" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O85" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1566</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>982</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1567</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1569</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1570</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1571</v>
+      </c>
+      <c r="J86" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K86" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L86" t="s">
+        <v>989</v>
+      </c>
+      <c r="M86" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1573</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>982</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1574</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1568</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1575</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1576</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1571</v>
+      </c>
+      <c r="J87" t="s">
+        <v>1162</v>
+      </c>
+      <c r="K87" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L87" t="s">
+        <v>989</v>
+      </c>
+      <c r="M87" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N87" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1577</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>982</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1578</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1579</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1580</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1581</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1552</v>
+      </c>
+      <c r="J88" t="s">
+        <v>20</v>
+      </c>
+      <c r="K88" t="s">
+        <v>1553</v>
+      </c>
+      <c r="L88" t="s">
+        <v>989</v>
+      </c>
+      <c r="M88" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N88" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O88" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1582</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>982</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1583</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1584</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1585</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1586</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1587</v>
+      </c>
+      <c r="J89" t="s">
+        <v>1588</v>
+      </c>
+      <c r="K89" t="s">
+        <v>1589</v>
+      </c>
+      <c r="L89" t="s">
+        <v>989</v>
+      </c>
+      <c r="M89" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1590</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>982</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1592</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1595</v>
+      </c>
+      <c r="J90" t="s">
+        <v>1388</v>
+      </c>
+      <c r="K90" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L90" t="s">
+        <v>989</v>
+      </c>
+      <c r="M90" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N90" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>982</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1597</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1598</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1599</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1600</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1601</v>
+      </c>
+      <c r="J91" t="s">
+        <v>1388</v>
+      </c>
+      <c r="K91" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L91" t="s">
+        <v>989</v>
+      </c>
+      <c r="M91" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O91" t="s">
+        <v>1602</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1603</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>982</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1604</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1606</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1607</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J92" t="s">
+        <v>1609</v>
+      </c>
+      <c r="K92" t="s">
+        <v>50</v>
+      </c>
+      <c r="L92" t="s">
+        <v>989</v>
+      </c>
+      <c r="M92" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1610</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>982</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1611</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1612</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1613</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1614</v>
+      </c>
+      <c r="J93" t="s">
+        <v>1615</v>
+      </c>
+      <c r="K93" t="s">
+        <v>1616</v>
+      </c>
+      <c r="L93" t="s">
+        <v>989</v>
+      </c>
+      <c r="M93" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N93" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1617</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>982</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1621</v>
+      </c>
+      <c r="J94" t="s">
+        <v>1053</v>
+      </c>
+      <c r="K94" t="s">
+        <v>1054</v>
+      </c>
+      <c r="L94" t="s">
+        <v>989</v>
+      </c>
+      <c r="M94" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N94" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O94" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>982</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1605</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1626</v>
+      </c>
+      <c r="J95" t="s">
+        <v>1627</v>
+      </c>
+      <c r="K95" t="s">
+        <v>1628</v>
+      </c>
+      <c r="L95" t="s">
+        <v>989</v>
+      </c>
+      <c r="M95" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N95" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O95" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>982</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1631</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1633</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1636</v>
+      </c>
+      <c r="L96" t="s">
+        <v>989</v>
+      </c>
+      <c r="M96" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N96" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O96" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1637</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>982</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1640</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1641</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1642</v>
+      </c>
+      <c r="J97" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K97" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L97" t="s">
+        <v>989</v>
+      </c>
+      <c r="M97" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N97" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O97" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1643</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>982</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1644</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1646</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1647</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1648</v>
+      </c>
+      <c r="J98" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K98" t="s">
+        <v>621</v>
+      </c>
+      <c r="L98" t="s">
+        <v>989</v>
+      </c>
+      <c r="M98" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N98" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>982</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1651</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1652</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1653</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1654</v>
+      </c>
+      <c r="J99" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K99" t="s">
+        <v>621</v>
+      </c>
+      <c r="L99" t="s">
+        <v>989</v>
+      </c>
+      <c r="M99" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N99" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O99" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1655</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>982</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1656</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1657</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1659</v>
+      </c>
+      <c r="J100" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K100" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L100" t="s">
+        <v>989</v>
+      </c>
+      <c r="M100" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N100" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1660</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>982</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1661</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1662</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1663</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1664</v>
+      </c>
+      <c r="J101" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K101" t="s">
+        <v>621</v>
+      </c>
+      <c r="L101" t="s">
+        <v>989</v>
+      </c>
+      <c r="M101" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N101" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O101" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>982</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1667</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1668</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1669</v>
+      </c>
+      <c r="J102" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K102" t="s">
+        <v>621</v>
+      </c>
+      <c r="L102" t="s">
+        <v>989</v>
+      </c>
+      <c r="M102" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N102" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O102" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1670</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>982</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1671</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1645</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1672</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1673</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1674</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K103" t="s">
+        <v>621</v>
+      </c>
+      <c r="L103" t="s">
+        <v>989</v>
+      </c>
+      <c r="M103" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N103" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O103" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1675</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>982</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1676</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1678</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1679</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1338</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K104" t="s">
+        <v>61</v>
+      </c>
+      <c r="L104" t="s">
+        <v>989</v>
+      </c>
+      <c r="M104" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N104" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O104" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1680</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>982</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1681</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1682</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1683</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1684</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1685</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1686</v>
+      </c>
+      <c r="L105" t="s">
+        <v>989</v>
+      </c>
+      <c r="M105" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1687</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>982</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1688</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1677</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1689</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1690</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1343</v>
+      </c>
+      <c r="J106" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K106" t="s">
+        <v>30</v>
+      </c>
+      <c r="L106" t="s">
+        <v>989</v>
+      </c>
+      <c r="M106" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N106" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O106" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1691</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>982</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1692</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1693</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1694</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1695</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1696</v>
+      </c>
+      <c r="J107" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K107" t="s">
+        <v>1698</v>
+      </c>
+      <c r="L107" t="s">
+        <v>989</v>
+      </c>
+      <c r="M107" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N107" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O107" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1699</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>982</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1700</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1702</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1703</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1704</v>
+      </c>
+      <c r="J108" t="s">
+        <v>1705</v>
+      </c>
+      <c r="K108" t="s">
+        <v>1706</v>
+      </c>
+      <c r="L108" t="s">
+        <v>989</v>
+      </c>
+      <c r="M108" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N108" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O108" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>982</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1708</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1701</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1710</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1711</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1211</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1212</v>
+      </c>
+      <c r="L109" t="s">
+        <v>989</v>
+      </c>
+      <c r="M109" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N109" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1712</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>982</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1713</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1715</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1716</v>
+      </c>
+      <c r="I110" t="s">
+        <v>1717</v>
+      </c>
+      <c r="J110" t="s">
+        <v>1718</v>
+      </c>
+      <c r="K110" t="s">
+        <v>50</v>
+      </c>
+      <c r="L110" t="s">
+        <v>989</v>
+      </c>
+      <c r="M110" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N110" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1719</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>982</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I111" t="s">
+        <v>1723</v>
+      </c>
+      <c r="J111" t="s">
+        <v>1718</v>
+      </c>
+      <c r="K111" t="s">
+        <v>50</v>
+      </c>
+      <c r="L111" t="s">
+        <v>989</v>
+      </c>
+      <c r="M111" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N111" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O111" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1724</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>982</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1726</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1727</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1608</v>
+      </c>
+      <c r="J112" t="s">
+        <v>1609</v>
+      </c>
+      <c r="K112" t="s">
+        <v>50</v>
+      </c>
+      <c r="L112" t="s">
+        <v>989</v>
+      </c>
+      <c r="M112" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N112" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O112" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1728</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>982</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1729</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1730</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1731</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J113" t="s">
+        <v>988</v>
+      </c>
+      <c r="K113" t="s">
+        <v>30</v>
+      </c>
+      <c r="L113" t="s">
+        <v>989</v>
+      </c>
+      <c r="M113" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N113" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O113" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1734</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>982</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1735</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1736</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1737</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K114" t="s">
+        <v>71</v>
+      </c>
+      <c r="L114" t="s">
+        <v>989</v>
+      </c>
+      <c r="M114" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N114" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1740</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>982</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1741</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1742</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1743</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1744</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L115" t="s">
+        <v>989</v>
+      </c>
+      <c r="M115" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N115" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O115" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1746</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>982</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1747</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1748</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1749</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1750</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1751</v>
+      </c>
+      <c r="J116" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K116" t="s">
+        <v>30</v>
+      </c>
+      <c r="L116" t="s">
+        <v>989</v>
+      </c>
+      <c r="M116" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N116" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1752</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>982</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1754</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1756</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1757</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J117" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K117" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L117" t="s">
+        <v>989</v>
+      </c>
+      <c r="M117" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N117" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1759</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>982</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1760</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1755</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1761</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1762</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1758</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L118" t="s">
+        <v>989</v>
+      </c>
+      <c r="M118" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N118" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1763</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1764</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>982</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1765</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1766</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1767</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1768</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1769</v>
+      </c>
+      <c r="J119" t="s">
+        <v>1068</v>
+      </c>
+      <c r="K119" t="s">
+        <v>1069</v>
+      </c>
+      <c r="L119" t="s">
+        <v>989</v>
+      </c>
+      <c r="M119" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N119" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O119" t="s">
+        <v>1763</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1770</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>982</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1771</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1773</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J120" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K120" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L120" t="s">
+        <v>989</v>
+      </c>
+      <c r="M120" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N120" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O120" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1776</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>982</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1778</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1779</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1780</v>
+      </c>
+      <c r="J121" t="s">
+        <v>1781</v>
+      </c>
+      <c r="K121" t="s">
+        <v>1782</v>
+      </c>
+      <c r="L121" t="s">
+        <v>989</v>
+      </c>
+      <c r="M121" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N121" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1783</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>982</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1784</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1772</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1785</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1786</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1787</v>
+      </c>
+      <c r="J122" t="s">
+        <v>1788</v>
+      </c>
+      <c r="K122" t="s">
+        <v>1789</v>
+      </c>
+      <c r="L122" t="s">
+        <v>989</v>
+      </c>
+      <c r="M122" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N122" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1790</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>982</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1791</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1793</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1794</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1795</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1092</v>
+      </c>
+      <c r="L123" t="s">
+        <v>989</v>
+      </c>
+      <c r="M123" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N123" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O123" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1796</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>982</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1797</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1798</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1799</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1090</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1795</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1092</v>
+      </c>
+      <c r="L124" t="s">
+        <v>989</v>
+      </c>
+      <c r="M124" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N124" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O124" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1800</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>982</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1801</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1802</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1803</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1804</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1805</v>
+      </c>
+      <c r="J125" t="s">
+        <v>1806</v>
+      </c>
+      <c r="K125" t="s">
+        <v>1807</v>
+      </c>
+      <c r="L125" t="s">
+        <v>989</v>
+      </c>
+      <c r="M125" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N125" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O125" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1808</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>982</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1809</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1810</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1811</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1812</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1813</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1020</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1021</v>
+      </c>
+      <c r="L126" t="s">
+        <v>989</v>
+      </c>
+      <c r="M126" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N126" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O126" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1814</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>982</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1815</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1817</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1818</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K127" t="s">
+        <v>621</v>
+      </c>
+      <c r="L127" t="s">
+        <v>989</v>
+      </c>
+      <c r="M127" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N127" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O127" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1820</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>982</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1821</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1816</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1822</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1823</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1824</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K128" t="s">
+        <v>621</v>
+      </c>
+      <c r="L128" t="s">
+        <v>989</v>
+      </c>
+      <c r="M128" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N128" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O128" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1825</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>982</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1826</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1827</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1828</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1829</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1830</v>
+      </c>
+      <c r="J129" t="s">
+        <v>1831</v>
+      </c>
+      <c r="K129" t="s">
+        <v>1832</v>
+      </c>
+      <c r="L129" t="s">
+        <v>989</v>
+      </c>
+      <c r="M129" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N129" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O129" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1833</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>982</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1834</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1835</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1836</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1837</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1838</v>
+      </c>
+      <c r="J130" t="s">
+        <v>1839</v>
+      </c>
+      <c r="K130" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L130" t="s">
+        <v>989</v>
+      </c>
+      <c r="M130" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N130" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1841</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>982</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1842</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1843</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1844</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1845</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1846</v>
+      </c>
+      <c r="J131" t="s">
+        <v>988</v>
+      </c>
+      <c r="K131" t="s">
+        <v>30</v>
+      </c>
+      <c r="L131" t="s">
+        <v>989</v>
+      </c>
+      <c r="M131" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N131" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O131" t="s">
+        <v>1531</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1847</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>982</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1848</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1849</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1850</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1851</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1852</v>
+      </c>
+      <c r="J132" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K132" t="s">
+        <v>30</v>
+      </c>
+      <c r="L132" t="s">
+        <v>989</v>
+      </c>
+      <c r="M132" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N132" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O132" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1854</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>982</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1855</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
+        <v>1857</v>
+      </c>
+      <c r="H133" t="s">
+        <v>1858</v>
+      </c>
+      <c r="I133" t="s">
+        <v>1859</v>
+      </c>
+      <c r="J133" t="s">
+        <v>1860</v>
+      </c>
+      <c r="K133" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L133" t="s">
+        <v>989</v>
+      </c>
+      <c r="M133" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N133" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O133" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P133" t="s">
+        <v>1861</v>
+      </c>
+    </row>
+    <row r="134">
+      <c r="A134" t="s">
+        <v>982</v>
+      </c>
+      <c r="B134" t="s">
+        <v>1862</v>
+      </c>
+      <c r="C134" t="s">
+        <v>20</v>
+      </c>
+      <c r="D134" t="s">
+        <v>20</v>
+      </c>
+      <c r="E134" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F134" t="s">
+        <v>20</v>
+      </c>
+      <c r="G134" t="s">
+        <v>1863</v>
+      </c>
+      <c r="H134" t="s">
+        <v>1864</v>
+      </c>
+      <c r="I134" t="s">
+        <v>1865</v>
+      </c>
+      <c r="J134" t="s">
+        <v>1839</v>
+      </c>
+      <c r="K134" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L134" t="s">
+        <v>989</v>
+      </c>
+      <c r="M134" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N134" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O134" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P134" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="135">
+      <c r="A135" t="s">
+        <v>982</v>
+      </c>
+      <c r="B135" t="s">
+        <v>1867</v>
+      </c>
+      <c r="C135" t="s">
+        <v>20</v>
+      </c>
+      <c r="D135" t="s">
+        <v>20</v>
+      </c>
+      <c r="E135" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F135" t="s">
+        <v>20</v>
+      </c>
+      <c r="G135" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H135" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I135" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J135" t="s">
+        <v>988</v>
+      </c>
+      <c r="K135" t="s">
+        <v>30</v>
+      </c>
+      <c r="L135" t="s">
+        <v>989</v>
+      </c>
+      <c r="M135" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N135" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O135" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P135" t="s">
+        <v>1871</v>
+      </c>
+    </row>
+    <row r="136">
+      <c r="A136" t="s">
+        <v>982</v>
+      </c>
+      <c r="B136" t="s">
+        <v>1872</v>
+      </c>
+      <c r="C136" t="s">
+        <v>20</v>
+      </c>
+      <c r="D136" t="s">
+        <v>20</v>
+      </c>
+      <c r="E136" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F136" t="s">
+        <v>20</v>
+      </c>
+      <c r="G136" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H136" t="s">
+        <v>1874</v>
+      </c>
+      <c r="I136" t="s">
+        <v>1875</v>
+      </c>
+      <c r="J136" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K136" t="s">
+        <v>30</v>
+      </c>
+      <c r="L136" t="s">
+        <v>989</v>
+      </c>
+      <c r="M136" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N136" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O136" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P136" t="s">
+        <v>1876</v>
+      </c>
+    </row>
+    <row r="137">
+      <c r="A137" t="s">
+        <v>982</v>
+      </c>
+      <c r="B137" t="s">
+        <v>1877</v>
+      </c>
+      <c r="C137" t="s">
+        <v>20</v>
+      </c>
+      <c r="D137" t="s">
+        <v>20</v>
+      </c>
+      <c r="E137" t="s">
+        <v>1856</v>
+      </c>
+      <c r="F137" t="s">
+        <v>20</v>
+      </c>
+      <c r="G137" t="s">
+        <v>1878</v>
+      </c>
+      <c r="H137" t="s">
+        <v>1879</v>
+      </c>
+      <c r="I137" t="s">
+        <v>1880</v>
+      </c>
+      <c r="J137" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K137" t="s">
+        <v>30</v>
+      </c>
+      <c r="L137" t="s">
+        <v>989</v>
+      </c>
+      <c r="M137" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N137" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O137" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P137" t="s">
+        <v>1881</v>
+      </c>
+    </row>
+    <row r="138">
+      <c r="A138" t="s">
+        <v>982</v>
+      </c>
+      <c r="B138" t="s">
+        <v>1882</v>
+      </c>
+      <c r="C138" t="s">
+        <v>20</v>
+      </c>
+      <c r="D138" t="s">
+        <v>20</v>
+      </c>
+      <c r="E138" t="s">
+        <v>1883</v>
+      </c>
+      <c r="F138" t="s">
+        <v>20</v>
+      </c>
+      <c r="G138" t="s">
+        <v>1884</v>
+      </c>
+      <c r="H138" t="s">
+        <v>1885</v>
+      </c>
+      <c r="I138" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J138" t="s">
+        <v>988</v>
+      </c>
+      <c r="K138" t="s">
+        <v>30</v>
+      </c>
+      <c r="L138" t="s">
+        <v>989</v>
+      </c>
+      <c r="M138" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N138" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O138" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P138" t="s">
+        <v>1887</v>
+      </c>
+    </row>
+    <row r="139">
+      <c r="A139" t="s">
+        <v>982</v>
+      </c>
+      <c r="B139" t="s">
+        <v>1888</v>
+      </c>
+      <c r="C139" t="s">
+        <v>20</v>
+      </c>
+      <c r="D139" t="s">
+        <v>20</v>
+      </c>
+      <c r="E139" t="s">
+        <v>1889</v>
+      </c>
+      <c r="F139" t="s">
+        <v>20</v>
+      </c>
+      <c r="G139" t="s">
+        <v>1890</v>
+      </c>
+      <c r="H139" t="s">
+        <v>1891</v>
+      </c>
+      <c r="I139" t="s">
+        <v>1886</v>
+      </c>
+      <c r="J139" t="s">
+        <v>988</v>
+      </c>
+      <c r="K139" t="s">
+        <v>30</v>
+      </c>
+      <c r="L139" t="s">
+        <v>989</v>
+      </c>
+      <c r="M139" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N139" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O139" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P139" t="s">
+        <v>1892</v>
+      </c>
+    </row>
+    <row r="140">
+      <c r="A140" t="s">
+        <v>982</v>
+      </c>
+      <c r="B140" t="s">
+        <v>1893</v>
+      </c>
+      <c r="C140" t="s">
+        <v>20</v>
+      </c>
+      <c r="D140" t="s">
+        <v>20</v>
+      </c>
+      <c r="E140" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F140" t="s">
+        <v>20</v>
+      </c>
+      <c r="G140" t="s">
+        <v>1895</v>
+      </c>
+      <c r="H140" t="s">
+        <v>1896</v>
+      </c>
+      <c r="I140" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J140" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K140" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L140" t="s">
+        <v>989</v>
+      </c>
+      <c r="M140" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N140" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O140" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P140" t="s">
+        <v>1897</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>982</v>
+      </c>
+      <c r="B141" t="s">
+        <v>1898</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H141" t="s">
+        <v>1900</v>
+      </c>
+      <c r="I141" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J141" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K141" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L141" t="s">
+        <v>989</v>
+      </c>
+      <c r="M141" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N141" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O141" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P141" t="s">
+        <v>1901</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>982</v>
+      </c>
+      <c r="B142" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>1894</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>1903</v>
+      </c>
+      <c r="H142" t="s">
+        <v>1904</v>
+      </c>
+      <c r="I142" t="s">
+        <v>1905</v>
+      </c>
+      <c r="J142" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K142" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L142" t="s">
+        <v>989</v>
+      </c>
+      <c r="M142" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N142" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O142" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P142" t="s">
+        <v>1906</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>982</v>
+      </c>
+      <c r="B143" t="s">
+        <v>1907</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>1909</v>
+      </c>
+      <c r="H143" t="s">
+        <v>1910</v>
+      </c>
+      <c r="I143" t="s">
+        <v>1911</v>
+      </c>
+      <c r="J143" t="s">
+        <v>988</v>
+      </c>
+      <c r="K143" t="s">
+        <v>30</v>
+      </c>
+      <c r="L143" t="s">
+        <v>989</v>
+      </c>
+      <c r="M143" t="s">
+        <v>990</v>
+      </c>
+      <c r="N143" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O143" t="s">
+        <v>1332</v>
+      </c>
+      <c r="P143" t="s">
+        <v>1912</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>982</v>
+      </c>
+      <c r="B144" t="s">
+        <v>1913</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H144" t="s">
+        <v>1915</v>
+      </c>
+      <c r="I144" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J144" t="s">
+        <v>1381</v>
+      </c>
+      <c r="K144" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L144" t="s">
+        <v>989</v>
+      </c>
+      <c r="M144" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N144" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O144" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P144" t="s">
+        <v>1916</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>982</v>
+      </c>
+      <c r="B145" t="s">
+        <v>1917</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>1918</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>1919</v>
+      </c>
+      <c r="H145" t="s">
+        <v>1920</v>
+      </c>
+      <c r="I145" t="s">
+        <v>1921</v>
+      </c>
+      <c r="J145" t="s">
+        <v>1922</v>
+      </c>
+      <c r="K145" t="s">
+        <v>621</v>
+      </c>
+      <c r="L145" t="s">
+        <v>989</v>
+      </c>
+      <c r="M145" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N145" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O145" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P145" t="s">
+        <v>1923</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>982</v>
+      </c>
+      <c r="B146" t="s">
+        <v>1924</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>1926</v>
+      </c>
+      <c r="H146" t="s">
+        <v>1927</v>
+      </c>
+      <c r="I146" t="s">
+        <v>1928</v>
+      </c>
+      <c r="J146" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K146" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L146" t="s">
+        <v>989</v>
+      </c>
+      <c r="M146" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N146" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O146" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P146" t="s">
+        <v>1929</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>982</v>
+      </c>
+      <c r="B147" t="s">
+        <v>1930</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>1925</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>1931</v>
+      </c>
+      <c r="H147" t="s">
+        <v>1932</v>
+      </c>
+      <c r="I147" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J147" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K147" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L147" t="s">
+        <v>989</v>
+      </c>
+      <c r="M147" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N147" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O147" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P147" t="s">
+        <v>1934</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>982</v>
+      </c>
+      <c r="B148" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>1936</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>1937</v>
+      </c>
+      <c r="H148" t="s">
+        <v>1938</v>
+      </c>
+      <c r="I148" t="s">
+        <v>1939</v>
+      </c>
+      <c r="J148" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K148" t="s">
+        <v>30</v>
+      </c>
+      <c r="L148" t="s">
+        <v>989</v>
+      </c>
+      <c r="M148" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N148" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O148" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P148" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>982</v>
+      </c>
+      <c r="B149" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>1942</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>1943</v>
+      </c>
+      <c r="H149" t="s">
+        <v>1944</v>
+      </c>
+      <c r="I149" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J149" t="s">
+        <v>20</v>
+      </c>
+      <c r="K149" t="s">
+        <v>71</v>
+      </c>
+      <c r="L149" t="s">
+        <v>989</v>
+      </c>
+      <c r="M149" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N149" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O149" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P149" t="s">
+        <v>1946</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>982</v>
+      </c>
+      <c r="B150" t="s">
+        <v>1947</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>1949</v>
+      </c>
+      <c r="H150" t="s">
+        <v>1950</v>
+      </c>
+      <c r="I150" t="s">
+        <v>1951</v>
+      </c>
+      <c r="J150" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K150" t="s">
+        <v>61</v>
+      </c>
+      <c r="L150" t="s">
+        <v>989</v>
+      </c>
+      <c r="M150" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N150" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O150" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P150" t="s">
+        <v>1952</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>982</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1953</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1954</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1955</v>
+      </c>
+      <c r="I151" t="s">
+        <v>1956</v>
+      </c>
+      <c r="J151" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K151" t="s">
+        <v>61</v>
+      </c>
+      <c r="L151" t="s">
+        <v>989</v>
+      </c>
+      <c r="M151" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N151" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O151" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P151" t="s">
+        <v>1957</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>982</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1958</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1959</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1960</v>
+      </c>
+      <c r="I152" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L152" t="s">
+        <v>989</v>
+      </c>
+      <c r="M152" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1964</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>982</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1966</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1967</v>
+      </c>
+      <c r="I153" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K153" t="s">
+        <v>30</v>
+      </c>
+      <c r="L153" t="s">
+        <v>989</v>
+      </c>
+      <c r="M153" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N153" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O153" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1969</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>982</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1970</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1948</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1971</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1972</v>
+      </c>
+      <c r="I154" t="s">
+        <v>1968</v>
+      </c>
+      <c r="J154" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K154" t="s">
+        <v>30</v>
+      </c>
+      <c r="L154" t="s">
+        <v>989</v>
+      </c>
+      <c r="M154" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O154" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P154" t="s">
+        <v>1973</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>982</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1965</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1975</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1976</v>
+      </c>
+      <c r="I155" t="s">
+        <v>1977</v>
+      </c>
+      <c r="J155" t="s">
+        <v>999</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L155" t="s">
+        <v>989</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N155" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O155" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P155" t="s">
+        <v>1978</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>982</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1979</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1980</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1981</v>
+      </c>
+      <c r="I156" t="s">
+        <v>1982</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1983</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1984</v>
+      </c>
+      <c r="L156" t="s">
+        <v>989</v>
+      </c>
+      <c r="M156" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N156" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O156" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P156" t="s">
+        <v>1985</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>982</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1986</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1987</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1988</v>
+      </c>
+      <c r="I157" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L157" t="s">
+        <v>989</v>
+      </c>
+      <c r="M157" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N157" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O157" t="s">
+        <v>1093</v>
+      </c>
+      <c r="P157" t="s">
+        <v>1990</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>982</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1991</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1992</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1993</v>
+      </c>
+      <c r="I158" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K158" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L158" t="s">
+        <v>989</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N158" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O158" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P158" t="s">
+        <v>1994</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>982</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1995</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1974</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1996</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1997</v>
+      </c>
+      <c r="I159" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L159" t="s">
+        <v>989</v>
+      </c>
+      <c r="M159" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N159" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1998</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>982</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1999</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>2000</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>2001</v>
+      </c>
+      <c r="H160" t="s">
+        <v>2002</v>
+      </c>
+      <c r="I160" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J160" t="s">
+        <v>20</v>
+      </c>
+      <c r="K160" t="s">
+        <v>71</v>
+      </c>
+      <c r="L160" t="s">
+        <v>989</v>
+      </c>
+      <c r="M160" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N160" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O160" t="s">
+        <v>1382</v>
+      </c>
+      <c r="P160" t="s">
+        <v>2003</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>982</v>
+      </c>
+      <c r="B161" t="s">
+        <v>2004</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>2005</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>2006</v>
+      </c>
+      <c r="H161" t="s">
+        <v>2007</v>
+      </c>
+      <c r="I161" t="s">
+        <v>2008</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K161" t="s">
+        <v>71</v>
+      </c>
+      <c r="L161" t="s">
+        <v>989</v>
+      </c>
+      <c r="M161" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N161" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P161" t="s">
+        <v>2009</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>982</v>
+      </c>
+      <c r="B162" t="s">
+        <v>2010</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>2011</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>2012</v>
+      </c>
+      <c r="H162" t="s">
+        <v>2013</v>
+      </c>
+      <c r="I162" t="s">
+        <v>2014</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K162" t="s">
+        <v>621</v>
+      </c>
+      <c r="L162" t="s">
+        <v>989</v>
+      </c>
+      <c r="M162" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P162" t="s">
+        <v>2015</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>982</v>
+      </c>
+      <c r="B163" t="s">
+        <v>2016</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>2017</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>2018</v>
+      </c>
+      <c r="H163" t="s">
+        <v>2019</v>
+      </c>
+      <c r="I163" t="s">
+        <v>2020</v>
+      </c>
+      <c r="J163" t="s">
+        <v>988</v>
+      </c>
+      <c r="K163" t="s">
+        <v>30</v>
+      </c>
+      <c r="L163" t="s">
+        <v>989</v>
+      </c>
+      <c r="M163" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N163" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O163" t="s">
+        <v>2021</v>
+      </c>
+      <c r="P163" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="164">
+      <c r="A164" t="s">
+        <v>982</v>
+      </c>
+      <c r="B164" t="s">
+        <v>2023</v>
+      </c>
+      <c r="C164" t="s">
+        <v>20</v>
+      </c>
+      <c r="D164" t="s">
+        <v>20</v>
+      </c>
+      <c r="E164" t="s">
+        <v>2024</v>
+      </c>
+      <c r="F164" t="s">
+        <v>20</v>
+      </c>
+      <c r="G164" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H164" t="s">
+        <v>2026</v>
+      </c>
+      <c r="I164" t="s">
+        <v>2027</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K164" t="s">
+        <v>71</v>
+      </c>
+      <c r="L164" t="s">
+        <v>989</v>
+      </c>
+      <c r="M164" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N164" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O164" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P164" t="s">
+        <v>2028</v>
+      </c>
+    </row>
+    <row r="165">
+      <c r="A165" t="s">
+        <v>982</v>
+      </c>
+      <c r="B165" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C165" t="s">
+        <v>20</v>
+      </c>
+      <c r="D165" t="s">
+        <v>20</v>
+      </c>
+      <c r="E165" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F165" t="s">
+        <v>20</v>
+      </c>
+      <c r="G165" t="s">
+        <v>2031</v>
+      </c>
+      <c r="H165" t="s">
+        <v>2032</v>
+      </c>
+      <c r="I165" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J165" t="s">
+        <v>2034</v>
+      </c>
+      <c r="K165" t="s">
+        <v>2035</v>
+      </c>
+      <c r="L165" t="s">
+        <v>989</v>
+      </c>
+      <c r="M165" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N165" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O165" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P165" t="s">
+        <v>2036</v>
+      </c>
+    </row>
+    <row r="166">
+      <c r="A166" t="s">
+        <v>982</v>
+      </c>
+      <c r="B166" t="s">
+        <v>2037</v>
+      </c>
+      <c r="C166" t="s">
+        <v>20</v>
+      </c>
+      <c r="D166" t="s">
+        <v>20</v>
+      </c>
+      <c r="E166" t="s">
+        <v>2030</v>
+      </c>
+      <c r="F166" t="s">
+        <v>20</v>
+      </c>
+      <c r="G166" t="s">
+        <v>2038</v>
+      </c>
+      <c r="H166" t="s">
+        <v>2039</v>
+      </c>
+      <c r="I166" t="s">
+        <v>2033</v>
+      </c>
+      <c r="J166" t="s">
+        <v>2034</v>
+      </c>
+      <c r="K166" t="s">
+        <v>2035</v>
+      </c>
+      <c r="L166" t="s">
+        <v>989</v>
+      </c>
+      <c r="M166" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N166" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O166" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P166" t="s">
+        <v>2040</v>
+      </c>
+    </row>
+    <row r="167">
+      <c r="A167" t="s">
+        <v>982</v>
+      </c>
+      <c r="B167" t="s">
+        <v>2041</v>
+      </c>
+      <c r="C167" t="s">
+        <v>20</v>
+      </c>
+      <c r="D167" t="s">
+        <v>20</v>
+      </c>
+      <c r="E167" t="s">
+        <v>2042</v>
+      </c>
+      <c r="F167" t="s">
+        <v>20</v>
+      </c>
+      <c r="G167" t="s">
+        <v>2043</v>
+      </c>
+      <c r="H167" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I167" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K167" t="s">
+        <v>30</v>
+      </c>
+      <c r="L167" t="s">
+        <v>989</v>
+      </c>
+      <c r="M167" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N167" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O167" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P167" t="s">
+        <v>2046</v>
+      </c>
+    </row>
+    <row r="168">
+      <c r="A168" t="s">
+        <v>982</v>
+      </c>
+      <c r="B168" t="s">
+        <v>2047</v>
+      </c>
+      <c r="C168" t="s">
+        <v>20</v>
+      </c>
+      <c r="D168" t="s">
+        <v>20</v>
+      </c>
+      <c r="E168" t="s">
+        <v>2048</v>
+      </c>
+      <c r="F168" t="s">
+        <v>20</v>
+      </c>
+      <c r="G168" t="s">
+        <v>2049</v>
+      </c>
+      <c r="H168" t="s">
+        <v>2050</v>
+      </c>
+      <c r="I168" t="s">
+        <v>2051</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K168" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L168" t="s">
+        <v>989</v>
+      </c>
+      <c r="M168" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N168" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O168" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P168" t="s">
+        <v>2052</v>
+      </c>
+    </row>
+    <row r="169">
+      <c r="A169" t="s">
+        <v>982</v>
+      </c>
+      <c r="B169" t="s">
+        <v>2053</v>
+      </c>
+      <c r="C169" t="s">
+        <v>20</v>
+      </c>
+      <c r="D169" t="s">
+        <v>20</v>
+      </c>
+      <c r="E169" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F169" t="s">
+        <v>20</v>
+      </c>
+      <c r="G169" t="s">
+        <v>2055</v>
+      </c>
+      <c r="H169" t="s">
+        <v>2056</v>
+      </c>
+      <c r="I169" t="s">
+        <v>2057</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1983</v>
+      </c>
+      <c r="K169" t="s">
+        <v>1984</v>
+      </c>
+      <c r="L169" t="s">
+        <v>989</v>
+      </c>
+      <c r="M169" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N169" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O169" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P169" t="s">
+        <v>2058</v>
+      </c>
+    </row>
+    <row r="170">
+      <c r="A170" t="s">
+        <v>982</v>
+      </c>
+      <c r="B170" t="s">
+        <v>2059</v>
+      </c>
+      <c r="C170" t="s">
+        <v>20</v>
+      </c>
+      <c r="D170" t="s">
+        <v>20</v>
+      </c>
+      <c r="E170" t="s">
+        <v>2060</v>
+      </c>
+      <c r="F170" t="s">
+        <v>20</v>
+      </c>
+      <c r="G170" t="s">
+        <v>2061</v>
+      </c>
+      <c r="H170" t="s">
+        <v>2062</v>
+      </c>
+      <c r="I170" t="s">
+        <v>2063</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K170" t="s">
+        <v>30</v>
+      </c>
+      <c r="L170" t="s">
+        <v>989</v>
+      </c>
+      <c r="M170" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N170" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O170" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P170" t="s">
+        <v>2064</v>
+      </c>
+    </row>
+    <row r="171">
+      <c r="A171" t="s">
+        <v>982</v>
+      </c>
+      <c r="B171" t="s">
+        <v>2065</v>
+      </c>
+      <c r="C171" t="s">
+        <v>20</v>
+      </c>
+      <c r="D171" t="s">
+        <v>20</v>
+      </c>
+      <c r="E171" t="s">
+        <v>2066</v>
+      </c>
+      <c r="F171" t="s">
+        <v>20</v>
+      </c>
+      <c r="G171" t="s">
+        <v>2067</v>
+      </c>
+      <c r="H171" t="s">
+        <v>2068</v>
+      </c>
+      <c r="I171" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J171" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K171" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L171" t="s">
+        <v>989</v>
+      </c>
+      <c r="M171" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N171" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O171" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P171" t="s">
+        <v>2069</v>
+      </c>
+    </row>
+    <row r="172">
+      <c r="A172" t="s">
+        <v>982</v>
+      </c>
+      <c r="B172" t="s">
+        <v>2070</v>
+      </c>
+      <c r="C172" t="s">
+        <v>20</v>
+      </c>
+      <c r="D172" t="s">
+        <v>20</v>
+      </c>
+      <c r="E172" t="s">
+        <v>2071</v>
+      </c>
+      <c r="F172" t="s">
+        <v>20</v>
+      </c>
+      <c r="G172" t="s">
+        <v>2072</v>
+      </c>
+      <c r="H172" t="s">
+        <v>2073</v>
+      </c>
+      <c r="I172" t="s">
+        <v>2074</v>
+      </c>
+      <c r="J172" t="s">
+        <v>2075</v>
+      </c>
+      <c r="K172" t="s">
+        <v>2076</v>
+      </c>
+      <c r="L172" t="s">
+        <v>989</v>
+      </c>
+      <c r="M172" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N172" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O172" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P172" t="s">
+        <v>2077</v>
+      </c>
+    </row>
+    <row r="173">
+      <c r="A173" t="s">
+        <v>982</v>
+      </c>
+      <c r="B173" t="s">
+        <v>2078</v>
+      </c>
+      <c r="C173" t="s">
+        <v>20</v>
+      </c>
+      <c r="D173" t="s">
+        <v>20</v>
+      </c>
+      <c r="E173" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F173" t="s">
+        <v>20</v>
+      </c>
+      <c r="G173" t="s">
+        <v>2080</v>
+      </c>
+      <c r="H173" t="s">
+        <v>2081</v>
+      </c>
+      <c r="I173" t="s">
+        <v>2082</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K173" t="s">
+        <v>30</v>
+      </c>
+      <c r="L173" t="s">
+        <v>989</v>
+      </c>
+      <c r="M173" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N173" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O173" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P173" t="s">
+        <v>2083</v>
+      </c>
+    </row>
+    <row r="174">
+      <c r="A174" t="s">
+        <v>982</v>
+      </c>
+      <c r="B174" t="s">
+        <v>2084</v>
+      </c>
+      <c r="C174" t="s">
+        <v>20</v>
+      </c>
+      <c r="D174" t="s">
+        <v>20</v>
+      </c>
+      <c r="E174" t="s">
+        <v>2079</v>
+      </c>
+      <c r="F174" t="s">
+        <v>20</v>
+      </c>
+      <c r="G174" t="s">
+        <v>2085</v>
+      </c>
+      <c r="H174" t="s">
+        <v>2086</v>
+      </c>
+      <c r="I174" t="s">
+        <v>2087</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1425</v>
+      </c>
+      <c r="K174" t="s">
+        <v>71</v>
+      </c>
+      <c r="L174" t="s">
+        <v>989</v>
+      </c>
+      <c r="M174" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N174" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O174" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P174" t="s">
+        <v>2088</v>
+      </c>
+    </row>
+    <row r="175">
+      <c r="A175" t="s">
+        <v>982</v>
+      </c>
+      <c r="B175" t="s">
+        <v>2089</v>
+      </c>
+      <c r="C175" t="s">
+        <v>20</v>
+      </c>
+      <c r="D175" t="s">
+        <v>20</v>
+      </c>
+      <c r="E175" t="s">
+        <v>2090</v>
+      </c>
+      <c r="F175" t="s">
+        <v>20</v>
+      </c>
+      <c r="G175" t="s">
+        <v>2091</v>
+      </c>
+      <c r="H175" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I175" t="s">
+        <v>2093</v>
+      </c>
+      <c r="J175" t="s">
+        <v>2094</v>
+      </c>
+      <c r="K175" t="s">
+        <v>2095</v>
+      </c>
+      <c r="L175" t="s">
+        <v>989</v>
+      </c>
+      <c r="M175" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N175" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O175" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P175" t="s">
+        <v>2096</v>
+      </c>
+    </row>
+    <row r="176">
+      <c r="A176" t="s">
+        <v>982</v>
+      </c>
+      <c r="B176" t="s">
+        <v>2097</v>
+      </c>
+      <c r="C176" t="s">
+        <v>20</v>
+      </c>
+      <c r="D176" t="s">
+        <v>20</v>
+      </c>
+      <c r="E176" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F176" t="s">
+        <v>20</v>
+      </c>
+      <c r="G176" t="s">
+        <v>2099</v>
+      </c>
+      <c r="H176" t="s">
+        <v>2100</v>
+      </c>
+      <c r="I176" t="s">
+        <v>2101</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K176" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L176" t="s">
+        <v>989</v>
+      </c>
+      <c r="M176" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N176" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O176" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P176" t="s">
+        <v>2102</v>
+      </c>
+    </row>
+    <row r="177">
+      <c r="A177" t="s">
+        <v>982</v>
+      </c>
+      <c r="B177" t="s">
+        <v>2103</v>
+      </c>
+      <c r="C177" t="s">
+        <v>20</v>
+      </c>
+      <c r="D177" t="s">
+        <v>20</v>
+      </c>
+      <c r="E177" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F177" t="s">
+        <v>20</v>
+      </c>
+      <c r="G177" t="s">
+        <v>2104</v>
+      </c>
+      <c r="H177" t="s">
+        <v>2105</v>
+      </c>
+      <c r="I177" t="s">
+        <v>1961</v>
+      </c>
+      <c r="J177" t="s">
+        <v>1962</v>
+      </c>
+      <c r="K177" t="s">
+        <v>1963</v>
+      </c>
+      <c r="L177" t="s">
+        <v>989</v>
+      </c>
+      <c r="M177" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N177" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O177" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P177" t="s">
+        <v>2106</v>
+      </c>
+    </row>
+    <row r="178">
+      <c r="A178" t="s">
+        <v>982</v>
+      </c>
+      <c r="B178" t="s">
+        <v>2107</v>
+      </c>
+      <c r="C178" t="s">
+        <v>20</v>
+      </c>
+      <c r="D178" t="s">
+        <v>20</v>
+      </c>
+      <c r="E178" t="s">
+        <v>2098</v>
+      </c>
+      <c r="F178" t="s">
+        <v>20</v>
+      </c>
+      <c r="G178" t="s">
+        <v>2108</v>
+      </c>
+      <c r="H178" t="s">
+        <v>2109</v>
+      </c>
+      <c r="I178" t="s">
+        <v>2110</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K178" t="s">
+        <v>61</v>
+      </c>
+      <c r="L178" t="s">
+        <v>989</v>
+      </c>
+      <c r="M178" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N178" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O178" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P178" t="s">
+        <v>2111</v>
+      </c>
+    </row>
+    <row r="179">
+      <c r="A179" t="s">
+        <v>982</v>
+      </c>
+      <c r="B179" t="s">
+        <v>2112</v>
+      </c>
+      <c r="C179" t="s">
+        <v>20</v>
+      </c>
+      <c r="D179" t="s">
+        <v>20</v>
+      </c>
+      <c r="E179" t="s">
+        <v>2113</v>
+      </c>
+      <c r="F179" t="s">
+        <v>20</v>
+      </c>
+      <c r="G179" t="s">
+        <v>2114</v>
+      </c>
+      <c r="H179" t="s">
+        <v>2115</v>
+      </c>
+      <c r="I179" t="s">
+        <v>2116</v>
+      </c>
+      <c r="J179" t="s">
+        <v>2117</v>
+      </c>
+      <c r="K179" t="s">
+        <v>2118</v>
+      </c>
+      <c r="L179" t="s">
+        <v>989</v>
+      </c>
+      <c r="M179" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N179" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O179" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P179" t="s">
+        <v>2119</v>
+      </c>
+    </row>
+    <row r="180">
+      <c r="A180" t="s">
+        <v>982</v>
+      </c>
+      <c r="B180" t="s">
+        <v>2120</v>
+      </c>
+      <c r="C180" t="s">
+        <v>20</v>
+      </c>
+      <c r="D180" t="s">
+        <v>20</v>
+      </c>
+      <c r="E180" t="s">
+        <v>2121</v>
+      </c>
+      <c r="F180" t="s">
+        <v>20</v>
+      </c>
+      <c r="G180" t="s">
+        <v>2122</v>
+      </c>
+      <c r="H180" t="s">
+        <v>2123</v>
+      </c>
+      <c r="I180" t="s">
+        <v>1989</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K180" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L180" t="s">
+        <v>989</v>
+      </c>
+      <c r="M180" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N180" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O180" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P180" t="s">
+        <v>2124</v>
+      </c>
+    </row>
+    <row r="181">
+      <c r="A181" t="s">
+        <v>982</v>
+      </c>
+      <c r="B181" t="s">
+        <v>2125</v>
+      </c>
+      <c r="C181" t="s">
+        <v>20</v>
+      </c>
+      <c r="D181" t="s">
+        <v>20</v>
+      </c>
+      <c r="E181" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F181" t="s">
+        <v>20</v>
+      </c>
+      <c r="G181" t="s">
+        <v>2127</v>
+      </c>
+      <c r="H181" t="s">
+        <v>2128</v>
+      </c>
+      <c r="I181" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J181" t="s">
+        <v>20</v>
+      </c>
+      <c r="K181" t="s">
+        <v>71</v>
+      </c>
+      <c r="L181" t="s">
+        <v>989</v>
+      </c>
+      <c r="M181" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N181" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O181" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P181" t="s">
+        <v>2129</v>
+      </c>
+    </row>
+    <row r="182">
+      <c r="A182" t="s">
+        <v>982</v>
+      </c>
+      <c r="B182" t="s">
+        <v>2130</v>
+      </c>
+      <c r="C182" t="s">
+        <v>20</v>
+      </c>
+      <c r="D182" t="s">
+        <v>20</v>
+      </c>
+      <c r="E182" t="s">
+        <v>2126</v>
+      </c>
+      <c r="F182" t="s">
+        <v>20</v>
+      </c>
+      <c r="G182" t="s">
+        <v>2131</v>
+      </c>
+      <c r="H182" t="s">
+        <v>2132</v>
+      </c>
+      <c r="I182" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J182" t="s">
+        <v>20</v>
+      </c>
+      <c r="K182" t="s">
+        <v>71</v>
+      </c>
+      <c r="L182" t="s">
+        <v>989</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N182" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O182" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P182" t="s">
+        <v>2133</v>
+      </c>
+    </row>
+    <row r="183">
+      <c r="A183" t="s">
+        <v>982</v>
+      </c>
+      <c r="B183" t="s">
+        <v>2134</v>
+      </c>
+      <c r="C183" t="s">
+        <v>20</v>
+      </c>
+      <c r="D183" t="s">
+        <v>20</v>
+      </c>
+      <c r="E183" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F183" t="s">
+        <v>20</v>
+      </c>
+      <c r="G183" t="s">
+        <v>2136</v>
+      </c>
+      <c r="H183" t="s">
+        <v>2137</v>
+      </c>
+      <c r="I183" t="s">
+        <v>2138</v>
+      </c>
+      <c r="J183" t="s">
+        <v>988</v>
+      </c>
+      <c r="K183" t="s">
+        <v>30</v>
+      </c>
+      <c r="L183" t="s">
+        <v>989</v>
+      </c>
+      <c r="M183" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N183" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O183" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P183" t="s">
+        <v>2139</v>
+      </c>
+    </row>
+    <row r="184">
+      <c r="A184" t="s">
+        <v>982</v>
+      </c>
+      <c r="B184" t="s">
+        <v>2140</v>
+      </c>
+      <c r="C184" t="s">
+        <v>20</v>
+      </c>
+      <c r="D184" t="s">
+        <v>20</v>
+      </c>
+      <c r="E184" t="s">
+        <v>2135</v>
+      </c>
+      <c r="F184" t="s">
+        <v>20</v>
+      </c>
+      <c r="G184" t="s">
+        <v>2141</v>
+      </c>
+      <c r="H184" t="s">
+        <v>2142</v>
+      </c>
+      <c r="I184" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J184" t="s">
+        <v>2144</v>
+      </c>
+      <c r="K184" t="s">
+        <v>2145</v>
+      </c>
+      <c r="L184" t="s">
+        <v>989</v>
+      </c>
+      <c r="M184" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N184" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O184" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P184" t="s">
+        <v>2146</v>
+      </c>
+    </row>
+    <row r="185">
+      <c r="A185" t="s">
+        <v>982</v>
+      </c>
+      <c r="B185" t="s">
+        <v>2147</v>
+      </c>
+      <c r="C185" t="s">
+        <v>20</v>
+      </c>
+      <c r="D185" t="s">
+        <v>20</v>
+      </c>
+      <c r="E185" t="s">
+        <v>2148</v>
+      </c>
+      <c r="F185" t="s">
+        <v>20</v>
+      </c>
+      <c r="G185" t="s">
+        <v>2149</v>
+      </c>
+      <c r="H185" t="s">
+        <v>2150</v>
+      </c>
+      <c r="I185" t="s">
+        <v>1462</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1445</v>
+      </c>
+      <c r="K185" t="s">
+        <v>1446</v>
+      </c>
+      <c r="L185" t="s">
+        <v>989</v>
+      </c>
+      <c r="M185" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N185" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O185" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P185" t="s">
+        <v>2151</v>
+      </c>
+    </row>
+    <row r="186">
+      <c r="A186" t="s">
+        <v>982</v>
+      </c>
+      <c r="B186" t="s">
+        <v>2152</v>
+      </c>
+      <c r="C186" t="s">
+        <v>20</v>
+      </c>
+      <c r="D186" t="s">
+        <v>20</v>
+      </c>
+      <c r="E186" t="s">
+        <v>2153</v>
+      </c>
+      <c r="F186" t="s">
+        <v>20</v>
+      </c>
+      <c r="G186" t="s">
+        <v>2154</v>
+      </c>
+      <c r="H186" t="s">
+        <v>2155</v>
+      </c>
+      <c r="I186" t="s">
+        <v>2156</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K186" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L186" t="s">
+        <v>989</v>
+      </c>
+      <c r="M186" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N186" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O186" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P186" t="s">
+        <v>2157</v>
+      </c>
+    </row>
+    <row r="187">
+      <c r="A187" t="s">
+        <v>982</v>
+      </c>
+      <c r="B187" t="s">
+        <v>2158</v>
+      </c>
+      <c r="C187" t="s">
+        <v>20</v>
+      </c>
+      <c r="D187" t="s">
+        <v>20</v>
+      </c>
+      <c r="E187" t="s">
+        <v>2159</v>
+      </c>
+      <c r="F187" t="s">
+        <v>20</v>
+      </c>
+      <c r="G187" t="s">
+        <v>2160</v>
+      </c>
+      <c r="H187" t="s">
+        <v>2161</v>
+      </c>
+      <c r="I187" t="s">
+        <v>2162</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K187" t="s">
+        <v>30</v>
+      </c>
+      <c r="L187" t="s">
+        <v>989</v>
+      </c>
+      <c r="M187" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N187" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O187" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P187" t="s">
+        <v>2163</v>
+      </c>
+    </row>
+    <row r="188">
+      <c r="A188" t="s">
+        <v>982</v>
+      </c>
+      <c r="B188" t="s">
+        <v>2164</v>
+      </c>
+      <c r="C188" t="s">
+        <v>20</v>
+      </c>
+      <c r="D188" t="s">
+        <v>20</v>
+      </c>
+      <c r="E188" t="s">
+        <v>2165</v>
+      </c>
+      <c r="F188" t="s">
+        <v>20</v>
+      </c>
+      <c r="G188" t="s">
+        <v>2166</v>
+      </c>
+      <c r="H188" t="s">
+        <v>2167</v>
+      </c>
+      <c r="I188" t="s">
+        <v>2168</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K188" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L188" t="s">
+        <v>989</v>
+      </c>
+      <c r="M188" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N188" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O188" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P188" t="s">
+        <v>2169</v>
+      </c>
+    </row>
+    <row r="189">
+      <c r="A189" t="s">
+        <v>982</v>
+      </c>
+      <c r="B189" t="s">
+        <v>2170</v>
+      </c>
+      <c r="C189" t="s">
+        <v>20</v>
+      </c>
+      <c r="D189" t="s">
+        <v>20</v>
+      </c>
+      <c r="E189" t="s">
+        <v>2171</v>
+      </c>
+      <c r="F189" t="s">
+        <v>20</v>
+      </c>
+      <c r="G189" t="s">
+        <v>2172</v>
+      </c>
+      <c r="H189" t="s">
+        <v>2173</v>
+      </c>
+      <c r="I189" t="s">
+        <v>2174</v>
+      </c>
+      <c r="J189" t="s">
+        <v>2175</v>
+      </c>
+      <c r="K189" t="s">
+        <v>2176</v>
+      </c>
+      <c r="L189" t="s">
+        <v>989</v>
+      </c>
+      <c r="M189" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N189" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O189" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P189" t="s">
+        <v>2177</v>
+      </c>
+    </row>
+    <row r="190">
+      <c r="A190" t="s">
+        <v>982</v>
+      </c>
+      <c r="B190" t="s">
+        <v>2178</v>
+      </c>
+      <c r="C190" t="s">
+        <v>20</v>
+      </c>
+      <c r="D190" t="s">
+        <v>20</v>
+      </c>
+      <c r="E190" t="s">
+        <v>2179</v>
+      </c>
+      <c r="F190" t="s">
+        <v>20</v>
+      </c>
+      <c r="G190" t="s">
+        <v>2180</v>
+      </c>
+      <c r="H190" t="s">
+        <v>2181</v>
+      </c>
+      <c r="I190" t="s">
+        <v>2182</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1155</v>
+      </c>
+      <c r="K190" t="s">
+        <v>61</v>
+      </c>
+      <c r="L190" t="s">
+        <v>989</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N190" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O190" t="s">
+        <v>2183</v>
+      </c>
+      <c r="P190" t="s">
+        <v>2184</v>
+      </c>
+    </row>
+    <row r="191">
+      <c r="A191" t="s">
+        <v>982</v>
+      </c>
+      <c r="B191" t="s">
+        <v>2185</v>
+      </c>
+      <c r="C191" t="s">
+        <v>20</v>
+      </c>
+      <c r="D191" t="s">
+        <v>20</v>
+      </c>
+      <c r="E191" t="s">
+        <v>2186</v>
+      </c>
+      <c r="F191" t="s">
+        <v>20</v>
+      </c>
+      <c r="G191" t="s">
+        <v>2187</v>
+      </c>
+      <c r="H191" t="s">
+        <v>2188</v>
+      </c>
+      <c r="I191" t="s">
+        <v>1945</v>
+      </c>
+      <c r="J191" t="s">
+        <v>20</v>
+      </c>
+      <c r="K191" t="s">
+        <v>71</v>
+      </c>
+      <c r="L191" t="s">
+        <v>989</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N191" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O191" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P191" t="s">
+        <v>2189</v>
+      </c>
+    </row>
+    <row r="192">
+      <c r="A192" t="s">
+        <v>982</v>
+      </c>
+      <c r="B192" t="s">
+        <v>2190</v>
+      </c>
+      <c r="C192" t="s">
+        <v>20</v>
+      </c>
+      <c r="D192" t="s">
+        <v>20</v>
+      </c>
+      <c r="E192" t="s">
+        <v>2191</v>
+      </c>
+      <c r="F192" t="s">
+        <v>20</v>
+      </c>
+      <c r="G192" t="s">
+        <v>2192</v>
+      </c>
+      <c r="H192" t="s">
+        <v>2193</v>
+      </c>
+      <c r="I192" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K192" t="s">
+        <v>1148</v>
+      </c>
+      <c r="L192" t="s">
+        <v>989</v>
+      </c>
+      <c r="M192" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N192" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O192" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P192" t="s">
+        <v>2194</v>
+      </c>
+    </row>
+    <row r="193">
+      <c r="A193" t="s">
+        <v>982</v>
+      </c>
+      <c r="B193" t="s">
+        <v>2195</v>
+      </c>
+      <c r="C193" t="s">
+        <v>20</v>
+      </c>
+      <c r="D193" t="s">
+        <v>20</v>
+      </c>
+      <c r="E193" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F193" t="s">
+        <v>20</v>
+      </c>
+      <c r="G193" t="s">
+        <v>2197</v>
+      </c>
+      <c r="H193" t="s">
+        <v>2198</v>
+      </c>
+      <c r="I193" t="s">
+        <v>1933</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1034</v>
+      </c>
+      <c r="K193" t="s">
+        <v>1035</v>
+      </c>
+      <c r="L193" t="s">
+        <v>989</v>
+      </c>
+      <c r="M193" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N193" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O193" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P193" t="s">
+        <v>2199</v>
+      </c>
+    </row>
+    <row r="194">
+      <c r="A194" t="s">
+        <v>982</v>
+      </c>
+      <c r="B194" t="s">
+        <v>2200</v>
+      </c>
+      <c r="C194" t="s">
+        <v>20</v>
+      </c>
+      <c r="D194" t="s">
+        <v>20</v>
+      </c>
+      <c r="E194" t="s">
+        <v>2196</v>
+      </c>
+      <c r="F194" t="s">
+        <v>20</v>
+      </c>
+      <c r="G194" t="s">
+        <v>2201</v>
+      </c>
+      <c r="H194" t="s">
+        <v>2202</v>
+      </c>
+      <c r="I194" t="s">
+        <v>2203</v>
+      </c>
+      <c r="J194" t="s">
+        <v>2204</v>
+      </c>
+      <c r="K194" t="s">
+        <v>2205</v>
+      </c>
+      <c r="L194" t="s">
+        <v>989</v>
+      </c>
+      <c r="M194" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N194" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O194" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P194" t="s">
+        <v>2206</v>
+      </c>
+    </row>
+    <row r="195">
+      <c r="A195" t="s">
+        <v>982</v>
+      </c>
+      <c r="B195" t="s">
+        <v>2207</v>
+      </c>
+      <c r="C195" t="s">
+        <v>20</v>
+      </c>
+      <c r="D195" t="s">
+        <v>20</v>
+      </c>
+      <c r="E195" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F195" t="s">
+        <v>20</v>
+      </c>
+      <c r="G195" t="s">
+        <v>2209</v>
+      </c>
+      <c r="H195" t="s">
+        <v>2210</v>
+      </c>
+      <c r="I195" t="s">
+        <v>1519</v>
+      </c>
+      <c r="J195" t="s">
+        <v>988</v>
+      </c>
+      <c r="K195" t="s">
+        <v>30</v>
+      </c>
+      <c r="L195" t="s">
+        <v>989</v>
+      </c>
+      <c r="M195" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N195" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O195" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P195" t="s">
+        <v>2211</v>
+      </c>
+    </row>
+    <row r="196">
+      <c r="A196" t="s">
+        <v>982</v>
+      </c>
+      <c r="B196" t="s">
+        <v>2212</v>
+      </c>
+      <c r="C196" t="s">
+        <v>20</v>
+      </c>
+      <c r="D196" t="s">
+        <v>20</v>
+      </c>
+      <c r="E196" t="s">
+        <v>2208</v>
+      </c>
+      <c r="F196" t="s">
+        <v>20</v>
+      </c>
+      <c r="G196" t="s">
+        <v>2213</v>
+      </c>
+      <c r="H196" t="s">
+        <v>2214</v>
+      </c>
+      <c r="I196" t="s">
+        <v>2215</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K196" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L196" t="s">
+        <v>989</v>
+      </c>
+      <c r="M196" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N196" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O196" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P196" t="s">
+        <v>2216</v>
+      </c>
+    </row>
+    <row r="197">
+      <c r="A197" t="s">
+        <v>982</v>
+      </c>
+      <c r="B197" t="s">
+        <v>2217</v>
+      </c>
+      <c r="C197" t="s">
+        <v>20</v>
+      </c>
+      <c r="D197" t="s">
+        <v>20</v>
+      </c>
+      <c r="E197" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F197" t="s">
+        <v>20</v>
+      </c>
+      <c r="G197" t="s">
+        <v>2219</v>
+      </c>
+      <c r="H197" t="s">
+        <v>2220</v>
+      </c>
+      <c r="I197" t="s">
+        <v>2221</v>
+      </c>
+      <c r="J197" t="s">
+        <v>988</v>
+      </c>
+      <c r="K197" t="s">
+        <v>30</v>
+      </c>
+      <c r="L197" t="s">
+        <v>989</v>
+      </c>
+      <c r="M197" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N197" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O197" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P197" t="s">
+        <v>2223</v>
+      </c>
+    </row>
+    <row r="198">
+      <c r="A198" t="s">
+        <v>982</v>
+      </c>
+      <c r="B198" t="s">
+        <v>2224</v>
+      </c>
+      <c r="C198" t="s">
+        <v>20</v>
+      </c>
+      <c r="D198" t="s">
+        <v>20</v>
+      </c>
+      <c r="E198" t="s">
+        <v>2218</v>
+      </c>
+      <c r="F198" t="s">
+        <v>20</v>
+      </c>
+      <c r="G198" t="s">
+        <v>2225</v>
+      </c>
+      <c r="H198" t="s">
+        <v>2226</v>
+      </c>
+      <c r="I198" t="s">
+        <v>2227</v>
+      </c>
+      <c r="J198" t="s">
+        <v>2228</v>
+      </c>
+      <c r="K198" t="s">
+        <v>1350</v>
+      </c>
+      <c r="L198" t="s">
+        <v>989</v>
+      </c>
+      <c r="M198" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N198" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O198" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P198" t="s">
+        <v>2229</v>
+      </c>
+    </row>
+    <row r="199">
+      <c r="A199" t="s">
+        <v>982</v>
+      </c>
+      <c r="B199" t="s">
+        <v>2230</v>
+      </c>
+      <c r="C199" t="s">
+        <v>20</v>
+      </c>
+      <c r="D199" t="s">
+        <v>20</v>
+      </c>
+      <c r="E199" t="s">
+        <v>2231</v>
+      </c>
+      <c r="F199" t="s">
+        <v>20</v>
+      </c>
+      <c r="G199" t="s">
+        <v>2232</v>
+      </c>
+      <c r="H199" t="s">
+        <v>2233</v>
+      </c>
+      <c r="I199" t="s">
+        <v>2234</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K199" t="s">
+        <v>30</v>
+      </c>
+      <c r="L199" t="s">
+        <v>989</v>
+      </c>
+      <c r="M199" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N199" t="s">
+        <v>1496</v>
+      </c>
+      <c r="O199" t="s">
+        <v>1497</v>
+      </c>
+      <c r="P199" t="s">
+        <v>2235</v>
+      </c>
+    </row>
+    <row r="200">
+      <c r="A200" t="s">
+        <v>982</v>
+      </c>
+      <c r="B200" t="s">
+        <v>2236</v>
+      </c>
+      <c r="C200" t="s">
+        <v>20</v>
+      </c>
+      <c r="D200" t="s">
+        <v>20</v>
+      </c>
+      <c r="E200" t="s">
+        <v>2237</v>
+      </c>
+      <c r="F200" t="s">
+        <v>20</v>
+      </c>
+      <c r="G200" t="s">
+        <v>2238</v>
+      </c>
+      <c r="H200" t="s">
+        <v>2239</v>
+      </c>
+      <c r="I200" t="s">
+        <v>2240</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1220</v>
+      </c>
+      <c r="K200" t="s">
+        <v>1221</v>
+      </c>
+      <c r="L200" t="s">
+        <v>989</v>
+      </c>
+      <c r="M200" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N200" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O200" t="s">
+        <v>1213</v>
+      </c>
+      <c r="P200" t="s">
+        <v>2241</v>
+      </c>
+    </row>
+    <row r="201">
+      <c r="A201" t="s">
+        <v>982</v>
+      </c>
+      <c r="B201" t="s">
+        <v>2242</v>
+      </c>
+      <c r="C201" t="s">
+        <v>20</v>
+      </c>
+      <c r="D201" t="s">
+        <v>20</v>
+      </c>
+      <c r="E201" t="s">
+        <v>2243</v>
+      </c>
+      <c r="F201" t="s">
+        <v>20</v>
+      </c>
+      <c r="G201" t="s">
+        <v>2244</v>
+      </c>
+      <c r="H201" t="s">
+        <v>2245</v>
+      </c>
+      <c r="I201" t="s">
+        <v>2246</v>
+      </c>
+      <c r="J201" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K201" t="s">
+        <v>2248</v>
+      </c>
+      <c r="L201" t="s">
+        <v>989</v>
+      </c>
+      <c r="M201" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N201" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O201" t="s">
+        <v>1305</v>
+      </c>
+      <c r="P201" t="s">
+        <v>2249</v>
+      </c>
+    </row>
+    <row r="202">
+      <c r="A202" t="s">
+        <v>982</v>
+      </c>
+      <c r="B202" t="s">
+        <v>2250</v>
+      </c>
+      <c r="C202" t="s">
+        <v>20</v>
+      </c>
+      <c r="D202" t="s">
+        <v>20</v>
+      </c>
+      <c r="E202" t="s">
+        <v>2251</v>
+      </c>
+      <c r="F202" t="s">
+        <v>20</v>
+      </c>
+      <c r="G202" t="s">
+        <v>2252</v>
+      </c>
+      <c r="H202" t="s">
+        <v>2253</v>
+      </c>
+      <c r="I202" t="s">
+        <v>2254</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K202" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L202" t="s">
+        <v>989</v>
+      </c>
+      <c r="M202" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N202" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O202" t="s">
+        <v>1114</v>
+      </c>
+      <c r="P202" t="s">
+        <v>2255</v>
+      </c>
+    </row>
+    <row r="203">
+      <c r="A203" t="s">
+        <v>982</v>
+      </c>
+      <c r="B203" t="s">
+        <v>2256</v>
+      </c>
+      <c r="C203" t="s">
+        <v>20</v>
+      </c>
+      <c r="D203" t="s">
+        <v>20</v>
+      </c>
+      <c r="E203" t="s">
+        <v>2257</v>
+      </c>
+      <c r="F203" t="s">
+        <v>20</v>
+      </c>
+      <c r="G203" t="s">
+        <v>2258</v>
+      </c>
+      <c r="H203" t="s">
+        <v>2259</v>
+      </c>
+      <c r="I203" t="s">
+        <v>2260</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1121</v>
+      </c>
+      <c r="K203" t="s">
+        <v>30</v>
+      </c>
+      <c r="L203" t="s">
+        <v>989</v>
+      </c>
+      <c r="M203" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N203" t="s">
+        <v>1331</v>
+      </c>
+      <c r="O203" t="s">
+        <v>1853</v>
+      </c>
+      <c r="P203" t="s">
+        <v>2261</v>
+      </c>
+    </row>
+    <row r="204">
+      <c r="A204" t="s">
+        <v>982</v>
+      </c>
+      <c r="B204" t="s">
+        <v>2262</v>
+      </c>
+      <c r="C204" t="s">
+        <v>20</v>
+      </c>
+      <c r="D204" t="s">
+        <v>20</v>
+      </c>
+      <c r="E204" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F204" t="s">
+        <v>20</v>
+      </c>
+      <c r="G204" t="s">
+        <v>2264</v>
+      </c>
+      <c r="H204" t="s">
+        <v>2265</v>
+      </c>
+      <c r="I204" t="s">
+        <v>2266</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1839</v>
+      </c>
+      <c r="K204" t="s">
+        <v>1840</v>
+      </c>
+      <c r="L204" t="s">
+        <v>989</v>
+      </c>
+      <c r="M204" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N204" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O204" t="s">
+        <v>1351</v>
+      </c>
+      <c r="P204" t="s">
+        <v>2267</v>
+      </c>
+    </row>
+    <row r="205">
+      <c r="A205" t="s">
+        <v>982</v>
+      </c>
+      <c r="B205" t="s">
+        <v>2268</v>
+      </c>
+      <c r="C205" t="s">
+        <v>20</v>
+      </c>
+      <c r="D205" t="s">
+        <v>20</v>
+      </c>
+      <c r="E205" t="s">
+        <v>2263</v>
+      </c>
+      <c r="F205" t="s">
+        <v>20</v>
+      </c>
+      <c r="G205" t="s">
+        <v>2269</v>
+      </c>
+      <c r="H205" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I205" t="s">
+        <v>2271</v>
+      </c>
+      <c r="J205" t="s">
+        <v>2272</v>
+      </c>
+      <c r="K205" t="s">
+        <v>2273</v>
+      </c>
+      <c r="L205" t="s">
+        <v>989</v>
+      </c>
+      <c r="M205" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N205" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O205" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P205" t="s">
+        <v>2274</v>
+      </c>
+    </row>
+    <row r="206">
+      <c r="A206" t="s">
+        <v>982</v>
+      </c>
+      <c r="B206" t="s">
+        <v>2275</v>
+      </c>
+      <c r="C206" t="s">
+        <v>20</v>
+      </c>
+      <c r="D206" t="s">
+        <v>20</v>
+      </c>
+      <c r="E206" t="s">
+        <v>2276</v>
+      </c>
+      <c r="F206" t="s">
+        <v>20</v>
+      </c>
+      <c r="G206" t="s">
+        <v>2277</v>
+      </c>
+      <c r="H206" t="s">
+        <v>2278</v>
+      </c>
+      <c r="I206" t="s">
+        <v>2279</v>
+      </c>
+      <c r="J206" t="s">
+        <v>988</v>
+      </c>
+      <c r="K206" t="s">
+        <v>30</v>
+      </c>
+      <c r="L206" t="s">
+        <v>989</v>
+      </c>
+      <c r="M206" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N206" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O206" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P206" t="s">
+        <v>2280</v>
+      </c>
+    </row>
+    <row r="207">
+      <c r="A207" t="s">
+        <v>982</v>
+      </c>
+      <c r="B207" t="s">
+        <v>2281</v>
+      </c>
+      <c r="C207" t="s">
+        <v>20</v>
+      </c>
+      <c r="D207" t="s">
+        <v>20</v>
+      </c>
+      <c r="E207" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F207" t="s">
+        <v>20</v>
+      </c>
+      <c r="G207" t="s">
+        <v>2283</v>
+      </c>
+      <c r="H207" t="s">
+        <v>2284</v>
+      </c>
+      <c r="I207" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J207" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K207" t="s">
+        <v>2287</v>
+      </c>
+      <c r="L207" t="s">
+        <v>989</v>
+      </c>
+      <c r="M207" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N207" t="s">
+        <v>2288</v>
+      </c>
+      <c r="O207" t="s">
+        <v>2289</v>
+      </c>
+      <c r="P207" t="s">
+        <v>2290</v>
+      </c>
+    </row>
+    <row r="208">
+      <c r="A208" t="s">
+        <v>982</v>
+      </c>
+      <c r="B208" t="s">
+        <v>2291</v>
+      </c>
+      <c r="C208" t="s">
+        <v>20</v>
+      </c>
+      <c r="D208" t="s">
+        <v>20</v>
+      </c>
+      <c r="E208" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F208" t="s">
+        <v>20</v>
+      </c>
+      <c r="G208" t="s">
+        <v>2292</v>
+      </c>
+      <c r="H208" t="s">
+        <v>2293</v>
+      </c>
+      <c r="I208" t="s">
+        <v>2294</v>
+      </c>
+      <c r="J208" t="s">
+        <v>2295</v>
+      </c>
+      <c r="K208" t="s">
+        <v>2296</v>
+      </c>
+      <c r="L208" t="s">
+        <v>989</v>
+      </c>
+      <c r="M208" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N208" t="s">
+        <v>2288</v>
+      </c>
+      <c r="O208" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P208" t="s">
+        <v>2297</v>
+      </c>
+    </row>
+    <row r="209">
+      <c r="A209" t="s">
+        <v>982</v>
+      </c>
+      <c r="B209" t="s">
+        <v>2298</v>
+      </c>
+      <c r="C209" t="s">
+        <v>20</v>
+      </c>
+      <c r="D209" t="s">
+        <v>20</v>
+      </c>
+      <c r="E209" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F209" t="s">
+        <v>20</v>
+      </c>
+      <c r="G209" t="s">
+        <v>2299</v>
+      </c>
+      <c r="H209" t="s">
+        <v>2300</v>
+      </c>
+      <c r="I209" t="s">
+        <v>2301</v>
+      </c>
+      <c r="J209" t="s">
+        <v>2302</v>
+      </c>
+      <c r="K209" t="s">
+        <v>2303</v>
+      </c>
+      <c r="L209" t="s">
+        <v>989</v>
+      </c>
+      <c r="M209" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N209" t="s">
+        <v>2288</v>
+      </c>
+      <c r="O209" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P209" t="s">
+        <v>2304</v>
+      </c>
+    </row>
+    <row r="210">
+      <c r="A210" t="s">
+        <v>982</v>
+      </c>
+      <c r="B210" t="s">
+        <v>2305</v>
+      </c>
+      <c r="C210" t="s">
+        <v>20</v>
+      </c>
+      <c r="D210" t="s">
+        <v>20</v>
+      </c>
+      <c r="E210" t="s">
+        <v>2282</v>
+      </c>
+      <c r="F210" t="s">
+        <v>20</v>
+      </c>
+      <c r="G210" t="s">
+        <v>2306</v>
+      </c>
+      <c r="H210" t="s">
+        <v>2307</v>
+      </c>
+      <c r="I210" t="s">
+        <v>2285</v>
+      </c>
+      <c r="J210" t="s">
+        <v>2286</v>
+      </c>
+      <c r="K210" t="s">
+        <v>2287</v>
+      </c>
+      <c r="L210" t="s">
+        <v>989</v>
+      </c>
+      <c r="M210" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N210" t="s">
+        <v>2288</v>
+      </c>
+      <c r="O210" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P210" t="s">
+        <v>2308</v>
+      </c>
+    </row>
+    <row r="211">
+      <c r="A211" t="s">
+        <v>982</v>
+      </c>
+      <c r="B211" t="s">
+        <v>2309</v>
+      </c>
+      <c r="C211" t="s">
+        <v>20</v>
+      </c>
+      <c r="D211" t="s">
+        <v>20</v>
+      </c>
+      <c r="E211" t="s">
+        <v>2310</v>
+      </c>
+      <c r="F211" t="s">
+        <v>20</v>
+      </c>
+      <c r="G211" t="s">
+        <v>2311</v>
+      </c>
+      <c r="H211" t="s">
+        <v>2312</v>
+      </c>
+      <c r="I211" t="s">
+        <v>2313</v>
+      </c>
+      <c r="J211" t="s">
+        <v>2247</v>
+      </c>
+      <c r="K211" t="s">
+        <v>2248</v>
+      </c>
+      <c r="L211" t="s">
+        <v>989</v>
+      </c>
+      <c r="M211" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N211" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O211" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P211" t="s">
+        <v>2314</v>
+      </c>
+    </row>
+    <row r="212">
+      <c r="A212" t="s">
+        <v>982</v>
+      </c>
+      <c r="B212" t="s">
+        <v>2315</v>
+      </c>
+      <c r="C212" t="s">
+        <v>20</v>
+      </c>
+      <c r="D212" t="s">
+        <v>20</v>
+      </c>
+      <c r="E212" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F212" t="s">
+        <v>20</v>
+      </c>
+      <c r="G212" t="s">
+        <v>2317</v>
+      </c>
+      <c r="H212" t="s">
+        <v>2318</v>
+      </c>
+      <c r="I212" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J212" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K212" t="s">
+        <v>2321</v>
+      </c>
+      <c r="L212" t="s">
+        <v>989</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N212" t="s">
+        <v>1037</v>
+      </c>
+      <c r="O212" t="s">
+        <v>1038</v>
+      </c>
+      <c r="P212" t="s">
+        <v>2322</v>
+      </c>
+    </row>
+    <row r="213">
+      <c r="A213" t="s">
+        <v>982</v>
+      </c>
+      <c r="B213" t="s">
+        <v>2323</v>
+      </c>
+      <c r="C213" t="s">
+        <v>20</v>
+      </c>
+      <c r="D213" t="s">
+        <v>20</v>
+      </c>
+      <c r="E213" t="s">
+        <v>2316</v>
+      </c>
+      <c r="F213" t="s">
+        <v>20</v>
+      </c>
+      <c r="G213" t="s">
+        <v>2324</v>
+      </c>
+      <c r="H213" t="s">
+        <v>2325</v>
+      </c>
+      <c r="I213" t="s">
+        <v>2319</v>
+      </c>
+      <c r="J213" t="s">
+        <v>2320</v>
+      </c>
+      <c r="K213" t="s">
+        <v>2321</v>
+      </c>
+      <c r="L213" t="s">
+        <v>989</v>
+      </c>
+      <c r="M213" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N213" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O213" t="s">
+        <v>1572</v>
+      </c>
+      <c r="P213" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="214">
+      <c r="A214" t="s">
+        <v>982</v>
+      </c>
+      <c r="B214" t="s">
+        <v>2327</v>
+      </c>
+      <c r="C214" t="s">
+        <v>20</v>
+      </c>
+      <c r="D214" t="s">
+        <v>20</v>
+      </c>
+      <c r="E214" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F214" t="s">
+        <v>20</v>
+      </c>
+      <c r="G214" t="s">
+        <v>2329</v>
+      </c>
+      <c r="H214" t="s">
+        <v>2330</v>
+      </c>
+      <c r="I214" t="s">
+        <v>1256</v>
+      </c>
+      <c r="J214" t="s">
+        <v>20</v>
+      </c>
+      <c r="K214" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L214" t="s">
+        <v>989</v>
+      </c>
+      <c r="M214" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N214" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O214" t="s">
+        <v>1299</v>
+      </c>
+      <c r="P214" t="s">
+        <v>2331</v>
+      </c>
+    </row>
+    <row r="215">
+      <c r="A215" t="s">
+        <v>982</v>
+      </c>
+      <c r="B215" t="s">
+        <v>2332</v>
+      </c>
+      <c r="C215" t="s">
+        <v>20</v>
+      </c>
+      <c r="D215" t="s">
+        <v>20</v>
+      </c>
+      <c r="E215" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F215" t="s">
+        <v>20</v>
+      </c>
+      <c r="G215" t="s">
+        <v>2333</v>
+      </c>
+      <c r="H215" t="s">
+        <v>2334</v>
+      </c>
+      <c r="I215" t="s">
+        <v>2335</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K215" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L215" t="s">
+        <v>989</v>
+      </c>
+      <c r="M215" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N215" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O215" t="s">
+        <v>1003</v>
+      </c>
+      <c r="P215" t="s">
+        <v>2336</v>
+      </c>
+    </row>
+    <row r="216">
+      <c r="A216" t="s">
+        <v>982</v>
+      </c>
+      <c r="B216" t="s">
+        <v>2337</v>
+      </c>
+      <c r="C216" t="s">
+        <v>20</v>
+      </c>
+      <c r="D216" t="s">
+        <v>20</v>
+      </c>
+      <c r="E216" t="s">
+        <v>2328</v>
+      </c>
+      <c r="F216" t="s">
+        <v>20</v>
+      </c>
+      <c r="G216" t="s">
+        <v>2338</v>
+      </c>
+      <c r="H216" t="s">
+        <v>2339</v>
+      </c>
+      <c r="I216" t="s">
+        <v>2340</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K216" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L216" t="s">
+        <v>989</v>
+      </c>
+      <c r="M216" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N216" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O216" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P216" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="217">
+      <c r="A217" t="s">
+        <v>982</v>
+      </c>
+      <c r="B217" t="s">
+        <v>2342</v>
+      </c>
+      <c r="C217" t="s">
+        <v>20</v>
+      </c>
+      <c r="D217" t="s">
+        <v>20</v>
+      </c>
+      <c r="E217" t="s">
+        <v>2343</v>
+      </c>
+      <c r="F217" t="s">
+        <v>20</v>
+      </c>
+      <c r="G217" t="s">
+        <v>2344</v>
+      </c>
+      <c r="H217" t="s">
+        <v>2345</v>
+      </c>
+      <c r="I217" t="s">
+        <v>2346</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1256</v>
+      </c>
+      <c r="K217" t="s">
+        <v>1257</v>
+      </c>
+      <c r="L217" t="s">
+        <v>989</v>
+      </c>
+      <c r="M217" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N217" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O217" t="s">
+        <v>1022</v>
+      </c>
+      <c r="P217" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="218">
+      <c r="A218" t="s">
+        <v>982</v>
+      </c>
+      <c r="B218" t="s">
+        <v>2348</v>
+      </c>
+      <c r="C218" t="s">
+        <v>20</v>
+      </c>
+      <c r="D218" t="s">
+        <v>20</v>
+      </c>
+      <c r="E218" t="s">
+        <v>2349</v>
+      </c>
+      <c r="F218" t="s">
+        <v>20</v>
+      </c>
+      <c r="G218" t="s">
+        <v>2350</v>
+      </c>
+      <c r="H218" t="s">
+        <v>2351</v>
+      </c>
+      <c r="I218" t="s">
+        <v>2352</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1076</v>
+      </c>
+      <c r="K218" t="s">
+        <v>1077</v>
+      </c>
+      <c r="L218" t="s">
+        <v>989</v>
+      </c>
+      <c r="M218" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N218" t="s">
+        <v>1113</v>
+      </c>
+      <c r="O218" t="s">
+        <v>2222</v>
+      </c>
+      <c r="P218" t="s">
+        <v>2353</v>
+      </c>
+    </row>
+    <row r="219">
+      <c r="A219" t="s">
+        <v>982</v>
+      </c>
+      <c r="B219" t="s">
+        <v>2354</v>
+      </c>
+      <c r="C219" t="s">
+        <v>20</v>
+      </c>
+      <c r="D219" t="s">
+        <v>20</v>
+      </c>
+      <c r="E219" t="s">
+        <v>2355</v>
+      </c>
+      <c r="F219" t="s">
+        <v>20</v>
+      </c>
+      <c r="G219" t="s">
+        <v>2356</v>
+      </c>
+      <c r="H219" t="s">
+        <v>2357</v>
+      </c>
+      <c r="I219" t="s">
+        <v>1198</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1199</v>
+      </c>
+      <c r="K219" t="s">
+        <v>61</v>
+      </c>
+      <c r="L219" t="s">
+        <v>989</v>
+      </c>
+      <c r="M219" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N219" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O219" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P219" t="s">
+        <v>2358</v>
+      </c>
+    </row>
+    <row r="220">
+      <c r="A220" t="s">
+        <v>982</v>
+      </c>
+      <c r="B220" t="s">
+        <v>2359</v>
+      </c>
+      <c r="C220" t="s">
+        <v>20</v>
+      </c>
+      <c r="D220" t="s">
+        <v>20</v>
+      </c>
+      <c r="E220" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F220" t="s">
+        <v>20</v>
+      </c>
+      <c r="G220" t="s">
+        <v>2361</v>
+      </c>
+      <c r="H220" t="s">
+        <v>2362</v>
+      </c>
+      <c r="I220" t="s">
+        <v>1010</v>
+      </c>
+      <c r="J220" t="s">
+        <v>20</v>
+      </c>
+      <c r="K220" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L220" t="s">
+        <v>989</v>
+      </c>
+      <c r="M220" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N220" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O220" t="s">
+        <v>1374</v>
+      </c>
+      <c r="P220" t="s">
+        <v>2363</v>
+      </c>
+    </row>
+    <row r="221">
+      <c r="A221" t="s">
+        <v>982</v>
+      </c>
+      <c r="B221" t="s">
+        <v>2364</v>
+      </c>
+      <c r="C221" t="s">
+        <v>20</v>
+      </c>
+      <c r="D221" t="s">
+        <v>20</v>
+      </c>
+      <c r="E221" t="s">
+        <v>2360</v>
+      </c>
+      <c r="F221" t="s">
+        <v>20</v>
+      </c>
+      <c r="G221" t="s">
+        <v>2365</v>
+      </c>
+      <c r="H221" t="s">
+        <v>2366</v>
+      </c>
+      <c r="I221" t="s">
+        <v>2367</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1010</v>
+      </c>
+      <c r="K221" t="s">
+        <v>1011</v>
+      </c>
+      <c r="L221" t="s">
+        <v>989</v>
+      </c>
+      <c r="M221" t="s">
+        <v>1001</v>
+      </c>
+      <c r="N221" t="s">
+        <v>1002</v>
+      </c>
+      <c r="O221" t="s">
+        <v>1447</v>
+      </c>
+      <c r="P221" t="s">
+        <v>2368</v>
+      </c>
+    </row>
+    <row r="222">
+      <c r="A222" t="s">
+        <v>982</v>
+      </c>
+      <c r="B222" t="s">
+        <v>2369</v>
+      </c>
+      <c r="C222" t="s">
+        <v>20</v>
+      </c>
+      <c r="D222" t="s">
+        <v>20</v>
+      </c>
+      <c r="E222" t="s">
+        <v>2370</v>
+      </c>
+      <c r="F222" t="s">
+        <v>20</v>
+      </c>
+      <c r="G222" t="s">
+        <v>2371</v>
+      </c>
+      <c r="H222" t="s">
+        <v>2372</v>
+      </c>
+      <c r="I222" t="s">
+        <v>2373</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1945</v>
+      </c>
+      <c r="K222" t="s">
+        <v>71</v>
+      </c>
+      <c r="L222" t="s">
+        <v>989</v>
+      </c>
+      <c r="M222" t="s">
+        <v>1036</v>
+      </c>
+      <c r="N222" t="s">
+        <v>1279</v>
+      </c>
+      <c r="O222" t="s">
+        <v>1280</v>
+      </c>
+      <c r="P222" t="s">
+        <v>2374</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>955</v>
+        <v>2375</v>
       </c>
       <c r="L1" t="s">
-        <v>956</v>
+        <v>2376</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B2" t="s">
-        <v>958</v>
+        <v>2378</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>96</v>
+        <v>2379</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>959</v>
+        <v>2380</v>
       </c>
       <c r="H2" t="s">
-        <v>960</v>
+        <v>2381</v>
       </c>
       <c r="I2" t="s">
-        <v>961</v>
+        <v>2382</v>
       </c>
       <c r="J2" t="s">
-        <v>110</v>
+        <v>69</v>
       </c>
       <c r="K2" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L2" t="s">
-        <v>112</v>
+        <v>72</v>
       </c>
       <c r="M2" t="s">
-        <v>963</v>
+        <v>321</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B3" t="s">
-        <v>964</v>
+        <v>2383</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>965</v>
+        <v>126</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>966</v>
+        <v>2384</v>
       </c>
       <c r="H3" t="s">
-        <v>967</v>
+        <v>2385</v>
       </c>
       <c r="I3" t="s">
-        <v>968</v>
+        <v>2386</v>
       </c>
       <c r="J3" t="s">
-        <v>110</v>
+        <v>140</v>
       </c>
       <c r="K3" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L3" t="s">
-        <v>112</v>
+        <v>142</v>
       </c>
       <c r="M3" t="s">
-        <v>801</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B4" t="s">
-        <v>969</v>
+        <v>2388</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>970</v>
+        <v>2389</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>971</v>
+        <v>2390</v>
       </c>
       <c r="H4" t="s">
-        <v>972</v>
+        <v>2391</v>
       </c>
       <c r="I4" t="s">
-        <v>973</v>
+        <v>2392</v>
       </c>
       <c r="J4" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="K4" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L4" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="M4" t="s">
-        <v>974</v>
+        <v>819</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B5" t="s">
-        <v>975</v>
+        <v>2393</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>976</v>
+        <v>2394</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>977</v>
+        <v>2395</v>
       </c>
       <c r="H5" t="s">
-        <v>978</v>
+        <v>2396</v>
       </c>
       <c r="I5" t="s">
-        <v>979</v>
+        <v>2397</v>
       </c>
       <c r="J5" t="s">
-        <v>217</v>
+        <v>166</v>
       </c>
       <c r="K5" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L5" t="s">
-        <v>219</v>
+        <v>168</v>
       </c>
       <c r="M5" t="s">
-        <v>980</v>
+        <v>2398</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B6" t="s">
-        <v>981</v>
+        <v>2399</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>351</v>
+        <v>2400</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>982</v>
+        <v>2401</v>
       </c>
       <c r="H6" t="s">
-        <v>983</v>
+        <v>2402</v>
       </c>
       <c r="I6" t="s">
-        <v>984</v>
+        <v>2403</v>
       </c>
       <c r="J6" t="s">
-        <v>120</v>
+        <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L6" t="s">
-        <v>122</v>
+        <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>985</v>
+        <v>2404</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B7" t="s">
-        <v>986</v>
+        <v>2405</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>987</v>
+        <v>263</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>988</v>
+        <v>2406</v>
       </c>
       <c r="H7" t="s">
+        <v>2407</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2408</v>
+      </c>
+      <c r="J7" t="s">
+        <v>269</v>
+      </c>
+      <c r="K7" t="s">
         <v>989</v>
       </c>
-      <c r="I7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="L7" t="s">
-        <v>73</v>
+        <v>271</v>
       </c>
       <c r="M7" t="s">
-        <v>991</v>
+        <v>2409</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B8" t="s">
-        <v>992</v>
+        <v>2410</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>993</v>
+        <v>372</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>994</v>
+        <v>2411</v>
       </c>
       <c r="H8" t="s">
-        <v>995</v>
+        <v>2412</v>
       </c>
       <c r="I8" t="s">
-        <v>996</v>
+        <v>2413</v>
       </c>
       <c r="J8" t="s">
-        <v>70</v>
+        <v>150</v>
       </c>
       <c r="K8" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L8" t="s">
-        <v>73</v>
+        <v>152</v>
       </c>
       <c r="M8" t="s">
-        <v>997</v>
+        <v>2414</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>957</v>
+        <v>2377</v>
       </c>
       <c r="B9" t="s">
-        <v>998</v>
+        <v>2415</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>999</v>
+        <v>2416</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1000</v>
+        <v>2417</v>
       </c>
       <c r="H9" t="s">
-        <v>1001</v>
+        <v>2418</v>
       </c>
       <c r="I9" t="s">
-        <v>1002</v>
+        <v>2419</v>
       </c>
       <c r="J9" t="s">
-        <v>110</v>
+        <v>101</v>
       </c>
       <c r="K9" t="s">
-        <v>962</v>
+        <v>989</v>
       </c>
       <c r="L9" t="s">
-        <v>112</v>
+        <v>103</v>
       </c>
       <c r="M9" t="s">
-        <v>1003</v>
+        <v>2420</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2421</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2422</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2423</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2424</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2425</v>
+      </c>
+      <c r="J10" t="s">
+        <v>101</v>
+      </c>
+      <c r="K10" t="s">
+        <v>989</v>
+      </c>
+      <c r="L10" t="s">
+        <v>103</v>
+      </c>
+      <c r="M10" t="s">
+        <v>2426</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2377</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2427</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2428</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2429</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2430</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2431</v>
+      </c>
+      <c r="J11" t="s">
+        <v>140</v>
+      </c>
+      <c r="K11" t="s">
+        <v>989</v>
+      </c>
+      <c r="L11" t="s">
+        <v>142</v>
+      </c>
+      <c r="M11" t="s">
+        <v>2432</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T56"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J1" t="s">
+        <v>974</v>
+      </c>
+      <c r="K1" t="s">
+        <v>2434</v>
+      </c>
+      <c r="L1" t="s">
+        <v>976</v>
+      </c>
+      <c r="M1" t="s">
+        <v>977</v>
+      </c>
+      <c r="N1" t="s">
+        <v>2435</v>
+      </c>
+      <c r="O1" t="s">
+        <v>2436</v>
+      </c>
+      <c r="P1" t="s">
+        <v>2437</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>2438</v>
+      </c>
+      <c r="R1" t="s">
+        <v>978</v>
+      </c>
+      <c r="S1" t="s">
+        <v>2439</v>
+      </c>
+      <c r="T1" t="s">
+        <v>2440</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B2" t="s">
+        <v>2442</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>2443</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H2" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I2" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J2" t="s">
+        <v>2447</v>
+      </c>
+      <c r="K2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L2" t="s">
+        <v>30</v>
+      </c>
+      <c r="M2" t="s">
+        <v>989</v>
+      </c>
+      <c r="N2" t="s">
+        <v>2448</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>2449</v>
+      </c>
+      <c r="R2" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S2" t="s">
+        <v>2450</v>
+      </c>
+      <c r="T2" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B3" t="s">
+        <v>2452</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>2453</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>2454</v>
+      </c>
+      <c r="H3" t="s">
+        <v>2455</v>
+      </c>
+      <c r="I3" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J3" t="s">
+        <v>2456</v>
+      </c>
+      <c r="K3" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
+      </c>
+      <c r="M3" t="s">
+        <v>989</v>
+      </c>
+      <c r="N3" t="s">
+        <v>2457</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>2449</v>
+      </c>
+      <c r="R3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S3" t="s">
+        <v>2458</v>
+      </c>
+      <c r="T3" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B4" t="s">
+        <v>2459</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>2460</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>2461</v>
+      </c>
+      <c r="H4" t="s">
+        <v>2462</v>
+      </c>
+      <c r="I4" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K4" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L4" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M4" t="s">
+        <v>989</v>
+      </c>
+      <c r="N4" t="s">
+        <v>2464</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>2466</v>
+      </c>
+      <c r="R4" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S4" t="s">
+        <v>2467</v>
+      </c>
+      <c r="T4" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B5" t="s">
+        <v>2468</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>2460</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>2469</v>
+      </c>
+      <c r="H5" t="s">
+        <v>2470</v>
+      </c>
+      <c r="I5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="K5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="L5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="M5" t="s">
+        <v>989</v>
+      </c>
+      <c r="N5" t="s">
+        <v>2464</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R5" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S5" t="s">
+        <v>2472</v>
+      </c>
+      <c r="T5" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B6" t="s">
+        <v>166</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>2473</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>2474</v>
+      </c>
+      <c r="H6" t="s">
+        <v>2475</v>
+      </c>
+      <c r="I6" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J6" t="s">
+        <v>2476</v>
+      </c>
+      <c r="K6" t="s">
+        <v>2477</v>
+      </c>
+      <c r="L6" t="s">
+        <v>71</v>
+      </c>
+      <c r="M6" t="s">
+        <v>989</v>
+      </c>
+      <c r="N6" t="s">
+        <v>2478</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>2479</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>2480</v>
+      </c>
+      <c r="R6" t="s">
+        <v>2479</v>
+      </c>
+      <c r="S6" t="s">
+        <v>168</v>
+      </c>
+      <c r="T6" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B7" t="s">
+        <v>2481</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>2483</v>
+      </c>
+      <c r="H7" t="s">
+        <v>2484</v>
+      </c>
+      <c r="I7" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J7" t="s">
+        <v>2485</v>
+      </c>
+      <c r="K7" t="s">
+        <v>2486</v>
+      </c>
+      <c r="L7" t="s">
+        <v>71</v>
+      </c>
+      <c r="M7" t="s">
+        <v>989</v>
+      </c>
+      <c r="N7" t="s">
+        <v>2487</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R7" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S7" t="s">
+        <v>2489</v>
+      </c>
+      <c r="T7" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B8" t="s">
+        <v>2491</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>2492</v>
+      </c>
+      <c r="H8" t="s">
+        <v>2493</v>
+      </c>
+      <c r="I8" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1462</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1445</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M8" t="s">
+        <v>989</v>
+      </c>
+      <c r="N8" t="s">
+        <v>2494</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>2495</v>
+      </c>
+      <c r="R8" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S8" t="s">
+        <v>2496</v>
+      </c>
+      <c r="T8" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B9" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>2482</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H9" t="s">
+        <v>2499</v>
+      </c>
+      <c r="I9" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1462</v>
+      </c>
+      <c r="K9" t="s">
+        <v>1445</v>
+      </c>
+      <c r="L9" t="s">
+        <v>1446</v>
+      </c>
+      <c r="M9" t="s">
+        <v>989</v>
+      </c>
+      <c r="N9" t="s">
+        <v>2494</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R9" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S9" t="s">
+        <v>2500</v>
+      </c>
+      <c r="T9" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B10" t="s">
+        <v>2501</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>2503</v>
+      </c>
+      <c r="H10" t="s">
+        <v>2504</v>
+      </c>
+      <c r="I10" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J10" t="s">
+        <v>2505</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L10" t="s">
+        <v>30</v>
+      </c>
+      <c r="M10" t="s">
+        <v>989</v>
+      </c>
+      <c r="N10" t="s">
+        <v>2506</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>2507</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S10" t="s">
+        <v>2508</v>
+      </c>
+      <c r="T10" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B11" t="s">
+        <v>2509</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H11" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I11" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L11" t="s">
+        <v>61</v>
+      </c>
+      <c r="M11" t="s">
+        <v>989</v>
+      </c>
+      <c r="N11" t="s">
+        <v>2512</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>2513</v>
+      </c>
+      <c r="R11" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S11" t="s">
+        <v>2514</v>
+      </c>
+      <c r="T11" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2515</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J12" t="s">
+        <v>2505</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L12" t="s">
+        <v>30</v>
+      </c>
+      <c r="M12" t="s">
+        <v>989</v>
+      </c>
+      <c r="N12" t="s">
+        <v>2518</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>2513</v>
+      </c>
+      <c r="R12" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S12" t="s">
+        <v>2519</v>
+      </c>
+      <c r="T12" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2520</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J13" t="s">
+        <v>2523</v>
+      </c>
+      <c r="K13" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L13" t="s">
+        <v>30</v>
+      </c>
+      <c r="M13" t="s">
+        <v>989</v>
+      </c>
+      <c r="N13" t="s">
+        <v>2525</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>2513</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S13" t="s">
+        <v>494</v>
+      </c>
+      <c r="T13" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B14" t="s">
+        <v>2526</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>2527</v>
+      </c>
+      <c r="H14" t="s">
+        <v>2528</v>
+      </c>
+      <c r="I14" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J14" t="s">
+        <v>2529</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1425</v>
+      </c>
+      <c r="L14" t="s">
+        <v>71</v>
+      </c>
+      <c r="M14" t="s">
+        <v>989</v>
+      </c>
+      <c r="N14" t="s">
+        <v>2530</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>2513</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S14" t="s">
+        <v>2531</v>
+      </c>
+      <c r="T14" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B15" t="s">
+        <v>2532</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>2502</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>2533</v>
+      </c>
+      <c r="H15" t="s">
+        <v>2534</v>
+      </c>
+      <c r="I15" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J15" t="s">
+        <v>2535</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L15" t="s">
+        <v>30</v>
+      </c>
+      <c r="M15" t="s">
+        <v>989</v>
+      </c>
+      <c r="N15" t="s">
+        <v>2518</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>2513</v>
+      </c>
+      <c r="R15" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S15" t="s">
+        <v>2536</v>
+      </c>
+      <c r="T15" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B16" t="s">
+        <v>101</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>2538</v>
+      </c>
+      <c r="H16" t="s">
+        <v>2539</v>
+      </c>
+      <c r="I16" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J16" t="s">
+        <v>1277</v>
+      </c>
+      <c r="K16" t="s">
+        <v>1278</v>
+      </c>
+      <c r="L16" t="s">
+        <v>30</v>
+      </c>
+      <c r="M16" t="s">
+        <v>989</v>
+      </c>
+      <c r="N16" t="s">
+        <v>2541</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>2542</v>
+      </c>
+      <c r="R16" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S16" t="s">
+        <v>103</v>
+      </c>
+      <c r="T16" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B17" t="s">
+        <v>69</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>2544</v>
+      </c>
+      <c r="H17" t="s">
+        <v>2545</v>
+      </c>
+      <c r="I17" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J17" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1945</v>
+      </c>
+      <c r="L17" t="s">
+        <v>71</v>
+      </c>
+      <c r="M17" t="s">
+        <v>989</v>
+      </c>
+      <c r="N17" t="s">
+        <v>2546</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>2547</v>
+      </c>
+      <c r="R17" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S17" t="s">
+        <v>72</v>
+      </c>
+      <c r="T17" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B18" t="s">
+        <v>2548</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>2550</v>
+      </c>
+      <c r="H18" t="s">
+        <v>2551</v>
+      </c>
+      <c r="I18" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M18" t="s">
+        <v>989</v>
+      </c>
+      <c r="N18" t="s">
+        <v>2552</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S18" t="s">
+        <v>2553</v>
+      </c>
+      <c r="T18" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B19" t="s">
+        <v>2554</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>2556</v>
+      </c>
+      <c r="H19" t="s">
+        <v>2557</v>
+      </c>
+      <c r="I19" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K19" t="s">
+        <v>1199</v>
+      </c>
+      <c r="L19" t="s">
+        <v>61</v>
+      </c>
+      <c r="M19" t="s">
+        <v>989</v>
+      </c>
+      <c r="N19" t="s">
+        <v>2558</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>2559</v>
+      </c>
+      <c r="R19" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S19" t="s">
+        <v>62</v>
+      </c>
+      <c r="T19" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B20" t="s">
+        <v>2560</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>2561</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>2562</v>
+      </c>
+      <c r="H20" t="s">
+        <v>2563</v>
+      </c>
+      <c r="I20" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J20" t="s">
+        <v>2564</v>
+      </c>
+      <c r="K20" t="s">
+        <v>2565</v>
+      </c>
+      <c r="L20" t="s">
+        <v>2566</v>
+      </c>
+      <c r="M20" t="s">
+        <v>989</v>
+      </c>
+      <c r="N20" t="s">
+        <v>2567</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R20" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S20" t="s">
+        <v>2568</v>
+      </c>
+      <c r="T20" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B21" t="s">
+        <v>2569</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>2571</v>
+      </c>
+      <c r="H21" t="s">
+        <v>2572</v>
+      </c>
+      <c r="I21" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J21" t="s">
+        <v>2573</v>
+      </c>
+      <c r="K21" t="s">
+        <v>2204</v>
+      </c>
+      <c r="L21" t="s">
+        <v>2205</v>
+      </c>
+      <c r="M21" t="s">
+        <v>989</v>
+      </c>
+      <c r="N21" t="s">
+        <v>2574</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R21" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S21" t="s">
+        <v>2575</v>
+      </c>
+      <c r="T21" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B22" t="s">
+        <v>619</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>2577</v>
+      </c>
+      <c r="H22" t="s">
+        <v>2578</v>
+      </c>
+      <c r="I22" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1921</v>
+      </c>
+      <c r="K22" t="s">
+        <v>1922</v>
+      </c>
+      <c r="L22" t="s">
+        <v>621</v>
+      </c>
+      <c r="M22" t="s">
+        <v>989</v>
+      </c>
+      <c r="N22" t="s">
+        <v>2579</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>2580</v>
+      </c>
+      <c r="R22" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S22" t="s">
+        <v>622</v>
+      </c>
+      <c r="T22" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B23" t="s">
+        <v>2581</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>2583</v>
+      </c>
+      <c r="H23" t="s">
+        <v>2584</v>
+      </c>
+      <c r="I23" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J23" t="s">
+        <v>2585</v>
+      </c>
+      <c r="K23" t="s">
+        <v>1349</v>
+      </c>
+      <c r="L23" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M23" t="s">
+        <v>989</v>
+      </c>
+      <c r="N23" t="s">
+        <v>2586</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>2479</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R23" t="s">
+        <v>2479</v>
+      </c>
+      <c r="S23" t="s">
+        <v>2587</v>
+      </c>
+      <c r="T23" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B24" t="s">
+        <v>2589</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>2591</v>
+      </c>
+      <c r="H24" t="s">
+        <v>2592</v>
+      </c>
+      <c r="I24" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K24" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L24" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M24" t="s">
+        <v>989</v>
+      </c>
+      <c r="N24" t="s">
+        <v>2593</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>2449</v>
+      </c>
+      <c r="R24" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S24" t="s">
+        <v>2594</v>
+      </c>
+      <c r="T24" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B25" t="s">
+        <v>2595</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>2596</v>
+      </c>
+      <c r="H25" t="s">
+        <v>2597</v>
+      </c>
+      <c r="I25" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1255</v>
+      </c>
+      <c r="K25" t="s">
+        <v>1256</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M25" t="s">
+        <v>989</v>
+      </c>
+      <c r="N25" t="s">
+        <v>2598</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S25" t="s">
+        <v>2599</v>
+      </c>
+      <c r="T25" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B26" t="s">
+        <v>2600</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>2601</v>
+      </c>
+      <c r="H26" t="s">
+        <v>2602</v>
+      </c>
+      <c r="I26" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J26" t="s">
+        <v>2603</v>
+      </c>
+      <c r="K26" t="s">
+        <v>2604</v>
+      </c>
+      <c r="L26" t="s">
+        <v>2605</v>
+      </c>
+      <c r="M26" t="s">
+        <v>989</v>
+      </c>
+      <c r="N26" t="s">
+        <v>2606</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>2466</v>
+      </c>
+      <c r="R26" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S26" t="s">
+        <v>2607</v>
+      </c>
+      <c r="T26" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B27" t="s">
+        <v>2608</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>2610</v>
+      </c>
+      <c r="H27" t="s">
+        <v>2611</v>
+      </c>
+      <c r="I27" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J27" t="s">
+        <v>2612</v>
+      </c>
+      <c r="K27" t="s">
+        <v>2613</v>
+      </c>
+      <c r="L27" t="s">
+        <v>71</v>
+      </c>
+      <c r="M27" t="s">
+        <v>989</v>
+      </c>
+      <c r="N27" t="s">
+        <v>20</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>2507</v>
+      </c>
+      <c r="R27" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S27" t="s">
+        <v>581</v>
+      </c>
+      <c r="T27" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B28" t="s">
+        <v>2615</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>2617</v>
+      </c>
+      <c r="H28" t="s">
+        <v>2618</v>
+      </c>
+      <c r="I28" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L28" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M28" t="s">
+        <v>989</v>
+      </c>
+      <c r="N28" t="s">
+        <v>2619</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R28" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S28" t="s">
+        <v>2620</v>
+      </c>
+      <c r="T28" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B29" t="s">
+        <v>2621</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>2622</v>
+      </c>
+      <c r="H29" t="s">
+        <v>2623</v>
+      </c>
+      <c r="I29" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1921</v>
+      </c>
+      <c r="K29" t="s">
+        <v>1922</v>
+      </c>
+      <c r="L29" t="s">
+        <v>621</v>
+      </c>
+      <c r="M29" t="s">
+        <v>989</v>
+      </c>
+      <c r="N29" t="s">
+        <v>2579</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>2466</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S29" t="s">
+        <v>2624</v>
+      </c>
+      <c r="T29" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B30" t="s">
+        <v>407</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>2625</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>2626</v>
+      </c>
+      <c r="H30" t="s">
+        <v>2627</v>
+      </c>
+      <c r="I30" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J30" t="s">
+        <v>2628</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L30" t="s">
+        <v>61</v>
+      </c>
+      <c r="M30" t="s">
+        <v>989</v>
+      </c>
+      <c r="N30" t="s">
+        <v>2629</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>2479</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>2507</v>
+      </c>
+      <c r="R30" t="s">
+        <v>2479</v>
+      </c>
+      <c r="S30" t="s">
+        <v>409</v>
+      </c>
+      <c r="T30" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B31" t="s">
+        <v>2630</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>2631</v>
+      </c>
+      <c r="H31" t="s">
+        <v>2632</v>
+      </c>
+      <c r="I31" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J31" t="s">
+        <v>2633</v>
+      </c>
+      <c r="K31" t="s">
+        <v>2634</v>
+      </c>
+      <c r="L31" t="s">
+        <v>30</v>
+      </c>
+      <c r="M31" t="s">
+        <v>989</v>
+      </c>
+      <c r="N31" t="s">
+        <v>2635</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R31" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S31" t="s">
+        <v>2636</v>
+      </c>
+      <c r="T31" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B32" t="s">
+        <v>2637</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>2638</v>
+      </c>
+      <c r="H32" t="s">
+        <v>2639</v>
+      </c>
+      <c r="I32" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J32" t="s">
+        <v>2640</v>
+      </c>
+      <c r="K32" t="s">
+        <v>1860</v>
+      </c>
+      <c r="L32" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M32" t="s">
+        <v>989</v>
+      </c>
+      <c r="N32" t="s">
+        <v>2641</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>2642</v>
+      </c>
+      <c r="R32" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S32" t="s">
+        <v>2643</v>
+      </c>
+      <c r="T32" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B33" t="s">
+        <v>2644</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>2646</v>
+      </c>
+      <c r="H33" t="s">
+        <v>2647</v>
+      </c>
+      <c r="I33" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J33" t="s">
+        <v>2648</v>
+      </c>
+      <c r="K33" t="s">
+        <v>2649</v>
+      </c>
+      <c r="L33" t="s">
+        <v>30</v>
+      </c>
+      <c r="M33" t="s">
+        <v>989</v>
+      </c>
+      <c r="N33" t="s">
+        <v>2650</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>2480</v>
+      </c>
+      <c r="R33" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S33" t="s">
+        <v>31</v>
+      </c>
+      <c r="T33" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B34" t="s">
+        <v>2651</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>2652</v>
+      </c>
+      <c r="H34" t="s">
+        <v>2653</v>
+      </c>
+      <c r="I34" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J34" t="s">
+        <v>2523</v>
+      </c>
+      <c r="K34" t="s">
+        <v>2524</v>
+      </c>
+      <c r="L34" t="s">
+        <v>30</v>
+      </c>
+      <c r="M34" t="s">
+        <v>989</v>
+      </c>
+      <c r="N34" t="s">
+        <v>2525</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>2654</v>
+      </c>
+      <c r="R34" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S34" t="s">
+        <v>286</v>
+      </c>
+      <c r="T34" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B35" t="s">
+        <v>150</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>2655</v>
+      </c>
+      <c r="H35" t="s">
+        <v>2656</v>
+      </c>
+      <c r="I35" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J35" t="s">
+        <v>2657</v>
+      </c>
+      <c r="K35" t="s">
+        <v>2613</v>
+      </c>
+      <c r="L35" t="s">
+        <v>71</v>
+      </c>
+      <c r="M35" t="s">
+        <v>989</v>
+      </c>
+      <c r="N35" t="s">
+        <v>2658</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>2480</v>
+      </c>
+      <c r="R35" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S35" t="s">
+        <v>152</v>
+      </c>
+      <c r="T35" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B36" t="s">
+        <v>2659</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2660</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2661</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2662</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2663</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2664</v>
+      </c>
+      <c r="M36" t="s">
+        <v>989</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2665</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R36" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S36" t="s">
+        <v>2666</v>
+      </c>
+      <c r="T36" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B37" t="s">
+        <v>2667</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>2668</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>2669</v>
+      </c>
+      <c r="H37" t="s">
+        <v>2670</v>
+      </c>
+      <c r="I37" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>2671</v>
+      </c>
+      <c r="L37" t="s">
+        <v>2672</v>
+      </c>
+      <c r="M37" t="s">
+        <v>989</v>
+      </c>
+      <c r="N37" t="s">
+        <v>2673</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R37" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S37" t="s">
+        <v>2674</v>
+      </c>
+      <c r="T37" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B38" t="s">
+        <v>2675</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>2676</v>
+      </c>
+      <c r="H38" t="s">
+        <v>2677</v>
+      </c>
+      <c r="I38" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J38" t="s">
+        <v>2678</v>
+      </c>
+      <c r="K38" t="s">
+        <v>2679</v>
+      </c>
+      <c r="L38" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M38" t="s">
+        <v>989</v>
+      </c>
+      <c r="N38" t="s">
+        <v>2680</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R38" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S38" t="s">
+        <v>2681</v>
+      </c>
+      <c r="T38" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B39" t="s">
+        <v>2682</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>2683</v>
+      </c>
+      <c r="H39" t="s">
+        <v>2684</v>
+      </c>
+      <c r="I39" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J39" t="s">
+        <v>20</v>
+      </c>
+      <c r="K39" t="s">
+        <v>2685</v>
+      </c>
+      <c r="L39" t="s">
+        <v>2686</v>
+      </c>
+      <c r="M39" t="s">
+        <v>989</v>
+      </c>
+      <c r="N39" t="s">
+        <v>2687</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R39" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S39" t="s">
+        <v>2688</v>
+      </c>
+      <c r="T39" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B40" t="s">
+        <v>2689</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>2690</v>
+      </c>
+      <c r="H40" t="s">
+        <v>2691</v>
+      </c>
+      <c r="I40" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J40" t="s">
+        <v>2692</v>
+      </c>
+      <c r="K40" t="s">
+        <v>2693</v>
+      </c>
+      <c r="L40" t="s">
+        <v>2694</v>
+      </c>
+      <c r="M40" t="s">
+        <v>989</v>
+      </c>
+      <c r="N40" t="s">
+        <v>2695</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R40" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S40" t="s">
+        <v>2696</v>
+      </c>
+      <c r="T40" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B41" t="s">
+        <v>188</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>2537</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>2697</v>
+      </c>
+      <c r="H41" t="s">
+        <v>2698</v>
+      </c>
+      <c r="I41" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J41" t="s">
+        <v>2699</v>
+      </c>
+      <c r="K41" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L41" t="s">
+        <v>30</v>
+      </c>
+      <c r="M41" t="s">
+        <v>989</v>
+      </c>
+      <c r="N41" t="s">
+        <v>2541</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>2700</v>
+      </c>
+      <c r="R41" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S41" t="s">
+        <v>190</v>
+      </c>
+      <c r="T41" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B42" t="s">
+        <v>2701</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>2609</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>2702</v>
+      </c>
+      <c r="H42" t="s">
+        <v>2703</v>
+      </c>
+      <c r="I42" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J42" t="s">
+        <v>2704</v>
+      </c>
+      <c r="K42" t="s">
+        <v>2705</v>
+      </c>
+      <c r="L42" t="s">
+        <v>2706</v>
+      </c>
+      <c r="M42" t="s">
+        <v>989</v>
+      </c>
+      <c r="N42" t="s">
+        <v>2707</v>
+      </c>
+      <c r="O42" t="s">
+        <v>20</v>
+      </c>
+      <c r="P42" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>2488</v>
+      </c>
+      <c r="R42" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S42" t="s">
+        <v>2708</v>
+      </c>
+      <c r="T42" t="s">
+        <v>2614</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B43" t="s">
+        <v>2709</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>2549</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>2710</v>
+      </c>
+      <c r="H43" t="s">
+        <v>2711</v>
+      </c>
+      <c r="I43" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J43" t="s">
+        <v>1227</v>
+      </c>
+      <c r="K43" t="s">
+        <v>1228</v>
+      </c>
+      <c r="L43" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M43" t="s">
+        <v>989</v>
+      </c>
+      <c r="N43" t="s">
+        <v>2552</v>
+      </c>
+      <c r="O43" t="s">
+        <v>20</v>
+      </c>
+      <c r="P43" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R43" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S43" t="s">
+        <v>2712</v>
+      </c>
+      <c r="T43" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B44" t="s">
+        <v>2713</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>2576</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>2714</v>
+      </c>
+      <c r="H44" t="s">
+        <v>2715</v>
+      </c>
+      <c r="I44" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J44" t="s">
+        <v>1921</v>
+      </c>
+      <c r="K44" t="s">
+        <v>1922</v>
+      </c>
+      <c r="L44" t="s">
+        <v>621</v>
+      </c>
+      <c r="M44" t="s">
+        <v>989</v>
+      </c>
+      <c r="N44" t="s">
+        <v>2579</v>
+      </c>
+      <c r="O44" t="s">
+        <v>20</v>
+      </c>
+      <c r="P44" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R44" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S44" t="s">
+        <v>2716</v>
+      </c>
+      <c r="T44" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B45" t="s">
+        <v>2717</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2543</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2718</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2719</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2373</v>
+      </c>
+      <c r="K45" t="s">
+        <v>1945</v>
+      </c>
+      <c r="L45" t="s">
+        <v>71</v>
+      </c>
+      <c r="M45" t="s">
+        <v>989</v>
+      </c>
+      <c r="N45" t="s">
+        <v>2546</v>
+      </c>
+      <c r="O45" t="s">
+        <v>20</v>
+      </c>
+      <c r="P45" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R45" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S45" t="s">
+        <v>2720</v>
+      </c>
+      <c r="T45" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B46" t="s">
+        <v>2721</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>2722</v>
+      </c>
+      <c r="H46" t="s">
+        <v>2723</v>
+      </c>
+      <c r="I46" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J46" t="s">
+        <v>1198</v>
+      </c>
+      <c r="K46" t="s">
+        <v>1155</v>
+      </c>
+      <c r="L46" t="s">
+        <v>61</v>
+      </c>
+      <c r="M46" t="s">
+        <v>989</v>
+      </c>
+      <c r="N46" t="s">
+        <v>2724</v>
+      </c>
+      <c r="O46" t="s">
+        <v>20</v>
+      </c>
+      <c r="P46" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R46" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S46" t="s">
+        <v>2725</v>
+      </c>
+      <c r="T46" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B47" t="s">
+        <v>2726</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>2727</v>
+      </c>
+      <c r="H47" t="s">
+        <v>2728</v>
+      </c>
+      <c r="I47" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J47" t="s">
+        <v>1865</v>
+      </c>
+      <c r="K47" t="s">
+        <v>1839</v>
+      </c>
+      <c r="L47" t="s">
+        <v>1840</v>
+      </c>
+      <c r="M47" t="s">
+        <v>989</v>
+      </c>
+      <c r="N47" t="s">
+        <v>2729</v>
+      </c>
+      <c r="O47" t="s">
+        <v>20</v>
+      </c>
+      <c r="P47" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>2730</v>
+      </c>
+      <c r="R47" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S47" t="s">
+        <v>2731</v>
+      </c>
+      <c r="T47" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B48" t="s">
+        <v>2732</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>2582</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>2733</v>
+      </c>
+      <c r="H48" t="s">
+        <v>2734</v>
+      </c>
+      <c r="I48" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J48" t="s">
+        <v>2585</v>
+      </c>
+      <c r="K48" t="s">
+        <v>2735</v>
+      </c>
+      <c r="L48" t="s">
+        <v>1350</v>
+      </c>
+      <c r="M48" t="s">
+        <v>989</v>
+      </c>
+      <c r="N48" t="s">
+        <v>2586</v>
+      </c>
+      <c r="O48" t="s">
+        <v>20</v>
+      </c>
+      <c r="P48" t="s">
+        <v>2479</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R48" t="s">
+        <v>2479</v>
+      </c>
+      <c r="S48" t="s">
+        <v>2736</v>
+      </c>
+      <c r="T48" t="s">
+        <v>2588</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B49" t="s">
+        <v>2737</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>2645</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>2738</v>
+      </c>
+      <c r="H49" t="s">
+        <v>2739</v>
+      </c>
+      <c r="I49" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J49" t="s">
+        <v>2740</v>
+      </c>
+      <c r="K49" t="s">
+        <v>2741</v>
+      </c>
+      <c r="L49" t="s">
+        <v>30</v>
+      </c>
+      <c r="M49" t="s">
+        <v>989</v>
+      </c>
+      <c r="N49" t="s">
+        <v>2742</v>
+      </c>
+      <c r="O49" t="s">
+        <v>20</v>
+      </c>
+      <c r="P49" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>2466</v>
+      </c>
+      <c r="R49" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S49" t="s">
+        <v>2743</v>
+      </c>
+      <c r="T49" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B50" t="s">
+        <v>2744</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>2590</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>2745</v>
+      </c>
+      <c r="H50" t="s">
+        <v>2746</v>
+      </c>
+      <c r="I50" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J50" t="s">
+        <v>1262</v>
+      </c>
+      <c r="K50" t="s">
+        <v>1263</v>
+      </c>
+      <c r="L50" t="s">
+        <v>1257</v>
+      </c>
+      <c r="M50" t="s">
+        <v>989</v>
+      </c>
+      <c r="N50" t="s">
+        <v>2593</v>
+      </c>
+      <c r="O50" t="s">
+        <v>20</v>
+      </c>
+      <c r="P50" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R50" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S50" t="s">
+        <v>2747</v>
+      </c>
+      <c r="T50" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B51" t="s">
+        <v>2748</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>2570</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>2749</v>
+      </c>
+      <c r="H51" t="s">
+        <v>2750</v>
+      </c>
+      <c r="I51" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J51" t="s">
+        <v>2573</v>
+      </c>
+      <c r="K51" t="s">
+        <v>2204</v>
+      </c>
+      <c r="L51" t="s">
+        <v>2205</v>
+      </c>
+      <c r="M51" t="s">
+        <v>989</v>
+      </c>
+      <c r="N51" t="s">
+        <v>2574</v>
+      </c>
+      <c r="O51" t="s">
+        <v>20</v>
+      </c>
+      <c r="P51" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R51" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S51" t="s">
+        <v>2751</v>
+      </c>
+      <c r="T51" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B52" t="s">
+        <v>2752</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>2616</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>2753</v>
+      </c>
+      <c r="H52" t="s">
+        <v>2754</v>
+      </c>
+      <c r="I52" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J52" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K52" t="s">
+        <v>1162</v>
+      </c>
+      <c r="L52" t="s">
+        <v>1163</v>
+      </c>
+      <c r="M52" t="s">
+        <v>989</v>
+      </c>
+      <c r="N52" t="s">
+        <v>2619</v>
+      </c>
+      <c r="O52" t="s">
+        <v>20</v>
+      </c>
+      <c r="P52" t="s">
+        <v>1001</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R52" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S52" t="s">
+        <v>2755</v>
+      </c>
+      <c r="T52" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B53" t="s">
+        <v>2756</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>2555</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>2757</v>
+      </c>
+      <c r="H53" t="s">
+        <v>2758</v>
+      </c>
+      <c r="I53" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J53" t="s">
+        <v>2699</v>
+      </c>
+      <c r="K53" t="s">
+        <v>1121</v>
+      </c>
+      <c r="L53" t="s">
+        <v>30</v>
+      </c>
+      <c r="M53" t="s">
+        <v>989</v>
+      </c>
+      <c r="N53" t="s">
+        <v>20</v>
+      </c>
+      <c r="O53" t="s">
+        <v>20</v>
+      </c>
+      <c r="P53" t="s">
+        <v>2759</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>2760</v>
+      </c>
+      <c r="R53" t="s">
+        <v>1001</v>
+      </c>
+      <c r="S53" t="s">
+        <v>2761</v>
+      </c>
+      <c r="T53" t="s">
+        <v>2490</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B54" t="s">
+        <v>2762</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>2763</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>2764</v>
+      </c>
+      <c r="H54" t="s">
+        <v>2765</v>
+      </c>
+      <c r="I54" t="s">
+        <v>2463</v>
+      </c>
+      <c r="J54" t="s">
+        <v>1608</v>
+      </c>
+      <c r="K54" t="s">
+        <v>1609</v>
+      </c>
+      <c r="L54" t="s">
+        <v>50</v>
+      </c>
+      <c r="M54" t="s">
+        <v>989</v>
+      </c>
+      <c r="N54" t="s">
+        <v>2766</v>
+      </c>
+      <c r="O54" t="s">
+        <v>20</v>
+      </c>
+      <c r="P54" t="s">
+        <v>2465</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>2767</v>
+      </c>
+      <c r="R54" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S54" t="s">
+        <v>51</v>
+      </c>
+      <c r="T54" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B55" t="s">
+        <v>2768</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>2770</v>
+      </c>
+      <c r="H55" t="s">
+        <v>2771</v>
+      </c>
+      <c r="I55" t="s">
+        <v>2540</v>
+      </c>
+      <c r="J55" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K55" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L55" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M55" t="s">
+        <v>989</v>
+      </c>
+      <c r="N55" t="s">
+        <v>2457</v>
+      </c>
+      <c r="O55" t="s">
+        <v>20</v>
+      </c>
+      <c r="P55" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>2449</v>
+      </c>
+      <c r="R55" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S55" t="s">
+        <v>2772</v>
+      </c>
+      <c r="T55" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>2441</v>
+      </c>
+      <c r="B56" t="s">
+        <v>2773</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>2769</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>2774</v>
+      </c>
+      <c r="H56" t="s">
+        <v>2775</v>
+      </c>
+      <c r="I56" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J56" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K56" t="s">
+        <v>1091</v>
+      </c>
+      <c r="L56" t="s">
+        <v>1092</v>
+      </c>
+      <c r="M56" t="s">
+        <v>989</v>
+      </c>
+      <c r="N56" t="s">
+        <v>2457</v>
+      </c>
+      <c r="O56" t="s">
+        <v>20</v>
+      </c>
+      <c r="P56" t="s">
+        <v>1036</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>2471</v>
+      </c>
+      <c r="R56" t="s">
+        <v>1036</v>
+      </c>
+      <c r="S56" t="s">
+        <v>2776</v>
+      </c>
+      <c r="T56" t="s">
+        <v>2451</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>