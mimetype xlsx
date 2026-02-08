--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7196" uniqueCount="2777">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="7725" uniqueCount="2950">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,107 +77,581 @@
   <si>
     <t>Prénom</t>
   </si>
   <si>
     <t>Spécialité ou activité</t>
   </si>
   <si>
     <t>Date d'accréditation</t>
   </si>
   <si>
     <t>Établissement(s) d'exercice</t>
   </si>
   <si>
     <t>Code postal d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Ville d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Code Finess d’établissement(s) de santé</t>
   </si>
   <si>
     <t>Médecin accrédité</t>
   </si>
   <si>
+    <t>Docteur BRUNO SAUMANDE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/01/2026 15:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808246/fr/docteur-bruno-saumande</t>
+  </si>
+  <si>
+    <t>p_3808246</t>
+  </si>
+  <si>
+    <t>Docteur</t>
+  </si>
+  <si>
+    <t>SAUMANDE</t>
+  </si>
+  <si>
+    <t>BRUNO</t>
+  </si>
+  <si>
+    <t>18 December 2025</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA GCS ES</t>
+  </si>
+  <si>
+    <t>67016</t>
+  </si>
+  <si>
+    <t>STRASBOURG</t>
+  </si>
+  <si>
+    <t>670018068</t>
+  </si>
+  <si>
+    <t>Docteur Maëva LE LIRZIN</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808343/fr/docteur-maeva-le-lirzin</t>
+  </si>
+  <si>
+    <t>p_3808343</t>
+  </si>
+  <si>
+    <t>LE LIRZIN</t>
+  </si>
+  <si>
+    <t>Maëva</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE HAGUENAU</t>
+  </si>
+  <si>
+    <t>67504</t>
+  </si>
+  <si>
+    <t>HAGUENAU</t>
+  </si>
+  <si>
+    <t>670000157</t>
+  </si>
+  <si>
+    <t>Docteur Sophie PLONKA</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808346/fr/docteur-sophie-plonka</t>
+  </si>
+  <si>
+    <t>p_3808346</t>
+  </si>
+  <si>
+    <t>PLONKA</t>
+  </si>
+  <si>
+    <t>Sophie</t>
+  </si>
+  <si>
+    <t>Docteur MICHEL FOEGLE</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808445/fr/docteur-michel-foegle</t>
+  </si>
+  <si>
+    <t>p_3808445</t>
+  </si>
+  <si>
+    <t>FOEGLE</t>
+  </si>
+  <si>
+    <t>MICHEL</t>
+  </si>
+  <si>
+    <t>Docteur Radu LUPESCU</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808473/fr/docteur-radu-lupescu</t>
+  </si>
+  <si>
+    <t>p_3808473</t>
+  </si>
+  <si>
+    <t>LUPESCU</t>
+  </si>
+  <si>
+    <t>Radu</t>
+  </si>
+  <si>
+    <t>Docteur Jean-Pierre RAMEAU</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808486/fr/docteur-jean-pierre-rameau</t>
+  </si>
+  <si>
+    <t>p_3808486</t>
+  </si>
+  <si>
+    <t>RAMEAU</t>
+  </si>
+  <si>
+    <t>Jean-Pierre</t>
+  </si>
+  <si>
+    <t>Docteur Nadège ERB</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808488/fr/docteur-nadege-erb</t>
+  </si>
+  <si>
+    <t>p_3808488</t>
+  </si>
+  <si>
+    <t>ERB</t>
+  </si>
+  <si>
+    <t>Nadège</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA ASSOCIATION</t>
+  </si>
+  <si>
+    <t>67000</t>
+  </si>
+  <si>
+    <t>670017458</t>
+  </si>
+  <si>
+    <t>Docteur Louis PROFUMO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808492/fr/docteur-louis-profumo</t>
+  </si>
+  <si>
+    <t>p_3808492</t>
+  </si>
+  <si>
+    <t>PROFUMO</t>
+  </si>
+  <si>
+    <t>Louis</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA ASSOCIATION,CLINIQUE RHENA GCS ES</t>
+  </si>
+  <si>
+    <t>67000,67016</t>
+  </si>
+  <si>
+    <t>STRASBOURG,STRASBOURG</t>
+  </si>
+  <si>
+    <t>670017458,670018068</t>
+  </si>
+  <si>
+    <t>Docteur Pierre-Olivier LUDES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808495/fr/docteur-pierre-olivier-ludes</t>
+  </si>
+  <si>
+    <t>p_3808495</t>
+  </si>
+  <si>
+    <t>LUDES</t>
+  </si>
+  <si>
+    <t>Pierre-Olivier</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN PLAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808498/fr/docteur-benjamin-plas</t>
+  </si>
+  <si>
+    <t>p_3808498</t>
+  </si>
+  <si>
+    <t>PLAS</t>
+  </si>
+  <si>
+    <t>BENJAMIN</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-FRANÇOIS</t>
+  </si>
+  <si>
+    <t>67502</t>
+  </si>
+  <si>
+    <t>670780378</t>
+  </si>
+  <si>
+    <t>Docteur Armine HAMIDI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808502/fr/docteur-armine-hamidi</t>
+  </si>
+  <si>
+    <t>p_3808502</t>
+  </si>
+  <si>
+    <t>HAMIDI</t>
+  </si>
+  <si>
+    <t>Armine</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre TIMOFEEV</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808517/fr/docteur-alexandre-timofeev</t>
+  </si>
+  <si>
+    <t>p_3808517</t>
+  </si>
+  <si>
+    <t>TIMOFEEV</t>
+  </si>
+  <si>
+    <t>Alexandre</t>
+  </si>
+  <si>
+    <t>Docteur Mustafa BENMEKHBI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808529/fr/docteur-mustafa-benmekhbi</t>
+  </si>
+  <si>
+    <t>p_3808529</t>
+  </si>
+  <si>
+    <t>BENMEKHBI</t>
+  </si>
+  <si>
+    <t>Mustafa</t>
+  </si>
+  <si>
+    <t>Docteur Gilles BURGUN</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808531/fr/docteur-gilles-burgun</t>
+  </si>
+  <si>
+    <t>p_3808531</t>
+  </si>
+  <si>
+    <t>BURGUN</t>
+  </si>
+  <si>
+    <t>Gilles</t>
+  </si>
+  <si>
+    <t>Docteur François COLLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808533/fr/docteur-francois-collin</t>
+  </si>
+  <si>
+    <t>p_3808533</t>
+  </si>
+  <si>
+    <t>COLLIN</t>
+  </si>
+  <si>
+    <t>François</t>
+  </si>
+  <si>
+    <t>GCS M RHENA - ET SIEGE</t>
+  </si>
+  <si>
+    <t>670016294</t>
+  </si>
+  <si>
+    <t>Docteur Hervé KUNTZMANN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808537/fr/docteur-herve-kuntzmann</t>
+  </si>
+  <si>
+    <t>p_3808537</t>
+  </si>
+  <si>
+    <t>KUNTZMANN</t>
+  </si>
+  <si>
+    <t>Hervé</t>
+  </si>
+  <si>
+    <t>Docteur Adrien SPRUNCK</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808539/fr/docteur-adrien-sprunck</t>
+  </si>
+  <si>
+    <t>p_3808539</t>
+  </si>
+  <si>
+    <t>SPRUNCK</t>
+  </si>
+  <si>
+    <t>Adrien</t>
+  </si>
+  <si>
+    <t>Docteur Denis GRAFF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808541/fr/docteur-denis-graff</t>
+  </si>
+  <si>
+    <t>p_3808541</t>
+  </si>
+  <si>
+    <t>GRAFF</t>
+  </si>
+  <si>
+    <t>Denis</t>
+  </si>
+  <si>
+    <t>Docteur Yves NOUDEM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808545/fr/docteur-yves-noudem</t>
+  </si>
+  <si>
+    <t>p_3808545</t>
+  </si>
+  <si>
+    <t>NOUDEM</t>
+  </si>
+  <si>
+    <t>Yves</t>
+  </si>
+  <si>
+    <t>GCS M RHENA - ET SIEGE,CLINIQUE RHENA ASSOCIATION,IMAGERIE DU RHIN - SITE CLINIQUE RHENA,CLINIQUE RHENA GCS ES,CLINIQUE RHENA GCS ES - ET SIEGE</t>
+  </si>
+  <si>
+    <t>67016,67000,67000,67016,67016</t>
+  </si>
+  <si>
+    <t>STRASBOURG,STRASBOURG,STRASBOURG,STRASBOURG,STRASBOURG</t>
+  </si>
+  <si>
+    <t>670016294,670017458,670018050,670018068,670018431</t>
+  </si>
+  <si>
+    <t>Docteur Thomas BREINING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808547/fr/docteur-thomas-breining</t>
+  </si>
+  <si>
+    <t>p_3808547</t>
+  </si>
+  <si>
+    <t>BREINING</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>Docteur Thomas RAVAZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808549/fr/docteur-thomas-ravaz</t>
+  </si>
+  <si>
+    <t>p_3808549</t>
+  </si>
+  <si>
+    <t>RAVAZ</t>
+  </si>
+  <si>
+    <t>Docteur Nicolas GREIB</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808593/fr/docteur-nicolas-greib</t>
+  </si>
+  <si>
+    <t>p_3808593</t>
+  </si>
+  <si>
+    <t>GREIB</t>
+  </si>
+  <si>
+    <t>Nicolas</t>
+  </si>
+  <si>
+    <t>Docteur VINCIANE GOILLOT</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808642/fr/docteur-vinciane-goillot</t>
+  </si>
+  <si>
+    <t>p_3808642</t>
+  </si>
+  <si>
+    <t>GOILLOT</t>
+  </si>
+  <si>
+    <t>VINCIANE</t>
+  </si>
+  <si>
+    <t>Docteur Anna LE BOURVELLEC-JUNG</t>
+  </si>
+  <si>
+    <t>12/01/2026 15:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808664/fr/docteur-anna-le-bourvellec-jung</t>
+  </si>
+  <si>
+    <t>p_3808664</t>
+  </si>
+  <si>
+    <t>LE BOURVELLEC-JUNG</t>
+  </si>
+  <si>
+    <t>Anna</t>
+  </si>
+  <si>
+    <t>Docteur LUCIE PIEMONT-SCHWARTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808666/fr/docteur-lucie-piemont-schwartz</t>
+  </si>
+  <si>
+    <t>p_3808666</t>
+  </si>
+  <si>
+    <t>PIEMONT-SCHWARTZ</t>
+  </si>
+  <si>
+    <t>LUCIE</t>
+  </si>
+  <si>
     <t>Docteur David HAMID</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>11/12/2025 19:15:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794009/fr/docteur-david-hamid</t>
   </si>
   <si>
     <t>p_3794009</t>
   </si>
   <si>
-    <t>Docteur</t>
-[...1 lines deleted...]
-  <si>
     <t>HAMID</t>
   </si>
   <si>
     <t>David</t>
   </si>
   <si>
     <t>11 September 2025</t>
   </si>
   <si>
     <t>CLINIQUE SAINTE-BARBE</t>
   </si>
   <si>
     <t>67083</t>
   </si>
   <si>
-    <t>STRASBOURG</t>
-[...1 lines deleted...]
-  <si>
     <t>670780188</t>
   </si>
   <si>
     <t>Docteur François FISCHER</t>
   </si>
   <si>
     <t>11/12/2025 19:16:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794570/fr/docteur-francois-fischer</t>
   </si>
   <si>
     <t>p_3794570</t>
   </si>
   <si>
     <t>FISCHER</t>
   </si>
   <si>
-    <t>François</t>
-[...1 lines deleted...]
-  <si>
     <t>20 November 2025</t>
   </si>
   <si>
     <t>CLINIQUE DE L'ORANGERIE</t>
   </si>
   <si>
     <t>67010</t>
   </si>
   <si>
     <t>670780170</t>
   </si>
   <si>
     <t>Docteur IONUT-MARIUS POPIA</t>
   </si>
   <si>
     <t>11/12/2025 19:16:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3794653/fr/docteur-ionut-marius-popia</t>
   </si>
   <si>
     <t>p_3794653</t>
   </si>
   <si>
     <t>POPIA</t>
@@ -227,92 +701,77 @@
   <si>
     <t>SAVERNE</t>
   </si>
   <si>
     <t>670000165</t>
   </si>
   <si>
     <t>Docteur Mihaela SIMON</t>
   </si>
   <si>
     <t>28/07/2025 12:17:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3638818/fr/docteur-mihaela-simon</t>
   </si>
   <si>
     <t>p_3638818</t>
   </si>
   <si>
     <t>SIMON</t>
   </si>
   <si>
     <t>Mihaela</t>
   </si>
   <si>
-    <t>CENTRE HOSPITALIER DE HAGUENAU</t>
-[...10 lines deleted...]
-  <si>
     <t>Docteur Madeleine PELLERIN</t>
   </si>
   <si>
     <t>30/06/2025 14:17:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633917/fr/docteur-madeleine-pellerin</t>
   </si>
   <si>
     <t>p_3633917</t>
   </si>
   <si>
     <t>PELLERIN</t>
   </si>
   <si>
     <t>Madeleine</t>
   </si>
   <si>
     <t>26 June 2025</t>
   </si>
   <si>
     <t>CLINIQUE RHENA GCS ES,CLINIQUE SAINTE-ANNE</t>
   </si>
   <si>
     <t>67016,67085</t>
   </si>
   <si>
-    <t>STRASBOURG,STRASBOURG</t>
-[...1 lines deleted...]
-  <si>
     <t>670018068,670780212</t>
   </si>
   <si>
     <t>Docteur Justine LANOIX</t>
   </si>
   <si>
     <t>30/06/2025 14:17:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633942/fr/docteur-justine-lanoix</t>
   </si>
   <si>
     <t>p_3633942</t>
   </si>
   <si>
     <t>LANOIX</t>
   </si>
   <si>
     <t>Justine</t>
   </si>
   <si>
     <t>Docteur Jeanne DEUR</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3633943/fr/docteur-jeanne-deur</t>
@@ -413,116 +872,89 @@
   <si>
     <t>FRITSCH-TAILLARD</t>
   </si>
   <si>
     <t>Marine</t>
   </si>
   <si>
     <t>Docteur Pascal MOURACADE</t>
   </si>
   <si>
     <t>30/06/2025 17:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634153/fr/docteur-pascal-mouracade</t>
   </si>
   <si>
     <t>p_3634153</t>
   </si>
   <si>
     <t>MOURACADE</t>
   </si>
   <si>
     <t>Pascal</t>
   </si>
   <si>
-    <t>CLINIQUE RHENA ASSOCIATION,CLINIQUE RHENA GCS ES</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur SEBASTIEN BERGERAT</t>
   </si>
   <si>
     <t>30/06/2025 17:17:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634155/fr/docteur-sebastien-bergerat</t>
   </si>
   <si>
     <t>p_3634155</t>
   </si>
   <si>
     <t>BERGERAT</t>
   </si>
   <si>
     <t>SEBASTIEN</t>
   </si>
   <si>
-    <t>CLINIQUE RHENA GCS ES</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur THIBAUT WIPF</t>
   </si>
   <si>
     <t>07/04/2025 11:31:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600591/fr/docteur-thibaut-wipf</t>
   </si>
   <si>
     <t>p_3600591</t>
   </si>
   <si>
     <t>WIPF</t>
   </si>
   <si>
     <t>THIBAUT</t>
   </si>
   <si>
     <t>03 April 2025</t>
   </si>
   <si>
-    <t>CLINIQUE SAINT-FRANÇOIS</t>
-[...7 lines deleted...]
-  <si>
     <t>Docteur Joris ALBRECHT</t>
   </si>
   <si>
     <t>07/04/2025 11:32:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3600692/fr/docteur-joris-albrecht</t>
   </si>
   <si>
     <t>p_3600692</t>
   </si>
   <si>
     <t>ALBRECHT</t>
   </si>
   <si>
     <t>Joris</t>
   </si>
   <si>
     <t>Docteur Jérôme VILLEMINOT</t>
   </si>
   <si>
     <t>20/02/2025 18:30:24</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3591743/fr/docteur-jerome-villeminot</t>
@@ -560,53 +992,50 @@
   <si>
     <t>p_3592097</t>
   </si>
   <si>
     <t>EBER</t>
   </si>
   <si>
     <t>Pierre</t>
   </si>
   <si>
     <t>Docteur Yves NTILIKINA</t>
   </si>
   <si>
     <t>20/02/2025 18:33:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592132/fr/docteur-yves-ntilikina</t>
   </si>
   <si>
     <t>p_3592132</t>
   </si>
   <si>
     <t>NTILIKINA</t>
   </si>
   <si>
-    <t>Yves</t>
-[...1 lines deleted...]
-  <si>
     <t>Professeur Hélène CEBULA</t>
   </si>
   <si>
     <t>20/02/2025 18:33:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592168/fr/professeur-helene-cebula</t>
   </si>
   <si>
     <t>p_3592168</t>
   </si>
   <si>
     <t>Professeur</t>
   </si>
   <si>
     <t>CEBULA</t>
   </si>
   <si>
     <t>Hélène</t>
   </si>
   <si>
     <t>HOPITAL DE HAUTEPIERRE</t>
   </si>
   <si>
     <t>67200</t>
@@ -830,53 +1259,50 @@
   <si>
     <t>Docteur SANDRINE MARGUERITE</t>
   </si>
   <si>
     <t>13/09/2024 15:31:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540701/fr/docteur-sandrine-marguerite</t>
   </si>
   <si>
     <t>p_3540701</t>
   </si>
   <si>
     <t>MARGUERITE</t>
   </si>
   <si>
     <t>SANDRINE</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>CTRE AUTONOME D'ENDOSC DIGESTIVE AMBUL</t>
   </si>
   <si>
-    <t>67000</t>
-[...1 lines deleted...]
-  <si>
     <t>670013325</t>
   </si>
   <si>
     <t>Docteur JULIETTE MARCANTONI</t>
   </si>
   <si>
     <t>13/09/2024 15:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540814/fr/docteur-juliette-marcantoni</t>
   </si>
   <si>
     <t>p_3540814</t>
   </si>
   <si>
     <t>MARCANTONI</t>
   </si>
   <si>
     <t>JULIETTE</t>
   </si>
   <si>
     <t>Docteur Antoine KOCH</t>
   </si>
   <si>
     <t>13/09/2024 15:34:35</t>
@@ -1001,53 +1427,50 @@
   <si>
     <t>p_3532899</t>
   </si>
   <si>
     <t>BRUA</t>
   </si>
   <si>
     <t>Docteur Françoise BRAND</t>
   </si>
   <si>
     <t>07/06/2024 14:54:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3521801/fr/docteur-francoise-brand</t>
   </si>
   <si>
     <t>p_3521801</t>
   </si>
   <si>
     <t>BRAND</t>
   </si>
   <si>
     <t>Françoise</t>
   </si>
   <si>
-    <t>06 June 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur SOFIEN KCHAOU</t>
   </si>
   <si>
     <t>28/03/2024 16:34:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3504180/fr/docteur-sofien-kchaou</t>
   </si>
   <si>
     <t>p_3504180</t>
   </si>
   <si>
     <t>KCHAOU</t>
   </si>
   <si>
     <t>SOFIEN</t>
   </si>
   <si>
     <t>28 March 2024</t>
   </si>
   <si>
     <t>Docteur Guillaume TRUMPFF</t>
   </si>
   <si>
     <t>26/12/2023 15:33:31</t>
@@ -1226,6732 +1649,6828 @@
   <si>
     <t>LINCK</t>
   </si>
   <si>
     <t>CHRISTELLE</t>
   </si>
   <si>
     <t>Docteur Pierre MEYER</t>
   </si>
   <si>
     <t>15/06/2023 11:34:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447256/fr/docteur-pierre-meyer</t>
   </si>
   <si>
     <t>p_3447256</t>
   </si>
   <si>
     <t>MEYER</t>
   </si>
   <si>
     <t>15 June 2023</t>
   </si>
   <si>
-    <t>Docteur GHARIB AJOB</t>
-[...11 lines deleted...]
-    <t>GHARIB</t>
+    <t>Docteur ROMANA DANIIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447260/fr/docteur-romana-daniil</t>
+  </si>
+  <si>
+    <t>p_3447260</t>
+  </si>
+  <si>
+    <t>DANIIL</t>
+  </si>
+  <si>
+    <t>ROMANA</t>
+  </si>
+  <si>
+    <t>Docteur BOB HEGER</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447262/fr/docteur-bob-heger</t>
+  </si>
+  <si>
+    <t>p_3447262</t>
+  </si>
+  <si>
+    <t>HEGER</t>
+  </si>
+  <si>
+    <t>BOB</t>
+  </si>
+  <si>
+    <t>Docteur CECILE GROS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447264/fr/docteur-cecile-gros</t>
+  </si>
+  <si>
+    <t>p_3447264</t>
+  </si>
+  <si>
+    <t>GROS</t>
+  </si>
+  <si>
+    <t>CECILE</t>
+  </si>
+  <si>
+    <t>Docteur AUDE RUIMY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447268/fr/docteur-aude-ruimy</t>
+  </si>
+  <si>
+    <t>p_3447268</t>
+  </si>
+  <si>
+    <t>RUIMY</t>
+  </si>
+  <si>
+    <t>AUDE</t>
+  </si>
+  <si>
+    <t>Docteur FAUSTINE DEPAYS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447270/fr/docteur-faustine-depays</t>
+  </si>
+  <si>
+    <t>p_3447270</t>
+  </si>
+  <si>
+    <t>DEPAYS</t>
+  </si>
+  <si>
+    <t>FAUSTINE</t>
+  </si>
+  <si>
+    <t>Docteur FRANCOIS LEVY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447272/fr/docteur-francois-levy</t>
+  </si>
+  <si>
+    <t>p_3447272</t>
+  </si>
+  <si>
+    <t>LEVY</t>
+  </si>
+  <si>
+    <t>FRANCOIS</t>
+  </si>
+  <si>
+    <t>Docteur Olivier HELMS</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447274/fr/docteur-olivier-helms</t>
+  </si>
+  <si>
+    <t>p_3447274</t>
+  </si>
+  <si>
+    <t>HELMS</t>
+  </si>
+  <si>
+    <t>Olivier</t>
+  </si>
+  <si>
+    <t>Docteur WALID OULEHRI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447276/fr/docteur-walid-oulehri</t>
+  </si>
+  <si>
+    <t>p_3447276</t>
+  </si>
+  <si>
+    <t>OULEHRI</t>
+  </si>
+  <si>
+    <t>WALID</t>
+  </si>
+  <si>
+    <t>Docteur MIRCEA-DAN CRISTINAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447278/fr/docteur-mircea-dan-cristinar</t>
+  </si>
+  <si>
+    <t>p_3447278</t>
+  </si>
+  <si>
+    <t>CRISTINAR</t>
+  </si>
+  <si>
+    <t>MIRCEA-DAN</t>
+  </si>
+  <si>
+    <t>Docteur RUXANDRA COPOTOIU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447280/fr/docteur-ruxandra-copotoiu</t>
+  </si>
+  <si>
+    <t>p_3447280</t>
+  </si>
+  <si>
+    <t>COPOTOIU</t>
+  </si>
+  <si>
+    <t>RUXANDRA</t>
+  </si>
+  <si>
+    <t>Docteur ANNE-LISE MAECHEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447282/fr/docteur-anne-lise-maechel</t>
+  </si>
+  <si>
+    <t>p_3447282</t>
+  </si>
+  <si>
+    <t>MAECHEL</t>
+  </si>
+  <si>
+    <t>ANNE-LISE</t>
+  </si>
+  <si>
+    <t>Docteur Thomas LESTHIEVENT</t>
+  </si>
+  <si>
+    <t>15/06/2023 11:34:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447284/fr/docteur-thomas-lesthievent</t>
+  </si>
+  <si>
+    <t>p_3447284</t>
+  </si>
+  <si>
+    <t>LESTHIEVENT</t>
+  </si>
+  <si>
+    <t>CHU/HUS / CENTRE DE SOINS DENTAIRES</t>
+  </si>
+  <si>
+    <t>670790179</t>
+  </si>
+  <si>
+    <t>Docteur GIEDRIUS LAURINENAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447288/fr/docteur-giedrius-laurinenas</t>
+  </si>
+  <si>
+    <t>p_3447288</t>
+  </si>
+  <si>
+    <t>LAURINENAS</t>
+  </si>
+  <si>
+    <t>GIEDRIUS</t>
+  </si>
+  <si>
+    <t>Docteur GAUTHIER DILLMANN</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429156/fr/docteur-gauthier-dillmann</t>
+  </si>
+  <si>
+    <t>p_3429156</t>
+  </si>
+  <si>
+    <t>DILLMANN</t>
+  </si>
+  <si>
+    <t>GAUTHIER</t>
+  </si>
+  <si>
+    <t>30 March 2023</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN AISENE</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:32:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429175/fr/docteur-benjamin-aisene</t>
+  </si>
+  <si>
+    <t>p_3429175</t>
+  </si>
+  <si>
+    <t>AISENE</t>
+  </si>
+  <si>
+    <t>AURAL - CLINIQUE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>670799667</t>
+  </si>
+  <si>
+    <t>Docteur ANNE SCHNEIDER</t>
+  </si>
+  <si>
+    <t>20/04/2023 10:33:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3429359/fr/docteur-anne-schneider</t>
+  </si>
+  <si>
+    <t>p_3429359</t>
+  </si>
+  <si>
+    <t>SCHNEIDER</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA GCS ES,CLINIQUE SAINT-FRANÇOIS</t>
+  </si>
+  <si>
+    <t>67016,67502</t>
+  </si>
+  <si>
+    <t>STRASBOURG,HAGUENAU</t>
+  </si>
+  <si>
+    <t>670018068,670780378</t>
+  </si>
+  <si>
+    <t>Docteur YANNIS MESLI</t>
+  </si>
+  <si>
+    <t>16/02/2023 18:34:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3414181/fr/docteur-yannis-mesli</t>
+  </si>
+  <si>
+    <t>p_3414181</t>
+  </si>
+  <si>
+    <t>MESLI</t>
+  </si>
+  <si>
+    <t>YANNIS</t>
+  </si>
+  <si>
+    <t>16 February 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA ASSOCIATION,CLINIQUE DE L'ORANGERIE</t>
+  </si>
+  <si>
+    <t>67000,67010</t>
+  </si>
+  <si>
+    <t>670017458,670780170</t>
+  </si>
+  <si>
+    <t>Docteur MAXIME ANTONI</t>
+  </si>
+  <si>
+    <t>01/12/2022 16:33:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3393568/fr/docteur-maxime-antoni</t>
+  </si>
+  <si>
+    <t>p_3393568</t>
+  </si>
+  <si>
+    <t>ANTONI</t>
+  </si>
+  <si>
+    <t>MAXIME</t>
+  </si>
+  <si>
+    <t>17 November 2022</t>
+  </si>
+  <si>
+    <t>Docteur AXEL WALTER</t>
+  </si>
+  <si>
+    <t>14/10/2022 16:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3378680/fr/docteur-axel-walter</t>
+  </si>
+  <si>
+    <t>p_3378680</t>
+  </si>
+  <si>
+    <t>WALTER</t>
+  </si>
+  <si>
+    <t>AXEL</t>
+  </si>
+  <si>
+    <t>13 October 2022</t>
+  </si>
+  <si>
+    <t>Docteur PRISCILLE LAZARUS</t>
+  </si>
+  <si>
+    <t>22/09/2022 16:33:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369278/fr/docteur-priscille-lazarus</t>
+  </si>
+  <si>
+    <t>p_3369278</t>
+  </si>
+  <si>
+    <t>LAZARUS</t>
+  </si>
+  <si>
+    <t>PRISCILLE</t>
+  </si>
+  <si>
+    <t>22 September 2022</t>
+  </si>
+  <si>
+    <t>Docteur ALEXANDRE BERQUET</t>
+  </si>
+  <si>
+    <t>22/09/2022 16:33:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3369302/fr/docteur-alexandre-berquet</t>
+  </si>
+  <si>
+    <t>p_3369302</t>
+  </si>
+  <si>
+    <t>BERQUET</t>
+  </si>
+  <si>
+    <t>ALEXANDRE</t>
+  </si>
+  <si>
+    <t>Docteur BASTIEN DIRRENBERGER</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:33:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356103/fr/docteur-bastien-dirrenberger</t>
+  </si>
+  <si>
+    <t>p_3356103</t>
+  </si>
+  <si>
+    <t>DIRRENBERGER</t>
+  </si>
+  <si>
+    <t>BASTIEN</t>
+  </si>
+  <si>
+    <t>Docteur IRINA TCHOUMAK</t>
+  </si>
+  <si>
+    <t>21/07/2022 18:33:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356188/fr/docteur-irina-tchoumak</t>
+  </si>
+  <si>
+    <t>p_3356188</t>
+  </si>
+  <si>
+    <t>TCHOUMAK</t>
+  </si>
+  <si>
+    <t>IRINA</t>
+  </si>
+  <si>
+    <t>Docteur NATALIA CHILINTSEVA</t>
+  </si>
+  <si>
+    <t>23/06/2022 18:33:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3347226/fr/docteur-natalia-chilintseva</t>
+  </si>
+  <si>
+    <t>p_3347226</t>
+  </si>
+  <si>
+    <t>CHILINTSEVA</t>
+  </si>
+  <si>
+    <t>NATALIA</t>
+  </si>
+  <si>
+    <t>23 June 2022</t>
+  </si>
+  <si>
+    <t>Docteur Miguel GASPAR</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:31:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335241/fr/docteur-miguel-gaspar</t>
+  </si>
+  <si>
+    <t>p_3335241</t>
+  </si>
+  <si>
+    <t>GASPAR</t>
+  </si>
+  <si>
+    <t>Miguel</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAE HAZAPARU</t>
+  </si>
+  <si>
+    <t>28/04/2022 12:32:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3335545/fr/docteur-nicolae-hazaparu</t>
+  </si>
+  <si>
+    <t>p_3335545</t>
+  </si>
+  <si>
+    <t>HAZAPARU</t>
+  </si>
+  <si>
+    <t>NICOLAE</t>
+  </si>
+  <si>
+    <t>28 April 2022</t>
+  </si>
+  <si>
+    <t>Docteur GUILLAUME PRUNIERES</t>
+  </si>
+  <si>
+    <t>31/03/2022 11:33:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3328158/fr/docteur-guillaume-prunieres</t>
+  </si>
+  <si>
+    <t>p_3328158</t>
+  </si>
+  <si>
+    <t>PRUNIERES</t>
+  </si>
+  <si>
+    <t>GUILLAUME</t>
+  </si>
+  <si>
+    <t>31 March 2022</t>
+  </si>
+  <si>
+    <t>HAD NORD ALSACE- FONDATION ST FRANÇOIS</t>
+  </si>
+  <si>
+    <t>670008838</t>
+  </si>
+  <si>
+    <t>Docteur HUGO ANDRES COCA</t>
+  </si>
+  <si>
+    <t>21/10/2021 14:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3294506/fr/docteur-hugo-andres-coca</t>
+  </si>
+  <si>
+    <t>p_3294506</t>
+  </si>
+  <si>
+    <t>COCA</t>
+  </si>
+  <si>
+    <t>HUGO ANDRES</t>
+  </si>
+  <si>
+    <t>Docteur Philippe ESPOSITO</t>
+  </si>
+  <si>
+    <t>02/04/2021 09:30:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3259260/fr/docteur-philippe-esposito</t>
+  </si>
+  <si>
+    <t>p_3259260</t>
+  </si>
+  <si>
+    <t>ESPOSITO</t>
+  </si>
+  <si>
+    <t>Philippe</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA ASSOCIATION,CLINIQUE RHENA GCS ES,CLINIQUE DE L'ORANGERIE</t>
+  </si>
+  <si>
+    <t>67000,67016,67010</t>
+  </si>
+  <si>
+    <t>STRASBOURG,STRASBOURG,STRASBOURG</t>
+  </si>
+  <si>
+    <t>670017458,670018068,670780170</t>
+  </si>
+  <si>
+    <t>Docteur ISMAEL NAROURA</t>
+  </si>
+  <si>
+    <t>18/02/2021 10:31:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3238680/fr/docteur-ismael-naroura</t>
+  </si>
+  <si>
+    <t>p_3238680</t>
+  </si>
+  <si>
+    <t>NAROURA</t>
+  </si>
+  <si>
+    <t>ISMAEL</t>
+  </si>
+  <si>
+    <t>15 May 2025</t>
+  </si>
+  <si>
+    <t>Docteur ANNE HECKLY</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228267/fr/docteur-anne-heckly</t>
+  </si>
+  <si>
+    <t>p_3228267</t>
+  </si>
+  <si>
+    <t>HECKLY</t>
+  </si>
+  <si>
+    <t>16 January 2025</t>
+  </si>
+  <si>
+    <t>Docteur MAHERY RAHARIMANANTSOA</t>
+  </si>
+  <si>
+    <t>04/01/2021 16:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3228277/fr/docteur-mahery-raharimanantsoa</t>
+  </si>
+  <si>
+    <t>p_3228277</t>
+  </si>
+  <si>
+    <t>RAHARIMANANTSOA</t>
+  </si>
+  <si>
+    <t>MAHERY</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SELESTAT</t>
+  </si>
+  <si>
+    <t>67606</t>
+  </si>
+  <si>
+    <t>SELESTAT</t>
+  </si>
+  <si>
+    <t>670000397</t>
+  </si>
+  <si>
+    <t>Docteur YVES-PIERRE LE MOULEC</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:31:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226661/fr/docteur-yves-pierre-le-moulec</t>
+  </si>
+  <si>
+    <t>p_3226661</t>
+  </si>
+  <si>
+    <t>LE MOULEC</t>
+  </si>
+  <si>
+    <t>YVES-PIERRE</t>
+  </si>
+  <si>
+    <t>Docteur BERNARD WOERLY</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226682/fr/docteur-bernard-woerly</t>
+  </si>
+  <si>
+    <t>p_3226682</t>
+  </si>
+  <si>
+    <t>WOERLY</t>
+  </si>
+  <si>
+    <t>25 April 2024</t>
+  </si>
+  <si>
+    <t>Docteur GILLES GOYAULT</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226698/fr/docteur-gilles-goyault</t>
+  </si>
+  <si>
+    <t>p_3226698</t>
+  </si>
+  <si>
+    <t>GOYAULT</t>
+  </si>
+  <si>
+    <t>GILLES</t>
+  </si>
+  <si>
+    <t>Docteur ELHOCINE TRIKI</t>
+  </si>
+  <si>
+    <t>22/12/2020 17:32:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3226746/fr/docteur-elhocine-triki</t>
+  </si>
+  <si>
+    <t>p_3226746</t>
+  </si>
+  <si>
+    <t>TRIKI</t>
+  </si>
+  <si>
+    <t>ELHOCINE</t>
+  </si>
+  <si>
+    <t>Docteur SAMI MEZGHANI</t>
+  </si>
+  <si>
+    <t>22/10/2020 16:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3214021/fr/docteur-sami-mezghani</t>
+  </si>
+  <si>
+    <t>p_3214021</t>
+  </si>
+  <si>
+    <t>MEZGHANI</t>
+  </si>
+  <si>
+    <t>SAMI</t>
+  </si>
+  <si>
+    <t>Docteur RAPHIQ KHALLOUK</t>
+  </si>
+  <si>
+    <t>28/09/2020 12:31:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3203797/fr/docteur-raphiq-khallouk</t>
+  </si>
+  <si>
+    <t>p_3203797</t>
+  </si>
+  <si>
+    <t>KHALLOUK</t>
+  </si>
+  <si>
+    <t>RAPHIQ</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN SCHULLER</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194496/fr/docteur-sebastien-schuller</t>
+  </si>
+  <si>
+    <t>p_3194496</t>
+  </si>
+  <si>
+    <t>SCHULLER</t>
+  </si>
+  <si>
+    <t>Docteur YVES LEFEBVRE</t>
+  </si>
+  <si>
+    <t>16/07/2020 11:31:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3194531/fr/docteur-yves-lefebvre</t>
+  </si>
+  <si>
+    <t>p_3194531</t>
+  </si>
+  <si>
+    <t>LEFEBVRE</t>
+  </si>
+  <si>
+    <t>YVES</t>
+  </si>
+  <si>
+    <t>Docteur MICHAEL MANGIN</t>
+  </si>
+  <si>
+    <t>24/10/2019 11:31:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114732/fr/docteur-michael-mangin</t>
+  </si>
+  <si>
+    <t>p_3114732</t>
+  </si>
+  <si>
+    <t>MANGIN</t>
+  </si>
+  <si>
+    <t>MICHAEL</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS MAIRE</t>
+  </si>
+  <si>
+    <t>20/12/2018 11:37:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2893412/fr/docteur-nicolas-maire</t>
+  </si>
+  <si>
+    <t>c_2893412</t>
+  </si>
+  <si>
+    <t>MAIRE</t>
+  </si>
+  <si>
+    <t>NICOLAS</t>
+  </si>
+  <si>
+    <t>28 December 2022</t>
+  </si>
+  <si>
+    <t>Docteur NICOLAS FERRY</t>
+  </si>
+  <si>
+    <t>21/09/2018 14:33:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2871648/fr/docteur-nicolas-ferry</t>
+  </si>
+  <si>
+    <t>c_2871648</t>
+  </si>
+  <si>
+    <t>FERRY</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA ASSOCIATION,CLINIQUE SAINT-FRANÇOIS</t>
+  </si>
+  <si>
+    <t>67000,67502</t>
+  </si>
+  <si>
+    <t>670017458,670780378</t>
+  </si>
+  <si>
+    <t>Docteur REGIS LENGERT</t>
+  </si>
+  <si>
+    <t>14/06/2018 11:32:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2856413/fr/docteur-regis-lengert</t>
+  </si>
+  <si>
+    <t>c_2856413</t>
+  </si>
+  <si>
+    <t>LENGERT</t>
+  </si>
+  <si>
+    <t>REGIS</t>
+  </si>
+  <si>
+    <t>Docteur BENJAMIN BRODATY</t>
+  </si>
+  <si>
+    <t>21/03/2018 18:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2837649/fr/docteur-benjamin-brodaty</t>
+  </si>
+  <si>
+    <t>c_2837649</t>
+  </si>
+  <si>
+    <t>BRODATY</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'ORANGERIE,CLINIQUE DE L'ORANGERIE</t>
+  </si>
+  <si>
+    <t>67010,67010</t>
+  </si>
+  <si>
+    <t>Strasbourg,STRASBOURG</t>
+  </si>
+  <si>
+    <t>670000116,670780170</t>
+  </si>
+  <si>
+    <t>Docteur CYRIL BOERI</t>
+  </si>
+  <si>
+    <t>28/12/2017 11:32:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816567/fr/docteur-cyril-boeri</t>
+  </si>
+  <si>
+    <t>c_2816567</t>
+  </si>
+  <si>
+    <t>BOERI</t>
+  </si>
+  <si>
+    <t>CYRIL</t>
+  </si>
+  <si>
+    <t>03 February 2022</t>
+  </si>
+  <si>
+    <t>Docteur EMMANUELLE BAULON-THAVEAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2816568/fr/docteur-emmanuelle-baulon-thaveau</t>
+  </si>
+  <si>
+    <t>c_2816568</t>
+  </si>
+  <si>
+    <t>BAULON-THAVEAU</t>
+  </si>
+  <si>
+    <t>EMMANUELLE</t>
+  </si>
+  <si>
+    <t>29 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Joseph ARNDT</t>
+  </si>
+  <si>
+    <t>15/05/2017 17:40:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2767837/fr/docteur-joseph-arndt</t>
+  </si>
+  <si>
+    <t>c_2767837</t>
+  </si>
+  <si>
+    <t>ARNDT</t>
+  </si>
+  <si>
+    <t>Joseph</t>
+  </si>
+  <si>
+    <t>Professeur Pierre-emmanuel FALCOZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:30:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739237/fr/professeur-pierre-emmanuel-falcoz</t>
+  </si>
+  <si>
+    <t>c_2739237</t>
+  </si>
+  <si>
+    <t>FALCOZ</t>
+  </si>
+  <si>
+    <t>Pierre-emmanuel</t>
+  </si>
+  <si>
+    <t>Professeur Nabil CHAKFE</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739352/fr/professeur-nabil-chakfe</t>
+  </si>
+  <si>
+    <t>c_2739352</t>
+  </si>
+  <si>
+    <t>CHAKFE</t>
+  </si>
+  <si>
+    <t>Nabil</t>
+  </si>
+  <si>
+    <t>Docteur Matthieu MULLER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:31:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739693/fr/docteur-matthieu-muller</t>
+  </si>
+  <si>
+    <t>c_2739693</t>
+  </si>
+  <si>
+    <t>MULLER</t>
+  </si>
+  <si>
+    <t>Matthieu</t>
+  </si>
+  <si>
+    <t>Docteur Mihai TARCEA</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739699/fr/docteur-mihai-tarcea</t>
+  </si>
+  <si>
+    <t>c_2739699</t>
+  </si>
+  <si>
+    <t>TARCEA</t>
+  </si>
+  <si>
+    <t>Mihai</t>
+  </si>
+  <si>
+    <t>19 January 2023</t>
+  </si>
+  <si>
+    <t>Docteur Sandrine VIX</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2739988/fr/docteur-sandrine-vix</t>
+  </si>
+  <si>
+    <t>c_2739988</t>
+  </si>
+  <si>
+    <t>VIX</t>
+  </si>
+  <si>
+    <t>Sandrine</t>
+  </si>
+  <si>
+    <t>Docteur Jerome HUPPERTZ</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740071/fr/docteur-jerome-huppertz</t>
+  </si>
+  <si>
+    <t>c_2740071</t>
+  </si>
+  <si>
+    <t>HUPPERTZ</t>
+  </si>
+  <si>
+    <t>Jerome</t>
+  </si>
+  <si>
+    <t>Docteur Olivier GRONIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740072/fr/docteur-olivier-gronier</t>
+  </si>
+  <si>
+    <t>c_2740072</t>
+  </si>
+  <si>
+    <t>GRONIER</t>
+  </si>
+  <si>
+    <t>Docteur Joel LACROUTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740074/fr/docteur-joel-lacroute</t>
+  </si>
+  <si>
+    <t>c_2740074</t>
+  </si>
+  <si>
+    <t>LACROUTE</t>
+  </si>
+  <si>
+    <t>Joel</t>
+  </si>
+  <si>
+    <t>Docteur Anne DERLON</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740075/fr/docteur-anne-derlon</t>
+  </si>
+  <si>
+    <t>c_2740075</t>
+  </si>
+  <si>
+    <t>DERLON</t>
+  </si>
+  <si>
+    <t>Anne</t>
+  </si>
+  <si>
+    <t>Docteur Yann DIESINGER</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740206/fr/docteur-yann-diesinger</t>
+  </si>
+  <si>
+    <t>c_2740206</t>
+  </si>
+  <si>
+    <t>DIESINGER</t>
+  </si>
+  <si>
+    <t>Yann</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre DUCAT</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740230/fr/docteur-alexandre-ducat</t>
+  </si>
+  <si>
+    <t>c_2740230</t>
+  </si>
+  <si>
+    <t>DUCAT</t>
+  </si>
+  <si>
+    <t>Docteur Benoît MORIN</t>
+  </si>
+  <si>
+    <t>17/01/2017 17:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2740286/fr/docteur-benoit-morin</t>
+  </si>
+  <si>
+    <t>c_2740286</t>
+  </si>
+  <si>
+    <t>MORIN</t>
+  </si>
+  <si>
+    <t>Benoît</t>
+  </si>
+  <si>
+    <t>Professeur François BONNOMET</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708417/fr/professeur-francois-bonnomet</t>
+  </si>
+  <si>
+    <t>c_2708417</t>
+  </si>
+  <si>
+    <t>BONNOMET</t>
+  </si>
+  <si>
+    <t>HOP ROBERTSAU/PAVILLON SCHUTZENBERGER</t>
+  </si>
+  <si>
+    <t>670783133</t>
+  </si>
+  <si>
+    <t>Docteur Alain GRAFTIAUX</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708764/fr/docteur-alain-graftiaux</t>
+  </si>
+  <si>
+    <t>c_2708764</t>
+  </si>
+  <si>
+    <t>GRAFTIAUX</t>
+  </si>
+  <si>
+    <t>Alain</t>
+  </si>
+  <si>
+    <t>Docteur Nicola SANTELMO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:30:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2708998/fr/docteur-nicola-santelmo</t>
+  </si>
+  <si>
+    <t>c_2708998</t>
+  </si>
+  <si>
+    <t>SANTELMO</t>
+  </si>
+  <si>
+    <t>Nicola</t>
+  </si>
+  <si>
+    <t>Docteur Christian LECORNU</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:31:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2709580/fr/docteur-christian-lecornu</t>
+  </si>
+  <si>
+    <t>c_2709580</t>
+  </si>
+  <si>
+    <t>LECORNU</t>
+  </si>
+  <si>
+    <t>Christian</t>
+  </si>
+  <si>
+    <t>Docteur Jean-christophe WEBER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710247/fr/docteur-jean-christophe-weber</t>
+  </si>
+  <si>
+    <t>c_2710247</t>
+  </si>
+  <si>
+    <t>WEBER</t>
+  </si>
+  <si>
+    <t>Jean-christophe</t>
+  </si>
+  <si>
+    <t>CLINIQUE RHENA GCS ES,CLINIQUE DE L'ORANGERIE</t>
+  </si>
+  <si>
+    <t>67016,67010</t>
+  </si>
+  <si>
+    <t>670018068,670780170</t>
+  </si>
+  <si>
+    <t>Docteur Said andre SLIMANI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710520/fr/docteur-said-andre-slimani</t>
+  </si>
+  <si>
+    <t>c_2710520</t>
+  </si>
+  <si>
+    <t>SLIMANI</t>
+  </si>
+  <si>
+    <t>Said andre</t>
+  </si>
+  <si>
+    <t>28 January 2026</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINT-FRANÇOIS,CLINIQUE SAINTE-ODILE</t>
+  </si>
+  <si>
+    <t>67502,67501</t>
+  </si>
+  <si>
+    <t>HAGUENAU,HAGUENAU</t>
+  </si>
+  <si>
+    <t>670780378,670780386</t>
+  </si>
+  <si>
+    <t>Docteur Alban IDERNE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710756/fr/docteur-alban-iderne</t>
+  </si>
+  <si>
+    <t>c_2710756</t>
+  </si>
+  <si>
+    <t>IDERNE</t>
+  </si>
+  <si>
+    <t>Alban</t>
+  </si>
+  <si>
+    <t>Docteur Christophe BIZETTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:32:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710783/fr/docteur-christophe-bizette</t>
+  </si>
+  <si>
+    <t>c_2710783</t>
+  </si>
+  <si>
+    <t>BIZETTE</t>
+  </si>
+  <si>
+    <t>Christophe</t>
+  </si>
+  <si>
+    <t>Docteur Xavier JACQUOT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2710953/fr/docteur-xavier-jacquot</t>
+  </si>
+  <si>
+    <t>c_2710953</t>
+  </si>
+  <si>
+    <t>JACQUOT</t>
+  </si>
+  <si>
+    <t>Xavier</t>
+  </si>
+  <si>
+    <t>Docteur Guy HARTMANN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711024/fr/docteur-guy-hartmann</t>
+  </si>
+  <si>
+    <t>c_2711024</t>
+  </si>
+  <si>
+    <t>HARTMANN</t>
+  </si>
+  <si>
+    <t>Guy</t>
+  </si>
+  <si>
+    <t>ENDOSAV,CLINIQUE RHENA ASSOCIATION,HOPITAL LOUIS PASTEUR</t>
+  </si>
+  <si>
+    <t>67700,67000,68024</t>
+  </si>
+  <si>
+    <t>SAVERNE,STRASBOURG,COLMAR</t>
+  </si>
+  <si>
+    <t>670013341,670017458,680000684</t>
+  </si>
+  <si>
+    <t>Docteur Philippe PLOBNER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:33:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711058/fr/docteur-philippe-plobner</t>
+  </si>
+  <si>
+    <t>c_2711058</t>
+  </si>
+  <si>
+    <t>PLOBNER</t>
+  </si>
+  <si>
+    <t>Professeur François PROUST</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2711916/fr/professeur-francois-proust</t>
+  </si>
+  <si>
+    <t>c_2711916</t>
+  </si>
+  <si>
+    <t>PROUST</t>
+  </si>
+  <si>
+    <t>Docteur Eric DAVID</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712087/fr/docteur-eric-david</t>
+  </si>
+  <si>
+    <t>c_2712087</t>
+  </si>
+  <si>
+    <t>DAVID</t>
+  </si>
+  <si>
+    <t>Eric</t>
+  </si>
+  <si>
+    <t>11 May 2023</t>
+  </si>
+  <si>
+    <t>CLINIQUE SAINTE-BARBE,AURAL - CLINIQUE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>67083,67085</t>
+  </si>
+  <si>
+    <t>670780188,670799667</t>
+  </si>
+  <si>
+    <t>Docteur Bernd WAGNER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:34:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712296/fr/docteur-bernd-wagner</t>
+  </si>
+  <si>
+    <t>c_2712296</t>
+  </si>
+  <si>
+    <t>WAGNER</t>
+  </si>
+  <si>
+    <t>Bernd</t>
+  </si>
+  <si>
+    <t>Docteur Frédéric LEIBER-WACKENHEIM</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712527/fr/docteur-frederic-leiber-wackenheim</t>
+  </si>
+  <si>
+    <t>c_2712527</t>
+  </si>
+  <si>
+    <t>LEIBER-WACKENHEIM</t>
+  </si>
+  <si>
+    <t>Frédéric</t>
+  </si>
+  <si>
+    <t>16 December 2021</t>
+  </si>
+  <si>
+    <t>Docteur Barivola RAKOTOARISOA</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712583/fr/docteur-barivola-rakotoarisoa</t>
+  </si>
+  <si>
+    <t>c_2712583</t>
+  </si>
+  <si>
+    <t>RAKOTOARISOA</t>
+  </si>
+  <si>
+    <t>Barivola</t>
+  </si>
+  <si>
+    <t>Docteur Arnaud MOMMEROT</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712698/fr/docteur-arnaud-mommerot</t>
+  </si>
+  <si>
+    <t>c_2712698</t>
+  </si>
+  <si>
+    <t>MOMMEROT</t>
+  </si>
+  <si>
+    <t>Arnaud</t>
+  </si>
+  <si>
+    <t>Docteur Joël MUHLSTEIN</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712717/fr/docteur-joel-muhlstein</t>
+  </si>
+  <si>
+    <t>c_2712717</t>
+  </si>
+  <si>
+    <t>MUHLSTEIN</t>
+  </si>
+  <si>
+    <t>Joël</t>
+  </si>
+  <si>
+    <t>Docteur Carole MEYER</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712848/fr/docteur-carole-meyer</t>
+  </si>
+  <si>
+    <t>c_2712848</t>
+  </si>
+  <si>
+    <t>Carole</t>
+  </si>
+  <si>
+    <t>Docteur Jean-yves SCHOENAHL</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:35:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2712983/fr/docteur-jean-yves-schoenahl</t>
+  </si>
+  <si>
+    <t>c_2712983</t>
+  </si>
+  <si>
+    <t>SCHOENAHL</t>
+  </si>
+  <si>
+    <t>Jean-yves</t>
+  </si>
+  <si>
+    <t>CLINIQUE DE L'ORANGERIE,CLINIQUE SAINTE-ANNE</t>
+  </si>
+  <si>
+    <t>67010,67085</t>
+  </si>
+  <si>
+    <t>670780170,670780212</t>
+  </si>
+  <si>
+    <t>Docteur Valérie PODELSKI</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713165/fr/docteur-valerie-podelski</t>
+  </si>
+  <si>
+    <t>c_2713165</t>
+  </si>
+  <si>
+    <t>PODELSKI</t>
+  </si>
+  <si>
+    <t>Valérie</t>
+  </si>
+  <si>
+    <t>14 September 2023</t>
+  </si>
+  <si>
+    <t>Docteur Patrick LEVY</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713193/fr/docteur-patrick-levy</t>
+  </si>
+  <si>
+    <t>c_2713193</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>HOPITAL CIVIL / NOUVEL HOPITAL CIVIL,CLINIQUE SAINTE-BARBE</t>
+  </si>
+  <si>
+    <t>67091,67083</t>
+  </si>
+  <si>
+    <t>670000025,670780188</t>
+  </si>
+  <si>
+    <t>Docteur Mario DENTE</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713245/fr/docteur-mario-dente</t>
+  </si>
+  <si>
+    <t>c_2713245</t>
+  </si>
+  <si>
+    <t>DENTE</t>
+  </si>
+  <si>
+    <t>Mario</t>
+  </si>
+  <si>
+    <t>23 November 2023</t>
+  </si>
+  <si>
+    <t>CAB - SITE CLINIQUE SAINTE ANNE</t>
+  </si>
+  <si>
+    <t>670019991</t>
+  </si>
+  <si>
+    <t>Docteur Federico COSTANTINO</t>
+  </si>
+  <si>
+    <t>08/11/2016 11:36:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2713282/fr/docteur-federico-costantino</t>
+  </si>
+  <si>
+    <t>c_2713282</t>
+  </si>
+  <si>
+    <t>COSTANTINO</t>
+  </si>
+  <si>
+    <t>Federico</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>EHPAD LA VOUTE ETOILEE</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:04:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15684_FicheESSMS/fr/ehpad-la-voute-etoilee</t>
+  </si>
+  <si>
+    <t>15684_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du General Leclerc</t>
+  </si>
+  <si>
+    <t>67800 BISCHHEIM</t>
+  </si>
+  <si>
+    <t>BISCHHEIM</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>670796838</t>
+  </si>
+  <si>
+    <t>CADA ASF 67 SELESTAT</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:06:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15699_FicheESSMS/fr/cada-asf-67-selestat</t>
+  </si>
+  <si>
+    <t>15699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67600 SELESTAT</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>670008879</t>
+  </si>
+  <si>
+    <t>CADA ASF 67 SAVERNE</t>
+  </si>
+  <si>
+    <t>24/01/2026 05:06:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15701_FicheESSMS/fr/cada-asf-67-saverne</t>
+  </si>
+  <si>
+    <t>15701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Tribunal</t>
+  </si>
+  <si>
+    <t>67700 SAVERNE</t>
+  </si>
+  <si>
+    <t>670004779</t>
+  </si>
+  <si>
+    <t>CADA ASF 67 LEZAY MARNESIA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15700_FicheESSMS/fr/cada-asf-67-lezay-marnesia</t>
+  </si>
+  <si>
+    <t>15700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Route De Bitche</t>
+  </si>
+  <si>
+    <t>67500 HAGUENAU</t>
+  </si>
+  <si>
+    <t>670006188</t>
+  </si>
+  <si>
+    <t>RESIDENCE TOMI UNGERER</t>
+  </si>
+  <si>
+    <t>19/01/2026 05:02:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15639_FicheESSMS/fr/residence-tomi-ungerer</t>
+  </si>
+  <si>
+    <t>15639_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue Racine</t>
+  </si>
+  <si>
+    <t>67200 STRASBOURG</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>670021161</t>
+  </si>
+  <si>
+    <t>CADA SAINT-CHARLES FVDP</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:10:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15356_FicheESSMS/fr/cada-saint-charles-fvdp</t>
+  </si>
+  <si>
+    <t>15356_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Saint Charles</t>
+  </si>
+  <si>
+    <t>67300 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670005388</t>
+  </si>
+  <si>
+    <t>ESAT SAINT ANDRE</t>
+  </si>
+  <si>
+    <t>17/01/2026 05:11:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15361_FicheESSMS/fr/esat-saint-andre</t>
+  </si>
+  <si>
+    <t>15361_FicheESSMS</t>
+  </si>
+  <si>
+    <t>181 Rue Du Gal De Gaulle</t>
+  </si>
+  <si>
+    <t>67190 DINSHEIM SUR BRUCHE</t>
+  </si>
+  <si>
+    <t>DINSHEIM SUR BRUCHE</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>670014596</t>
+  </si>
+  <si>
+    <t>SAAD DOMUSVI DOMICILE</t>
+  </si>
+  <si>
+    <t>16/12/2025 05:09:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15244_FicheESSMS/fr/saad-domusvi-domicile</t>
+  </si>
+  <si>
+    <t>15244_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Route Du Polygone</t>
+  </si>
+  <si>
+    <t>67100 STRASBOURG</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service autonomie aide (SAA)</t>
+  </si>
+  <si>
+    <t>670019702</t>
+  </si>
+  <si>
+    <t>SAVS SECTEUR BAS-RHIN</t>
+  </si>
+  <si>
+    <t>15/12/2025 05:07:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15233_FicheESSMS/fr/savs-secteur-bas-rhin</t>
+  </si>
+  <si>
+    <t>15233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>67380 LINGOLSHEIM</t>
+  </si>
+  <si>
+    <t>LINGOLSHEIM</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>670010008</t>
+  </si>
+  <si>
+    <t>FOYER DE L'ADOLESCENT ILLKIRCH</t>
+  </si>
+  <si>
+    <t>14/12/2025 05:08:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15195_FicheESSMS/fr/foyer-de-l-adolescent-illkirch</t>
+  </si>
+  <si>
+    <t>15195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>114 Route De Lyon</t>
+  </si>
+  <si>
+    <t>67400 ILLKIRCH GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>ILLKIRCH GRAFFENSTADEN</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>670787969</t>
+  </si>
+  <si>
+    <t>RESIDENCE JACQUES COULAUX</t>
+  </si>
+  <si>
+    <t>11/12/2025 05:13:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15154_FicheESSMS/fr/residence-jacques-coulaux</t>
+  </si>
+  <si>
+    <t>15154_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Spiess</t>
+  </si>
+  <si>
+    <t>67190 MUTZIG</t>
+  </si>
+  <si>
+    <t>MUTZIG</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670017581</t>
+  </si>
+  <si>
+    <t>RESIDENCE DU LANDSBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15153_FicheESSMS/fr/residence-du-landsberg</t>
+  </si>
+  <si>
+    <t>15153_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue De La Menagerie</t>
+  </si>
+  <si>
+    <t>670017557</t>
+  </si>
+  <si>
+    <t>EHPAD DU VIGNOBLE</t>
+  </si>
+  <si>
+    <t>05/12/2025 05:10:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15042_FicheESSMS/fr/ehpad-du-vignoble</t>
+  </si>
+  <si>
+    <t>15042_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67680 EPFIG</t>
+  </si>
+  <si>
+    <t>EPFIG</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>670781061</t>
+  </si>
+  <si>
+    <t>EHPAD DU VIGNOBLE-SITE DAMBACH</t>
+  </si>
+  <si>
+    <t>30/11/2025 05:05:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14969_FicheESSMS/fr/ehpad-du-vignoble-site-dambach</t>
+  </si>
+  <si>
+    <t>14969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>67650 DAMBACH LA VILLE</t>
+  </si>
+  <si>
+    <t>DAMBACH LA VILLE</t>
+  </si>
+  <si>
+    <t>670781053</t>
+  </si>
+  <si>
+    <t>SAAD DOMI-CONFORT-SERVICES</t>
+  </si>
+  <si>
+    <t>26/11/2025 16:17:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14896_FicheESSMS/fr/saad-domi-confort-services</t>
+  </si>
+  <si>
+    <t>14896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route De Haguenau</t>
+  </si>
+  <si>
+    <t>67360 WOERTH</t>
+  </si>
+  <si>
+    <t>WOERTH</t>
+  </si>
+  <si>
+    <t>670019587</t>
+  </si>
+  <si>
+    <t>EHPAD STOLTZ-GRIMM</t>
+  </si>
+  <si>
+    <t>25/11/2025 16:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14871_FicheESSMS/fr/ehpad-stoltz-grimm</t>
+  </si>
+  <si>
+    <t>14871_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cour De L'Abbaye</t>
+  </si>
+  <si>
+    <t>67140 ANDLAU</t>
+  </si>
+  <si>
+    <t>ANDLAU</t>
+  </si>
+  <si>
+    <t>670780618</t>
+  </si>
+  <si>
+    <t>EHPAD LE BADBRONN</t>
+  </si>
+  <si>
+    <t>23/11/2025 16:21:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14812_FicheESSMS/fr/ehpad-le-badbronn</t>
+  </si>
+  <si>
+    <t>14812_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67730 CHATENOIS</t>
+  </si>
+  <si>
+    <t>CHATENOIS</t>
+  </si>
+  <si>
+    <t>670003581</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT MARTIN</t>
+  </si>
+  <si>
+    <t>09/11/2025 16:17:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14641_FicheESSMS/fr/ehpad-saint-martin</t>
+  </si>
+  <si>
+    <t>14641_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Cygne</t>
+  </si>
+  <si>
+    <t>67600 HILSENHEIM</t>
+  </si>
+  <si>
+    <t>HILSENHEIM</t>
+  </si>
+  <si>
+    <t>670797349</t>
+  </si>
+  <si>
+    <t>EHPAD DU MANOIR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14640_FicheESSMS/fr/ehpad-du-manoir</t>
+  </si>
+  <si>
+    <t>14640_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Reuchlin</t>
+  </si>
+  <si>
+    <t>67150 GERSTHEIM</t>
+  </si>
+  <si>
+    <t>GERSTHEIM</t>
+  </si>
+  <si>
+    <t>670003540</t>
+  </si>
+  <si>
+    <t>EQUIPE MOBILE TSA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:22:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14285_FicheESSMS/fr/equipe-mobile-tsa</t>
+  </si>
+  <si>
+    <t>14285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>141 Avenue De Strasbourg</t>
+  </si>
+  <si>
+    <t>67170 BRUMATH</t>
+  </si>
+  <si>
+    <t>BRUMATH</t>
+  </si>
+  <si>
+    <t>Etablissement Expérimental pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670017805</t>
+  </si>
+  <si>
+    <t>SERVICE D'AEMO-AED RENFORCEES HEMERA</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14375_FicheESSMS/fr/service-d-aemo-aed-renforcees-hemera</t>
+  </si>
+  <si>
+    <t>14375_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Route De La Federation</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>670023449</t>
+  </si>
+  <si>
+    <t>EHPAD BARTISCHGUT</t>
+  </si>
+  <si>
+    <t>23/10/2025 16:16:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14205_FicheESSMS/fr/ehpad-bartischgut</t>
+  </si>
+  <si>
+    <t>14205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Bartisch</t>
+  </si>
+  <si>
+    <t>670791276</t>
+  </si>
+  <si>
+    <t>DISPOSITIF SESSAD TSA 67</t>
+  </si>
+  <si>
+    <t>20/10/2025 16:17:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14176_FicheESSMS/fr/dispositif-sessad-tsa-67</t>
+  </si>
+  <si>
+    <t>14176_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>670003268</t>
+  </si>
+  <si>
+    <t>SAAD ESPACE ANIMATION</t>
+  </si>
+  <si>
+    <t>19/10/2025 16:18:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14161_FicheESSMS/fr/saad-espace-animation</t>
+  </si>
+  <si>
+    <t>14161_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Eugene Delacroix</t>
+  </si>
+  <si>
+    <t>670020528</t>
+  </si>
+  <si>
+    <t>EHPAD SARRE-UNION</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13910_FicheESSMS/fr/ehpad-sarre-union</t>
+  </si>
+  <si>
+    <t>13910_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>67260 SARRE UNION</t>
+  </si>
+  <si>
+    <t>SARRE UNION</t>
+  </si>
+  <si>
+    <t>670793769</t>
+  </si>
+  <si>
+    <t>EHPAD LES TILLEULS DE JEANNE</t>
+  </si>
+  <si>
+    <t>06/10/2025 16:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13917_FicheESSMS/fr/ehpad-les-tilleuls-de-jeanne</t>
+  </si>
+  <si>
+    <t>13917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Monseigneur Hoch</t>
+  </si>
+  <si>
+    <t>670784479</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES TILLEULS DE JEANNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13916_FicheESSMS/fr/residence-les-tilleuls-de-jeanne</t>
+  </si>
+  <si>
+    <t>13916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>670798081</t>
+  </si>
+  <si>
+    <t>EHPAD JULIE GSELL</t>
+  </si>
+  <si>
+    <t>05/10/2025 16:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13884_FicheESSMS/fr/ehpad-julie-gsell</t>
+  </si>
+  <si>
+    <t>13884_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>67240 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>BISCHWILLER</t>
+  </si>
+  <si>
+    <t>670780535</t>
+  </si>
+  <si>
+    <t>SAVS REGION DE SAVERNE</t>
+  </si>
+  <si>
+    <t>02/10/2025 16:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13858_FicheESSMS/fr/savs-region-de-saverne</t>
+  </si>
+  <si>
+    <t>13858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Des Cles</t>
+  </si>
+  <si>
+    <t>670009489</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR ABRAPA OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13680_FicheESSMS/fr/accueil-de-jour-abrapa-oberhausbergen</t>
+  </si>
+  <si>
+    <t>13680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Reutenbourg</t>
+  </si>
+  <si>
+    <t>67205 OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>OBERHAUSBERGEN</t>
+  </si>
+  <si>
+    <t>Centre de Jour pour Personnes Agées</t>
+  </si>
+  <si>
+    <t>670013259</t>
+  </si>
+  <si>
+    <t>EHPAD PAUL BERTOLOLY</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13695_FicheESSMS/fr/ehpad-paul-bertololy</t>
+  </si>
+  <si>
+    <t>13695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67510 LEMBACH</t>
+  </si>
+  <si>
+    <t>LEMBACH</t>
+  </si>
+  <si>
+    <t>670006279</t>
+  </si>
+  <si>
+    <t>EHPAD NIEDERBOURG</t>
+  </si>
+  <si>
+    <t>28/09/2025 16:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13698_FicheESSMS/fr/ehpad-niederbourg</t>
+  </si>
+  <si>
+    <t>13698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>670787803</t>
+  </si>
+  <si>
+    <t>IEM LES GRILLONS</t>
+  </si>
+  <si>
+    <t>23/09/2025 16:19:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13581_FicheESSMS/fr/iem-les-grillons</t>
+  </si>
+  <si>
+    <t>13581_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Route De La Ganzau</t>
+  </si>
+  <si>
+    <t>67089 STRASBOURG CEDEX 1</t>
+  </si>
+  <si>
+    <t>STRASBOURG CEDEX 1</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>670780303</t>
+  </si>
+  <si>
+    <t>IEM LES SOLEILS</t>
+  </si>
+  <si>
+    <t>23/09/2025 16:19:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13582_FicheESSMS/fr/iem-les-soleils</t>
+  </si>
+  <si>
+    <t>13582_FicheESSMS</t>
+  </si>
+  <si>
+    <t>116 Rue De La Ganzau</t>
+  </si>
+  <si>
+    <t>670781665</t>
+  </si>
+  <si>
+    <t>EHPAD CH DE SAVERNE</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13484_FicheESSMS/fr/ehpad-ch-de-saverne</t>
+  </si>
+  <si>
+    <t>13484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Cote De Saverne</t>
+  </si>
+  <si>
+    <t>67703 SAVERNE</t>
+  </si>
+  <si>
+    <t>670792977</t>
+  </si>
+  <si>
+    <t>INSTITUTION SAINT-JOSEPH</t>
+  </si>
+  <si>
+    <t>21/09/2025 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13495_FicheESSMS/fr/institution-saint-joseph</t>
+  </si>
+  <si>
+    <t>13495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784511</t>
+  </si>
+  <si>
+    <t>FAM LEONARD SINGER ROUTE NOUVELLE</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:15:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13368_FicheESSMS/fr/fam-leonard-singer-route-nouvelle</t>
+  </si>
+  <si>
+    <t>13368_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue De Wolfisheim</t>
+  </si>
+  <si>
+    <t>67810 HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>670016955</t>
+  </si>
+  <si>
+    <t>SERVICE A.E.M.O. STRASBOURG</t>
+  </si>
+  <si>
+    <t>16/09/2025 16:16:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13387_FicheESSMS/fr/service-a-e-m-o-strasbourg</t>
+  </si>
+  <si>
+    <t>13387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Champs</t>
+  </si>
+  <si>
+    <t>67540 OSTWALD</t>
+  </si>
+  <si>
+    <t>OSTWALD</t>
+  </si>
+  <si>
+    <t>670789981</t>
+  </si>
+  <si>
+    <t>EHPAD HOPITAL LA GRAFENBOURG</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:19:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13286_FicheESSMS/fr/ehpad-hopital-la-grafenbourg</t>
+  </si>
+  <si>
+    <t>13286_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Alexandre Millerand</t>
+  </si>
+  <si>
+    <t>67171 BRUMATH</t>
+  </si>
+  <si>
+    <t>670793702</t>
+  </si>
+  <si>
+    <t>EHPAD LA ROSELIERE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13285_FicheESSMS/fr/ehpad-la-roseliere</t>
+  </si>
+  <si>
+    <t>13285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Faubourg</t>
+  </si>
+  <si>
+    <t>67590 SCHWEIGHOUSE SUR MODER</t>
+  </si>
+  <si>
+    <t>SCHWEIGHOUSE SUR MODER</t>
+  </si>
+  <si>
+    <t>670796408</t>
+  </si>
+  <si>
+    <t>EHPAD LE KACHELOFE</t>
+  </si>
+  <si>
+    <t>15/09/2025 16:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13305_FicheESSMS/fr/ehpad-le-kachelofe</t>
+  </si>
+  <si>
+    <t>13305_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue De La Canardiere</t>
+  </si>
+  <si>
+    <t>670795434</t>
+  </si>
+  <si>
+    <t>EHPAD LES COQUELICOTS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/59_FicheESSMS/fr/ehpad-les-coquelicots</t>
+  </si>
+  <si>
+    <t>59_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Paul Paray</t>
+  </si>
+  <si>
+    <t>67430 DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>670797778</t>
+  </si>
+  <si>
+    <t>EHPAD LES JARDINS D'IRMENGARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/68_FicheESSMS/fr/ehpad-les-jardins-d-irmengard</t>
+  </si>
+  <si>
+    <t>68_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Brulee</t>
+  </si>
+  <si>
+    <t>67150 ERSTEIN</t>
+  </si>
+  <si>
+    <t>ERSTEIN</t>
+  </si>
+  <si>
+    <t>670793710</t>
+  </si>
+  <si>
+    <t>EHPAD CH ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/67_FicheESSMS/fr/ehpad-ch-erstein</t>
+  </si>
+  <si>
+    <t>67_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Route De Krafft</t>
+  </si>
+  <si>
+    <t>67152 ERSTEIN</t>
+  </si>
+  <si>
+    <t>670015148</t>
+  </si>
+  <si>
+    <t>EHPAD MISSIONS AFRICAINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/268_FicheESSMS/fr/ehpad-missions-africaines</t>
+  </si>
+  <si>
+    <t>268_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Principale</t>
+  </si>
+  <si>
+    <t>67140 ST PIERRE</t>
+  </si>
+  <si>
+    <t>ST PIERRE</t>
+  </si>
+  <si>
+    <t>670791284</t>
+  </si>
+  <si>
+    <t>CSAPA LE FIL D'ARIANE HUS/NHC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/330_FicheESSMS/fr/csapa-le-fil-d-ariane-hus/nhc</t>
+  </si>
+  <si>
+    <t>330_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De L'Hopital</t>
+  </si>
+  <si>
+    <t>67091 STRASBOURG</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>670005438</t>
+  </si>
+  <si>
+    <t>EHPAD LE GENTIL HOME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/362_FicheESSMS/fr/ehpad-le-gentil-home</t>
+  </si>
+  <si>
+    <t>362_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Du Bourg</t>
+  </si>
+  <si>
+    <t>67640 FEGERSHEIM</t>
+  </si>
+  <si>
+    <t>FEGERSHEIM</t>
+  </si>
+  <si>
+    <t>670003615</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/577_FicheESSMS/fr/foyer-hebergement-diemeringen</t>
+  </si>
+  <si>
+    <t>577_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013044</t>
+  </si>
+  <si>
+    <t>ESAT ALSACE BOSSUE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/576_FicheESSMS/fr/esat-alsace-bossue</t>
+  </si>
+  <si>
+    <t>576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Tiergarten</t>
+  </si>
+  <si>
+    <t>670797166</t>
+  </si>
+  <si>
+    <t>IME EAU VIVE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/574_FicheESSMS/fr/ime-eau-vive</t>
+  </si>
+  <si>
+    <t>574_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Quai De L'Eichel</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>670780576</t>
+  </si>
+  <si>
+    <t>SAVS DIEMERINGEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/578_FicheESSMS/fr/savs-diemeringen</t>
+  </si>
+  <si>
+    <t>578_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009778</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/713_FicheESSMS/fr/ehpad-abrapa-reichshoffen</t>
+  </si>
+  <si>
+    <t>713_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place De La Liberte</t>
+  </si>
+  <si>
+    <t>67110 REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>REICHSHOFFEN</t>
+  </si>
+  <si>
+    <t>670795525</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA DANUBE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/712_FicheESSMS/fr/ehpad-abrapa-danube</t>
+  </si>
+  <si>
+    <t>712_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue De L'Elbe</t>
+  </si>
+  <si>
+    <t>670006568</t>
+  </si>
+  <si>
+    <t>CADA CRF STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/767_FicheESSMS/fr/cada-crf-strasbourg</t>
+  </si>
+  <si>
+    <t>767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Lavoisier</t>
+  </si>
+  <si>
+    <t>67067 STRASBOURG</t>
+  </si>
+  <si>
+    <t>670017839</t>
+  </si>
+  <si>
+    <t>SESSAD LE ROSIER BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/830_FicheESSMS/fr/sessad-le-rosier-blanc</t>
+  </si>
+  <si>
+    <t>830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Ruth</t>
+  </si>
+  <si>
+    <t>670002559</t>
+  </si>
+  <si>
+    <t>SESSAD LE TREMPLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/829_FicheESSMS/fr/sessad-le-tremplin</t>
+  </si>
+  <si>
+    <t>829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De Dettwiller</t>
+  </si>
+  <si>
+    <t>670795772</t>
+  </si>
+  <si>
+    <t>CAMSP SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/827_FicheESSMS/fr/camsp-schiltigheim</t>
+  </si>
+  <si>
+    <t>827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>33 Rue Du Barrage</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>670797158</t>
+  </si>
+  <si>
+    <t>EHPAD LA MAISON DU LENDEHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/967_FicheESSMS/fr/ehpad-la-maison-du-lendehof</t>
+  </si>
+  <si>
+    <t>967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De La Gendarmerie</t>
+  </si>
+  <si>
+    <t>67370 TRUCHTERSHEIM</t>
+  </si>
+  <si>
+    <t>TRUCHTERSHEIM</t>
+  </si>
+  <si>
+    <t>670013689</t>
+  </si>
+  <si>
+    <t>OPI ORIENTATION PREVENTION INSERTION</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1017_FicheESSMS/fr/opi-orientation-prevention-insertion</t>
+  </si>
+  <si>
+    <t>1017_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>670020163</t>
+  </si>
+  <si>
+    <t>FOYER ACCUEIL SPEC JEANNE MARIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1012_FicheESSMS/fr/foyer-accueil-spec-jeanne-marie</t>
+  </si>
+  <si>
+    <t>1012_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Chemin Du Guirbaden</t>
+  </si>
+  <si>
+    <t>67190 GRENDELBRUCH</t>
+  </si>
+  <si>
+    <t>GRENDELBRUCH</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>670793843</t>
+  </si>
+  <si>
+    <t>FAS LES MAGNOLIAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1092_FicheESSMS/fr/fas-les-magnolias</t>
+  </si>
+  <si>
+    <t>1092_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67242 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>670791359</t>
+  </si>
+  <si>
+    <t>FAM PHV CHD BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1091_FicheESSMS/fr/fam-phv-chd-bischwiller</t>
+  </si>
+  <si>
+    <t>1091_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>67241 BISCHWILLER</t>
+  </si>
+  <si>
+    <t>670011949</t>
+  </si>
+  <si>
+    <t>EHPAD CHDB BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1090_FicheESSMS/fr/ehpad-chdb-bischwiller</t>
+  </si>
+  <si>
+    <t>1090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794478</t>
+  </si>
+  <si>
+    <t>EHPAD LE CLOS FLEURI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1089_FicheESSMS/fr/ehpad-le-clos-fleuri</t>
+  </si>
+  <si>
+    <t>1089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Herons</t>
+  </si>
+  <si>
+    <t>67850 HERRLISHEIM</t>
+  </si>
+  <si>
+    <t>HERRLISHEIM</t>
+  </si>
+  <si>
+    <t>670016195</t>
+  </si>
+  <si>
+    <t>EHPAD L'ORÉE DU BOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1088_FicheESSMS/fr/ehpad-l-oree-du-bois</t>
+  </si>
+  <si>
+    <t>1088_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67620 SOUFFLENHEIM</t>
+  </si>
+  <si>
+    <t>SOUFFLENHEIM</t>
+  </si>
+  <si>
+    <t>670016187</t>
+  </si>
+  <si>
+    <t>FAS AIPAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1124_FicheESSMS/fr/fas-aipahm</t>
+  </si>
+  <si>
+    <t>1124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>670792837</t>
+  </si>
+  <si>
+    <t>EHPAD L'ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1129_FicheESSMS/fr/ehpad-l-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>1129_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Frederic Chopin</t>
+  </si>
+  <si>
+    <t>67116 REICHSTETT</t>
+  </si>
+  <si>
+    <t>REICHSTETT</t>
+  </si>
+  <si>
+    <t>670798800</t>
+  </si>
+  <si>
+    <t>EHPAD CH HAGUENAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1128_FicheESSMS/fr/ehpad-ch-haguenau</t>
+  </si>
+  <si>
+    <t>1128_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>670793579</t>
+  </si>
+  <si>
+    <t>FAM PHV AIPAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1166_FicheESSMS/fr/fam-phv-aipahm</t>
+  </si>
+  <si>
+    <t>1166_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799535</t>
+  </si>
+  <si>
+    <t>EHPAD DU SACRE-COEUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1173_FicheESSMS/fr/ehpad-du-sacre-coeur</t>
+  </si>
+  <si>
+    <t>1173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De L'Ecole</t>
+  </si>
+  <si>
+    <t>67350 DAUENDORF</t>
+  </si>
+  <si>
+    <t>DAUENDORF</t>
+  </si>
+  <si>
+    <t>670787795</t>
+  </si>
+  <si>
+    <t>SAMSAH APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1679_FicheESSMS/fr/samsah-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1679_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Du 11 Novembre</t>
+  </si>
+  <si>
+    <t>67340 INGWILLER</t>
+  </si>
+  <si>
+    <t>INGWILLER</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>670012319</t>
+  </si>
+  <si>
+    <t>FOYER HEBERG HANDIC MENTAUX INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1678_FicheESSMS/fr/foyer-heberg-handic-mentaux-ingwiller</t>
+  </si>
+  <si>
+    <t>1678_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route D'Uttwiller</t>
+  </si>
+  <si>
+    <t>670793884</t>
+  </si>
+  <si>
+    <t>FOY.ACC.SPEC. INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1677_FicheESSMS/fr/foy-acc-spec-ingwiller</t>
+  </si>
+  <si>
+    <t>1677_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670797059</t>
+  </si>
+  <si>
+    <t>SESSAD APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1683_FicheESSMS/fr/sessad-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Du Pasteur Herrmann</t>
+  </si>
+  <si>
+    <t>670798230</t>
+  </si>
+  <si>
+    <t>IME APH INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1682_FicheESSMS/fr/ime-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>1682_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Ecoles</t>
+  </si>
+  <si>
+    <t>670780519</t>
+  </si>
+  <si>
+    <t>ESAT ATELIERS DU HERRENFELD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1681_FicheESSMS/fr/esat-ateliers-du-herrenfeld</t>
+  </si>
+  <si>
+    <t>1681_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784628</t>
+  </si>
+  <si>
+    <t>CAMSP APH SAVERNE / INGWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1680_FicheESSMS/fr/camsp-aph-saverne-/-ingwiller</t>
+  </si>
+  <si>
+    <t>1680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Artisanat</t>
+  </si>
+  <si>
+    <t>670015809</t>
+  </si>
+  <si>
+    <t>SERV. D.P.F. STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1694_FicheESSMS/fr/serv-d-p-f-strasbourg</t>
+  </si>
+  <si>
+    <t>1694_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du Faubourg National</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>670015791</t>
+  </si>
+  <si>
+    <t>ESAT ROUTE NOUVELLE ALSACE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1741_FicheESSMS/fr/esat-route-nouvelle-alsace</t>
+  </si>
+  <si>
+    <t>1741_FicheESSMS</t>
+  </si>
+  <si>
+    <t>34 Route De La Federation</t>
+  </si>
+  <si>
+    <t>670791250</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. RNA STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1749_FicheESSMS/fr/serv-m-j-p-m-rna-strasbourg</t>
+  </si>
+  <si>
+    <t>1749_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Bouleaux</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>670015775</t>
+  </si>
+  <si>
+    <t>IME DASCA ADELE DE GLAUBITZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1768_FicheESSMS/fr/ime-dasca-adele-de-glaubitz</t>
+  </si>
+  <si>
+    <t>1768_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>670017474</t>
+  </si>
+  <si>
+    <t>EHPAD SAINTE CROIX</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1767_FicheESSMS/fr/ehpad-sainte-croix</t>
+  </si>
+  <si>
+    <t>1767_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Charite</t>
+  </si>
+  <si>
+    <t>670003565</t>
+  </si>
+  <si>
+    <t>INSTITUTION MERTIAN DE ANDLAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1775_FicheESSMS/fr/institution-mertian-de-andlau</t>
+  </si>
+  <si>
+    <t>1775_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue De La Commanderie</t>
+  </si>
+  <si>
+    <t>670780741</t>
+  </si>
+  <si>
+    <t>CENTRE RAOUL CLAINCHARD STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1771_FicheESSMS/fr/centre-raoul-clainchard-strasbourg</t>
+  </si>
+  <si>
+    <t>1771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Route Du Neuhof</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>670794486</t>
+  </si>
+  <si>
+    <t>CENTRE LOUIS BRAILLE STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1770_FicheESSMS/fr/centre-louis-braille-strasbourg</t>
+  </si>
+  <si>
+    <t>1770_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Visuels</t>
+  </si>
+  <si>
+    <t>670781673</t>
+  </si>
+  <si>
+    <t>CTRE AUGUSTE JACOUTOT STRASBOURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1769_FicheESSMS/fr/ctre-auguste-jacoutot-strasbourg</t>
+  </si>
+  <si>
+    <t>1769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>80 Route De Neuhof</t>
+  </si>
+  <si>
+    <t>Institut pour Déficients Auditifs</t>
+  </si>
+  <si>
+    <t>670780279</t>
+  </si>
+  <si>
+    <t>INSTITUTION MERTIAN DE EHL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:10</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1810_FicheESSMS/fr/institution-mertian-de-ehl</t>
+  </si>
+  <si>
+    <t>1810_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67230 BENFELD</t>
+  </si>
+  <si>
+    <t>BENFELD</t>
+  </si>
+  <si>
+    <t>670021377</t>
+  </si>
+  <si>
+    <t>EHPAD DU KIRCHBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2036_FicheESSMS/fr/ehpad-du-kirchberg</t>
+  </si>
+  <si>
+    <t>2036_FicheESSMS</t>
+  </si>
+  <si>
+    <t>39 Rue Du Kirchberg</t>
+  </si>
+  <si>
+    <t>67290 LA PETITE PIERRE</t>
+  </si>
+  <si>
+    <t>LA PETITE PIERRE</t>
+  </si>
+  <si>
+    <t>670796341</t>
+  </si>
+  <si>
+    <t>FOYER APPARTEMENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2052_FicheESSMS/fr/foyer-appartement</t>
+  </si>
+  <si>
+    <t>2052_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67190 STILL</t>
+  </si>
+  <si>
+    <t>STILL</t>
+  </si>
+  <si>
+    <t>670003359</t>
+  </si>
+  <si>
+    <t>FAM INSTITUT DES AVEUGLES STILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2051_FicheESSMS/fr/fam-institut-des-aveugles-still</t>
+  </si>
+  <si>
+    <t>2051_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670781145</t>
+  </si>
+  <si>
+    <t>EHPAD BEL AUTOMNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2215_FicheESSMS/fr/ehpad-bel-automne</t>
+  </si>
+  <si>
+    <t>2215_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue De Soufflenheim</t>
+  </si>
+  <si>
+    <t>67410 DRUSENHEIM</t>
+  </si>
+  <si>
+    <t>DRUSENHEIM</t>
+  </si>
+  <si>
+    <t>670795624</t>
+  </si>
+  <si>
+    <t>MAS DE BETHEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2444_FicheESSMS/fr/mas-de-bethel</t>
+  </si>
+  <si>
+    <t>2444_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De La Victoire</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>670013705</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON DE SANTE BETHEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2443_FicheESSMS/fr/ehpad-maison-de-sante-bethel</t>
+  </si>
+  <si>
+    <t>2443_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794635</t>
+  </si>
+  <si>
+    <t>FAS DE L'INSTITUT DES AVEUGLES STILL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2482_FicheESSMS/fr/fas-de-l-institut-des-aveugles-still</t>
+  </si>
+  <si>
+    <t>2482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670793850</t>
+  </si>
+  <si>
+    <t>EHPAD LES COLOMBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2490_FicheESSMS/fr/ehpad-les-colombes</t>
+  </si>
+  <si>
+    <t>2490_FicheESSMS</t>
+  </si>
+  <si>
+    <t>50 Rue De La Ville</t>
+  </si>
+  <si>
+    <t>67460 SOUFFELWEYERSHEIM</t>
+  </si>
+  <si>
+    <t>SOUFFELWEYERSHEIM</t>
+  </si>
+  <si>
+    <t>670795210</t>
+  </si>
+  <si>
+    <t>EHPAD CHDB MAISON DES AINES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2554_FicheESSMS/fr/ehpad-chdb-maison-des-aines</t>
+  </si>
+  <si>
+    <t>2554_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Route De Strasbourg</t>
+  </si>
+  <si>
+    <t>670799220</t>
+  </si>
+  <si>
+    <t>PETITE UNITE DE VIE EUGENE LAMBLING</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2555_FicheESSMS/fr/petite-unite-de-vie-eugene-lambling</t>
+  </si>
+  <si>
+    <t>2555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Chateau</t>
+  </si>
+  <si>
+    <t>EHPA ne percevant pas des crédits d'assurance maladie</t>
+  </si>
+  <si>
+    <t>670796416</t>
+  </si>
+  <si>
+    <t>CSAPA CH INTERCOMMUNAL DE LA LAUTER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2614_FicheESSMS/fr/csapa-ch-intercommunal-de-la-lauter</t>
+  </si>
+  <si>
+    <t>2614_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Route De Weiler</t>
+  </si>
+  <si>
+    <t>67166 WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>670795046</t>
+  </si>
+  <si>
+    <t>EHPAD LES AULNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2613_FicheESSMS/fr/ehpad-les-aulnes</t>
+  </si>
+  <si>
+    <t>2613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Du Presbytere</t>
+  </si>
+  <si>
+    <t>67660 BETSCHDORF</t>
+  </si>
+  <si>
+    <t>BETSCHDORF</t>
+  </si>
+  <si>
+    <t>670796374</t>
+  </si>
+  <si>
+    <t>EHPAD WOERTH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2612_FicheESSMS/fr/ehpad-woerth</t>
+  </si>
+  <si>
+    <t>2612_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Aulnes</t>
+  </si>
+  <si>
+    <t>670012749</t>
+  </si>
+  <si>
+    <t>EHPAD SELTZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2611_FicheESSMS/fr/ehpad-seltz</t>
+  </si>
+  <si>
+    <t>2611_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Principale</t>
+  </si>
+  <si>
+    <t>67470 SELTZ</t>
+  </si>
+  <si>
+    <t>SELTZ</t>
+  </si>
+  <si>
+    <t>670781095</t>
+  </si>
+  <si>
+    <t>EHPAD LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2626_FicheESSMS/fr/ehpad-lauterbourg</t>
+  </si>
+  <si>
+    <t>2626_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67630 LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>LAUTERBOURG</t>
+  </si>
+  <si>
+    <t>670784412</t>
+  </si>
+  <si>
+    <t>CAMSP CHATENOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2824_FicheESSMS/fr/camsp-chatenois</t>
+  </si>
+  <si>
+    <t>2824_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Route De Selestat</t>
+  </si>
+  <si>
+    <t>670007079</t>
+  </si>
+  <si>
+    <t>SAVS APEI CENTRE ALSACE SELESTAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2847_FicheESSMS/fr/savs-apei-centre-alsace-selestat</t>
+  </si>
+  <si>
+    <t>2847_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>670009828</t>
+  </si>
+  <si>
+    <t>SAMSAH APEI CENTRE ALSACE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2846_FicheESSMS/fr/samsah-apei-centre-alsace</t>
+  </si>
+  <si>
+    <t>2846_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Place Mal De Lattre Tassigny</t>
+  </si>
+  <si>
+    <t>670014976</t>
+  </si>
+  <si>
+    <t>SAJ LE MOULIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2845_FicheESSMS/fr/saj-le-moulin</t>
+  </si>
+  <si>
+    <t>2845_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>670017540</t>
+  </si>
+  <si>
+    <t>FAS APEI - RUE DU TABAC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2844_FicheESSMS/fr/fas-apei-rue-du-tabac</t>
+  </si>
+  <si>
+    <t>2844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Tabac</t>
+  </si>
+  <si>
+    <t>670017714</t>
+  </si>
+  <si>
+    <t>FOYER L'ANCIENNE COUR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2840_FicheESSMS/fr/foyer-l-ancienne-cour</t>
+  </si>
+  <si>
+    <t>2840_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Place Du Marche Aux Choux</t>
+  </si>
+  <si>
+    <t>670798677</t>
+  </si>
+  <si>
+    <t>ESAT EVASION</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2839_FicheESSMS/fr/esat-evasion</t>
+  </si>
+  <si>
+    <t>2839_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Tabac</t>
+  </si>
+  <si>
+    <t>670006089</t>
+  </si>
+  <si>
+    <t>IME LE ROSIER BLANC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2898_FicheESSMS/fr/ime-le-rosier-blanc</t>
+  </si>
+  <si>
+    <t>2898_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670780469</t>
+  </si>
+  <si>
+    <t>SIFAS BISCHHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2897_FicheESSMS/fr/sifas-bischheim</t>
+  </si>
+  <si>
+    <t>2897_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue Des Veaux</t>
+  </si>
+  <si>
+    <t>670797497</t>
+  </si>
+  <si>
+    <t>IME LE TREMPLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2896_FicheESSMS/fr/ime-le-tremplin</t>
+  </si>
+  <si>
+    <t>2896_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799329</t>
+  </si>
+  <si>
+    <t>FOY.ACC.SPEC.  LES TROIS SOURCES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2924_FicheESSMS/fr/foy-acc-spec-les-trois-sources</t>
+  </si>
+  <si>
+    <t>2924_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Des Jardins</t>
+  </si>
+  <si>
+    <t>67420 COLROY LA ROCHE</t>
+  </si>
+  <si>
+    <t>COLROY LA ROCHE</t>
+  </si>
+  <si>
+    <t>670798008</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3059_FicheESSMS/fr/ehpad-abrapa-lutzelhouse</t>
+  </si>
+  <si>
+    <t>3059_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La Gare</t>
+  </si>
+  <si>
+    <t>67130 LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>LUTZELHOUSE</t>
+  </si>
+  <si>
+    <t>670798438</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA HOLTZHEIM</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3058_FicheESSMS/fr/ehpad-abrapa-holtzheim</t>
+  </si>
+  <si>
+    <t>3058_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Allée Des Colombes</t>
+  </si>
+  <si>
+    <t>670006618</t>
+  </si>
+  <si>
+    <t>EHPAD STANISLAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3174_FicheESSMS/fr/ehpad-stanislas</t>
+  </si>
+  <si>
+    <t>3174_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Montagne</t>
+  </si>
+  <si>
+    <t>67160 WISSEMBOURG</t>
+  </si>
+  <si>
+    <t>670784404</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR DU CHIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3173_FicheESSMS/fr/accueil-de-jour-du-chil</t>
+  </si>
+  <si>
+    <t>3173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Bannacker</t>
+  </si>
+  <si>
+    <t>670016245</t>
+  </si>
+  <si>
+    <t>EHPAD INTRA HOSPITALIER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3172_FicheESSMS/fr/ehpad-intra-hospitalier</t>
+  </si>
+  <si>
+    <t>3172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670015551</t>
+  </si>
+  <si>
+    <t>SAFA ROUTE NOUVELLE ALSACE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3378_FicheESSMS/fr/safa-route-nouvelle-alsace</t>
+  </si>
+  <si>
+    <t>3378_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Avenue Du Neuhof</t>
+  </si>
+  <si>
+    <t>670797430</t>
+  </si>
+  <si>
+    <t>CAMSP HAGUENAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3551_FicheESSMS/fr/camsp-haguenau</t>
+  </si>
+  <si>
+    <t>3551_FicheESSMS</t>
+  </si>
+  <si>
+    <t>63 Route De Marienthal</t>
+  </si>
+  <si>
+    <t>670013051</t>
+  </si>
+  <si>
+    <t>SAVS APH INGWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3569_FicheESSMS/fr/savs-aph-ingwiller</t>
+  </si>
+  <si>
+    <t>3569_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Grange Aux Dîmes</t>
+  </si>
+  <si>
+    <t>670009679</t>
+  </si>
+  <si>
+    <t xml:space="preserve">C.S.C.STRASBOURG-CRONENBOURG    </t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3623_FicheESSMS/fr/c-s-c-strasbourg-cronenbourg</t>
+  </si>
+  <si>
+    <t>3623_FicheESSMS</t>
+  </si>
+  <si>
+    <t xml:space="preserve">56   R    Du Rieth             </t>
+  </si>
+  <si>
+    <t>Centre Social</t>
+  </si>
+  <si>
+    <t>670790914</t>
+  </si>
+  <si>
+    <t>FAS LE CASTEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3643_FicheESSMS/fr/fas-le-castel</t>
+  </si>
+  <si>
+    <t>3643_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670017722</t>
+  </si>
+  <si>
+    <t>FAM PHV LE CASTEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3642_FicheESSMS/fr/fam-phv-le-castel</t>
+  </si>
+  <si>
+    <t>3642_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>670015072</t>
+  </si>
+  <si>
+    <t>FAM LE CHATAIGNER ET FAM LE CHARME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3917_FicheESSMS/fr/fam-le-chataigner-et-fam-le-charme</t>
+  </si>
+  <si>
+    <t>3917_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Des Moulins</t>
+  </si>
+  <si>
+    <t>670006113</t>
+  </si>
+  <si>
+    <t>IME SONNENHOF LOUISE SCHEPPLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3952_FicheESSMS/fr/ime-sonnenhof-louise-scheppler</t>
+  </si>
+  <si>
+    <t>3952_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue D'Oberhoffen</t>
+  </si>
+  <si>
+    <t>670780444</t>
+  </si>
+  <si>
+    <t>FAS THEODORE MONOD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3951_FicheESSMS/fr/fas-theodore-monod</t>
+  </si>
+  <si>
+    <t>3951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Chemin Du Laeger</t>
+  </si>
+  <si>
+    <t>67290 ERCKARTSWILLER</t>
+  </si>
+  <si>
+    <t>ERCKARTSWILLER</t>
+  </si>
+  <si>
+    <t>670015973</t>
+  </si>
+  <si>
+    <t>MAS CATHERINE ZELL - SITE 3 TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3950_FicheESSMS/fr/mas-catherine-zell-site-3-tilleuls</t>
+  </si>
+  <si>
+    <t>3950_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue Des Trois Tilleuls</t>
+  </si>
+  <si>
+    <t>67240 OBERHOFFEN SUR MODER</t>
+  </si>
+  <si>
+    <t>OBERHOFFEN SUR MODER</t>
+  </si>
+  <si>
+    <t>670797687</t>
+  </si>
+  <si>
+    <t>FAM LES NEREIDES BRUMATH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3967_FicheESSMS/fr/fam-les-nereides-brumath</t>
+  </si>
+  <si>
+    <t>3967_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67173 BRUMATH</t>
+  </si>
+  <si>
+    <t>670797711</t>
+  </si>
+  <si>
+    <t>MAS LES PLEIADES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3966_FicheESSMS/fr/mas-les-pleiades</t>
+  </si>
+  <si>
+    <t>3966_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670014109</t>
+  </si>
+  <si>
+    <t>MAS DIETRICH BONHOEFFER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4133_FicheESSMS/fr/mas-dietrich-bonhoeffer</t>
+  </si>
+  <si>
+    <t>4133_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De La Digue</t>
+  </si>
+  <si>
+    <t>67250 SOULTZ SOUS FORETS</t>
+  </si>
+  <si>
+    <t>SOULTZ SOUS FORETS</t>
+  </si>
+  <si>
+    <t>670015957</t>
+  </si>
+  <si>
+    <t>EHPAD MARQUAIRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4175_FicheESSMS/fr/ehpad-marquaire</t>
+  </si>
+  <si>
+    <t>4175_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>670793785</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ILLWALD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4233_FicheESSMS/fr/sessad-de-l-illwald</t>
+  </si>
+  <si>
+    <t>4233_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue De La 1Ère Armée Francaise</t>
+  </si>
+  <si>
+    <t>670015239</t>
+  </si>
+  <si>
+    <t>IME ARC-EN-CIEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4232_FicheESSMS/fr/ime-arc-en-ciel</t>
+  </si>
+  <si>
+    <t>4232_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>670783232</t>
+  </si>
+  <si>
+    <t>MAIS.ENF.ALPH.OBERLE CLIMBACH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4327_FicheESSMS/fr/mais-enf-alph-oberle-climbach</t>
+  </si>
+  <si>
+    <t>4327_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue De Wingen</t>
+  </si>
+  <si>
+    <t>67510 CLIMBACH</t>
+  </si>
+  <si>
+    <t>CLIMBACH</t>
+  </si>
+  <si>
+    <t>670780485</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DU PARC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4505_FicheESSMS/fr/ehpad-residence-du-parc</t>
+  </si>
+  <si>
+    <t>4505_FicheESSMS</t>
+  </si>
+  <si>
+    <t>145 Rue Du Parc</t>
+  </si>
+  <si>
+    <t>67130 SCHIRMECK</t>
+  </si>
+  <si>
+    <t>SCHIRMECK</t>
+  </si>
+  <si>
+    <t>670781087</t>
+  </si>
+  <si>
+    <t>IES LE BRUCKHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4521_FicheESSMS/fr/ies-le-bruckhof</t>
+  </si>
+  <si>
+    <t>4521_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De Soultz</t>
+  </si>
+  <si>
+    <t>670780261</t>
+  </si>
+  <si>
+    <t>CHRS FRANCE HORIZON</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4576_FicheESSMS/fr/chrs-france-horizon</t>
+  </si>
+  <si>
+    <t>4576_FicheESSMS</t>
+  </si>
+  <si>
+    <t>98 Rue De Hochfelden</t>
+  </si>
+  <si>
+    <t>Centre Hébergement &amp; Réinsertion Sociale (C.H.R.S.)</t>
+  </si>
+  <si>
+    <t>670795681</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT CHARLES SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4778_FicheESSMS/fr/ehpad-saint-charles-schiltigheim</t>
+  </si>
+  <si>
+    <t>4778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Saint Charles</t>
+  </si>
+  <si>
+    <t>67303 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670780246</t>
+  </si>
+  <si>
+    <t>EHPAD CLINIQUE SAINT-LUC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4776_FicheESSMS/fr/ehpad-clinique-saint-luc</t>
+  </si>
+  <si>
+    <t>4776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Des Forges</t>
+  </si>
+  <si>
+    <t>670798339</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA STEPHANIE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4771_FicheESSMS/fr/ehpad-abrapa-stephanie</t>
+  </si>
+  <si>
+    <t>4771_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Des Ifs</t>
+  </si>
+  <si>
+    <t>670790112</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA MONTAGNE VERTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4770_FicheESSMS/fr/ehpad-abrapa-montagne-verte</t>
+  </si>
+  <si>
+    <t>4770_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Docteur Nessmann</t>
+  </si>
+  <si>
+    <t>670795590</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA KOENIGSHOFFEN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4769_FicheESSMS/fr/ehpad-abrapa-koenigshoffen</t>
+  </si>
+  <si>
+    <t>4769_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue De L'Engelbreit</t>
+  </si>
+  <si>
+    <t>670787852</t>
+  </si>
+  <si>
+    <t>EHPAD LAURY MUNCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4996_FicheESSMS/fr/ehpad-laury-munch</t>
+  </si>
+  <si>
+    <t>4996_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Du Moulin A Porcelaine</t>
+  </si>
+  <si>
+    <t>670013739</t>
+  </si>
+  <si>
+    <t>FAM PHV "LAURY MUNCH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:31</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4997_FicheESSMS/fr/fam-phv-laury-munch</t>
+  </si>
+  <si>
+    <t>4997_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013879</t>
+  </si>
+  <si>
+    <t>FOYER STRICKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5290_FicheESSMS/fr/foyer-stricker</t>
+  </si>
+  <si>
+    <t>5290_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794668</t>
+  </si>
+  <si>
+    <t>ESAT DANIEL LEGRAND</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5289_FicheESSMS/fr/esat-daniel-legrand</t>
+  </si>
+  <si>
+    <t>5289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670784495</t>
+  </si>
+  <si>
+    <t>SESSAD RIED NORD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5288_FicheESSMS/fr/sessad-ried-nord</t>
+  </si>
+  <si>
+    <t>5288_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue De La Garnison</t>
+  </si>
+  <si>
+    <t>670010958</t>
+  </si>
+  <si>
+    <t>CADA ADOMA DE STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5297_FicheESSMS/fr/cada-adoma-de-strasbourg</t>
+  </si>
+  <si>
+    <t>5297_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue De Mâcon</t>
+  </si>
+  <si>
+    <t>670006238</t>
+  </si>
+  <si>
+    <t>FOYER OBERLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5291_FicheESSMS/fr/foyer-oberlin</t>
+  </si>
+  <si>
+    <t>5291_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670797612</t>
+  </si>
+  <si>
+    <t>CSAPA CH SELESTAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5384_FicheESSMS/fr/csapa-ch-selestat</t>
+  </si>
+  <si>
+    <t>5384_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Avenue Louis Pasteur</t>
+  </si>
+  <si>
+    <t>67606 SELESTAT</t>
+  </si>
+  <si>
+    <t>670795020</t>
+  </si>
+  <si>
+    <t>FOYER HORIZONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5488_FicheESSMS/fr/foyer-horizons</t>
+  </si>
+  <si>
+    <t>5488_FicheESSMS</t>
+  </si>
+  <si>
+    <t>26 Rue Des Charrons</t>
+  </si>
+  <si>
+    <t>670796200</t>
+  </si>
+  <si>
+    <t>SAVS L'ENVOL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5487_FicheESSMS/fr/savs-l-envol</t>
+  </si>
+  <si>
+    <t>5487_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670008739</t>
+  </si>
+  <si>
+    <t>CHRS LA CITE RELAIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5537_FicheESSMS/fr/chrs-la-cite-relais</t>
+  </si>
+  <si>
+    <t>5537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Eugene Delacroix</t>
+  </si>
+  <si>
+    <t>670781111</t>
+  </si>
+  <si>
+    <t>IMPRO DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5733_FicheESSMS/fr/impro-de-harthouse</t>
+  </si>
+  <si>
+    <t>5733_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67504 HAGUENAU</t>
+  </si>
+  <si>
+    <t>670782937</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL SPECIALISE LA LICORNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5780_FicheESSMS/fr/foyer-d-accueil-specialise-la-licorne</t>
+  </si>
+  <si>
+    <t>5780_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Haguenau</t>
+  </si>
+  <si>
+    <t>670005057</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT LE RENNWEG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5779_FicheESSMS/fr/foyer-d-hebergement-le-rennweg</t>
+  </si>
+  <si>
+    <t>5779_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Marechal Clark</t>
+  </si>
+  <si>
+    <t>670792142</t>
+  </si>
+  <si>
+    <t>STRUCTURE ACCUEIL DE JOUR SPECIALISÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5778_FicheESSMS/fr/structure-accueil-de-jour-specialise</t>
+  </si>
+  <si>
+    <t>5778_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Desaix</t>
+  </si>
+  <si>
+    <t>67451 MUNDOLSHEIM</t>
+  </si>
+  <si>
+    <t>MUNDOLSHEIM</t>
+  </si>
+  <si>
+    <t>670006170</t>
+  </si>
+  <si>
+    <t>FOYER HEBERGEMENT TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5777_FicheESSMS/fr/foyer-hebergement-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5777_FicheESSMS</t>
+  </si>
+  <si>
+    <t>139 Route D'Oberhausbergen</t>
+  </si>
+  <si>
+    <t>670006162</t>
+  </si>
+  <si>
+    <t>FAS TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5776_FicheESSMS/fr/fas-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5776_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017698</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5785_FicheESSMS/fr/foyer-hebergement-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>5785_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Francois Arago</t>
+  </si>
+  <si>
+    <t>670792167</t>
+  </si>
+  <si>
+    <t>FOYER PIERRE SAMUEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5784_FicheESSMS/fr/foyer-pierre-samuel</t>
+  </si>
+  <si>
+    <t>5784_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Route De Lyon</t>
+  </si>
+  <si>
+    <t>67118 GEISPOLSHEIM</t>
+  </si>
+  <si>
+    <t>GEISPOLSHEIM</t>
+  </si>
+  <si>
+    <t>670784636</t>
+  </si>
+  <si>
+    <t>SCE ACCUEIL AIDE DOMICILE AHM (APEDI)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5783_FicheESSMS/fr/sce-accueil-aide-domicile-ahm-apedi</t>
+  </si>
+  <si>
+    <t>5783_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Jean Monnet</t>
+  </si>
+  <si>
+    <t>670797067</t>
+  </si>
+  <si>
+    <t>SAJH AAPEI - FAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5782_FicheESSMS/fr/sajh-aapei-fas</t>
+  </si>
+  <si>
+    <t>5782_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017706</t>
+  </si>
+  <si>
+    <t>SAJH - FHTH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5781_FicheESSMS/fr/sajh-fhth</t>
+  </si>
+  <si>
+    <t>5781_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670012269</t>
+  </si>
+  <si>
+    <t>FAS DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5801_FicheESSMS/fr/fas-de-harthouse</t>
+  </si>
+  <si>
+    <t>5801_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794676</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE MARCHÉ AUX GRAINS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5802_FicheESSMS/fr/residence-marche-aux-grains</t>
+  </si>
+  <si>
+    <t>5802_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Du Marché Aux Grains</t>
+  </si>
+  <si>
+    <t>670017730</t>
+  </si>
+  <si>
+    <t>CHRS ESPERANCE - ARSEA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5879_FicheESSMS/fr/chrs-esperance-arsea</t>
+  </si>
+  <si>
+    <t>5879_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Saint Leonard</t>
+  </si>
+  <si>
+    <t>670004399</t>
+  </si>
+  <si>
+    <t>CENTRE D'INSERTION POUR RÉFUGIES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5969_FicheESSMS/fr/centre-d-insertion-pour-refugies</t>
+  </si>
+  <si>
+    <t>5969_FicheESSMS</t>
+  </si>
+  <si>
+    <t>88 Avenue Jean Jaures</t>
+  </si>
+  <si>
+    <t>Centre Provisoire Hébergement (C.P.H.)</t>
+  </si>
+  <si>
+    <t>670793066</t>
+  </si>
+  <si>
+    <t>CHRS ABRIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6028_FicheESSMS/fr/chrs-abris</t>
+  </si>
+  <si>
+    <t>6028_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Saint Nicolas</t>
+  </si>
+  <si>
+    <t>670014232</t>
+  </si>
+  <si>
+    <t>FAS RÉSIDENCE DU HOCHBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6187_FicheESSMS/fr/fas-residence-du-hochberg</t>
+  </si>
+  <si>
+    <t>6187_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau Teusch</t>
+  </si>
+  <si>
+    <t>67290 WINGEN SUR MODER</t>
+  </si>
+  <si>
+    <t>WINGEN SUR MODER</t>
+  </si>
+  <si>
+    <t>670017672</t>
+  </si>
+  <si>
+    <t>FAM RÉSIDENCE DU HOCHBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6186_FicheESSMS/fr/fam-residence-du-hochberg</t>
+  </si>
+  <si>
+    <t>6186_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670005768</t>
+  </si>
+  <si>
+    <t>CHRS HOME PROTESTANT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6400_FicheESSMS/fr/chrs-home-protestant</t>
+  </si>
+  <si>
+    <t>6400_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De L'Abbe Lemire</t>
+  </si>
+  <si>
+    <t>670018985</t>
+  </si>
+  <si>
+    <t>ESAT APF ILLKIRCH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6415_FicheESSMS/fr/esat-apf-illkirch</t>
+  </si>
+  <si>
+    <t>6415_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Hoelzel</t>
+  </si>
+  <si>
+    <t>670784594</t>
+  </si>
+  <si>
+    <t>EHPAD ELISA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6503_FicheESSMS/fr/ehpad-elisa</t>
+  </si>
+  <si>
+    <t>6503_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Route De Lyon</t>
+  </si>
+  <si>
+    <t>670780782</t>
+  </si>
+  <si>
+    <t>CHRS MAISON D'ACCUEIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6613_FicheESSMS/fr/chrs-maison-d-accueil</t>
+  </si>
+  <si>
+    <t>6613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Rue De La Montagne Verte</t>
+  </si>
+  <si>
+    <t>670784644</t>
+  </si>
+  <si>
+    <t>FAM GUSTAVE STRICKER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:46</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6657_FicheESSMS/fr/fam-gustave-stricker</t>
+  </si>
+  <si>
+    <t>6657_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670015817</t>
+  </si>
+  <si>
+    <t>EHPAD ABRAPA HOENHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6989_FicheESSMS/fr/ehpad-abrapa-hoenheim</t>
+  </si>
+  <si>
+    <t>6989_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue De La Grossmatt</t>
+  </si>
+  <si>
+    <t>67800 HOENHEIM</t>
+  </si>
+  <si>
+    <t>HOENHEIM</t>
+  </si>
+  <si>
+    <t>670010529</t>
+  </si>
+  <si>
+    <t>EHPAD CARITAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7133_FicheESSMS/fr/ehpad-caritas</t>
+  </si>
+  <si>
+    <t>7133_FicheESSMS</t>
+  </si>
+  <si>
+    <t>21 Rue Horace</t>
+  </si>
+  <si>
+    <t>670787878</t>
+  </si>
+  <si>
+    <t>EHPAD SAINT FRANÇOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7132_FicheESSMS/fr/ehpad-saint-francois</t>
+  </si>
+  <si>
+    <t>7132_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Route De Haguenau</t>
+  </si>
+  <si>
+    <t>670787845</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE LE RIED</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7285_FicheESSMS/fr/ehpad-residence-le-ried</t>
+  </si>
+  <si>
+    <t>7285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue De Franche Comte</t>
+  </si>
+  <si>
+    <t>67390 MARCKOLSHEIM</t>
+  </si>
+  <si>
+    <t>MARCKOLSHEIM</t>
+  </si>
+  <si>
+    <t>670793728</t>
+  </si>
+  <si>
+    <t>ESAT ANNE CLAIRE STAUBES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7603_FicheESSMS/fr/esat-anne-claire-staubes</t>
+  </si>
+  <si>
+    <t>7603_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Clemenceau</t>
+  </si>
+  <si>
+    <t>670002146</t>
+  </si>
+  <si>
+    <t>ESAT TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7602_FicheESSMS/fr/esat-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>7602_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670791243</t>
+  </si>
+  <si>
+    <t>ESAT AUX TROIS RELAIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7601_FicheESSMS/fr/esat-aux-trois-relais</t>
+  </si>
+  <si>
+    <t>7601_FicheESSMS</t>
+  </si>
+  <si>
+    <t>41 Rue De La Vedette</t>
+  </si>
+  <si>
+    <t>670792126</t>
+  </si>
+  <si>
+    <t>EHPAD MAISON D'ACCUEIL DU KOCHERSBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7672_FicheESSMS/fr/ehpad-maison-d-accueil-du-kochersberg</t>
+  </si>
+  <si>
+    <t>7672_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Rue Des Seigneurs</t>
+  </si>
+  <si>
+    <t>67370 WILLGOTTHEIM</t>
+  </si>
+  <si>
+    <t>WILLGOTTHEIM</t>
+  </si>
+  <si>
+    <t>670795988</t>
+  </si>
+  <si>
+    <t>SAVS APEDI SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7916_FicheESSMS/fr/savs-apedi-schiltigheim</t>
+  </si>
+  <si>
+    <t>7916_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009919</t>
+  </si>
+  <si>
+    <t>ESAT DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8032_FicheESSMS/fr/esat-de-harthouse</t>
+  </si>
+  <si>
+    <t>8032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013093</t>
+  </si>
+  <si>
+    <t>FAM DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8031_FicheESSMS/fr/fam-de-harthouse</t>
+  </si>
+  <si>
+    <t>8031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670014034</t>
+  </si>
+  <si>
+    <t>EHPAD LES MÉLÈZES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8090_FicheESSMS/fr/ehpad-les-melezes</t>
+  </si>
+  <si>
+    <t>8090_FicheESSMS</t>
+  </si>
+  <si>
+    <t>22 Rue Du Schurmfeld</t>
+  </si>
+  <si>
+    <t>670006428</t>
+  </si>
+  <si>
+    <t>EHPAD AU BORD DE LILL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8089_FicheESSMS/fr/ehpad-au-bord-de-lill</t>
+  </si>
+  <si>
+    <t>8089_FicheESSMS</t>
+  </si>
+  <si>
+    <t>19 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>67610 LA WANTZENAU</t>
+  </si>
+  <si>
+    <t>LA WANTZENAU</t>
+  </si>
+  <si>
+    <t>670013853</t>
+  </si>
+  <si>
+    <t>EHPAD DU NEUENBERG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8149_FicheESSMS/fr/ehpad-du-neuenberg</t>
+  </si>
+  <si>
+    <t>8149_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670794395</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE LE BUISSON ARDENT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8331_FicheESSMS/fr/foyer-de-vie-le-buisson-ardent</t>
+  </si>
+  <si>
+    <t>8331_FicheESSMS</t>
+  </si>
+  <si>
+    <t>87 Rue D'Adelshoffen</t>
+  </si>
+  <si>
+    <t>670793199</t>
+  </si>
+  <si>
+    <t>SAVS TRAVAIL ET ESPERANCE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8489_FicheESSMS/fr/savs-travail-et-esperance</t>
+  </si>
+  <si>
+    <t>8489_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Avenue Molière</t>
+  </si>
+  <si>
+    <t>670009018</t>
+  </si>
+  <si>
+    <t>EHPAD LE DIACONAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8498_FicheESSMS/fr/ehpad-le-diaconat</t>
+  </si>
+  <si>
+    <t>8498_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Eglise</t>
+  </si>
+  <si>
+    <t>670787829</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DE L'ALUMNAT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8728_FicheESSMS/fr/ehpad-residence-de-l-alumnat</t>
+  </si>
+  <si>
+    <t>8728_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue De L'Alumnat</t>
+  </si>
+  <si>
+    <t>67750 SCHERWILLER</t>
+  </si>
+  <si>
+    <t>SCHERWILLER</t>
+  </si>
+  <si>
+    <t>670011758</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF FERME DE SAVERNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8958_FicheESSMS/fr/centre-educatif-ferme-de-saverne</t>
+  </si>
+  <si>
+    <t>8958_FicheESSMS</t>
+  </si>
+  <si>
+    <t>53 Rue Du Marechal Joffre</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>670006659</t>
+  </si>
+  <si>
+    <t>SAMSAH DE HARTHOUSE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9067_FicheESSMS/fr/samsah-de-harthouse</t>
+  </si>
+  <si>
+    <t>9067_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013788</t>
+  </si>
+  <si>
+    <t>FAM PHV MARIE DURAND</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9267_FicheESSMS/fr/fam-phv-marie-durand</t>
+  </si>
+  <si>
+    <t>9267_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670013291</t>
+  </si>
+  <si>
+    <t>IME COTTOLENGO</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9337_FicheESSMS/fr/ime-cottolengo</t>
+  </si>
+  <si>
+    <t>9337_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670780774</t>
+  </si>
+  <si>
+    <t>SESSAD PIEMONT DES VOSGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9336_FicheESSMS/fr/sessad-piemont-des-vosges</t>
+  </si>
+  <si>
+    <t>9336_FicheESSMS</t>
+  </si>
+  <si>
+    <t>20 Route De L'Ecospace</t>
+  </si>
+  <si>
+    <t>67120 MOLSHEIM</t>
+  </si>
+  <si>
+    <t>MOLSHEIM</t>
+  </si>
+  <si>
+    <t>670004969</t>
+  </si>
+  <si>
+    <t>MAS ADELE DE GLAUBITZ</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9663_FicheESSMS/fr/mas-adele-de-glaubitz</t>
+  </si>
+  <si>
+    <t>9663_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670009398</t>
+  </si>
+  <si>
+    <t>FOYER HEBGT POUR HANDICAPES PHYSIQUES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9646_FicheESSMS/fr/foyer-hebgt-pour-handicapes-physiques</t>
+  </si>
+  <si>
+    <t>9646_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Route Du Cor De Chasse</t>
+  </si>
+  <si>
+    <t>670793892</t>
+  </si>
+  <si>
+    <t>ITEP LES MOUETTES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10223_FicheESSMS/fr/itep-les-mouettes</t>
+  </si>
+  <si>
+    <t>10223_FicheESSMS</t>
+  </si>
+  <si>
+    <t>46 Rue De Gerstheim</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>670780329</t>
+  </si>
+  <si>
+    <t>ITEP SAINT CHARLES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10222_FicheESSMS/fr/itep-saint-charles</t>
+  </si>
+  <si>
+    <t>10222_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Des Malteries</t>
+  </si>
+  <si>
+    <t>67304 SCHILTIGHEIM</t>
+  </si>
+  <si>
+    <t>670791623</t>
+  </si>
+  <si>
+    <t>SERV. M.J.P.M. TANDEM STRASBOURG</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10722_FicheESSMS/fr/serv-m-j-p-m-tandem-strasbourg</t>
+  </si>
+  <si>
+    <t>10722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>89 Route Des Romains</t>
+  </si>
+  <si>
+    <t>670015767</t>
+  </si>
+  <si>
+    <t>FOYER ACCUEIL MEDICALISE EOLYS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10991_FicheESSMS/fr/foyer-accueil-medicalise-eolys</t>
+  </si>
+  <si>
+    <t>10991_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue De L'Ile Des Pêcheurs</t>
+  </si>
+  <si>
+    <t>670013838</t>
+  </si>
+  <si>
+    <t>IMPRO DU RIED SITE HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11142_FicheESSMS/fr/impro-du-ried-site-huttenheim</t>
+  </si>
+  <si>
+    <t>11142_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Wiedemann</t>
+  </si>
+  <si>
+    <t>67230 HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>HUTTENHEIM</t>
+  </si>
+  <si>
+    <t>670780840</t>
+  </si>
+  <si>
+    <t>SESSAD DE L'ARAHM</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11514_FicheESSMS/fr/sessad-de-l-arahm</t>
+  </si>
+  <si>
+    <t>11514_FicheESSMS</t>
+  </si>
+  <si>
+    <t>69 Route Du Rhin</t>
+  </si>
+  <si>
+    <t>670787902</t>
+  </si>
+  <si>
+    <t>C.H.R.S. ANTENNE - MEINAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11763_FicheESSMS/fr/c-h-r-s-antenne-meinau</t>
+  </si>
+  <si>
+    <t>11763_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du General Offenstein</t>
+  </si>
+  <si>
+    <t>670793934</t>
+  </si>
+  <si>
+    <t>CAMSP SCHIRMECK</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11926_FicheESSMS/fr/camsp-schirmeck</t>
+  </si>
+  <si>
+    <t>11926_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Parc Du Bergopré</t>
+  </si>
+  <si>
+    <t>670016203</t>
+  </si>
+  <si>
+    <t>ITEP LES TILLEULS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11925_FicheESSMS/fr/itep-les-tilleuls</t>
+  </si>
+  <si>
+    <t>11925_FicheESSMS</t>
+  </si>
+  <si>
+    <t>48 Rue Principale</t>
+  </si>
+  <si>
+    <t>67310 SCHARRACHBERGHEIM IRMSTETT</t>
+  </si>
+  <si>
+    <t>SCHARRACHBERGHEIM IRMSTETT</t>
+  </si>
+  <si>
+    <t>670780907</t>
+  </si>
+  <si>
+    <t>ESAT L'ESSOR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:42</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12220_FicheESSMS/fr/esat-l-essor</t>
+  </si>
+  <si>
+    <t>12220_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Paul Dopff</t>
+  </si>
+  <si>
+    <t>670799618</t>
+  </si>
+  <si>
+    <t>SSIAD DE BOUXWILLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12484_FicheESSMS/fr/ssiad-de-bouxwiller</t>
+  </si>
+  <si>
+    <t>12484_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Canal</t>
+  </si>
+  <si>
+    <t>67330 BOUXWILLER</t>
+  </si>
+  <si>
+    <t>BOUXWILLER</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>670003854</t>
+  </si>
+  <si>
+    <t>EHPAD RESIDENCE DOCTEUR MORITZ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12483_FicheESSMS/fr/ehpad-residence-docteur-moritz</t>
+  </si>
+  <si>
+    <t>12483_FicheESSMS</t>
+  </si>
+  <si>
+    <t>67350 VAL DE MODER</t>
+  </si>
+  <si>
+    <t>VAL DE MODER</t>
+  </si>
+  <si>
+    <t>670015155</t>
+  </si>
+  <si>
+    <t>EHPAD LE SCHAUENBURG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12482_FicheESSMS/fr/ehpad-le-schauenburg</t>
+  </si>
+  <si>
+    <t>12482_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De L'Hopital</t>
+  </si>
+  <si>
+    <t>67270 HOCHFELDEN</t>
+  </si>
+  <si>
+    <t>HOCHFELDEN</t>
+  </si>
+  <si>
+    <t>670781079</t>
+  </si>
+  <si>
+    <t>EHPAD HANAU-LICHTENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12481_FicheESSMS/fr/ehpad-hanau-lichtenberg</t>
+  </si>
+  <si>
+    <t>12481_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670793694</t>
+  </si>
+  <si>
+    <t>ESCALE DU RIED</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12583_FicheESSMS/fr/escale-du-ried</t>
+  </si>
+  <si>
+    <t>12583_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Louis Wiedmann</t>
+  </si>
+  <si>
+    <t>670021351</t>
+  </si>
+  <si>
+    <t>EHPAD DE SAALES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12631_FicheESSMS/fr/ehpad-de-saales</t>
+  </si>
+  <si>
+    <t>12631_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Route Du Centre Medical</t>
+  </si>
+  <si>
+    <t>67420 SAALES</t>
+  </si>
+  <si>
+    <t>SAALES</t>
+  </si>
+  <si>
+    <t>670795145</t>
+  </si>
+  <si>
+    <t>MAS DU CENTRE MEDICO-SOCIAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12630_FicheESSMS/fr/mas-du-centre-medico-social</t>
+  </si>
+  <si>
+    <t>12630_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670019165</t>
+  </si>
+  <si>
+    <t>ESAT NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12701_FicheESSMS/fr/esat-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670799444</t>
+  </si>
+  <si>
+    <t>SAVS "NOUVEAUX HORIZONS" ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12700_FicheESSMS/fr/savs-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12700_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue Ettore Bugatti</t>
+  </si>
+  <si>
+    <t>670009869</t>
+  </si>
+  <si>
+    <t>SAMSAH NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12699_FicheESSMS/fr/samsah-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue Gal De Lattre De Tassigny</t>
+  </si>
+  <si>
+    <t>670017417</t>
+  </si>
+  <si>
+    <t>FOYER NOUVEAUX HORIZONS ERSTEIN</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12702_FicheESSMS/fr/foyer-nouveaux-horizons-erstein</t>
+  </si>
+  <si>
+    <t>12702_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Rene Cassin</t>
+  </si>
+  <si>
+    <t>670013937</t>
+  </si>
+  <si>
+    <t>ITEP LE WILLERHOF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12835_FicheESSMS/fr/itep-le-willerhof</t>
+  </si>
+  <si>
+    <t>12835_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue D'Ebersmunster</t>
+  </si>
+  <si>
+    <t>670780808</t>
+  </si>
+  <si>
+    <t>CSAPA CH SAVERNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12987_FicheESSMS/fr/csapa-ch-saverne</t>
+  </si>
+  <si>
+    <t>12987_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670795012</t>
+  </si>
+  <si>
+    <t>ACCUEIL DE JOUR AFTC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13033_FicheESSMS/fr/accueil-de-jour-aftc</t>
+  </si>
+  <si>
+    <t>13033_FicheESSMS</t>
+  </si>
+  <si>
+    <t>670017466</t>
+  </si>
+  <si>
+    <t>SAMSAH AFTC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13032_FicheESSMS/fr/samsah-aftc</t>
+  </si>
+  <si>
+    <t>13032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>57 Avenue Andre Malraux</t>
+  </si>
+  <si>
+    <t>670016120</t>
+  </si>
+  <si>
+    <t>CSAPA CH HAGUENAU</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13181_FicheESSMS/fr/csapa-ch-haguenau</t>
+  </si>
+  <si>
+    <t>13181_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Avenue Du Professeur Rene Leriche</t>
+  </si>
+  <si>
+    <t>670795038</t>
+  </si>
+  <si>
+    <t>Département de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Code Finess de l’établissement de santé</t>
+  </si>
+  <si>
+    <t>Équipe accréditée</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE RHENA GCS ES  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808247/fr/equipe-d-anesthesie-reanimation-clinique-rhena-gcs-es-67</t>
+  </si>
+  <si>
+    <t>p_3808247</t>
+  </si>
+  <si>
+    <t>13 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur Thomas BREINING, Docteur Hervé KUNTZMANN, Docteur Thomas RAVAZ, Docteur Adrien SPRUNCK, Docteur Nadège ERB, Docteur BRUNO SAUMANDE, Docteur François COLLIN, Docteur Yves NOUDEM, Docteur Armine HAMIDI, Docteur Pierre-Olivier LUDES, Docteur Radu LUPESCU, Docteur Denis GRAFF, Docteur Jean-Pierre RAMEAU, Docteur Gilles BURGUN, Docteur Louis PROFUMO, Docteur Nicolas GREIB</t>
+  </si>
+  <si>
+    <t>Équipe de Neurochirurgie CLINIQUE SAINT-FRANÇOIS  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3808499/fr/equipe-de-neurochirurgie-clinique-saint-francois-67</t>
+  </si>
+  <si>
+    <t>p_3808499</t>
+  </si>
+  <si>
+    <t>05 September 2025</t>
+  </si>
+  <si>
+    <t>Docteur Alexandre TIMOFEEV, Docteur BENJAMIN PLAS, Docteur Mustafa BENMEKHBI</t>
+  </si>
+  <si>
+    <t>Équipe de Gynécologie Obstétrique CENTRE HOSPITALIER DE HAGUENAU  (67)</t>
+  </si>
+  <si>
+    <t>17/12/2025 15:16:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3804175/fr/equipe-de-gynecologie-obstetrique-centre-hospitalier-de-haguenau-67</t>
+  </si>
+  <si>
+    <t>p_3804175</t>
+  </si>
+  <si>
+    <t>15 December 2025</t>
+  </si>
+  <si>
+    <t>Docteur Anna LE BOURVELLEC-JUNG, Docteur VINCIANE GOILLOT, Docteur MICHEL FOEGLE, Docteur Sophie PLONKA, Docteur LUCIE PIEMONT-SCHWARTZ, Docteur Maëva LE LIRZIN, Docteur Françoise BRAND</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie urologique CLINIQUE RHENA GCS ES  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634154/fr/equipe-de-chirurgie-urologique-clinique-rhena-gcs-es-67</t>
+  </si>
+  <si>
+    <t>p_3634154</t>
+  </si>
+  <si>
+    <t>07 June 2025</t>
+  </si>
+  <si>
+    <t>Docteur SEBASTIEN BERGERAT, Docteur Pascal MOURACADE</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie thoracique et cardio-vasculaire CLINIQUE RHENA GCS ES  (67)</t>
+  </si>
+  <si>
+    <t>28/01/2025 17:30:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586535/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-clinique-rhena-gcs-es-67</t>
+  </si>
+  <si>
+    <t>p_3586535</t>
+  </si>
+  <si>
+    <t>28 January 2025</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINTE-ODILE  (67)</t>
+  </si>
+  <si>
+    <t>29/10/2024 17:30:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3553643/fr/equipe-d-anesthesie-reanimation-clinique-sainte-odile-67</t>
+  </si>
+  <si>
+    <t>p_3553643</t>
+  </si>
+  <si>
+    <t>24 October 2024</t>
+  </si>
+  <si>
+    <t>Docteur Gauthier VINEE, Docteur Miguel GASPAR, Docteur SIMON FISCHHOF, Docteur Jean-Christophe ROTHGERBER</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINTE-BARBE  (67)</t>
+  </si>
+  <si>
+    <t>24/09/2024 11:31:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3543648/fr/equipe-d-anesthesie-reanimation-clinique-sainte-barbe-67</t>
+  </si>
+  <si>
+    <t>p_3543648</t>
+  </si>
+  <si>
+    <t>23 September 2024</t>
+  </si>
+  <si>
+    <t>Docteur Pamela BALLAN, Docteur Sandrine VIX, Docteur ANTOINE CHARTON, Docteur Alexandra BOIVIN, Docteur Thiên-Nga CHAMARAUX-TRAN, Docteur Stéphanie GIBERT</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CTRE AUTONOME D'ENDOSC DIGESTIVE AMBUL  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3540702/fr/equipe-d-anesthesie-reanimation-ctre-autonome-d-endosc-digestive-ambul-67</t>
+  </si>
+  <si>
+    <t>p_3540702</t>
+  </si>
+  <si>
+    <t>04 August 2024</t>
+  </si>
+  <si>
+    <t>Docteur Mathilde BARON, Docteur SANDRINE MARGUERITE</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation CLINIQUE SAINT-FRANÇOIS  (67)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3480993/fr/equipe-d-anesthesie-reanimation-clinique-saint-francois-67</t>
+  </si>
+  <si>
+    <t>p_3480993</t>
+  </si>
+  <si>
+    <t>15 November 2023</t>
+  </si>
+  <si>
+    <t>Docteur Guillaume TRUMPFF, Docteur BERNARD HENRICH, Docteur Joris ALBRECHT, Docteur THIBAUT WIPF, Docteur Tarik KHOURI, Docteur CLEMENT BONGARZONE</t>
+  </si>
+  <si>
+    <t>Équipe de Chirurgie thoracique et cardio-vasculaire HOPITAL CIVIL / NOUVEL HOPITAL CIVIL  (67)</t>
+  </si>
+  <si>
+    <t>15/09/2023 13:31:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461424/fr/equipe-de-chirurgie-thoracique-et-cardio-vasculaire-hopital-civil-/-nouvel-hopital-civil-67</t>
+  </si>
+  <si>
+    <t>p_3461424</t>
+  </si>
+  <si>
+    <t>07 September 2023</t>
+  </si>
+  <si>
+    <t>Professeur Pierre-emmanuel FALCOZ, Professeur ANNE OLLAND</t>
+  </si>
+  <si>
+    <t>Équipe d'Anesthésie Réanimation HOPITAL CIVIL / NOUVEL HOPITAL CIVIL  (67)</t>
+  </si>
+  <si>
+    <t>16/05/2023 12:31:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3436006/fr/equipe-d-anesthesie-reanimation-hopital-civil-/-nouvel-hopital-civil-67</t>
+  </si>
+  <si>
+    <t>p_3436006</t>
+  </si>
+  <si>
+    <t>15 May 2023</t>
+  </si>
+  <si>
+    <t>Docteur Nada ELCHHAB, Docteur FAUSTINE DEPAYS, Docteur FRANCOIS LEVY, Docteur Olivier HELMS, Docteur Alexandra-Cristina CIURCIUN, Docteur WALID OULEHRI, Docteur AUDE RUIMY, Docteur CHARLES-AMBROISE TACQUARD, Docteur SEBASTIEN BRUA, Docteur RUXANDRA COPOTOIU, Docteur Anne-sophie CASOLI, Docteur ANNE-LISE MAECHEL, Docteur ROMANA DANIIL, Docteur Simon VIVILLE, Docteur Coralie PAUZET, Docteur Thomas LESTHIEVENT, Docteur BOB HEGER, Docteur JULIETTE MARCANTONI, Docteur CECILE GROS, Docteur Marine FRITSCH-TAILLARD, Docteur GIEDRIUS LAURINENAS, Docteur AUDREY BILGER, Docteur MIRCEA-DAN CRISTINAR, Docteur Pierre MEYER, Docteur GHARIB AJOB, Docteur Virginie PROUST-CHEVRON, Docteur Charles LAGARRIGUE, Professeur Paul michel MERTES, Docteur RAMONA GROSU</t>
+  </si>
+  <si>
+    <t>Équipe de Radiologie et Imagerie médicale CLINIQUE RHENA GCS ES  (67)</t>
+  </si>
+  <si>
+    <t>24/02/2022 08:36:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3320004/fr/equipe-de-radiologie-et-imagerie-medicale-clinique-rhena-gcs-es-67</t>
+  </si>
+  <si>
+    <t>p_3320004</t>
+  </si>
+  <si>
+    <t>05 February 2024</t>
+  </si>
+  <si>
+    <t>Docteur BERNARD WOERLY, Docteur DENIS CHOSSIERE, Docteur GILLES GOYAULT</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>HOPITAL DE L'ELSAU</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2346_FicheEtablissement/fr/hopital-de-l-elsau</t>
+  </si>
+  <si>
+    <t>2346_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>15 Rue Cranach</t>
+  </si>
+  <si>
+    <t>0388115900</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>670790161</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE ALSACE NORD STRASBOURG</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6216_FicheEtablissement/fr/epsan-strasbourg</t>
+  </si>
+  <si>
+    <t>6216_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Rue Becquerel</t>
+  </si>
+  <si>
+    <t>0388646100</t>
+  </si>
+  <si>
+    <t>670017391</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DÉPARTEMENTAL DE BISCHWILLER</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:51:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2314_FicheEtablissement/fr/centre-hospitalier-departemental</t>
+  </si>
+  <si>
+    <t>2314_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>0388802222</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000306</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE DU CENTRE HOSPIT DEPT DE BISCHWILLER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2350_FicheEtablissement/fr/usld-chd-bischwiller</t>
+  </si>
+  <si>
+    <t>2350_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>670794460</t>
+  </si>
+  <si>
+    <t>21/02/2025 16:18:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2337_FicheEtablissement/fr/clinique-sainte-odile</t>
+  </si>
+  <si>
+    <t>2337_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>6 Rue Des Premontres</t>
+  </si>
+  <si>
+    <t>67501 HAGUENAU</t>
+  </si>
+  <si>
+    <t>0388634848</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE SSR EN ADDICTOLOGIE CHATEAU WALK</t>
+  </si>
+  <si>
+    <t>24/01/2025 16:12:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2312_FicheEtablissement/fr/centre-ssr-chateau-walk</t>
+  </si>
+  <si>
+    <t>2312_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>40 Rue Du Depute  Hallez</t>
+  </si>
+  <si>
+    <t>67503 HAGUENAU</t>
+  </si>
+  <si>
+    <t>0388054720</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000249</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL DU NEUENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2311_FicheEtablissement/fr/hopital-du-neuenberg</t>
+  </si>
+  <si>
+    <t>2311_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388717000</t>
+  </si>
+  <si>
+    <t>Imagerie Médicale, Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>670000215</t>
+  </si>
+  <si>
+    <t>SOINS DE LONGUE DUREE LE NEUENBERG</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2359_FicheEtablissement/fr/usld-le-neuenberg</t>
+  </si>
+  <si>
+    <t>2359_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670799675</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DE L'AURAL BERGSON</t>
+  </si>
+  <si>
+    <t>22/01/2025 13:47:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2322_FicheEtablissement/fr/had-aural-bergson</t>
+  </si>
+  <si>
+    <t>2322_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Rue Henri Bergson</t>
+  </si>
+  <si>
+    <t>0388108670</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>670005479</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE AURAL SAVERNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3944_FicheEtablissement/fr/unite-de-dialyse-aural-saverne</t>
+  </si>
+  <si>
+    <t>3944_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388716641</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>670013895</t>
+  </si>
+  <si>
+    <t>CENTRE D'AUTODIALYSE DE L'AURAL BERGSON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3943_FicheEtablissement/fr/centre-d-autodialyse-aural-bergson</t>
+  </si>
+  <si>
+    <t>3943_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388104810</t>
+  </si>
+  <si>
+    <t>670002187</t>
+  </si>
+  <si>
+    <t>AURAL - CENTRE D'AUTODIALYSE (CLINIQUE SAINTE ANNE)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3947_FicheEtablissement/fr/aural-clinique-sainte-anne</t>
+  </si>
+  <si>
+    <t>3947_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>182 Route De La Wantzenau</t>
+  </si>
+  <si>
+    <t>67085 STRASBOURG</t>
+  </si>
+  <si>
+    <t>0388458181</t>
+  </si>
+  <si>
+    <t>CENTRE DE DIALYSE AURAL HAGUENAU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3946_FicheEtablissement/fr/centre-de-dialyse-aural-haguenau</t>
+  </si>
+  <si>
+    <t>3946_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>64 Avenue Du Professeur Leriche</t>
+  </si>
+  <si>
+    <t>0388050130</t>
+  </si>
+  <si>
+    <t>670795921</t>
+  </si>
+  <si>
+    <t>CENTRE D'HEMODIALYSE HAUTEPIERRE AURAL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3945_FicheEtablissement/fr/centre-d-hemodialyse-hautepierre-aural</t>
+  </si>
+  <si>
+    <t>3945_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>20 Avenue Moliere</t>
+  </si>
+  <si>
+    <t>670014455</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2305_FicheEtablissement/fr/hopital-civil-/-nouvel-hopital-civil</t>
+  </si>
+  <si>
+    <t>2305_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0388116768</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Néphrologie, Psychiatrie, Réanimation</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2309_FicheEtablissement/fr/centre-hospitalier-de-haguenau</t>
+  </si>
+  <si>
+    <t>2309_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388063333</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LA GRAFENBOURG</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2307_FicheEtablissement/fr/hopital-la-grafenbourg</t>
+  </si>
+  <si>
+    <t>2307_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0390291600</t>
+  </si>
+  <si>
+    <t>670000041</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER SAINTE-CATHERINE DE SAVERNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2310_FicheEtablissement/fr/ch-sainte-catherine-de-saverne</t>
+  </si>
+  <si>
+    <t>2310_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388716767</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE ROSHEIM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2316_FicheEtablissement/fr/hopital-local-de-rosheim</t>
+  </si>
+  <si>
+    <t>2316_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>14 Rue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>67560 ROSHEIM</t>
+  </si>
+  <si>
+    <t>ROSHEIM</t>
+  </si>
+  <si>
+    <t>0388504050</t>
+  </si>
+  <si>
+    <t>670000371</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE MOLSHEIM</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2315_FicheEtablissement/fr/hopital-local-de-molsheim</t>
+  </si>
+  <si>
+    <t>2315_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>5 Cour Des Chartreux</t>
+  </si>
+  <si>
+    <t>0388497070</t>
+  </si>
+  <si>
+    <t>670000348</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2317_FicheEtablissement/fr/centre-hospitalier-de-selestat</t>
+  </si>
+  <si>
+    <t>2317_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388575555</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>CLINIQUE DU RIED</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2321_FicheEtablissement/fr/clinique-du-ried</t>
+  </si>
+  <si>
+    <t>2321_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du Chateau D'Angleterre</t>
+  </si>
+  <si>
+    <t>0388208420</t>
+  </si>
+  <si>
+    <t>670002278</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'ERSTEIN</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2320_FicheEtablissement/fr/centre-hospitalier-d-erstein</t>
+  </si>
+  <si>
+    <t>2320_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0390642000</t>
+  </si>
+  <si>
+    <t>670000603</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL D'ERSTEIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2319_FicheEtablissement/fr/hopital-local-d-erstein</t>
+  </si>
+  <si>
+    <t>2319_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388646646</t>
+  </si>
+  <si>
+    <t>670000413</t>
+  </si>
+  <si>
+    <t>NOUVEL HOPITAL D'OBERNAI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2318_FicheEtablissement/fr/nouvel-hopital-d-obernai</t>
+  </si>
+  <si>
+    <t>2318_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Avenue Du Maire Gillmann</t>
+  </si>
+  <si>
+    <t>67211 OBERNAI</t>
+  </si>
+  <si>
+    <t>OBERNAI</t>
+  </si>
+  <si>
+    <t>0388951400</t>
+  </si>
+  <si>
+    <t>670000405</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE NORD ALSACE-FONDATION ST FRANÇOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2323_FicheEtablissement/fr/had-nord-alsace-fondation-st-francois</t>
+  </si>
+  <si>
+    <t>2323_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Des Aviateurs</t>
+  </si>
+  <si>
+    <t>67502 HAGUENAU</t>
+  </si>
+  <si>
+    <t>A</t>
+  </si>
+  <si>
+    <t>MAISON DE SANTE AMRESO BETHEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2327_FicheEtablissement/fr/maison-de-sante-amreso-bethel</t>
+  </si>
+  <si>
+    <t>2327_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0388561899</t>
+  </si>
+  <si>
+    <t>670014992</t>
+  </si>
+  <si>
+    <t>UGECAM-HDJ DU CENTRE DE READAPTATION DE COLMAR</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2326_FicheEtablissement/fr/ugecam-hdj-du-ctre-readaptation-colmar</t>
+  </si>
+  <si>
+    <t>2326_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>670014042</t>
   </si>
   <si>
     <t>ENDOSAV</t>
   </si>
   <si>
-    <t>67700</t>
+    <t>21/01/2025 10:17:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2325_FicheEtablissement/fr/endosav</t>
+  </si>
+  <si>
+    <t>2325_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Quai Du Canal</t>
+  </si>
+  <si>
+    <t>0388910959</t>
   </si>
   <si>
     <t>670013341</t>
-  </si>
-[...6658 lines deleted...]
-    <t>0388910959</t>
   </si>
   <si>
     <t>INSTITUT UNIVERSITAIRE DE READAPTATION CLEMENCEAU STRASBOURG</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/2332_FicheEtablissement/fr/inst-univ-readapt-clemenceau-strasbg</t>
   </si>
   <si>
     <t>2332_FicheEtablissement</t>
   </si>
   <si>
     <t>45 Boulevard Clemenceau</t>
   </si>
   <si>
     <t>67082 STRASBOURG</t>
   </si>
   <si>
     <t>0388211500</t>
   </si>
   <si>
     <t>670780121</t>
   </si>
   <si>
     <t>CENTRE MEDICO-CHIRURGICAL ET OBSTETRICAL</t>
   </si>
@@ -8399,51 +8918,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R140"/>
+  <dimension ref="A1:R163"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -8558,22795 +9077,24515 @@
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
         <v>34</v>
       </c>
       <c r="H3" t="s">
         <v>35</v>
       </c>
       <c r="I3" t="n">
         <v>0.0</v>
       </c>
       <c r="J3" t="s">
         <v>24</v>
       </c>
       <c r="K3" t="s">
         <v>36</v>
       </c>
       <c r="L3" t="s">
         <v>37</v>
       </c>
       <c r="M3" t="s">
         <v>20</v>
       </c>
       <c r="N3" t="s">
+        <v>27</v>
+      </c>
+      <c r="O3" t="s">
         <v>38</v>
       </c>
-      <c r="O3" t="s">
+      <c r="P3" t="s">
         <v>39</v>
       </c>
-      <c r="P3" t="s">
+      <c r="Q3" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="R3" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>18</v>
       </c>
       <c r="B4" t="s">
         <v>42</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>43</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
         <v>44</v>
       </c>
       <c r="H4" t="s">
         <v>45</v>
       </c>
       <c r="I4" t="n">
         <v>0.0</v>
       </c>
       <c r="J4" t="s">
         <v>24</v>
       </c>
       <c r="K4" t="s">
         <v>46</v>
       </c>
       <c r="L4" t="s">
         <v>47</v>
       </c>
       <c r="M4" t="s">
         <v>20</v>
       </c>
       <c r="N4" t="s">
         <v>27</v>
       </c>
       <c r="O4" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="P4" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="Q4" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="R4" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="H5" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="I5" t="n">
         <v>0.0</v>
       </c>
       <c r="J5" t="s">
         <v>24</v>
       </c>
       <c r="K5" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="L5" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="M5" t="s">
         <v>20</v>
       </c>
       <c r="N5" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O5" t="s">
-        <v>59</v>
+        <v>38</v>
       </c>
       <c r="P5" t="s">
-        <v>60</v>
+        <v>39</v>
       </c>
       <c r="Q5" t="s">
-        <v>61</v>
+        <v>40</v>
       </c>
       <c r="R5" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="H6" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="I6" t="n">
         <v>0.0</v>
       </c>
       <c r="J6" t="s">
         <v>24</v>
       </c>
       <c r="K6" t="s">
-        <v>67</v>
+        <v>58</v>
       </c>
       <c r="L6" t="s">
-        <v>68</v>
+        <v>59</v>
       </c>
       <c r="M6" t="s">
         <v>20</v>
       </c>
       <c r="N6" t="s">
-        <v>58</v>
+        <v>27</v>
       </c>
       <c r="O6" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="P6" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="Q6" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R6" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>18</v>
       </c>
       <c r="B7" t="s">
-        <v>73</v>
+        <v>60</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>74</v>
+        <v>61</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>75</v>
+        <v>62</v>
       </c>
       <c r="H7" t="s">
-        <v>76</v>
+        <v>63</v>
       </c>
       <c r="I7" t="n">
         <v>0.0</v>
       </c>
       <c r="J7" t="s">
         <v>24</v>
       </c>
       <c r="K7" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="L7" t="s">
-        <v>78</v>
+        <v>65</v>
       </c>
       <c r="M7" t="s">
         <v>20</v>
       </c>
       <c r="N7" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O7" t="s">
-        <v>80</v>
+        <v>28</v>
       </c>
       <c r="P7" t="s">
-        <v>81</v>
+        <v>29</v>
       </c>
       <c r="Q7" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R7" t="s">
-        <v>83</v>
+        <v>31</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
-        <v>84</v>
+        <v>66</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="H8" t="s">
-        <v>87</v>
+        <v>68</v>
       </c>
       <c r="I8" t="n">
         <v>0.0</v>
       </c>
       <c r="J8" t="s">
         <v>24</v>
       </c>
       <c r="K8" t="s">
-        <v>88</v>
+        <v>69</v>
       </c>
       <c r="L8" t="s">
-        <v>89</v>
+        <v>70</v>
       </c>
       <c r="M8" t="s">
         <v>20</v>
       </c>
       <c r="N8" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O8" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="P8" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="Q8" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R8" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>90</v>
+        <v>74</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>85</v>
+        <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>91</v>
+        <v>75</v>
       </c>
       <c r="H9" t="s">
-        <v>92</v>
+        <v>76</v>
       </c>
       <c r="I9" t="n">
         <v>0.0</v>
       </c>
       <c r="J9" t="s">
         <v>24</v>
       </c>
       <c r="K9" t="s">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="L9" t="s">
-        <v>94</v>
+        <v>78</v>
       </c>
       <c r="M9" t="s">
         <v>20</v>
       </c>
       <c r="N9" t="s">
+        <v>27</v>
+      </c>
+      <c r="O9" t="s">
         <v>79</v>
       </c>
-      <c r="O9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P9" t="s">
-        <v>70</v>
+        <v>80</v>
       </c>
       <c r="Q9" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="R9" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>18</v>
       </c>
       <c r="B10" t="s">
-        <v>95</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="H10" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="I10" t="n">
         <v>0.0</v>
       </c>
       <c r="J10" t="s">
         <v>24</v>
       </c>
       <c r="K10" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="L10" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="M10" t="s">
         <v>20</v>
       </c>
       <c r="N10" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
       <c r="P10" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="Q10" t="s">
         <v>30</v>
       </c>
       <c r="R10" t="s">
-        <v>103</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>18</v>
       </c>
       <c r="B11" t="s">
-        <v>104</v>
+        <v>88</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>105</v>
+        <v>89</v>
       </c>
       <c r="H11" t="s">
-        <v>106</v>
+        <v>90</v>
       </c>
       <c r="I11" t="n">
         <v>0.0</v>
       </c>
       <c r="J11" t="s">
         <v>24</v>
       </c>
       <c r="K11" t="s">
-        <v>107</v>
+        <v>91</v>
       </c>
       <c r="L11" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="M11" t="s">
         <v>20</v>
       </c>
       <c r="N11" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="P11" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="Q11" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R11" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>18</v>
       </c>
       <c r="B12" t="s">
-        <v>109</v>
+        <v>96</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>110</v>
+        <v>61</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
       <c r="H12" t="s">
-        <v>112</v>
+        <v>98</v>
       </c>
       <c r="I12" t="n">
         <v>0.0</v>
       </c>
       <c r="J12" t="s">
         <v>24</v>
       </c>
       <c r="K12" t="s">
-        <v>113</v>
+        <v>99</v>
       </c>
       <c r="L12" t="s">
-        <v>114</v>
+        <v>100</v>
       </c>
       <c r="M12" t="s">
         <v>20</v>
       </c>
       <c r="N12" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O12" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="P12" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="Q12" t="s">
         <v>30</v>
       </c>
       <c r="R12" t="s">
-        <v>103</v>
+        <v>31</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>18</v>
       </c>
       <c r="B13" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="H13" t="s">
-        <v>117</v>
+        <v>104</v>
       </c>
       <c r="I13" t="n">
         <v>0.0</v>
       </c>
       <c r="J13" t="s">
         <v>24</v>
       </c>
       <c r="K13" t="s">
-        <v>118</v>
+        <v>105</v>
       </c>
       <c r="L13" t="s">
-        <v>119</v>
+        <v>106</v>
       </c>
       <c r="M13" t="s">
         <v>20</v>
       </c>
       <c r="N13" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O13" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="P13" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="Q13" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R13" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>18</v>
       </c>
       <c r="B14" t="s">
-        <v>120</v>
+        <v>107</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>110</v>
+        <v>102</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>121</v>
+        <v>108</v>
       </c>
       <c r="H14" t="s">
-        <v>122</v>
+        <v>109</v>
       </c>
       <c r="I14" t="n">
         <v>0.0</v>
       </c>
       <c r="J14" t="s">
         <v>24</v>
       </c>
       <c r="K14" t="s">
-        <v>123</v>
+        <v>110</v>
       </c>
       <c r="L14" t="s">
-        <v>124</v>
+        <v>111</v>
       </c>
       <c r="M14" t="s">
         <v>20</v>
       </c>
       <c r="N14" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O14" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="P14" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="Q14" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R14" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15" t="s">
-        <v>125</v>
+        <v>112</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>126</v>
+        <v>113</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>127</v>
+        <v>114</v>
       </c>
       <c r="H15" t="s">
-        <v>128</v>
+        <v>115</v>
       </c>
       <c r="I15" t="n">
         <v>0.0</v>
       </c>
       <c r="J15" t="s">
         <v>24</v>
       </c>
       <c r="K15" t="s">
-        <v>129</v>
+        <v>116</v>
       </c>
       <c r="L15" t="s">
-        <v>130</v>
+        <v>117</v>
       </c>
       <c r="M15" t="s">
         <v>20</v>
       </c>
       <c r="N15" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O15" t="s">
-        <v>131</v>
+        <v>71</v>
       </c>
       <c r="P15" t="s">
-        <v>132</v>
+        <v>72</v>
       </c>
       <c r="Q15" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R15" t="s">
-        <v>133</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>18</v>
       </c>
       <c r="B16" t="s">
-        <v>134</v>
+        <v>118</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>136</v>
+        <v>119</v>
       </c>
       <c r="H16" t="s">
-        <v>137</v>
+        <v>120</v>
       </c>
       <c r="I16" t="n">
         <v>0.0</v>
       </c>
       <c r="J16" t="s">
         <v>24</v>
       </c>
       <c r="K16" t="s">
-        <v>138</v>
+        <v>121</v>
       </c>
       <c r="L16" t="s">
-        <v>139</v>
+        <v>122</v>
       </c>
       <c r="M16" t="s">
         <v>20</v>
       </c>
       <c r="N16" t="s">
-        <v>79</v>
+        <v>27</v>
       </c>
       <c r="O16" t="s">
-        <v>140</v>
+        <v>123</v>
       </c>
       <c r="P16" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="Q16" t="s">
         <v>30</v>
       </c>
       <c r="R16" t="s">
-        <v>142</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>18</v>
       </c>
       <c r="B17" t="s">
-        <v>143</v>
+        <v>125</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>144</v>
+        <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>145</v>
+        <v>126</v>
       </c>
       <c r="H17" t="s">
-        <v>146</v>
+        <v>127</v>
       </c>
       <c r="I17" t="n">
         <v>0.0</v>
       </c>
       <c r="J17" t="s">
         <v>24</v>
       </c>
       <c r="K17" t="s">
-        <v>147</v>
+        <v>128</v>
       </c>
       <c r="L17" t="s">
-        <v>148</v>
+        <v>129</v>
       </c>
       <c r="M17" t="s">
         <v>20</v>
       </c>
       <c r="N17" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="O17" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="P17" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="Q17" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R17" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>18</v>
       </c>
       <c r="B18" t="s">
-        <v>153</v>
+        <v>130</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>154</v>
+        <v>113</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>155</v>
+        <v>131</v>
       </c>
       <c r="H18" t="s">
-        <v>156</v>
+        <v>132</v>
       </c>
       <c r="I18" t="n">
         <v>0.0</v>
       </c>
       <c r="J18" t="s">
         <v>24</v>
       </c>
       <c r="K18" t="s">
-        <v>157</v>
+        <v>133</v>
       </c>
       <c r="L18" t="s">
-        <v>158</v>
+        <v>134</v>
       </c>
       <c r="M18" t="s">
         <v>20</v>
       </c>
       <c r="N18" t="s">
-        <v>149</v>
+        <v>27</v>
       </c>
       <c r="O18" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="P18" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="Q18" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R18" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>18</v>
       </c>
       <c r="B19" t="s">
-        <v>159</v>
+        <v>135</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>160</v>
+        <v>113</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>161</v>
+        <v>136</v>
       </c>
       <c r="H19" t="s">
-        <v>162</v>
+        <v>137</v>
       </c>
       <c r="I19" t="n">
         <v>0.0</v>
       </c>
       <c r="J19" t="s">
         <v>24</v>
       </c>
       <c r="K19" t="s">
-        <v>163</v>
+        <v>138</v>
       </c>
       <c r="L19" t="s">
-        <v>164</v>
+        <v>139</v>
       </c>
       <c r="M19" t="s">
         <v>20</v>
       </c>
       <c r="N19" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="O19" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="P19" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="Q19" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R19" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>18</v>
       </c>
       <c r="B20" t="s">
-        <v>169</v>
+        <v>140</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>170</v>
+        <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>171</v>
+        <v>141</v>
       </c>
       <c r="H20" t="s">
-        <v>172</v>
+        <v>142</v>
       </c>
       <c r="I20" t="n">
         <v>0.0</v>
       </c>
       <c r="J20" t="s">
         <v>24</v>
       </c>
       <c r="K20" t="s">
-        <v>173</v>
+        <v>143</v>
       </c>
       <c r="L20" t="s">
-        <v>174</v>
+        <v>144</v>
       </c>
       <c r="M20" t="s">
         <v>20</v>
       </c>
       <c r="N20" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="O20" t="s">
-        <v>39</v>
+        <v>145</v>
       </c>
       <c r="P20" t="s">
-        <v>40</v>
+        <v>146</v>
       </c>
       <c r="Q20" t="s">
-        <v>30</v>
+        <v>147</v>
       </c>
       <c r="R20" t="s">
-        <v>41</v>
+        <v>148</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>176</v>
+        <v>113</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="H21" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="I21" t="n">
         <v>0.0</v>
       </c>
       <c r="J21" t="s">
         <v>24</v>
       </c>
       <c r="K21" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
       <c r="L21" t="s">
-        <v>180</v>
+        <v>153</v>
       </c>
       <c r="M21" t="s">
         <v>20</v>
       </c>
       <c r="N21" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="O21" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="P21" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="Q21" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R21" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22" t="s">
-        <v>181</v>
+        <v>154</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>182</v>
+        <v>113</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>183</v>
+        <v>155</v>
       </c>
       <c r="H22" t="s">
-        <v>184</v>
+        <v>156</v>
       </c>
       <c r="I22" t="n">
         <v>0.0</v>
       </c>
       <c r="J22" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="K22" t="s">
-        <v>186</v>
+        <v>157</v>
       </c>
       <c r="L22" t="s">
-        <v>187</v>
+        <v>153</v>
       </c>
       <c r="M22" t="s">
         <v>20</v>
       </c>
       <c r="N22" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="O22" t="s">
-        <v>188</v>
+        <v>28</v>
       </c>
       <c r="P22" t="s">
-        <v>189</v>
+        <v>29</v>
       </c>
       <c r="Q22" t="s">
         <v>30</v>
       </c>
       <c r="R22" t="s">
-        <v>190</v>
+        <v>31</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>18</v>
       </c>
       <c r="B23" t="s">
-        <v>191</v>
+        <v>158</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>192</v>
+        <v>159</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>193</v>
+        <v>160</v>
       </c>
       <c r="H23" t="s">
-        <v>194</v>
+        <v>161</v>
       </c>
       <c r="I23" t="n">
         <v>0.0</v>
       </c>
       <c r="J23" t="s">
         <v>24</v>
       </c>
       <c r="K23" t="s">
-        <v>195</v>
+        <v>162</v>
       </c>
       <c r="L23" t="s">
-        <v>196</v>
+        <v>163</v>
       </c>
       <c r="M23" t="s">
         <v>20</v>
       </c>
       <c r="N23" t="s">
-        <v>165</v>
+        <v>27</v>
       </c>
       <c r="O23" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="P23" t="s">
-        <v>70</v>
+        <v>29</v>
       </c>
       <c r="Q23" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R23" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
-        <v>197</v>
+        <v>164</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>198</v>
+        <v>165</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>199</v>
+        <v>166</v>
       </c>
       <c r="H24" t="s">
-        <v>200</v>
+        <v>167</v>
       </c>
       <c r="I24" t="n">
         <v>0.0</v>
       </c>
       <c r="J24" t="s">
         <v>24</v>
       </c>
       <c r="K24" t="s">
-        <v>201</v>
+        <v>168</v>
       </c>
       <c r="L24" t="s">
-        <v>202</v>
+        <v>169</v>
       </c>
       <c r="M24" t="s">
         <v>20</v>
       </c>
       <c r="N24" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="O24" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="P24" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="Q24" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R24" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>18</v>
       </c>
       <c r="B25" t="s">
-        <v>204</v>
+        <v>170</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>205</v>
+        <v>171</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>206</v>
+        <v>172</v>
       </c>
       <c r="H25" t="s">
-        <v>207</v>
+        <v>173</v>
       </c>
       <c r="I25" t="n">
         <v>0.0</v>
       </c>
       <c r="J25" t="s">
         <v>24</v>
       </c>
       <c r="K25" t="s">
-        <v>208</v>
+        <v>174</v>
       </c>
       <c r="L25" t="s">
-        <v>209</v>
+        <v>175</v>
       </c>
       <c r="M25" t="s">
         <v>20</v>
       </c>
       <c r="N25" t="s">
-        <v>203</v>
+        <v>27</v>
       </c>
       <c r="O25" t="s">
-        <v>140</v>
+        <v>38</v>
       </c>
       <c r="P25" t="s">
-        <v>141</v>
+        <v>39</v>
       </c>
       <c r="Q25" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R25" t="s">
-        <v>142</v>
+        <v>41</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>18</v>
       </c>
       <c r="B26" t="s">
-        <v>210</v>
+        <v>176</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>211</v>
+        <v>171</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>212</v>
+        <v>177</v>
       </c>
       <c r="H26" t="s">
-        <v>213</v>
+        <v>178</v>
       </c>
       <c r="I26" t="n">
         <v>0.0</v>
       </c>
       <c r="J26" t="s">
         <v>24</v>
       </c>
       <c r="K26" t="s">
-        <v>214</v>
+        <v>179</v>
       </c>
       <c r="L26" t="s">
-        <v>67</v>
+        <v>180</v>
       </c>
       <c r="M26" t="s">
         <v>20</v>
       </c>
       <c r="N26" t="s">
-        <v>215</v>
+        <v>27</v>
       </c>
       <c r="O26" t="s">
-        <v>166</v>
+        <v>38</v>
       </c>
       <c r="P26" t="s">
-        <v>167</v>
+        <v>39</v>
       </c>
       <c r="Q26" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R26" t="s">
-        <v>168</v>
+        <v>41</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>18</v>
       </c>
       <c r="B27" t="s">
-        <v>216</v>
+        <v>181</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>217</v>
+        <v>182</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>218</v>
+        <v>183</v>
       </c>
       <c r="H27" t="s">
-        <v>219</v>
+        <v>184</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
-        <v>220</v>
+        <v>185</v>
       </c>
       <c r="L27" t="s">
-        <v>221</v>
+        <v>186</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>215</v>
+        <v>187</v>
       </c>
       <c r="O27" t="s">
-        <v>166</v>
+        <v>188</v>
       </c>
       <c r="P27" t="s">
-        <v>167</v>
+        <v>189</v>
       </c>
       <c r="Q27" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R27" t="s">
-        <v>168</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>223</v>
+        <v>192</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="H28" t="s">
-        <v>225</v>
+        <v>194</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>226</v>
+        <v>195</v>
       </c>
       <c r="L28" t="s">
-        <v>227</v>
+        <v>122</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
-        <v>215</v>
+        <v>196</v>
       </c>
       <c r="O28" t="s">
-        <v>166</v>
+        <v>197</v>
       </c>
       <c r="P28" t="s">
-        <v>167</v>
+        <v>198</v>
       </c>
       <c r="Q28" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R28" t="s">
-        <v>168</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
-        <v>228</v>
+        <v>200</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>229</v>
+        <v>201</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>230</v>
+        <v>202</v>
       </c>
       <c r="H29" t="s">
-        <v>231</v>
+        <v>203</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
-        <v>232</v>
+        <v>204</v>
       </c>
       <c r="L29" t="s">
-        <v>233</v>
+        <v>205</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>234</v>
+        <v>187</v>
       </c>
       <c r="O29" t="s">
-        <v>235</v>
+        <v>206</v>
       </c>
       <c r="P29" t="s">
-        <v>236</v>
+        <v>207</v>
       </c>
       <c r="Q29" t="s">
-        <v>82</v>
+        <v>208</v>
       </c>
       <c r="R29" t="s">
-        <v>237</v>
+        <v>209</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>238</v>
+        <v>210</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>239</v>
+        <v>211</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>240</v>
+        <v>212</v>
       </c>
       <c r="H30" t="s">
-        <v>241</v>
+        <v>213</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>242</v>
+        <v>214</v>
       </c>
       <c r="L30" t="s">
-        <v>243</v>
+        <v>215</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="O30" t="s">
-        <v>28</v>
+        <v>217</v>
       </c>
       <c r="P30" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="Q30" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="R30" t="s">
-        <v>31</v>
+        <v>220</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>244</v>
+        <v>221</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>245</v>
+        <v>222</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>246</v>
+        <v>223</v>
       </c>
       <c r="H31" t="s">
-        <v>247</v>
+        <v>224</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>248</v>
+        <v>225</v>
       </c>
       <c r="L31" t="s">
-        <v>249</v>
+        <v>226</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>234</v>
+        <v>216</v>
       </c>
       <c r="O31" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="P31" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q31" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R31" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
-        <v>250</v>
+        <v>227</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>251</v>
+        <v>228</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>252</v>
+        <v>229</v>
       </c>
       <c r="H32" t="s">
-        <v>253</v>
+        <v>230</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
-        <v>254</v>
+        <v>231</v>
       </c>
       <c r="L32" t="s">
-        <v>255</v>
+        <v>232</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
+        <v>233</v>
+      </c>
+      <c r="O32" t="s">
         <v>234</v>
       </c>
-      <c r="O32" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="P32" t="s">
-        <v>29</v>
+        <v>235</v>
       </c>
       <c r="Q32" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="R32" t="s">
-        <v>31</v>
+        <v>236</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>256</v>
+        <v>237</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>257</v>
+        <v>238</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>258</v>
+        <v>239</v>
       </c>
       <c r="H33" t="s">
-        <v>259</v>
+        <v>240</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>260</v>
+        <v>241</v>
       </c>
       <c r="L33" t="s">
-        <v>261</v>
+        <v>242</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="O33" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="P33" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="Q33" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R33" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>262</v>
+        <v>243</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>263</v>
+        <v>238</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>264</v>
+        <v>244</v>
       </c>
       <c r="H34" t="s">
-        <v>265</v>
+        <v>245</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>266</v>
+        <v>246</v>
       </c>
       <c r="L34" t="s">
-        <v>267</v>
+        <v>247</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="O34" t="s">
-        <v>269</v>
+        <v>38</v>
       </c>
       <c r="P34" t="s">
-        <v>270</v>
+        <v>39</v>
       </c>
       <c r="Q34" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R34" t="s">
-        <v>271</v>
+        <v>41</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>272</v>
+        <v>248</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>273</v>
+        <v>249</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>274</v>
+        <v>250</v>
       </c>
       <c r="H35" t="s">
-        <v>275</v>
+        <v>251</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>276</v>
+        <v>252</v>
       </c>
       <c r="L35" t="s">
-        <v>277</v>
+        <v>253</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="O35" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P35" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q35" t="s">
         <v>30</v>
       </c>
       <c r="R35" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>278</v>
+        <v>257</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>279</v>
+        <v>249</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>280</v>
+        <v>258</v>
       </c>
       <c r="H36" t="s">
-        <v>281</v>
+        <v>259</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>282</v>
+        <v>260</v>
       </c>
       <c r="L36" t="s">
-        <v>283</v>
+        <v>261</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="O36" t="s">
-        <v>284</v>
+        <v>254</v>
       </c>
       <c r="P36" t="s">
-        <v>285</v>
+        <v>255</v>
       </c>
       <c r="Q36" t="s">
         <v>30</v>
       </c>
       <c r="R36" t="s">
-        <v>286</v>
+        <v>256</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>287</v>
+        <v>262</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>288</v>
+        <v>263</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>289</v>
+        <v>264</v>
       </c>
       <c r="H37" t="s">
-        <v>290</v>
+        <v>265</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>291</v>
+        <v>266</v>
       </c>
       <c r="L37" t="s">
-        <v>292</v>
+        <v>267</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>268</v>
+        <v>233</v>
       </c>
       <c r="O37" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="P37" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="Q37" t="s">
         <v>30</v>
       </c>
       <c r="R37" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>293</v>
+        <v>268</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>294</v>
+        <v>263</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>295</v>
+        <v>269</v>
       </c>
       <c r="H38" t="s">
-        <v>296</v>
+        <v>270</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>297</v>
+        <v>271</v>
       </c>
       <c r="L38" t="s">
-        <v>298</v>
+        <v>272</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>299</v>
+        <v>233</v>
       </c>
       <c r="O38" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P38" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q38" t="s">
         <v>30</v>
       </c>
       <c r="R38" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>300</v>
+        <v>273</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>294</v>
+        <v>263</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>301</v>
+        <v>274</v>
       </c>
       <c r="H39" t="s">
-        <v>302</v>
+        <v>275</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>303</v>
+        <v>276</v>
       </c>
       <c r="L39" t="s">
-        <v>304</v>
+        <v>277</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>299</v>
+        <v>233</v>
       </c>
       <c r="O39" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P39" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q39" t="s">
         <v>30</v>
       </c>
       <c r="R39" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>305</v>
+        <v>278</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>306</v>
+        <v>279</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>307</v>
+        <v>280</v>
       </c>
       <c r="H40" t="s">
-        <v>308</v>
+        <v>281</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>309</v>
+        <v>282</v>
       </c>
       <c r="L40" t="s">
-        <v>310</v>
+        <v>283</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>299</v>
+        <v>233</v>
       </c>
       <c r="O40" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="P40" t="s">
-        <v>102</v>
+        <v>80</v>
       </c>
       <c r="Q40" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="R40" t="s">
-        <v>103</v>
+        <v>82</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>311</v>
+        <v>284</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>306</v>
+        <v>285</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>312</v>
+        <v>286</v>
       </c>
       <c r="H41" t="s">
-        <v>313</v>
+        <v>287</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>314</v>
+        <v>288</v>
       </c>
       <c r="L41" t="s">
-        <v>315</v>
+        <v>289</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>299</v>
+        <v>233</v>
       </c>
       <c r="O41" t="s">
-        <v>101</v>
+        <v>28</v>
       </c>
       <c r="P41" t="s">
-        <v>102</v>
+        <v>29</v>
       </c>
       <c r="Q41" t="s">
         <v>30</v>
       </c>
       <c r="R41" t="s">
-        <v>103</v>
+        <v>31</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>316</v>
+        <v>290</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>317</v>
+        <v>291</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>318</v>
+        <v>292</v>
       </c>
       <c r="H42" t="s">
-        <v>319</v>
+        <v>293</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>320</v>
+        <v>294</v>
       </c>
       <c r="L42" t="s">
-        <v>139</v>
+        <v>295</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="O42" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="P42" t="s">
-        <v>102</v>
+        <v>94</v>
       </c>
       <c r="Q42" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R42" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>321</v>
+        <v>297</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>322</v>
+        <v>298</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="H43" t="s">
-        <v>324</v>
+        <v>300</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>325</v>
+        <v>301</v>
       </c>
       <c r="L43" t="s">
-        <v>326</v>
+        <v>302</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>327</v>
+        <v>296</v>
       </c>
       <c r="O43" t="s">
-        <v>69</v>
+        <v>93</v>
       </c>
       <c r="P43" t="s">
-        <v>70</v>
+        <v>94</v>
       </c>
       <c r="Q43" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R43" t="s">
-        <v>72</v>
+        <v>95</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>328</v>
+        <v>303</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>329</v>
+        <v>304</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>330</v>
+        <v>305</v>
       </c>
       <c r="H44" t="s">
-        <v>331</v>
+        <v>306</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>332</v>
+        <v>307</v>
       </c>
       <c r="L44" t="s">
-        <v>333</v>
+        <v>308</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>334</v>
+        <v>309</v>
       </c>
       <c r="O44" t="s">
-        <v>140</v>
+        <v>310</v>
       </c>
       <c r="P44" t="s">
-        <v>141</v>
+        <v>311</v>
       </c>
       <c r="Q44" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R44" t="s">
-        <v>142</v>
+        <v>312</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>335</v>
+        <v>313</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>336</v>
+        <v>314</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>337</v>
+        <v>315</v>
       </c>
       <c r="H45" t="s">
-        <v>338</v>
+        <v>316</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>339</v>
+        <v>317</v>
       </c>
       <c r="L45" t="s">
-        <v>340</v>
+        <v>318</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="O45" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="P45" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="Q45" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R45" t="s">
-        <v>152</v>
+        <v>199</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>342</v>
+        <v>319</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>343</v>
+        <v>320</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>344</v>
+        <v>321</v>
       </c>
       <c r="H46" t="s">
-        <v>345</v>
+        <v>322</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>346</v>
+        <v>323</v>
       </c>
       <c r="L46" t="s">
-        <v>347</v>
+        <v>144</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="O46" t="s">
-        <v>348</v>
+        <v>310</v>
       </c>
       <c r="P46" t="s">
-        <v>349</v>
+        <v>311</v>
       </c>
       <c r="Q46" t="s">
-        <v>350</v>
+        <v>40</v>
       </c>
       <c r="R46" t="s">
-        <v>351</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>352</v>
+        <v>324</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>353</v>
+        <v>325</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>354</v>
+        <v>326</v>
       </c>
       <c r="H47" t="s">
-        <v>355</v>
+        <v>327</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
-        <v>24</v>
+        <v>328</v>
       </c>
       <c r="K47" t="s">
-        <v>356</v>
+        <v>329</v>
       </c>
       <c r="L47" t="s">
-        <v>357</v>
+        <v>330</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="O47" t="s">
-        <v>284</v>
+        <v>331</v>
       </c>
       <c r="P47" t="s">
-        <v>285</v>
+        <v>332</v>
       </c>
       <c r="Q47" t="s">
         <v>30</v>
       </c>
       <c r="R47" t="s">
-        <v>286</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>358</v>
+        <v>334</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>359</v>
+        <v>335</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>360</v>
+        <v>336</v>
       </c>
       <c r="H48" t="s">
-        <v>361</v>
+        <v>337</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>362</v>
+        <v>338</v>
       </c>
       <c r="L48" t="s">
-        <v>363</v>
+        <v>339</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>341</v>
+        <v>309</v>
       </c>
       <c r="O48" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="P48" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="Q48" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R48" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>364</v>
+        <v>340</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>365</v>
+        <v>341</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>366</v>
+        <v>342</v>
       </c>
       <c r="H49" t="s">
-        <v>367</v>
+        <v>343</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>368</v>
+        <v>344</v>
       </c>
       <c r="L49" t="s">
-        <v>369</v>
+        <v>345</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
       <c r="O49" t="s">
-        <v>150</v>
+        <v>38</v>
       </c>
       <c r="P49" t="s">
-        <v>151</v>
+        <v>39</v>
       </c>
       <c r="Q49" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R49" t="s">
-        <v>152</v>
+        <v>41</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>371</v>
+        <v>347</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>372</v>
+        <v>348</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>373</v>
+        <v>349</v>
       </c>
       <c r="H50" t="s">
-        <v>374</v>
+        <v>350</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>375</v>
+        <v>351</v>
       </c>
       <c r="L50" t="s">
-        <v>376</v>
+        <v>352</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>370</v>
+        <v>346</v>
       </c>
       <c r="O50" t="s">
-        <v>150</v>
+        <v>28</v>
       </c>
       <c r="P50" t="s">
-        <v>151</v>
+        <v>29</v>
       </c>
       <c r="Q50" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R50" t="s">
-        <v>152</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
-        <v>377</v>
+        <v>353</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>378</v>
+        <v>354</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>379</v>
+        <v>355</v>
       </c>
       <c r="H51" t="s">
-        <v>380</v>
+        <v>356</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>381</v>
+        <v>357</v>
       </c>
       <c r="L51" t="s">
-        <v>382</v>
+        <v>225</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="O51" t="s">
-        <v>150</v>
+        <v>310</v>
       </c>
       <c r="P51" t="s">
-        <v>151</v>
+        <v>311</v>
       </c>
       <c r="Q51" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R51" t="s">
-        <v>152</v>
+        <v>312</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>383</v>
+        <v>359</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>384</v>
+        <v>360</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>385</v>
+        <v>361</v>
       </c>
       <c r="H52" t="s">
-        <v>386</v>
+        <v>362</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>387</v>
+        <v>363</v>
       </c>
       <c r="L52" t="s">
-        <v>388</v>
+        <v>364</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>389</v>
+        <v>358</v>
       </c>
       <c r="O52" t="s">
-        <v>101</v>
+        <v>310</v>
       </c>
       <c r="P52" t="s">
-        <v>102</v>
+        <v>311</v>
       </c>
       <c r="Q52" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R52" t="s">
-        <v>103</v>
+        <v>312</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>390</v>
+        <v>365</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>391</v>
+        <v>366</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>392</v>
+        <v>367</v>
       </c>
       <c r="H53" t="s">
-        <v>393</v>
+        <v>368</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>394</v>
+        <v>369</v>
       </c>
       <c r="L53" t="s">
-        <v>395</v>
+        <v>370</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>389</v>
+        <v>358</v>
       </c>
       <c r="O53" t="s">
-        <v>284</v>
+        <v>310</v>
       </c>
       <c r="P53" t="s">
-        <v>285</v>
+        <v>311</v>
       </c>
       <c r="Q53" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R53" t="s">
-        <v>286</v>
+        <v>312</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>396</v>
+        <v>371</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>397</v>
+        <v>372</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>398</v>
+        <v>373</v>
       </c>
       <c r="H54" t="s">
-        <v>399</v>
+        <v>374</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>400</v>
+        <v>375</v>
       </c>
       <c r="L54" t="s">
-        <v>174</v>
+        <v>376</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="O54" t="s">
-        <v>101</v>
+        <v>378</v>
       </c>
       <c r="P54" t="s">
-        <v>102</v>
+        <v>379</v>
       </c>
       <c r="Q54" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="R54" t="s">
-        <v>103</v>
+        <v>380</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>402</v>
+        <v>381</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>397</v>
+        <v>382</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="H55" t="s">
-        <v>404</v>
+        <v>384</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>405</v>
+        <v>385</v>
       </c>
       <c r="L55" t="s">
-        <v>406</v>
+        <v>386</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="O55" t="s">
-        <v>407</v>
+        <v>188</v>
       </c>
       <c r="P55" t="s">
-        <v>408</v>
+        <v>189</v>
       </c>
       <c r="Q55" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R55" t="s">
-        <v>409</v>
+        <v>190</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>410</v>
+        <v>387</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>397</v>
+        <v>388</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>411</v>
+        <v>389</v>
       </c>
       <c r="H56" t="s">
-        <v>412</v>
+        <v>390</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>413</v>
+        <v>391</v>
       </c>
       <c r="L56" t="s">
-        <v>414</v>
+        <v>392</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="O56" t="s">
-        <v>101</v>
+        <v>188</v>
       </c>
       <c r="P56" t="s">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="Q56" t="s">
         <v>30</v>
       </c>
       <c r="R56" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>415</v>
+        <v>393</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>416</v>
+        <v>394</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>417</v>
+        <v>395</v>
       </c>
       <c r="H57" t="s">
-        <v>418</v>
+        <v>396</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>419</v>
+        <v>397</v>
       </c>
       <c r="L57" t="s">
-        <v>420</v>
+        <v>398</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="O57" t="s">
-        <v>101</v>
+        <v>188</v>
       </c>
       <c r="P57" t="s">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="Q57" t="s">
         <v>30</v>
       </c>
       <c r="R57" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>421</v>
+        <v>399</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>416</v>
+        <v>400</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>422</v>
+        <v>401</v>
       </c>
       <c r="H58" t="s">
-        <v>423</v>
+        <v>402</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>424</v>
+        <v>403</v>
       </c>
       <c r="L58" t="s">
-        <v>425</v>
+        <v>404</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>401</v>
+        <v>377</v>
       </c>
       <c r="O58" t="s">
-        <v>101</v>
+        <v>188</v>
       </c>
       <c r="P58" t="s">
-        <v>102</v>
+        <v>189</v>
       </c>
       <c r="Q58" t="s">
         <v>30</v>
       </c>
       <c r="R58" t="s">
-        <v>103</v>
+        <v>190</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>426</v>
+        <v>405</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>427</v>
+        <v>407</v>
       </c>
       <c r="H59" t="s">
-        <v>428</v>
+        <v>408</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>429</v>
+        <v>409</v>
       </c>
       <c r="L59" t="s">
-        <v>430</v>
+        <v>410</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="O59" t="s">
-        <v>101</v>
+        <v>412</v>
       </c>
       <c r="P59" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="Q59" t="s">
         <v>30</v>
       </c>
       <c r="R59" t="s">
-        <v>103</v>
+        <v>413</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
+        <v>415</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
         <v>416</v>
       </c>
-      <c r="F60" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H60" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="L60" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="O60" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P60" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q60" t="s">
         <v>30</v>
       </c>
       <c r="R60" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>416</v>
+        <v>421</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="H61" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="L61" t="s">
-        <v>440</v>
+        <v>425</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="O61" t="s">
-        <v>101</v>
+        <v>426</v>
       </c>
       <c r="P61" t="s">
-        <v>102</v>
+        <v>427</v>
       </c>
       <c r="Q61" t="s">
         <v>30</v>
       </c>
       <c r="R61" t="s">
-        <v>103</v>
+        <v>428</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>442</v>
+        <v>430</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>443</v>
+        <v>431</v>
       </c>
       <c r="H62" t="s">
-        <v>444</v>
+        <v>432</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="L62" t="s">
-        <v>446</v>
+        <v>434</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>401</v>
+        <v>411</v>
       </c>
       <c r="O62" t="s">
-        <v>101</v>
+        <v>412</v>
       </c>
       <c r="P62" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="Q62" t="s">
         <v>30</v>
       </c>
       <c r="R62" t="s">
-        <v>103</v>
+        <v>413</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="H63" t="s">
-        <v>449</v>
+        <v>438</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>450</v>
+        <v>439</v>
       </c>
       <c r="L63" t="s">
-        <v>451</v>
+        <v>440</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>401</v>
+        <v>441</v>
       </c>
       <c r="O63" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P63" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q63" t="s">
         <v>30</v>
       </c>
       <c r="R63" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>442</v>
+        <v>436</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="H64" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="L64" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>401</v>
+        <v>441</v>
       </c>
       <c r="O64" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P64" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q64" t="s">
         <v>30</v>
       </c>
       <c r="R64" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>458</v>
+        <v>449</v>
       </c>
       <c r="H65" t="s">
-        <v>459</v>
+        <v>450</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>460</v>
+        <v>451</v>
       </c>
       <c r="L65" t="s">
-        <v>461</v>
+        <v>452</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>401</v>
+        <v>441</v>
       </c>
       <c r="O65" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P65" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q65" t="s">
         <v>30</v>
       </c>
       <c r="R65" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>462</v>
+        <v>453</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>463</v>
+        <v>454</v>
       </c>
       <c r="H66" t="s">
-        <v>464</v>
+        <v>455</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>465</v>
+        <v>456</v>
       </c>
       <c r="L66" t="s">
-        <v>466</v>
+        <v>457</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>401</v>
+        <v>441</v>
       </c>
       <c r="O66" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="P66" t="s">
-        <v>102</v>
+        <v>255</v>
       </c>
       <c r="Q66" t="s">
         <v>30</v>
       </c>
       <c r="R66" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>467</v>
+        <v>458</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>468</v>
+        <v>459</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>469</v>
+        <v>460</v>
       </c>
       <c r="H67" t="s">
-        <v>470</v>
+        <v>461</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>471</v>
+        <v>462</v>
       </c>
       <c r="L67" t="s">
-        <v>472</v>
+        <v>289</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>401</v>
+        <v>441</v>
       </c>
       <c r="O67" t="s">
-        <v>473</v>
+        <v>254</v>
       </c>
       <c r="P67" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="Q67" t="s">
         <v>30</v>
       </c>
       <c r="R67" t="s">
-        <v>474</v>
+        <v>256</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="H68" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="L68" t="s">
-        <v>479</v>
+        <v>468</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>401</v>
+        <v>27</v>
       </c>
       <c r="O68" t="s">
-        <v>101</v>
+        <v>38</v>
       </c>
       <c r="P68" t="s">
-        <v>102</v>
+        <v>39</v>
       </c>
       <c r="Q68" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R68" t="s">
-        <v>103</v>
+        <v>41</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>480</v>
+        <v>469</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>482</v>
+        <v>471</v>
       </c>
       <c r="H69" t="s">
-        <v>483</v>
+        <v>472</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>484</v>
+        <v>473</v>
       </c>
       <c r="L69" t="s">
-        <v>485</v>
+        <v>474</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="O69" t="s">
-        <v>140</v>
+        <v>28</v>
       </c>
       <c r="P69" t="s">
-        <v>141</v>
+        <v>29</v>
       </c>
       <c r="Q69" t="s">
         <v>30</v>
       </c>
       <c r="R69" t="s">
-        <v>142</v>
+        <v>31</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
-        <v>487</v>
+        <v>476</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>488</v>
+        <v>477</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>489</v>
+        <v>478</v>
       </c>
       <c r="H70" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="L70" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="O70" t="s">
-        <v>493</v>
+        <v>93</v>
       </c>
       <c r="P70" t="s">
-        <v>285</v>
+        <v>94</v>
       </c>
       <c r="Q70" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R70" t="s">
-        <v>494</v>
+        <v>95</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="H71" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="L71" t="s">
-        <v>388</v>
+        <v>488</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="O71" t="s">
-        <v>500</v>
+        <v>489</v>
       </c>
       <c r="P71" t="s">
-        <v>501</v>
+        <v>490</v>
       </c>
       <c r="Q71" t="s">
-        <v>502</v>
+        <v>491</v>
       </c>
       <c r="R71" t="s">
-        <v>503</v>
+        <v>492</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
-        <v>504</v>
+        <v>493</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>505</v>
+        <v>494</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>506</v>
+        <v>495</v>
       </c>
       <c r="H72" t="s">
-        <v>507</v>
+        <v>496</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>24</v>
       </c>
       <c r="K72" t="s">
-        <v>508</v>
+        <v>497</v>
       </c>
       <c r="L72" t="s">
-        <v>509</v>
+        <v>498</v>
       </c>
       <c r="M72" t="s">
         <v>20</v>
       </c>
       <c r="N72" t="s">
-        <v>510</v>
+        <v>482</v>
       </c>
       <c r="O72" t="s">
-        <v>511</v>
+        <v>426</v>
       </c>
       <c r="P72" t="s">
-        <v>512</v>
+        <v>427</v>
       </c>
       <c r="Q72" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R72" t="s">
-        <v>513</v>
+        <v>428</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
-        <v>514</v>
+        <v>499</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>515</v>
+        <v>500</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>516</v>
+        <v>501</v>
       </c>
       <c r="H73" t="s">
-        <v>517</v>
+        <v>502</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>24</v>
       </c>
       <c r="K73" t="s">
-        <v>518</v>
+        <v>503</v>
       </c>
       <c r="L73" t="s">
-        <v>519</v>
+        <v>504</v>
       </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>520</v>
+        <v>482</v>
       </c>
       <c r="O73" t="s">
+        <v>38</v>
+      </c>
+      <c r="P73" t="s">
         <v>39</v>
       </c>
-      <c r="P73" t="s">
+      <c r="Q73" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="R73" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>521</v>
+        <v>505</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>522</v>
+        <v>506</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>523</v>
+        <v>507</v>
       </c>
       <c r="H74" t="s">
-        <v>524</v>
+        <v>508</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>525</v>
+        <v>509</v>
       </c>
       <c r="L74" t="s">
-        <v>526</v>
+        <v>510</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>527</v>
+        <v>511</v>
       </c>
       <c r="O74" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="P74" t="s">
-        <v>141</v>
+        <v>94</v>
       </c>
       <c r="Q74" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R74" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>528</v>
+        <v>512</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>529</v>
+        <v>513</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>530</v>
+        <v>514</v>
       </c>
       <c r="H75" t="s">
-        <v>531</v>
+        <v>515</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>532</v>
+        <v>516</v>
       </c>
       <c r="L75" t="s">
-        <v>533</v>
+        <v>517</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>534</v>
+        <v>511</v>
       </c>
       <c r="O75" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="P75" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="Q75" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R75" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>535</v>
+        <v>518</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>536</v>
+        <v>519</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>537</v>
+        <v>520</v>
       </c>
       <c r="H76" t="s">
-        <v>538</v>
+        <v>521</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>539</v>
+        <v>522</v>
       </c>
       <c r="L76" t="s">
-        <v>540</v>
+        <v>523</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>534</v>
+        <v>511</v>
       </c>
       <c r="O76" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="P76" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="Q76" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R76" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>541</v>
+        <v>524</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>542</v>
+        <v>525</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>543</v>
+        <v>526</v>
       </c>
       <c r="H77" t="s">
-        <v>544</v>
+        <v>527</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
-        <v>24</v>
+        <v>328</v>
       </c>
       <c r="K77" t="s">
-        <v>545</v>
+        <v>528</v>
       </c>
       <c r="L77" t="s">
-        <v>546</v>
+        <v>529</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>334</v>
+        <v>530</v>
       </c>
       <c r="O77" t="s">
-        <v>269</v>
+        <v>254</v>
       </c>
       <c r="P77" t="s">
-        <v>270</v>
+        <v>255</v>
       </c>
       <c r="Q77" t="s">
         <v>30</v>
       </c>
       <c r="R77" t="s">
-        <v>271</v>
+        <v>256</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>547</v>
+        <v>531</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>548</v>
+        <v>532</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>549</v>
+        <v>533</v>
       </c>
       <c r="H78" t="s">
-        <v>550</v>
+        <v>534</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>551</v>
+        <v>535</v>
       </c>
       <c r="L78" t="s">
-        <v>552</v>
+        <v>536</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>334</v>
+        <v>530</v>
       </c>
       <c r="O78" t="s">
-        <v>269</v>
+        <v>426</v>
       </c>
       <c r="P78" t="s">
-        <v>270</v>
+        <v>427</v>
       </c>
       <c r="Q78" t="s">
         <v>30</v>
       </c>
       <c r="R78" t="s">
-        <v>271</v>
+        <v>428</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>553</v>
+        <v>537</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>554</v>
+        <v>538</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>555</v>
+        <v>539</v>
       </c>
       <c r="H79" t="s">
-        <v>556</v>
+        <v>540</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>557</v>
+        <v>541</v>
       </c>
       <c r="L79" t="s">
-        <v>558</v>
+        <v>318</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>559</v>
+        <v>542</v>
       </c>
       <c r="O79" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="P79" t="s">
-        <v>167</v>
+        <v>255</v>
       </c>
       <c r="Q79" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R79" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>560</v>
+        <v>543</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>561</v>
+        <v>538</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>562</v>
+        <v>544</v>
       </c>
       <c r="H80" t="s">
-        <v>563</v>
+        <v>545</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>564</v>
+        <v>546</v>
       </c>
       <c r="L80" t="s">
-        <v>565</v>
+        <v>547</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>215</v>
+        <v>542</v>
       </c>
       <c r="O80" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="P80" t="s">
-        <v>167</v>
+        <v>255</v>
       </c>
       <c r="Q80" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R80" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>566</v>
+        <v>548</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>567</v>
+        <v>549</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>568</v>
+        <v>550</v>
       </c>
       <c r="H81" t="s">
-        <v>569</v>
+        <v>551</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>570</v>
+        <v>552</v>
       </c>
       <c r="L81" t="s">
-        <v>571</v>
+        <v>553</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>572</v>
+        <v>542</v>
       </c>
       <c r="O81" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="P81" t="s">
-        <v>167</v>
+        <v>255</v>
       </c>
       <c r="Q81" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R81" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>573</v>
+        <v>554</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>574</v>
+        <v>549</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>575</v>
+        <v>555</v>
       </c>
       <c r="H82" t="s">
-        <v>576</v>
+        <v>556</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>577</v>
+        <v>557</v>
       </c>
       <c r="L82" t="s">
-        <v>578</v>
+        <v>558</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>579</v>
+        <v>542</v>
       </c>
       <c r="O82" t="s">
-        <v>580</v>
+        <v>254</v>
       </c>
       <c r="P82" t="s">
-        <v>151</v>
+        <v>255</v>
       </c>
       <c r="Q82" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R82" t="s">
-        <v>581</v>
+        <v>256</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>582</v>
+        <v>559</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>583</v>
+        <v>549</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>584</v>
+        <v>560</v>
       </c>
       <c r="H83" t="s">
-        <v>585</v>
+        <v>561</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>586</v>
+        <v>562</v>
       </c>
       <c r="L83" t="s">
-        <v>587</v>
+        <v>563</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>588</v>
+        <v>542</v>
       </c>
       <c r="O83" t="s">
-        <v>188</v>
+        <v>254</v>
       </c>
       <c r="P83" t="s">
-        <v>189</v>
+        <v>255</v>
       </c>
       <c r="Q83" t="s">
         <v>30</v>
       </c>
       <c r="R83" t="s">
-        <v>190</v>
+        <v>256</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>589</v>
+        <v>564</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>590</v>
+        <v>549</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>591</v>
+        <v>565</v>
       </c>
       <c r="H84" t="s">
-        <v>592</v>
+        <v>566</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>593</v>
+        <v>567</v>
       </c>
       <c r="L84" t="s">
-        <v>594</v>
+        <v>568</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>341</v>
+        <v>542</v>
       </c>
       <c r="O84" t="s">
-        <v>595</v>
+        <v>254</v>
       </c>
       <c r="P84" t="s">
-        <v>596</v>
+        <v>255</v>
       </c>
       <c r="Q84" t="s">
-        <v>597</v>
+        <v>30</v>
       </c>
       <c r="R84" t="s">
-        <v>598</v>
+        <v>256</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
-        <v>599</v>
+        <v>569</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>600</v>
+        <v>549</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>601</v>
+        <v>570</v>
       </c>
       <c r="H85" t="s">
-        <v>602</v>
+        <v>571</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>603</v>
+        <v>572</v>
       </c>
       <c r="L85" t="s">
-        <v>604</v>
+        <v>573</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>605</v>
+        <v>542</v>
       </c>
       <c r="O85" t="s">
-        <v>166</v>
+        <v>254</v>
       </c>
       <c r="P85" t="s">
-        <v>167</v>
+        <v>255</v>
       </c>
       <c r="Q85" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R85" t="s">
-        <v>168</v>
+        <v>256</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
-        <v>606</v>
+        <v>574</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>607</v>
+        <v>575</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>608</v>
+        <v>576</v>
       </c>
       <c r="H86" t="s">
-        <v>609</v>
+        <v>577</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>610</v>
+        <v>578</v>
       </c>
       <c r="L86" t="s">
-        <v>388</v>
+        <v>579</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>611</v>
+        <v>542</v>
       </c>
       <c r="O86" t="s">
-        <v>284</v>
+        <v>254</v>
       </c>
       <c r="P86" t="s">
-        <v>285</v>
+        <v>255</v>
       </c>
       <c r="Q86" t="s">
         <v>30</v>
       </c>
       <c r="R86" t="s">
-        <v>286</v>
+        <v>256</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
-        <v>612</v>
+        <v>580</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>613</v>
+        <v>575</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>614</v>
+        <v>581</v>
       </c>
       <c r="H87" t="s">
-        <v>615</v>
+        <v>582</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>616</v>
+        <v>583</v>
       </c>
       <c r="L87" t="s">
-        <v>617</v>
+        <v>584</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>618</v>
+        <v>542</v>
       </c>
       <c r="O87" t="s">
-        <v>619</v>
+        <v>254</v>
       </c>
       <c r="P87" t="s">
-        <v>620</v>
+        <v>255</v>
       </c>
       <c r="Q87" t="s">
-        <v>621</v>
+        <v>30</v>
       </c>
       <c r="R87" t="s">
-        <v>622</v>
+        <v>256</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
-        <v>623</v>
+        <v>585</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>624</v>
+        <v>575</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>625</v>
+        <v>586</v>
       </c>
       <c r="H88" t="s">
-        <v>626</v>
+        <v>587</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
-        <v>627</v>
+        <v>588</v>
       </c>
       <c r="L88" t="s">
-        <v>628</v>
+        <v>589</v>
       </c>
       <c r="M88" t="s">
         <v>20</v>
       </c>
       <c r="N88" t="s">
-        <v>629</v>
+        <v>542</v>
       </c>
       <c r="O88" t="s">
-        <v>140</v>
+        <v>254</v>
       </c>
       <c r="P88" t="s">
-        <v>141</v>
+        <v>255</v>
       </c>
       <c r="Q88" t="s">
         <v>30</v>
       </c>
       <c r="R88" t="s">
-        <v>142</v>
+        <v>256</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
-        <v>630</v>
+        <v>590</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>631</v>
+        <v>575</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>632</v>
+        <v>591</v>
       </c>
       <c r="H89" t="s">
-        <v>633</v>
+        <v>592</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>634</v>
+        <v>593</v>
       </c>
       <c r="L89" t="s">
-        <v>369</v>
+        <v>594</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>635</v>
+        <v>542</v>
       </c>
       <c r="O89" t="s">
-        <v>131</v>
+        <v>254</v>
       </c>
       <c r="P89" t="s">
-        <v>132</v>
+        <v>255</v>
       </c>
       <c r="Q89" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R89" t="s">
-        <v>133</v>
+        <v>256</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>636</v>
+        <v>595</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>637</v>
+        <v>575</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>638</v>
+        <v>596</v>
       </c>
       <c r="H90" t="s">
-        <v>639</v>
+        <v>597</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>640</v>
+        <v>598</v>
       </c>
       <c r="L90" t="s">
-        <v>641</v>
+        <v>599</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>635</v>
+        <v>542</v>
       </c>
       <c r="O90" t="s">
-        <v>131</v>
+        <v>254</v>
       </c>
       <c r="P90" t="s">
-        <v>132</v>
+        <v>255</v>
       </c>
       <c r="Q90" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R90" t="s">
-        <v>133</v>
+        <v>256</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>18</v>
       </c>
       <c r="B91" t="s">
-        <v>642</v>
+        <v>600</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>643</v>
+        <v>601</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>644</v>
+        <v>602</v>
       </c>
       <c r="H91" t="s">
-        <v>645</v>
+        <v>603</v>
       </c>
       <c r="I91" t="n">
         <v>0.0</v>
       </c>
       <c r="J91" t="s">
         <v>24</v>
       </c>
       <c r="K91" t="s">
-        <v>646</v>
+        <v>604</v>
       </c>
       <c r="L91" t="s">
-        <v>647</v>
+        <v>153</v>
       </c>
       <c r="M91" t="s">
         <v>20</v>
       </c>
       <c r="N91" t="s">
-        <v>629</v>
+        <v>542</v>
       </c>
       <c r="O91" t="s">
-        <v>39</v>
+        <v>605</v>
       </c>
       <c r="P91" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="Q91" t="s">
         <v>30</v>
       </c>
       <c r="R91" t="s">
-        <v>41</v>
+        <v>606</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>18</v>
       </c>
       <c r="B92" t="s">
-        <v>648</v>
+        <v>607</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>649</v>
+        <v>601</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>650</v>
+        <v>608</v>
       </c>
       <c r="H92" t="s">
-        <v>651</v>
+        <v>609</v>
       </c>
       <c r="I92" t="n">
         <v>0.0</v>
       </c>
       <c r="J92" t="s">
         <v>24</v>
       </c>
       <c r="K92" t="s">
-        <v>652</v>
+        <v>610</v>
       </c>
       <c r="L92" t="s">
-        <v>653</v>
+        <v>611</v>
       </c>
       <c r="M92" t="s">
         <v>20</v>
       </c>
       <c r="N92" t="s">
-        <v>215</v>
+        <v>542</v>
       </c>
       <c r="O92" t="s">
-        <v>39</v>
+        <v>254</v>
       </c>
       <c r="P92" t="s">
-        <v>40</v>
+        <v>255</v>
       </c>
       <c r="Q92" t="s">
         <v>30</v>
       </c>
       <c r="R92" t="s">
-        <v>41</v>
+        <v>256</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>18</v>
       </c>
       <c r="B93" t="s">
-        <v>654</v>
+        <v>612</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>655</v>
+        <v>613</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>656</v>
+        <v>614</v>
       </c>
       <c r="H93" t="s">
-        <v>657</v>
+        <v>615</v>
       </c>
       <c r="I93" t="n">
         <v>0.0</v>
       </c>
       <c r="J93" t="s">
         <v>24</v>
       </c>
       <c r="K93" t="s">
-        <v>658</v>
+        <v>616</v>
       </c>
       <c r="L93" t="s">
-        <v>659</v>
+        <v>617</v>
       </c>
       <c r="M93" t="s">
         <v>20</v>
       </c>
       <c r="N93" t="s">
-        <v>268</v>
+        <v>618</v>
       </c>
       <c r="O93" t="s">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="P93" t="s">
-        <v>60</v>
+        <v>29</v>
       </c>
       <c r="Q93" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="R93" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>18</v>
       </c>
       <c r="B94" t="s">
-        <v>660</v>
+        <v>619</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>661</v>
+        <v>620</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>662</v>
+        <v>621</v>
       </c>
       <c r="H94" t="s">
-        <v>663</v>
+        <v>622</v>
       </c>
       <c r="I94" t="n">
         <v>0.0</v>
       </c>
       <c r="J94" t="s">
         <v>24</v>
       </c>
       <c r="K94" t="s">
-        <v>664</v>
+        <v>623</v>
       </c>
       <c r="L94" t="s">
-        <v>139</v>
+        <v>92</v>
       </c>
       <c r="M94" t="s">
         <v>20</v>
       </c>
       <c r="N94" t="s">
-        <v>234</v>
+        <v>618</v>
       </c>
       <c r="O94" t="s">
-        <v>665</v>
+        <v>624</v>
       </c>
       <c r="P94" t="s">
-        <v>270</v>
+        <v>427</v>
       </c>
       <c r="Q94" t="s">
         <v>30</v>
       </c>
       <c r="R94" t="s">
-        <v>666</v>
+        <v>625</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>18</v>
       </c>
       <c r="B95" t="s">
-        <v>667</v>
+        <v>626</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>668</v>
+        <v>627</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>669</v>
+        <v>628</v>
       </c>
       <c r="H95" t="s">
-        <v>670</v>
+        <v>629</v>
       </c>
       <c r="I95" t="n">
         <v>0.0</v>
       </c>
       <c r="J95" t="s">
         <v>24</v>
       </c>
       <c r="K95" t="s">
-        <v>671</v>
+        <v>630</v>
       </c>
       <c r="L95" t="s">
-        <v>672</v>
+        <v>529</v>
       </c>
       <c r="M95" t="s">
         <v>20</v>
       </c>
       <c r="N95" t="s">
-        <v>299</v>
+        <v>618</v>
       </c>
       <c r="O95" t="s">
-        <v>665</v>
+        <v>631</v>
       </c>
       <c r="P95" t="s">
-        <v>270</v>
+        <v>632</v>
       </c>
       <c r="Q95" t="s">
-        <v>30</v>
+        <v>633</v>
       </c>
       <c r="R95" t="s">
-        <v>666</v>
+        <v>634</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>18</v>
       </c>
       <c r="B96" t="s">
-        <v>673</v>
+        <v>635</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>674</v>
+        <v>636</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>675</v>
+        <v>637</v>
       </c>
       <c r="H96" t="s">
-        <v>676</v>
+        <v>638</v>
       </c>
       <c r="I96" t="n">
         <v>0.0</v>
       </c>
       <c r="J96" t="s">
         <v>24</v>
       </c>
       <c r="K96" t="s">
-        <v>677</v>
+        <v>639</v>
       </c>
       <c r="L96" t="s">
-        <v>678</v>
+        <v>640</v>
       </c>
       <c r="M96" t="s">
         <v>20</v>
       </c>
       <c r="N96" t="s">
-        <v>341</v>
+        <v>641</v>
       </c>
       <c r="O96" t="s">
-        <v>140</v>
+        <v>642</v>
       </c>
       <c r="P96" t="s">
-        <v>141</v>
+        <v>643</v>
       </c>
       <c r="Q96" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="R96" t="s">
-        <v>142</v>
+        <v>644</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>18</v>
       </c>
       <c r="B97" t="s">
-        <v>679</v>
+        <v>645</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>680</v>
+        <v>646</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>681</v>
+        <v>647</v>
       </c>
       <c r="H97" t="s">
-        <v>682</v>
+        <v>648</v>
       </c>
       <c r="I97" t="n">
         <v>0.0</v>
       </c>
       <c r="J97" t="s">
         <v>24</v>
       </c>
       <c r="K97" t="s">
-        <v>683</v>
+        <v>649</v>
       </c>
       <c r="L97" t="s">
-        <v>684</v>
+        <v>650</v>
       </c>
       <c r="M97" t="s">
         <v>20</v>
       </c>
       <c r="N97" t="s">
-        <v>685</v>
+        <v>651</v>
       </c>
       <c r="O97" t="s">
-        <v>150</v>
+        <v>197</v>
       </c>
       <c r="P97" t="s">
-        <v>151</v>
+        <v>198</v>
       </c>
       <c r="Q97" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R97" t="s">
-        <v>152</v>
+        <v>199</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>18</v>
       </c>
       <c r="B98" t="s">
-        <v>686</v>
+        <v>652</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>687</v>
+        <v>653</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>688</v>
+        <v>654</v>
       </c>
       <c r="H98" t="s">
-        <v>689</v>
+        <v>655</v>
       </c>
       <c r="I98" t="n">
         <v>0.0</v>
       </c>
       <c r="J98" t="s">
         <v>24</v>
       </c>
       <c r="K98" t="s">
-        <v>690</v>
+        <v>656</v>
       </c>
       <c r="L98" t="s">
-        <v>684</v>
+        <v>657</v>
       </c>
       <c r="M98" t="s">
         <v>20</v>
       </c>
       <c r="N98" t="s">
-        <v>534</v>
+        <v>658</v>
       </c>
       <c r="O98" t="s">
-        <v>691</v>
+        <v>28</v>
       </c>
       <c r="P98" t="s">
-        <v>692</v>
+        <v>29</v>
       </c>
       <c r="Q98" t="s">
-        <v>502</v>
+        <v>30</v>
       </c>
       <c r="R98" t="s">
-        <v>693</v>
+        <v>31</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>18</v>
       </c>
       <c r="B99" t="s">
-        <v>694</v>
+        <v>659</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>695</v>
+        <v>660</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>696</v>
+        <v>661</v>
       </c>
       <c r="H99" t="s">
-        <v>697</v>
+        <v>662</v>
       </c>
       <c r="I99" t="n">
         <v>0.0</v>
       </c>
       <c r="J99" t="s">
         <v>24</v>
       </c>
       <c r="K99" t="s">
-        <v>698</v>
+        <v>663</v>
       </c>
       <c r="L99" t="s">
-        <v>699</v>
+        <v>664</v>
       </c>
       <c r="M99" t="s">
         <v>20</v>
       </c>
       <c r="N99" t="s">
-        <v>534</v>
+        <v>665</v>
       </c>
       <c r="O99" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="P99" t="s">
-        <v>151</v>
+        <v>94</v>
       </c>
       <c r="Q99" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R99" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>18</v>
       </c>
       <c r="B100" t="s">
-        <v>700</v>
+        <v>666</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>701</v>
+        <v>667</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>702</v>
+        <v>668</v>
       </c>
       <c r="H100" t="s">
-        <v>703</v>
+        <v>669</v>
       </c>
       <c r="I100" t="n">
         <v>0.0</v>
       </c>
       <c r="J100" t="s">
         <v>24</v>
       </c>
       <c r="K100" t="s">
-        <v>704</v>
+        <v>670</v>
       </c>
       <c r="L100" t="s">
-        <v>492</v>
+        <v>671</v>
       </c>
       <c r="M100" t="s">
         <v>20</v>
       </c>
       <c r="N100" t="s">
-        <v>572</v>
+        <v>665</v>
       </c>
       <c r="O100" t="s">
-        <v>705</v>
+        <v>93</v>
       </c>
       <c r="P100" t="s">
-        <v>706</v>
+        <v>94</v>
       </c>
       <c r="Q100" t="s">
-        <v>707</v>
+        <v>40</v>
       </c>
       <c r="R100" t="s">
-        <v>708</v>
+        <v>95</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>18</v>
       </c>
       <c r="B101" t="s">
-        <v>709</v>
+        <v>672</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>710</v>
+        <v>673</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>711</v>
+        <v>674</v>
       </c>
       <c r="H101" t="s">
-        <v>712</v>
+        <v>675</v>
       </c>
       <c r="I101" t="n">
         <v>0.0</v>
       </c>
       <c r="J101" t="s">
         <v>24</v>
       </c>
       <c r="K101" t="s">
-        <v>713</v>
+        <v>676</v>
       </c>
       <c r="L101" t="s">
-        <v>714</v>
+        <v>677</v>
       </c>
       <c r="M101" t="s">
         <v>20</v>
       </c>
       <c r="N101" t="s">
-        <v>715</v>
+        <v>475</v>
       </c>
       <c r="O101" t="s">
-        <v>188</v>
+        <v>412</v>
       </c>
       <c r="P101" t="s">
-        <v>189</v>
+        <v>72</v>
       </c>
       <c r="Q101" t="s">
         <v>30</v>
       </c>
       <c r="R101" t="s">
-        <v>190</v>
+        <v>413</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>18</v>
       </c>
       <c r="B102" t="s">
-        <v>716</v>
+        <v>678</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>710</v>
+        <v>679</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>717</v>
+        <v>680</v>
       </c>
       <c r="H102" t="s">
-        <v>718</v>
+        <v>681</v>
       </c>
       <c r="I102" t="n">
         <v>0.0</v>
       </c>
       <c r="J102" t="s">
         <v>24</v>
       </c>
       <c r="K102" t="s">
-        <v>719</v>
+        <v>682</v>
       </c>
       <c r="L102" t="s">
-        <v>720</v>
+        <v>683</v>
       </c>
       <c r="M102" t="s">
         <v>20</v>
       </c>
       <c r="N102" t="s">
-        <v>721</v>
+        <v>475</v>
       </c>
       <c r="O102" t="s">
-        <v>284</v>
+        <v>412</v>
       </c>
       <c r="P102" t="s">
-        <v>285</v>
+        <v>72</v>
       </c>
       <c r="Q102" t="s">
         <v>30</v>
       </c>
       <c r="R102" t="s">
-        <v>286</v>
+        <v>413</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>18</v>
       </c>
       <c r="B103" t="s">
-        <v>722</v>
+        <v>684</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>723</v>
+        <v>685</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>724</v>
+        <v>686</v>
       </c>
       <c r="H103" t="s">
-        <v>725</v>
+        <v>687</v>
       </c>
       <c r="I103" t="n">
         <v>0.0</v>
       </c>
       <c r="J103" t="s">
         <v>24</v>
       </c>
       <c r="K103" t="s">
-        <v>726</v>
+        <v>688</v>
       </c>
       <c r="L103" t="s">
-        <v>727</v>
+        <v>689</v>
       </c>
       <c r="M103" t="s">
         <v>20</v>
       </c>
       <c r="N103" t="s">
-        <v>334</v>
+        <v>690</v>
       </c>
       <c r="O103" t="s">
-        <v>166</v>
+        <v>310</v>
       </c>
       <c r="P103" t="s">
-        <v>167</v>
+        <v>311</v>
       </c>
       <c r="Q103" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R103" t="s">
-        <v>168</v>
+        <v>312</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>18</v>
       </c>
       <c r="B104" t="s">
-        <v>728</v>
+        <v>691</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>729</v>
+        <v>692</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>730</v>
+        <v>693</v>
       </c>
       <c r="H104" t="s">
-        <v>731</v>
+        <v>694</v>
       </c>
       <c r="I104" t="n">
         <v>0.0</v>
       </c>
       <c r="J104" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="K104" t="s">
-        <v>732</v>
+        <v>695</v>
       </c>
       <c r="L104" t="s">
-        <v>733</v>
+        <v>696</v>
       </c>
       <c r="M104" t="s">
         <v>20</v>
       </c>
       <c r="N104" t="s">
-        <v>389</v>
+        <v>358</v>
       </c>
       <c r="O104" t="s">
-        <v>101</v>
+        <v>310</v>
       </c>
       <c r="P104" t="s">
-        <v>102</v>
+        <v>311</v>
       </c>
       <c r="Q104" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R104" t="s">
-        <v>103</v>
+        <v>312</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>18</v>
       </c>
       <c r="B105" t="s">
-        <v>734</v>
+        <v>697</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>735</v>
+        <v>698</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>736</v>
+        <v>699</v>
       </c>
       <c r="H105" t="s">
-        <v>737</v>
+        <v>700</v>
       </c>
       <c r="I105" t="n">
         <v>0.0</v>
       </c>
       <c r="J105" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="K105" t="s">
-        <v>738</v>
+        <v>701</v>
       </c>
       <c r="L105" t="s">
-        <v>739</v>
+        <v>702</v>
       </c>
       <c r="M105" t="s">
         <v>20</v>
       </c>
       <c r="N105" t="s">
-        <v>486</v>
+        <v>703</v>
       </c>
       <c r="O105" t="s">
-        <v>101</v>
+        <v>310</v>
       </c>
       <c r="P105" t="s">
-        <v>102</v>
+        <v>311</v>
       </c>
       <c r="Q105" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R105" t="s">
-        <v>103</v>
+        <v>312</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>18</v>
       </c>
       <c r="B106" t="s">
-        <v>740</v>
+        <v>704</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>741</v>
+        <v>705</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>742</v>
+        <v>706</v>
       </c>
       <c r="H106" t="s">
-        <v>743</v>
+        <v>707</v>
       </c>
       <c r="I106" t="n">
         <v>0.0</v>
       </c>
       <c r="J106" t="s">
         <v>24</v>
       </c>
       <c r="K106" t="s">
-        <v>744</v>
+        <v>708</v>
       </c>
       <c r="L106" t="s">
-        <v>745</v>
+        <v>709</v>
       </c>
       <c r="M106" t="s">
         <v>20</v>
       </c>
       <c r="N106" t="s">
-        <v>746</v>
+        <v>710</v>
       </c>
       <c r="O106" t="s">
-        <v>493</v>
+        <v>711</v>
       </c>
       <c r="P106" t="s">
-        <v>285</v>
+        <v>94</v>
       </c>
       <c r="Q106" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R106" t="s">
-        <v>494</v>
+        <v>712</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>18</v>
       </c>
       <c r="B107" t="s">
-        <v>747</v>
+        <v>713</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>748</v>
+        <v>714</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>749</v>
+        <v>715</v>
       </c>
       <c r="H107" t="s">
-        <v>750</v>
+        <v>716</v>
       </c>
       <c r="I107" t="n">
         <v>0.0</v>
       </c>
       <c r="J107" t="s">
         <v>24</v>
       </c>
       <c r="K107" t="s">
-        <v>751</v>
+        <v>717</v>
       </c>
       <c r="L107" t="s">
-        <v>752</v>
+        <v>718</v>
       </c>
       <c r="M107" t="s">
         <v>20</v>
       </c>
       <c r="N107" t="s">
-        <v>753</v>
+        <v>196</v>
       </c>
       <c r="O107" t="s">
-        <v>69</v>
+        <v>331</v>
       </c>
       <c r="P107" t="s">
-        <v>70</v>
+        <v>332</v>
       </c>
       <c r="Q107" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R107" t="s">
-        <v>72</v>
+        <v>333</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>18</v>
       </c>
       <c r="B108" t="s">
-        <v>754</v>
+        <v>719</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>755</v>
+        <v>720</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>756</v>
+        <v>721</v>
       </c>
       <c r="H108" t="s">
-        <v>757</v>
+        <v>722</v>
       </c>
       <c r="I108" t="n">
         <v>0.0</v>
       </c>
       <c r="J108" t="s">
         <v>24</v>
       </c>
       <c r="K108" t="s">
-        <v>758</v>
+        <v>723</v>
       </c>
       <c r="L108" t="s">
-        <v>759</v>
+        <v>724</v>
       </c>
       <c r="M108" t="s">
         <v>20</v>
       </c>
       <c r="N108" t="s">
-        <v>234</v>
+        <v>482</v>
       </c>
       <c r="O108" t="s">
-        <v>28</v>
+        <v>725</v>
       </c>
       <c r="P108" t="s">
-        <v>29</v>
+        <v>726</v>
       </c>
       <c r="Q108" t="s">
-        <v>30</v>
+        <v>727</v>
       </c>
       <c r="R108" t="s">
-        <v>31</v>
+        <v>728</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>18</v>
       </c>
       <c r="B109" t="s">
-        <v>760</v>
+        <v>729</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>761</v>
+        <v>730</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>762</v>
+        <v>731</v>
       </c>
       <c r="H109" t="s">
-        <v>763</v>
+        <v>732</v>
       </c>
       <c r="I109" t="n">
         <v>0.0</v>
       </c>
       <c r="J109" t="s">
         <v>24</v>
       </c>
       <c r="K109" t="s">
-        <v>764</v>
+        <v>733</v>
       </c>
       <c r="L109" t="s">
-        <v>765</v>
+        <v>734</v>
       </c>
       <c r="M109" t="s">
         <v>20</v>
       </c>
       <c r="N109" t="s">
-        <v>334</v>
+        <v>735</v>
       </c>
       <c r="O109" t="s">
-        <v>269</v>
+        <v>310</v>
       </c>
       <c r="P109" t="s">
-        <v>270</v>
+        <v>311</v>
       </c>
       <c r="Q109" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R109" t="s">
-        <v>271</v>
+        <v>312</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>18</v>
       </c>
       <c r="B110" t="s">
-        <v>766</v>
+        <v>736</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>761</v>
+        <v>737</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>767</v>
+        <v>738</v>
       </c>
       <c r="H110" t="s">
-        <v>768</v>
+        <v>739</v>
       </c>
       <c r="I110" t="n">
         <v>0.0</v>
       </c>
       <c r="J110" t="s">
         <v>24</v>
       </c>
       <c r="K110" t="s">
-        <v>769</v>
+        <v>740</v>
       </c>
       <c r="L110" t="s">
-        <v>446</v>
+        <v>529</v>
       </c>
       <c r="M110" t="s">
         <v>20</v>
       </c>
       <c r="N110" t="s">
-        <v>334</v>
+        <v>741</v>
       </c>
       <c r="O110" t="s">
-        <v>269</v>
+        <v>426</v>
       </c>
       <c r="P110" t="s">
-        <v>270</v>
+        <v>427</v>
       </c>
       <c r="Q110" t="s">
         <v>30</v>
       </c>
       <c r="R110" t="s">
-        <v>271</v>
+        <v>428</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>18</v>
       </c>
       <c r="B111" t="s">
-        <v>770</v>
+        <v>742</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>761</v>
+        <v>743</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>771</v>
+        <v>744</v>
       </c>
       <c r="H111" t="s">
-        <v>772</v>
+        <v>745</v>
       </c>
       <c r="I111" t="n">
         <v>0.0</v>
       </c>
       <c r="J111" t="s">
         <v>24</v>
       </c>
       <c r="K111" t="s">
-        <v>773</v>
+        <v>746</v>
       </c>
       <c r="L111" t="s">
-        <v>774</v>
+        <v>747</v>
       </c>
       <c r="M111" t="s">
         <v>20</v>
       </c>
       <c r="N111" t="s">
-        <v>334</v>
+        <v>741</v>
       </c>
       <c r="O111" t="s">
-        <v>269</v>
+        <v>748</v>
       </c>
       <c r="P111" t="s">
-        <v>270</v>
+        <v>749</v>
       </c>
       <c r="Q111" t="s">
-        <v>30</v>
+        <v>750</v>
       </c>
       <c r="R111" t="s">
-        <v>271</v>
+        <v>751</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>18</v>
       </c>
       <c r="B112" t="s">
-        <v>775</v>
+        <v>752</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>776</v>
+        <v>753</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>777</v>
+        <v>754</v>
       </c>
       <c r="H112" t="s">
-        <v>778</v>
+        <v>755</v>
       </c>
       <c r="I112" t="n">
         <v>0.0</v>
       </c>
       <c r="J112" t="s">
         <v>24</v>
       </c>
       <c r="K112" t="s">
-        <v>779</v>
+        <v>756</v>
       </c>
       <c r="L112" t="s">
-        <v>780</v>
+        <v>757</v>
       </c>
       <c r="M112" t="s">
         <v>20</v>
       </c>
       <c r="N112" t="s">
-        <v>334</v>
+        <v>741</v>
       </c>
       <c r="O112" t="s">
-        <v>269</v>
+        <v>28</v>
       </c>
       <c r="P112" t="s">
-        <v>270</v>
+        <v>29</v>
       </c>
       <c r="Q112" t="s">
         <v>30</v>
       </c>
       <c r="R112" t="s">
-        <v>271</v>
+        <v>31</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>18</v>
       </c>
       <c r="B113" t="s">
-        <v>781</v>
+        <v>758</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>782</v>
+        <v>759</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>783</v>
+        <v>760</v>
       </c>
       <c r="H113" t="s">
-        <v>784</v>
+        <v>761</v>
       </c>
       <c r="I113" t="n">
         <v>0.0</v>
       </c>
       <c r="J113" t="s">
         <v>24</v>
       </c>
       <c r="K113" t="s">
-        <v>785</v>
+        <v>762</v>
       </c>
       <c r="L113" t="s">
-        <v>786</v>
+        <v>510</v>
       </c>
       <c r="M113" t="s">
         <v>20</v>
       </c>
       <c r="N113" t="s">
-        <v>629</v>
+        <v>763</v>
       </c>
       <c r="O113" t="s">
-        <v>150</v>
+        <v>79</v>
       </c>
       <c r="P113" t="s">
-        <v>151</v>
+        <v>80</v>
       </c>
       <c r="Q113" t="s">
-        <v>71</v>
+        <v>81</v>
       </c>
       <c r="R113" t="s">
-        <v>152</v>
+        <v>82</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>18</v>
       </c>
       <c r="B114" t="s">
-        <v>787</v>
+        <v>764</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>788</v>
+        <v>765</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>789</v>
+        <v>766</v>
       </c>
       <c r="H114" t="s">
-        <v>790</v>
+        <v>767</v>
       </c>
       <c r="I114" t="n">
         <v>0.0</v>
       </c>
       <c r="J114" t="s">
         <v>24</v>
       </c>
       <c r="K114" t="s">
-        <v>791</v>
+        <v>768</v>
       </c>
       <c r="L114" t="s">
-        <v>792</v>
+        <v>769</v>
       </c>
       <c r="M114" t="s">
         <v>20</v>
       </c>
       <c r="N114" t="s">
-        <v>629</v>
+        <v>763</v>
       </c>
       <c r="O114" t="s">
-        <v>140</v>
+        <v>79</v>
       </c>
       <c r="P114" t="s">
-        <v>141</v>
+        <v>80</v>
       </c>
       <c r="Q114" t="s">
-        <v>30</v>
+        <v>81</v>
       </c>
       <c r="R114" t="s">
-        <v>142</v>
+        <v>82</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>18</v>
       </c>
       <c r="B115" t="s">
-        <v>793</v>
+        <v>770</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>794</v>
+        <v>771</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>795</v>
+        <v>772</v>
       </c>
       <c r="H115" t="s">
-        <v>796</v>
+        <v>773</v>
       </c>
       <c r="I115" t="n">
         <v>0.0</v>
       </c>
       <c r="J115" t="s">
         <v>24</v>
       </c>
       <c r="K115" t="s">
-        <v>797</v>
+        <v>774</v>
       </c>
       <c r="L115" t="s">
-        <v>798</v>
+        <v>775</v>
       </c>
       <c r="M115" t="s">
         <v>20</v>
       </c>
       <c r="N115" t="s">
-        <v>215</v>
+        <v>309</v>
       </c>
       <c r="O115" t="s">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="P115" t="s">
-        <v>29</v>
+        <v>198</v>
       </c>
       <c r="Q115" t="s">
         <v>30</v>
       </c>
       <c r="R115" t="s">
-        <v>31</v>
+        <v>199</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>18</v>
       </c>
       <c r="B116" t="s">
-        <v>799</v>
+        <v>776</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>800</v>
+        <v>777</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>801</v>
+        <v>778</v>
       </c>
       <c r="H116" t="s">
-        <v>802</v>
+        <v>779</v>
       </c>
       <c r="I116" t="n">
         <v>0.0</v>
       </c>
       <c r="J116" t="s">
-        <v>185</v>
+        <v>24</v>
       </c>
       <c r="K116" t="s">
-        <v>803</v>
+        <v>780</v>
       </c>
       <c r="L116" t="s">
-        <v>37</v>
+        <v>781</v>
       </c>
       <c r="M116" t="s">
         <v>20</v>
       </c>
       <c r="N116" t="s">
-        <v>510</v>
+        <v>358</v>
       </c>
       <c r="O116" t="s">
-        <v>804</v>
+        <v>197</v>
       </c>
       <c r="P116" t="s">
-        <v>270</v>
+        <v>198</v>
       </c>
       <c r="Q116" t="s">
         <v>30</v>
       </c>
       <c r="R116" t="s">
-        <v>805</v>
+        <v>199</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>18</v>
       </c>
       <c r="B117" t="s">
-        <v>806</v>
+        <v>782</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>807</v>
+        <v>783</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>808</v>
+        <v>784</v>
       </c>
       <c r="H117" t="s">
-        <v>809</v>
+        <v>785</v>
       </c>
       <c r="I117" t="n">
         <v>0.0</v>
       </c>
       <c r="J117" t="s">
         <v>24</v>
       </c>
       <c r="K117" t="s">
-        <v>810</v>
+        <v>786</v>
       </c>
       <c r="L117" t="s">
-        <v>811</v>
+        <v>787</v>
       </c>
       <c r="M117" t="s">
         <v>20</v>
       </c>
       <c r="N117" t="s">
-        <v>812</v>
+        <v>411</v>
       </c>
       <c r="O117" t="s">
-        <v>804</v>
+        <v>217</v>
       </c>
       <c r="P117" t="s">
-        <v>270</v>
+        <v>218</v>
       </c>
       <c r="Q117" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="R117" t="s">
-        <v>805</v>
+        <v>220</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>18</v>
       </c>
       <c r="B118" t="s">
-        <v>813</v>
+        <v>788</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>814</v>
+        <v>789</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>815</v>
+        <v>790</v>
       </c>
       <c r="H118" t="s">
-        <v>816</v>
+        <v>791</v>
       </c>
       <c r="I118" t="n">
         <v>0.0</v>
       </c>
       <c r="J118" t="s">
         <v>24</v>
       </c>
       <c r="K118" t="s">
-        <v>817</v>
+        <v>792</v>
       </c>
       <c r="L118" t="s">
-        <v>818</v>
+        <v>289</v>
       </c>
       <c r="M118" t="s">
         <v>20</v>
       </c>
       <c r="N118" t="s">
-        <v>812</v>
+        <v>377</v>
       </c>
       <c r="O118" t="s">
-        <v>150</v>
+        <v>71</v>
       </c>
       <c r="P118" t="s">
-        <v>151</v>
+        <v>72</v>
       </c>
       <c r="Q118" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R118" t="s">
-        <v>152</v>
+        <v>73</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>18</v>
       </c>
       <c r="B119" t="s">
-        <v>819</v>
+        <v>793</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>820</v>
+        <v>794</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>821</v>
+        <v>795</v>
       </c>
       <c r="H119" t="s">
-        <v>822</v>
+        <v>796</v>
       </c>
       <c r="I119" t="n">
         <v>0.0</v>
       </c>
       <c r="J119" t="s">
         <v>24</v>
       </c>
       <c r="K119" t="s">
-        <v>823</v>
+        <v>797</v>
       </c>
       <c r="L119" t="s">
-        <v>824</v>
+        <v>798</v>
       </c>
       <c r="M119" t="s">
         <v>20</v>
       </c>
       <c r="N119" t="s">
-        <v>520</v>
+        <v>441</v>
       </c>
       <c r="O119" t="s">
-        <v>140</v>
+        <v>71</v>
       </c>
       <c r="P119" t="s">
-        <v>141</v>
+        <v>72</v>
       </c>
       <c r="Q119" t="s">
         <v>30</v>
       </c>
       <c r="R119" t="s">
-        <v>142</v>
+        <v>73</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>18</v>
       </c>
       <c r="B120" t="s">
-        <v>825</v>
+        <v>799</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>826</v>
+        <v>800</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>827</v>
+        <v>801</v>
       </c>
       <c r="H120" t="s">
-        <v>828</v>
+        <v>802</v>
       </c>
       <c r="I120" t="n">
         <v>0.0</v>
       </c>
       <c r="J120" t="s">
         <v>24</v>
       </c>
       <c r="K120" t="s">
-        <v>829</v>
+        <v>803</v>
       </c>
       <c r="L120" t="s">
-        <v>830</v>
+        <v>804</v>
       </c>
       <c r="M120" t="s">
         <v>20</v>
       </c>
       <c r="N120" t="s">
-        <v>721</v>
+        <v>482</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120" t="s">
         <v>29</v>
       </c>
       <c r="Q120" t="s">
         <v>30</v>
       </c>
       <c r="R120" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>18</v>
       </c>
       <c r="B121" t="s">
-        <v>831</v>
+        <v>805</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>832</v>
+        <v>806</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>833</v>
+        <v>807</v>
       </c>
       <c r="H121" t="s">
-        <v>834</v>
+        <v>808</v>
       </c>
       <c r="I121" t="n">
         <v>0.0</v>
       </c>
       <c r="J121" t="s">
         <v>24</v>
       </c>
       <c r="K121" t="s">
-        <v>835</v>
+        <v>809</v>
       </c>
       <c r="L121" t="s">
-        <v>836</v>
+        <v>810</v>
       </c>
       <c r="M121" t="s">
         <v>20</v>
       </c>
       <c r="N121" t="s">
-        <v>837</v>
+        <v>811</v>
       </c>
       <c r="O121" t="s">
-        <v>838</v>
+        <v>93</v>
       </c>
       <c r="P121" t="s">
-        <v>839</v>
+        <v>94</v>
       </c>
       <c r="Q121" t="s">
-        <v>82</v>
+        <v>40</v>
       </c>
       <c r="R121" t="s">
-        <v>840</v>
+        <v>95</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>18</v>
       </c>
       <c r="B122" t="s">
-        <v>841</v>
+        <v>812</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>842</v>
+        <v>813</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>843</v>
+        <v>814</v>
       </c>
       <c r="H122" t="s">
-        <v>844</v>
+        <v>815</v>
       </c>
       <c r="I122" t="n">
         <v>0.0</v>
       </c>
       <c r="J122" t="s">
         <v>24</v>
       </c>
       <c r="K122" t="s">
-        <v>845</v>
+        <v>816</v>
       </c>
       <c r="L122" t="s">
-        <v>846</v>
+        <v>810</v>
       </c>
       <c r="M122" t="s">
         <v>20</v>
       </c>
       <c r="N122" t="s">
-        <v>847</v>
+        <v>665</v>
       </c>
       <c r="O122" t="s">
-        <v>848</v>
+        <v>817</v>
       </c>
       <c r="P122" t="s">
-        <v>849</v>
+        <v>818</v>
       </c>
       <c r="Q122" t="s">
-        <v>850</v>
+        <v>633</v>
       </c>
       <c r="R122" t="s">
-        <v>851</v>
+        <v>819</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>18</v>
       </c>
       <c r="B123" t="s">
-        <v>852</v>
+        <v>820</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>853</v>
+        <v>821</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>854</v>
+        <v>822</v>
       </c>
       <c r="H123" t="s">
-        <v>855</v>
+        <v>823</v>
       </c>
       <c r="I123" t="n">
         <v>0.0</v>
       </c>
       <c r="J123" t="s">
         <v>24</v>
       </c>
       <c r="K123" t="s">
-        <v>856</v>
+        <v>824</v>
       </c>
       <c r="L123" t="s">
-        <v>857</v>
+        <v>825</v>
       </c>
       <c r="M123" t="s">
         <v>20</v>
       </c>
       <c r="N123" t="s">
-        <v>837</v>
+        <v>665</v>
       </c>
       <c r="O123" t="s">
-        <v>166</v>
+        <v>93</v>
       </c>
       <c r="P123" t="s">
-        <v>167</v>
+        <v>94</v>
       </c>
       <c r="Q123" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="R123" t="s">
-        <v>168</v>
+        <v>95</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>18</v>
       </c>
       <c r="B124" t="s">
-        <v>858</v>
+        <v>826</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>859</v>
+        <v>827</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>860</v>
+        <v>828</v>
       </c>
       <c r="H124" t="s">
-        <v>861</v>
+        <v>829</v>
       </c>
       <c r="I124" t="n">
         <v>0.0</v>
       </c>
       <c r="J124" t="s">
         <v>24</v>
       </c>
       <c r="K124" t="s">
-        <v>862</v>
+        <v>830</v>
       </c>
       <c r="L124" t="s">
-        <v>863</v>
+        <v>92</v>
       </c>
       <c r="M124" t="s">
         <v>20</v>
       </c>
       <c r="N124" t="s">
-        <v>534</v>
+        <v>703</v>
       </c>
       <c r="O124" t="s">
-        <v>140</v>
+        <v>831</v>
       </c>
       <c r="P124" t="s">
-        <v>141</v>
+        <v>832</v>
       </c>
       <c r="Q124" t="s">
-        <v>30</v>
+        <v>833</v>
       </c>
       <c r="R124" t="s">
-        <v>142</v>
+        <v>834</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>18</v>
       </c>
       <c r="B125" t="s">
-        <v>864</v>
+        <v>835</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>865</v>
+        <v>836</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>866</v>
+        <v>837</v>
       </c>
       <c r="H125" t="s">
-        <v>867</v>
+        <v>838</v>
       </c>
       <c r="I125" t="n">
         <v>0.0</v>
       </c>
       <c r="J125" t="s">
         <v>24</v>
       </c>
       <c r="K125" t="s">
-        <v>868</v>
+        <v>839</v>
       </c>
       <c r="L125" t="s">
-        <v>869</v>
+        <v>840</v>
       </c>
       <c r="M125" t="s">
         <v>20</v>
       </c>
       <c r="N125" t="s">
-        <v>534</v>
+        <v>841</v>
       </c>
       <c r="O125" t="s">
-        <v>140</v>
+        <v>331</v>
       </c>
       <c r="P125" t="s">
-        <v>141</v>
+        <v>332</v>
       </c>
       <c r="Q125" t="s">
         <v>30</v>
       </c>
       <c r="R125" t="s">
-        <v>142</v>
+        <v>333</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>18</v>
       </c>
       <c r="B126" t="s">
-        <v>870</v>
+        <v>842</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>871</v>
+        <v>836</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>872</v>
+        <v>843</v>
       </c>
       <c r="H126" t="s">
-        <v>873</v>
+        <v>844</v>
       </c>
       <c r="I126" t="n">
         <v>0.0</v>
       </c>
       <c r="J126" t="s">
         <v>24</v>
       </c>
       <c r="K126" t="s">
-        <v>874</v>
+        <v>845</v>
       </c>
       <c r="L126" t="s">
-        <v>875</v>
+        <v>846</v>
       </c>
       <c r="M126" t="s">
         <v>20</v>
       </c>
       <c r="N126" t="s">
-        <v>401</v>
+        <v>847</v>
       </c>
       <c r="O126" t="s">
-        <v>876</v>
+        <v>426</v>
       </c>
       <c r="P126" t="s">
-        <v>877</v>
+        <v>427</v>
       </c>
       <c r="Q126" t="s">
-        <v>878</v>
+        <v>30</v>
       </c>
       <c r="R126" t="s">
-        <v>879</v>
+        <v>428</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>18</v>
       </c>
       <c r="B127" t="s">
-        <v>880</v>
+        <v>848</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>881</v>
+        <v>849</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>882</v>
+        <v>850</v>
       </c>
       <c r="H127" t="s">
-        <v>883</v>
+        <v>851</v>
       </c>
       <c r="I127" t="n">
         <v>0.0</v>
       </c>
       <c r="J127" t="s">
         <v>24</v>
       </c>
       <c r="K127" t="s">
-        <v>884</v>
+        <v>852</v>
       </c>
       <c r="L127" t="s">
-        <v>594</v>
+        <v>853</v>
       </c>
       <c r="M127" t="s">
         <v>20</v>
       </c>
       <c r="N127" t="s">
-        <v>847</v>
+        <v>475</v>
       </c>
       <c r="O127" t="s">
-        <v>39</v>
+        <v>310</v>
       </c>
       <c r="P127" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q127" t="s">
         <v>40</v>
       </c>
-      <c r="Q127" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R127" t="s">
-        <v>41</v>
+        <v>312</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>18</v>
       </c>
       <c r="B128" t="s">
-        <v>885</v>
+        <v>854</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>886</v>
+        <v>855</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>887</v>
+        <v>856</v>
       </c>
       <c r="H128" t="s">
-        <v>888</v>
+        <v>857</v>
       </c>
       <c r="I128" t="n">
         <v>0.0</v>
       </c>
       <c r="J128" t="s">
-        <v>185</v>
+        <v>328</v>
       </c>
       <c r="K128" t="s">
-        <v>889</v>
+        <v>858</v>
       </c>
       <c r="L128" t="s">
-        <v>37</v>
+        <v>859</v>
       </c>
       <c r="M128" t="s">
         <v>20</v>
       </c>
       <c r="N128" t="s">
-        <v>890</v>
+        <v>530</v>
       </c>
       <c r="O128" t="s">
-        <v>188</v>
+        <v>254</v>
       </c>
       <c r="P128" t="s">
-        <v>189</v>
+        <v>255</v>
       </c>
       <c r="Q128" t="s">
         <v>30</v>
       </c>
       <c r="R128" t="s">
-        <v>190</v>
+        <v>256</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>18</v>
       </c>
       <c r="B129" t="s">
-        <v>891</v>
+        <v>860</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>892</v>
+        <v>861</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>893</v>
+        <v>862</v>
       </c>
       <c r="H129" t="s">
-        <v>894</v>
+        <v>863</v>
       </c>
       <c r="I129" t="n">
         <v>0.0</v>
       </c>
       <c r="J129" t="s">
-        <v>24</v>
+        <v>328</v>
       </c>
       <c r="K129" t="s">
-        <v>895</v>
+        <v>864</v>
       </c>
       <c r="L129" t="s">
-        <v>896</v>
+        <v>865</v>
       </c>
       <c r="M129" t="s">
         <v>20</v>
       </c>
       <c r="N129" t="s">
-        <v>897</v>
+        <v>618</v>
       </c>
       <c r="O129" t="s">
-        <v>898</v>
+        <v>254</v>
       </c>
       <c r="P129" t="s">
-        <v>899</v>
+        <v>255</v>
       </c>
       <c r="Q129" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R129" t="s">
-        <v>900</v>
+        <v>256</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>18</v>
       </c>
       <c r="B130" t="s">
-        <v>901</v>
+        <v>866</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>902</v>
+        <v>867</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>903</v>
+        <v>868</v>
       </c>
       <c r="H130" t="s">
-        <v>904</v>
+        <v>869</v>
       </c>
       <c r="I130" t="n">
         <v>0.0</v>
       </c>
       <c r="J130" t="s">
         <v>24</v>
       </c>
       <c r="K130" t="s">
-        <v>905</v>
+        <v>870</v>
       </c>
       <c r="L130" t="s">
-        <v>906</v>
+        <v>871</v>
       </c>
       <c r="M130" t="s">
         <v>20</v>
       </c>
       <c r="N130" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="O130" t="s">
-        <v>166</v>
+        <v>624</v>
       </c>
       <c r="P130" t="s">
-        <v>167</v>
+        <v>427</v>
       </c>
       <c r="Q130" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="R130" t="s">
-        <v>168</v>
+        <v>625</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>18</v>
       </c>
       <c r="B131" t="s">
-        <v>907</v>
+        <v>872</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>908</v>
+        <v>873</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>909</v>
+        <v>874</v>
       </c>
       <c r="H131" t="s">
-        <v>910</v>
+        <v>875</v>
       </c>
       <c r="I131" t="n">
         <v>0.0</v>
       </c>
       <c r="J131" t="s">
         <v>24</v>
       </c>
       <c r="K131" t="s">
-        <v>911</v>
+        <v>876</v>
       </c>
       <c r="L131" t="s">
-        <v>912</v>
+        <v>877</v>
       </c>
       <c r="M131" t="s">
         <v>20</v>
       </c>
       <c r="N131" t="s">
-        <v>847</v>
+        <v>878</v>
       </c>
       <c r="O131" t="s">
+        <v>38</v>
+      </c>
+      <c r="P131" t="s">
         <v>39</v>
       </c>
-      <c r="P131" t="s">
+      <c r="Q131" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="R131" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>18</v>
       </c>
       <c r="B132" t="s">
-        <v>913</v>
+        <v>879</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>914</v>
+        <v>880</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>915</v>
+        <v>881</v>
       </c>
       <c r="H132" t="s">
-        <v>916</v>
+        <v>882</v>
       </c>
       <c r="I132" t="n">
         <v>0.0</v>
       </c>
       <c r="J132" t="s">
         <v>24</v>
       </c>
       <c r="K132" t="s">
-        <v>917</v>
+        <v>883</v>
       </c>
       <c r="L132" t="s">
-        <v>918</v>
+        <v>884</v>
       </c>
       <c r="M132" t="s">
         <v>20</v>
       </c>
       <c r="N132" t="s">
-        <v>559</v>
+        <v>377</v>
       </c>
       <c r="O132" t="s">
-        <v>619</v>
+        <v>188</v>
       </c>
       <c r="P132" t="s">
-        <v>620</v>
+        <v>189</v>
       </c>
       <c r="Q132" t="s">
-        <v>621</v>
+        <v>30</v>
       </c>
       <c r="R132" t="s">
-        <v>622</v>
+        <v>190</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>18</v>
       </c>
       <c r="B133" t="s">
-        <v>919</v>
+        <v>885</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>920</v>
+        <v>886</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>921</v>
+        <v>887</v>
       </c>
       <c r="H133" t="s">
-        <v>922</v>
+        <v>888</v>
       </c>
       <c r="I133" t="n">
         <v>0.0</v>
       </c>
       <c r="J133" t="s">
         <v>24</v>
       </c>
       <c r="K133" t="s">
-        <v>923</v>
+        <v>889</v>
       </c>
       <c r="L133" t="s">
-        <v>924</v>
+        <v>890</v>
       </c>
       <c r="M133" t="s">
         <v>20</v>
       </c>
       <c r="N133" t="s">
-        <v>389</v>
+        <v>475</v>
       </c>
       <c r="O133" t="s">
-        <v>101</v>
+        <v>412</v>
       </c>
       <c r="P133" t="s">
-        <v>102</v>
+        <v>72</v>
       </c>
       <c r="Q133" t="s">
         <v>30</v>
       </c>
       <c r="R133" t="s">
-        <v>103</v>
+        <v>413</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>18</v>
       </c>
       <c r="B134" t="s">
-        <v>925</v>
+        <v>891</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>926</v>
+        <v>886</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>927</v>
+        <v>892</v>
       </c>
       <c r="H134" t="s">
-        <v>928</v>
+        <v>893</v>
       </c>
       <c r="I134" t="n">
         <v>0.0</v>
       </c>
       <c r="J134" t="s">
         <v>24</v>
       </c>
       <c r="K134" t="s">
-        <v>929</v>
+        <v>894</v>
       </c>
       <c r="L134" t="s">
-        <v>930</v>
+        <v>579</v>
       </c>
       <c r="M134" t="s">
         <v>20</v>
       </c>
       <c r="N134" t="s">
-        <v>527</v>
+        <v>475</v>
       </c>
       <c r="O134" t="s">
-        <v>131</v>
+        <v>412</v>
       </c>
       <c r="P134" t="s">
-        <v>132</v>
+        <v>72</v>
       </c>
       <c r="Q134" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R134" t="s">
-        <v>133</v>
+        <v>413</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>18</v>
       </c>
       <c r="B135" t="s">
-        <v>931</v>
+        <v>895</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>932</v>
+        <v>886</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>933</v>
+        <v>896</v>
       </c>
       <c r="H135" t="s">
-        <v>934</v>
+        <v>897</v>
       </c>
       <c r="I135" t="n">
         <v>0.0</v>
       </c>
       <c r="J135" t="s">
         <v>24</v>
       </c>
       <c r="K135" t="s">
-        <v>400</v>
+        <v>898</v>
       </c>
       <c r="L135" t="s">
-        <v>935</v>
+        <v>899</v>
       </c>
       <c r="M135" t="s">
         <v>20</v>
       </c>
       <c r="N135" t="s">
-        <v>486</v>
+        <v>475</v>
       </c>
       <c r="O135" t="s">
-        <v>39</v>
+        <v>412</v>
       </c>
       <c r="P135" t="s">
-        <v>40</v>
+        <v>72</v>
       </c>
       <c r="Q135" t="s">
         <v>30</v>
       </c>
       <c r="R135" t="s">
-        <v>41</v>
+        <v>413</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>18</v>
       </c>
       <c r="B136" t="s">
-        <v>936</v>
+        <v>900</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>937</v>
+        <v>901</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>938</v>
+        <v>902</v>
       </c>
       <c r="H136" t="s">
-        <v>939</v>
+        <v>903</v>
       </c>
       <c r="I136" t="n">
         <v>0.0</v>
       </c>
       <c r="J136" t="s">
         <v>24</v>
       </c>
       <c r="K136" t="s">
-        <v>940</v>
+        <v>904</v>
       </c>
       <c r="L136" t="s">
-        <v>811</v>
+        <v>905</v>
       </c>
       <c r="M136" t="s">
         <v>20</v>
       </c>
       <c r="N136" t="s">
-        <v>753</v>
+        <v>475</v>
       </c>
       <c r="O136" t="s">
-        <v>941</v>
+        <v>412</v>
       </c>
       <c r="P136" t="s">
-        <v>942</v>
+        <v>72</v>
       </c>
       <c r="Q136" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R136" t="s">
-        <v>943</v>
+        <v>413</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>18</v>
       </c>
       <c r="B137" t="s">
-        <v>944</v>
+        <v>906</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>945</v>
+        <v>907</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>946</v>
+        <v>908</v>
       </c>
       <c r="H137" t="s">
-        <v>947</v>
+        <v>909</v>
       </c>
       <c r="I137" t="n">
         <v>0.0</v>
       </c>
       <c r="J137" t="s">
         <v>24</v>
       </c>
       <c r="K137" t="s">
-        <v>948</v>
+        <v>910</v>
       </c>
       <c r="L137" t="s">
-        <v>949</v>
+        <v>911</v>
       </c>
       <c r="M137" t="s">
         <v>20</v>
       </c>
       <c r="N137" t="s">
-        <v>950</v>
+        <v>346</v>
       </c>
       <c r="O137" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="P137" t="s">
-        <v>141</v>
+        <v>94</v>
       </c>
       <c r="Q137" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="R137" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>18</v>
       </c>
       <c r="B138" t="s">
-        <v>951</v>
+        <v>912</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>952</v>
+        <v>913</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>953</v>
+        <v>914</v>
       </c>
       <c r="H138" t="s">
-        <v>954</v>
+        <v>915</v>
       </c>
       <c r="I138" t="n">
         <v>0.0</v>
       </c>
       <c r="J138" t="s">
         <v>24</v>
       </c>
       <c r="K138" t="s">
-        <v>439</v>
+        <v>916</v>
       </c>
       <c r="L138" t="s">
-        <v>955</v>
+        <v>106</v>
       </c>
       <c r="M138" t="s">
         <v>20</v>
       </c>
       <c r="N138" t="s">
-        <v>334</v>
+        <v>741</v>
       </c>
       <c r="O138" t="s">
-        <v>956</v>
+        <v>28</v>
       </c>
       <c r="P138" t="s">
-        <v>957</v>
+        <v>29</v>
       </c>
       <c r="Q138" t="s">
-        <v>82</v>
+        <v>30</v>
       </c>
       <c r="R138" t="s">
-        <v>958</v>
+        <v>31</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>18</v>
       </c>
       <c r="B139" t="s">
-        <v>959</v>
+        <v>917</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>960</v>
+        <v>918</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>961</v>
+        <v>919</v>
       </c>
       <c r="H139" t="s">
-        <v>962</v>
+        <v>920</v>
       </c>
       <c r="I139" t="n">
         <v>0.0</v>
       </c>
       <c r="J139" t="s">
         <v>24</v>
       </c>
       <c r="K139" t="s">
-        <v>963</v>
+        <v>921</v>
       </c>
       <c r="L139" t="s">
-        <v>964</v>
+        <v>922</v>
       </c>
       <c r="M139" t="s">
         <v>20</v>
       </c>
       <c r="N139" t="s">
-        <v>965</v>
+        <v>358</v>
       </c>
       <c r="O139" t="s">
-        <v>966</v>
+        <v>188</v>
       </c>
       <c r="P139" t="s">
-        <v>285</v>
+        <v>189</v>
       </c>
       <c r="Q139" t="s">
         <v>30</v>
       </c>
       <c r="R139" t="s">
-        <v>967</v>
+        <v>190</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>18</v>
       </c>
       <c r="B140" t="s">
-        <v>968</v>
+        <v>923</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>969</v>
+        <v>924</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>970</v>
+        <v>925</v>
       </c>
       <c r="H140" t="s">
-        <v>971</v>
+        <v>926</v>
       </c>
       <c r="I140" t="n">
         <v>0.0</v>
       </c>
       <c r="J140" t="s">
-        <v>24</v>
+        <v>328</v>
       </c>
       <c r="K140" t="s">
-        <v>972</v>
+        <v>927</v>
       </c>
       <c r="L140" t="s">
-        <v>973</v>
+        <v>122</v>
       </c>
       <c r="M140" t="s">
         <v>20</v>
       </c>
       <c r="N140" t="s">
-        <v>341</v>
+        <v>641</v>
       </c>
       <c r="O140" t="s">
-        <v>284</v>
+        <v>928</v>
       </c>
       <c r="P140" t="s">
-        <v>285</v>
+        <v>72</v>
       </c>
       <c r="Q140" t="s">
         <v>30</v>
       </c>
       <c r="R140" t="s">
-        <v>286</v>
+        <v>929</v>
+      </c>
+    </row>
+    <row r="141">
+      <c r="A141" t="s">
+        <v>18</v>
+      </c>
+      <c r="B141" t="s">
+        <v>930</v>
+      </c>
+      <c r="C141" t="s">
+        <v>20</v>
+      </c>
+      <c r="D141" t="s">
+        <v>20</v>
+      </c>
+      <c r="E141" t="s">
+        <v>931</v>
+      </c>
+      <c r="F141" t="s">
+        <v>20</v>
+      </c>
+      <c r="G141" t="s">
+        <v>932</v>
+      </c>
+      <c r="H141" t="s">
+        <v>933</v>
+      </c>
+      <c r="I141" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J141" t="s">
+        <v>24</v>
+      </c>
+      <c r="K141" t="s">
+        <v>934</v>
+      </c>
+      <c r="L141" t="s">
+        <v>935</v>
+      </c>
+      <c r="M141" t="s">
+        <v>20</v>
+      </c>
+      <c r="N141" t="s">
+        <v>346</v>
+      </c>
+      <c r="O141" t="s">
+        <v>93</v>
+      </c>
+      <c r="P141" t="s">
+        <v>94</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>40</v>
+      </c>
+      <c r="R141" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="142">
+      <c r="A142" t="s">
+        <v>18</v>
+      </c>
+      <c r="B142" t="s">
+        <v>936</v>
+      </c>
+      <c r="C142" t="s">
+        <v>20</v>
+      </c>
+      <c r="D142" t="s">
+        <v>20</v>
+      </c>
+      <c r="E142" t="s">
+        <v>937</v>
+      </c>
+      <c r="F142" t="s">
+        <v>20</v>
+      </c>
+      <c r="G142" t="s">
+        <v>938</v>
+      </c>
+      <c r="H142" t="s">
+        <v>939</v>
+      </c>
+      <c r="I142" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J142" t="s">
+        <v>24</v>
+      </c>
+      <c r="K142" t="s">
+        <v>940</v>
+      </c>
+      <c r="L142" t="s">
+        <v>941</v>
+      </c>
+      <c r="M142" t="s">
+        <v>20</v>
+      </c>
+      <c r="N142" t="s">
+        <v>309</v>
+      </c>
+      <c r="O142" t="s">
+        <v>28</v>
+      </c>
+      <c r="P142" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>30</v>
+      </c>
+      <c r="R142" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="143">
+      <c r="A143" t="s">
+        <v>18</v>
+      </c>
+      <c r="B143" t="s">
+        <v>942</v>
+      </c>
+      <c r="C143" t="s">
+        <v>20</v>
+      </c>
+      <c r="D143" t="s">
+        <v>20</v>
+      </c>
+      <c r="E143" t="s">
+        <v>943</v>
+      </c>
+      <c r="F143" t="s">
+        <v>20</v>
+      </c>
+      <c r="G143" t="s">
+        <v>944</v>
+      </c>
+      <c r="H143" t="s">
+        <v>945</v>
+      </c>
+      <c r="I143" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J143" t="s">
+        <v>24</v>
+      </c>
+      <c r="K143" t="s">
+        <v>946</v>
+      </c>
+      <c r="L143" t="s">
+        <v>947</v>
+      </c>
+      <c r="M143" t="s">
+        <v>20</v>
+      </c>
+      <c r="N143" t="s">
+        <v>847</v>
+      </c>
+      <c r="O143" t="s">
+        <v>188</v>
+      </c>
+      <c r="P143" t="s">
+        <v>189</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>30</v>
+      </c>
+      <c r="R143" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="144">
+      <c r="A144" t="s">
+        <v>18</v>
+      </c>
+      <c r="B144" t="s">
+        <v>948</v>
+      </c>
+      <c r="C144" t="s">
+        <v>20</v>
+      </c>
+      <c r="D144" t="s">
+        <v>20</v>
+      </c>
+      <c r="E144" t="s">
+        <v>949</v>
+      </c>
+      <c r="F144" t="s">
+        <v>20</v>
+      </c>
+      <c r="G144" t="s">
+        <v>950</v>
+      </c>
+      <c r="H144" t="s">
+        <v>951</v>
+      </c>
+      <c r="I144" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J144" t="s">
+        <v>24</v>
+      </c>
+      <c r="K144" t="s">
+        <v>952</v>
+      </c>
+      <c r="L144" t="s">
+        <v>953</v>
+      </c>
+      <c r="M144" t="s">
+        <v>20</v>
+      </c>
+      <c r="N144" t="s">
+        <v>196</v>
+      </c>
+      <c r="O144" t="s">
+        <v>954</v>
+      </c>
+      <c r="P144" t="s">
+        <v>955</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>81</v>
+      </c>
+      <c r="R144" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="145">
+      <c r="A145" t="s">
+        <v>18</v>
+      </c>
+      <c r="B145" t="s">
+        <v>957</v>
+      </c>
+      <c r="C145" t="s">
+        <v>20</v>
+      </c>
+      <c r="D145" t="s">
+        <v>20</v>
+      </c>
+      <c r="E145" t="s">
+        <v>958</v>
+      </c>
+      <c r="F145" t="s">
+        <v>20</v>
+      </c>
+      <c r="G145" t="s">
+        <v>959</v>
+      </c>
+      <c r="H145" t="s">
+        <v>960</v>
+      </c>
+      <c r="I145" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J145" t="s">
+        <v>24</v>
+      </c>
+      <c r="K145" t="s">
+        <v>961</v>
+      </c>
+      <c r="L145" t="s">
+        <v>962</v>
+      </c>
+      <c r="M145" t="s">
+        <v>20</v>
+      </c>
+      <c r="N145" t="s">
+        <v>963</v>
+      </c>
+      <c r="O145" t="s">
+        <v>964</v>
+      </c>
+      <c r="P145" t="s">
+        <v>965</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>966</v>
+      </c>
+      <c r="R145" t="s">
+        <v>967</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" t="s">
+        <v>18</v>
+      </c>
+      <c r="B146" t="s">
+        <v>968</v>
+      </c>
+      <c r="C146" t="s">
+        <v>20</v>
+      </c>
+      <c r="D146" t="s">
+        <v>20</v>
+      </c>
+      <c r="E146" t="s">
+        <v>969</v>
+      </c>
+      <c r="F146" t="s">
+        <v>20</v>
+      </c>
+      <c r="G146" t="s">
+        <v>970</v>
+      </c>
+      <c r="H146" t="s">
+        <v>971</v>
+      </c>
+      <c r="I146" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J146" t="s">
+        <v>24</v>
+      </c>
+      <c r="K146" t="s">
+        <v>972</v>
+      </c>
+      <c r="L146" t="s">
+        <v>973</v>
+      </c>
+      <c r="M146" t="s">
+        <v>20</v>
+      </c>
+      <c r="N146" t="s">
+        <v>187</v>
+      </c>
+      <c r="O146" t="s">
+        <v>310</v>
+      </c>
+      <c r="P146" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>40</v>
+      </c>
+      <c r="R146" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" t="s">
+        <v>18</v>
+      </c>
+      <c r="B147" t="s">
+        <v>974</v>
+      </c>
+      <c r="C147" t="s">
+        <v>20</v>
+      </c>
+      <c r="D147" t="s">
+        <v>20</v>
+      </c>
+      <c r="E147" t="s">
+        <v>975</v>
+      </c>
+      <c r="F147" t="s">
+        <v>20</v>
+      </c>
+      <c r="G147" t="s">
+        <v>976</v>
+      </c>
+      <c r="H147" t="s">
+        <v>977</v>
+      </c>
+      <c r="I147" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J147" t="s">
+        <v>24</v>
+      </c>
+      <c r="K147" t="s">
+        <v>978</v>
+      </c>
+      <c r="L147" t="s">
+        <v>979</v>
+      </c>
+      <c r="M147" t="s">
+        <v>20</v>
+      </c>
+      <c r="N147" t="s">
+        <v>665</v>
+      </c>
+      <c r="O147" t="s">
+        <v>28</v>
+      </c>
+      <c r="P147" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>30</v>
+      </c>
+      <c r="R147" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" t="s">
+        <v>18</v>
+      </c>
+      <c r="B148" t="s">
+        <v>980</v>
+      </c>
+      <c r="C148" t="s">
+        <v>20</v>
+      </c>
+      <c r="D148" t="s">
+        <v>20</v>
+      </c>
+      <c r="E148" t="s">
+        <v>981</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>982</v>
+      </c>
+      <c r="H148" t="s">
+        <v>983</v>
+      </c>
+      <c r="I148" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J148" t="s">
+        <v>24</v>
+      </c>
+      <c r="K148" t="s">
+        <v>984</v>
+      </c>
+      <c r="L148" t="s">
+        <v>985</v>
+      </c>
+      <c r="M148" t="s">
+        <v>20</v>
+      </c>
+      <c r="N148" t="s">
+        <v>665</v>
+      </c>
+      <c r="O148" t="s">
+        <v>28</v>
+      </c>
+      <c r="P148" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>30</v>
+      </c>
+      <c r="R148" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" t="s">
+        <v>18</v>
+      </c>
+      <c r="B149" t="s">
+        <v>986</v>
+      </c>
+      <c r="C149" t="s">
+        <v>20</v>
+      </c>
+      <c r="D149" t="s">
+        <v>20</v>
+      </c>
+      <c r="E149" t="s">
+        <v>987</v>
+      </c>
+      <c r="F149" t="s">
+        <v>20</v>
+      </c>
+      <c r="G149" t="s">
+        <v>988</v>
+      </c>
+      <c r="H149" t="s">
+        <v>989</v>
+      </c>
+      <c r="I149" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J149" t="s">
+        <v>24</v>
+      </c>
+      <c r="K149" t="s">
+        <v>990</v>
+      </c>
+      <c r="L149" t="s">
+        <v>991</v>
+      </c>
+      <c r="M149" t="s">
+        <v>20</v>
+      </c>
+      <c r="N149" t="s">
+        <v>542</v>
+      </c>
+      <c r="O149" t="s">
+        <v>992</v>
+      </c>
+      <c r="P149" t="s">
+        <v>993</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>994</v>
+      </c>
+      <c r="R149" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" t="s">
+        <v>18</v>
+      </c>
+      <c r="B150" t="s">
+        <v>996</v>
+      </c>
+      <c r="C150" t="s">
+        <v>20</v>
+      </c>
+      <c r="D150" t="s">
+        <v>20</v>
+      </c>
+      <c r="E150" t="s">
+        <v>997</v>
+      </c>
+      <c r="F150" t="s">
+        <v>20</v>
+      </c>
+      <c r="G150" t="s">
+        <v>998</v>
+      </c>
+      <c r="H150" t="s">
+        <v>999</v>
+      </c>
+      <c r="I150" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J150" t="s">
+        <v>24</v>
+      </c>
+      <c r="K150" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L150" t="s">
+        <v>724</v>
+      </c>
+      <c r="M150" t="s">
+        <v>20</v>
+      </c>
+      <c r="N150" t="s">
+        <v>963</v>
+      </c>
+      <c r="O150" t="s">
+        <v>197</v>
+      </c>
+      <c r="P150" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>30</v>
+      </c>
+      <c r="R150" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" t="s">
+        <v>18</v>
+      </c>
+      <c r="B151" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C151" t="s">
+        <v>20</v>
+      </c>
+      <c r="D151" t="s">
+        <v>20</v>
+      </c>
+      <c r="E151" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F151" t="s">
+        <v>20</v>
+      </c>
+      <c r="G151" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H151" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I151" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J151" t="s">
+        <v>328</v>
+      </c>
+      <c r="K151" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L151" t="s">
+        <v>122</v>
+      </c>
+      <c r="M151" t="s">
+        <v>20</v>
+      </c>
+      <c r="N151" t="s">
+        <v>346</v>
+      </c>
+      <c r="O151" t="s">
+        <v>331</v>
+      </c>
+      <c r="P151" t="s">
+        <v>332</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>30</v>
+      </c>
+      <c r="R151" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" t="s">
+        <v>18</v>
+      </c>
+      <c r="B152" t="s">
+        <v>1006</v>
+      </c>
+      <c r="C152" t="s">
+        <v>20</v>
+      </c>
+      <c r="D152" t="s">
+        <v>20</v>
+      </c>
+      <c r="E152" t="s">
+        <v>1007</v>
+      </c>
+      <c r="F152" t="s">
+        <v>20</v>
+      </c>
+      <c r="G152" t="s">
+        <v>1008</v>
+      </c>
+      <c r="H152" t="s">
+        <v>1009</v>
+      </c>
+      <c r="I152" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J152" t="s">
+        <v>24</v>
+      </c>
+      <c r="K152" t="s">
+        <v>1010</v>
+      </c>
+      <c r="L152" t="s">
+        <v>1011</v>
+      </c>
+      <c r="M152" t="s">
+        <v>20</v>
+      </c>
+      <c r="N152" t="s">
+        <v>1012</v>
+      </c>
+      <c r="O152" t="s">
+        <v>1013</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1014</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>81</v>
+      </c>
+      <c r="R152" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" t="s">
+        <v>18</v>
+      </c>
+      <c r="B153" t="s">
+        <v>1016</v>
+      </c>
+      <c r="C153" t="s">
+        <v>20</v>
+      </c>
+      <c r="D153" t="s">
+        <v>20</v>
+      </c>
+      <c r="E153" t="s">
+        <v>1017</v>
+      </c>
+      <c r="F153" t="s">
+        <v>20</v>
+      </c>
+      <c r="G153" t="s">
+        <v>1018</v>
+      </c>
+      <c r="H153" t="s">
+        <v>1019</v>
+      </c>
+      <c r="I153" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J153" t="s">
+        <v>24</v>
+      </c>
+      <c r="K153" t="s">
+        <v>1020</v>
+      </c>
+      <c r="L153" t="s">
+        <v>1021</v>
+      </c>
+      <c r="M153" t="s">
+        <v>20</v>
+      </c>
+      <c r="N153" t="s">
+        <v>377</v>
+      </c>
+      <c r="O153" t="s">
+        <v>310</v>
+      </c>
+      <c r="P153" t="s">
+        <v>311</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>40</v>
+      </c>
+      <c r="R153" t="s">
+        <v>312</v>
+      </c>
+    </row>
+    <row r="154">
+      <c r="A154" t="s">
+        <v>18</v>
+      </c>
+      <c r="B154" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C154" t="s">
+        <v>20</v>
+      </c>
+      <c r="D154" t="s">
+        <v>20</v>
+      </c>
+      <c r="E154" t="s">
+        <v>1023</v>
+      </c>
+      <c r="F154" t="s">
+        <v>20</v>
+      </c>
+      <c r="G154" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H154" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I154" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J154" t="s">
+        <v>24</v>
+      </c>
+      <c r="K154" t="s">
+        <v>1026</v>
+      </c>
+      <c r="L154" t="s">
+        <v>1027</v>
+      </c>
+      <c r="M154" t="s">
+        <v>20</v>
+      </c>
+      <c r="N154" t="s">
+        <v>1028</v>
+      </c>
+      <c r="O154" t="s">
+        <v>197</v>
+      </c>
+      <c r="P154" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>30</v>
+      </c>
+      <c r="R154" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="155">
+      <c r="A155" t="s">
+        <v>18</v>
+      </c>
+      <c r="B155" t="s">
+        <v>1029</v>
+      </c>
+      <c r="C155" t="s">
+        <v>20</v>
+      </c>
+      <c r="D155" t="s">
+        <v>20</v>
+      </c>
+      <c r="E155" t="s">
+        <v>1030</v>
+      </c>
+      <c r="F155" t="s">
+        <v>20</v>
+      </c>
+      <c r="G155" t="s">
+        <v>1031</v>
+      </c>
+      <c r="H155" t="s">
+        <v>1032</v>
+      </c>
+      <c r="I155" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J155" t="s">
+        <v>24</v>
+      </c>
+      <c r="K155" t="s">
+        <v>1033</v>
+      </c>
+      <c r="L155" t="s">
+        <v>1034</v>
+      </c>
+      <c r="M155" t="s">
+        <v>20</v>
+      </c>
+      <c r="N155" t="s">
+        <v>690</v>
+      </c>
+      <c r="O155" t="s">
+        <v>748</v>
+      </c>
+      <c r="P155" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>750</v>
+      </c>
+      <c r="R155" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="156">
+      <c r="A156" t="s">
+        <v>18</v>
+      </c>
+      <c r="B156" t="s">
+        <v>1035</v>
+      </c>
+      <c r="C156" t="s">
+        <v>20</v>
+      </c>
+      <c r="D156" t="s">
+        <v>20</v>
+      </c>
+      <c r="E156" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F156" t="s">
+        <v>20</v>
+      </c>
+      <c r="G156" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H156" t="s">
+        <v>1038</v>
+      </c>
+      <c r="I156" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J156" t="s">
+        <v>24</v>
+      </c>
+      <c r="K156" t="s">
+        <v>1039</v>
+      </c>
+      <c r="L156" t="s">
+        <v>1040</v>
+      </c>
+      <c r="M156" t="s">
+        <v>20</v>
+      </c>
+      <c r="N156" t="s">
+        <v>530</v>
+      </c>
+      <c r="O156" t="s">
+        <v>254</v>
+      </c>
+      <c r="P156" t="s">
+        <v>255</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>30</v>
+      </c>
+      <c r="R156" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="157">
+      <c r="A157" t="s">
+        <v>18</v>
+      </c>
+      <c r="B157" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C157" t="s">
+        <v>20</v>
+      </c>
+      <c r="D157" t="s">
+        <v>20</v>
+      </c>
+      <c r="E157" t="s">
+        <v>1042</v>
+      </c>
+      <c r="F157" t="s">
+        <v>20</v>
+      </c>
+      <c r="G157" t="s">
+        <v>1043</v>
+      </c>
+      <c r="H157" t="s">
+        <v>1044</v>
+      </c>
+      <c r="I157" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J157" t="s">
+        <v>24</v>
+      </c>
+      <c r="K157" t="s">
+        <v>1045</v>
+      </c>
+      <c r="L157" t="s">
+        <v>1046</v>
+      </c>
+      <c r="M157" t="s">
+        <v>20</v>
+      </c>
+      <c r="N157" t="s">
+        <v>658</v>
+      </c>
+      <c r="O157" t="s">
+        <v>79</v>
+      </c>
+      <c r="P157" t="s">
+        <v>80</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>81</v>
+      </c>
+      <c r="R157" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="158">
+      <c r="A158" t="s">
+        <v>18</v>
+      </c>
+      <c r="B158" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C158" t="s">
+        <v>20</v>
+      </c>
+      <c r="D158" t="s">
+        <v>20</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1048</v>
+      </c>
+      <c r="F158" t="s">
+        <v>20</v>
+      </c>
+      <c r="G158" t="s">
+        <v>1049</v>
+      </c>
+      <c r="H158" t="s">
+        <v>1050</v>
+      </c>
+      <c r="I158" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J158" t="s">
+        <v>24</v>
+      </c>
+      <c r="K158" t="s">
+        <v>541</v>
+      </c>
+      <c r="L158" t="s">
+        <v>1051</v>
+      </c>
+      <c r="M158" t="s">
+        <v>20</v>
+      </c>
+      <c r="N158" t="s">
+        <v>618</v>
+      </c>
+      <c r="O158" t="s">
+        <v>197</v>
+      </c>
+      <c r="P158" t="s">
+        <v>198</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>30</v>
+      </c>
+      <c r="R158" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="159">
+      <c r="A159" t="s">
+        <v>18</v>
+      </c>
+      <c r="B159" t="s">
+        <v>1052</v>
+      </c>
+      <c r="C159" t="s">
+        <v>20</v>
+      </c>
+      <c r="D159" t="s">
+        <v>20</v>
+      </c>
+      <c r="E159" t="s">
+        <v>1053</v>
+      </c>
+      <c r="F159" t="s">
+        <v>20</v>
+      </c>
+      <c r="G159" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H159" t="s">
+        <v>1055</v>
+      </c>
+      <c r="I159" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J159" t="s">
+        <v>24</v>
+      </c>
+      <c r="K159" t="s">
+        <v>1056</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1057</v>
+      </c>
+      <c r="M159" t="s">
+        <v>20</v>
+      </c>
+      <c r="N159" t="s">
+        <v>878</v>
+      </c>
+      <c r="O159" t="s">
+        <v>1058</v>
+      </c>
+      <c r="P159" t="s">
+        <v>1059</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>81</v>
+      </c>
+      <c r="R159" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="160">
+      <c r="A160" t="s">
+        <v>18</v>
+      </c>
+      <c r="B160" t="s">
+        <v>1061</v>
+      </c>
+      <c r="C160" t="s">
+        <v>20</v>
+      </c>
+      <c r="D160" t="s">
+        <v>20</v>
+      </c>
+      <c r="E160" t="s">
+        <v>1062</v>
+      </c>
+      <c r="F160" t="s">
+        <v>20</v>
+      </c>
+      <c r="G160" t="s">
+        <v>1063</v>
+      </c>
+      <c r="H160" t="s">
+        <v>1064</v>
+      </c>
+      <c r="I160" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J160" t="s">
+        <v>24</v>
+      </c>
+      <c r="K160" t="s">
+        <v>1065</v>
+      </c>
+      <c r="L160" t="s">
+        <v>1066</v>
+      </c>
+      <c r="M160" t="s">
+        <v>20</v>
+      </c>
+      <c r="N160" t="s">
+        <v>1067</v>
+      </c>
+      <c r="O160" t="s">
+        <v>28</v>
+      </c>
+      <c r="P160" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>30</v>
+      </c>
+      <c r="R160" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="161">
+      <c r="A161" t="s">
+        <v>18</v>
+      </c>
+      <c r="B161" t="s">
+        <v>1068</v>
+      </c>
+      <c r="C161" t="s">
+        <v>20</v>
+      </c>
+      <c r="D161" t="s">
+        <v>20</v>
+      </c>
+      <c r="E161" t="s">
+        <v>1069</v>
+      </c>
+      <c r="F161" t="s">
+        <v>20</v>
+      </c>
+      <c r="G161" t="s">
+        <v>1070</v>
+      </c>
+      <c r="H161" t="s">
+        <v>1071</v>
+      </c>
+      <c r="I161" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J161" t="s">
+        <v>24</v>
+      </c>
+      <c r="K161" t="s">
+        <v>572</v>
+      </c>
+      <c r="L161" t="s">
+        <v>1072</v>
+      </c>
+      <c r="M161" t="s">
+        <v>20</v>
+      </c>
+      <c r="N161" t="s">
+        <v>475</v>
+      </c>
+      <c r="O161" t="s">
+        <v>1073</v>
+      </c>
+      <c r="P161" t="s">
+        <v>1074</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>81</v>
+      </c>
+      <c r="R161" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="162">
+      <c r="A162" t="s">
+        <v>18</v>
+      </c>
+      <c r="B162" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C162" t="s">
+        <v>20</v>
+      </c>
+      <c r="D162" t="s">
+        <v>20</v>
+      </c>
+      <c r="E162" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F162" t="s">
+        <v>20</v>
+      </c>
+      <c r="G162" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H162" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I162" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J162" t="s">
+        <v>24</v>
+      </c>
+      <c r="K162" t="s">
+        <v>1080</v>
+      </c>
+      <c r="L162" t="s">
+        <v>1081</v>
+      </c>
+      <c r="M162" t="s">
+        <v>20</v>
+      </c>
+      <c r="N162" t="s">
+        <v>1082</v>
+      </c>
+      <c r="O162" t="s">
+        <v>1083</v>
+      </c>
+      <c r="P162" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>30</v>
+      </c>
+      <c r="R162" t="s">
+        <v>1084</v>
+      </c>
+    </row>
+    <row r="163">
+      <c r="A163" t="s">
+        <v>18</v>
+      </c>
+      <c r="B163" t="s">
+        <v>1085</v>
+      </c>
+      <c r="C163" t="s">
+        <v>20</v>
+      </c>
+      <c r="D163" t="s">
+        <v>20</v>
+      </c>
+      <c r="E163" t="s">
+        <v>1086</v>
+      </c>
+      <c r="F163" t="s">
+        <v>20</v>
+      </c>
+      <c r="G163" t="s">
+        <v>1087</v>
+      </c>
+      <c r="H163" t="s">
+        <v>1088</v>
+      </c>
+      <c r="I163" t="n">
+        <v>0.0</v>
+      </c>
+      <c r="J163" t="s">
+        <v>24</v>
+      </c>
+      <c r="K163" t="s">
+        <v>1089</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1090</v>
+      </c>
+      <c r="M163" t="s">
+        <v>20</v>
+      </c>
+      <c r="N163" t="s">
+        <v>482</v>
+      </c>
+      <c r="O163" t="s">
+        <v>426</v>
+      </c>
+      <c r="P163" t="s">
+        <v>427</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>30</v>
+      </c>
+      <c r="R163" t="s">
+        <v>428</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P222"/>
+  <dimension ref="A1:P229"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>974</v>
+        <v>1091</v>
       </c>
       <c r="J1" t="s">
-        <v>975</v>
+        <v>1092</v>
       </c>
       <c r="K1" t="s">
-        <v>976</v>
+        <v>1093</v>
       </c>
       <c r="L1" t="s">
-        <v>977</v>
+        <v>1094</v>
       </c>
       <c r="M1" t="s">
-        <v>978</v>
+        <v>1095</v>
       </c>
       <c r="N1" t="s">
-        <v>979</v>
+        <v>1096</v>
       </c>
       <c r="O1" t="s">
-        <v>980</v>
+        <v>1097</v>
       </c>
       <c r="P1" t="s">
-        <v>981</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B2" t="s">
-        <v>983</v>
+        <v>1100</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>984</v>
+        <v>1101</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>985</v>
+        <v>1102</v>
       </c>
       <c r="H2" t="s">
-        <v>986</v>
+        <v>1103</v>
       </c>
       <c r="I2" t="s">
-        <v>987</v>
+        <v>1104</v>
       </c>
       <c r="J2" t="s">
-        <v>988</v>
+        <v>1105</v>
       </c>
       <c r="K2" t="s">
-        <v>30</v>
+        <v>1106</v>
       </c>
       <c r="L2" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M2" t="s">
-        <v>990</v>
+        <v>1108</v>
       </c>
       <c r="N2" t="s">
-        <v>991</v>
+        <v>1109</v>
       </c>
       <c r="O2" t="s">
-        <v>992</v>
+        <v>1110</v>
       </c>
       <c r="P2" t="s">
-        <v>993</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B3" t="s">
-        <v>994</v>
+        <v>1112</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>995</v>
+        <v>1113</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>996</v>
+        <v>1114</v>
       </c>
       <c r="H3" t="s">
-        <v>997</v>
+        <v>1115</v>
       </c>
       <c r="I3" t="s">
-        <v>998</v>
+        <v>1116</v>
       </c>
       <c r="J3" t="s">
-        <v>999</v>
+        <v>1117</v>
       </c>
       <c r="K3" t="s">
-        <v>1000</v>
+        <v>750</v>
       </c>
       <c r="L3" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M3" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N3" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O3" t="s">
-        <v>1003</v>
+        <v>1120</v>
       </c>
       <c r="P3" t="s">
-        <v>1004</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B4" t="s">
-        <v>1005</v>
+        <v>1122</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>1006</v>
+        <v>1123</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>1007</v>
+        <v>1124</v>
       </c>
       <c r="H4" t="s">
-        <v>1008</v>
+        <v>1125</v>
       </c>
       <c r="I4" t="s">
-        <v>1009</v>
+        <v>1126</v>
       </c>
       <c r="J4" t="s">
-        <v>1010</v>
+        <v>1127</v>
       </c>
       <c r="K4" t="s">
-        <v>1011</v>
+        <v>219</v>
       </c>
       <c r="L4" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M4" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N4" t="s">
-        <v>1012</v>
+        <v>1119</v>
       </c>
       <c r="O4" t="s">
-        <v>1013</v>
+        <v>1120</v>
       </c>
       <c r="P4" t="s">
-        <v>1014</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B5" t="s">
-        <v>1015</v>
+        <v>1129</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>1016</v>
+        <v>1123</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>1017</v>
+        <v>1130</v>
       </c>
       <c r="H5" t="s">
-        <v>1018</v>
+        <v>1131</v>
       </c>
       <c r="I5" t="s">
-        <v>1019</v>
+        <v>1132</v>
       </c>
       <c r="J5" t="s">
-        <v>1020</v>
+        <v>1133</v>
       </c>
       <c r="K5" t="s">
-        <v>1021</v>
+        <v>40</v>
       </c>
       <c r="L5" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M5" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N5" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O5" t="s">
-        <v>1022</v>
+        <v>1120</v>
       </c>
       <c r="P5" t="s">
-        <v>1023</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B6" t="s">
-        <v>1024</v>
+        <v>1135</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>1016</v>
+        <v>1136</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>1025</v>
+        <v>1137</v>
       </c>
       <c r="H6" t="s">
-        <v>1026</v>
+        <v>1138</v>
       </c>
       <c r="I6" t="s">
-        <v>1027</v>
+        <v>1139</v>
       </c>
       <c r="J6" t="s">
-        <v>988</v>
+        <v>1140</v>
       </c>
       <c r="K6" t="s">
         <v>30</v>
       </c>
       <c r="L6" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M6" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N6" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O6" t="s">
-        <v>1022</v>
+        <v>1141</v>
       </c>
       <c r="P6" t="s">
-        <v>1028</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B7" t="s">
-        <v>1029</v>
+        <v>1143</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>1030</v>
+        <v>1144</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>1031</v>
+        <v>1145</v>
       </c>
       <c r="H7" t="s">
-        <v>1032</v>
+        <v>1146</v>
       </c>
       <c r="I7" t="s">
-        <v>1033</v>
+        <v>1147</v>
       </c>
       <c r="J7" t="s">
-        <v>1034</v>
+        <v>1148</v>
       </c>
       <c r="K7" t="s">
-        <v>1035</v>
+        <v>1149</v>
       </c>
       <c r="L7" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M7" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N7" t="s">
-        <v>1037</v>
+        <v>1119</v>
       </c>
       <c r="O7" t="s">
-        <v>1038</v>
+        <v>1120</v>
       </c>
       <c r="P7" t="s">
-        <v>1039</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B8" t="s">
-        <v>1040</v>
+        <v>1151</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>1041</v>
+        <v>1152</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>1042</v>
+        <v>1153</v>
       </c>
       <c r="H8" t="s">
-        <v>1043</v>
+        <v>1154</v>
       </c>
       <c r="I8" t="s">
-        <v>1044</v>
+        <v>1155</v>
       </c>
       <c r="J8" t="s">
-        <v>1045</v>
+        <v>1156</v>
       </c>
       <c r="K8" t="s">
-        <v>1046</v>
+        <v>1157</v>
       </c>
       <c r="L8" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M8" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N8" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O8" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P8" t="s">
-        <v>1047</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B9" t="s">
-        <v>1048</v>
+        <v>1161</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>1049</v>
+        <v>1162</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>1050</v>
+        <v>1163</v>
       </c>
       <c r="H9" t="s">
-        <v>1051</v>
+        <v>1164</v>
       </c>
       <c r="I9" t="s">
-        <v>1052</v>
+        <v>1165</v>
       </c>
       <c r="J9" t="s">
-        <v>1053</v>
+        <v>1166</v>
       </c>
       <c r="K9" t="s">
-        <v>1054</v>
+        <v>30</v>
       </c>
       <c r="L9" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M9" t="s">
-        <v>990</v>
+        <v>1108</v>
       </c>
       <c r="N9" t="s">
-        <v>991</v>
+        <v>1167</v>
       </c>
       <c r="O9" t="s">
-        <v>992</v>
+        <v>1168</v>
       </c>
       <c r="P9" t="s">
-        <v>1055</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B10" t="s">
-        <v>1056</v>
+        <v>1170</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>1057</v>
+        <v>1171</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>1058</v>
+        <v>1172</v>
       </c>
       <c r="H10" t="s">
-        <v>1059</v>
+        <v>1173</v>
       </c>
       <c r="I10" t="s">
-        <v>1060</v>
+        <v>1174</v>
       </c>
       <c r="J10" t="s">
-        <v>1061</v>
+        <v>1175</v>
       </c>
       <c r="K10" t="s">
-        <v>1062</v>
+        <v>1176</v>
       </c>
       <c r="L10" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M10" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N10" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O10" t="s">
-        <v>1038</v>
+        <v>1177</v>
       </c>
       <c r="P10" t="s">
-        <v>1063</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B11" t="s">
-        <v>1064</v>
+        <v>1179</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>1065</v>
+        <v>1180</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>1066</v>
+        <v>1181</v>
       </c>
       <c r="H11" t="s">
-        <v>1067</v>
+        <v>1182</v>
       </c>
       <c r="I11" t="s">
-        <v>1068</v>
+        <v>1183</v>
       </c>
       <c r="J11" t="s">
-        <v>20</v>
+        <v>1184</v>
       </c>
       <c r="K11" t="s">
-        <v>1069</v>
+        <v>1185</v>
       </c>
       <c r="L11" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M11" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N11" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="O11" t="s">
-        <v>1038</v>
+        <v>1187</v>
       </c>
       <c r="P11" t="s">
-        <v>1070</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B12" t="s">
-        <v>1071</v>
+        <v>1189</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>1072</v>
+        <v>1190</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>1073</v>
+        <v>1191</v>
       </c>
       <c r="H12" t="s">
-        <v>1074</v>
+        <v>1192</v>
       </c>
       <c r="I12" t="s">
-        <v>1075</v>
+        <v>1193</v>
       </c>
       <c r="J12" t="s">
-        <v>1076</v>
+        <v>1194</v>
       </c>
       <c r="K12" t="s">
-        <v>1077</v>
+        <v>1195</v>
       </c>
       <c r="L12" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M12" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N12" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O12" t="s">
-        <v>1038</v>
+        <v>1196</v>
       </c>
       <c r="P12" t="s">
-        <v>1078</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B13" t="s">
-        <v>1079</v>
+        <v>1198</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>1072</v>
+        <v>1190</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>1080</v>
+        <v>1199</v>
       </c>
       <c r="H13" t="s">
-        <v>1081</v>
+        <v>1200</v>
       </c>
       <c r="I13" t="s">
-        <v>1082</v>
+        <v>1201</v>
       </c>
       <c r="J13" t="s">
-        <v>1083</v>
+        <v>1166</v>
       </c>
       <c r="K13" t="s">
-        <v>1084</v>
+        <v>30</v>
       </c>
       <c r="L13" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M13" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N13" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O13" t="s">
-        <v>1038</v>
+        <v>1196</v>
       </c>
       <c r="P13" t="s">
-        <v>1085</v>
+        <v>1202</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B14" t="s">
-        <v>1086</v>
+        <v>1203</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>1087</v>
+        <v>1204</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>1088</v>
+        <v>1205</v>
       </c>
       <c r="H14" t="s">
-        <v>1089</v>
+        <v>1206</v>
       </c>
       <c r="I14" t="s">
-        <v>1090</v>
+        <v>1207</v>
       </c>
       <c r="J14" t="s">
-        <v>1091</v>
+        <v>1208</v>
       </c>
       <c r="K14" t="s">
-        <v>1092</v>
+        <v>1209</v>
       </c>
       <c r="L14" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M14" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N14" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O14" t="s">
-        <v>1093</v>
+        <v>1110</v>
       </c>
       <c r="P14" t="s">
-        <v>1094</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B15" t="s">
-        <v>1095</v>
+        <v>1212</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>1096</v>
+        <v>1213</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>1097</v>
+        <v>1214</v>
       </c>
       <c r="H15" t="s">
-        <v>1098</v>
+        <v>1215</v>
       </c>
       <c r="I15" t="s">
-        <v>1099</v>
+        <v>1216</v>
       </c>
       <c r="J15" t="s">
-        <v>988</v>
+        <v>1217</v>
       </c>
       <c r="K15" t="s">
-        <v>30</v>
+        <v>1218</v>
       </c>
       <c r="L15" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M15" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N15" t="s">
-        <v>1012</v>
+        <v>1109</v>
       </c>
       <c r="O15" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="P15" t="s">
-        <v>1101</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B16" t="s">
-        <v>1102</v>
+        <v>1220</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>1103</v>
+        <v>1221</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>1104</v>
+        <v>1222</v>
       </c>
       <c r="H16" t="s">
-        <v>1105</v>
+        <v>1223</v>
       </c>
       <c r="I16" t="s">
-        <v>1106</v>
+        <v>1224</v>
       </c>
       <c r="J16" t="s">
-        <v>988</v>
+        <v>1225</v>
       </c>
       <c r="K16" t="s">
-        <v>30</v>
+        <v>1226</v>
       </c>
       <c r="L16" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M16" t="s">
-        <v>1001</v>
+        <v>1108</v>
       </c>
       <c r="N16" t="s">
-        <v>1037</v>
+        <v>1167</v>
       </c>
       <c r="O16" t="s">
-        <v>1038</v>
+        <v>1168</v>
       </c>
       <c r="P16" t="s">
-        <v>1107</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B17" t="s">
-        <v>1108</v>
+        <v>1228</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1231</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1232</v>
+      </c>
+      <c r="J17" t="s">
+        <v>1233</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1234</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M17" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N17" t="s">
         <v>1109</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="O17" t="s">
         <v>1110</v>
       </c>
-      <c r="H17" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P17" t="s">
-        <v>1115</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B18" t="s">
-        <v>1116</v>
+        <v>1236</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>1117</v>
+        <v>1237</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>1118</v>
+        <v>1238</v>
       </c>
       <c r="H18" t="s">
-        <v>1119</v>
+        <v>1239</v>
       </c>
       <c r="I18" t="s">
-        <v>1120</v>
+        <v>1240</v>
       </c>
       <c r="J18" t="s">
-        <v>1121</v>
+        <v>20</v>
       </c>
       <c r="K18" t="s">
-        <v>30</v>
+        <v>1241</v>
       </c>
       <c r="L18" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M18" t="s">
-        <v>990</v>
+        <v>1210</v>
       </c>
       <c r="N18" t="s">
-        <v>991</v>
+        <v>1109</v>
       </c>
       <c r="O18" t="s">
-        <v>992</v>
+        <v>1110</v>
       </c>
       <c r="P18" t="s">
-        <v>1122</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B19" t="s">
-        <v>1123</v>
+        <v>1243</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>1124</v>
+        <v>1244</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>1125</v>
+        <v>1245</v>
       </c>
       <c r="H19" t="s">
-        <v>1126</v>
+        <v>1246</v>
       </c>
       <c r="I19" t="s">
-        <v>1127</v>
+        <v>1247</v>
       </c>
       <c r="J19" t="s">
-        <v>1128</v>
+        <v>1248</v>
       </c>
       <c r="K19" t="s">
-        <v>1129</v>
+        <v>1249</v>
       </c>
       <c r="L19" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M19" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N19" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O19" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P19" t="s">
-        <v>1130</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B20" t="s">
-        <v>1131</v>
+        <v>1251</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>1132</v>
+        <v>1244</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>1133</v>
+        <v>1252</v>
       </c>
       <c r="H20" t="s">
-        <v>1134</v>
+        <v>1253</v>
       </c>
       <c r="I20" t="s">
-        <v>1135</v>
+        <v>1254</v>
       </c>
       <c r="J20" t="s">
-        <v>1121</v>
+        <v>1255</v>
       </c>
       <c r="K20" t="s">
-        <v>30</v>
+        <v>1256</v>
       </c>
       <c r="L20" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M20" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N20" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O20" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P20" t="s">
-        <v>1136</v>
+        <v>1257</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B21" t="s">
-        <v>1137</v>
+        <v>1258</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>1132</v>
+        <v>1259</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>1138</v>
+        <v>1260</v>
       </c>
       <c r="H21" t="s">
-        <v>1139</v>
+        <v>1261</v>
       </c>
       <c r="I21" t="s">
-        <v>1135</v>
+        <v>1262</v>
       </c>
       <c r="J21" t="s">
-        <v>1121</v>
+        <v>1263</v>
       </c>
       <c r="K21" t="s">
-        <v>30</v>
+        <v>1264</v>
       </c>
       <c r="L21" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M21" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N21" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O21" t="s">
-        <v>1140</v>
+        <v>1265</v>
       </c>
       <c r="P21" t="s">
-        <v>1141</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B22" t="s">
-        <v>1142</v>
+        <v>1267</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1143</v>
+        <v>1268</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>1144</v>
+        <v>1269</v>
       </c>
       <c r="H22" t="s">
-        <v>1145</v>
+        <v>1270</v>
       </c>
       <c r="I22" t="s">
-        <v>1146</v>
+        <v>1271</v>
       </c>
       <c r="J22" t="s">
-        <v>1147</v>
+        <v>1166</v>
       </c>
       <c r="K22" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L22" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M22" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N22" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="O22" t="s">
-        <v>1038</v>
+        <v>1272</v>
       </c>
       <c r="P22" t="s">
-        <v>1149</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B23" t="s">
-        <v>1150</v>
+        <v>1274</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>1151</v>
+        <v>1275</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>1152</v>
+        <v>1276</v>
       </c>
       <c r="H23" t="s">
-        <v>1153</v>
+        <v>1277</v>
       </c>
       <c r="I23" t="s">
-        <v>1154</v>
+        <v>1278</v>
       </c>
       <c r="J23" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="K23" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="L23" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M23" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N23" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O23" t="s">
-        <v>1003</v>
+        <v>1110</v>
       </c>
       <c r="P23" t="s">
-        <v>1156</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B24" t="s">
-        <v>1157</v>
+        <v>1280</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1158</v>
+        <v>1281</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>1159</v>
+        <v>1282</v>
       </c>
       <c r="H24" t="s">
-        <v>1160</v>
+        <v>1283</v>
       </c>
       <c r="I24" t="s">
-        <v>1161</v>
+        <v>1284</v>
       </c>
       <c r="J24" t="s">
-        <v>1162</v>
+        <v>1194</v>
       </c>
       <c r="K24" t="s">
-        <v>1163</v>
+        <v>1195</v>
       </c>
       <c r="L24" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M24" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N24" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O24" t="s">
-        <v>1164</v>
+        <v>1286</v>
       </c>
       <c r="P24" t="s">
-        <v>1165</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B25" t="s">
-        <v>1166</v>
+        <v>1288</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
+        <v>1289</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1290</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1291</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1292</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K25" t="s">
+        <v>30</v>
+      </c>
+      <c r="L25" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M25" t="s">
+        <v>1108</v>
+      </c>
+      <c r="N25" t="s">
         <v>1167</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="O25" t="s">
         <v>1168</v>
       </c>
-      <c r="H25" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="P25" t="s">
-        <v>1172</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B26" t="s">
-        <v>1173</v>
+        <v>1294</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>1174</v>
+        <v>1295</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>1175</v>
+        <v>1296</v>
       </c>
       <c r="H26" t="s">
-        <v>1176</v>
+        <v>1297</v>
       </c>
       <c r="I26" t="s">
-        <v>1177</v>
+        <v>1298</v>
       </c>
       <c r="J26" t="s">
-        <v>1010</v>
+        <v>1299</v>
       </c>
       <c r="K26" t="s">
-        <v>1011</v>
+        <v>1300</v>
       </c>
       <c r="L26" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M26" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N26" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O26" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P26" t="s">
-        <v>1178</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B27" t="s">
-        <v>1179</v>
+        <v>1302</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>1180</v>
+        <v>1303</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>1181</v>
+        <v>1304</v>
       </c>
       <c r="H27" t="s">
-        <v>1182</v>
+        <v>1305</v>
       </c>
       <c r="I27" t="s">
-        <v>1183</v>
+        <v>1306</v>
       </c>
       <c r="J27" t="s">
-        <v>1184</v>
+        <v>1140</v>
       </c>
       <c r="K27" t="s">
-        <v>1185</v>
+        <v>30</v>
       </c>
       <c r="L27" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M27" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N27" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O27" t="s">
-        <v>1186</v>
+        <v>1110</v>
       </c>
       <c r="P27" t="s">
-        <v>1187</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B28" t="s">
-        <v>1188</v>
+        <v>1308</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>1189</v>
+        <v>1303</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>1190</v>
+        <v>1309</v>
       </c>
       <c r="H28" t="s">
-        <v>1191</v>
+        <v>1310</v>
       </c>
       <c r="I28" t="s">
-        <v>1192</v>
+        <v>1306</v>
       </c>
       <c r="J28" t="s">
-        <v>1184</v>
+        <v>1140</v>
       </c>
       <c r="K28" t="s">
-        <v>1185</v>
+        <v>30</v>
       </c>
       <c r="L28" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M28" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N28" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O28" t="s">
-        <v>1186</v>
+        <v>1311</v>
       </c>
       <c r="P28" t="s">
-        <v>1193</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B29" t="s">
-        <v>1194</v>
+        <v>1313</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1195</v>
+        <v>1314</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>1196</v>
+        <v>1315</v>
       </c>
       <c r="H29" t="s">
-        <v>1197</v>
+        <v>1316</v>
       </c>
       <c r="I29" t="s">
-        <v>1198</v>
+        <v>1317</v>
       </c>
       <c r="J29" t="s">
-        <v>1199</v>
+        <v>1318</v>
       </c>
       <c r="K29" t="s">
-        <v>61</v>
+        <v>1319</v>
       </c>
       <c r="L29" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M29" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N29" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O29" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P29" t="s">
-        <v>1200</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B30" t="s">
-        <v>1201</v>
+        <v>1321</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>1202</v>
+        <v>1322</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>1203</v>
+        <v>1323</v>
       </c>
       <c r="H30" t="s">
-        <v>1204</v>
+        <v>1324</v>
       </c>
       <c r="I30" t="s">
-        <v>1099</v>
+        <v>1325</v>
       </c>
       <c r="J30" t="s">
-        <v>988</v>
+        <v>1127</v>
       </c>
       <c r="K30" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="L30" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M30" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N30" t="s">
-        <v>1012</v>
+        <v>1158</v>
       </c>
       <c r="O30" t="s">
-        <v>1013</v>
+        <v>1177</v>
       </c>
       <c r="P30" t="s">
-        <v>1205</v>
+        <v>1326</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B31" t="s">
-        <v>1206</v>
+        <v>1327</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>1207</v>
+        <v>1328</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>1208</v>
+        <v>1329</v>
       </c>
       <c r="H31" t="s">
-        <v>1209</v>
+        <v>1330</v>
       </c>
       <c r="I31" t="s">
-        <v>1210</v>
+        <v>1331</v>
       </c>
       <c r="J31" t="s">
-        <v>1211</v>
+        <v>1332</v>
       </c>
       <c r="K31" t="s">
-        <v>1212</v>
+        <v>1333</v>
       </c>
       <c r="L31" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M31" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N31" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O31" t="s">
-        <v>1213</v>
+        <v>1334</v>
       </c>
       <c r="P31" t="s">
-        <v>1214</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B32" t="s">
-        <v>1215</v>
+        <v>1336</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>1216</v>
+        <v>1337</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>1217</v>
+        <v>1338</v>
       </c>
       <c r="H32" t="s">
-        <v>1218</v>
+        <v>1339</v>
       </c>
       <c r="I32" t="s">
-        <v>1219</v>
+        <v>1340</v>
       </c>
       <c r="J32" t="s">
-        <v>1220</v>
+        <v>20</v>
       </c>
       <c r="K32" t="s">
-        <v>1221</v>
+        <v>1341</v>
       </c>
       <c r="L32" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M32" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N32" t="s">
-        <v>1012</v>
+        <v>1109</v>
       </c>
       <c r="O32" t="s">
-        <v>1100</v>
+        <v>1110</v>
       </c>
       <c r="P32" t="s">
-        <v>1222</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B33" t="s">
-        <v>1223</v>
+        <v>1343</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>1224</v>
+        <v>1344</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>1225</v>
+        <v>1345</v>
       </c>
       <c r="H33" t="s">
-        <v>1226</v>
+        <v>1346</v>
       </c>
       <c r="I33" t="s">
-        <v>1227</v>
+        <v>1347</v>
       </c>
       <c r="J33" t="s">
-        <v>1228</v>
+        <v>1184</v>
       </c>
       <c r="K33" t="s">
-        <v>1092</v>
+        <v>1185</v>
       </c>
       <c r="L33" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M33" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N33" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O33" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P33" t="s">
-        <v>1229</v>
+        <v>1348</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B34" t="s">
-        <v>1230</v>
+        <v>1349</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>1224</v>
+        <v>1350</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>1231</v>
+        <v>1351</v>
       </c>
       <c r="H34" t="s">
-        <v>1232</v>
+        <v>1352</v>
       </c>
       <c r="I34" t="s">
-        <v>1233</v>
+        <v>1353</v>
       </c>
       <c r="J34" t="s">
-        <v>1234</v>
+        <v>1354</v>
       </c>
       <c r="K34" t="s">
-        <v>1235</v>
+        <v>1355</v>
       </c>
       <c r="L34" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M34" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N34" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O34" t="s">
-        <v>1038</v>
+        <v>1356</v>
       </c>
       <c r="P34" t="s">
-        <v>1236</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B35" t="s">
-        <v>1237</v>
+        <v>1358</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>1238</v>
+        <v>1359</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>1239</v>
+        <v>1360</v>
       </c>
       <c r="H35" t="s">
-        <v>1240</v>
+        <v>1361</v>
       </c>
       <c r="I35" t="s">
-        <v>1241</v>
+        <v>1362</v>
       </c>
       <c r="J35" t="s">
-        <v>988</v>
+        <v>1354</v>
       </c>
       <c r="K35" t="s">
-        <v>30</v>
+        <v>1355</v>
       </c>
       <c r="L35" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M35" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N35" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O35" t="s">
-        <v>1038</v>
+        <v>1356</v>
       </c>
       <c r="P35" t="s">
-        <v>1242</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B36" t="s">
-        <v>1243</v>
+        <v>1364</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>1244</v>
+        <v>1365</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>1245</v>
+        <v>1366</v>
       </c>
       <c r="H36" t="s">
-        <v>1246</v>
+        <v>1367</v>
       </c>
       <c r="I36" t="s">
-        <v>1247</v>
+        <v>1368</v>
       </c>
       <c r="J36" t="s">
-        <v>1248</v>
+        <v>1369</v>
       </c>
       <c r="K36" t="s">
-        <v>1249</v>
+        <v>219</v>
       </c>
       <c r="L36" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M36" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N36" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O36" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P36" t="s">
-        <v>1250</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B37" t="s">
-        <v>1251</v>
+        <v>1371</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>1252</v>
+        <v>1372</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>1253</v>
+        <v>1373</v>
       </c>
       <c r="H37" t="s">
-        <v>1254</v>
+        <v>1374</v>
       </c>
       <c r="I37" t="s">
-        <v>1255</v>
+        <v>1271</v>
       </c>
       <c r="J37" t="s">
-        <v>1256</v>
+        <v>1166</v>
       </c>
       <c r="K37" t="s">
-        <v>1257</v>
+        <v>30</v>
       </c>
       <c r="L37" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M37" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N37" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="O37" t="s">
-        <v>1038</v>
+        <v>1187</v>
       </c>
       <c r="P37" t="s">
-        <v>1258</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B38" t="s">
-        <v>1259</v>
+        <v>1376</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>1252</v>
+        <v>1377</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>1260</v>
+        <v>1378</v>
       </c>
       <c r="H38" t="s">
-        <v>1261</v>
+        <v>1379</v>
       </c>
       <c r="I38" t="s">
-        <v>1262</v>
+        <v>1380</v>
       </c>
       <c r="J38" t="s">
-        <v>1263</v>
+        <v>1381</v>
       </c>
       <c r="K38" t="s">
-        <v>1257</v>
+        <v>1382</v>
       </c>
       <c r="L38" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M38" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N38" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O38" t="s">
-        <v>1038</v>
+        <v>1383</v>
       </c>
       <c r="P38" t="s">
-        <v>1264</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B39" t="s">
-        <v>1265</v>
+        <v>1385</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>1266</v>
+        <v>1386</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>1267</v>
+        <v>1387</v>
       </c>
       <c r="H39" t="s">
-        <v>1268</v>
+        <v>1388</v>
       </c>
       <c r="I39" t="s">
-        <v>1269</v>
+        <v>1389</v>
       </c>
       <c r="J39" t="s">
-        <v>1270</v>
+        <v>1390</v>
       </c>
       <c r="K39" t="s">
-        <v>1271</v>
+        <v>1391</v>
       </c>
       <c r="L39" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M39" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N39" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="O39" t="s">
-        <v>1038</v>
+        <v>1272</v>
       </c>
       <c r="P39" t="s">
-        <v>1272</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B40" t="s">
-        <v>1273</v>
+        <v>1393</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>1274</v>
+        <v>1394</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>1275</v>
+        <v>1395</v>
       </c>
       <c r="H40" t="s">
-        <v>1276</v>
+        <v>1396</v>
       </c>
       <c r="I40" t="s">
-        <v>1277</v>
+        <v>1397</v>
       </c>
       <c r="J40" t="s">
-        <v>1278</v>
+        <v>1398</v>
       </c>
       <c r="K40" t="s">
-        <v>30</v>
+        <v>1264</v>
       </c>
       <c r="L40" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M40" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N40" t="s">
-        <v>1279</v>
+        <v>1109</v>
       </c>
       <c r="O40" t="s">
-        <v>1280</v>
+        <v>1110</v>
       </c>
       <c r="P40" t="s">
-        <v>1281</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B41" t="s">
-        <v>1282</v>
+        <v>1400</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>1283</v>
+        <v>1394</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>1284</v>
+        <v>1401</v>
       </c>
       <c r="H41" t="s">
-        <v>1285</v>
+        <v>1402</v>
       </c>
       <c r="I41" t="s">
-        <v>1286</v>
+        <v>1403</v>
       </c>
       <c r="J41" t="s">
-        <v>1287</v>
+        <v>1404</v>
       </c>
       <c r="K41" t="s">
-        <v>1288</v>
+        <v>1405</v>
       </c>
       <c r="L41" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M41" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N41" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O41" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P41" t="s">
-        <v>1289</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B42" t="s">
-        <v>1290</v>
+        <v>1407</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>1291</v>
+        <v>1408</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>1292</v>
+        <v>1409</v>
       </c>
       <c r="H42" t="s">
-        <v>1293</v>
+        <v>1410</v>
       </c>
       <c r="I42" t="s">
-        <v>1248</v>
+        <v>1411</v>
       </c>
       <c r="J42" t="s">
-        <v>20</v>
+        <v>1166</v>
       </c>
       <c r="K42" t="s">
-        <v>1249</v>
+        <v>30</v>
       </c>
       <c r="L42" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M42" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N42" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O42" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P42" t="s">
-        <v>1294</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B43" t="s">
-        <v>1295</v>
+        <v>1413</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>1291</v>
+        <v>1414</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>1296</v>
+        <v>1415</v>
       </c>
       <c r="H43" t="s">
-        <v>1297</v>
+        <v>1416</v>
       </c>
       <c r="I43" t="s">
-        <v>1298</v>
+        <v>1417</v>
       </c>
       <c r="J43" t="s">
-        <v>1248</v>
+        <v>1418</v>
       </c>
       <c r="K43" t="s">
-        <v>1249</v>
+        <v>1419</v>
       </c>
       <c r="L43" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M43" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N43" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O43" t="s">
-        <v>1299</v>
+        <v>1110</v>
       </c>
       <c r="P43" t="s">
-        <v>1300</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B44" t="s">
-        <v>1301</v>
+        <v>1421</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>1291</v>
+        <v>1422</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>1302</v>
+        <v>1423</v>
       </c>
       <c r="H44" t="s">
-        <v>1303</v>
+        <v>1424</v>
       </c>
       <c r="I44" t="s">
-        <v>1304</v>
+        <v>1425</v>
       </c>
       <c r="J44" t="s">
-        <v>1248</v>
+        <v>1426</v>
       </c>
       <c r="K44" t="s">
-        <v>1249</v>
+        <v>1427</v>
       </c>
       <c r="L44" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M44" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N44" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O44" t="s">
-        <v>1305</v>
+        <v>1110</v>
       </c>
       <c r="P44" t="s">
-        <v>1306</v>
+        <v>1428</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B45" t="s">
-        <v>1307</v>
+        <v>1429</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>1308</v>
+        <v>1422</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>1309</v>
+        <v>1430</v>
       </c>
       <c r="H45" t="s">
-        <v>1310</v>
+        <v>1431</v>
       </c>
       <c r="I45" t="s">
-        <v>1248</v>
+        <v>1432</v>
       </c>
       <c r="J45" t="s">
-        <v>20</v>
+        <v>1433</v>
       </c>
       <c r="K45" t="s">
-        <v>1249</v>
+        <v>1427</v>
       </c>
       <c r="L45" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M45" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N45" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O45" t="s">
-        <v>1003</v>
+        <v>1110</v>
       </c>
       <c r="P45" t="s">
-        <v>1311</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B46" t="s">
-        <v>1312</v>
+        <v>1435</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>1313</v>
+        <v>1436</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>1314</v>
+        <v>1437</v>
       </c>
       <c r="H46" t="s">
-        <v>1315</v>
+        <v>1438</v>
       </c>
       <c r="I46" t="s">
-        <v>1316</v>
+        <v>1439</v>
       </c>
       <c r="J46" t="s">
-        <v>1317</v>
+        <v>1440</v>
       </c>
       <c r="K46" t="s">
-        <v>1318</v>
+        <v>1441</v>
       </c>
       <c r="L46" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M46" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N46" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O46" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P46" t="s">
-        <v>1319</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B47" t="s">
-        <v>1320</v>
+        <v>1443</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>1313</v>
+        <v>1444</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>1321</v>
+        <v>1445</v>
       </c>
       <c r="H47" t="s">
-        <v>1322</v>
+        <v>1446</v>
       </c>
       <c r="I47" t="s">
-        <v>1323</v>
+        <v>1447</v>
       </c>
       <c r="J47" t="s">
-        <v>988</v>
+        <v>1448</v>
       </c>
       <c r="K47" t="s">
         <v>30</v>
       </c>
       <c r="L47" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M47" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N47" t="s">
-        <v>1037</v>
+        <v>1449</v>
       </c>
       <c r="O47" t="s">
-        <v>1038</v>
+        <v>1450</v>
       </c>
       <c r="P47" t="s">
-        <v>1324</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B48" t="s">
-        <v>1325</v>
+        <v>1452</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>1326</v>
+        <v>1453</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>1327</v>
+        <v>1454</v>
       </c>
       <c r="H48" t="s">
-        <v>1328</v>
+        <v>1455</v>
       </c>
       <c r="I48" t="s">
-        <v>1329</v>
+        <v>1456</v>
       </c>
       <c r="J48" t="s">
-        <v>1330</v>
+        <v>1457</v>
       </c>
       <c r="K48" t="s">
-        <v>30</v>
+        <v>1458</v>
       </c>
       <c r="L48" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M48" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N48" t="s">
-        <v>1331</v>
+        <v>1109</v>
       </c>
       <c r="O48" t="s">
-        <v>1332</v>
+        <v>1110</v>
       </c>
       <c r="P48" t="s">
-        <v>1333</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B49" t="s">
-        <v>1334</v>
+        <v>1460</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>1335</v>
+        <v>1461</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>1336</v>
+        <v>1462</v>
       </c>
       <c r="H49" t="s">
-        <v>1337</v>
+        <v>1463</v>
       </c>
       <c r="I49" t="s">
-        <v>1338</v>
+        <v>1418</v>
       </c>
       <c r="J49" t="s">
-        <v>1155</v>
+        <v>20</v>
       </c>
       <c r="K49" t="s">
-        <v>61</v>
+        <v>1419</v>
       </c>
       <c r="L49" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M49" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N49" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O49" t="s">
-        <v>1114</v>
+        <v>1196</v>
       </c>
       <c r="P49" t="s">
-        <v>1339</v>
+        <v>1464</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B50" t="s">
-        <v>1340</v>
+        <v>1465</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>1335</v>
+        <v>1461</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>1341</v>
+        <v>1466</v>
       </c>
       <c r="H50" t="s">
-        <v>1342</v>
+        <v>1467</v>
       </c>
       <c r="I50" t="s">
-        <v>1343</v>
+        <v>1468</v>
       </c>
       <c r="J50" t="s">
-        <v>1121</v>
+        <v>1418</v>
       </c>
       <c r="K50" t="s">
-        <v>30</v>
+        <v>1419</v>
       </c>
       <c r="L50" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M50" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N50" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O50" t="s">
-        <v>1114</v>
+        <v>1159</v>
       </c>
       <c r="P50" t="s">
-        <v>1344</v>
+        <v>1469</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B51" t="s">
-        <v>1345</v>
+        <v>1470</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>1335</v>
+        <v>1461</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>1346</v>
+        <v>1471</v>
       </c>
       <c r="H51" t="s">
-        <v>1347</v>
+        <v>1472</v>
       </c>
       <c r="I51" t="s">
-        <v>1348</v>
+        <v>1473</v>
       </c>
       <c r="J51" t="s">
-        <v>1349</v>
+        <v>1418</v>
       </c>
       <c r="K51" t="s">
-        <v>1350</v>
+        <v>1419</v>
       </c>
       <c r="L51" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M51" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N51" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O51" t="s">
-        <v>1351</v>
+        <v>1474</v>
       </c>
       <c r="P51" t="s">
-        <v>1352</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B52" t="s">
-        <v>1353</v>
+        <v>1476</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>1354</v>
+        <v>1477</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>1355</v>
+        <v>1478</v>
       </c>
       <c r="H52" t="s">
-        <v>1356</v>
+        <v>1479</v>
       </c>
       <c r="I52" t="s">
-        <v>1357</v>
+        <v>1418</v>
       </c>
       <c r="J52" t="s">
-        <v>1358</v>
+        <v>20</v>
       </c>
       <c r="K52" t="s">
-        <v>1359</v>
+        <v>1419</v>
       </c>
       <c r="L52" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M52" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N52" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O52" t="s">
-        <v>1038</v>
+        <v>1177</v>
       </c>
       <c r="P52" t="s">
-        <v>1360</v>
+        <v>1480</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B53" t="s">
-        <v>1361</v>
+        <v>1481</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>1362</v>
+        <v>1482</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>1363</v>
+        <v>1483</v>
       </c>
       <c r="H53" t="s">
-        <v>1364</v>
+        <v>1484</v>
       </c>
       <c r="I53" t="s">
-        <v>1365</v>
+        <v>1485</v>
       </c>
       <c r="J53" t="s">
-        <v>1349</v>
+        <v>1486</v>
       </c>
       <c r="K53" t="s">
-        <v>1350</v>
+        <v>1487</v>
       </c>
       <c r="L53" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M53" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N53" t="s">
-        <v>1012</v>
+        <v>1109</v>
       </c>
       <c r="O53" t="s">
-        <v>1366</v>
+        <v>1110</v>
       </c>
       <c r="P53" t="s">
-        <v>1367</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B54" t="s">
-        <v>1368</v>
+        <v>1489</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>1362</v>
+        <v>1482</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>1369</v>
+        <v>1490</v>
       </c>
       <c r="H54" t="s">
-        <v>1370</v>
+        <v>1491</v>
       </c>
       <c r="I54" t="s">
-        <v>1371</v>
+        <v>1492</v>
       </c>
       <c r="J54" t="s">
-        <v>1372</v>
+        <v>1166</v>
       </c>
       <c r="K54" t="s">
-        <v>1373</v>
+        <v>30</v>
       </c>
       <c r="L54" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M54" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N54" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O54" t="s">
-        <v>1374</v>
+        <v>1110</v>
       </c>
       <c r="P54" t="s">
-        <v>1375</v>
+        <v>1493</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B55" t="s">
-        <v>1376</v>
+        <v>1494</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>1377</v>
+        <v>1495</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>1378</v>
+        <v>1496</v>
       </c>
       <c r="H55" t="s">
-        <v>1379</v>
+        <v>1497</v>
       </c>
       <c r="I55" t="s">
-        <v>1380</v>
+        <v>1498</v>
       </c>
       <c r="J55" t="s">
-        <v>1381</v>
+        <v>1499</v>
       </c>
       <c r="K55" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L55" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M55" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N55" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O55" t="s">
-        <v>1382</v>
+        <v>1120</v>
       </c>
       <c r="P55" t="s">
-        <v>1383</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B56" t="s">
-        <v>1384</v>
+        <v>1501</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>1377</v>
+        <v>1502</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>1385</v>
+        <v>1503</v>
       </c>
       <c r="H56" t="s">
-        <v>1386</v>
+        <v>1504</v>
       </c>
       <c r="I56" t="s">
-        <v>1387</v>
+        <v>1505</v>
       </c>
       <c r="J56" t="s">
-        <v>1388</v>
+        <v>1127</v>
       </c>
       <c r="K56" t="s">
-        <v>1148</v>
+        <v>219</v>
       </c>
       <c r="L56" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M56" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N56" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O56" t="s">
-        <v>1213</v>
+        <v>1286</v>
       </c>
       <c r="P56" t="s">
-        <v>1389</v>
+        <v>1506</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B57" t="s">
-        <v>1390</v>
+        <v>1507</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>1377</v>
+        <v>1502</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>1391</v>
+        <v>1508</v>
       </c>
       <c r="H57" t="s">
-        <v>1392</v>
+        <v>1509</v>
       </c>
       <c r="I57" t="s">
-        <v>1387</v>
+        <v>1510</v>
       </c>
       <c r="J57" t="s">
-        <v>1388</v>
+        <v>1140</v>
       </c>
       <c r="K57" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L57" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M57" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N57" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O57" t="s">
-        <v>1038</v>
+        <v>1286</v>
       </c>
       <c r="P57" t="s">
-        <v>1393</v>
+        <v>1511</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B58" t="s">
-        <v>1394</v>
+        <v>1512</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>1377</v>
+        <v>1502</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>1395</v>
+        <v>1513</v>
       </c>
       <c r="H58" t="s">
-        <v>1396</v>
+        <v>1514</v>
       </c>
       <c r="I58" t="s">
-        <v>1397</v>
+        <v>1515</v>
       </c>
       <c r="J58" t="s">
-        <v>1398</v>
+        <v>1148</v>
       </c>
       <c r="K58" t="s">
-        <v>1399</v>
+        <v>1149</v>
       </c>
       <c r="L58" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M58" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N58" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O58" t="s">
-        <v>1038</v>
+        <v>1516</v>
       </c>
       <c r="P58" t="s">
-        <v>1400</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B59" t="s">
-        <v>1401</v>
+        <v>1518</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>1377</v>
+        <v>1519</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>1402</v>
+        <v>1520</v>
       </c>
       <c r="H59" t="s">
-        <v>1403</v>
+        <v>1521</v>
       </c>
       <c r="I59" t="s">
-        <v>1404</v>
+        <v>1522</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>1523</v>
       </c>
       <c r="K59" t="s">
-        <v>1405</v>
+        <v>1524</v>
       </c>
       <c r="L59" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M59" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N59" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O59" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P59" t="s">
-        <v>1406</v>
+        <v>1525</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B60" t="s">
-        <v>1407</v>
+        <v>1526</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>1408</v>
+        <v>1527</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>1409</v>
+        <v>1528</v>
       </c>
       <c r="H60" t="s">
-        <v>1410</v>
+        <v>1529</v>
       </c>
       <c r="I60" t="s">
-        <v>1411</v>
+        <v>1530</v>
       </c>
       <c r="J60" t="s">
-        <v>1010</v>
+        <v>1148</v>
       </c>
       <c r="K60" t="s">
-        <v>1011</v>
+        <v>1149</v>
       </c>
       <c r="L60" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M60" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N60" t="s">
-        <v>1002</v>
+        <v>1186</v>
       </c>
       <c r="O60" t="s">
-        <v>1382</v>
+        <v>1531</v>
       </c>
       <c r="P60" t="s">
-        <v>1412</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B61" t="s">
-        <v>1413</v>
+        <v>1533</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>1414</v>
+        <v>1527</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>1415</v>
+        <v>1534</v>
       </c>
       <c r="H61" t="s">
-        <v>1416</v>
+        <v>1535</v>
       </c>
       <c r="I61" t="s">
-        <v>1417</v>
+        <v>1536</v>
       </c>
       <c r="J61" t="s">
-        <v>1418</v>
+        <v>1537</v>
       </c>
       <c r="K61" t="s">
-        <v>1419</v>
+        <v>1538</v>
       </c>
       <c r="L61" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M61" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N61" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O61" t="s">
-        <v>1038</v>
+        <v>1539</v>
       </c>
       <c r="P61" t="s">
-        <v>1420</v>
+        <v>1540</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B62" t="s">
-        <v>1421</v>
+        <v>1541</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>1414</v>
+        <v>1542</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>1422</v>
+        <v>1543</v>
       </c>
       <c r="H62" t="s">
-        <v>1423</v>
+        <v>1544</v>
       </c>
       <c r="I62" t="s">
-        <v>1424</v>
+        <v>1545</v>
       </c>
       <c r="J62" t="s">
-        <v>1425</v>
+        <v>1546</v>
       </c>
       <c r="K62" t="s">
-        <v>71</v>
+        <v>1319</v>
       </c>
       <c r="L62" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M62" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N62" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O62" t="s">
-        <v>1038</v>
+        <v>1547</v>
       </c>
       <c r="P62" t="s">
-        <v>1426</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B63" t="s">
-        <v>1427</v>
+        <v>1549</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>1428</v>
+        <v>1542</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>1429</v>
+        <v>1550</v>
       </c>
       <c r="H63" t="s">
-        <v>1430</v>
+        <v>1551</v>
       </c>
       <c r="I63" t="s">
-        <v>1411</v>
+        <v>1552</v>
       </c>
       <c r="J63" t="s">
-        <v>1010</v>
+        <v>1553</v>
       </c>
       <c r="K63" t="s">
-        <v>1011</v>
+        <v>1319</v>
       </c>
       <c r="L63" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M63" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N63" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O63" t="s">
-        <v>1213</v>
+        <v>1383</v>
       </c>
       <c r="P63" t="s">
-        <v>1431</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B64" t="s">
-        <v>1432</v>
+        <v>1555</v>
       </c>
       <c r="C64" t="s">
         <v>20</v>
       </c>
       <c r="D64" t="s">
         <v>20</v>
       </c>
       <c r="E64" t="s">
-        <v>1433</v>
+        <v>1542</v>
       </c>
       <c r="F64" t="s">
         <v>20</v>
       </c>
       <c r="G64" t="s">
-        <v>1434</v>
+        <v>1556</v>
       </c>
       <c r="H64" t="s">
-        <v>1435</v>
+        <v>1557</v>
       </c>
       <c r="I64" t="s">
-        <v>1436</v>
+        <v>1552</v>
       </c>
       <c r="J64" t="s">
-        <v>1437</v>
+        <v>1553</v>
       </c>
       <c r="K64" t="s">
-        <v>1438</v>
+        <v>1319</v>
       </c>
       <c r="L64" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M64" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N64" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O64" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P64" t="s">
-        <v>1439</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B65" t="s">
-        <v>1440</v>
+        <v>1559</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>1441</v>
+        <v>1542</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>1442</v>
+        <v>1560</v>
       </c>
       <c r="H65" t="s">
-        <v>1443</v>
+        <v>1561</v>
       </c>
       <c r="I65" t="s">
-        <v>1444</v>
+        <v>1562</v>
       </c>
       <c r="J65" t="s">
-        <v>1445</v>
+        <v>1563</v>
       </c>
       <c r="K65" t="s">
-        <v>1446</v>
+        <v>1564</v>
       </c>
       <c r="L65" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M65" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N65" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O65" t="s">
-        <v>1447</v>
+        <v>1110</v>
       </c>
       <c r="P65" t="s">
-        <v>1448</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B66" t="s">
-        <v>1449</v>
+        <v>1566</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1441</v>
+        <v>1542</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1450</v>
+        <v>1567</v>
       </c>
       <c r="H66" t="s">
-        <v>1451</v>
+        <v>1568</v>
       </c>
       <c r="I66" t="s">
-        <v>1452</v>
+        <v>1569</v>
       </c>
       <c r="J66" t="s">
-        <v>1445</v>
+        <v>20</v>
       </c>
       <c r="K66" t="s">
-        <v>1446</v>
+        <v>1570</v>
       </c>
       <c r="L66" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M66" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N66" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O66" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P66" t="s">
-        <v>1453</v>
+        <v>1571</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B67" t="s">
-        <v>1454</v>
+        <v>1572</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1441</v>
+        <v>1573</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1455</v>
+        <v>1574</v>
       </c>
       <c r="H67" t="s">
-        <v>1456</v>
+        <v>1575</v>
       </c>
       <c r="I67" t="s">
-        <v>1452</v>
+        <v>1576</v>
       </c>
       <c r="J67" t="s">
-        <v>1445</v>
+        <v>1184</v>
       </c>
       <c r="K67" t="s">
-        <v>1446</v>
+        <v>1185</v>
       </c>
       <c r="L67" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M67" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N67" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O67" t="s">
-        <v>1374</v>
+        <v>1547</v>
       </c>
       <c r="P67" t="s">
-        <v>1457</v>
+        <v>1577</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B68" t="s">
-        <v>1458</v>
+        <v>1578</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
-        <v>1459</v>
+        <v>1579</v>
       </c>
       <c r="F68" t="s">
         <v>20</v>
       </c>
       <c r="G68" t="s">
-        <v>1460</v>
+        <v>1580</v>
       </c>
       <c r="H68" t="s">
-        <v>1461</v>
+        <v>1581</v>
       </c>
       <c r="I68" t="s">
-        <v>1462</v>
+        <v>1582</v>
       </c>
       <c r="J68" t="s">
-        <v>1445</v>
+        <v>1583</v>
       </c>
       <c r="K68" t="s">
-        <v>1446</v>
+        <v>1584</v>
       </c>
       <c r="L68" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M68" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N68" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O68" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="P68" t="s">
-        <v>1463</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B69" t="s">
-        <v>1464</v>
+        <v>1586</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>1459</v>
+        <v>1579</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>1465</v>
+        <v>1587</v>
       </c>
       <c r="H69" t="s">
-        <v>1466</v>
+        <v>1588</v>
       </c>
       <c r="I69" t="s">
-        <v>1467</v>
+        <v>1589</v>
       </c>
       <c r="J69" t="s">
-        <v>1445</v>
+        <v>1133</v>
       </c>
       <c r="K69" t="s">
-        <v>1446</v>
+        <v>40</v>
       </c>
       <c r="L69" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M69" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N69" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O69" t="s">
-        <v>1305</v>
+        <v>1110</v>
       </c>
       <c r="P69" t="s">
-        <v>1468</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B70" t="s">
-        <v>1469</v>
+        <v>1591</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
-        <v>1459</v>
+        <v>1592</v>
       </c>
       <c r="F70" t="s">
         <v>20</v>
       </c>
       <c r="G70" t="s">
-        <v>1470</v>
+        <v>1593</v>
       </c>
       <c r="H70" t="s">
-        <v>1471</v>
+        <v>1594</v>
       </c>
       <c r="I70" t="s">
-        <v>1445</v>
+        <v>1576</v>
       </c>
       <c r="J70" t="s">
-        <v>20</v>
+        <v>1184</v>
       </c>
       <c r="K70" t="s">
-        <v>1446</v>
+        <v>1185</v>
       </c>
       <c r="L70" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M70" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N70" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O70" t="s">
-        <v>1299</v>
+        <v>1383</v>
       </c>
       <c r="P70" t="s">
-        <v>1472</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B71" t="s">
-        <v>1473</v>
+        <v>1596</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1459</v>
+        <v>1597</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1474</v>
+        <v>1598</v>
       </c>
       <c r="H71" t="s">
-        <v>1475</v>
+        <v>1599</v>
       </c>
       <c r="I71" t="s">
-        <v>1476</v>
+        <v>1600</v>
       </c>
       <c r="J71" t="s">
-        <v>1155</v>
+        <v>1601</v>
       </c>
       <c r="K71" t="s">
-        <v>61</v>
+        <v>1602</v>
       </c>
       <c r="L71" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M71" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N71" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O71" t="s">
-        <v>1351</v>
+        <v>1110</v>
       </c>
       <c r="P71" t="s">
-        <v>1477</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B72" t="s">
-        <v>1478</v>
+        <v>1604</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
-        <v>1479</v>
+        <v>1605</v>
       </c>
       <c r="F72" t="s">
         <v>20</v>
       </c>
       <c r="G72" t="s">
-        <v>1480</v>
+        <v>1606</v>
       </c>
       <c r="H72" t="s">
-        <v>1481</v>
+        <v>1607</v>
       </c>
       <c r="I72" t="s">
-        <v>1482</v>
+        <v>1608</v>
       </c>
       <c r="J72" t="s">
-        <v>1330</v>
+        <v>1609</v>
       </c>
       <c r="K72" t="s">
-        <v>30</v>
+        <v>1610</v>
       </c>
       <c r="L72" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M72" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N72" t="s">
-        <v>1012</v>
+        <v>1158</v>
       </c>
       <c r="O72" t="s">
-        <v>1483</v>
+        <v>1611</v>
       </c>
       <c r="P72" t="s">
-        <v>1484</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B73" t="s">
-        <v>1485</v>
+        <v>1613</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>1486</v>
+        <v>1605</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>1487</v>
+        <v>1614</v>
       </c>
       <c r="H73" t="s">
-        <v>1488</v>
+        <v>1615</v>
       </c>
       <c r="I73" t="s">
-        <v>1489</v>
+        <v>1616</v>
       </c>
       <c r="J73" t="s">
-        <v>988</v>
+        <v>1609</v>
       </c>
       <c r="K73" t="s">
-        <v>30</v>
+        <v>1610</v>
       </c>
       <c r="L73" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M73" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N73" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O73" t="s">
-        <v>1299</v>
+        <v>1196</v>
       </c>
       <c r="P73" t="s">
-        <v>1490</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B74" t="s">
-        <v>1491</v>
+        <v>1618</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>1492</v>
+        <v>1605</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>1493</v>
+        <v>1619</v>
       </c>
       <c r="H74" t="s">
-        <v>1494</v>
+        <v>1620</v>
       </c>
       <c r="I74" t="s">
-        <v>1495</v>
+        <v>1616</v>
       </c>
       <c r="J74" t="s">
-        <v>988</v>
+        <v>1609</v>
       </c>
       <c r="K74" t="s">
-        <v>30</v>
+        <v>1610</v>
       </c>
       <c r="L74" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M74" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N74" t="s">
-        <v>1496</v>
+        <v>1158</v>
       </c>
       <c r="O74" t="s">
-        <v>1497</v>
+        <v>1539</v>
       </c>
       <c r="P74" t="s">
-        <v>1498</v>
+        <v>1621</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B75" t="s">
-        <v>1499</v>
+        <v>1622</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>1500</v>
+        <v>1623</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>1501</v>
+        <v>1624</v>
       </c>
       <c r="H75" t="s">
-        <v>1502</v>
+        <v>1625</v>
       </c>
       <c r="I75" t="s">
-        <v>1503</v>
+        <v>1626</v>
       </c>
       <c r="J75" t="s">
-        <v>988</v>
+        <v>1609</v>
       </c>
       <c r="K75" t="s">
-        <v>30</v>
+        <v>1610</v>
       </c>
       <c r="L75" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M75" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N75" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O75" t="s">
-        <v>1305</v>
+        <v>1286</v>
       </c>
       <c r="P75" t="s">
-        <v>1504</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B76" t="s">
-        <v>1505</v>
+        <v>1628</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>1500</v>
+        <v>1623</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1506</v>
+        <v>1629</v>
       </c>
       <c r="H76" t="s">
-        <v>1507</v>
+        <v>1630</v>
       </c>
       <c r="I76" t="s">
-        <v>1508</v>
+        <v>1631</v>
       </c>
       <c r="J76" t="s">
-        <v>988</v>
+        <v>1609</v>
       </c>
       <c r="K76" t="s">
-        <v>30</v>
+        <v>1610</v>
       </c>
       <c r="L76" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M76" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N76" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O76" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P76" t="s">
-        <v>1509</v>
+        <v>1632</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B77" t="s">
-        <v>1510</v>
+        <v>1633</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>1511</v>
+        <v>1623</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1512</v>
+        <v>1634</v>
       </c>
       <c r="H77" t="s">
-        <v>1513</v>
+        <v>1635</v>
       </c>
       <c r="I77" t="s">
-        <v>1514</v>
+        <v>1609</v>
       </c>
       <c r="J77" t="s">
-        <v>1061</v>
+        <v>20</v>
       </c>
       <c r="K77" t="s">
-        <v>1062</v>
+        <v>1610</v>
       </c>
       <c r="L77" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M77" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N77" t="s">
-        <v>1012</v>
+        <v>1158</v>
       </c>
       <c r="O77" t="s">
-        <v>1013</v>
+        <v>1159</v>
       </c>
       <c r="P77" t="s">
-        <v>1515</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B78" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1623</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1638</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1639</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1640</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1127</v>
+      </c>
+      <c r="K78" t="s">
+        <v>219</v>
+      </c>
+      <c r="L78" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M78" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N78" t="s">
+        <v>1285</v>
+      </c>
+      <c r="O78" t="s">
         <v>1516</v>
       </c>
-      <c r="C78" t="s">
-[...37 lines deleted...]
-      </c>
       <c r="P78" t="s">
-        <v>1521</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B79" t="s">
-        <v>1522</v>
+        <v>1642</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>1511</v>
+        <v>1643</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>1523</v>
+        <v>1644</v>
       </c>
       <c r="H79" t="s">
-        <v>1524</v>
+        <v>1645</v>
       </c>
       <c r="I79" t="s">
-        <v>1519</v>
+        <v>1646</v>
       </c>
       <c r="J79" t="s">
-        <v>988</v>
+        <v>1499</v>
       </c>
       <c r="K79" t="s">
         <v>30</v>
       </c>
       <c r="L79" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M79" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N79" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
       <c r="O79" t="s">
-        <v>1525</v>
+        <v>1647</v>
       </c>
       <c r="P79" t="s">
-        <v>1526</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B80" t="s">
-        <v>1527</v>
+        <v>1649</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1511</v>
+        <v>1650</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1528</v>
+        <v>1651</v>
       </c>
       <c r="H80" t="s">
-        <v>1529</v>
+        <v>1652</v>
       </c>
       <c r="I80" t="s">
-        <v>1530</v>
+        <v>1653</v>
       </c>
       <c r="J80" t="s">
-        <v>988</v>
+        <v>1166</v>
       </c>
       <c r="K80" t="s">
         <v>30</v>
       </c>
       <c r="L80" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M80" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N80" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O80" t="s">
-        <v>1531</v>
+        <v>1159</v>
       </c>
       <c r="P80" t="s">
-        <v>1532</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B81" t="s">
-        <v>1533</v>
+        <v>1655</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>1534</v>
+        <v>1656</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1535</v>
+        <v>1657</v>
       </c>
       <c r="H81" t="s">
-        <v>1536</v>
+        <v>1658</v>
       </c>
       <c r="I81" t="s">
-        <v>1537</v>
+        <v>1659</v>
       </c>
       <c r="J81" t="s">
-        <v>20</v>
+        <v>1166</v>
       </c>
       <c r="K81" t="s">
-        <v>1538</v>
+        <v>30</v>
       </c>
       <c r="L81" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M81" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N81" t="s">
-        <v>1012</v>
+        <v>1660</v>
       </c>
       <c r="O81" t="s">
-        <v>1013</v>
+        <v>1661</v>
       </c>
       <c r="P81" t="s">
-        <v>1539</v>
+        <v>1662</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B82" t="s">
-        <v>1540</v>
+        <v>1663</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1541</v>
+        <v>1664</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1542</v>
+        <v>1665</v>
       </c>
       <c r="H82" t="s">
-        <v>1543</v>
+        <v>1666</v>
       </c>
       <c r="I82" t="s">
-        <v>1544</v>
+        <v>1667</v>
       </c>
       <c r="J82" t="s">
-        <v>1545</v>
+        <v>1166</v>
       </c>
       <c r="K82" t="s">
-        <v>1546</v>
+        <v>30</v>
       </c>
       <c r="L82" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M82" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N82" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O82" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P82" t="s">
-        <v>1547</v>
+        <v>1668</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B83" t="s">
-        <v>1548</v>
+        <v>1669</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1549</v>
+        <v>1664</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1550</v>
+        <v>1670</v>
       </c>
       <c r="H83" t="s">
-        <v>1551</v>
+        <v>1671</v>
       </c>
       <c r="I83" t="s">
-        <v>1552</v>
+        <v>1672</v>
       </c>
       <c r="J83" t="s">
-        <v>20</v>
+        <v>1166</v>
       </c>
       <c r="K83" t="s">
-        <v>1553</v>
+        <v>30</v>
       </c>
       <c r="L83" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M83" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N83" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O83" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P83" t="s">
-        <v>1554</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B84" t="s">
-        <v>1555</v>
+        <v>1674</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1549</v>
+        <v>1675</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1556</v>
+        <v>1676</v>
       </c>
       <c r="H84" t="s">
-        <v>1557</v>
+        <v>1677</v>
       </c>
       <c r="I84" t="s">
-        <v>1552</v>
+        <v>1678</v>
       </c>
       <c r="J84" t="s">
-        <v>20</v>
+        <v>1233</v>
       </c>
       <c r="K84" t="s">
-        <v>1553</v>
+        <v>1234</v>
       </c>
       <c r="L84" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M84" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N84" t="s">
-        <v>1002</v>
+        <v>1186</v>
       </c>
       <c r="O84" t="s">
-        <v>1213</v>
+        <v>1187</v>
       </c>
       <c r="P84" t="s">
-        <v>1558</v>
+        <v>1679</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B85" t="s">
-        <v>1559</v>
+        <v>1680</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
-        <v>1560</v>
+        <v>1675</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
-        <v>1561</v>
+        <v>1681</v>
       </c>
       <c r="H85" t="s">
-        <v>1562</v>
+        <v>1682</v>
       </c>
       <c r="I85" t="s">
-        <v>1563</v>
+        <v>1683</v>
       </c>
       <c r="J85" t="s">
-        <v>1564</v>
+        <v>1166</v>
       </c>
       <c r="K85" t="s">
-        <v>1565</v>
+        <v>30</v>
       </c>
       <c r="L85" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M85" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N85" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O85" t="s">
-        <v>1038</v>
+        <v>1684</v>
       </c>
       <c r="P85" t="s">
-        <v>1566</v>
+        <v>1685</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B86" t="s">
-        <v>1567</v>
+        <v>1686</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1568</v>
+        <v>1675</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1569</v>
+        <v>1687</v>
       </c>
       <c r="H86" t="s">
-        <v>1570</v>
+        <v>1688</v>
       </c>
       <c r="I86" t="s">
-        <v>1571</v>
+        <v>1683</v>
       </c>
       <c r="J86" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="K86" t="s">
-        <v>1163</v>
+        <v>30</v>
       </c>
       <c r="L86" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M86" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N86" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O86" t="s">
-        <v>1572</v>
+        <v>1689</v>
       </c>
       <c r="P86" t="s">
-        <v>1573</v>
+        <v>1690</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B87" t="s">
-        <v>1574</v>
+        <v>1691</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1568</v>
+        <v>1675</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1575</v>
+        <v>1692</v>
       </c>
       <c r="H87" t="s">
-        <v>1576</v>
+        <v>1693</v>
       </c>
       <c r="I87" t="s">
-        <v>1571</v>
+        <v>1694</v>
       </c>
       <c r="J87" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="K87" t="s">
-        <v>1163</v>
+        <v>30</v>
       </c>
       <c r="L87" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M87" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N87" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O87" t="s">
-        <v>1038</v>
+        <v>1695</v>
       </c>
       <c r="P87" t="s">
-        <v>1577</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B88" t="s">
-        <v>1578</v>
+        <v>1697</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1579</v>
+        <v>1698</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1580</v>
+        <v>1699</v>
       </c>
       <c r="H88" t="s">
-        <v>1581</v>
+        <v>1700</v>
       </c>
       <c r="I88" t="s">
-        <v>1552</v>
+        <v>1701</v>
       </c>
       <c r="J88" t="s">
         <v>20</v>
       </c>
       <c r="K88" t="s">
-        <v>1553</v>
+        <v>1702</v>
       </c>
       <c r="L88" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M88" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N88" t="s">
-        <v>1002</v>
+        <v>1186</v>
       </c>
       <c r="O88" t="s">
-        <v>1374</v>
+        <v>1187</v>
       </c>
       <c r="P88" t="s">
-        <v>1582</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B89" t="s">
-        <v>1583</v>
+        <v>1704</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1584</v>
+        <v>1705</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1585</v>
+        <v>1706</v>
       </c>
       <c r="H89" t="s">
-        <v>1586</v>
+        <v>1707</v>
       </c>
       <c r="I89" t="s">
-        <v>1587</v>
+        <v>1708</v>
       </c>
       <c r="J89" t="s">
-        <v>1588</v>
+        <v>1709</v>
       </c>
       <c r="K89" t="s">
-        <v>1589</v>
+        <v>1710</v>
       </c>
       <c r="L89" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M89" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N89" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O89" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P89" t="s">
-        <v>1590</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B90" t="s">
-        <v>1591</v>
+        <v>1712</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1592</v>
+        <v>1713</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1593</v>
+        <v>1714</v>
       </c>
       <c r="H90" t="s">
-        <v>1594</v>
+        <v>1715</v>
       </c>
       <c r="I90" t="s">
-        <v>1595</v>
+        <v>1716</v>
       </c>
       <c r="J90" t="s">
-        <v>1388</v>
+        <v>20</v>
       </c>
       <c r="K90" t="s">
-        <v>1148</v>
+        <v>1717</v>
       </c>
       <c r="L90" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M90" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N90" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O90" t="s">
-        <v>1038</v>
+        <v>1196</v>
       </c>
       <c r="P90" t="s">
-        <v>1596</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B91" t="s">
-        <v>1597</v>
+        <v>1719</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1598</v>
+        <v>1713</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1599</v>
+        <v>1720</v>
       </c>
       <c r="H91" t="s">
-        <v>1600</v>
+        <v>1721</v>
       </c>
       <c r="I91" t="s">
-        <v>1601</v>
+        <v>1716</v>
       </c>
       <c r="J91" t="s">
-        <v>1388</v>
+        <v>20</v>
       </c>
       <c r="K91" t="s">
-        <v>1148</v>
+        <v>1717</v>
       </c>
       <c r="L91" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M91" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N91" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O91" t="s">
-        <v>1602</v>
+        <v>1383</v>
       </c>
       <c r="P91" t="s">
-        <v>1603</v>
+        <v>1722</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B92" t="s">
-        <v>1604</v>
+        <v>1723</v>
       </c>
       <c r="C92" t="s">
         <v>20</v>
       </c>
       <c r="D92" t="s">
         <v>20</v>
       </c>
       <c r="E92" t="s">
-        <v>1605</v>
+        <v>1724</v>
       </c>
       <c r="F92" t="s">
         <v>20</v>
       </c>
       <c r="G92" t="s">
-        <v>1606</v>
+        <v>1725</v>
       </c>
       <c r="H92" t="s">
-        <v>1607</v>
+        <v>1726</v>
       </c>
       <c r="I92" t="s">
-        <v>1608</v>
+        <v>1727</v>
       </c>
       <c r="J92" t="s">
-        <v>1609</v>
+        <v>1728</v>
       </c>
       <c r="K92" t="s">
-        <v>50</v>
+        <v>1729</v>
       </c>
       <c r="L92" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M92" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N92" t="s">
-        <v>1279</v>
+        <v>1109</v>
       </c>
       <c r="O92" t="s">
-        <v>1280</v>
+        <v>1110</v>
       </c>
       <c r="P92" t="s">
-        <v>1610</v>
+        <v>1730</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B93" t="s">
-        <v>1611</v>
+        <v>1731</v>
       </c>
       <c r="C93" t="s">
         <v>20</v>
       </c>
       <c r="D93" t="s">
         <v>20</v>
       </c>
       <c r="E93" t="s">
-        <v>1605</v>
+        <v>1732</v>
       </c>
       <c r="F93" t="s">
         <v>20</v>
       </c>
       <c r="G93" t="s">
-        <v>1612</v>
+        <v>1733</v>
       </c>
       <c r="H93" t="s">
-        <v>1613</v>
+        <v>1734</v>
       </c>
       <c r="I93" t="s">
-        <v>1614</v>
+        <v>1735</v>
       </c>
       <c r="J93" t="s">
-        <v>1615</v>
+        <v>1332</v>
       </c>
       <c r="K93" t="s">
-        <v>1616</v>
+        <v>1333</v>
       </c>
       <c r="L93" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M93" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N93" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O93" t="s">
-        <v>1038</v>
+        <v>1736</v>
       </c>
       <c r="P93" t="s">
-        <v>1617</v>
+        <v>1737</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B94" t="s">
-        <v>1618</v>
+        <v>1738</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
-        <v>1605</v>
+        <v>1732</v>
       </c>
       <c r="F94" t="s">
         <v>20</v>
       </c>
       <c r="G94" t="s">
-        <v>1619</v>
+        <v>1739</v>
       </c>
       <c r="H94" t="s">
-        <v>1620</v>
+        <v>1740</v>
       </c>
       <c r="I94" t="s">
-        <v>1621</v>
+        <v>1735</v>
       </c>
       <c r="J94" t="s">
-        <v>1053</v>
+        <v>1332</v>
       </c>
       <c r="K94" t="s">
-        <v>1054</v>
+        <v>1333</v>
       </c>
       <c r="L94" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M94" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N94" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O94" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P94" t="s">
-        <v>1622</v>
+        <v>1741</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B95" t="s">
-        <v>1623</v>
+        <v>1742</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1605</v>
+        <v>1743</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1624</v>
+        <v>1744</v>
       </c>
       <c r="H95" t="s">
-        <v>1625</v>
+        <v>1745</v>
       </c>
       <c r="I95" t="s">
-        <v>1626</v>
+        <v>1716</v>
       </c>
       <c r="J95" t="s">
-        <v>1627</v>
+        <v>20</v>
       </c>
       <c r="K95" t="s">
-        <v>1628</v>
+        <v>1717</v>
       </c>
       <c r="L95" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M95" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N95" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O95" t="s">
-        <v>1038</v>
+        <v>1539</v>
       </c>
       <c r="P95" t="s">
-        <v>1629</v>
+        <v>1746</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B96" t="s">
-        <v>1630</v>
+        <v>1747</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1631</v>
+        <v>1748</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1632</v>
+        <v>1749</v>
       </c>
       <c r="H96" t="s">
-        <v>1633</v>
+        <v>1750</v>
       </c>
       <c r="I96" t="s">
-        <v>1634</v>
+        <v>1751</v>
       </c>
       <c r="J96" t="s">
-        <v>1635</v>
+        <v>1752</v>
       </c>
       <c r="K96" t="s">
-        <v>1636</v>
+        <v>1753</v>
       </c>
       <c r="L96" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M96" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N96" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O96" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P96" t="s">
-        <v>1637</v>
+        <v>1754</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B97" t="s">
-        <v>1638</v>
+        <v>1755</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1639</v>
+        <v>1756</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1640</v>
+        <v>1757</v>
       </c>
       <c r="H97" t="s">
-        <v>1641</v>
+        <v>1758</v>
       </c>
       <c r="I97" t="s">
-        <v>1642</v>
+        <v>1759</v>
       </c>
       <c r="J97" t="s">
-        <v>1068</v>
+        <v>1553</v>
       </c>
       <c r="K97" t="s">
-        <v>1069</v>
+        <v>1319</v>
       </c>
       <c r="L97" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M97" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N97" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O97" t="s">
-        <v>1351</v>
+        <v>1110</v>
       </c>
       <c r="P97" t="s">
-        <v>1643</v>
+        <v>1760</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B98" t="s">
-        <v>1644</v>
+        <v>1761</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1645</v>
+        <v>1762</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1646</v>
+        <v>1763</v>
       </c>
       <c r="H98" t="s">
-        <v>1647</v>
+        <v>1764</v>
       </c>
       <c r="I98" t="s">
-        <v>1648</v>
+        <v>1765</v>
       </c>
       <c r="J98" t="s">
-        <v>1649</v>
+        <v>1553</v>
       </c>
       <c r="K98" t="s">
-        <v>621</v>
+        <v>1319</v>
       </c>
       <c r="L98" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M98" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N98" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O98" t="s">
-        <v>1003</v>
+        <v>1766</v>
       </c>
       <c r="P98" t="s">
-        <v>1650</v>
+        <v>1767</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B99" t="s">
-        <v>1651</v>
+        <v>1768</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1645</v>
+        <v>1769</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1652</v>
+        <v>1770</v>
       </c>
       <c r="H99" t="s">
-        <v>1653</v>
+        <v>1771</v>
       </c>
       <c r="I99" t="s">
-        <v>1654</v>
+        <v>1772</v>
       </c>
       <c r="J99" t="s">
-        <v>1649</v>
+        <v>1773</v>
       </c>
       <c r="K99" t="s">
-        <v>621</v>
+        <v>208</v>
       </c>
       <c r="L99" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M99" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N99" t="s">
-        <v>1002</v>
+        <v>1449</v>
       </c>
       <c r="O99" t="s">
-        <v>1447</v>
+        <v>1450</v>
       </c>
       <c r="P99" t="s">
-        <v>1655</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B100" t="s">
-        <v>1656</v>
+        <v>1775</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1645</v>
+        <v>1769</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1657</v>
+        <v>1776</v>
       </c>
       <c r="H100" t="s">
-        <v>1658</v>
+        <v>1777</v>
       </c>
       <c r="I100" t="s">
-        <v>1659</v>
+        <v>1778</v>
       </c>
       <c r="J100" t="s">
-        <v>1068</v>
+        <v>1779</v>
       </c>
       <c r="K100" t="s">
-        <v>1069</v>
+        <v>1780</v>
       </c>
       <c r="L100" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M100" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N100" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O100" t="s">
-        <v>1382</v>
+        <v>1110</v>
       </c>
       <c r="P100" t="s">
-        <v>1660</v>
+        <v>1781</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B101" t="s">
-        <v>1661</v>
+        <v>1782</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1645</v>
+        <v>1769</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1662</v>
+        <v>1783</v>
       </c>
       <c r="H101" t="s">
-        <v>1663</v>
+        <v>1784</v>
       </c>
       <c r="I101" t="s">
-        <v>1664</v>
+        <v>1785</v>
       </c>
       <c r="J101" t="s">
-        <v>1649</v>
+        <v>1225</v>
       </c>
       <c r="K101" t="s">
-        <v>621</v>
+        <v>1226</v>
       </c>
       <c r="L101" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M101" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N101" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O101" t="s">
-        <v>1382</v>
+        <v>1110</v>
       </c>
       <c r="P101" t="s">
-        <v>1665</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B102" t="s">
-        <v>1666</v>
+        <v>1787</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1645</v>
+        <v>1769</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1667</v>
+        <v>1788</v>
       </c>
       <c r="H102" t="s">
-        <v>1668</v>
+        <v>1789</v>
       </c>
       <c r="I102" t="s">
-        <v>1669</v>
+        <v>1790</v>
       </c>
       <c r="J102" t="s">
-        <v>1649</v>
+        <v>1791</v>
       </c>
       <c r="K102" t="s">
-        <v>621</v>
+        <v>1792</v>
       </c>
       <c r="L102" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M102" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N102" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O102" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P102" t="s">
-        <v>1670</v>
+        <v>1793</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B103" t="s">
-        <v>1671</v>
+        <v>1794</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1645</v>
+        <v>1795</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1672</v>
+        <v>1796</v>
       </c>
       <c r="H103" t="s">
-        <v>1673</v>
+        <v>1797</v>
       </c>
       <c r="I103" t="s">
-        <v>1674</v>
+        <v>1798</v>
       </c>
       <c r="J103" t="s">
-        <v>1649</v>
+        <v>1799</v>
       </c>
       <c r="K103" t="s">
-        <v>621</v>
+        <v>1800</v>
       </c>
       <c r="L103" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M103" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N103" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O103" t="s">
-        <v>1299</v>
+        <v>1110</v>
       </c>
       <c r="P103" t="s">
-        <v>1675</v>
+        <v>1801</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B104" t="s">
-        <v>1676</v>
+        <v>1802</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1677</v>
+        <v>1803</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1678</v>
+        <v>1804</v>
       </c>
       <c r="H104" t="s">
-        <v>1679</v>
+        <v>1805</v>
       </c>
       <c r="I104" t="s">
-        <v>1338</v>
+        <v>1806</v>
       </c>
       <c r="J104" t="s">
-        <v>1155</v>
+        <v>1240</v>
       </c>
       <c r="K104" t="s">
-        <v>61</v>
+        <v>1241</v>
       </c>
       <c r="L104" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M104" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N104" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O104" t="s">
-        <v>1305</v>
+        <v>1516</v>
       </c>
       <c r="P104" t="s">
-        <v>1680</v>
+        <v>1807</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B105" t="s">
-        <v>1681</v>
+        <v>1808</v>
       </c>
       <c r="C105" t="s">
         <v>20</v>
       </c>
       <c r="D105" t="s">
         <v>20</v>
       </c>
       <c r="E105" t="s">
-        <v>1677</v>
+        <v>1809</v>
       </c>
       <c r="F105" t="s">
         <v>20</v>
       </c>
       <c r="G105" t="s">
-        <v>1682</v>
+        <v>1810</v>
       </c>
       <c r="H105" t="s">
-        <v>1683</v>
+        <v>1811</v>
       </c>
       <c r="I105" t="s">
-        <v>1684</v>
+        <v>1812</v>
       </c>
       <c r="J105" t="s">
-        <v>1685</v>
+        <v>1117</v>
       </c>
       <c r="K105" t="s">
-        <v>1686</v>
+        <v>750</v>
       </c>
       <c r="L105" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M105" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N105" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O105" t="s">
-        <v>1305</v>
+        <v>1177</v>
       </c>
       <c r="P105" t="s">
-        <v>1687</v>
+        <v>1813</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B106" t="s">
-        <v>1688</v>
+        <v>1814</v>
       </c>
       <c r="C106" t="s">
         <v>20</v>
       </c>
       <c r="D106" t="s">
         <v>20</v>
       </c>
       <c r="E106" t="s">
-        <v>1677</v>
+        <v>1809</v>
       </c>
       <c r="F106" t="s">
         <v>20</v>
       </c>
       <c r="G106" t="s">
-        <v>1689</v>
+        <v>1815</v>
       </c>
       <c r="H106" t="s">
-        <v>1690</v>
+        <v>1816</v>
       </c>
       <c r="I106" t="s">
-        <v>1343</v>
+        <v>1817</v>
       </c>
       <c r="J106" t="s">
-        <v>1121</v>
+        <v>1117</v>
       </c>
       <c r="K106" t="s">
-        <v>30</v>
+        <v>750</v>
       </c>
       <c r="L106" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M106" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N106" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O106" t="s">
-        <v>1305</v>
+        <v>1611</v>
       </c>
       <c r="P106" t="s">
-        <v>1691</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B107" t="s">
-        <v>1692</v>
+        <v>1819</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
-        <v>1693</v>
+        <v>1809</v>
       </c>
       <c r="F107" t="s">
         <v>20</v>
       </c>
       <c r="G107" t="s">
-        <v>1694</v>
+        <v>1820</v>
       </c>
       <c r="H107" t="s">
-        <v>1695</v>
+        <v>1821</v>
       </c>
       <c r="I107" t="s">
-        <v>1696</v>
+        <v>1822</v>
       </c>
       <c r="J107" t="s">
-        <v>1697</v>
+        <v>1240</v>
       </c>
       <c r="K107" t="s">
-        <v>1698</v>
+        <v>1241</v>
       </c>
       <c r="L107" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M107" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N107" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O107" t="s">
-        <v>1374</v>
+        <v>1547</v>
       </c>
       <c r="P107" t="s">
-        <v>1699</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B108" t="s">
-        <v>1700</v>
+        <v>1824</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1701</v>
+        <v>1809</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1702</v>
+        <v>1825</v>
       </c>
       <c r="H108" t="s">
-        <v>1703</v>
+        <v>1826</v>
       </c>
       <c r="I108" t="s">
-        <v>1704</v>
+        <v>1827</v>
       </c>
       <c r="J108" t="s">
-        <v>1705</v>
+        <v>1117</v>
       </c>
       <c r="K108" t="s">
-        <v>1706</v>
+        <v>750</v>
       </c>
       <c r="L108" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M108" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N108" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O108" t="s">
-        <v>1038</v>
+        <v>1547</v>
       </c>
       <c r="P108" t="s">
-        <v>1707</v>
+        <v>1828</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B109" t="s">
-        <v>1708</v>
+        <v>1829</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
-        <v>1701</v>
+        <v>1809</v>
       </c>
       <c r="F109" t="s">
         <v>20</v>
       </c>
       <c r="G109" t="s">
-        <v>1709</v>
+        <v>1830</v>
       </c>
       <c r="H109" t="s">
-        <v>1710</v>
+        <v>1831</v>
       </c>
       <c r="I109" t="s">
-        <v>1711</v>
+        <v>1832</v>
       </c>
       <c r="J109" t="s">
-        <v>1211</v>
+        <v>1117</v>
       </c>
       <c r="K109" t="s">
-        <v>1212</v>
+        <v>750</v>
       </c>
       <c r="L109" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M109" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N109" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O109" t="s">
-        <v>1038</v>
+        <v>1196</v>
       </c>
       <c r="P109" t="s">
-        <v>1712</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B110" t="s">
-        <v>1713</v>
+        <v>1834</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1714</v>
+        <v>1809</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1715</v>
+        <v>1835</v>
       </c>
       <c r="H110" t="s">
-        <v>1716</v>
+        <v>1836</v>
       </c>
       <c r="I110" t="s">
-        <v>1717</v>
+        <v>1837</v>
       </c>
       <c r="J110" t="s">
-        <v>1718</v>
+        <v>1117</v>
       </c>
       <c r="K110" t="s">
-        <v>50</v>
+        <v>750</v>
       </c>
       <c r="L110" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M110" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N110" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O110" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P110" t="s">
-        <v>1719</v>
+        <v>1838</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B111" t="s">
-        <v>1720</v>
+        <v>1839</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1714</v>
+        <v>1840</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1721</v>
+        <v>1841</v>
       </c>
       <c r="H111" t="s">
-        <v>1722</v>
+        <v>1842</v>
       </c>
       <c r="I111" t="s">
-        <v>1723</v>
+        <v>1505</v>
       </c>
       <c r="J111" t="s">
-        <v>1718</v>
+        <v>1127</v>
       </c>
       <c r="K111" t="s">
-        <v>50</v>
+        <v>219</v>
       </c>
       <c r="L111" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M111" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N111" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O111" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P111" t="s">
-        <v>1724</v>
+        <v>1843</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B112" t="s">
-        <v>1725</v>
+        <v>1844</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1714</v>
+        <v>1840</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1726</v>
+        <v>1845</v>
       </c>
       <c r="H112" t="s">
-        <v>1727</v>
+        <v>1846</v>
       </c>
       <c r="I112" t="s">
-        <v>1608</v>
+        <v>1847</v>
       </c>
       <c r="J112" t="s">
-        <v>1609</v>
+        <v>1105</v>
       </c>
       <c r="K112" t="s">
-        <v>50</v>
+        <v>1106</v>
       </c>
       <c r="L112" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M112" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N112" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O112" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P112" t="s">
-        <v>1728</v>
+        <v>1848</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B113" t="s">
-        <v>1729</v>
+        <v>1849</v>
       </c>
       <c r="C113" t="s">
         <v>20</v>
       </c>
       <c r="D113" t="s">
         <v>20</v>
       </c>
       <c r="E113" t="s">
-        <v>1730</v>
+        <v>1840</v>
       </c>
       <c r="F113" t="s">
         <v>20</v>
       </c>
       <c r="G113" t="s">
-        <v>1731</v>
+        <v>1850</v>
       </c>
       <c r="H113" t="s">
-        <v>1732</v>
+        <v>1851</v>
       </c>
       <c r="I113" t="s">
-        <v>1733</v>
+        <v>1510</v>
       </c>
       <c r="J113" t="s">
-        <v>988</v>
+        <v>1140</v>
       </c>
       <c r="K113" t="s">
         <v>30</v>
       </c>
       <c r="L113" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M113" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N113" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O113" t="s">
-        <v>1003</v>
+        <v>1474</v>
       </c>
       <c r="P113" t="s">
-        <v>1734</v>
+        <v>1852</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B114" t="s">
-        <v>1735</v>
+        <v>1853</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
-        <v>1736</v>
+        <v>1854</v>
       </c>
       <c r="F114" t="s">
         <v>20</v>
       </c>
       <c r="G114" t="s">
-        <v>1737</v>
+        <v>1855</v>
       </c>
       <c r="H114" t="s">
-        <v>1738</v>
+        <v>1856</v>
       </c>
       <c r="I114" t="s">
-        <v>1739</v>
+        <v>1857</v>
       </c>
       <c r="J114" t="s">
-        <v>1425</v>
+        <v>1858</v>
       </c>
       <c r="K114" t="s">
-        <v>71</v>
+        <v>1859</v>
       </c>
       <c r="L114" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M114" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N114" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O114" t="s">
-        <v>1351</v>
+        <v>1539</v>
       </c>
       <c r="P114" t="s">
-        <v>1740</v>
+        <v>1860</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B115" t="s">
-        <v>1741</v>
+        <v>1861</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1742</v>
+        <v>1862</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1743</v>
+        <v>1863</v>
       </c>
       <c r="H115" t="s">
-        <v>1744</v>
+        <v>1864</v>
       </c>
       <c r="I115" t="s">
-        <v>1745</v>
+        <v>1865</v>
       </c>
       <c r="J115" t="s">
-        <v>1445</v>
+        <v>1866</v>
       </c>
       <c r="K115" t="s">
-        <v>1446</v>
+        <v>1867</v>
       </c>
       <c r="L115" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M115" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N115" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O115" t="s">
-        <v>1003</v>
+        <v>1110</v>
       </c>
       <c r="P115" t="s">
-        <v>1746</v>
+        <v>1868</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B116" t="s">
-        <v>1747</v>
+        <v>1869</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1748</v>
+        <v>1862</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1749</v>
+        <v>1870</v>
       </c>
       <c r="H116" t="s">
-        <v>1750</v>
+        <v>1871</v>
       </c>
       <c r="I116" t="s">
-        <v>1751</v>
+        <v>1872</v>
       </c>
       <c r="J116" t="s">
-        <v>1121</v>
+        <v>1381</v>
       </c>
       <c r="K116" t="s">
-        <v>30</v>
+        <v>1382</v>
       </c>
       <c r="L116" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M116" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N116" t="s">
-        <v>1012</v>
+        <v>1109</v>
       </c>
       <c r="O116" t="s">
-        <v>1752</v>
+        <v>1110</v>
       </c>
       <c r="P116" t="s">
-        <v>1753</v>
+        <v>1873</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B117" t="s">
-        <v>1754</v>
+        <v>1874</v>
       </c>
       <c r="C117" t="s">
         <v>20</v>
       </c>
       <c r="D117" t="s">
         <v>20</v>
       </c>
       <c r="E117" t="s">
-        <v>1755</v>
+        <v>1875</v>
       </c>
       <c r="F117" t="s">
         <v>20</v>
       </c>
       <c r="G117" t="s">
-        <v>1756</v>
+        <v>1876</v>
       </c>
       <c r="H117" t="s">
-        <v>1757</v>
+        <v>1877</v>
       </c>
       <c r="I117" t="s">
-        <v>1758</v>
+        <v>1878</v>
       </c>
       <c r="J117" t="s">
-        <v>1068</v>
+        <v>1879</v>
       </c>
       <c r="K117" t="s">
-        <v>1069</v>
+        <v>208</v>
       </c>
       <c r="L117" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M117" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N117" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O117" t="s">
-        <v>1382</v>
+        <v>1110</v>
       </c>
       <c r="P117" t="s">
-        <v>1759</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B118" t="s">
-        <v>1760</v>
+        <v>1881</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
-        <v>1755</v>
+        <v>1875</v>
       </c>
       <c r="F118" t="s">
         <v>20</v>
       </c>
       <c r="G118" t="s">
-        <v>1761</v>
+        <v>1882</v>
       </c>
       <c r="H118" t="s">
-        <v>1762</v>
+        <v>1883</v>
       </c>
       <c r="I118" t="s">
-        <v>1758</v>
+        <v>1884</v>
       </c>
       <c r="J118" t="s">
-        <v>1068</v>
+        <v>1879</v>
       </c>
       <c r="K118" t="s">
-        <v>1069</v>
+        <v>208</v>
       </c>
       <c r="L118" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M118" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N118" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O118" t="s">
-        <v>1763</v>
+        <v>1110</v>
       </c>
       <c r="P118" t="s">
-        <v>1764</v>
+        <v>1885</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B119" t="s">
-        <v>1765</v>
+        <v>1886</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1766</v>
+        <v>1875</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1767</v>
+        <v>1887</v>
       </c>
       <c r="H119" t="s">
-        <v>1768</v>
+        <v>1888</v>
       </c>
       <c r="I119" t="s">
-        <v>1769</v>
+        <v>1772</v>
       </c>
       <c r="J119" t="s">
-        <v>1068</v>
+        <v>1773</v>
       </c>
       <c r="K119" t="s">
-        <v>1069</v>
+        <v>208</v>
       </c>
       <c r="L119" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M119" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N119" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O119" t="s">
-        <v>1763</v>
+        <v>1110</v>
       </c>
       <c r="P119" t="s">
-        <v>1770</v>
+        <v>1889</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B120" t="s">
-        <v>1771</v>
+        <v>1890</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
-        <v>1772</v>
+        <v>1891</v>
       </c>
       <c r="F120" t="s">
         <v>20</v>
       </c>
       <c r="G120" t="s">
-        <v>1773</v>
+        <v>1892</v>
       </c>
       <c r="H120" t="s">
-        <v>1774</v>
+        <v>1893</v>
       </c>
       <c r="I120" t="s">
-        <v>1775</v>
+        <v>1894</v>
       </c>
       <c r="J120" t="s">
-        <v>1381</v>
+        <v>1166</v>
       </c>
       <c r="K120" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L120" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M120" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N120" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O120" t="s">
-        <v>1305</v>
+        <v>1177</v>
       </c>
       <c r="P120" t="s">
-        <v>1776</v>
+        <v>1895</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B121" t="s">
-        <v>1777</v>
+        <v>1896</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1772</v>
+        <v>1897</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1778</v>
+        <v>1898</v>
       </c>
       <c r="H121" t="s">
-        <v>1779</v>
+        <v>1899</v>
       </c>
       <c r="I121" t="s">
-        <v>1780</v>
+        <v>1900</v>
       </c>
       <c r="J121" t="s">
-        <v>1781</v>
+        <v>1133</v>
       </c>
       <c r="K121" t="s">
-        <v>1782</v>
+        <v>40</v>
       </c>
       <c r="L121" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M121" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N121" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O121" t="s">
-        <v>1374</v>
+        <v>1516</v>
       </c>
       <c r="P121" t="s">
-        <v>1783</v>
+        <v>1901</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B122" t="s">
-        <v>1784</v>
+        <v>1902</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1772</v>
+        <v>1903</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1785</v>
+        <v>1904</v>
       </c>
       <c r="H122" t="s">
-        <v>1786</v>
+        <v>1905</v>
       </c>
       <c r="I122" t="s">
-        <v>1787</v>
+        <v>1906</v>
       </c>
       <c r="J122" t="s">
-        <v>1788</v>
+        <v>1609</v>
       </c>
       <c r="K122" t="s">
-        <v>1789</v>
+        <v>1610</v>
       </c>
       <c r="L122" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M122" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N122" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O122" t="s">
-        <v>1572</v>
+        <v>1177</v>
       </c>
       <c r="P122" t="s">
-        <v>1790</v>
+        <v>1907</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B123" t="s">
-        <v>1791</v>
+        <v>1908</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1792</v>
+        <v>1909</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1793</v>
+        <v>1910</v>
       </c>
       <c r="H123" t="s">
-        <v>1794</v>
+        <v>1911</v>
       </c>
       <c r="I123" t="s">
-        <v>1090</v>
+        <v>1912</v>
       </c>
       <c r="J123" t="s">
-        <v>1795</v>
+        <v>1140</v>
       </c>
       <c r="K123" t="s">
-        <v>1092</v>
+        <v>30</v>
       </c>
       <c r="L123" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M123" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N123" t="s">
-        <v>1002</v>
+        <v>1186</v>
       </c>
       <c r="O123" t="s">
-        <v>1213</v>
+        <v>1913</v>
       </c>
       <c r="P123" t="s">
-        <v>1796</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B124" t="s">
-        <v>1797</v>
+        <v>1915</v>
       </c>
       <c r="C124" t="s">
         <v>20</v>
       </c>
       <c r="D124" t="s">
         <v>20</v>
       </c>
       <c r="E124" t="s">
-        <v>1792</v>
+        <v>1916</v>
       </c>
       <c r="F124" t="s">
         <v>20</v>
       </c>
       <c r="G124" t="s">
-        <v>1798</v>
+        <v>1917</v>
       </c>
       <c r="H124" t="s">
-        <v>1799</v>
+        <v>1918</v>
       </c>
       <c r="I124" t="s">
-        <v>1090</v>
+        <v>1919</v>
       </c>
       <c r="J124" t="s">
-        <v>1795</v>
+        <v>1240</v>
       </c>
       <c r="K124" t="s">
-        <v>1092</v>
+        <v>1241</v>
       </c>
       <c r="L124" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M124" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N124" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O124" t="s">
-        <v>1572</v>
+        <v>1547</v>
       </c>
       <c r="P124" t="s">
-        <v>1800</v>
+        <v>1920</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B125" t="s">
-        <v>1801</v>
+        <v>1921</v>
       </c>
       <c r="C125" t="s">
         <v>20</v>
       </c>
       <c r="D125" t="s">
         <v>20</v>
       </c>
       <c r="E125" t="s">
-        <v>1802</v>
+        <v>1916</v>
       </c>
       <c r="F125" t="s">
         <v>20</v>
       </c>
       <c r="G125" t="s">
-        <v>1803</v>
+        <v>1922</v>
       </c>
       <c r="H125" t="s">
-        <v>1804</v>
+        <v>1923</v>
       </c>
       <c r="I125" t="s">
-        <v>1805</v>
+        <v>1919</v>
       </c>
       <c r="J125" t="s">
-        <v>1806</v>
+        <v>1240</v>
       </c>
       <c r="K125" t="s">
-        <v>1807</v>
+        <v>1241</v>
       </c>
       <c r="L125" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M125" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N125" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O125" t="s">
-        <v>1572</v>
+        <v>1924</v>
       </c>
       <c r="P125" t="s">
-        <v>1808</v>
+        <v>1925</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B126" t="s">
-        <v>1809</v>
+        <v>1926</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1810</v>
+        <v>1927</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1811</v>
+        <v>1928</v>
       </c>
       <c r="H126" t="s">
-        <v>1812</v>
+        <v>1929</v>
       </c>
       <c r="I126" t="s">
-        <v>1813</v>
+        <v>1930</v>
       </c>
       <c r="J126" t="s">
-        <v>1020</v>
+        <v>1240</v>
       </c>
       <c r="K126" t="s">
-        <v>1021</v>
+        <v>1241</v>
       </c>
       <c r="L126" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M126" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N126" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O126" t="s">
-        <v>1038</v>
+        <v>1924</v>
       </c>
       <c r="P126" t="s">
-        <v>1814</v>
+        <v>1931</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B127" t="s">
-        <v>1815</v>
+        <v>1932</v>
       </c>
       <c r="C127" t="s">
         <v>20</v>
       </c>
       <c r="D127" t="s">
         <v>20</v>
       </c>
       <c r="E127" t="s">
-        <v>1816</v>
+        <v>1933</v>
       </c>
       <c r="F127" t="s">
         <v>20</v>
       </c>
       <c r="G127" t="s">
-        <v>1817</v>
+        <v>1934</v>
       </c>
       <c r="H127" t="s">
-        <v>1818</v>
+        <v>1935</v>
       </c>
       <c r="I127" t="s">
-        <v>1819</v>
+        <v>1936</v>
       </c>
       <c r="J127" t="s">
-        <v>1649</v>
+        <v>1546</v>
       </c>
       <c r="K127" t="s">
-        <v>621</v>
+        <v>1319</v>
       </c>
       <c r="L127" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M127" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N127" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O127" t="s">
-        <v>1114</v>
+        <v>1474</v>
       </c>
       <c r="P127" t="s">
-        <v>1820</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B128" t="s">
-        <v>1821</v>
+        <v>1938</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
-        <v>1816</v>
+        <v>1933</v>
       </c>
       <c r="F128" t="s">
         <v>20</v>
       </c>
       <c r="G128" t="s">
-        <v>1822</v>
+        <v>1939</v>
       </c>
       <c r="H128" t="s">
-        <v>1823</v>
+        <v>1940</v>
       </c>
       <c r="I128" t="s">
-        <v>1824</v>
+        <v>1941</v>
       </c>
       <c r="J128" t="s">
-        <v>1649</v>
+        <v>1942</v>
       </c>
       <c r="K128" t="s">
-        <v>621</v>
+        <v>1943</v>
       </c>
       <c r="L128" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M128" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N128" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O128" t="s">
-        <v>1305</v>
+        <v>1539</v>
       </c>
       <c r="P128" t="s">
-        <v>1825</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B129" t="s">
-        <v>1826</v>
+        <v>1945</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1827</v>
+        <v>1933</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1828</v>
+        <v>1946</v>
       </c>
       <c r="H129" t="s">
-        <v>1829</v>
+        <v>1947</v>
       </c>
       <c r="I129" t="s">
-        <v>1830</v>
+        <v>1948</v>
       </c>
       <c r="J129" t="s">
-        <v>1831</v>
+        <v>1949</v>
       </c>
       <c r="K129" t="s">
-        <v>1832</v>
+        <v>1950</v>
       </c>
       <c r="L129" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M129" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N129" t="s">
-        <v>1012</v>
+        <v>1158</v>
       </c>
       <c r="O129" t="s">
-        <v>1013</v>
+        <v>1736</v>
       </c>
       <c r="P129" t="s">
-        <v>1833</v>
+        <v>1951</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B130" t="s">
-        <v>1834</v>
+        <v>1952</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1835</v>
+        <v>1953</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1836</v>
+        <v>1954</v>
       </c>
       <c r="H130" t="s">
-        <v>1837</v>
+        <v>1955</v>
       </c>
       <c r="I130" t="s">
-        <v>1838</v>
+        <v>1262</v>
       </c>
       <c r="J130" t="s">
-        <v>1839</v>
+        <v>1956</v>
       </c>
       <c r="K130" t="s">
-        <v>1840</v>
+        <v>1264</v>
       </c>
       <c r="L130" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M130" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N130" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O130" t="s">
-        <v>1038</v>
+        <v>1383</v>
       </c>
       <c r="P130" t="s">
-        <v>1841</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B131" t="s">
-        <v>1842</v>
+        <v>1958</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1843</v>
+        <v>1953</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1844</v>
+        <v>1959</v>
       </c>
       <c r="H131" t="s">
-        <v>1845</v>
+        <v>1960</v>
       </c>
       <c r="I131" t="s">
-        <v>1846</v>
+        <v>1262</v>
       </c>
       <c r="J131" t="s">
-        <v>988</v>
+        <v>1956</v>
       </c>
       <c r="K131" t="s">
-        <v>30</v>
+        <v>1264</v>
       </c>
       <c r="L131" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M131" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N131" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O131" t="s">
-        <v>1531</v>
+        <v>1736</v>
       </c>
       <c r="P131" t="s">
-        <v>1847</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B132" t="s">
-        <v>1848</v>
+        <v>1962</v>
       </c>
       <c r="C132" t="s">
         <v>20</v>
       </c>
       <c r="D132" t="s">
         <v>20</v>
       </c>
       <c r="E132" t="s">
-        <v>1849</v>
+        <v>1963</v>
       </c>
       <c r="F132" t="s">
         <v>20</v>
       </c>
       <c r="G132" t="s">
-        <v>1850</v>
+        <v>1964</v>
       </c>
       <c r="H132" t="s">
-        <v>1851</v>
+        <v>1965</v>
       </c>
       <c r="I132" t="s">
-        <v>1852</v>
+        <v>1966</v>
       </c>
       <c r="J132" t="s">
-        <v>1121</v>
+        <v>1967</v>
       </c>
       <c r="K132" t="s">
-        <v>30</v>
+        <v>1968</v>
       </c>
       <c r="L132" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M132" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N132" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O132" t="s">
-        <v>1853</v>
+        <v>1736</v>
       </c>
       <c r="P132" t="s">
-        <v>1854</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B133" t="s">
-        <v>1855</v>
+        <v>1970</v>
       </c>
       <c r="C133" t="s">
         <v>20</v>
       </c>
       <c r="D133" t="s">
         <v>20</v>
       </c>
       <c r="E133" t="s">
-        <v>1856</v>
+        <v>1971</v>
       </c>
       <c r="F133" t="s">
         <v>20</v>
       </c>
       <c r="G133" t="s">
-        <v>1857</v>
+        <v>1972</v>
       </c>
       <c r="H133" t="s">
-        <v>1858</v>
+        <v>1973</v>
       </c>
       <c r="I133" t="s">
-        <v>1859</v>
+        <v>1974</v>
       </c>
       <c r="J133" t="s">
-        <v>1860</v>
+        <v>1194</v>
       </c>
       <c r="K133" t="s">
-        <v>1350</v>
+        <v>1195</v>
       </c>
       <c r="L133" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M133" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N133" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O133" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P133" t="s">
-        <v>1861</v>
+        <v>1975</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B134" t="s">
-        <v>1862</v>
+        <v>1976</v>
       </c>
       <c r="C134" t="s">
         <v>20</v>
       </c>
       <c r="D134" t="s">
         <v>20</v>
       </c>
       <c r="E134" t="s">
-        <v>1856</v>
+        <v>1977</v>
       </c>
       <c r="F134" t="s">
         <v>20</v>
       </c>
       <c r="G134" t="s">
-        <v>1863</v>
+        <v>1978</v>
       </c>
       <c r="H134" t="s">
-        <v>1864</v>
+        <v>1979</v>
       </c>
       <c r="I134" t="s">
-        <v>1865</v>
+        <v>1980</v>
       </c>
       <c r="J134" t="s">
-        <v>1839</v>
+        <v>1117</v>
       </c>
       <c r="K134" t="s">
-        <v>1840</v>
+        <v>750</v>
       </c>
       <c r="L134" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M134" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N134" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O134" t="s">
-        <v>1038</v>
+        <v>1286</v>
       </c>
       <c r="P134" t="s">
-        <v>1866</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B135" t="s">
-        <v>1867</v>
+        <v>1982</v>
       </c>
       <c r="C135" t="s">
         <v>20</v>
       </c>
       <c r="D135" t="s">
         <v>20</v>
       </c>
       <c r="E135" t="s">
-        <v>1856</v>
+        <v>1977</v>
       </c>
       <c r="F135" t="s">
         <v>20</v>
       </c>
       <c r="G135" t="s">
-        <v>1868</v>
+        <v>1983</v>
       </c>
       <c r="H135" t="s">
-        <v>1869</v>
+        <v>1984</v>
       </c>
       <c r="I135" t="s">
-        <v>1870</v>
+        <v>1985</v>
       </c>
       <c r="J135" t="s">
-        <v>988</v>
+        <v>1117</v>
       </c>
       <c r="K135" t="s">
-        <v>30</v>
+        <v>750</v>
       </c>
       <c r="L135" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M135" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N135" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O135" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P135" t="s">
-        <v>1871</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B136" t="s">
-        <v>1872</v>
+        <v>1987</v>
       </c>
       <c r="C136" t="s">
         <v>20</v>
       </c>
       <c r="D136" t="s">
         <v>20</v>
       </c>
       <c r="E136" t="s">
-        <v>1856</v>
+        <v>1988</v>
       </c>
       <c r="F136" t="s">
         <v>20</v>
       </c>
       <c r="G136" t="s">
-        <v>1873</v>
+        <v>1989</v>
       </c>
       <c r="H136" t="s">
-        <v>1874</v>
+        <v>1990</v>
       </c>
       <c r="I136" t="s">
-        <v>1875</v>
+        <v>1991</v>
       </c>
       <c r="J136" t="s">
-        <v>1121</v>
+        <v>1992</v>
       </c>
       <c r="K136" t="s">
-        <v>30</v>
+        <v>1993</v>
       </c>
       <c r="L136" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M136" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N136" t="s">
-        <v>1037</v>
+        <v>1186</v>
       </c>
       <c r="O136" t="s">
-        <v>1038</v>
+        <v>1187</v>
       </c>
       <c r="P136" t="s">
-        <v>1876</v>
+        <v>1994</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B137" t="s">
-        <v>1877</v>
+        <v>1995</v>
       </c>
       <c r="C137" t="s">
         <v>20</v>
       </c>
       <c r="D137" t="s">
         <v>20</v>
       </c>
       <c r="E137" t="s">
-        <v>1856</v>
+        <v>1996</v>
       </c>
       <c r="F137" t="s">
         <v>20</v>
       </c>
       <c r="G137" t="s">
-        <v>1878</v>
+        <v>1997</v>
       </c>
       <c r="H137" t="s">
-        <v>1879</v>
+        <v>1998</v>
       </c>
       <c r="I137" t="s">
-        <v>1880</v>
+        <v>1999</v>
       </c>
       <c r="J137" t="s">
-        <v>1121</v>
+        <v>2000</v>
       </c>
       <c r="K137" t="s">
-        <v>30</v>
+        <v>2001</v>
       </c>
       <c r="L137" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M137" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N137" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O137" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P137" t="s">
-        <v>1881</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B138" t="s">
-        <v>1882</v>
+        <v>2003</v>
       </c>
       <c r="C138" t="s">
         <v>20</v>
       </c>
       <c r="D138" t="s">
         <v>20</v>
       </c>
       <c r="E138" t="s">
-        <v>1883</v>
+        <v>2004</v>
       </c>
       <c r="F138" t="s">
         <v>20</v>
       </c>
       <c r="G138" t="s">
-        <v>1884</v>
+        <v>2005</v>
       </c>
       <c r="H138" t="s">
-        <v>1885</v>
+        <v>2006</v>
       </c>
       <c r="I138" t="s">
-        <v>1886</v>
+        <v>2007</v>
       </c>
       <c r="J138" t="s">
-        <v>988</v>
+        <v>1166</v>
       </c>
       <c r="K138" t="s">
         <v>30</v>
       </c>
       <c r="L138" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M138" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N138" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O138" t="s">
-        <v>1038</v>
+        <v>1695</v>
       </c>
       <c r="P138" t="s">
-        <v>1887</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B139" t="s">
-        <v>1888</v>
+        <v>2009</v>
       </c>
       <c r="C139" t="s">
         <v>20</v>
       </c>
       <c r="D139" t="s">
         <v>20</v>
       </c>
       <c r="E139" t="s">
-        <v>1889</v>
+        <v>2010</v>
       </c>
       <c r="F139" t="s">
         <v>20</v>
       </c>
       <c r="G139" t="s">
-        <v>1890</v>
+        <v>2011</v>
       </c>
       <c r="H139" t="s">
-        <v>1891</v>
+        <v>2012</v>
       </c>
       <c r="I139" t="s">
-        <v>1886</v>
+        <v>2013</v>
       </c>
       <c r="J139" t="s">
-        <v>988</v>
+        <v>1140</v>
       </c>
       <c r="K139" t="s">
         <v>30</v>
       </c>
       <c r="L139" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M139" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N139" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O139" t="s">
-        <v>1213</v>
+        <v>2014</v>
       </c>
       <c r="P139" t="s">
-        <v>1892</v>
+        <v>2015</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B140" t="s">
-        <v>1893</v>
+        <v>2016</v>
       </c>
       <c r="C140" t="s">
         <v>20</v>
       </c>
       <c r="D140" t="s">
         <v>20</v>
       </c>
       <c r="E140" t="s">
-        <v>1894</v>
+        <v>2017</v>
       </c>
       <c r="F140" t="s">
         <v>20</v>
       </c>
       <c r="G140" t="s">
-        <v>1895</v>
+        <v>2018</v>
       </c>
       <c r="H140" t="s">
-        <v>1896</v>
+        <v>2019</v>
       </c>
       <c r="I140" t="s">
-        <v>1775</v>
+        <v>2020</v>
       </c>
       <c r="J140" t="s">
-        <v>1147</v>
+        <v>2021</v>
       </c>
       <c r="K140" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="L140" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M140" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N140" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O140" t="s">
-        <v>1374</v>
+        <v>1110</v>
       </c>
       <c r="P140" t="s">
-        <v>1897</v>
+        <v>2022</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B141" t="s">
-        <v>1898</v>
+        <v>2023</v>
       </c>
       <c r="C141" t="s">
         <v>20</v>
       </c>
       <c r="D141" t="s">
         <v>20</v>
       </c>
       <c r="E141" t="s">
-        <v>1894</v>
+        <v>2017</v>
       </c>
       <c r="F141" t="s">
         <v>20</v>
       </c>
       <c r="G141" t="s">
-        <v>1899</v>
+        <v>2024</v>
       </c>
       <c r="H141" t="s">
-        <v>1900</v>
+        <v>2025</v>
       </c>
       <c r="I141" t="s">
-        <v>1775</v>
+        <v>2026</v>
       </c>
       <c r="J141" t="s">
-        <v>1381</v>
+        <v>2000</v>
       </c>
       <c r="K141" t="s">
-        <v>1148</v>
+        <v>2001</v>
       </c>
       <c r="L141" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M141" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N141" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O141" t="s">
-        <v>1299</v>
+        <v>1110</v>
       </c>
       <c r="P141" t="s">
-        <v>1901</v>
+        <v>2027</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B142" t="s">
-        <v>1902</v>
+        <v>2028</v>
       </c>
       <c r="C142" t="s">
         <v>20</v>
       </c>
       <c r="D142" t="s">
         <v>20</v>
       </c>
       <c r="E142" t="s">
-        <v>1894</v>
+        <v>2017</v>
       </c>
       <c r="F142" t="s">
         <v>20</v>
       </c>
       <c r="G142" t="s">
-        <v>1903</v>
+        <v>2029</v>
       </c>
       <c r="H142" t="s">
-        <v>1904</v>
+        <v>2030</v>
       </c>
       <c r="I142" t="s">
-        <v>1905</v>
+        <v>2031</v>
       </c>
       <c r="J142" t="s">
-        <v>1147</v>
+        <v>1166</v>
       </c>
       <c r="K142" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L142" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M142" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N142" t="s">
-        <v>1113</v>
+        <v>1109</v>
       </c>
       <c r="O142" t="s">
-        <v>1114</v>
+        <v>1110</v>
       </c>
       <c r="P142" t="s">
-        <v>1906</v>
+        <v>2032</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B143" t="s">
-        <v>1907</v>
+        <v>2033</v>
       </c>
       <c r="C143" t="s">
         <v>20</v>
       </c>
       <c r="D143" t="s">
         <v>20</v>
       </c>
       <c r="E143" t="s">
-        <v>1908</v>
+        <v>2017</v>
       </c>
       <c r="F143" t="s">
         <v>20</v>
       </c>
       <c r="G143" t="s">
-        <v>1909</v>
+        <v>2034</v>
       </c>
       <c r="H143" t="s">
-        <v>1910</v>
+        <v>2035</v>
       </c>
       <c r="I143" t="s">
-        <v>1911</v>
+        <v>2036</v>
       </c>
       <c r="J143" t="s">
-        <v>988</v>
+        <v>1140</v>
       </c>
       <c r="K143" t="s">
         <v>30</v>
       </c>
       <c r="L143" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M143" t="s">
-        <v>990</v>
+        <v>1118</v>
       </c>
       <c r="N143" t="s">
-        <v>1331</v>
+        <v>1109</v>
       </c>
       <c r="O143" t="s">
-        <v>1332</v>
+        <v>1110</v>
       </c>
       <c r="P143" t="s">
-        <v>1912</v>
+        <v>2037</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B144" t="s">
-        <v>1913</v>
+        <v>2038</v>
       </c>
       <c r="C144" t="s">
         <v>20</v>
       </c>
       <c r="D144" t="s">
         <v>20</v>
       </c>
       <c r="E144" t="s">
-        <v>1908</v>
+        <v>2017</v>
       </c>
       <c r="F144" t="s">
         <v>20</v>
       </c>
       <c r="G144" t="s">
-        <v>1914</v>
+        <v>2039</v>
       </c>
       <c r="H144" t="s">
-        <v>1915</v>
+        <v>2040</v>
       </c>
       <c r="I144" t="s">
-        <v>1775</v>
+        <v>2041</v>
       </c>
       <c r="J144" t="s">
-        <v>1381</v>
+        <v>1140</v>
       </c>
       <c r="K144" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L144" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M144" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N144" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O144" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P144" t="s">
-        <v>1916</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B145" t="s">
-        <v>1917</v>
+        <v>2043</v>
       </c>
       <c r="C145" t="s">
         <v>20</v>
       </c>
       <c r="D145" t="s">
         <v>20</v>
       </c>
       <c r="E145" t="s">
-        <v>1918</v>
+        <v>2044</v>
       </c>
       <c r="F145" t="s">
         <v>20</v>
       </c>
       <c r="G145" t="s">
-        <v>1919</v>
+        <v>2045</v>
       </c>
       <c r="H145" t="s">
-        <v>1920</v>
+        <v>2046</v>
       </c>
       <c r="I145" t="s">
-        <v>1921</v>
+        <v>2047</v>
       </c>
       <c r="J145" t="s">
-        <v>1922</v>
+        <v>1166</v>
       </c>
       <c r="K145" t="s">
-        <v>621</v>
+        <v>30</v>
       </c>
       <c r="L145" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M145" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N145" t="s">
-        <v>1279</v>
+        <v>1109</v>
       </c>
       <c r="O145" t="s">
-        <v>1280</v>
+        <v>1110</v>
       </c>
       <c r="P145" t="s">
-        <v>1923</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B146" t="s">
-        <v>1924</v>
+        <v>2049</v>
       </c>
       <c r="C146" t="s">
         <v>20</v>
       </c>
       <c r="D146" t="s">
         <v>20</v>
       </c>
       <c r="E146" t="s">
-        <v>1925</v>
+        <v>2050</v>
       </c>
       <c r="F146" t="s">
         <v>20</v>
       </c>
       <c r="G146" t="s">
-        <v>1926</v>
+        <v>2051</v>
       </c>
       <c r="H146" t="s">
-        <v>1927</v>
+        <v>2052</v>
       </c>
       <c r="I146" t="s">
-        <v>1928</v>
+        <v>2047</v>
       </c>
       <c r="J146" t="s">
-        <v>1147</v>
+        <v>1166</v>
       </c>
       <c r="K146" t="s">
-        <v>1148</v>
+        <v>30</v>
       </c>
       <c r="L146" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M146" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N146" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O146" t="s">
-        <v>1022</v>
+        <v>1383</v>
       </c>
       <c r="P146" t="s">
-        <v>1929</v>
+        <v>2053</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B147" t="s">
-        <v>1930</v>
+        <v>2054</v>
       </c>
       <c r="C147" t="s">
         <v>20</v>
       </c>
       <c r="D147" t="s">
         <v>20</v>
       </c>
       <c r="E147" t="s">
-        <v>1925</v>
+        <v>2055</v>
       </c>
       <c r="F147" t="s">
         <v>20</v>
       </c>
       <c r="G147" t="s">
-        <v>1931</v>
+        <v>2056</v>
       </c>
       <c r="H147" t="s">
-        <v>1932</v>
+        <v>2057</v>
       </c>
       <c r="I147" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="J147" t="s">
-        <v>1147</v>
+        <v>1318</v>
       </c>
       <c r="K147" t="s">
-        <v>1148</v>
+        <v>1319</v>
       </c>
       <c r="L147" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M147" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N147" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O147" t="s">
-        <v>1003</v>
+        <v>1539</v>
       </c>
       <c r="P147" t="s">
-        <v>1934</v>
+        <v>2058</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B148" t="s">
-        <v>1935</v>
+        <v>2059</v>
       </c>
       <c r="C148" t="s">
         <v>20</v>
       </c>
       <c r="D148" t="s">
         <v>20</v>
       </c>
       <c r="E148" t="s">
+        <v>2055</v>
+      </c>
+      <c r="F148" t="s">
+        <v>20</v>
+      </c>
+      <c r="G148" t="s">
+        <v>2060</v>
+      </c>
+      <c r="H148" t="s">
+        <v>2061</v>
+      </c>
+      <c r="I148" t="s">
         <v>1936</v>
       </c>
-      <c r="F148" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J148" t="s">
-        <v>1121</v>
+        <v>1546</v>
       </c>
       <c r="K148" t="s">
-        <v>30</v>
+        <v>1319</v>
       </c>
       <c r="L148" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M148" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N148" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O148" t="s">
-        <v>1853</v>
+        <v>1159</v>
       </c>
       <c r="P148" t="s">
-        <v>1940</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B149" t="s">
-        <v>1941</v>
+        <v>2063</v>
       </c>
       <c r="C149" t="s">
         <v>20</v>
       </c>
       <c r="D149" t="s">
         <v>20</v>
       </c>
       <c r="E149" t="s">
-        <v>1942</v>
+        <v>2055</v>
       </c>
       <c r="F149" t="s">
         <v>20</v>
       </c>
       <c r="G149" t="s">
-        <v>1943</v>
+        <v>2064</v>
       </c>
       <c r="H149" t="s">
-        <v>1944</v>
+        <v>2065</v>
       </c>
       <c r="I149" t="s">
-        <v>1945</v>
+        <v>2066</v>
       </c>
       <c r="J149" t="s">
-        <v>20</v>
+        <v>1318</v>
       </c>
       <c r="K149" t="s">
-        <v>71</v>
+        <v>1319</v>
       </c>
       <c r="L149" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M149" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N149" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O149" t="s">
-        <v>1305</v>
+        <v>1286</v>
       </c>
       <c r="P149" t="s">
-        <v>1946</v>
+        <v>2067</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B150" t="s">
-        <v>1947</v>
+        <v>2068</v>
       </c>
       <c r="C150" t="s">
         <v>20</v>
       </c>
       <c r="D150" t="s">
         <v>20</v>
       </c>
       <c r="E150" t="s">
-        <v>1948</v>
+        <v>2069</v>
       </c>
       <c r="F150" t="s">
         <v>20</v>
       </c>
       <c r="G150" t="s">
-        <v>1949</v>
+        <v>2070</v>
       </c>
       <c r="H150" t="s">
-        <v>1950</v>
+        <v>2071</v>
       </c>
       <c r="I150" t="s">
-        <v>1951</v>
+        <v>2072</v>
       </c>
       <c r="J150" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="K150" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="L150" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M150" t="s">
-        <v>1001</v>
+        <v>1108</v>
       </c>
       <c r="N150" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O150" t="s">
-        <v>1374</v>
+        <v>1120</v>
       </c>
       <c r="P150" t="s">
-        <v>1952</v>
+        <v>2073</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B151" t="s">
-        <v>1953</v>
+        <v>2074</v>
       </c>
       <c r="C151" t="s">
         <v>20</v>
       </c>
       <c r="D151" t="s">
         <v>20</v>
       </c>
       <c r="E151" t="s">
-        <v>1948</v>
+        <v>2069</v>
       </c>
       <c r="F151" t="s">
         <v>20</v>
       </c>
       <c r="G151" t="s">
-        <v>1954</v>
+        <v>2075</v>
       </c>
       <c r="H151" t="s">
-        <v>1955</v>
+        <v>2076</v>
       </c>
       <c r="I151" t="s">
-        <v>1956</v>
+        <v>1936</v>
       </c>
       <c r="J151" t="s">
-        <v>1155</v>
+        <v>1546</v>
       </c>
       <c r="K151" t="s">
-        <v>61</v>
+        <v>1319</v>
       </c>
       <c r="L151" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M151" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N151" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O151" t="s">
-        <v>1022</v>
+        <v>1196</v>
       </c>
       <c r="P151" t="s">
-        <v>1957</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B152" t="s">
-        <v>1958</v>
+        <v>2078</v>
       </c>
       <c r="C152" t="s">
         <v>20</v>
       </c>
       <c r="D152" t="s">
         <v>20</v>
       </c>
       <c r="E152" t="s">
-        <v>1948</v>
+        <v>2079</v>
       </c>
       <c r="F152" t="s">
         <v>20</v>
       </c>
       <c r="G152" t="s">
-        <v>1959</v>
+        <v>2080</v>
       </c>
       <c r="H152" t="s">
-        <v>1960</v>
+        <v>2081</v>
       </c>
       <c r="I152" t="s">
-        <v>1961</v>
+        <v>2082</v>
       </c>
       <c r="J152" t="s">
-        <v>1962</v>
+        <v>2083</v>
       </c>
       <c r="K152" t="s">
-        <v>1963</v>
+        <v>750</v>
       </c>
       <c r="L152" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M152" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N152" t="s">
-        <v>1002</v>
+        <v>1449</v>
       </c>
       <c r="O152" t="s">
-        <v>1374</v>
+        <v>1450</v>
       </c>
       <c r="P152" t="s">
-        <v>1964</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B153" t="s">
-        <v>1965</v>
+        <v>2085</v>
       </c>
       <c r="C153" t="s">
         <v>20</v>
       </c>
       <c r="D153" t="s">
         <v>20</v>
       </c>
       <c r="E153" t="s">
-        <v>1948</v>
+        <v>2086</v>
       </c>
       <c r="F153" t="s">
         <v>20</v>
       </c>
       <c r="G153" t="s">
-        <v>1966</v>
+        <v>2087</v>
       </c>
       <c r="H153" t="s">
-        <v>1967</v>
+        <v>2088</v>
       </c>
       <c r="I153" t="s">
-        <v>1968</v>
+        <v>2089</v>
       </c>
       <c r="J153" t="s">
-        <v>1121</v>
+        <v>1318</v>
       </c>
       <c r="K153" t="s">
-        <v>30</v>
+        <v>1319</v>
       </c>
       <c r="L153" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M153" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N153" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O153" t="s">
-        <v>1022</v>
+        <v>1196</v>
       </c>
       <c r="P153" t="s">
-        <v>1969</v>
+        <v>2090</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B154" t="s">
-        <v>1970</v>
+        <v>2091</v>
       </c>
       <c r="C154" t="s">
         <v>20</v>
       </c>
       <c r="D154" t="s">
         <v>20</v>
       </c>
       <c r="E154" t="s">
-        <v>1948</v>
+        <v>2086</v>
       </c>
       <c r="F154" t="s">
         <v>20</v>
       </c>
       <c r="G154" t="s">
-        <v>1971</v>
+        <v>2092</v>
       </c>
       <c r="H154" t="s">
-        <v>1972</v>
+        <v>2093</v>
       </c>
       <c r="I154" t="s">
-        <v>1968</v>
+        <v>2094</v>
       </c>
       <c r="J154" t="s">
-        <v>1121</v>
+        <v>1318</v>
       </c>
       <c r="K154" t="s">
-        <v>30</v>
+        <v>1319</v>
       </c>
       <c r="L154" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M154" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N154" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O154" t="s">
-        <v>1374</v>
+        <v>1177</v>
       </c>
       <c r="P154" t="s">
-        <v>1973</v>
+        <v>2095</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B155" t="s">
-        <v>1965</v>
+        <v>2096</v>
       </c>
       <c r="C155" t="s">
         <v>20</v>
       </c>
       <c r="D155" t="s">
         <v>20</v>
       </c>
       <c r="E155" t="s">
-        <v>1974</v>
+        <v>2097</v>
       </c>
       <c r="F155" t="s">
         <v>20</v>
       </c>
       <c r="G155" t="s">
-        <v>1975</v>
+        <v>2098</v>
       </c>
       <c r="H155" t="s">
-        <v>1976</v>
+        <v>2099</v>
       </c>
       <c r="I155" t="s">
-        <v>1977</v>
+        <v>2100</v>
       </c>
       <c r="J155" t="s">
-        <v>999</v>
+        <v>1140</v>
       </c>
       <c r="K155" t="s">
-        <v>1000</v>
+        <v>30</v>
       </c>
       <c r="L155" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M155" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N155" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O155" t="s">
-        <v>1022</v>
+        <v>2014</v>
       </c>
       <c r="P155" t="s">
-        <v>1978</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B156" t="s">
-        <v>1979</v>
+        <v>2102</v>
       </c>
       <c r="C156" t="s">
         <v>20</v>
       </c>
       <c r="D156" t="s">
         <v>20</v>
       </c>
       <c r="E156" t="s">
-        <v>1974</v>
+        <v>2103</v>
       </c>
       <c r="F156" t="s">
         <v>20</v>
       </c>
       <c r="G156" t="s">
-        <v>1980</v>
+        <v>2104</v>
       </c>
       <c r="H156" t="s">
-        <v>1981</v>
+        <v>2105</v>
       </c>
       <c r="I156" t="s">
-        <v>1982</v>
+        <v>2106</v>
       </c>
       <c r="J156" t="s">
-        <v>1983</v>
+        <v>20</v>
       </c>
       <c r="K156" t="s">
-        <v>1984</v>
+        <v>40</v>
       </c>
       <c r="L156" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M156" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N156" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O156" t="s">
-        <v>1022</v>
+        <v>1474</v>
       </c>
       <c r="P156" t="s">
-        <v>1985</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B157" t="s">
-        <v>1986</v>
+        <v>2108</v>
       </c>
       <c r="C157" t="s">
         <v>20</v>
       </c>
       <c r="D157" t="s">
         <v>20</v>
       </c>
       <c r="E157" t="s">
-        <v>1974</v>
+        <v>2109</v>
       </c>
       <c r="F157" t="s">
         <v>20</v>
       </c>
       <c r="G157" t="s">
-        <v>1987</v>
+        <v>2110</v>
       </c>
       <c r="H157" t="s">
-        <v>1988</v>
+        <v>2111</v>
       </c>
       <c r="I157" t="s">
-        <v>1989</v>
+        <v>2112</v>
       </c>
       <c r="J157" t="s">
-        <v>1349</v>
+        <v>1127</v>
       </c>
       <c r="K157" t="s">
-        <v>1350</v>
+        <v>219</v>
       </c>
       <c r="L157" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M157" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N157" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O157" t="s">
-        <v>1093</v>
+        <v>1539</v>
       </c>
       <c r="P157" t="s">
-        <v>1990</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B158" t="s">
-        <v>1991</v>
+        <v>2114</v>
       </c>
       <c r="C158" t="s">
         <v>20</v>
       </c>
       <c r="D158" t="s">
         <v>20</v>
       </c>
       <c r="E158" t="s">
-        <v>1974</v>
+        <v>2109</v>
       </c>
       <c r="F158" t="s">
         <v>20</v>
       </c>
       <c r="G158" t="s">
-        <v>1992</v>
+        <v>2115</v>
       </c>
       <c r="H158" t="s">
-        <v>1993</v>
+        <v>2116</v>
       </c>
       <c r="I158" t="s">
-        <v>1989</v>
+        <v>2117</v>
       </c>
       <c r="J158" t="s">
-        <v>1349</v>
+        <v>1127</v>
       </c>
       <c r="K158" t="s">
-        <v>1350</v>
+        <v>219</v>
       </c>
       <c r="L158" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M158" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N158" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O158" t="s">
-        <v>1374</v>
+        <v>1196</v>
       </c>
       <c r="P158" t="s">
-        <v>1994</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B159" t="s">
-        <v>1995</v>
+        <v>2119</v>
       </c>
       <c r="C159" t="s">
         <v>20</v>
       </c>
       <c r="D159" t="s">
         <v>20</v>
       </c>
       <c r="E159" t="s">
-        <v>1974</v>
+        <v>2109</v>
       </c>
       <c r="F159" t="s">
         <v>20</v>
       </c>
       <c r="G159" t="s">
-        <v>1996</v>
+        <v>2120</v>
       </c>
       <c r="H159" t="s">
-        <v>1997</v>
+        <v>2121</v>
       </c>
       <c r="I159" t="s">
-        <v>1989</v>
+        <v>2122</v>
       </c>
       <c r="J159" t="s">
-        <v>1349</v>
+        <v>2123</v>
       </c>
       <c r="K159" t="s">
-        <v>1350</v>
+        <v>2124</v>
       </c>
       <c r="L159" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M159" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N159" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O159" t="s">
-        <v>1022</v>
+        <v>1539</v>
       </c>
       <c r="P159" t="s">
-        <v>1998</v>
+        <v>2125</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B160" t="s">
-        <v>1999</v>
+        <v>2126</v>
       </c>
       <c r="C160" t="s">
         <v>20</v>
       </c>
       <c r="D160" t="s">
         <v>20</v>
       </c>
       <c r="E160" t="s">
-        <v>2000</v>
+        <v>2109</v>
       </c>
       <c r="F160" t="s">
         <v>20</v>
       </c>
       <c r="G160" t="s">
-        <v>2001</v>
+        <v>2127</v>
       </c>
       <c r="H160" t="s">
-        <v>2002</v>
+        <v>2128</v>
       </c>
       <c r="I160" t="s">
-        <v>1945</v>
+        <v>2129</v>
       </c>
       <c r="J160" t="s">
-        <v>20</v>
+        <v>1140</v>
       </c>
       <c r="K160" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="L160" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M160" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N160" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O160" t="s">
-        <v>1382</v>
+        <v>1196</v>
       </c>
       <c r="P160" t="s">
-        <v>2003</v>
+        <v>2130</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B161" t="s">
-        <v>2004</v>
+        <v>2131</v>
       </c>
       <c r="C161" t="s">
         <v>20</v>
       </c>
       <c r="D161" t="s">
         <v>20</v>
       </c>
       <c r="E161" t="s">
-        <v>2005</v>
+        <v>2109</v>
       </c>
       <c r="F161" t="s">
         <v>20</v>
       </c>
       <c r="G161" t="s">
-        <v>2006</v>
+        <v>2132</v>
       </c>
       <c r="H161" t="s">
-        <v>2007</v>
+        <v>2133</v>
       </c>
       <c r="I161" t="s">
-        <v>2008</v>
+        <v>2129</v>
       </c>
       <c r="J161" t="s">
-        <v>1425</v>
+        <v>1140</v>
       </c>
       <c r="K161" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="L161" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M161" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N161" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O161" t="s">
-        <v>1022</v>
+        <v>1539</v>
       </c>
       <c r="P161" t="s">
-        <v>2009</v>
+        <v>2134</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B162" t="s">
-        <v>2010</v>
+        <v>2126</v>
       </c>
       <c r="C162" t="s">
         <v>20</v>
       </c>
       <c r="D162" t="s">
         <v>20</v>
       </c>
       <c r="E162" t="s">
-        <v>2011</v>
+        <v>2135</v>
       </c>
       <c r="F162" t="s">
         <v>20</v>
       </c>
       <c r="G162" t="s">
-        <v>2012</v>
+        <v>2136</v>
       </c>
       <c r="H162" t="s">
-        <v>2013</v>
+        <v>2137</v>
       </c>
       <c r="I162" t="s">
-        <v>2014</v>
+        <v>2138</v>
       </c>
       <c r="J162" t="s">
-        <v>1649</v>
+        <v>1175</v>
       </c>
       <c r="K162" t="s">
-        <v>621</v>
+        <v>1176</v>
       </c>
       <c r="L162" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M162" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N162" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O162" t="s">
-        <v>1853</v>
+        <v>1196</v>
       </c>
       <c r="P162" t="s">
-        <v>2015</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B163" t="s">
-        <v>2016</v>
+        <v>2140</v>
       </c>
       <c r="C163" t="s">
         <v>20</v>
       </c>
       <c r="D163" t="s">
         <v>20</v>
       </c>
       <c r="E163" t="s">
-        <v>2017</v>
+        <v>2135</v>
       </c>
       <c r="F163" t="s">
         <v>20</v>
       </c>
       <c r="G163" t="s">
-        <v>2018</v>
+        <v>2141</v>
       </c>
       <c r="H163" t="s">
-        <v>2019</v>
+        <v>2142</v>
       </c>
       <c r="I163" t="s">
-        <v>2020</v>
+        <v>2143</v>
       </c>
       <c r="J163" t="s">
-        <v>988</v>
+        <v>2144</v>
       </c>
       <c r="K163" t="s">
-        <v>30</v>
+        <v>2145</v>
       </c>
       <c r="L163" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M163" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N163" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O163" t="s">
-        <v>2021</v>
+        <v>1196</v>
       </c>
       <c r="P163" t="s">
-        <v>2022</v>
+        <v>2146</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B164" t="s">
-        <v>2023</v>
+        <v>2147</v>
       </c>
       <c r="C164" t="s">
         <v>20</v>
       </c>
       <c r="D164" t="s">
         <v>20</v>
       </c>
       <c r="E164" t="s">
-        <v>2024</v>
+        <v>2135</v>
       </c>
       <c r="F164" t="s">
         <v>20</v>
       </c>
       <c r="G164" t="s">
-        <v>2025</v>
+        <v>2148</v>
       </c>
       <c r="H164" t="s">
-        <v>2026</v>
+        <v>2149</v>
       </c>
       <c r="I164" t="s">
-        <v>2027</v>
+        <v>2150</v>
       </c>
       <c r="J164" t="s">
-        <v>1425</v>
+        <v>1148</v>
       </c>
       <c r="K164" t="s">
-        <v>71</v>
+        <v>1149</v>
       </c>
       <c r="L164" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M164" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N164" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O164" t="s">
-        <v>1853</v>
+        <v>1265</v>
       </c>
       <c r="P164" t="s">
-        <v>2028</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B165" t="s">
-        <v>2029</v>
+        <v>2152</v>
       </c>
       <c r="C165" t="s">
         <v>20</v>
       </c>
       <c r="D165" t="s">
         <v>20</v>
       </c>
       <c r="E165" t="s">
-        <v>2030</v>
+        <v>2135</v>
       </c>
       <c r="F165" t="s">
         <v>20</v>
       </c>
       <c r="G165" t="s">
-        <v>2031</v>
+        <v>2153</v>
       </c>
       <c r="H165" t="s">
-        <v>2032</v>
+        <v>2154</v>
       </c>
       <c r="I165" t="s">
-        <v>2033</v>
+        <v>2150</v>
       </c>
       <c r="J165" t="s">
-        <v>2034</v>
+        <v>1148</v>
       </c>
       <c r="K165" t="s">
-        <v>2035</v>
+        <v>1149</v>
       </c>
       <c r="L165" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M165" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N165" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O165" t="s">
-        <v>1374</v>
+        <v>1539</v>
       </c>
       <c r="P165" t="s">
-        <v>2036</v>
+        <v>2155</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B166" t="s">
-        <v>2037</v>
+        <v>2156</v>
       </c>
       <c r="C166" t="s">
         <v>20</v>
       </c>
       <c r="D166" t="s">
         <v>20</v>
       </c>
       <c r="E166" t="s">
-        <v>2030</v>
+        <v>2135</v>
       </c>
       <c r="F166" t="s">
         <v>20</v>
       </c>
       <c r="G166" t="s">
-        <v>2038</v>
+        <v>2157</v>
       </c>
       <c r="H166" t="s">
-        <v>2039</v>
+        <v>2158</v>
       </c>
       <c r="I166" t="s">
-        <v>2033</v>
+        <v>2150</v>
       </c>
       <c r="J166" t="s">
-        <v>2034</v>
+        <v>1148</v>
       </c>
       <c r="K166" t="s">
-        <v>2035</v>
+        <v>1149</v>
       </c>
       <c r="L166" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M166" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N166" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O166" t="s">
-        <v>1213</v>
+        <v>1196</v>
       </c>
       <c r="P166" t="s">
-        <v>2040</v>
+        <v>2159</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B167" t="s">
-        <v>2041</v>
+        <v>2160</v>
       </c>
       <c r="C167" t="s">
         <v>20</v>
       </c>
       <c r="D167" t="s">
         <v>20</v>
       </c>
       <c r="E167" t="s">
-        <v>2042</v>
+        <v>2161</v>
       </c>
       <c r="F167" t="s">
         <v>20</v>
       </c>
       <c r="G167" t="s">
-        <v>2043</v>
+        <v>2162</v>
       </c>
       <c r="H167" t="s">
-        <v>2044</v>
+        <v>2163</v>
       </c>
       <c r="I167" t="s">
-        <v>2045</v>
+        <v>2106</v>
       </c>
       <c r="J167" t="s">
-        <v>1121</v>
+        <v>20</v>
       </c>
       <c r="K167" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="L167" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M167" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N167" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O167" t="s">
-        <v>1853</v>
+        <v>1547</v>
       </c>
       <c r="P167" t="s">
-        <v>2046</v>
+        <v>2164</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B168" t="s">
-        <v>2047</v>
+        <v>2165</v>
       </c>
       <c r="C168" t="s">
         <v>20</v>
       </c>
       <c r="D168" t="s">
         <v>20</v>
       </c>
       <c r="E168" t="s">
-        <v>2048</v>
+        <v>2166</v>
       </c>
       <c r="F168" t="s">
         <v>20</v>
       </c>
       <c r="G168" t="s">
-        <v>2049</v>
+        <v>2167</v>
       </c>
       <c r="H168" t="s">
-        <v>2050</v>
+        <v>2168</v>
       </c>
       <c r="I168" t="s">
-        <v>2051</v>
+        <v>2169</v>
       </c>
       <c r="J168" t="s">
-        <v>1010</v>
+        <v>1133</v>
       </c>
       <c r="K168" t="s">
-        <v>1011</v>
+        <v>40</v>
       </c>
       <c r="L168" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M168" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N168" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O168" t="s">
-        <v>1299</v>
+        <v>1196</v>
       </c>
       <c r="P168" t="s">
-        <v>2052</v>
+        <v>2170</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B169" t="s">
-        <v>2053</v>
+        <v>2171</v>
       </c>
       <c r="C169" t="s">
         <v>20</v>
       </c>
       <c r="D169" t="s">
         <v>20</v>
       </c>
       <c r="E169" t="s">
-        <v>2054</v>
+        <v>2172</v>
       </c>
       <c r="F169" t="s">
         <v>20</v>
       </c>
       <c r="G169" t="s">
-        <v>2055</v>
+        <v>2173</v>
       </c>
       <c r="H169" t="s">
-        <v>2056</v>
+        <v>2174</v>
       </c>
       <c r="I169" t="s">
-        <v>2057</v>
+        <v>2175</v>
       </c>
       <c r="J169" t="s">
-        <v>1983</v>
+        <v>1117</v>
       </c>
       <c r="K169" t="s">
-        <v>1984</v>
+        <v>750</v>
       </c>
       <c r="L169" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M169" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N169" t="s">
-        <v>1037</v>
+        <v>1119</v>
       </c>
       <c r="O169" t="s">
-        <v>1038</v>
+        <v>2014</v>
       </c>
       <c r="P169" t="s">
-        <v>2058</v>
+        <v>2176</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B170" t="s">
-        <v>2059</v>
+        <v>2177</v>
       </c>
       <c r="C170" t="s">
         <v>20</v>
       </c>
       <c r="D170" t="s">
         <v>20</v>
       </c>
       <c r="E170" t="s">
-        <v>2060</v>
+        <v>2178</v>
       </c>
       <c r="F170" t="s">
         <v>20</v>
       </c>
       <c r="G170" t="s">
-        <v>2061</v>
+        <v>2179</v>
       </c>
       <c r="H170" t="s">
-        <v>2062</v>
+        <v>2180</v>
       </c>
       <c r="I170" t="s">
-        <v>2063</v>
+        <v>2181</v>
       </c>
       <c r="J170" t="s">
-        <v>1121</v>
+        <v>1166</v>
       </c>
       <c r="K170" t="s">
         <v>30</v>
       </c>
       <c r="L170" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M170" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N170" t="s">
-        <v>1331</v>
+        <v>1119</v>
       </c>
       <c r="O170" t="s">
-        <v>1853</v>
+        <v>2182</v>
       </c>
       <c r="P170" t="s">
-        <v>2064</v>
+        <v>2183</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B171" t="s">
-        <v>2065</v>
+        <v>2184</v>
       </c>
       <c r="C171" t="s">
         <v>20</v>
       </c>
       <c r="D171" t="s">
         <v>20</v>
       </c>
       <c r="E171" t="s">
-        <v>2066</v>
+        <v>2185</v>
       </c>
       <c r="F171" t="s">
         <v>20</v>
       </c>
       <c r="G171" t="s">
-        <v>2067</v>
+        <v>2186</v>
       </c>
       <c r="H171" t="s">
-        <v>2068</v>
+        <v>2187</v>
       </c>
       <c r="I171" t="s">
-        <v>1775</v>
+        <v>2188</v>
       </c>
       <c r="J171" t="s">
-        <v>1147</v>
+        <v>1133</v>
       </c>
       <c r="K171" t="s">
-        <v>1148</v>
+        <v>40</v>
       </c>
       <c r="L171" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M171" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N171" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O171" t="s">
-        <v>1213</v>
+        <v>2014</v>
       </c>
       <c r="P171" t="s">
-        <v>2069</v>
+        <v>2189</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B172" t="s">
-        <v>2070</v>
+        <v>2190</v>
       </c>
       <c r="C172" t="s">
         <v>20</v>
       </c>
       <c r="D172" t="s">
         <v>20</v>
       </c>
       <c r="E172" t="s">
-        <v>2071</v>
+        <v>2191</v>
       </c>
       <c r="F172" t="s">
         <v>20</v>
       </c>
       <c r="G172" t="s">
-        <v>2072</v>
+        <v>2192</v>
       </c>
       <c r="H172" t="s">
-        <v>2073</v>
+        <v>2193</v>
       </c>
       <c r="I172" t="s">
-        <v>2074</v>
+        <v>2194</v>
       </c>
       <c r="J172" t="s">
-        <v>2075</v>
+        <v>2195</v>
       </c>
       <c r="K172" t="s">
-        <v>2076</v>
+        <v>2196</v>
       </c>
       <c r="L172" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M172" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N172" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O172" t="s">
-        <v>1038</v>
+        <v>1539</v>
       </c>
       <c r="P172" t="s">
-        <v>2077</v>
+        <v>2197</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B173" t="s">
-        <v>2078</v>
+        <v>2198</v>
       </c>
       <c r="C173" t="s">
         <v>20</v>
       </c>
       <c r="D173" t="s">
         <v>20</v>
       </c>
       <c r="E173" t="s">
-        <v>2079</v>
+        <v>2191</v>
       </c>
       <c r="F173" t="s">
         <v>20</v>
       </c>
       <c r="G173" t="s">
-        <v>2080</v>
+        <v>2199</v>
       </c>
       <c r="H173" t="s">
-        <v>2081</v>
+        <v>2200</v>
       </c>
       <c r="I173" t="s">
-        <v>2082</v>
+        <v>2194</v>
       </c>
       <c r="J173" t="s">
-        <v>1121</v>
+        <v>2195</v>
       </c>
       <c r="K173" t="s">
-        <v>30</v>
+        <v>2196</v>
       </c>
       <c r="L173" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M173" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N173" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O173" t="s">
-        <v>1038</v>
+        <v>1383</v>
       </c>
       <c r="P173" t="s">
-        <v>2083</v>
+        <v>2201</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B174" t="s">
-        <v>2084</v>
+        <v>2202</v>
       </c>
       <c r="C174" t="s">
         <v>20</v>
       </c>
       <c r="D174" t="s">
         <v>20</v>
       </c>
       <c r="E174" t="s">
-        <v>2079</v>
+        <v>2203</v>
       </c>
       <c r="F174" t="s">
         <v>20</v>
       </c>
       <c r="G174" t="s">
-        <v>2085</v>
+        <v>2204</v>
       </c>
       <c r="H174" t="s">
-        <v>2086</v>
+        <v>2205</v>
       </c>
       <c r="I174" t="s">
-        <v>2087</v>
+        <v>2206</v>
       </c>
       <c r="J174" t="s">
-        <v>1425</v>
+        <v>1140</v>
       </c>
       <c r="K174" t="s">
-        <v>71</v>
+        <v>30</v>
       </c>
       <c r="L174" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M174" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N174" t="s">
-        <v>1037</v>
+        <v>1119</v>
       </c>
       <c r="O174" t="s">
-        <v>1038</v>
+        <v>2014</v>
       </c>
       <c r="P174" t="s">
-        <v>2088</v>
+        <v>2207</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B175" t="s">
-        <v>2089</v>
+        <v>2208</v>
       </c>
       <c r="C175" t="s">
         <v>20</v>
       </c>
       <c r="D175" t="s">
         <v>20</v>
       </c>
       <c r="E175" t="s">
-        <v>2090</v>
+        <v>2209</v>
       </c>
       <c r="F175" t="s">
         <v>20</v>
       </c>
       <c r="G175" t="s">
-        <v>2091</v>
+        <v>2210</v>
       </c>
       <c r="H175" t="s">
-        <v>2092</v>
+        <v>2211</v>
       </c>
       <c r="I175" t="s">
-        <v>2093</v>
+        <v>2212</v>
       </c>
       <c r="J175" t="s">
-        <v>2094</v>
+        <v>1184</v>
       </c>
       <c r="K175" t="s">
-        <v>2095</v>
+        <v>1185</v>
       </c>
       <c r="L175" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M175" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N175" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O175" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P175" t="s">
-        <v>2096</v>
+        <v>2213</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B176" t="s">
-        <v>2097</v>
+        <v>2214</v>
       </c>
       <c r="C176" t="s">
         <v>20</v>
       </c>
       <c r="D176" t="s">
         <v>20</v>
       </c>
       <c r="E176" t="s">
-        <v>2098</v>
+        <v>2215</v>
       </c>
       <c r="F176" t="s">
         <v>20</v>
       </c>
       <c r="G176" t="s">
-        <v>2099</v>
+        <v>2216</v>
       </c>
       <c r="H176" t="s">
-        <v>2100</v>
+        <v>2217</v>
       </c>
       <c r="I176" t="s">
-        <v>2101</v>
+        <v>2218</v>
       </c>
       <c r="J176" t="s">
-        <v>1349</v>
+        <v>2144</v>
       </c>
       <c r="K176" t="s">
-        <v>1350</v>
+        <v>2145</v>
       </c>
       <c r="L176" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M176" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N176" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O176" t="s">
-        <v>1299</v>
+        <v>1110</v>
       </c>
       <c r="P176" t="s">
-        <v>2102</v>
+        <v>2219</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B177" t="s">
-        <v>2103</v>
+        <v>2220</v>
       </c>
       <c r="C177" t="s">
         <v>20</v>
       </c>
       <c r="D177" t="s">
         <v>20</v>
       </c>
       <c r="E177" t="s">
-        <v>2098</v>
+        <v>2221</v>
       </c>
       <c r="F177" t="s">
         <v>20</v>
       </c>
       <c r="G177" t="s">
-        <v>2104</v>
+        <v>2222</v>
       </c>
       <c r="H177" t="s">
-        <v>2105</v>
+        <v>2223</v>
       </c>
       <c r="I177" t="s">
-        <v>1961</v>
+        <v>2224</v>
       </c>
       <c r="J177" t="s">
-        <v>1962</v>
+        <v>1140</v>
       </c>
       <c r="K177" t="s">
-        <v>1963</v>
+        <v>30</v>
       </c>
       <c r="L177" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M177" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N177" t="s">
-        <v>1002</v>
+        <v>1119</v>
       </c>
       <c r="O177" t="s">
-        <v>1299</v>
+        <v>2014</v>
       </c>
       <c r="P177" t="s">
-        <v>2106</v>
+        <v>2225</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B178" t="s">
-        <v>2107</v>
+        <v>2226</v>
       </c>
       <c r="C178" t="s">
         <v>20</v>
       </c>
       <c r="D178" t="s">
         <v>20</v>
       </c>
       <c r="E178" t="s">
-        <v>2098</v>
+        <v>2227</v>
       </c>
       <c r="F178" t="s">
         <v>20</v>
       </c>
       <c r="G178" t="s">
-        <v>2108</v>
+        <v>2228</v>
       </c>
       <c r="H178" t="s">
-        <v>2109</v>
+        <v>2229</v>
       </c>
       <c r="I178" t="s">
-        <v>2110</v>
+        <v>1936</v>
       </c>
       <c r="J178" t="s">
-        <v>1155</v>
+        <v>1318</v>
       </c>
       <c r="K178" t="s">
-        <v>61</v>
+        <v>1319</v>
       </c>
       <c r="L178" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M178" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N178" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O178" t="s">
-        <v>1299</v>
+        <v>1383</v>
       </c>
       <c r="P178" t="s">
-        <v>2111</v>
+        <v>2230</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B179" t="s">
-        <v>2112</v>
+        <v>2231</v>
       </c>
       <c r="C179" t="s">
         <v>20</v>
       </c>
       <c r="D179" t="s">
         <v>20</v>
       </c>
       <c r="E179" t="s">
-        <v>2113</v>
+        <v>2232</v>
       </c>
       <c r="F179" t="s">
         <v>20</v>
       </c>
       <c r="G179" t="s">
-        <v>2114</v>
+        <v>2233</v>
       </c>
       <c r="H179" t="s">
-        <v>2115</v>
+        <v>2234</v>
       </c>
       <c r="I179" t="s">
-        <v>2116</v>
+        <v>2235</v>
       </c>
       <c r="J179" t="s">
-        <v>2117</v>
+        <v>2236</v>
       </c>
       <c r="K179" t="s">
-        <v>2118</v>
+        <v>2237</v>
       </c>
       <c r="L179" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M179" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N179" t="s">
-        <v>1037</v>
+        <v>1109</v>
       </c>
       <c r="O179" t="s">
-        <v>1038</v>
+        <v>1110</v>
       </c>
       <c r="P179" t="s">
-        <v>2119</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B180" t="s">
-        <v>2120</v>
+        <v>2239</v>
       </c>
       <c r="C180" t="s">
         <v>20</v>
       </c>
       <c r="D180" t="s">
         <v>20</v>
       </c>
       <c r="E180" t="s">
-        <v>2121</v>
+        <v>2240</v>
       </c>
       <c r="F180" t="s">
         <v>20</v>
       </c>
       <c r="G180" t="s">
-        <v>2122</v>
+        <v>2241</v>
       </c>
       <c r="H180" t="s">
-        <v>2123</v>
+        <v>2242</v>
       </c>
       <c r="I180" t="s">
-        <v>1989</v>
+        <v>2243</v>
       </c>
       <c r="J180" t="s">
-        <v>1349</v>
+        <v>1140</v>
       </c>
       <c r="K180" t="s">
-        <v>1350</v>
+        <v>30</v>
       </c>
       <c r="L180" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M180" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N180" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O180" t="s">
-        <v>1003</v>
+        <v>1110</v>
       </c>
       <c r="P180" t="s">
-        <v>2124</v>
+        <v>2244</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B181" t="s">
-        <v>2125</v>
+        <v>2245</v>
       </c>
       <c r="C181" t="s">
         <v>20</v>
       </c>
       <c r="D181" t="s">
         <v>20</v>
       </c>
       <c r="E181" t="s">
-        <v>2126</v>
+        <v>2240</v>
       </c>
       <c r="F181" t="s">
         <v>20</v>
       </c>
       <c r="G181" t="s">
-        <v>2127</v>
+        <v>2246</v>
       </c>
       <c r="H181" t="s">
-        <v>2128</v>
+        <v>2247</v>
       </c>
       <c r="I181" t="s">
-        <v>1945</v>
+        <v>2248</v>
       </c>
       <c r="J181" t="s">
-        <v>20</v>
+        <v>1133</v>
       </c>
       <c r="K181" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="L181" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M181" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N181" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O181" t="s">
-        <v>1299</v>
+        <v>1110</v>
       </c>
       <c r="P181" t="s">
-        <v>2129</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B182" t="s">
-        <v>2130</v>
+        <v>2250</v>
       </c>
       <c r="C182" t="s">
         <v>20</v>
       </c>
       <c r="D182" t="s">
         <v>20</v>
       </c>
       <c r="E182" t="s">
-        <v>2126</v>
+        <v>2251</v>
       </c>
       <c r="F182" t="s">
         <v>20</v>
       </c>
       <c r="G182" t="s">
-        <v>2131</v>
+        <v>2252</v>
       </c>
       <c r="H182" t="s">
-        <v>2132</v>
+        <v>2253</v>
       </c>
       <c r="I182" t="s">
-        <v>1945</v>
+        <v>2254</v>
       </c>
       <c r="J182" t="s">
-        <v>20</v>
+        <v>2255</v>
       </c>
       <c r="K182" t="s">
-        <v>71</v>
+        <v>2256</v>
       </c>
       <c r="L182" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M182" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N182" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O182" t="s">
-        <v>1213</v>
+        <v>1110</v>
       </c>
       <c r="P182" t="s">
-        <v>2133</v>
+        <v>2257</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B183" t="s">
-        <v>2134</v>
+        <v>2258</v>
       </c>
       <c r="C183" t="s">
         <v>20</v>
       </c>
       <c r="D183" t="s">
         <v>20</v>
       </c>
       <c r="E183" t="s">
-        <v>2135</v>
+        <v>2259</v>
       </c>
       <c r="F183" t="s">
         <v>20</v>
       </c>
       <c r="G183" t="s">
-        <v>2136</v>
+        <v>2260</v>
       </c>
       <c r="H183" t="s">
-        <v>2137</v>
+        <v>2261</v>
       </c>
       <c r="I183" t="s">
-        <v>2138</v>
+        <v>2262</v>
       </c>
       <c r="J183" t="s">
-        <v>988</v>
+        <v>1148</v>
       </c>
       <c r="K183" t="s">
-        <v>30</v>
+        <v>1149</v>
       </c>
       <c r="L183" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M183" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N183" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O183" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P183" t="s">
-        <v>2139</v>
+        <v>2263</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B184" t="s">
-        <v>2140</v>
+        <v>2264</v>
       </c>
       <c r="C184" t="s">
         <v>20</v>
       </c>
       <c r="D184" t="s">
         <v>20</v>
       </c>
       <c r="E184" t="s">
-        <v>2135</v>
+        <v>2259</v>
       </c>
       <c r="F184" t="s">
         <v>20</v>
       </c>
       <c r="G184" t="s">
-        <v>2141</v>
+        <v>2265</v>
       </c>
       <c r="H184" t="s">
-        <v>2142</v>
+        <v>2266</v>
       </c>
       <c r="I184" t="s">
-        <v>2143</v>
+        <v>2122</v>
       </c>
       <c r="J184" t="s">
-        <v>2144</v>
+        <v>2123</v>
       </c>
       <c r="K184" t="s">
-        <v>2145</v>
+        <v>2124</v>
       </c>
       <c r="L184" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M184" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N184" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O184" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P184" t="s">
-        <v>2146</v>
+        <v>2267</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B185" t="s">
-        <v>2147</v>
+        <v>2268</v>
       </c>
       <c r="C185" t="s">
         <v>20</v>
       </c>
       <c r="D185" t="s">
         <v>20</v>
       </c>
       <c r="E185" t="s">
-        <v>2148</v>
+        <v>2259</v>
       </c>
       <c r="F185" t="s">
         <v>20</v>
       </c>
       <c r="G185" t="s">
-        <v>2149</v>
+        <v>2269</v>
       </c>
       <c r="H185" t="s">
-        <v>2150</v>
+        <v>2270</v>
       </c>
       <c r="I185" t="s">
-        <v>1462</v>
+        <v>2271</v>
       </c>
       <c r="J185" t="s">
-        <v>1445</v>
+        <v>1127</v>
       </c>
       <c r="K185" t="s">
-        <v>1446</v>
+        <v>219</v>
       </c>
       <c r="L185" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M185" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N185" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O185" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P185" t="s">
-        <v>2151</v>
+        <v>2272</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B186" t="s">
-        <v>2152</v>
+        <v>2273</v>
       </c>
       <c r="C186" t="s">
         <v>20</v>
       </c>
       <c r="D186" t="s">
         <v>20</v>
       </c>
       <c r="E186" t="s">
-        <v>2153</v>
+        <v>2274</v>
       </c>
       <c r="F186" t="s">
         <v>20</v>
       </c>
       <c r="G186" t="s">
-        <v>2154</v>
+        <v>2275</v>
       </c>
       <c r="H186" t="s">
-        <v>2155</v>
+        <v>2276</v>
       </c>
       <c r="I186" t="s">
-        <v>2156</v>
+        <v>2277</v>
       </c>
       <c r="J186" t="s">
-        <v>1349</v>
+        <v>2278</v>
       </c>
       <c r="K186" t="s">
-        <v>1350</v>
+        <v>2279</v>
       </c>
       <c r="L186" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M186" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N186" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O186" t="s">
-        <v>1374</v>
+        <v>1110</v>
       </c>
       <c r="P186" t="s">
-        <v>2157</v>
+        <v>2280</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B187" t="s">
-        <v>2158</v>
+        <v>2281</v>
       </c>
       <c r="C187" t="s">
         <v>20</v>
       </c>
       <c r="D187" t="s">
         <v>20</v>
       </c>
       <c r="E187" t="s">
-        <v>2159</v>
+        <v>2282</v>
       </c>
       <c r="F187" t="s">
         <v>20</v>
       </c>
       <c r="G187" t="s">
-        <v>2160</v>
+        <v>2283</v>
       </c>
       <c r="H187" t="s">
-        <v>2161</v>
+        <v>2284</v>
       </c>
       <c r="I187" t="s">
-        <v>2162</v>
+        <v>2150</v>
       </c>
       <c r="J187" t="s">
-        <v>1121</v>
+        <v>1148</v>
       </c>
       <c r="K187" t="s">
-        <v>30</v>
+        <v>1149</v>
       </c>
       <c r="L187" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M187" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N187" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O187" t="s">
-        <v>1003</v>
+        <v>1177</v>
       </c>
       <c r="P187" t="s">
-        <v>2163</v>
+        <v>2285</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B188" t="s">
-        <v>2164</v>
+        <v>2286</v>
       </c>
       <c r="C188" t="s">
         <v>20</v>
       </c>
       <c r="D188" t="s">
         <v>20</v>
       </c>
       <c r="E188" t="s">
-        <v>2165</v>
+        <v>2287</v>
       </c>
       <c r="F188" t="s">
         <v>20</v>
       </c>
       <c r="G188" t="s">
-        <v>2166</v>
+        <v>2288</v>
       </c>
       <c r="H188" t="s">
-        <v>2167</v>
+        <v>2289</v>
       </c>
       <c r="I188" t="s">
-        <v>2168</v>
+        <v>2106</v>
       </c>
       <c r="J188" t="s">
-        <v>1147</v>
+        <v>20</v>
       </c>
       <c r="K188" t="s">
-        <v>1148</v>
+        <v>40</v>
       </c>
       <c r="L188" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M188" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N188" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O188" t="s">
-        <v>1038</v>
+        <v>1159</v>
       </c>
       <c r="P188" t="s">
-        <v>2169</v>
+        <v>2290</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B189" t="s">
-        <v>2170</v>
+        <v>2291</v>
       </c>
       <c r="C189" t="s">
         <v>20</v>
       </c>
       <c r="D189" t="s">
         <v>20</v>
       </c>
       <c r="E189" t="s">
-        <v>2171</v>
+        <v>2287</v>
       </c>
       <c r="F189" t="s">
         <v>20</v>
       </c>
       <c r="G189" t="s">
-        <v>2172</v>
+        <v>2292</v>
       </c>
       <c r="H189" t="s">
-        <v>2173</v>
+        <v>2293</v>
       </c>
       <c r="I189" t="s">
-        <v>2174</v>
+        <v>2106</v>
       </c>
       <c r="J189" t="s">
-        <v>2175</v>
+        <v>20</v>
       </c>
       <c r="K189" t="s">
-        <v>2176</v>
+        <v>40</v>
       </c>
       <c r="L189" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M189" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="N189" t="s">
-        <v>1037</v>
+        <v>1158</v>
       </c>
       <c r="O189" t="s">
-        <v>1038</v>
+        <v>1383</v>
       </c>
       <c r="P189" t="s">
-        <v>2177</v>
+        <v>2294</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B190" t="s">
-        <v>2178</v>
+        <v>2295</v>
       </c>
       <c r="C190" t="s">
         <v>20</v>
       </c>
       <c r="D190" t="s">
         <v>20</v>
       </c>
       <c r="E190" t="s">
-        <v>2179</v>
+        <v>2296</v>
       </c>
       <c r="F190" t="s">
         <v>20</v>
       </c>
       <c r="G190" t="s">
-        <v>2180</v>
+        <v>2297</v>
       </c>
       <c r="H190" t="s">
-        <v>2181</v>
+        <v>2298</v>
       </c>
       <c r="I190" t="s">
-        <v>2182</v>
+        <v>2299</v>
       </c>
       <c r="J190" t="s">
-        <v>1155</v>
+        <v>1166</v>
       </c>
       <c r="K190" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="L190" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M190" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N190" t="s">
-        <v>1012</v>
+        <v>1109</v>
       </c>
       <c r="O190" t="s">
-        <v>2183</v>
+        <v>1110</v>
       </c>
       <c r="P190" t="s">
-        <v>2184</v>
+        <v>2300</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B191" t="s">
-        <v>2185</v>
+        <v>2301</v>
       </c>
       <c r="C191" t="s">
         <v>20</v>
       </c>
       <c r="D191" t="s">
         <v>20</v>
       </c>
       <c r="E191" t="s">
-        <v>2186</v>
+        <v>2296</v>
       </c>
       <c r="F191" t="s">
         <v>20</v>
       </c>
       <c r="G191" t="s">
-        <v>2187</v>
+        <v>2302</v>
       </c>
       <c r="H191" t="s">
-        <v>2188</v>
+        <v>2303</v>
       </c>
       <c r="I191" t="s">
-        <v>1945</v>
+        <v>2304</v>
       </c>
       <c r="J191" t="s">
-        <v>20</v>
+        <v>2305</v>
       </c>
       <c r="K191" t="s">
-        <v>71</v>
+        <v>2306</v>
       </c>
       <c r="L191" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M191" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N191" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O191" t="s">
-        <v>1447</v>
+        <v>1110</v>
       </c>
       <c r="P191" t="s">
-        <v>2189</v>
+        <v>2307</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B192" t="s">
-        <v>2190</v>
+        <v>2308</v>
       </c>
       <c r="C192" t="s">
         <v>20</v>
       </c>
       <c r="D192" t="s">
         <v>20</v>
       </c>
       <c r="E192" t="s">
-        <v>2191</v>
+        <v>2309</v>
       </c>
       <c r="F192" t="s">
         <v>20</v>
       </c>
       <c r="G192" t="s">
-        <v>2192</v>
+        <v>2310</v>
       </c>
       <c r="H192" t="s">
-        <v>2193</v>
+        <v>2311</v>
       </c>
       <c r="I192" t="s">
-        <v>1775</v>
+        <v>1626</v>
       </c>
       <c r="J192" t="s">
-        <v>1147</v>
+        <v>1609</v>
       </c>
       <c r="K192" t="s">
-        <v>1148</v>
+        <v>1610</v>
       </c>
       <c r="L192" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M192" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N192" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O192" t="s">
-        <v>1213</v>
+        <v>1110</v>
       </c>
       <c r="P192" t="s">
-        <v>2194</v>
+        <v>2312</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B193" t="s">
-        <v>2195</v>
+        <v>2313</v>
       </c>
       <c r="C193" t="s">
         <v>20</v>
       </c>
       <c r="D193" t="s">
         <v>20</v>
       </c>
       <c r="E193" t="s">
-        <v>2196</v>
+        <v>2314</v>
       </c>
       <c r="F193" t="s">
         <v>20</v>
       </c>
       <c r="G193" t="s">
-        <v>2197</v>
+        <v>2315</v>
       </c>
       <c r="H193" t="s">
-        <v>2198</v>
+        <v>2316</v>
       </c>
       <c r="I193" t="s">
-        <v>1933</v>
+        <v>2317</v>
       </c>
       <c r="J193" t="s">
-        <v>1034</v>
+        <v>1148</v>
       </c>
       <c r="K193" t="s">
-        <v>1035</v>
+        <v>1149</v>
       </c>
       <c r="L193" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M193" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N193" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O193" t="s">
-        <v>1305</v>
+        <v>1539</v>
       </c>
       <c r="P193" t="s">
-        <v>2199</v>
+        <v>2318</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B194" t="s">
-        <v>2200</v>
+        <v>2319</v>
       </c>
       <c r="C194" t="s">
         <v>20</v>
       </c>
       <c r="D194" t="s">
         <v>20</v>
       </c>
       <c r="E194" t="s">
-        <v>2196</v>
+        <v>2320</v>
       </c>
       <c r="F194" t="s">
         <v>20</v>
       </c>
       <c r="G194" t="s">
-        <v>2201</v>
+        <v>2321</v>
       </c>
       <c r="H194" t="s">
-        <v>2202</v>
+        <v>2322</v>
       </c>
       <c r="I194" t="s">
-        <v>2203</v>
+        <v>2323</v>
       </c>
       <c r="J194" t="s">
-        <v>2204</v>
+        <v>1140</v>
       </c>
       <c r="K194" t="s">
-        <v>2205</v>
+        <v>30</v>
       </c>
       <c r="L194" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M194" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N194" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O194" t="s">
-        <v>1114</v>
+        <v>1177</v>
       </c>
       <c r="P194" t="s">
-        <v>2206</v>
+        <v>2324</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B195" t="s">
-        <v>2207</v>
+        <v>2325</v>
       </c>
       <c r="C195" t="s">
         <v>20</v>
       </c>
       <c r="D195" t="s">
         <v>20</v>
       </c>
       <c r="E195" t="s">
-        <v>2208</v>
+        <v>2326</v>
       </c>
       <c r="F195" t="s">
         <v>20</v>
       </c>
       <c r="G195" t="s">
-        <v>2209</v>
+        <v>2327</v>
       </c>
       <c r="H195" t="s">
-        <v>2210</v>
+        <v>2328</v>
       </c>
       <c r="I195" t="s">
-        <v>1519</v>
+        <v>2329</v>
       </c>
       <c r="J195" t="s">
-        <v>988</v>
+        <v>1318</v>
       </c>
       <c r="K195" t="s">
-        <v>30</v>
+        <v>1319</v>
       </c>
       <c r="L195" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M195" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N195" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O195" t="s">
-        <v>1572</v>
+        <v>1110</v>
       </c>
       <c r="P195" t="s">
-        <v>2211</v>
+        <v>2330</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B196" t="s">
-        <v>2212</v>
+        <v>2331</v>
       </c>
       <c r="C196" t="s">
         <v>20</v>
       </c>
       <c r="D196" t="s">
         <v>20</v>
       </c>
       <c r="E196" t="s">
-        <v>2208</v>
+        <v>2332</v>
       </c>
       <c r="F196" t="s">
         <v>20</v>
       </c>
       <c r="G196" t="s">
-        <v>2213</v>
+        <v>2333</v>
       </c>
       <c r="H196" t="s">
-        <v>2214</v>
+        <v>2334</v>
       </c>
       <c r="I196" t="s">
-        <v>2215</v>
+        <v>2335</v>
       </c>
       <c r="J196" t="s">
-        <v>1010</v>
+        <v>2336</v>
       </c>
       <c r="K196" t="s">
-        <v>1011</v>
+        <v>2337</v>
       </c>
       <c r="L196" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M196" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N196" t="s">
-        <v>1002</v>
+        <v>1109</v>
       </c>
       <c r="O196" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P196" t="s">
-        <v>2216</v>
+        <v>2338</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B197" t="s">
-        <v>2217</v>
+        <v>2339</v>
       </c>
       <c r="C197" t="s">
         <v>20</v>
       </c>
       <c r="D197" t="s">
         <v>20</v>
       </c>
       <c r="E197" t="s">
-        <v>2218</v>
+        <v>2340</v>
       </c>
       <c r="F197" t="s">
         <v>20</v>
       </c>
       <c r="G197" t="s">
-        <v>2219</v>
+        <v>2341</v>
       </c>
       <c r="H197" t="s">
-        <v>2220</v>
+        <v>2342</v>
       </c>
       <c r="I197" t="s">
-        <v>2221</v>
+        <v>2343</v>
       </c>
       <c r="J197" t="s">
-        <v>988</v>
+        <v>1127</v>
       </c>
       <c r="K197" t="s">
-        <v>30</v>
+        <v>219</v>
       </c>
       <c r="L197" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M197" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N197" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
       <c r="O197" t="s">
-        <v>2222</v>
+        <v>2344</v>
       </c>
       <c r="P197" t="s">
-        <v>2223</v>
+        <v>2345</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B198" t="s">
-        <v>2224</v>
+        <v>2346</v>
       </c>
       <c r="C198" t="s">
         <v>20</v>
       </c>
       <c r="D198" t="s">
         <v>20</v>
       </c>
       <c r="E198" t="s">
-        <v>2218</v>
+        <v>2347</v>
       </c>
       <c r="F198" t="s">
         <v>20</v>
       </c>
       <c r="G198" t="s">
-        <v>2225</v>
+        <v>2348</v>
       </c>
       <c r="H198" t="s">
-        <v>2226</v>
+        <v>2349</v>
       </c>
       <c r="I198" t="s">
-        <v>2227</v>
+        <v>2106</v>
       </c>
       <c r="J198" t="s">
-        <v>2228</v>
+        <v>20</v>
       </c>
       <c r="K198" t="s">
-        <v>1350</v>
+        <v>40</v>
       </c>
       <c r="L198" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M198" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N198" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O198" t="s">
-        <v>2222</v>
+        <v>1611</v>
       </c>
       <c r="P198" t="s">
-        <v>2229</v>
+        <v>2350</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B199" t="s">
-        <v>2230</v>
+        <v>2351</v>
       </c>
       <c r="C199" t="s">
         <v>20</v>
       </c>
       <c r="D199" t="s">
         <v>20</v>
       </c>
       <c r="E199" t="s">
-        <v>2231</v>
+        <v>2352</v>
       </c>
       <c r="F199" t="s">
         <v>20</v>
       </c>
       <c r="G199" t="s">
-        <v>2232</v>
+        <v>2353</v>
       </c>
       <c r="H199" t="s">
-        <v>2233</v>
+        <v>2354</v>
       </c>
       <c r="I199" t="s">
-        <v>2234</v>
+        <v>1936</v>
       </c>
       <c r="J199" t="s">
-        <v>1121</v>
+        <v>1318</v>
       </c>
       <c r="K199" t="s">
-        <v>30</v>
+        <v>1319</v>
       </c>
       <c r="L199" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M199" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N199" t="s">
-        <v>1496</v>
+        <v>1158</v>
       </c>
       <c r="O199" t="s">
-        <v>1497</v>
+        <v>1383</v>
       </c>
       <c r="P199" t="s">
-        <v>2235</v>
+        <v>2355</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B200" t="s">
-        <v>2236</v>
+        <v>2356</v>
       </c>
       <c r="C200" t="s">
         <v>20</v>
       </c>
       <c r="D200" t="s">
         <v>20</v>
       </c>
       <c r="E200" t="s">
-        <v>2237</v>
+        <v>2357</v>
       </c>
       <c r="F200" t="s">
         <v>20</v>
       </c>
       <c r="G200" t="s">
-        <v>2238</v>
+        <v>2358</v>
       </c>
       <c r="H200" t="s">
-        <v>2239</v>
+        <v>2359</v>
       </c>
       <c r="I200" t="s">
-        <v>2240</v>
+        <v>2094</v>
       </c>
       <c r="J200" t="s">
-        <v>1220</v>
+        <v>1208</v>
       </c>
       <c r="K200" t="s">
-        <v>1221</v>
+        <v>1209</v>
       </c>
       <c r="L200" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M200" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N200" t="s">
-        <v>1002</v>
+        <v>1285</v>
       </c>
       <c r="O200" t="s">
-        <v>1213</v>
+        <v>1474</v>
       </c>
       <c r="P200" t="s">
-        <v>2241</v>
+        <v>2360</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B201" t="s">
-        <v>2242</v>
+        <v>2361</v>
       </c>
       <c r="C201" t="s">
         <v>20</v>
       </c>
       <c r="D201" t="s">
         <v>20</v>
       </c>
       <c r="E201" t="s">
-        <v>2243</v>
+        <v>2357</v>
       </c>
       <c r="F201" t="s">
         <v>20</v>
       </c>
       <c r="G201" t="s">
-        <v>2244</v>
+        <v>2362</v>
       </c>
       <c r="H201" t="s">
-        <v>2245</v>
+        <v>2363</v>
       </c>
       <c r="I201" t="s">
-        <v>2246</v>
+        <v>2364</v>
       </c>
       <c r="J201" t="s">
-        <v>2247</v>
+        <v>2365</v>
       </c>
       <c r="K201" t="s">
-        <v>2248</v>
+        <v>2366</v>
       </c>
       <c r="L201" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M201" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N201" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O201" t="s">
-        <v>1305</v>
+        <v>1286</v>
       </c>
       <c r="P201" t="s">
-        <v>2249</v>
+        <v>2367</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B202" t="s">
-        <v>2250</v>
+        <v>2368</v>
       </c>
       <c r="C202" t="s">
         <v>20</v>
       </c>
       <c r="D202" t="s">
         <v>20</v>
       </c>
       <c r="E202" t="s">
-        <v>2251</v>
+        <v>2369</v>
       </c>
       <c r="F202" t="s">
         <v>20</v>
       </c>
       <c r="G202" t="s">
-        <v>2252</v>
+        <v>2370</v>
       </c>
       <c r="H202" t="s">
-        <v>2253</v>
+        <v>2371</v>
       </c>
       <c r="I202" t="s">
-        <v>2254</v>
+        <v>1683</v>
       </c>
       <c r="J202" t="s">
-        <v>1010</v>
+        <v>1166</v>
       </c>
       <c r="K202" t="s">
-        <v>1011</v>
+        <v>30</v>
       </c>
       <c r="L202" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M202" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N202" t="s">
-        <v>1113</v>
+        <v>1158</v>
       </c>
       <c r="O202" t="s">
-        <v>1114</v>
+        <v>1736</v>
       </c>
       <c r="P202" t="s">
-        <v>2255</v>
+        <v>2372</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B203" t="s">
-        <v>2256</v>
+        <v>2373</v>
       </c>
       <c r="C203" t="s">
         <v>20</v>
       </c>
       <c r="D203" t="s">
         <v>20</v>
       </c>
       <c r="E203" t="s">
-        <v>2257</v>
+        <v>2369</v>
       </c>
       <c r="F203" t="s">
         <v>20</v>
       </c>
       <c r="G203" t="s">
-        <v>2258</v>
+        <v>2374</v>
       </c>
       <c r="H203" t="s">
-        <v>2259</v>
+        <v>2375</v>
       </c>
       <c r="I203" t="s">
-        <v>2260</v>
+        <v>2376</v>
       </c>
       <c r="J203" t="s">
-        <v>1121</v>
+        <v>1184</v>
       </c>
       <c r="K203" t="s">
-        <v>30</v>
+        <v>1185</v>
       </c>
       <c r="L203" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M203" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N203" t="s">
-        <v>1331</v>
+        <v>1158</v>
       </c>
       <c r="O203" t="s">
-        <v>1853</v>
+        <v>1196</v>
       </c>
       <c r="P203" t="s">
-        <v>2261</v>
+        <v>2377</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B204" t="s">
-        <v>2262</v>
+        <v>2378</v>
       </c>
       <c r="C204" t="s">
         <v>20</v>
       </c>
       <c r="D204" t="s">
         <v>20</v>
       </c>
       <c r="E204" t="s">
-        <v>2263</v>
+        <v>2379</v>
       </c>
       <c r="F204" t="s">
         <v>20</v>
       </c>
       <c r="G204" t="s">
-        <v>2264</v>
+        <v>2380</v>
       </c>
       <c r="H204" t="s">
-        <v>2265</v>
+        <v>2381</v>
       </c>
       <c r="I204" t="s">
-        <v>2266</v>
+        <v>2382</v>
       </c>
       <c r="J204" t="s">
-        <v>1839</v>
+        <v>1166</v>
       </c>
       <c r="K204" t="s">
-        <v>1840</v>
+        <v>30</v>
       </c>
       <c r="L204" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M204" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N204" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O204" t="s">
-        <v>1351</v>
+        <v>2383</v>
       </c>
       <c r="P204" t="s">
-        <v>2267</v>
+        <v>2384</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B205" t="s">
-        <v>2268</v>
+        <v>2385</v>
       </c>
       <c r="C205" t="s">
         <v>20</v>
       </c>
       <c r="D205" t="s">
         <v>20</v>
       </c>
       <c r="E205" t="s">
-        <v>2263</v>
+        <v>2379</v>
       </c>
       <c r="F205" t="s">
         <v>20</v>
       </c>
       <c r="G205" t="s">
-        <v>2269</v>
+        <v>2386</v>
       </c>
       <c r="H205" t="s">
-        <v>2270</v>
+        <v>2387</v>
       </c>
       <c r="I205" t="s">
-        <v>2271</v>
+        <v>2388</v>
       </c>
       <c r="J205" t="s">
-        <v>2272</v>
+        <v>2389</v>
       </c>
       <c r="K205" t="s">
-        <v>2273</v>
+        <v>1149</v>
       </c>
       <c r="L205" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M205" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N205" t="s">
-        <v>1113</v>
+        <v>1285</v>
       </c>
       <c r="O205" t="s">
-        <v>2222</v>
+        <v>2383</v>
       </c>
       <c r="P205" t="s">
-        <v>2274</v>
+        <v>2390</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B206" t="s">
-        <v>2275</v>
+        <v>2391</v>
       </c>
       <c r="C206" t="s">
         <v>20</v>
       </c>
       <c r="D206" t="s">
         <v>20</v>
       </c>
       <c r="E206" t="s">
-        <v>2276</v>
+        <v>2392</v>
       </c>
       <c r="F206" t="s">
         <v>20</v>
       </c>
       <c r="G206" t="s">
-        <v>2277</v>
+        <v>2393</v>
       </c>
       <c r="H206" t="s">
-        <v>2278</v>
+        <v>2394</v>
       </c>
       <c r="I206" t="s">
-        <v>2279</v>
+        <v>2395</v>
       </c>
       <c r="J206" t="s">
-        <v>988</v>
+        <v>1140</v>
       </c>
       <c r="K206" t="s">
         <v>30</v>
       </c>
       <c r="L206" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M206" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N206" t="s">
-        <v>1002</v>
+        <v>1660</v>
       </c>
       <c r="O206" t="s">
-        <v>1299</v>
+        <v>1661</v>
       </c>
       <c r="P206" t="s">
-        <v>2280</v>
+        <v>2396</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B207" t="s">
-        <v>2281</v>
+        <v>2397</v>
       </c>
       <c r="C207" t="s">
         <v>20</v>
       </c>
       <c r="D207" t="s">
         <v>20</v>
       </c>
       <c r="E207" t="s">
-        <v>2282</v>
+        <v>2398</v>
       </c>
       <c r="F207" t="s">
         <v>20</v>
       </c>
       <c r="G207" t="s">
-        <v>2283</v>
+        <v>2399</v>
       </c>
       <c r="H207" t="s">
-        <v>2284</v>
+        <v>2400</v>
       </c>
       <c r="I207" t="s">
-        <v>2285</v>
+        <v>2401</v>
       </c>
       <c r="J207" t="s">
-        <v>2286</v>
+        <v>1390</v>
       </c>
       <c r="K207" t="s">
-        <v>2287</v>
+        <v>1391</v>
       </c>
       <c r="L207" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M207" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N207" t="s">
-        <v>2288</v>
+        <v>1158</v>
       </c>
       <c r="O207" t="s">
-        <v>2289</v>
+        <v>1383</v>
       </c>
       <c r="P207" t="s">
-        <v>2290</v>
+        <v>2402</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B208" t="s">
-        <v>2291</v>
+        <v>2403</v>
       </c>
       <c r="C208" t="s">
         <v>20</v>
       </c>
       <c r="D208" t="s">
         <v>20</v>
       </c>
       <c r="E208" t="s">
-        <v>2282</v>
+        <v>2404</v>
       </c>
       <c r="F208" t="s">
         <v>20</v>
       </c>
       <c r="G208" t="s">
-        <v>2292</v>
+        <v>2405</v>
       </c>
       <c r="H208" t="s">
-        <v>2293</v>
+        <v>2406</v>
       </c>
       <c r="I208" t="s">
-        <v>2294</v>
+        <v>2407</v>
       </c>
       <c r="J208" t="s">
-        <v>2295</v>
+        <v>2408</v>
       </c>
       <c r="K208" t="s">
-        <v>2296</v>
+        <v>2409</v>
       </c>
       <c r="L208" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M208" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N208" t="s">
-        <v>2288</v>
+        <v>1285</v>
       </c>
       <c r="O208" t="s">
-        <v>1038</v>
+        <v>1474</v>
       </c>
       <c r="P208" t="s">
-        <v>2297</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B209" t="s">
-        <v>2298</v>
+        <v>2411</v>
       </c>
       <c r="C209" t="s">
         <v>20</v>
       </c>
       <c r="D209" t="s">
         <v>20</v>
       </c>
       <c r="E209" t="s">
-        <v>2282</v>
+        <v>2412</v>
       </c>
       <c r="F209" t="s">
         <v>20</v>
       </c>
       <c r="G209" t="s">
-        <v>2299</v>
+        <v>2413</v>
       </c>
       <c r="H209" t="s">
-        <v>2300</v>
+        <v>2414</v>
       </c>
       <c r="I209" t="s">
-        <v>2301</v>
+        <v>2415</v>
       </c>
       <c r="J209" t="s">
-        <v>2302</v>
+        <v>1184</v>
       </c>
       <c r="K209" t="s">
-        <v>2303</v>
+        <v>1185</v>
       </c>
       <c r="L209" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M209" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N209" t="s">
-        <v>2288</v>
+        <v>1285</v>
       </c>
       <c r="O209" t="s">
-        <v>1038</v>
+        <v>1286</v>
       </c>
       <c r="P209" t="s">
-        <v>2304</v>
+        <v>2416</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B210" t="s">
-        <v>2305</v>
+        <v>2417</v>
       </c>
       <c r="C210" t="s">
         <v>20</v>
       </c>
       <c r="D210" t="s">
         <v>20</v>
       </c>
       <c r="E210" t="s">
-        <v>2282</v>
+        <v>2418</v>
       </c>
       <c r="F210" t="s">
         <v>20</v>
       </c>
       <c r="G210" t="s">
-        <v>2306</v>
+        <v>2419</v>
       </c>
       <c r="H210" t="s">
-        <v>2307</v>
+        <v>2420</v>
       </c>
       <c r="I210" t="s">
-        <v>2285</v>
+        <v>2421</v>
       </c>
       <c r="J210" t="s">
-        <v>2286</v>
+        <v>1140</v>
       </c>
       <c r="K210" t="s">
-        <v>2287</v>
+        <v>30</v>
       </c>
       <c r="L210" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M210" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N210" t="s">
-        <v>2288</v>
+        <v>1119</v>
       </c>
       <c r="O210" t="s">
-        <v>1038</v>
+        <v>2014</v>
       </c>
       <c r="P210" t="s">
-        <v>2308</v>
+        <v>2422</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B211" t="s">
-        <v>2309</v>
+        <v>2423</v>
       </c>
       <c r="C211" t="s">
         <v>20</v>
       </c>
       <c r="D211" t="s">
         <v>20</v>
       </c>
       <c r="E211" t="s">
-        <v>2310</v>
+        <v>2424</v>
       </c>
       <c r="F211" t="s">
         <v>20</v>
       </c>
       <c r="G211" t="s">
-        <v>2311</v>
+        <v>2425</v>
       </c>
       <c r="H211" t="s">
-        <v>2312</v>
+        <v>2426</v>
       </c>
       <c r="I211" t="s">
-        <v>2313</v>
+        <v>2427</v>
       </c>
       <c r="J211" t="s">
-        <v>2247</v>
+        <v>2000</v>
       </c>
       <c r="K211" t="s">
-        <v>2248</v>
+        <v>2001</v>
       </c>
       <c r="L211" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M211" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N211" t="s">
-        <v>1012</v>
+        <v>1285</v>
       </c>
       <c r="O211" t="s">
-        <v>1013</v>
+        <v>1516</v>
       </c>
       <c r="P211" t="s">
-        <v>2314</v>
+        <v>2428</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B212" t="s">
-        <v>2315</v>
+        <v>2429</v>
       </c>
       <c r="C212" t="s">
         <v>20</v>
       </c>
       <c r="D212" t="s">
         <v>20</v>
       </c>
       <c r="E212" t="s">
-        <v>2316</v>
+        <v>2424</v>
       </c>
       <c r="F212" t="s">
         <v>20</v>
       </c>
       <c r="G212" t="s">
-        <v>2317</v>
+        <v>2430</v>
       </c>
       <c r="H212" t="s">
-        <v>2318</v>
+        <v>2431</v>
       </c>
       <c r="I212" t="s">
-        <v>2319</v>
+        <v>2432</v>
       </c>
       <c r="J212" t="s">
-        <v>2320</v>
+        <v>2433</v>
       </c>
       <c r="K212" t="s">
-        <v>2321</v>
+        <v>2434</v>
       </c>
       <c r="L212" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M212" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N212" t="s">
-        <v>1037</v>
+        <v>1285</v>
       </c>
       <c r="O212" t="s">
-        <v>1038</v>
+        <v>2383</v>
       </c>
       <c r="P212" t="s">
-        <v>2322</v>
+        <v>2435</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B213" t="s">
-        <v>2323</v>
+        <v>2436</v>
       </c>
       <c r="C213" t="s">
         <v>20</v>
       </c>
       <c r="D213" t="s">
         <v>20</v>
       </c>
       <c r="E213" t="s">
-        <v>2316</v>
+        <v>2437</v>
       </c>
       <c r="F213" t="s">
         <v>20</v>
       </c>
       <c r="G213" t="s">
-        <v>2324</v>
+        <v>2438</v>
       </c>
       <c r="H213" t="s">
-        <v>2325</v>
+        <v>2439</v>
       </c>
       <c r="I213" t="s">
-        <v>2319</v>
+        <v>2440</v>
       </c>
       <c r="J213" t="s">
-        <v>2320</v>
+        <v>1166</v>
       </c>
       <c r="K213" t="s">
-        <v>2321</v>
+        <v>30</v>
       </c>
       <c r="L213" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M213" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N213" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O213" t="s">
-        <v>1572</v>
+        <v>1159</v>
       </c>
       <c r="P213" t="s">
-        <v>2326</v>
+        <v>2441</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B214" t="s">
-        <v>2327</v>
+        <v>2442</v>
       </c>
       <c r="C214" t="s">
         <v>20</v>
       </c>
       <c r="D214" t="s">
         <v>20</v>
       </c>
       <c r="E214" t="s">
-        <v>2328</v>
+        <v>2443</v>
       </c>
       <c r="F214" t="s">
         <v>20</v>
       </c>
       <c r="G214" t="s">
-        <v>2329</v>
+        <v>2444</v>
       </c>
       <c r="H214" t="s">
-        <v>2330</v>
+        <v>2445</v>
       </c>
       <c r="I214" t="s">
-        <v>1256</v>
+        <v>2446</v>
       </c>
       <c r="J214" t="s">
-        <v>20</v>
+        <v>2447</v>
       </c>
       <c r="K214" t="s">
-        <v>1257</v>
+        <v>2448</v>
       </c>
       <c r="L214" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M214" t="s">
-        <v>1001</v>
+        <v>1108</v>
       </c>
       <c r="N214" t="s">
-        <v>1002</v>
+        <v>2449</v>
       </c>
       <c r="O214" t="s">
-        <v>1299</v>
+        <v>2450</v>
       </c>
       <c r="P214" t="s">
-        <v>2331</v>
+        <v>2451</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B215" t="s">
-        <v>2332</v>
+        <v>2452</v>
       </c>
       <c r="C215" t="s">
         <v>20</v>
       </c>
       <c r="D215" t="s">
         <v>20</v>
       </c>
       <c r="E215" t="s">
-        <v>2328</v>
+        <v>2443</v>
       </c>
       <c r="F215" t="s">
         <v>20</v>
       </c>
       <c r="G215" t="s">
-        <v>2333</v>
+        <v>2453</v>
       </c>
       <c r="H215" t="s">
-        <v>2334</v>
+        <v>2454</v>
       </c>
       <c r="I215" t="s">
-        <v>2335</v>
+        <v>1116</v>
       </c>
       <c r="J215" t="s">
-        <v>1256</v>
+        <v>2455</v>
       </c>
       <c r="K215" t="s">
-        <v>1257</v>
+        <v>2456</v>
       </c>
       <c r="L215" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M215" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N215" t="s">
-        <v>1002</v>
+        <v>2449</v>
       </c>
       <c r="O215" t="s">
-        <v>1003</v>
+        <v>1110</v>
       </c>
       <c r="P215" t="s">
-        <v>2336</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B216" t="s">
-        <v>2337</v>
+        <v>2458</v>
       </c>
       <c r="C216" t="s">
         <v>20</v>
       </c>
       <c r="D216" t="s">
         <v>20</v>
       </c>
       <c r="E216" t="s">
-        <v>2328</v>
+        <v>2443</v>
       </c>
       <c r="F216" t="s">
         <v>20</v>
       </c>
       <c r="G216" t="s">
-        <v>2338</v>
+        <v>2459</v>
       </c>
       <c r="H216" t="s">
-        <v>2339</v>
+        <v>2460</v>
       </c>
       <c r="I216" t="s">
-        <v>2340</v>
+        <v>2461</v>
       </c>
       <c r="J216" t="s">
-        <v>1256</v>
+        <v>2462</v>
       </c>
       <c r="K216" t="s">
-        <v>1257</v>
+        <v>2463</v>
       </c>
       <c r="L216" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M216" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N216" t="s">
-        <v>1002</v>
+        <v>2449</v>
       </c>
       <c r="O216" t="s">
-        <v>1447</v>
+        <v>1110</v>
       </c>
       <c r="P216" t="s">
-        <v>2341</v>
+        <v>2464</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B217" t="s">
-        <v>2342</v>
+        <v>2465</v>
       </c>
       <c r="C217" t="s">
         <v>20</v>
       </c>
       <c r="D217" t="s">
         <v>20</v>
       </c>
       <c r="E217" t="s">
-        <v>2343</v>
+        <v>2443</v>
       </c>
       <c r="F217" t="s">
         <v>20</v>
       </c>
       <c r="G217" t="s">
-        <v>2344</v>
+        <v>2466</v>
       </c>
       <c r="H217" t="s">
-        <v>2345</v>
+        <v>2467</v>
       </c>
       <c r="I217" t="s">
-        <v>2346</v>
+        <v>2446</v>
       </c>
       <c r="J217" t="s">
-        <v>1256</v>
+        <v>2447</v>
       </c>
       <c r="K217" t="s">
-        <v>1257</v>
+        <v>2448</v>
       </c>
       <c r="L217" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M217" t="s">
-        <v>1001</v>
+        <v>1210</v>
       </c>
       <c r="N217" t="s">
-        <v>1002</v>
+        <v>2449</v>
       </c>
       <c r="O217" t="s">
-        <v>1022</v>
+        <v>1110</v>
       </c>
       <c r="P217" t="s">
-        <v>2347</v>
+        <v>2468</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B218" t="s">
-        <v>2348</v>
+        <v>2469</v>
       </c>
       <c r="C218" t="s">
         <v>20</v>
       </c>
       <c r="D218" t="s">
         <v>20</v>
       </c>
       <c r="E218" t="s">
-        <v>2349</v>
+        <v>2470</v>
       </c>
       <c r="F218" t="s">
         <v>20</v>
       </c>
       <c r="G218" t="s">
-        <v>2350</v>
+        <v>2471</v>
       </c>
       <c r="H218" t="s">
-        <v>2351</v>
+        <v>2472</v>
       </c>
       <c r="I218" t="s">
-        <v>2352</v>
+        <v>2473</v>
       </c>
       <c r="J218" t="s">
-        <v>1076</v>
+        <v>2408</v>
       </c>
       <c r="K218" t="s">
-        <v>1077</v>
+        <v>2409</v>
       </c>
       <c r="L218" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M218" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N218" t="s">
-        <v>1113</v>
+        <v>1186</v>
       </c>
       <c r="O218" t="s">
-        <v>2222</v>
+        <v>1187</v>
       </c>
       <c r="P218" t="s">
-        <v>2353</v>
+        <v>2474</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B219" t="s">
-        <v>2354</v>
+        <v>2475</v>
       </c>
       <c r="C219" t="s">
         <v>20</v>
       </c>
       <c r="D219" t="s">
         <v>20</v>
       </c>
       <c r="E219" t="s">
-        <v>2355</v>
+        <v>2476</v>
       </c>
       <c r="F219" t="s">
         <v>20</v>
       </c>
       <c r="G219" t="s">
-        <v>2356</v>
+        <v>2477</v>
       </c>
       <c r="H219" t="s">
-        <v>2357</v>
+        <v>2478</v>
       </c>
       <c r="I219" t="s">
-        <v>1198</v>
+        <v>2479</v>
       </c>
       <c r="J219" t="s">
-        <v>1199</v>
+        <v>2480</v>
       </c>
       <c r="K219" t="s">
-        <v>61</v>
+        <v>2481</v>
       </c>
       <c r="L219" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M219" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N219" t="s">
-        <v>1279</v>
+        <v>1109</v>
       </c>
       <c r="O219" t="s">
-        <v>1280</v>
+        <v>1110</v>
       </c>
       <c r="P219" t="s">
-        <v>2358</v>
+        <v>2482</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B220" t="s">
-        <v>2359</v>
+        <v>2483</v>
       </c>
       <c r="C220" t="s">
         <v>20</v>
       </c>
       <c r="D220" t="s">
         <v>20</v>
       </c>
       <c r="E220" t="s">
-        <v>2360</v>
+        <v>2476</v>
       </c>
       <c r="F220" t="s">
         <v>20</v>
       </c>
       <c r="G220" t="s">
-        <v>2361</v>
+        <v>2484</v>
       </c>
       <c r="H220" t="s">
-        <v>2362</v>
+        <v>2485</v>
       </c>
       <c r="I220" t="s">
-        <v>1010</v>
+        <v>2479</v>
       </c>
       <c r="J220" t="s">
-        <v>20</v>
+        <v>2480</v>
       </c>
       <c r="K220" t="s">
-        <v>1011</v>
+        <v>2481</v>
       </c>
       <c r="L220" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M220" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N220" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O220" t="s">
-        <v>1374</v>
+        <v>1736</v>
       </c>
       <c r="P220" t="s">
-        <v>2363</v>
+        <v>2486</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B221" t="s">
-        <v>2364</v>
+        <v>2487</v>
       </c>
       <c r="C221" t="s">
         <v>20</v>
       </c>
       <c r="D221" t="s">
         <v>20</v>
       </c>
       <c r="E221" t="s">
-        <v>2360</v>
+        <v>2488</v>
       </c>
       <c r="F221" t="s">
         <v>20</v>
       </c>
       <c r="G221" t="s">
-        <v>2365</v>
+        <v>2489</v>
       </c>
       <c r="H221" t="s">
-        <v>2366</v>
+        <v>2490</v>
       </c>
       <c r="I221" t="s">
-        <v>2367</v>
+        <v>1426</v>
       </c>
       <c r="J221" t="s">
-        <v>1010</v>
+        <v>20</v>
       </c>
       <c r="K221" t="s">
-        <v>1011</v>
+        <v>1427</v>
       </c>
       <c r="L221" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M221" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="N221" t="s">
-        <v>1002</v>
+        <v>1158</v>
       </c>
       <c r="O221" t="s">
-        <v>1447</v>
+        <v>1159</v>
       </c>
       <c r="P221" t="s">
-        <v>2368</v>
+        <v>2491</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
-        <v>982</v>
+        <v>1099</v>
       </c>
       <c r="B222" t="s">
-        <v>2369</v>
+        <v>2492</v>
       </c>
       <c r="C222" t="s">
         <v>20</v>
       </c>
       <c r="D222" t="s">
         <v>20</v>
       </c>
       <c r="E222" t="s">
-        <v>2370</v>
+        <v>2488</v>
       </c>
       <c r="F222" t="s">
         <v>20</v>
       </c>
       <c r="G222" t="s">
-        <v>2371</v>
+        <v>2493</v>
       </c>
       <c r="H222" t="s">
-        <v>2372</v>
+        <v>2494</v>
       </c>
       <c r="I222" t="s">
-        <v>2373</v>
+        <v>2495</v>
       </c>
       <c r="J222" t="s">
-        <v>1945</v>
+        <v>1426</v>
       </c>
       <c r="K222" t="s">
-        <v>71</v>
+        <v>1427</v>
       </c>
       <c r="L222" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="M222" t="s">
-        <v>1036</v>
+        <v>1118</v>
       </c>
       <c r="N222" t="s">
-        <v>1279</v>
+        <v>1158</v>
       </c>
       <c r="O222" t="s">
-        <v>1280</v>
+        <v>1177</v>
       </c>
       <c r="P222" t="s">
-        <v>2374</v>
+        <v>2496</v>
+      </c>
+    </row>
+    <row r="223">
+      <c r="A223" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B223" t="s">
+        <v>2497</v>
+      </c>
+      <c r="C223" t="s">
+        <v>20</v>
+      </c>
+      <c r="D223" t="s">
+        <v>20</v>
+      </c>
+      <c r="E223" t="s">
+        <v>2488</v>
+      </c>
+      <c r="F223" t="s">
+        <v>20</v>
+      </c>
+      <c r="G223" t="s">
+        <v>2498</v>
+      </c>
+      <c r="H223" t="s">
+        <v>2499</v>
+      </c>
+      <c r="I223" t="s">
+        <v>2500</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1426</v>
+      </c>
+      <c r="K223" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L223" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M223" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N223" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O223" t="s">
+        <v>1611</v>
+      </c>
+      <c r="P223" t="s">
+        <v>2501</v>
+      </c>
+    </row>
+    <row r="224">
+      <c r="A224" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B224" t="s">
+        <v>2502</v>
+      </c>
+      <c r="C224" t="s">
+        <v>20</v>
+      </c>
+      <c r="D224" t="s">
+        <v>20</v>
+      </c>
+      <c r="E224" t="s">
+        <v>2503</v>
+      </c>
+      <c r="F224" t="s">
+        <v>20</v>
+      </c>
+      <c r="G224" t="s">
+        <v>2504</v>
+      </c>
+      <c r="H224" t="s">
+        <v>2505</v>
+      </c>
+      <c r="I224" t="s">
+        <v>2506</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1426</v>
+      </c>
+      <c r="K224" t="s">
+        <v>1427</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M224" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N224" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O224" t="s">
+        <v>1196</v>
+      </c>
+      <c r="P224" t="s">
+        <v>2507</v>
+      </c>
+    </row>
+    <row r="225">
+      <c r="A225" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B225" t="s">
+        <v>2508</v>
+      </c>
+      <c r="C225" t="s">
+        <v>20</v>
+      </c>
+      <c r="D225" t="s">
+        <v>20</v>
+      </c>
+      <c r="E225" t="s">
+        <v>2509</v>
+      </c>
+      <c r="F225" t="s">
+        <v>20</v>
+      </c>
+      <c r="G225" t="s">
+        <v>2510</v>
+      </c>
+      <c r="H225" t="s">
+        <v>2511</v>
+      </c>
+      <c r="I225" t="s">
+        <v>2512</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1248</v>
+      </c>
+      <c r="K225" t="s">
+        <v>1249</v>
+      </c>
+      <c r="L225" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M225" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N225" t="s">
+        <v>1285</v>
+      </c>
+      <c r="O225" t="s">
+        <v>2383</v>
+      </c>
+      <c r="P225" t="s">
+        <v>2513</v>
+      </c>
+    </row>
+    <row r="226">
+      <c r="A226" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B226" t="s">
+        <v>2514</v>
+      </c>
+      <c r="C226" t="s">
+        <v>20</v>
+      </c>
+      <c r="D226" t="s">
+        <v>20</v>
+      </c>
+      <c r="E226" t="s">
+        <v>2515</v>
+      </c>
+      <c r="F226" t="s">
+        <v>20</v>
+      </c>
+      <c r="G226" t="s">
+        <v>2516</v>
+      </c>
+      <c r="H226" t="s">
+        <v>2517</v>
+      </c>
+      <c r="I226" t="s">
+        <v>1368</v>
+      </c>
+      <c r="J226" t="s">
+        <v>1369</v>
+      </c>
+      <c r="K226" t="s">
+        <v>219</v>
+      </c>
+      <c r="L226" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M226" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N226" t="s">
+        <v>1449</v>
+      </c>
+      <c r="O226" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P226" t="s">
+        <v>2518</v>
+      </c>
+    </row>
+    <row r="227">
+      <c r="A227" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B227" t="s">
+        <v>2519</v>
+      </c>
+      <c r="C227" t="s">
+        <v>20</v>
+      </c>
+      <c r="D227" t="s">
+        <v>20</v>
+      </c>
+      <c r="E227" t="s">
+        <v>2520</v>
+      </c>
+      <c r="F227" t="s">
+        <v>20</v>
+      </c>
+      <c r="G227" t="s">
+        <v>2521</v>
+      </c>
+      <c r="H227" t="s">
+        <v>2522</v>
+      </c>
+      <c r="I227" t="s">
+        <v>1184</v>
+      </c>
+      <c r="J227" t="s">
+        <v>20</v>
+      </c>
+      <c r="K227" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M227" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N227" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O227" t="s">
+        <v>1539</v>
+      </c>
+      <c r="P227" t="s">
+        <v>2523</v>
+      </c>
+    </row>
+    <row r="228">
+      <c r="A228" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B228" t="s">
+        <v>2524</v>
+      </c>
+      <c r="C228" t="s">
+        <v>20</v>
+      </c>
+      <c r="D228" t="s">
+        <v>20</v>
+      </c>
+      <c r="E228" t="s">
+        <v>2520</v>
+      </c>
+      <c r="F228" t="s">
+        <v>20</v>
+      </c>
+      <c r="G228" t="s">
+        <v>2525</v>
+      </c>
+      <c r="H228" t="s">
+        <v>2526</v>
+      </c>
+      <c r="I228" t="s">
+        <v>2527</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1184</v>
+      </c>
+      <c r="K228" t="s">
+        <v>1185</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M228" t="s">
+        <v>1118</v>
+      </c>
+      <c r="N228" t="s">
+        <v>1158</v>
+      </c>
+      <c r="O228" t="s">
+        <v>1611</v>
+      </c>
+      <c r="P228" t="s">
+        <v>2528</v>
+      </c>
+    </row>
+    <row r="229">
+      <c r="A229" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B229" t="s">
+        <v>2529</v>
+      </c>
+      <c r="C229" t="s">
+        <v>20</v>
+      </c>
+      <c r="D229" t="s">
+        <v>20</v>
+      </c>
+      <c r="E229" t="s">
+        <v>2530</v>
+      </c>
+      <c r="F229" t="s">
+        <v>20</v>
+      </c>
+      <c r="G229" t="s">
+        <v>2531</v>
+      </c>
+      <c r="H229" t="s">
+        <v>2532</v>
+      </c>
+      <c r="I229" t="s">
+        <v>2533</v>
+      </c>
+      <c r="J229" t="s">
+        <v>2106</v>
+      </c>
+      <c r="K229" t="s">
+        <v>40</v>
+      </c>
+      <c r="L229" t="s">
+        <v>1107</v>
+      </c>
+      <c r="M229" t="s">
+        <v>1210</v>
+      </c>
+      <c r="N229" t="s">
+        <v>1449</v>
+      </c>
+      <c r="O229" t="s">
+        <v>1450</v>
+      </c>
+      <c r="P229" t="s">
+        <v>2534</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>2375</v>
+        <v>2535</v>
       </c>
       <c r="L1" t="s">
-        <v>2376</v>
+        <v>2536</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B2" t="s">
-        <v>2378</v>
+        <v>2538</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2379</v>
+        <v>21</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2380</v>
+        <v>2539</v>
       </c>
       <c r="H2" t="s">
-        <v>2381</v>
+        <v>2540</v>
       </c>
       <c r="I2" t="s">
-        <v>2382</v>
+        <v>2541</v>
       </c>
       <c r="J2" t="s">
-        <v>69</v>
+        <v>28</v>
       </c>
       <c r="K2" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L2" t="s">
-        <v>72</v>
+        <v>31</v>
       </c>
       <c r="M2" t="s">
-        <v>321</v>
+        <v>2542</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B3" t="s">
-        <v>2383</v>
+        <v>2543</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>126</v>
+        <v>61</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2384</v>
+        <v>2544</v>
       </c>
       <c r="H3" t="s">
-        <v>2385</v>
+        <v>2545</v>
       </c>
       <c r="I3" t="s">
-        <v>2386</v>
+        <v>2546</v>
       </c>
       <c r="J3" t="s">
-        <v>140</v>
+        <v>93</v>
       </c>
       <c r="K3" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L3" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
       <c r="M3" t="s">
-        <v>2387</v>
+        <v>2547</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B4" t="s">
-        <v>2388</v>
+        <v>2548</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2389</v>
+        <v>2549</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2390</v>
+        <v>2550</v>
       </c>
       <c r="H4" t="s">
-        <v>2391</v>
+        <v>2551</v>
       </c>
       <c r="I4" t="s">
-        <v>2392</v>
+        <v>2552</v>
       </c>
       <c r="J4" t="s">
-        <v>140</v>
+        <v>38</v>
       </c>
       <c r="K4" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L4" t="s">
-        <v>142</v>
+        <v>41</v>
       </c>
       <c r="M4" t="s">
-        <v>819</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B5" t="s">
-        <v>2393</v>
+        <v>2554</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2394</v>
+        <v>279</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2395</v>
+        <v>2555</v>
       </c>
       <c r="H5" t="s">
-        <v>2396</v>
+        <v>2556</v>
       </c>
       <c r="I5" t="s">
-        <v>2397</v>
+        <v>2557</v>
       </c>
       <c r="J5" t="s">
-        <v>166</v>
+        <v>28</v>
       </c>
       <c r="K5" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L5" t="s">
-        <v>168</v>
+        <v>31</v>
       </c>
       <c r="M5" t="s">
-        <v>2398</v>
+        <v>2558</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B6" t="s">
-        <v>2399</v>
+        <v>2559</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2400</v>
+        <v>2560</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2401</v>
+        <v>2561</v>
       </c>
       <c r="H6" t="s">
-        <v>2402</v>
+        <v>2562</v>
       </c>
       <c r="I6" t="s">
-        <v>2403</v>
+        <v>2563</v>
       </c>
       <c r="J6" t="s">
         <v>28</v>
       </c>
       <c r="K6" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L6" t="s">
         <v>31</v>
       </c>
       <c r="M6" t="s">
-        <v>2404</v>
+        <v>936</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B7" t="s">
-        <v>2405</v>
+        <v>2564</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>263</v>
+        <v>2565</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2406</v>
+        <v>2566</v>
       </c>
       <c r="H7" t="s">
-        <v>2407</v>
+        <v>2567</v>
       </c>
       <c r="I7" t="s">
-        <v>2408</v>
+        <v>2568</v>
       </c>
       <c r="J7" t="s">
-        <v>269</v>
+        <v>310</v>
       </c>
       <c r="K7" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L7" t="s">
-        <v>271</v>
+        <v>312</v>
       </c>
       <c r="M7" t="s">
-        <v>2409</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B8" t="s">
-        <v>2410</v>
+        <v>2570</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>372</v>
+        <v>2571</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2411</v>
+        <v>2572</v>
       </c>
       <c r="H8" t="s">
-        <v>2412</v>
+        <v>2573</v>
       </c>
       <c r="I8" t="s">
-        <v>2413</v>
+        <v>2574</v>
       </c>
       <c r="J8" t="s">
-        <v>150</v>
+        <v>188</v>
       </c>
       <c r="K8" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L8" t="s">
-        <v>152</v>
+        <v>190</v>
       </c>
       <c r="M8" t="s">
-        <v>2414</v>
+        <v>2575</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B9" t="s">
-        <v>2415</v>
+        <v>2576</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2416</v>
+        <v>406</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2417</v>
+        <v>2577</v>
       </c>
       <c r="H9" t="s">
-        <v>2418</v>
+        <v>2578</v>
       </c>
       <c r="I9" t="s">
-        <v>2419</v>
+        <v>2579</v>
       </c>
       <c r="J9" t="s">
-        <v>101</v>
+        <v>412</v>
       </c>
       <c r="K9" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L9" t="s">
-        <v>103</v>
+        <v>413</v>
       </c>
       <c r="M9" t="s">
-        <v>2420</v>
+        <v>2580</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B10" t="s">
-        <v>2421</v>
+        <v>2581</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2422</v>
+        <v>513</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2423</v>
+        <v>2582</v>
       </c>
       <c r="H10" t="s">
-        <v>2424</v>
+        <v>2583</v>
       </c>
       <c r="I10" t="s">
-        <v>2425</v>
+        <v>2584</v>
       </c>
       <c r="J10" t="s">
-        <v>101</v>
+        <v>93</v>
       </c>
       <c r="K10" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L10" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="M10" t="s">
-        <v>2426</v>
+        <v>2585</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2377</v>
+        <v>2537</v>
       </c>
       <c r="B11" t="s">
-        <v>2427</v>
+        <v>2586</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2428</v>
+        <v>2587</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2429</v>
+        <v>2588</v>
       </c>
       <c r="H11" t="s">
-        <v>2430</v>
+        <v>2589</v>
       </c>
       <c r="I11" t="s">
-        <v>2431</v>
+        <v>2590</v>
       </c>
       <c r="J11" t="s">
-        <v>140</v>
+        <v>254</v>
       </c>
       <c r="K11" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="L11" t="s">
-        <v>142</v>
+        <v>256</v>
       </c>
       <c r="M11" t="s">
-        <v>2432</v>
+        <v>2591</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B12" t="s">
+        <v>2592</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>2593</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>2594</v>
+      </c>
+      <c r="H12" t="s">
+        <v>2595</v>
+      </c>
+      <c r="I12" t="s">
+        <v>2596</v>
+      </c>
+      <c r="J12" t="s">
+        <v>254</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1107</v>
+      </c>
+      <c r="L12" t="s">
+        <v>256</v>
+      </c>
+      <c r="M12" t="s">
+        <v>2597</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>2537</v>
+      </c>
+      <c r="B13" t="s">
+        <v>2598</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>2599</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>2600</v>
+      </c>
+      <c r="H13" t="s">
+        <v>2601</v>
+      </c>
+      <c r="I13" t="s">
+        <v>2602</v>
+      </c>
+      <c r="J13" t="s">
+        <v>28</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1107</v>
+      </c>
+      <c r="L13" t="s">
+        <v>31</v>
+      </c>
+      <c r="M13" t="s">
+        <v>2603</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T56"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>2433</v>
+        <v>2604</v>
       </c>
       <c r="J1" t="s">
-        <v>974</v>
+        <v>1091</v>
       </c>
       <c r="K1" t="s">
-        <v>2434</v>
+        <v>2605</v>
       </c>
       <c r="L1" t="s">
-        <v>976</v>
+        <v>1093</v>
       </c>
       <c r="M1" t="s">
-        <v>977</v>
+        <v>1094</v>
       </c>
       <c r="N1" t="s">
-        <v>2435</v>
+        <v>2606</v>
       </c>
       <c r="O1" t="s">
-        <v>2436</v>
+        <v>2607</v>
       </c>
       <c r="P1" t="s">
-        <v>2437</v>
+        <v>2608</v>
       </c>
       <c r="Q1" t="s">
-        <v>2438</v>
+        <v>2609</v>
       </c>
       <c r="R1" t="s">
-        <v>978</v>
+        <v>1095</v>
       </c>
       <c r="S1" t="s">
-        <v>2439</v>
+        <v>2610</v>
       </c>
       <c r="T1" t="s">
-        <v>2440</v>
+        <v>2611</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B2" t="s">
-        <v>2442</v>
+        <v>2613</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>2443</v>
+        <v>2614</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>2444</v>
+        <v>2615</v>
       </c>
       <c r="H2" t="s">
-        <v>2445</v>
+        <v>2616</v>
       </c>
       <c r="I2" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J2" t="s">
-        <v>2447</v>
+        <v>2618</v>
       </c>
       <c r="K2" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N2" t="s">
-        <v>2448</v>
+        <v>2619</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q2" t="s">
-        <v>2449</v>
+        <v>2620</v>
       </c>
       <c r="R2" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S2" t="s">
-        <v>2450</v>
+        <v>2621</v>
       </c>
       <c r="T2" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B3" t="s">
-        <v>2452</v>
+        <v>2623</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>2453</v>
+        <v>2624</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>2454</v>
+        <v>2625</v>
       </c>
       <c r="H3" t="s">
-        <v>2455</v>
+        <v>2626</v>
       </c>
       <c r="I3" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J3" t="s">
-        <v>2456</v>
+        <v>2627</v>
       </c>
       <c r="K3" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L3" t="s">
         <v>30</v>
       </c>
       <c r="M3" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N3" t="s">
-        <v>2457</v>
+        <v>2628</v>
       </c>
       <c r="O3" t="s">
         <v>20</v>
       </c>
       <c r="P3" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q3" t="s">
-        <v>2449</v>
+        <v>2620</v>
       </c>
       <c r="R3" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S3" t="s">
-        <v>2458</v>
+        <v>2629</v>
       </c>
       <c r="T3" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B4" t="s">
-        <v>2459</v>
+        <v>2630</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
-        <v>2460</v>
+        <v>2631</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>2461</v>
+        <v>2632</v>
       </c>
       <c r="H4" t="s">
-        <v>2462</v>
+        <v>2633</v>
       </c>
       <c r="I4" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J4" t="s">
-        <v>1387</v>
+        <v>1552</v>
       </c>
       <c r="K4" t="s">
-        <v>1388</v>
+        <v>1553</v>
       </c>
       <c r="L4" t="s">
-        <v>1148</v>
+        <v>1319</v>
       </c>
       <c r="M4" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N4" t="s">
-        <v>2464</v>
+        <v>2635</v>
       </c>
       <c r="O4" t="s">
         <v>20</v>
       </c>
       <c r="P4" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q4" t="s">
-        <v>2466</v>
+        <v>2637</v>
       </c>
       <c r="R4" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S4" t="s">
-        <v>2467</v>
+        <v>2638</v>
       </c>
       <c r="T4" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B5" t="s">
-        <v>2468</v>
+        <v>2639</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>2460</v>
+        <v>2631</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>2469</v>
+        <v>2640</v>
       </c>
       <c r="H5" t="s">
-        <v>2470</v>
+        <v>2641</v>
       </c>
       <c r="I5" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J5" t="s">
-        <v>1387</v>
+        <v>1552</v>
       </c>
       <c r="K5" t="s">
-        <v>1388</v>
+        <v>1553</v>
       </c>
       <c r="L5" t="s">
-        <v>1148</v>
+        <v>1319</v>
       </c>
       <c r="M5" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N5" t="s">
-        <v>2464</v>
+        <v>2635</v>
       </c>
       <c r="O5" t="s">
         <v>20</v>
       </c>
       <c r="P5" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q5" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R5" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S5" t="s">
-        <v>2472</v>
+        <v>2643</v>
       </c>
       <c r="T5" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B6" t="s">
-        <v>166</v>
+        <v>310</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>2473</v>
+        <v>2644</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>2474</v>
+        <v>2645</v>
       </c>
       <c r="H6" t="s">
-        <v>2475</v>
+        <v>2646</v>
       </c>
       <c r="I6" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J6" t="s">
-        <v>2476</v>
+        <v>2647</v>
       </c>
       <c r="K6" t="s">
-        <v>2477</v>
+        <v>2648</v>
       </c>
       <c r="L6" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M6" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N6" t="s">
-        <v>2478</v>
+        <v>2649</v>
       </c>
       <c r="O6" t="s">
         <v>20</v>
       </c>
       <c r="P6" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="Q6" t="s">
-        <v>2480</v>
+        <v>2651</v>
       </c>
       <c r="R6" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="S6" t="s">
-        <v>168</v>
+        <v>312</v>
       </c>
       <c r="T6" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B7" t="s">
-        <v>2481</v>
+        <v>2652</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>2482</v>
+        <v>2653</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>2483</v>
+        <v>2654</v>
       </c>
       <c r="H7" t="s">
-        <v>2484</v>
+        <v>2655</v>
       </c>
       <c r="I7" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J7" t="s">
-        <v>2485</v>
+        <v>2656</v>
       </c>
       <c r="K7" t="s">
-        <v>2486</v>
+        <v>2657</v>
       </c>
       <c r="L7" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M7" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N7" t="s">
-        <v>2487</v>
+        <v>2658</v>
       </c>
       <c r="O7" t="s">
         <v>20</v>
       </c>
       <c r="P7" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q7" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R7" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S7" t="s">
-        <v>2489</v>
+        <v>2660</v>
       </c>
       <c r="T7" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B8" t="s">
-        <v>2491</v>
+        <v>2662</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8" t="s">
         <v>20</v>
       </c>
       <c r="E8" t="s">
-        <v>2482</v>
+        <v>2653</v>
       </c>
       <c r="F8" t="s">
         <v>20</v>
       </c>
       <c r="G8" t="s">
-        <v>2492</v>
+        <v>2663</v>
       </c>
       <c r="H8" t="s">
-        <v>2493</v>
+        <v>2664</v>
       </c>
       <c r="I8" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J8" t="s">
-        <v>1462</v>
+        <v>1626</v>
       </c>
       <c r="K8" t="s">
-        <v>1445</v>
+        <v>1609</v>
       </c>
       <c r="L8" t="s">
-        <v>1446</v>
+        <v>1610</v>
       </c>
       <c r="M8" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N8" t="s">
-        <v>2494</v>
+        <v>2665</v>
       </c>
       <c r="O8" t="s">
         <v>20</v>
       </c>
       <c r="P8" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q8" t="s">
-        <v>2495</v>
+        <v>2666</v>
       </c>
       <c r="R8" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S8" t="s">
-        <v>2496</v>
+        <v>2667</v>
       </c>
       <c r="T8" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B9" t="s">
-        <v>2497</v>
+        <v>2668</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>2482</v>
+        <v>2653</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
-        <v>2498</v>
+        <v>2669</v>
       </c>
       <c r="H9" t="s">
-        <v>2499</v>
+        <v>2670</v>
       </c>
       <c r="I9" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J9" t="s">
-        <v>1462</v>
+        <v>1626</v>
       </c>
       <c r="K9" t="s">
-        <v>1445</v>
+        <v>1609</v>
       </c>
       <c r="L9" t="s">
-        <v>1446</v>
+        <v>1610</v>
       </c>
       <c r="M9" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N9" t="s">
-        <v>2494</v>
+        <v>2665</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q9" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R9" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S9" t="s">
-        <v>2500</v>
+        <v>2671</v>
       </c>
       <c r="T9" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B10" t="s">
-        <v>2501</v>
+        <v>2672</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
-        <v>2503</v>
+        <v>2674</v>
       </c>
       <c r="H10" t="s">
-        <v>2504</v>
+        <v>2675</v>
       </c>
       <c r="I10" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J10" t="s">
-        <v>2505</v>
+        <v>2676</v>
       </c>
       <c r="K10" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L10" t="s">
         <v>30</v>
       </c>
       <c r="M10" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N10" t="s">
-        <v>2506</v>
+        <v>2677</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q10" t="s">
-        <v>2507</v>
+        <v>2678</v>
       </c>
       <c r="R10" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S10" t="s">
-        <v>2508</v>
+        <v>2679</v>
       </c>
       <c r="T10" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B11" t="s">
-        <v>2509</v>
+        <v>2680</v>
       </c>
       <c r="C11" t="s">
         <v>20</v>
       </c>
       <c r="D11" t="s">
         <v>20</v>
       </c>
       <c r="E11" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F11" t="s">
         <v>20</v>
       </c>
       <c r="G11" t="s">
-        <v>2510</v>
+        <v>2681</v>
       </c>
       <c r="H11" t="s">
-        <v>2511</v>
+        <v>2682</v>
       </c>
       <c r="I11" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J11" t="s">
-        <v>1198</v>
+        <v>1368</v>
       </c>
       <c r="K11" t="s">
-        <v>1199</v>
+        <v>1369</v>
       </c>
       <c r="L11" t="s">
-        <v>61</v>
+        <v>219</v>
       </c>
       <c r="M11" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N11" t="s">
-        <v>2512</v>
+        <v>2683</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q11" t="s">
-        <v>2513</v>
+        <v>2684</v>
       </c>
       <c r="R11" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S11" t="s">
-        <v>2514</v>
+        <v>2685</v>
       </c>
       <c r="T11" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B12" t="s">
-        <v>2515</v>
+        <v>2686</v>
       </c>
       <c r="C12" t="s">
         <v>20</v>
       </c>
       <c r="D12" t="s">
         <v>20</v>
       </c>
       <c r="E12" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F12" t="s">
         <v>20</v>
       </c>
       <c r="G12" t="s">
-        <v>2516</v>
+        <v>2687</v>
       </c>
       <c r="H12" t="s">
-        <v>2517</v>
+        <v>2688</v>
       </c>
       <c r="I12" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J12" t="s">
-        <v>2505</v>
+        <v>2676</v>
       </c>
       <c r="K12" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L12" t="s">
         <v>30</v>
       </c>
       <c r="M12" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N12" t="s">
-        <v>2518</v>
+        <v>2689</v>
       </c>
       <c r="O12" t="s">
         <v>20</v>
       </c>
       <c r="P12" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q12" t="s">
-        <v>2513</v>
+        <v>2684</v>
       </c>
       <c r="R12" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S12" t="s">
-        <v>2519</v>
+        <v>2690</v>
       </c>
       <c r="T12" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B13" t="s">
-        <v>2520</v>
+        <v>2691</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F13" t="s">
         <v>20</v>
       </c>
       <c r="G13" t="s">
-        <v>2521</v>
+        <v>2692</v>
       </c>
       <c r="H13" t="s">
-        <v>2522</v>
+        <v>2693</v>
       </c>
       <c r="I13" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J13" t="s">
-        <v>2523</v>
+        <v>2694</v>
       </c>
       <c r="K13" t="s">
-        <v>2524</v>
+        <v>2695</v>
       </c>
       <c r="L13" t="s">
         <v>30</v>
       </c>
       <c r="M13" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N13" t="s">
-        <v>2525</v>
+        <v>2696</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q13" t="s">
-        <v>2513</v>
+        <v>2684</v>
       </c>
       <c r="R13" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S13" t="s">
-        <v>494</v>
+        <v>625</v>
       </c>
       <c r="T13" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B14" t="s">
-        <v>2526</v>
+        <v>2697</v>
       </c>
       <c r="C14" t="s">
         <v>20</v>
       </c>
       <c r="D14" t="s">
         <v>20</v>
       </c>
       <c r="E14" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F14" t="s">
         <v>20</v>
       </c>
       <c r="G14" t="s">
-        <v>2527</v>
+        <v>2698</v>
       </c>
       <c r="H14" t="s">
-        <v>2528</v>
+        <v>2699</v>
       </c>
       <c r="I14" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J14" t="s">
-        <v>2529</v>
+        <v>2700</v>
       </c>
       <c r="K14" t="s">
-        <v>1425</v>
+        <v>1133</v>
       </c>
       <c r="L14" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M14" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N14" t="s">
-        <v>2530</v>
+        <v>2701</v>
       </c>
       <c r="O14" t="s">
         <v>20</v>
       </c>
       <c r="P14" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q14" t="s">
-        <v>2513</v>
+        <v>2684</v>
       </c>
       <c r="R14" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S14" t="s">
-        <v>2531</v>
+        <v>2702</v>
       </c>
       <c r="T14" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B15" t="s">
-        <v>2532</v>
+        <v>2703</v>
       </c>
       <c r="C15" t="s">
         <v>20</v>
       </c>
       <c r="D15" t="s">
         <v>20</v>
       </c>
       <c r="E15" t="s">
-        <v>2502</v>
+        <v>2673</v>
       </c>
       <c r="F15" t="s">
         <v>20</v>
       </c>
       <c r="G15" t="s">
-        <v>2533</v>
+        <v>2704</v>
       </c>
       <c r="H15" t="s">
-        <v>2534</v>
+        <v>2705</v>
       </c>
       <c r="I15" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J15" t="s">
-        <v>2535</v>
+        <v>2706</v>
       </c>
       <c r="K15" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L15" t="s">
         <v>30</v>
       </c>
       <c r="M15" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N15" t="s">
-        <v>2518</v>
+        <v>2689</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q15" t="s">
-        <v>2513</v>
+        <v>2684</v>
       </c>
       <c r="R15" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S15" t="s">
-        <v>2536</v>
+        <v>2707</v>
       </c>
       <c r="T15" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B16" t="s">
-        <v>101</v>
+        <v>254</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>2538</v>
+        <v>2709</v>
       </c>
       <c r="H16" t="s">
-        <v>2539</v>
+        <v>2710</v>
       </c>
       <c r="I16" t="s">
-        <v>2540</v>
+        <v>2711</v>
       </c>
       <c r="J16" t="s">
-        <v>1277</v>
+        <v>1447</v>
       </c>
       <c r="K16" t="s">
-        <v>1278</v>
+        <v>1448</v>
       </c>
       <c r="L16" t="s">
         <v>30</v>
       </c>
       <c r="M16" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N16" t="s">
-        <v>2541</v>
+        <v>2712</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q16" t="s">
-        <v>2542</v>
+        <v>2713</v>
       </c>
       <c r="R16" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S16" t="s">
-        <v>103</v>
+        <v>256</v>
       </c>
       <c r="T16" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B17" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>2543</v>
+        <v>2714</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>2544</v>
+        <v>2715</v>
       </c>
       <c r="H17" t="s">
-        <v>2545</v>
+        <v>2716</v>
       </c>
       <c r="I17" t="s">
-        <v>2540</v>
+        <v>2711</v>
       </c>
       <c r="J17" t="s">
-        <v>2373</v>
+        <v>2533</v>
       </c>
       <c r="K17" t="s">
-        <v>1945</v>
+        <v>2106</v>
       </c>
       <c r="L17" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M17" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N17" t="s">
-        <v>2546</v>
+        <v>2717</v>
       </c>
       <c r="O17" t="s">
         <v>20</v>
       </c>
       <c r="P17" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q17" t="s">
-        <v>2547</v>
+        <v>2718</v>
       </c>
       <c r="R17" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S17" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="T17" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B18" t="s">
-        <v>2548</v>
+        <v>2719</v>
       </c>
       <c r="C18" t="s">
         <v>20</v>
       </c>
       <c r="D18" t="s">
         <v>20</v>
       </c>
       <c r="E18" t="s">
-        <v>2549</v>
+        <v>2720</v>
       </c>
       <c r="F18" t="s">
         <v>20</v>
       </c>
       <c r="G18" t="s">
-        <v>2550</v>
+        <v>2721</v>
       </c>
       <c r="H18" t="s">
-        <v>2551</v>
+        <v>2722</v>
       </c>
       <c r="I18" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J18" t="s">
-        <v>1227</v>
+        <v>1397</v>
       </c>
       <c r="K18" t="s">
-        <v>1228</v>
+        <v>1398</v>
       </c>
       <c r="L18" t="s">
-        <v>1092</v>
+        <v>1264</v>
       </c>
       <c r="M18" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N18" t="s">
-        <v>2552</v>
+        <v>2723</v>
       </c>
       <c r="O18" t="s">
         <v>20</v>
       </c>
       <c r="P18" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q18" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R18" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S18" t="s">
-        <v>2553</v>
+        <v>2724</v>
       </c>
       <c r="T18" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B19" t="s">
-        <v>2554</v>
+        <v>2725</v>
       </c>
       <c r="C19" t="s">
         <v>20</v>
       </c>
       <c r="D19" t="s">
         <v>20</v>
       </c>
       <c r="E19" t="s">
-        <v>2555</v>
+        <v>2726</v>
       </c>
       <c r="F19" t="s">
         <v>20</v>
       </c>
       <c r="G19" t="s">
-        <v>2556</v>
+        <v>2727</v>
       </c>
       <c r="H19" t="s">
-        <v>2557</v>
+        <v>2728</v>
       </c>
       <c r="I19" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J19" t="s">
-        <v>1198</v>
+        <v>1368</v>
       </c>
       <c r="K19" t="s">
-        <v>1199</v>
+        <v>1369</v>
       </c>
       <c r="L19" t="s">
-        <v>61</v>
+        <v>219</v>
       </c>
       <c r="M19" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N19" t="s">
-        <v>2558</v>
+        <v>2729</v>
       </c>
       <c r="O19" t="s">
         <v>20</v>
       </c>
       <c r="P19" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q19" t="s">
-        <v>2559</v>
+        <v>2730</v>
       </c>
       <c r="R19" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S19" t="s">
-        <v>62</v>
+        <v>220</v>
       </c>
       <c r="T19" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B20" t="s">
-        <v>2560</v>
+        <v>2731</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
-        <v>2561</v>
+        <v>2732</v>
       </c>
       <c r="F20" t="s">
         <v>20</v>
       </c>
       <c r="G20" t="s">
-        <v>2562</v>
+        <v>2733</v>
       </c>
       <c r="H20" t="s">
-        <v>2563</v>
+        <v>2734</v>
       </c>
       <c r="I20" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J20" t="s">
-        <v>2564</v>
+        <v>2735</v>
       </c>
       <c r="K20" t="s">
-        <v>2565</v>
+        <v>2736</v>
       </c>
       <c r="L20" t="s">
-        <v>2566</v>
+        <v>2737</v>
       </c>
       <c r="M20" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N20" t="s">
-        <v>2567</v>
+        <v>2738</v>
       </c>
       <c r="O20" t="s">
         <v>20</v>
       </c>
       <c r="P20" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q20" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R20" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S20" t="s">
-        <v>2568</v>
+        <v>2739</v>
       </c>
       <c r="T20" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B21" t="s">
-        <v>2569</v>
+        <v>2740</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>2570</v>
+        <v>2741</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>2571</v>
+        <v>2742</v>
       </c>
       <c r="H21" t="s">
-        <v>2572</v>
+        <v>2743</v>
       </c>
       <c r="I21" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J21" t="s">
-        <v>2573</v>
+        <v>2744</v>
       </c>
       <c r="K21" t="s">
-        <v>2204</v>
+        <v>2365</v>
       </c>
       <c r="L21" t="s">
-        <v>2205</v>
+        <v>2366</v>
       </c>
       <c r="M21" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N21" t="s">
-        <v>2574</v>
+        <v>2745</v>
       </c>
       <c r="O21" t="s">
         <v>20</v>
       </c>
       <c r="P21" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q21" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R21" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S21" t="s">
-        <v>2575</v>
+        <v>2746</v>
       </c>
       <c r="T21" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B22" t="s">
-        <v>619</v>
+        <v>748</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>2576</v>
+        <v>2747</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>2577</v>
+        <v>2748</v>
       </c>
       <c r="H22" t="s">
-        <v>2578</v>
+        <v>2749</v>
       </c>
       <c r="I22" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J22" t="s">
-        <v>1921</v>
+        <v>2082</v>
       </c>
       <c r="K22" t="s">
-        <v>1922</v>
+        <v>2083</v>
       </c>
       <c r="L22" t="s">
-        <v>621</v>
+        <v>750</v>
       </c>
       <c r="M22" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N22" t="s">
-        <v>2579</v>
+        <v>2750</v>
       </c>
       <c r="O22" t="s">
         <v>20</v>
       </c>
       <c r="P22" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q22" t="s">
-        <v>2580</v>
+        <v>2751</v>
       </c>
       <c r="R22" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S22" t="s">
-        <v>622</v>
+        <v>751</v>
       </c>
       <c r="T22" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B23" t="s">
-        <v>2581</v>
+        <v>2752</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>2582</v>
+        <v>2753</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>2583</v>
+        <v>2754</v>
       </c>
       <c r="H23" t="s">
-        <v>2584</v>
+        <v>2755</v>
       </c>
       <c r="I23" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J23" t="s">
-        <v>2585</v>
+        <v>2756</v>
       </c>
       <c r="K23" t="s">
-        <v>1349</v>
+        <v>1148</v>
       </c>
       <c r="L23" t="s">
-        <v>1350</v>
+        <v>1149</v>
       </c>
       <c r="M23" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N23" t="s">
-        <v>2586</v>
+        <v>2757</v>
       </c>
       <c r="O23" t="s">
         <v>20</v>
       </c>
       <c r="P23" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="Q23" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R23" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="S23" t="s">
-        <v>2587</v>
+        <v>2758</v>
       </c>
       <c r="T23" t="s">
-        <v>2588</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B24" t="s">
-        <v>2589</v>
+        <v>2760</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>2590</v>
+        <v>2761</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
-        <v>2591</v>
+        <v>2762</v>
       </c>
       <c r="H24" t="s">
-        <v>2592</v>
+        <v>2763</v>
       </c>
       <c r="I24" t="s">
-        <v>2540</v>
+        <v>2711</v>
       </c>
       <c r="J24" t="s">
-        <v>1262</v>
+        <v>1432</v>
       </c>
       <c r="K24" t="s">
-        <v>1263</v>
+        <v>1433</v>
       </c>
       <c r="L24" t="s">
-        <v>1257</v>
+        <v>1427</v>
       </c>
       <c r="M24" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N24" t="s">
-        <v>2593</v>
+        <v>2764</v>
       </c>
       <c r="O24" t="s">
         <v>20</v>
       </c>
       <c r="P24" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q24" t="s">
-        <v>2449</v>
+        <v>2620</v>
       </c>
       <c r="R24" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S24" t="s">
-        <v>2594</v>
+        <v>2765</v>
       </c>
       <c r="T24" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B25" t="s">
-        <v>2595</v>
+        <v>2766</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>2549</v>
+        <v>2720</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>2596</v>
+        <v>2767</v>
       </c>
       <c r="H25" t="s">
-        <v>2597</v>
+        <v>2768</v>
       </c>
       <c r="I25" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J25" t="s">
-        <v>1255</v>
+        <v>1425</v>
       </c>
       <c r="K25" t="s">
-        <v>1256</v>
+        <v>1426</v>
       </c>
       <c r="L25" t="s">
-        <v>1257</v>
+        <v>1427</v>
       </c>
       <c r="M25" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N25" t="s">
-        <v>2598</v>
+        <v>2769</v>
       </c>
       <c r="O25" t="s">
         <v>20</v>
       </c>
       <c r="P25" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q25" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R25" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S25" t="s">
-        <v>2599</v>
+        <v>2770</v>
       </c>
       <c r="T25" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B26" t="s">
-        <v>2600</v>
+        <v>2771</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>2576</v>
+        <v>2747</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>2601</v>
+        <v>2772</v>
       </c>
       <c r="H26" t="s">
-        <v>2602</v>
+        <v>2773</v>
       </c>
       <c r="I26" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J26" t="s">
-        <v>2603</v>
+        <v>2774</v>
       </c>
       <c r="K26" t="s">
-        <v>2604</v>
+        <v>2775</v>
       </c>
       <c r="L26" t="s">
-        <v>2605</v>
+        <v>2776</v>
       </c>
       <c r="M26" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N26" t="s">
-        <v>2606</v>
+        <v>2777</v>
       </c>
       <c r="O26" t="s">
         <v>20</v>
       </c>
       <c r="P26" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q26" t="s">
-        <v>2466</v>
+        <v>2637</v>
       </c>
       <c r="R26" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S26" t="s">
-        <v>2607</v>
+        <v>2778</v>
       </c>
       <c r="T26" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B27" t="s">
-        <v>2608</v>
+        <v>2779</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>2610</v>
+        <v>2781</v>
       </c>
       <c r="H27" t="s">
-        <v>2611</v>
+        <v>2782</v>
       </c>
       <c r="I27" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J27" t="s">
-        <v>2612</v>
+        <v>2783</v>
       </c>
       <c r="K27" t="s">
-        <v>2613</v>
+        <v>2784</v>
       </c>
       <c r="L27" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M27" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N27" t="s">
         <v>20</v>
       </c>
       <c r="O27" t="s">
         <v>20</v>
       </c>
       <c r="P27" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q27" t="s">
-        <v>2507</v>
+        <v>2678</v>
       </c>
       <c r="R27" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S27" t="s">
-        <v>581</v>
+        <v>712</v>
       </c>
       <c r="T27" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B28" t="s">
-        <v>2615</v>
+        <v>2786</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>2616</v>
+        <v>2787</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>2617</v>
+        <v>2788</v>
       </c>
       <c r="H28" t="s">
-        <v>2618</v>
+        <v>2789</v>
       </c>
       <c r="I28" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J28" t="s">
-        <v>1571</v>
+        <v>1735</v>
       </c>
       <c r="K28" t="s">
-        <v>1162</v>
+        <v>1332</v>
       </c>
       <c r="L28" t="s">
-        <v>1163</v>
+        <v>1333</v>
       </c>
       <c r="M28" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N28" t="s">
-        <v>2619</v>
+        <v>2790</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q28" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R28" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S28" t="s">
-        <v>2620</v>
+        <v>2791</v>
       </c>
       <c r="T28" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B29" t="s">
-        <v>2621</v>
+        <v>2792</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
-        <v>2622</v>
+        <v>2793</v>
       </c>
       <c r="H29" t="s">
-        <v>2623</v>
+        <v>2794</v>
       </c>
       <c r="I29" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J29" t="s">
-        <v>1921</v>
+        <v>2082</v>
       </c>
       <c r="K29" t="s">
-        <v>1922</v>
+        <v>2083</v>
       </c>
       <c r="L29" t="s">
-        <v>621</v>
+        <v>750</v>
       </c>
       <c r="M29" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N29" t="s">
-        <v>2579</v>
+        <v>2750</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q29" t="s">
-        <v>2466</v>
+        <v>2637</v>
       </c>
       <c r="R29" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S29" t="s">
-        <v>2624</v>
+        <v>2795</v>
       </c>
       <c r="T29" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B30" t="s">
-        <v>407</v>
+        <v>2796</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>2625</v>
+        <v>2797</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>2626</v>
+        <v>2798</v>
       </c>
       <c r="H30" t="s">
-        <v>2627</v>
+        <v>2799</v>
       </c>
       <c r="I30" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J30" t="s">
-        <v>2628</v>
+        <v>2800</v>
       </c>
       <c r="K30" t="s">
-        <v>1155</v>
+        <v>1127</v>
       </c>
       <c r="L30" t="s">
-        <v>61</v>
+        <v>219</v>
       </c>
       <c r="M30" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N30" t="s">
-        <v>2629</v>
+        <v>2801</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="Q30" t="s">
-        <v>2507</v>
+        <v>2678</v>
       </c>
       <c r="R30" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="S30" t="s">
-        <v>409</v>
+        <v>2802</v>
       </c>
       <c r="T30" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B31" t="s">
-        <v>2630</v>
+        <v>2803</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>2631</v>
+        <v>2804</v>
       </c>
       <c r="H31" t="s">
-        <v>2632</v>
+        <v>2805</v>
       </c>
       <c r="I31" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J31" t="s">
-        <v>2633</v>
+        <v>2806</v>
       </c>
       <c r="K31" t="s">
-        <v>2634</v>
+        <v>2807</v>
       </c>
       <c r="L31" t="s">
         <v>30</v>
       </c>
       <c r="M31" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N31" t="s">
-        <v>2635</v>
+        <v>2808</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q31" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R31" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S31" t="s">
-        <v>2636</v>
+        <v>2809</v>
       </c>
       <c r="T31" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B32" t="s">
-        <v>2637</v>
+        <v>2810</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
-        <v>2638</v>
+        <v>2811</v>
       </c>
       <c r="H32" t="s">
-        <v>2639</v>
+        <v>2812</v>
       </c>
       <c r="I32" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J32" t="s">
-        <v>2640</v>
+        <v>2813</v>
       </c>
       <c r="K32" t="s">
-        <v>1860</v>
+        <v>2021</v>
       </c>
       <c r="L32" t="s">
-        <v>1350</v>
+        <v>1149</v>
       </c>
       <c r="M32" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N32" t="s">
-        <v>2641</v>
+        <v>2814</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q32" t="s">
-        <v>2642</v>
+        <v>2815</v>
       </c>
       <c r="R32" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S32" t="s">
-        <v>2643</v>
+        <v>2816</v>
       </c>
       <c r="T32" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B33" t="s">
-        <v>2644</v>
+        <v>2817</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>2645</v>
+        <v>2818</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>2646</v>
+        <v>2819</v>
       </c>
       <c r="H33" t="s">
-        <v>2647</v>
+        <v>2820</v>
       </c>
       <c r="I33" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J33" t="s">
-        <v>2648</v>
+        <v>2821</v>
       </c>
       <c r="K33" t="s">
-        <v>2649</v>
+        <v>2822</v>
       </c>
       <c r="L33" t="s">
         <v>30</v>
       </c>
       <c r="M33" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N33" t="s">
-        <v>2650</v>
+        <v>2823</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q33" t="s">
-        <v>2480</v>
+        <v>2651</v>
       </c>
       <c r="R33" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S33" t="s">
-        <v>31</v>
+        <v>190</v>
       </c>
       <c r="T33" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B34" t="s">
-        <v>2651</v>
+        <v>2824</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>2645</v>
+        <v>2818</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>2652</v>
+        <v>2825</v>
       </c>
       <c r="H34" t="s">
-        <v>2653</v>
+        <v>2826</v>
       </c>
       <c r="I34" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J34" t="s">
-        <v>2523</v>
+        <v>2694</v>
       </c>
       <c r="K34" t="s">
-        <v>2524</v>
+        <v>2695</v>
       </c>
       <c r="L34" t="s">
         <v>30</v>
       </c>
       <c r="M34" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N34" t="s">
-        <v>2525</v>
+        <v>2696</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q34" t="s">
-        <v>2654</v>
+        <v>2827</v>
       </c>
       <c r="R34" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S34" t="s">
-        <v>286</v>
+        <v>428</v>
       </c>
       <c r="T34" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B35" t="s">
-        <v>150</v>
+        <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>2655</v>
+        <v>2828</v>
       </c>
       <c r="H35" t="s">
-        <v>2656</v>
+        <v>2829</v>
       </c>
       <c r="I35" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J35" t="s">
-        <v>2657</v>
+        <v>2830</v>
       </c>
       <c r="K35" t="s">
-        <v>2613</v>
+        <v>2784</v>
       </c>
       <c r="L35" t="s">
-        <v>71</v>
+        <v>40</v>
       </c>
       <c r="M35" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N35" t="s">
-        <v>2658</v>
+        <v>2831</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q35" t="s">
-        <v>2480</v>
+        <v>2651</v>
       </c>
       <c r="R35" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S35" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="T35" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B36" t="s">
+        <v>2832</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>2780</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>2833</v>
+      </c>
+      <c r="H36" t="s">
+        <v>2834</v>
+      </c>
+      <c r="I36" t="s">
+        <v>2634</v>
+      </c>
+      <c r="J36" t="s">
+        <v>2835</v>
+      </c>
+      <c r="K36" t="s">
+        <v>2836</v>
+      </c>
+      <c r="L36" t="s">
+        <v>2837</v>
+      </c>
+      <c r="M36" t="s">
+        <v>1107</v>
+      </c>
+      <c r="N36" t="s">
+        <v>2838</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>1118</v>
+      </c>
+      <c r="Q36" t="s">
         <v>2659</v>
       </c>
-      <c r="C36" t="s">
-[...43 lines deleted...]
-      </c>
       <c r="R36" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S36" t="s">
-        <v>2666</v>
+        <v>2839</v>
       </c>
       <c r="T36" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B37" t="s">
-        <v>2667</v>
+        <v>2840</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>2668</v>
+        <v>2841</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>2669</v>
+        <v>2842</v>
       </c>
       <c r="H37" t="s">
-        <v>2670</v>
+        <v>2843</v>
       </c>
       <c r="I37" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>2671</v>
+        <v>2844</v>
       </c>
       <c r="L37" t="s">
-        <v>2672</v>
+        <v>2845</v>
       </c>
       <c r="M37" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N37" t="s">
-        <v>2673</v>
+        <v>2846</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q37" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R37" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S37" t="s">
-        <v>2674</v>
+        <v>2847</v>
       </c>
       <c r="T37" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B38" t="s">
-        <v>2675</v>
+        <v>2848</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>2676</v>
+        <v>2849</v>
       </c>
       <c r="H38" t="s">
-        <v>2677</v>
+        <v>2850</v>
       </c>
       <c r="I38" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J38" t="s">
-        <v>2678</v>
+        <v>2851</v>
       </c>
       <c r="K38" t="s">
-        <v>2679</v>
+        <v>2852</v>
       </c>
       <c r="L38" t="s">
-        <v>1840</v>
+        <v>2001</v>
       </c>
       <c r="M38" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N38" t="s">
-        <v>2680</v>
+        <v>2853</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q38" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R38" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S38" t="s">
-        <v>2681</v>
+        <v>2854</v>
       </c>
       <c r="T38" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B39" t="s">
-        <v>2682</v>
+        <v>2855</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>2683</v>
+        <v>2856</v>
       </c>
       <c r="H39" t="s">
-        <v>2684</v>
+        <v>2857</v>
       </c>
       <c r="I39" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J39" t="s">
         <v>20</v>
       </c>
       <c r="K39" t="s">
-        <v>2685</v>
+        <v>2858</v>
       </c>
       <c r="L39" t="s">
-        <v>2686</v>
+        <v>2859</v>
       </c>
       <c r="M39" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N39" t="s">
-        <v>2687</v>
+        <v>2860</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q39" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R39" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S39" t="s">
-        <v>2688</v>
+        <v>2861</v>
       </c>
       <c r="T39" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B40" t="s">
-        <v>2689</v>
+        <v>2862</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>2690</v>
+        <v>2863</v>
       </c>
       <c r="H40" t="s">
-        <v>2691</v>
+        <v>2864</v>
       </c>
       <c r="I40" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J40" t="s">
-        <v>2692</v>
+        <v>2865</v>
       </c>
       <c r="K40" t="s">
-        <v>2693</v>
+        <v>2866</v>
       </c>
       <c r="L40" t="s">
-        <v>2694</v>
+        <v>2867</v>
       </c>
       <c r="M40" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N40" t="s">
-        <v>2695</v>
+        <v>2868</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q40" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R40" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S40" t="s">
-        <v>2696</v>
+        <v>2869</v>
       </c>
       <c r="T40" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B41" t="s">
-        <v>188</v>
+        <v>331</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>2537</v>
+        <v>2708</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>2697</v>
+        <v>2870</v>
       </c>
       <c r="H41" t="s">
-        <v>2698</v>
+        <v>2871</v>
       </c>
       <c r="I41" t="s">
-        <v>2540</v>
+        <v>2711</v>
       </c>
       <c r="J41" t="s">
-        <v>2699</v>
+        <v>2872</v>
       </c>
       <c r="K41" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L41" t="s">
         <v>30</v>
       </c>
       <c r="M41" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N41" t="s">
-        <v>2541</v>
+        <v>2712</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q41" t="s">
-        <v>2700</v>
+        <v>2873</v>
       </c>
       <c r="R41" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S41" t="s">
-        <v>190</v>
+        <v>333</v>
       </c>
       <c r="T41" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B42" t="s">
-        <v>2701</v>
+        <v>2874</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>2609</v>
+        <v>2780</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>2702</v>
+        <v>2875</v>
       </c>
       <c r="H42" t="s">
-        <v>2703</v>
+        <v>2876</v>
       </c>
       <c r="I42" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J42" t="s">
-        <v>2704</v>
+        <v>2877</v>
       </c>
       <c r="K42" t="s">
-        <v>2705</v>
+        <v>2878</v>
       </c>
       <c r="L42" t="s">
-        <v>2706</v>
+        <v>2879</v>
       </c>
       <c r="M42" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N42" t="s">
-        <v>2707</v>
+        <v>2880</v>
       </c>
       <c r="O42" t="s">
         <v>20</v>
       </c>
       <c r="P42" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q42" t="s">
-        <v>2488</v>
+        <v>2659</v>
       </c>
       <c r="R42" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S42" t="s">
-        <v>2708</v>
+        <v>2881</v>
       </c>
       <c r="T42" t="s">
-        <v>2614</v>
+        <v>2785</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B43" t="s">
-        <v>2709</v>
+        <v>2882</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>2549</v>
+        <v>2720</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>2710</v>
+        <v>2883</v>
       </c>
       <c r="H43" t="s">
-        <v>2711</v>
+        <v>2884</v>
       </c>
       <c r="I43" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J43" t="s">
-        <v>1227</v>
+        <v>1397</v>
       </c>
       <c r="K43" t="s">
-        <v>1228</v>
+        <v>1398</v>
       </c>
       <c r="L43" t="s">
-        <v>1092</v>
+        <v>1264</v>
       </c>
       <c r="M43" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N43" t="s">
-        <v>2552</v>
+        <v>2723</v>
       </c>
       <c r="O43" t="s">
         <v>20</v>
       </c>
       <c r="P43" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q43" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R43" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S43" t="s">
-        <v>2712</v>
+        <v>2885</v>
       </c>
       <c r="T43" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B44" t="s">
-        <v>2713</v>
+        <v>2886</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>2576</v>
+        <v>2747</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>2714</v>
+        <v>2887</v>
       </c>
       <c r="H44" t="s">
-        <v>2715</v>
+        <v>2888</v>
       </c>
       <c r="I44" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J44" t="s">
-        <v>1921</v>
+        <v>2082</v>
       </c>
       <c r="K44" t="s">
-        <v>1922</v>
+        <v>2083</v>
       </c>
       <c r="L44" t="s">
-        <v>621</v>
+        <v>750</v>
       </c>
       <c r="M44" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N44" t="s">
-        <v>2579</v>
+        <v>2750</v>
       </c>
       <c r="O44" t="s">
         <v>20</v>
       </c>
       <c r="P44" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q44" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R44" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S44" t="s">
-        <v>2716</v>
+        <v>2889</v>
       </c>
       <c r="T44" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B45" t="s">
+        <v>2890</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>2714</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>2891</v>
+      </c>
+      <c r="H45" t="s">
+        <v>2892</v>
+      </c>
+      <c r="I45" t="s">
+        <v>2617</v>
+      </c>
+      <c r="J45" t="s">
+        <v>2533</v>
+      </c>
+      <c r="K45" t="s">
+        <v>2106</v>
+      </c>
+      <c r="L45" t="s">
+        <v>40</v>
+      </c>
+      <c r="M45" t="s">
+        <v>1107</v>
+      </c>
+      <c r="N45" t="s">
         <v>2717</v>
       </c>
-      <c r="C45" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="O45" t="s">
         <v>20</v>
       </c>
       <c r="P45" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q45" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R45" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S45" t="s">
-        <v>2720</v>
+        <v>2893</v>
       </c>
       <c r="T45" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B46" t="s">
-        <v>2721</v>
+        <v>2894</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>2555</v>
+        <v>2726</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>2722</v>
+        <v>2895</v>
       </c>
       <c r="H46" t="s">
-        <v>2723</v>
+        <v>2896</v>
       </c>
       <c r="I46" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J46" t="s">
-        <v>1198</v>
+        <v>1368</v>
       </c>
       <c r="K46" t="s">
-        <v>1155</v>
+        <v>1127</v>
       </c>
       <c r="L46" t="s">
-        <v>61</v>
+        <v>219</v>
       </c>
       <c r="M46" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N46" t="s">
-        <v>2724</v>
+        <v>2897</v>
       </c>
       <c r="O46" t="s">
         <v>20</v>
       </c>
       <c r="P46" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q46" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R46" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S46" t="s">
-        <v>2725</v>
+        <v>2898</v>
       </c>
       <c r="T46" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B47" t="s">
-        <v>2726</v>
+        <v>2899</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>2645</v>
+        <v>2818</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>2727</v>
+        <v>2900</v>
       </c>
       <c r="H47" t="s">
-        <v>2728</v>
+        <v>2901</v>
       </c>
       <c r="I47" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J47" t="s">
-        <v>1865</v>
+        <v>2026</v>
       </c>
       <c r="K47" t="s">
-        <v>1839</v>
+        <v>2000</v>
       </c>
       <c r="L47" t="s">
-        <v>1840</v>
+        <v>2001</v>
       </c>
       <c r="M47" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N47" t="s">
-        <v>2729</v>
+        <v>2902</v>
       </c>
       <c r="O47" t="s">
         <v>20</v>
       </c>
       <c r="P47" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q47" t="s">
-        <v>2730</v>
+        <v>2903</v>
       </c>
       <c r="R47" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S47" t="s">
-        <v>2731</v>
+        <v>2904</v>
       </c>
       <c r="T47" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B48" t="s">
-        <v>2732</v>
+        <v>2905</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>2582</v>
+        <v>2753</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>2733</v>
+        <v>2906</v>
       </c>
       <c r="H48" t="s">
-        <v>2734</v>
+        <v>2907</v>
       </c>
       <c r="I48" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J48" t="s">
-        <v>2585</v>
+        <v>2756</v>
       </c>
       <c r="K48" t="s">
-        <v>2735</v>
+        <v>2908</v>
       </c>
       <c r="L48" t="s">
-        <v>1350</v>
+        <v>1149</v>
       </c>
       <c r="M48" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N48" t="s">
-        <v>2586</v>
+        <v>2757</v>
       </c>
       <c r="O48" t="s">
         <v>20</v>
       </c>
       <c r="P48" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="Q48" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R48" t="s">
-        <v>2479</v>
+        <v>2650</v>
       </c>
       <c r="S48" t="s">
-        <v>2736</v>
+        <v>2909</v>
       </c>
       <c r="T48" t="s">
-        <v>2588</v>
+        <v>2759</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B49" t="s">
-        <v>2737</v>
+        <v>2910</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>2645</v>
+        <v>2818</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>2738</v>
+        <v>2911</v>
       </c>
       <c r="H49" t="s">
-        <v>2739</v>
+        <v>2912</v>
       </c>
       <c r="I49" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J49" t="s">
-        <v>2740</v>
+        <v>2913</v>
       </c>
       <c r="K49" t="s">
-        <v>2741</v>
+        <v>2914</v>
       </c>
       <c r="L49" t="s">
         <v>30</v>
       </c>
       <c r="M49" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N49" t="s">
-        <v>2742</v>
+        <v>2915</v>
       </c>
       <c r="O49" t="s">
         <v>20</v>
       </c>
       <c r="P49" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q49" t="s">
-        <v>2466</v>
+        <v>2637</v>
       </c>
       <c r="R49" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S49" t="s">
-        <v>2743</v>
+        <v>2916</v>
       </c>
       <c r="T49" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B50" t="s">
-        <v>2744</v>
+        <v>2917</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>2590</v>
+        <v>2761</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>2745</v>
+        <v>2918</v>
       </c>
       <c r="H50" t="s">
-        <v>2746</v>
+        <v>2919</v>
       </c>
       <c r="I50" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J50" t="s">
-        <v>1262</v>
+        <v>1432</v>
       </c>
       <c r="K50" t="s">
-        <v>1263</v>
+        <v>1433</v>
       </c>
       <c r="L50" t="s">
-        <v>1257</v>
+        <v>1427</v>
       </c>
       <c r="M50" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N50" t="s">
-        <v>2593</v>
+        <v>2764</v>
       </c>
       <c r="O50" t="s">
         <v>20</v>
       </c>
       <c r="P50" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q50" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R50" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S50" t="s">
-        <v>2747</v>
+        <v>2920</v>
       </c>
       <c r="T50" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B51" t="s">
-        <v>2748</v>
+        <v>2921</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>2570</v>
+        <v>2741</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>2749</v>
+        <v>2922</v>
       </c>
       <c r="H51" t="s">
-        <v>2750</v>
+        <v>2923</v>
       </c>
       <c r="I51" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J51" t="s">
-        <v>2573</v>
+        <v>2744</v>
       </c>
       <c r="K51" t="s">
-        <v>2204</v>
+        <v>2365</v>
       </c>
       <c r="L51" t="s">
-        <v>2205</v>
+        <v>2366</v>
       </c>
       <c r="M51" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N51" t="s">
-        <v>2574</v>
+        <v>2745</v>
       </c>
       <c r="O51" t="s">
         <v>20</v>
       </c>
       <c r="P51" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q51" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R51" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S51" t="s">
-        <v>2751</v>
+        <v>2924</v>
       </c>
       <c r="T51" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B52" t="s">
-        <v>2752</v>
+        <v>2925</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>2616</v>
+        <v>2787</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>2753</v>
+        <v>2926</v>
       </c>
       <c r="H52" t="s">
-        <v>2754</v>
+        <v>2927</v>
       </c>
       <c r="I52" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J52" t="s">
-        <v>1571</v>
+        <v>1735</v>
       </c>
       <c r="K52" t="s">
-        <v>1162</v>
+        <v>1332</v>
       </c>
       <c r="L52" t="s">
-        <v>1163</v>
+        <v>1333</v>
       </c>
       <c r="M52" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N52" t="s">
-        <v>2619</v>
+        <v>2790</v>
       </c>
       <c r="O52" t="s">
         <v>20</v>
       </c>
       <c r="P52" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="Q52" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R52" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S52" t="s">
-        <v>2755</v>
+        <v>2928</v>
       </c>
       <c r="T52" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B53" t="s">
-        <v>2756</v>
+        <v>2929</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>2555</v>
+        <v>2726</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>2757</v>
+        <v>2930</v>
       </c>
       <c r="H53" t="s">
-        <v>2758</v>
+        <v>2931</v>
       </c>
       <c r="I53" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J53" t="s">
-        <v>2699</v>
+        <v>2872</v>
       </c>
       <c r="K53" t="s">
-        <v>1121</v>
+        <v>1140</v>
       </c>
       <c r="L53" t="s">
         <v>30</v>
       </c>
       <c r="M53" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N53" t="s">
         <v>20</v>
       </c>
       <c r="O53" t="s">
         <v>20</v>
       </c>
       <c r="P53" t="s">
-        <v>2759</v>
+        <v>2932</v>
       </c>
       <c r="Q53" t="s">
-        <v>2760</v>
+        <v>2933</v>
       </c>
       <c r="R53" t="s">
-        <v>1001</v>
+        <v>1118</v>
       </c>
       <c r="S53" t="s">
-        <v>2761</v>
+        <v>2934</v>
       </c>
       <c r="T53" t="s">
-        <v>2490</v>
+        <v>2661</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B54" t="s">
-        <v>2762</v>
+        <v>2935</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>2763</v>
+        <v>2936</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>2764</v>
+        <v>2937</v>
       </c>
       <c r="H54" t="s">
-        <v>2765</v>
+        <v>2938</v>
       </c>
       <c r="I54" t="s">
-        <v>2463</v>
+        <v>2634</v>
       </c>
       <c r="J54" t="s">
-        <v>1608</v>
+        <v>1772</v>
       </c>
       <c r="K54" t="s">
-        <v>1609</v>
+        <v>1773</v>
       </c>
       <c r="L54" t="s">
-        <v>50</v>
+        <v>208</v>
       </c>
       <c r="M54" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N54" t="s">
-        <v>2766</v>
+        <v>2939</v>
       </c>
       <c r="O54" t="s">
         <v>20</v>
       </c>
       <c r="P54" t="s">
-        <v>2465</v>
+        <v>2636</v>
       </c>
       <c r="Q54" t="s">
-        <v>2767</v>
+        <v>2940</v>
       </c>
       <c r="R54" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S54" t="s">
-        <v>51</v>
+        <v>209</v>
       </c>
       <c r="T54" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B55" t="s">
-        <v>2768</v>
+        <v>2941</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>2769</v>
+        <v>2942</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>2770</v>
+        <v>2943</v>
       </c>
       <c r="H55" t="s">
-        <v>2771</v>
+        <v>2944</v>
       </c>
       <c r="I55" t="s">
-        <v>2540</v>
+        <v>2711</v>
       </c>
       <c r="J55" t="s">
-        <v>1090</v>
+        <v>1262</v>
       </c>
       <c r="K55" t="s">
-        <v>1091</v>
+        <v>1263</v>
       </c>
       <c r="L55" t="s">
-        <v>1092</v>
+        <v>1264</v>
       </c>
       <c r="M55" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N55" t="s">
-        <v>2457</v>
+        <v>2628</v>
       </c>
       <c r="O55" t="s">
         <v>20</v>
       </c>
       <c r="P55" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q55" t="s">
-        <v>2449</v>
+        <v>2620</v>
       </c>
       <c r="R55" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S55" t="s">
-        <v>2772</v>
+        <v>2945</v>
       </c>
       <c r="T55" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>2441</v>
+        <v>2612</v>
       </c>
       <c r="B56" t="s">
-        <v>2773</v>
+        <v>2946</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>2769</v>
+        <v>2942</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>2774</v>
+        <v>2947</v>
       </c>
       <c r="H56" t="s">
-        <v>2775</v>
+        <v>2948</v>
       </c>
       <c r="I56" t="s">
-        <v>2446</v>
+        <v>2617</v>
       </c>
       <c r="J56" t="s">
-        <v>1090</v>
+        <v>1262</v>
       </c>
       <c r="K56" t="s">
-        <v>1091</v>
+        <v>1263</v>
       </c>
       <c r="L56" t="s">
-        <v>1092</v>
+        <v>1264</v>
       </c>
       <c r="M56" t="s">
-        <v>989</v>
+        <v>1107</v>
       </c>
       <c r="N56" t="s">
-        <v>2457</v>
+        <v>2628</v>
       </c>
       <c r="O56" t="s">
         <v>20</v>
       </c>
       <c r="P56" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="Q56" t="s">
-        <v>2471</v>
+        <v>2642</v>
       </c>
       <c r="R56" t="s">
-        <v>1036</v>
+        <v>1210</v>
       </c>
       <c r="S56" t="s">
-        <v>2776</v>
+        <v>2949</v>
       </c>
       <c r="T56" t="s">
-        <v>2451</v>
+        <v>2622</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>