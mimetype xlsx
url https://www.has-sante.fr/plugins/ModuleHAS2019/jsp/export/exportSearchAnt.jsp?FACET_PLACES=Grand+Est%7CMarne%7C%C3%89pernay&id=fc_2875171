--- v0 (2025-11-07)
+++ v1 (2026-02-08)
@@ -125,51 +125,51 @@
   <si>
     <t>EPERNAY,REIMS</t>
   </si>
   <si>
     <t>510000235,510004302</t>
   </si>
   <si>
     <t>Docteur Bertrand LEROUX</t>
   </si>
   <si>
     <t>15/05/2017 17:40:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2768083/fr/docteur-bertrand-leroux</t>
   </si>
   <si>
     <t>c_2768083</t>
   </si>
   <si>
     <t>LEROUX</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
-    <t>01 April 2021</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>CLINIQUE D'EPERNAY</t>
   </si>
   <si>
     <t>51206</t>
   </si>
   <si>
     <t>EPERNAY</t>
   </si>
   <si>
     <t>510000243</t>
   </si>
   <si>
     <t>Docteur Ema catalina CIUTA TARNOVANU</t>
   </si>
   <si>
     <t>17/01/2017 17:32:49</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740282/fr/docteur-ema-catalina-ciuta-tarnovanu</t>
   </si>
   <si>
     <t>c_2740282</t>
   </si>