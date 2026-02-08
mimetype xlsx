--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="932" uniqueCount="377">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="948" uniqueCount="382">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -548,51 +548,51 @@
   <si>
     <t>MASIAS</t>
   </si>
   <si>
     <t>25 November 2021</t>
   </si>
   <si>
     <t>Docteur JULIEN DUNTZE</t>
   </si>
   <si>
     <t>21/01/2021 15:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233305/fr/docteur-julien-duntze</t>
   </si>
   <si>
     <t>p_3233305</t>
   </si>
   <si>
     <t>DUNTZE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>16 January 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE COURLANCY,HOPITAL MAISON BLANCHE CHU REIMS,POLYCLINIQUE REIMS - BEZANNES</t>
   </si>
   <si>
     <t>51057,51092,51430</t>
   </si>
   <si>
     <t>REIMS,REIMS,BEZANNES</t>
   </si>
   <si>
     <t>510000185,510004302,510024979</t>
   </si>
   <si>
     <t>Docteur MARIE-ETIENNETTE EMERIAU MICHEL</t>
   </si>
   <si>
     <t>22/10/2020 16:32:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214029/fr/docteur-marie-etiennette-emeriau-michel</t>
   </si>
   <si>
     <t>p_3214029</t>
   </si>
@@ -782,51 +782,51 @@
   <si>
     <t>c_2886839</t>
   </si>
   <si>
     <t>GAVILLON</t>
   </si>
   <si>
     <t>Docteur Ghislain SCHMITT</t>
   </si>
   <si>
     <t>17/01/2017 17:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739286/fr/docteur-ghislain-schmitt</t>
   </si>
   <si>
     <t>c_2739286</t>
   </si>
   <si>
     <t>SCHMITT</t>
   </si>
   <si>
     <t>Ghislain</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Lionel GUIBERT</t>
   </si>
   <si>
     <t>17/01/2017 17:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739555/fr/docteur-lionel-guibert</t>
   </si>
   <si>
     <t>c_2739555</t>
   </si>
   <si>
     <t>GUIBERT</t>
   </si>
   <si>
     <t>Lionel</t>
   </si>
   <si>
     <t>28 April 2022</t>
   </si>
   <si>
     <t>Docteur Frederic BANCHERI</t>
   </si>
@@ -960,50 +960,65 @@
     <t>64 Rue Georges Charpak</t>
   </si>
   <si>
     <t>Personne âgée</t>
   </si>
   <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>510025604</t>
   </si>
   <si>
     <t>SESSAD GALILEE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/465_FicheESSMS/fr/sessad-galilee</t>
   </si>
   <si>
     <t>465_FicheESSMS</t>
   </si>
   <si>
     <t>510023328</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL FAMILIAL SPECIALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/464_FicheESSMS/fr/centre-d-accueil-familial-specialise</t>
+  </si>
+  <si>
+    <t>464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil Familial Spécialisé</t>
+  </si>
+  <si>
+    <t>510011323</t>
   </si>
   <si>
     <t>EHPAD LE SOURIRE CHAMPENOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:15:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/550_FicheESSMS/fr/ehpad-le-sourire-champenois</t>
   </si>
   <si>
     <t>550_FicheESSMS</t>
   </si>
   <si>
     <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
   </si>
   <si>
     <t>510004369</t>
   </si>
   <si>
     <t>ESAT "LES ATELIERS DE LA FORET"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/537_FicheESSMS/fr/esat-les-ateliers-de-la-foret</t>
   </si>
@@ -3618,51 +3633,51 @@
       </c>
       <c r="N43" t="s">
         <v>281</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43" t="s">
         <v>29</v>
       </c>
       <c r="Q43" t="s">
         <v>30</v>
       </c>
       <c r="R43" t="s">
         <v>31</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P10"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3838,467 +3853,517 @@
       </c>
       <c r="N4" t="s">
         <v>299</v>
       </c>
       <c r="O4" t="s">
         <v>300</v>
       </c>
       <c r="P4" t="s">
         <v>314</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>290</v>
       </c>
       <c r="B5" t="s">
         <v>315</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>311</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>316</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>317</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="J5" t="s">
         <v>296</v>
       </c>
       <c r="K5" t="s">
         <v>30</v>
       </c>
       <c r="L5" t="s">
         <v>297</v>
       </c>
       <c r="M5" t="s">
         <v>298</v>
       </c>
       <c r="N5" t="s">
-        <v>307</v>
+        <v>299</v>
       </c>
       <c r="O5" t="s">
+        <v>318</v>
+      </c>
+      <c r="P5" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>320</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>290</v>
       </c>
       <c r="B6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>316</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
         <v>322</v>
       </c>
       <c r="H6" t="s">
         <v>323</v>
       </c>
       <c r="I6" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
       <c r="J6" t="s">
-        <v>325</v>
+        <v>296</v>
       </c>
       <c r="K6" t="s">
-        <v>326</v>
+        <v>30</v>
       </c>
       <c r="L6" t="s">
         <v>297</v>
       </c>
       <c r="M6" t="s">
         <v>298</v>
       </c>
       <c r="N6" t="s">
-        <v>327</v>
+        <v>307</v>
       </c>
       <c r="O6" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="P6" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>290</v>
       </c>
       <c r="B7" t="s">
+        <v>326</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>321</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>327</v>
+      </c>
+      <c r="H7" t="s">
+        <v>328</v>
+      </c>
+      <c r="I7" t="s">
+        <v>329</v>
+      </c>
+      <c r="J7" t="s">
         <v>330</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="K7" t="s">
         <v>331</v>
-      </c>
-[...16 lines deleted...]
-        <v>30</v>
       </c>
       <c r="L7" t="s">
         <v>297</v>
       </c>
       <c r="M7" t="s">
         <v>298</v>
       </c>
       <c r="N7" t="s">
-        <v>335</v>
+        <v>332</v>
       </c>
       <c r="O7" t="s">
-        <v>336</v>
+        <v>333</v>
       </c>
       <c r="P7" t="s">
-        <v>337</v>
+        <v>334</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>290</v>
       </c>
       <c r="B8" t="s">
+        <v>335</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>336</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>337</v>
+      </c>
+      <c r="H8" t="s">
         <v>338</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="I8" t="s">
         <v>339</v>
       </c>
-      <c r="F8" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>325</v>
+        <v>296</v>
       </c>
       <c r="K8" t="s">
-        <v>326</v>
+        <v>30</v>
       </c>
       <c r="L8" t="s">
         <v>297</v>
       </c>
       <c r="M8" t="s">
         <v>298</v>
       </c>
       <c r="N8" t="s">
-        <v>327</v>
+        <v>340</v>
       </c>
       <c r="O8" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="P8" t="s">
-        <v>344</v>
+        <v>342</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>290</v>
       </c>
       <c r="B9" t="s">
+        <v>343</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>344</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>345</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>346</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>347</v>
       </c>
-      <c r="H9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>20</v>
+        <v>330</v>
       </c>
       <c r="K9" t="s">
-        <v>30</v>
+        <v>331</v>
       </c>
       <c r="L9" t="s">
         <v>297</v>
       </c>
       <c r="M9" t="s">
         <v>298</v>
       </c>
       <c r="N9" t="s">
+        <v>332</v>
+      </c>
+      <c r="O9" t="s">
+        <v>348</v>
+      </c>
+      <c r="P9" t="s">
         <v>349</v>
-      </c>
-[...4 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>290</v>
       </c>
       <c r="B10" t="s">
+        <v>350</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>351</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>352</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>353</v>
       </c>
-      <c r="F10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I10" t="s">
-        <v>356</v>
+        <v>296</v>
       </c>
       <c r="J10" t="s">
-        <v>296</v>
+        <v>20</v>
       </c>
       <c r="K10" t="s">
         <v>30</v>
       </c>
       <c r="L10" t="s">
         <v>297</v>
       </c>
       <c r="M10" t="s">
         <v>298</v>
       </c>
       <c r="N10" t="s">
+        <v>354</v>
+      </c>
+      <c r="O10" t="s">
+        <v>355</v>
+      </c>
+      <c r="P10" t="s">
+        <v>356</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>290</v>
+      </c>
+      <c r="B11" t="s">
+        <v>357</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>358</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>359</v>
+      </c>
+      <c r="H11" t="s">
+        <v>360</v>
+      </c>
+      <c r="I11" t="s">
+        <v>361</v>
+      </c>
+      <c r="J11" t="s">
+        <v>296</v>
+      </c>
+      <c r="K11" t="s">
+        <v>30</v>
+      </c>
+      <c r="L11" t="s">
+        <v>297</v>
+      </c>
+      <c r="M11" t="s">
+        <v>298</v>
+      </c>
+      <c r="N11" t="s">
         <v>299</v>
       </c>
-      <c r="O10" t="s">
-[...3 lines deleted...]
-        <v>358</v>
+      <c r="O11" t="s">
+        <v>362</v>
+      </c>
+      <c r="P11" t="s">
+        <v>363</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>359</v>
+        <v>364</v>
       </c>
       <c r="J1" t="s">
         <v>282</v>
       </c>
       <c r="K1" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="L1" t="s">
         <v>284</v>
       </c>
       <c r="M1" t="s">
         <v>285</v>
       </c>
       <c r="N1" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="O1" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
       <c r="P1" t="s">
-        <v>363</v>
+        <v>368</v>
       </c>
       <c r="Q1" t="s">
-        <v>364</v>
+        <v>369</v>
       </c>
       <c r="R1" t="s">
         <v>286</v>
       </c>
       <c r="S1" t="s">
-        <v>365</v>
+        <v>370</v>
       </c>
       <c r="T1" t="s">
-        <v>366</v>
+        <v>371</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B2" t="s">
         <v>28</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="H2" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="I2" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="J2" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="K2" t="s">
         <v>296</v>
       </c>
       <c r="L2" t="s">
         <v>30</v>
       </c>
       <c r="M2" t="s">
         <v>297</v>
       </c>
       <c r="N2" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="O2" t="s">
         <v>20</v>
       </c>
       <c r="P2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="Q2" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="R2" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="S2" t="s">
         <v>31</v>
       </c>
       <c r="T2" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>