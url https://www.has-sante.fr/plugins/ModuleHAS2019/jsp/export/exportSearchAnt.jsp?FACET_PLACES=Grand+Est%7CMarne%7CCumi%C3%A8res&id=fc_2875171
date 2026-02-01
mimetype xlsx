--- v0 (2025-12-15)
+++ v1 (2026-02-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
     <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="174">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="167">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -120,71 +120,50 @@
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Institut Médico-Educatif (I.M.E.)</t>
   </si>
   <si>
     <t>510000367</t>
   </si>
   <si>
     <t>SESSAD PAPILLONS BLANCS D'EPERNAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/123_FicheESSMS/fr/sessad-papillons-blancs-d-epernay</t>
   </si>
   <si>
     <t>123_FicheESSMS</t>
   </si>
   <si>
     <t>10 Place Chocatelle</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>510012461</t>
-  </si>
-[...19 lines deleted...]
-    <t>510011323</t>
   </si>
   <si>
     <t>FOYER D'HEBERGEMENT DE L'HORTICULTURE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/515_FicheESSMS/fr/foyer-d-hebergement-de-l-horticulture</t>
   </si>
   <si>
     <t>515_FicheESSMS</t>
   </si>
   <si>
     <t>32 Rue Frederic Plomb</t>
   </si>
   <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Foyer Hébergement Adultes Handicapés</t>
   </si>
   <si>
     <t>510003908</t>
   </si>
@@ -584,51 +563,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P12"/>
+  <dimension ref="A1:P11"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -781,1024 +760,974 @@
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
         <v>38</v>
       </c>
       <c r="H4" t="s">
         <v>39</v>
       </c>
       <c r="I4" t="s">
         <v>40</v>
       </c>
       <c r="J4" t="s">
         <v>23</v>
       </c>
       <c r="K4" t="s">
         <v>24</v>
       </c>
       <c r="L4" t="s">
         <v>25</v>
       </c>
       <c r="M4" t="s">
         <v>26</v>
       </c>
       <c r="N4" t="s">
-        <v>27</v>
+        <v>41</v>
       </c>
       <c r="O4" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="P4" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>16</v>
       </c>
       <c r="B5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H5" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J5" t="s">
         <v>23</v>
       </c>
       <c r="K5" t="s">
         <v>24</v>
       </c>
       <c r="L5" t="s">
         <v>25</v>
       </c>
       <c r="M5" t="s">
         <v>26</v>
       </c>
       <c r="N5" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="O5" t="s">
         <v>49</v>
       </c>
       <c r="P5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>16</v>
       </c>
       <c r="B6" t="s">
         <v>51</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
         <v>52</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>53</v>
       </c>
       <c r="H6" t="s">
         <v>54</v>
       </c>
       <c r="I6" t="s">
         <v>55</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
         <v>26</v>
       </c>
       <c r="N6" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
       <c r="O6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="P6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="O7" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="P7" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H8" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I8" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J8" t="s">
-        <v>23</v>
+        <v>72</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="O8" t="s">
-        <v>72</v>
+        <v>65</v>
       </c>
       <c r="P8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="N9" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="O9" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="P9" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
         <v>82</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
         <v>83</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
         <v>84</v>
       </c>
       <c r="H10" t="s">
         <v>85</v>
       </c>
       <c r="I10" t="s">
         <v>86</v>
       </c>
       <c r="J10" t="s">
-        <v>87</v>
+        <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
       <c r="M10" t="s">
         <v>26</v>
       </c>
       <c r="N10" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="O10" t="s">
-        <v>64</v>
+        <v>87</v>
       </c>
       <c r="P10" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>89</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
+        <v>83</v>
+      </c>
+      <c r="F11" t="s">
+        <v>18</v>
+      </c>
+      <c r="G11" t="s">
         <v>90</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>91</v>
       </c>
-      <c r="H11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>93</v>
+        <v>86</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
         <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
-[...27 lines deleted...]
-      <c r="I12" t="s">
         <v>93</v>
-      </c>
-[...19 lines deleted...]
-        <v>100</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>101</v>
+        <v>94</v>
       </c>
       <c r="J1" t="s">
         <v>8</v>
       </c>
       <c r="K1" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="L1" t="s">
         <v>10</v>
       </c>
       <c r="M1" t="s">
         <v>11</v>
       </c>
       <c r="N1" t="s">
-        <v>103</v>
+        <v>96</v>
       </c>
       <c r="O1" t="s">
-        <v>104</v>
+        <v>97</v>
       </c>
       <c r="P1" t="s">
-        <v>105</v>
+        <v>98</v>
       </c>
       <c r="Q1" t="s">
-        <v>106</v>
+        <v>99</v>
       </c>
       <c r="R1" t="s">
         <v>12</v>
       </c>
       <c r="S1" t="s">
-        <v>107</v>
+        <v>100</v>
       </c>
       <c r="T1" t="s">
-        <v>108</v>
+        <v>101</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B2" t="s">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="C2" t="s">
         <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>18</v>
       </c>
       <c r="E2" t="s">
-        <v>111</v>
+        <v>104</v>
       </c>
       <c r="F2" t="s">
         <v>18</v>
       </c>
       <c r="G2" t="s">
-        <v>112</v>
+        <v>105</v>
       </c>
       <c r="H2" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="I2" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="J2" t="s">
-        <v>115</v>
+        <v>108</v>
       </c>
       <c r="K2" t="s">
         <v>23</v>
       </c>
       <c r="L2" t="s">
         <v>24</v>
       </c>
       <c r="M2" t="s">
         <v>25</v>
       </c>
       <c r="N2" t="s">
-        <v>116</v>
+        <v>109</v>
       </c>
       <c r="O2" t="s">
         <v>18</v>
       </c>
       <c r="P2" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="Q2" t="s">
-        <v>117</v>
+        <v>110</v>
       </c>
       <c r="R2" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="S2" t="s">
-        <v>118</v>
+        <v>111</v>
       </c>
       <c r="T2" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B3" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="F3" t="s">
         <v>18</v>
       </c>
       <c r="G3" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="H3" t="s">
-        <v>123</v>
+        <v>116</v>
       </c>
       <c r="I3" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="J3" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="K3" t="s">
         <v>23</v>
       </c>
       <c r="L3" t="s">
         <v>24</v>
       </c>
       <c r="M3" t="s">
         <v>25</v>
       </c>
       <c r="N3" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="O3" t="s">
         <v>18</v>
       </c>
       <c r="P3" t="s">
         <v>26</v>
       </c>
       <c r="Q3" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="R3" t="s">
         <v>26</v>
       </c>
       <c r="S3" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="T3" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B4" t="s">
-        <v>129</v>
+        <v>122</v>
       </c>
       <c r="C4" t="s">
         <v>18</v>
       </c>
       <c r="D4" t="s">
         <v>18</v>
       </c>
       <c r="E4" t="s">
-        <v>130</v>
+        <v>123</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" t="s">
-        <v>131</v>
+        <v>124</v>
       </c>
       <c r="H4" t="s">
-        <v>132</v>
+        <v>125</v>
       </c>
       <c r="I4" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="J4" t="s">
-        <v>133</v>
+        <v>126</v>
       </c>
       <c r="K4" t="s">
-        <v>134</v>
+        <v>127</v>
       </c>
       <c r="L4" t="s">
         <v>24</v>
       </c>
       <c r="M4" t="s">
         <v>25</v>
       </c>
       <c r="N4" t="s">
-        <v>135</v>
+        <v>128</v>
       </c>
       <c r="O4" t="s">
         <v>18</v>
       </c>
       <c r="P4" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="Q4" t="s">
-        <v>137</v>
+        <v>130</v>
       </c>
       <c r="R4" t="s">
-        <v>136</v>
+        <v>129</v>
       </c>
       <c r="S4" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="T4" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B5" t="s">
-        <v>139</v>
+        <v>132</v>
       </c>
       <c r="C5" t="s">
         <v>18</v>
       </c>
       <c r="D5" t="s">
         <v>18</v>
       </c>
       <c r="E5" t="s">
-        <v>140</v>
+        <v>133</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" t="s">
-        <v>141</v>
+        <v>134</v>
       </c>
       <c r="H5" t="s">
-        <v>142</v>
+        <v>135</v>
       </c>
       <c r="I5" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="J5" t="s">
-        <v>143</v>
+        <v>136</v>
       </c>
       <c r="K5" t="s">
         <v>23</v>
       </c>
       <c r="L5" t="s">
         <v>24</v>
       </c>
       <c r="M5" t="s">
         <v>25</v>
       </c>
       <c r="N5" t="s">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="O5" t="s">
         <v>18</v>
       </c>
       <c r="P5" t="s">
         <v>26</v>
       </c>
       <c r="Q5" t="s">
-        <v>145</v>
+        <v>138</v>
       </c>
       <c r="R5" t="s">
         <v>26</v>
       </c>
       <c r="S5" t="s">
-        <v>146</v>
+        <v>139</v>
       </c>
       <c r="T5" t="s">
-        <v>119</v>
+        <v>112</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B6" t="s">
-        <v>147</v>
+        <v>140</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
       <c r="E6" t="s">
-        <v>148</v>
+        <v>141</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
-        <v>149</v>
+        <v>142</v>
       </c>
       <c r="H6" t="s">
-        <v>150</v>
+        <v>143</v>
       </c>
       <c r="I6" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="J6" t="s">
-        <v>151</v>
+        <v>144</v>
       </c>
       <c r="K6" t="s">
         <v>23</v>
       </c>
       <c r="L6" t="s">
         <v>24</v>
       </c>
       <c r="M6" t="s">
         <v>25</v>
       </c>
       <c r="N6" t="s">
-        <v>152</v>
+        <v>145</v>
       </c>
       <c r="O6" t="s">
         <v>18</v>
       </c>
       <c r="P6" t="s">
         <v>26</v>
       </c>
       <c r="Q6" t="s">
         <v>18</v>
       </c>
       <c r="R6" t="s">
         <v>26</v>
       </c>
       <c r="S6" t="s">
-        <v>153</v>
+        <v>146</v>
       </c>
       <c r="T6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B7" t="s">
-        <v>154</v>
+        <v>147</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7" t="s">
         <v>18</v>
       </c>
       <c r="E7" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="F7" t="s">
         <v>18</v>
       </c>
       <c r="G7" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="H7" t="s">
-        <v>157</v>
+        <v>150</v>
       </c>
       <c r="I7" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="J7" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K7" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
         <v>24</v>
       </c>
       <c r="M7" t="s">
         <v>25</v>
       </c>
       <c r="N7" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="O7" t="s">
         <v>18</v>
       </c>
       <c r="P7" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="Q7" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="R7" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="S7" t="s">
-        <v>161</v>
+        <v>154</v>
       </c>
       <c r="T7" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B8" t="s">
-        <v>163</v>
+        <v>156</v>
       </c>
       <c r="C8" t="s">
         <v>18</v>
       </c>
       <c r="D8" t="s">
         <v>18</v>
       </c>
       <c r="E8" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="H8" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="I8" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="J8" t="s">
-        <v>78</v>
+        <v>71</v>
       </c>
       <c r="K8" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="L8" t="s">
         <v>24</v>
       </c>
       <c r="M8" t="s">
         <v>25</v>
       </c>
       <c r="N8" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
       <c r="O8" t="s">
         <v>18</v>
       </c>
       <c r="P8" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="Q8" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="R8" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="S8" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="T8" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>109</v>
+        <v>102</v>
       </c>
       <c r="B9" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>155</v>
+        <v>148</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
       <c r="H9" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="I9" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="J9" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="K9" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="L9" t="s">
         <v>24</v>
       </c>
       <c r="M9" t="s">
         <v>25</v>
       </c>
       <c r="N9" t="s">
         <v>18</v>
       </c>
       <c r="O9" t="s">
         <v>18</v>
       </c>
       <c r="P9" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="Q9" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="R9" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="S9" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="T9" t="s">
-        <v>162</v>
+        <v>155</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>