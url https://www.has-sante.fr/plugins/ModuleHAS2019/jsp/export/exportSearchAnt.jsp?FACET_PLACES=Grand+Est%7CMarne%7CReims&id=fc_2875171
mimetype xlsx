--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,59 +1,65 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1123" uniqueCount="444">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2064" uniqueCount="821">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -569,68 +575,50 @@
   <si>
     <t>p_3574538</t>
   </si>
   <si>
     <t>DIDIER</t>
   </si>
   <si>
     <t>EDOUARD</t>
   </si>
   <si>
     <t>Docteur QUENTIN DESTOOP</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574540/fr/docteur-quentin-destoop</t>
   </si>
   <si>
     <t>p_3574540</t>
   </si>
   <si>
     <t>DESTOOP</t>
   </si>
   <si>
     <t>QUENTIN</t>
   </si>
   <si>
-    <t>Docteur Victor AUDIGÉ</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur MATHIEU BARD</t>
   </si>
   <si>
     <t>18/10/2024 10:33:39</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3550559/fr/docteur-mathieu-bard</t>
   </si>
   <si>
     <t>p_3550559</t>
   </si>
   <si>
     <t>BARD</t>
   </si>
   <si>
     <t>MATHIEU</t>
   </si>
   <si>
     <t>17 October 2024</t>
   </si>
   <si>
     <t>Docteur OLIVIER MURAT</t>
   </si>
   <si>
     <t>13/09/2024 15:34:37</t>
@@ -719,68 +707,50 @@
   <si>
     <t>16 February 2023</t>
   </si>
   <si>
     <t>Docteur Abdol reza MAJIDI-AHI</t>
   </si>
   <si>
     <t>02/04/2021 09:30:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259176/fr/docteur-abdol-reza-majidi-ahi</t>
   </si>
   <si>
     <t>p_3259176</t>
   </si>
   <si>
     <t>MAJIDI-AHI</t>
   </si>
   <si>
     <t>Abdol reza</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
-    <t>Professeur DAMIEN METZ</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur JULIEN DUNTZE</t>
   </si>
   <si>
     <t>21/01/2021 15:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233305/fr/docteur-julien-duntze</t>
   </si>
   <si>
     <t>p_3233305</t>
   </si>
   <si>
     <t>DUNTZE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>21 January 2021</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE COURLANCY,HOPITAL MAISON BLANCHE CHU REIMS,POLYCLINIQUE REIMS - BEZANNES</t>
   </si>
   <si>
     <t>51057,51092,51430</t>
@@ -791,71 +761,50 @@
   <si>
     <t>510000185,510004302,510024979</t>
   </si>
   <si>
     <t>Docteur JEROME DELCOURT</t>
   </si>
   <si>
     <t>27/02/2020 12:40:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159683/fr/docteur-jerome-delcourt</t>
   </si>
   <si>
     <t>p_3159683</t>
   </si>
   <si>
     <t>DELCOURT</t>
   </si>
   <si>
     <t>JEROME</t>
   </si>
   <si>
     <t>14 September 2023</t>
   </si>
   <si>
-    <t>Docteur MARIE-LAURENCE MEROL</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur FRANCOIS NICOLAI</t>
   </si>
   <si>
     <t>31/01/2019 15:32:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2901983/fr/docteur-francois-nicolai</t>
   </si>
   <si>
     <t>c_2901983</t>
   </si>
   <si>
     <t>NICOLAI</t>
   </si>
   <si>
     <t>FRANCOIS</t>
   </si>
   <si>
     <t>Docteur LUC FALLET</t>
   </si>
   <si>
     <t>31/01/2019 15:32:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2901985/fr/docteur-luc-fallet</t>
@@ -1341,101 +1290,1289 @@
     <t>GANDON</t>
   </si>
   <si>
     <t>Didier</t>
   </si>
   <si>
     <t>Docteur Eric DUPLESSIS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711886/fr/docteur-eric-duplessis</t>
   </si>
   <si>
     <t>c_2711886</t>
   </si>
   <si>
     <t>DUPLESSIS</t>
   </si>
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>21 July 2022</t>
+  </si>
+  <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>LHSS FONDATION DIACONESSES DE REUILLY</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13843_FicheESSMS/fr/lhss-fondation-diaconesses-de-reuilly</t>
+  </si>
+  <si>
+    <t>13843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Boulevard Berlioz</t>
+  </si>
+  <si>
+    <t>51100 REIMS</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>510016298</t>
+  </si>
+  <si>
+    <t>UEMO REIMS NORD STEMO REIMS</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13844_FicheESSMS/fr/uemo-reims-nord-stemo-reims</t>
+  </si>
+  <si>
+    <t>13844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>215 Boulevard Charles Arnould</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>510028400</t>
+  </si>
+  <si>
+    <t>IME "LA SITELLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/125_FicheESSMS/fr/ime-la-sitelle</t>
+  </si>
+  <si>
+    <t>125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Cours Wawrzyniak</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>510000417</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF "L'EOLINE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/122_FicheESSMS/fr/institut-medico-educatif-l-eoline</t>
+  </si>
+  <si>
+    <t>122_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cour Wawrzyniack</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>510000425</t>
+  </si>
+  <si>
+    <t>FJT COMPAGNONS DU DEVOIR ANNEXE REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/119_FicheESSMS/fr/fjt-compagnons-du-devoir-annexe-reims</t>
+  </si>
+  <si>
+    <t>119_FicheESSMS</t>
+  </si>
+  <si>
+    <t>115 Boulevard Charles Arnould</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>510027014</t>
+  </si>
+  <si>
+    <t>KORIAN VILLA LES REMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/451_FicheESSMS/fr/korian-villa-les-remes</t>
+  </si>
+  <si>
+    <t>451_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue D'Aix La Chapelle</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>510012099</t>
+  </si>
+  <si>
+    <t>EHPAD "KORIAN PLACE ROYALE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/450_FicheESSMS/fr/ehpad-korian-place-royale</t>
+  </si>
+  <si>
+    <t>450_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Ceres</t>
+  </si>
+  <si>
+    <t>510011984</t>
+  </si>
+  <si>
+    <t>FOYER DE JOUR L'ALIZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/699_FicheESSMS/fr/foyer-de-jour-l-alize</t>
+  </si>
+  <si>
+    <t>699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue De Louvois</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>510012149</t>
+  </si>
+  <si>
+    <t>MAIS RETRAITE "TIERS TEMPS" REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1127_FicheESSMS/fr/mais-retraite-tiers-temps-reims</t>
+  </si>
+  <si>
+    <t>1127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Des Capucins</t>
+  </si>
+  <si>
+    <t>510012024</t>
+  </si>
+  <si>
+    <t>ESAT DE L'APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1209_FicheESSMS/fr/esat-de-l-apf</t>
+  </si>
+  <si>
+    <t>1209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>510000797</t>
+  </si>
+  <si>
+    <t>CADA ARMEE DU SALUT REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1240_FicheESSMS/fr/cada-armee-du-salut-reims</t>
+  </si>
+  <si>
+    <t>1240_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Du Dr Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>510025075</t>
+  </si>
+  <si>
+    <t>ESAT ELISA 51</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1248_FicheESSMS/fr/esat-elisa-51</t>
+  </si>
+  <si>
+    <t>1248_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Maurice Halbxachs</t>
+  </si>
+  <si>
+    <t>510012289</t>
+  </si>
+  <si>
+    <t>SIE DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2152_FicheESSMS/fr/sie-de-reims</t>
+  </si>
+  <si>
+    <t>2152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Reservoir</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>510006125</t>
+  </si>
+  <si>
+    <t>CMPP DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2327_FicheESSMS/fr/cmpp-de-reims</t>
+  </si>
+  <si>
+    <t>2327_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Allée Des Landais</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>510000318</t>
+  </si>
+  <si>
+    <t>SRP DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2387_FicheESSMS/fr/srp-de-reims</t>
+  </si>
+  <si>
+    <t>2387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51056 REIMS</t>
+  </si>
+  <si>
+    <t>510025265</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACTION EDUC EN MILIEU OUVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2495_FicheESSMS/fr/service-d-action-educ-en-milieu-ouvert</t>
+  </si>
+  <si>
+    <t>2495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>510006091</t>
+  </si>
+  <si>
+    <t>SMOR DE LA SAUVEGARDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2494_FicheESSMS/fr/smor-de-la-sauvegarde</t>
+  </si>
+  <si>
+    <t>2494_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510026933</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3858_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>3858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51092 REIMS</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>510016439</t>
+  </si>
+  <si>
+    <t>SESSAD ANAIS - REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4588_FicheESSMS/fr/sessad-anais-reims</t>
+  </si>
+  <si>
+    <t>4588_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Rue Richelieu</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>510023765</t>
+  </si>
+  <si>
+    <t>DPF/SAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4674_FicheESSMS/fr/dpf/sas</t>
+  </si>
+  <si>
+    <t>4674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Maurice Lemaitre</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>510022338</t>
+  </si>
+  <si>
+    <t>MJPM - ORRPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5683_FicheESSMS/fr/mjpm-orrpa</t>
+  </si>
+  <si>
+    <t>5683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Marteau</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>510018609</t>
+  </si>
+  <si>
+    <t>SAVS DU GPEAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6139_FicheESSMS/fr/savs-du-gpeajh</t>
+  </si>
+  <si>
+    <t>6139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue Clovis</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>510020928</t>
+  </si>
+  <si>
+    <t>SESSAD DU GPEAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6138_FicheESSMS/fr/sessad-du-gpeajh</t>
+  </si>
+  <si>
+    <t>6138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Philippe</t>
+  </si>
+  <si>
+    <t>510018369</t>
+  </si>
+  <si>
+    <t>IEM CRM VAL DE MURIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6909_FicheESSMS/fr/iem-crm-val-de-murigny</t>
+  </si>
+  <si>
+    <t>6909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Boulevard Edmond Michelet</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>510002421</t>
+  </si>
+  <si>
+    <t>SESSAD "IMC" VAL DE MURIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7098_FicheESSMS/fr/sessad-imc-val-de-murigny</t>
+  </si>
+  <si>
+    <t>7098_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De Turenne</t>
+  </si>
+  <si>
+    <t>510012883</t>
+  </si>
+  <si>
+    <t>CAMSP BIEN NAITRE EN CHAMPAGNE-ARDENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7195_FicheESSMS/fr/camsp-bien-naitre-en-champagne-ardenne</t>
+  </si>
+  <si>
+    <t>7195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Des Landais</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>510023815</t>
+  </si>
+  <si>
+    <t>SAVS "IMC" REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7205_FicheESSMS/fr/savs-imc-reims</t>
+  </si>
+  <si>
+    <t>7205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Commerce</t>
+  </si>
+  <si>
+    <t>510023195</t>
+  </si>
+  <si>
+    <t>SSIAD "IMC" DE REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7204_FicheESSMS/fr/ssiad-imc-de-reims</t>
+  </si>
+  <si>
+    <t>7204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Du 11 Novembre</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>510012123</t>
+  </si>
+  <si>
+    <t>SAMSAH DES IMC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7203_FicheESSMS/fr/samsah-des-imc</t>
+  </si>
+  <si>
+    <t>7203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue De Louvois</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>510016348</t>
+  </si>
+  <si>
+    <t>SSIAD "ORGEVAL" DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7449_FicheESSMS/fr/ssiad-orgeval-de-reims</t>
+  </si>
+  <si>
+    <t>7449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Marechal Gallieni</t>
+  </si>
+  <si>
+    <t>510009475</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACTIVITES DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7689_FicheESSMS/fr/service-d-activites-de-jour</t>
+  </si>
+  <si>
+    <t>7689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue Edmond Rostand</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>510023906</t>
+  </si>
+  <si>
+    <t>SAMSAH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7946_FicheESSMS/fr/samsah</t>
+  </si>
+  <si>
+    <t>7946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Gutemberg</t>
+  </si>
+  <si>
+    <t>510022098</t>
+  </si>
+  <si>
+    <t>S.A.V.S. L'AMITIÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7945_FicheESSMS/fr/s-a-v-s-l-amitie</t>
+  </si>
+  <si>
+    <t>7945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510017338</t>
+  </si>
+  <si>
+    <t>FOYER D'ACC MEDICALISE JEAN THIBIERGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7940_FicheESSMS/fr/foyer-d-acc-medicalise-jean-thibierge</t>
+  </si>
+  <si>
+    <t>7940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>510011489</t>
+  </si>
+  <si>
+    <t>CSAPA - ANPAA51</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9547_FicheESSMS/fr/csapa-anpaa51</t>
+  </si>
+  <si>
+    <t>9547_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse De La Blanchisserie</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>510016728</t>
+  </si>
+  <si>
+    <t>EHPAD "LES PARENTELES DE REIMS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9573_FicheESSMS/fr/ehpad-les-parenteles-de-reims</t>
+  </si>
+  <si>
+    <t>9573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue De Nice</t>
+  </si>
+  <si>
+    <t>510019789</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE SAINT MARTIN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9803_FicheESSMS/fr/ehpad-residence-saint-martin</t>
+  </si>
+  <si>
+    <t>9803_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue De Betheny</t>
+  </si>
+  <si>
+    <t>51097 REIMS</t>
+  </si>
+  <si>
+    <t>510004377</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE "AURORE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11675_FicheESSMS/fr/foyer-d-accueil-medicalise-aurore</t>
+  </si>
+  <si>
+    <t>11675_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du Danube</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>510017668</t>
+  </si>
+  <si>
+    <t>SAVS INSTITUT MICHEL FANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11829_FicheESSMS/fr/savs-institut-michel-fandre</t>
+  </si>
+  <si>
+    <t>11829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510020969</t>
+  </si>
+  <si>
+    <t>CRESVAL INSTITUT MICHEL FANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11830_FicheESSMS/fr/cresval-institut-michel-fandre</t>
+  </si>
+  <si>
+    <t>11830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Leon Mathieu</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>510000300</t>
+  </si>
+  <si>
+    <t>CSAPA - CAST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12854_FicheESSMS/fr/csapa-cast</t>
+  </si>
+  <si>
+    <t>12854_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Grandval</t>
+  </si>
+  <si>
+    <t>510009889</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEDICO-PSYCHO H EY ET UNITÉ HOSPIT G10 - EPSM MARNE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:10:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1652_FicheEtablissement/fr/clinique-medico-psychologiq-epsm-marne</t>
+  </si>
+  <si>
+    <t>1652_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>8 Rue Roger Aubry</t>
+  </si>
+  <si>
+    <t>0326611626</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>510023831</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DE LA CROIX ROUGE FRANCAISE</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1640_FicheEtablissement/fr/had-de-reims-croix-rouge-francaise</t>
+  </si>
+  <si>
+    <t>1640_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>26 Rue Houzeau Muiron</t>
+  </si>
+  <si>
+    <t>0326400038</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>510002298</t>
+  </si>
+  <si>
+    <t>RESIDENCE MEDICALE JEAN D'ORBAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1629_FicheEtablissement/fr/residence-medicale-jean-d-orbais</t>
+  </si>
+  <si>
+    <t>1629_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Bertrand De Mun</t>
+  </si>
+  <si>
+    <t>51051 REIMS</t>
+  </si>
+  <si>
+    <t>0326025050</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>510000201</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1628_FicheEtablissement/fr/polyclinique-de-courlancy</t>
+  </si>
+  <si>
+    <t>1628_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>38 Rue De Courlancy</t>
+  </si>
+  <si>
+    <t>51057 REIMS</t>
+  </si>
+  <si>
+    <t>0326772677</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>INSTITUT GODINOT CENTRE REGIONAL DE LUTTE CONTRE CANCER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1639_FicheEtablissement/fr/institut-godinot</t>
+  </si>
+  <si>
+    <t>1639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du General Koenig</t>
+  </si>
+  <si>
+    <t>0326504444</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1641_FicheEtablissement/fr/hopital-robert-debre-chu-reims</t>
+  </si>
+  <si>
+    <t>1641_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>0326787878</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL SEBASTOPOL CHU REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1642_FicheEtablissement/fr/hopital-sebastopol-chu-reims</t>
+  </si>
+  <si>
+    <t>1642_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48 Rue De Sebastopol</t>
+  </si>
+  <si>
+    <t>0326784461</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>510002454</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1645_FicheEtablissement/fr/hopital-maison-blanche-chu-reims</t>
+  </si>
+  <si>
+    <t>1645_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Rue Cognacq Jay</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1643_FicheEtablissement/fr/american-memorial-hospital-chu-reims</t>
+  </si>
+  <si>
+    <t>1643_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>47 Rue Cognacq Jay</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DES BLEUETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1649_FicheEtablissement/fr/polyclinique-des-bleuets</t>
+  </si>
+  <si>
+    <t>1649_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue Du Colonel Fabien</t>
+  </si>
+  <si>
+    <t>0326025252</t>
+  </si>
+  <si>
+    <t>510012040</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1648_FicheEtablissement/fr/residence-roux-usld-chu-de-reims</t>
+  </si>
+  <si>
+    <t>1648_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326788023</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>510011679</t>
+  </si>
+  <si>
+    <t>FOYER DE POST-CURE PSYCHIATRIQUE POUR ADULTES "L'AMITIÉ"</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7597_FicheEtablissement/fr/centre-de-post-cure-l-amitie</t>
+  </si>
+  <si>
+    <t>7597_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Saint Symphorien</t>
+  </si>
+  <si>
+    <t>51073 REIMS</t>
+  </si>
+  <si>
+    <t>0326476486</t>
+  </si>
+  <si>
+    <t>510000813</t>
+  </si>
+  <si>
+    <t>UNITE D'AUTODIALYSE DE L'ARPDD</t>
+  </si>
+  <si>
+    <t>25/04/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3829_FicheEtablissement/fr/unite-d-autodialyse-de-reims-houzeau</t>
+  </si>
+  <si>
+    <t>3829_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Rue Du Champ De Mars</t>
+  </si>
+  <si>
+    <t>0326478360</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>510010754</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE MEDICALISEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3827_FicheEtablissement/fr/unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>3827_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Fernand Brunet</t>
+  </si>
+  <si>
+    <t>510009491</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION REMOISE - SITE 2 - U SOINS COMPLEXES ADDICTO</t>
+  </si>
+  <si>
+    <t>03/07/2023 15:08:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1656_FicheEtablissement/fr/hospitalisation-remoise-site-2-uscar</t>
+  </si>
+  <si>
+    <t>1656_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326703737</t>
+  </si>
+  <si>
+    <t>510025091</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R66"/>
+  <dimension ref="A1:R63"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2894,101 +4031,101 @@
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
         <v>188</v>
       </c>
       <c r="H27" t="s">
         <v>189</v>
       </c>
       <c r="I27" t="n">
         <v>0.0</v>
       </c>
       <c r="J27" t="s">
         <v>24</v>
       </c>
       <c r="K27" t="s">
         <v>190</v>
       </c>
       <c r="L27" t="s">
         <v>191</v>
       </c>
       <c r="M27" t="s">
         <v>20</v>
       </c>
       <c r="N27" t="s">
-        <v>131</v>
+        <v>192</v>
       </c>
       <c r="O27" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="P27" t="s">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="Q27" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="R27" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>18</v>
       </c>
       <c r="B28" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F28" t="s">
         <v>20</v>
       </c>
       <c r="G28" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H28" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I28" t="n">
         <v>0.0</v>
       </c>
       <c r="J28" t="s">
         <v>24</v>
       </c>
       <c r="K28" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L28" t="s">
-        <v>197</v>
+        <v>106</v>
       </c>
       <c r="M28" t="s">
         <v>20</v>
       </c>
       <c r="N28" t="s">
         <v>198</v>
       </c>
       <c r="O28" t="s">
         <v>132</v>
       </c>
       <c r="P28" t="s">
         <v>133</v>
       </c>
       <c r="Q28" t="s">
         <v>134</v>
       </c>
       <c r="R28" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>18</v>
       </c>
       <c r="B29" t="s">
@@ -3000,1905 +4137,1905 @@
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
         <v>200</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>201</v>
       </c>
       <c r="H29" t="s">
         <v>202</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>203</v>
       </c>
       <c r="L29" t="s">
-        <v>106</v>
+        <v>204</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="O29" t="s">
-        <v>132</v>
+        <v>40</v>
       </c>
       <c r="P29" t="s">
-        <v>133</v>
+        <v>41</v>
       </c>
       <c r="Q29" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="R29" t="s">
-        <v>135</v>
+        <v>43</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="H30" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="L30" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="M30" t="s">
         <v>20</v>
       </c>
       <c r="N30" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="O30" t="s">
-        <v>40</v>
+        <v>213</v>
       </c>
       <c r="P30" t="s">
-        <v>41</v>
+        <v>214</v>
       </c>
       <c r="Q30" t="s">
-        <v>42</v>
+        <v>215</v>
       </c>
       <c r="R30" t="s">
-        <v>43</v>
+        <v>216</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="H31" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="L31" t="s">
-        <v>217</v>
+        <v>64</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="O31" t="s">
-        <v>219</v>
+        <v>50</v>
       </c>
       <c r="P31" t="s">
-        <v>220</v>
+        <v>51</v>
       </c>
       <c r="Q31" t="s">
-        <v>221</v>
+        <v>42</v>
       </c>
       <c r="R31" t="s">
-        <v>222</v>
+        <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
         <v>223</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>224</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>225</v>
       </c>
       <c r="H32" t="s">
         <v>226</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
         <v>227</v>
       </c>
       <c r="L32" t="s">
-        <v>64</v>
+        <v>228</v>
       </c>
       <c r="M32" t="s">
         <v>20</v>
       </c>
       <c r="N32" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="O32" t="s">
         <v>50</v>
       </c>
       <c r="P32" t="s">
         <v>51</v>
       </c>
       <c r="Q32" t="s">
         <v>42</v>
       </c>
       <c r="R32" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="H33" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="L33" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="O33" t="s">
-        <v>50</v>
+        <v>237</v>
       </c>
       <c r="P33" t="s">
-        <v>51</v>
+        <v>238</v>
       </c>
       <c r="Q33" t="s">
-        <v>42</v>
+        <v>239</v>
       </c>
       <c r="R33" t="s">
-        <v>52</v>
+        <v>240</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>236</v>
+        <v>241</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="H34" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="L34" t="s">
-        <v>49</v>
+        <v>246</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="O34" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="P34" t="s">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="Q34" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="R34" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>242</v>
+        <v>248</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>244</v>
+        <v>250</v>
       </c>
       <c r="H35" t="s">
-        <v>245</v>
+        <v>251</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>246</v>
+        <v>252</v>
       </c>
       <c r="L35" t="s">
+        <v>253</v>
+      </c>
+      <c r="M35" t="s">
+        <v>20</v>
+      </c>
+      <c r="N35" t="s">
         <v>247</v>
       </c>
-      <c r="M35" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O35" t="s">
-        <v>249</v>
+        <v>132</v>
       </c>
       <c r="P35" t="s">
-        <v>250</v>
+        <v>133</v>
       </c>
       <c r="Q35" t="s">
-        <v>251</v>
+        <v>134</v>
       </c>
       <c r="R35" t="s">
-        <v>252</v>
+        <v>135</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="H36" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L36" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O36" t="s">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="P36" t="s">
-        <v>133</v>
+        <v>51</v>
       </c>
       <c r="Q36" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="R36" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
         <v>260</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
+        <v>255</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>261</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>263</v>
+      </c>
+      <c r="L37" t="s">
         <v>264</v>
       </c>
-      <c r="L37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>266</v>
+        <v>247</v>
       </c>
       <c r="O37" t="s">
-        <v>83</v>
+        <v>132</v>
       </c>
       <c r="P37" t="s">
-        <v>41</v>
+        <v>133</v>
       </c>
       <c r="Q37" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="R37" t="s">
-        <v>84</v>
+        <v>135</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>265</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>255</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>266</v>
+      </c>
+      <c r="H38" t="s">
         <v>267</v>
-      </c>
-[...16 lines deleted...]
-        <v>270</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
+        <v>268</v>
+      </c>
+      <c r="L38" t="s">
+        <v>269</v>
+      </c>
+      <c r="M38" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" t="s">
+        <v>247</v>
+      </c>
+      <c r="O38" t="s">
+        <v>270</v>
+      </c>
+      <c r="P38" t="s">
         <v>271</v>
       </c>
-      <c r="L38" t="s">
+      <c r="Q38" t="s">
         <v>272</v>
       </c>
-      <c r="M38" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R38" t="s">
-        <v>135</v>
+        <v>273</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="H39" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="L39" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O39" t="s">
-        <v>50</v>
+        <v>280</v>
       </c>
       <c r="P39" t="s">
-        <v>51</v>
+        <v>281</v>
       </c>
       <c r="Q39" t="s">
-        <v>42</v>
+        <v>282</v>
       </c>
       <c r="R39" t="s">
-        <v>52</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="H40" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="L40" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O40" t="s">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="P40" t="s">
-        <v>133</v>
+        <v>51</v>
       </c>
       <c r="Q40" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="R40" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="H41" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="L41" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O41" t="s">
-        <v>289</v>
+        <v>132</v>
       </c>
       <c r="P41" t="s">
-        <v>290</v>
+        <v>133</v>
       </c>
       <c r="Q41" t="s">
-        <v>291</v>
+        <v>134</v>
       </c>
       <c r="R41" t="s">
-        <v>292</v>
+        <v>135</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
         <v>295</v>
       </c>
       <c r="H42" t="s">
         <v>296</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
         <v>297</v>
       </c>
       <c r="L42" t="s">
         <v>298</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O42" t="s">
-        <v>299</v>
+        <v>132</v>
       </c>
       <c r="P42" t="s">
-        <v>300</v>
+        <v>133</v>
       </c>
       <c r="Q42" t="s">
-        <v>301</v>
+        <v>134</v>
       </c>
       <c r="R42" t="s">
-        <v>302</v>
+        <v>135</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>294</v>
+        <v>275</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="H43" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="L43" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O43" t="s">
-        <v>50</v>
+        <v>132</v>
       </c>
       <c r="P43" t="s">
-        <v>51</v>
+        <v>133</v>
       </c>
       <c r="Q43" t="s">
-        <v>42</v>
+        <v>134</v>
       </c>
       <c r="R43" t="s">
-        <v>52</v>
+        <v>135</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="H44" t="s">
-        <v>310</v>
+        <v>307</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>311</v>
+        <v>308</v>
       </c>
       <c r="L44" t="s">
-        <v>312</v>
+        <v>309</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O44" t="s">
-        <v>132</v>
+        <v>280</v>
       </c>
       <c r="P44" t="s">
-        <v>133</v>
+        <v>281</v>
       </c>
       <c r="Q44" t="s">
-        <v>134</v>
+        <v>282</v>
       </c>
       <c r="R44" t="s">
-        <v>135</v>
+        <v>283</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
-        <v>313</v>
+        <v>310</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>314</v>
+        <v>311</v>
       </c>
       <c r="H45" t="s">
-        <v>315</v>
+        <v>312</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>316</v>
+        <v>313</v>
       </c>
       <c r="L45" t="s">
-        <v>317</v>
+        <v>155</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O45" t="s">
         <v>132</v>
       </c>
       <c r="P45" t="s">
         <v>133</v>
       </c>
       <c r="Q45" t="s">
         <v>134</v>
       </c>
       <c r="R45" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="H46" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
       <c r="L46" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>259</v>
+        <v>247</v>
       </c>
       <c r="O46" t="s">
         <v>132</v>
       </c>
       <c r="P46" t="s">
         <v>133</v>
       </c>
       <c r="Q46" t="s">
         <v>134</v>
       </c>
       <c r="R46" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>324</v>
+        <v>305</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="H47" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>322</v>
+      </c>
+      <c r="L47" t="s">
+        <v>323</v>
+      </c>
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>247</v>
+      </c>
+      <c r="O47" t="s">
+        <v>324</v>
+      </c>
+      <c r="P47" t="s">
+        <v>325</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>326</v>
+      </c>
+      <c r="R47" t="s">
         <v>327</v>
-      </c>
-[...19 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>328</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>324</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
         <v>330</v>
       </c>
       <c r="H48" t="s">
         <v>331</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
         <v>332</v>
       </c>
       <c r="L48" t="s">
-        <v>155</v>
+        <v>333</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>259</v>
+        <v>229</v>
       </c>
       <c r="O48" t="s">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="P48" t="s">
-        <v>133</v>
+        <v>51</v>
       </c>
       <c r="Q48" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="R48" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H49" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="L49" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>259</v>
+        <v>229</v>
       </c>
       <c r="O49" t="s">
-        <v>132</v>
+        <v>50</v>
       </c>
       <c r="P49" t="s">
-        <v>133</v>
+        <v>51</v>
       </c>
       <c r="Q49" t="s">
-        <v>134</v>
+        <v>42</v>
       </c>
       <c r="R49" t="s">
-        <v>135</v>
+        <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H50" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L50" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>259</v>
+        <v>229</v>
       </c>
       <c r="O50" t="s">
-        <v>343</v>
+        <v>50</v>
       </c>
       <c r="P50" t="s">
-        <v>344</v>
+        <v>51</v>
       </c>
       <c r="Q50" t="s">
-        <v>345</v>
+        <v>42</v>
       </c>
       <c r="R50" t="s">
-        <v>346</v>
+        <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>344</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>345</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>346</v>
+      </c>
+      <c r="H51" t="s">
         <v>347</v>
-      </c>
-[...16 lines deleted...]
-        <v>350</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="L51" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="O51" t="s">
         <v>50</v>
       </c>
       <c r="P51" t="s">
         <v>51</v>
       </c>
       <c r="Q51" t="s">
         <v>42</v>
       </c>
       <c r="R51" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>353</v>
+        <v>350</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="H52" t="s">
-        <v>355</v>
+        <v>352</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>356</v>
+        <v>353</v>
       </c>
       <c r="L52" t="s">
-        <v>357</v>
+        <v>64</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="O52" t="s">
         <v>50</v>
       </c>
       <c r="P52" t="s">
         <v>51</v>
       </c>
       <c r="Q52" t="s">
         <v>42</v>
       </c>
       <c r="R52" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>358</v>
+        <v>354</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>348</v>
+        <v>345</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>359</v>
+        <v>355</v>
       </c>
       <c r="H53" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>361</v>
+        <v>357</v>
       </c>
       <c r="L53" t="s">
-        <v>362</v>
+        <v>358</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="O53" t="s">
         <v>50</v>
       </c>
       <c r="P53" t="s">
         <v>51</v>
       </c>
       <c r="Q53" t="s">
         <v>42</v>
       </c>
       <c r="R53" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>364</v>
+        <v>345</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="H54" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="L54" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="O54" t="s">
         <v>50</v>
       </c>
       <c r="P54" t="s">
         <v>51</v>
       </c>
       <c r="Q54" t="s">
         <v>42</v>
       </c>
       <c r="R54" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>370</v>
+        <v>366</v>
       </c>
       <c r="H55" t="s">
-        <v>371</v>
+        <v>367</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K55" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="L55" t="s">
-        <v>64</v>
+        <v>369</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>235</v>
+        <v>370</v>
       </c>
       <c r="O55" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P55" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="Q55" t="s">
         <v>42</v>
       </c>
       <c r="R55" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>371</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>372</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>373</v>
       </c>
-      <c r="C56" t="s">
-[...11 lines deleted...]
-      <c r="G56" t="s">
+      <c r="H56" t="s">
         <v>374</v>
-      </c>
-[...1 lines deleted...]
-        <v>375</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="K56" t="s">
+        <v>375</v>
+      </c>
+      <c r="L56" t="s">
         <v>376</v>
       </c>
-      <c r="L56" t="s">
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>377</v>
       </c>
-      <c r="M56" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O56" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P56" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="Q56" t="s">
         <v>42</v>
       </c>
       <c r="R56" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
         <v>378</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>364</v>
+        <v>379</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="H57" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="L57" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>235</v>
+        <v>384</v>
       </c>
       <c r="O57" t="s">
         <v>50</v>
       </c>
       <c r="P57" t="s">
         <v>51</v>
       </c>
       <c r="Q57" t="s">
         <v>42</v>
       </c>
       <c r="R57" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="H58" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L58" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="O58" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="P58" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="Q58" t="s">
         <v>42</v>
       </c>
       <c r="R58" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="H59" t="s">
-        <v>393</v>
+        <v>395</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="L59" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="O59" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="P59" t="s">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="Q59" t="s">
         <v>42</v>
       </c>
       <c r="R59" t="s">
-        <v>84</v>
+        <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="H60" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="L60" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="O60" t="s">
         <v>50</v>
       </c>
       <c r="P60" t="s">
         <v>51</v>
       </c>
       <c r="Q60" t="s">
         <v>42</v>
       </c>
       <c r="R60" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
       <c r="H61" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="L61" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>410</v>
+        <v>398</v>
       </c>
       <c r="O61" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="P61" t="s">
-        <v>51</v>
+        <v>41</v>
       </c>
       <c r="Q61" t="s">
         <v>42</v>
       </c>
       <c r="R61" t="s">
-        <v>52</v>
+        <v>84</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="H62" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="L62" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>417</v>
+        <v>398</v>
       </c>
       <c r="O62" t="s">
         <v>50</v>
       </c>
       <c r="P62" t="s">
         <v>51</v>
       </c>
       <c r="Q62" t="s">
         <v>42</v>
       </c>
       <c r="R62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
         <v>418</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
@@ -4925,211 +6062,3163 @@
       <c r="K63" t="s">
         <v>422</v>
       </c>
       <c r="L63" t="s">
         <v>423</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
         <v>424</v>
       </c>
       <c r="O63" t="s">
         <v>50</v>
       </c>
       <c r="P63" t="s">
         <v>51</v>
       </c>
       <c r="Q63" t="s">
         <v>42</v>
       </c>
       <c r="R63" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="64">
-[...166 lines deleted...]
-    </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P42"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>425</v>
+      </c>
+      <c r="J1" t="s">
+        <v>426</v>
+      </c>
+      <c r="K1" t="s">
+        <v>427</v>
+      </c>
+      <c r="L1" t="s">
+        <v>428</v>
+      </c>
+      <c r="M1" t="s">
+        <v>429</v>
+      </c>
+      <c r="N1" t="s">
+        <v>430</v>
+      </c>
+      <c r="O1" t="s">
+        <v>431</v>
+      </c>
+      <c r="P1" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>433</v>
+      </c>
+      <c r="B2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>435</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>436</v>
+      </c>
+      <c r="H2" t="s">
+        <v>437</v>
+      </c>
+      <c r="I2" t="s">
+        <v>438</v>
+      </c>
+      <c r="J2" t="s">
+        <v>439</v>
+      </c>
+      <c r="K2" t="s">
+        <v>42</v>
+      </c>
+      <c r="L2" t="s">
+        <v>440</v>
+      </c>
+      <c r="M2" t="s">
+        <v>441</v>
+      </c>
+      <c r="N2" t="s">
+        <v>442</v>
+      </c>
+      <c r="O2" t="s">
+        <v>443</v>
+      </c>
+      <c r="P2" t="s">
+        <v>444</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>433</v>
+      </c>
+      <c r="B3" t="s">
+        <v>445</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>446</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>447</v>
+      </c>
+      <c r="H3" t="s">
+        <v>448</v>
+      </c>
+      <c r="I3" t="s">
+        <v>449</v>
+      </c>
+      <c r="J3" t="s">
+        <v>439</v>
+      </c>
+      <c r="K3" t="s">
+        <v>42</v>
+      </c>
+      <c r="L3" t="s">
+        <v>440</v>
+      </c>
+      <c r="M3" t="s">
+        <v>450</v>
+      </c>
+      <c r="N3" t="s">
+        <v>451</v>
+      </c>
+      <c r="O3" t="s">
+        <v>452</v>
+      </c>
+      <c r="P3" t="s">
+        <v>453</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>433</v>
+      </c>
+      <c r="B4" t="s">
+        <v>454</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>455</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>456</v>
+      </c>
+      <c r="H4" t="s">
+        <v>457</v>
+      </c>
+      <c r="I4" t="s">
+        <v>458</v>
+      </c>
+      <c r="J4" t="s">
+        <v>439</v>
+      </c>
+      <c r="K4" t="s">
+        <v>42</v>
+      </c>
+      <c r="L4" t="s">
+        <v>440</v>
+      </c>
+      <c r="M4" t="s">
+        <v>441</v>
+      </c>
+      <c r="N4" t="s">
+        <v>459</v>
+      </c>
+      <c r="O4" t="s">
+        <v>460</v>
+      </c>
+      <c r="P4" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>433</v>
+      </c>
+      <c r="B5" t="s">
+        <v>462</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>455</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>463</v>
+      </c>
+      <c r="H5" t="s">
+        <v>464</v>
+      </c>
+      <c r="I5" t="s">
+        <v>465</v>
+      </c>
+      <c r="J5" t="s">
+        <v>439</v>
+      </c>
+      <c r="K5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L5" t="s">
+        <v>440</v>
+      </c>
+      <c r="M5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N5" t="s">
+        <v>459</v>
+      </c>
+      <c r="O5" t="s">
+        <v>466</v>
+      </c>
+      <c r="P5" t="s">
+        <v>467</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>433</v>
+      </c>
+      <c r="B6" t="s">
+        <v>468</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>455</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>469</v>
+      </c>
+      <c r="H6" t="s">
+        <v>470</v>
+      </c>
+      <c r="I6" t="s">
+        <v>471</v>
+      </c>
+      <c r="J6" t="s">
+        <v>439</v>
+      </c>
+      <c r="K6" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" t="s">
+        <v>440</v>
+      </c>
+      <c r="M6" t="s">
+        <v>441</v>
+      </c>
+      <c r="N6" t="s">
+        <v>472</v>
+      </c>
+      <c r="O6" t="s">
+        <v>473</v>
+      </c>
+      <c r="P6" t="s">
+        <v>474</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>433</v>
+      </c>
+      <c r="B7" t="s">
+        <v>475</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>476</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>477</v>
+      </c>
+      <c r="H7" t="s">
+        <v>478</v>
+      </c>
+      <c r="I7" t="s">
+        <v>479</v>
+      </c>
+      <c r="J7" t="s">
+        <v>439</v>
+      </c>
+      <c r="K7" t="s">
+        <v>42</v>
+      </c>
+      <c r="L7" t="s">
+        <v>440</v>
+      </c>
+      <c r="M7" t="s">
+        <v>480</v>
+      </c>
+      <c r="N7" t="s">
+        <v>481</v>
+      </c>
+      <c r="O7" t="s">
+        <v>482</v>
+      </c>
+      <c r="P7" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>433</v>
+      </c>
+      <c r="B8" t="s">
+        <v>484</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>476</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>485</v>
+      </c>
+      <c r="H8" t="s">
+        <v>486</v>
+      </c>
+      <c r="I8" t="s">
+        <v>487</v>
+      </c>
+      <c r="J8" t="s">
+        <v>439</v>
+      </c>
+      <c r="K8" t="s">
+        <v>42</v>
+      </c>
+      <c r="L8" t="s">
+        <v>440</v>
+      </c>
+      <c r="M8" t="s">
+        <v>480</v>
+      </c>
+      <c r="N8" t="s">
+        <v>481</v>
+      </c>
+      <c r="O8" t="s">
+        <v>482</v>
+      </c>
+      <c r="P8" t="s">
+        <v>488</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>433</v>
+      </c>
+      <c r="B9" t="s">
+        <v>489</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>490</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>491</v>
+      </c>
+      <c r="H9" t="s">
+        <v>492</v>
+      </c>
+      <c r="I9" t="s">
+        <v>493</v>
+      </c>
+      <c r="J9" t="s">
+        <v>439</v>
+      </c>
+      <c r="K9" t="s">
+        <v>42</v>
+      </c>
+      <c r="L9" t="s">
+        <v>440</v>
+      </c>
+      <c r="M9" t="s">
+        <v>441</v>
+      </c>
+      <c r="N9" t="s">
+        <v>494</v>
+      </c>
+      <c r="O9" t="s">
+        <v>495</v>
+      </c>
+      <c r="P9" t="s">
+        <v>496</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>433</v>
+      </c>
+      <c r="B10" t="s">
+        <v>497</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>498</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>499</v>
+      </c>
+      <c r="H10" t="s">
+        <v>500</v>
+      </c>
+      <c r="I10" t="s">
+        <v>501</v>
+      </c>
+      <c r="J10" t="s">
+        <v>439</v>
+      </c>
+      <c r="K10" t="s">
+        <v>42</v>
+      </c>
+      <c r="L10" t="s">
+        <v>440</v>
+      </c>
+      <c r="M10" t="s">
+        <v>480</v>
+      </c>
+      <c r="N10" t="s">
+        <v>481</v>
+      </c>
+      <c r="O10" t="s">
+        <v>482</v>
+      </c>
+      <c r="P10" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>433</v>
+      </c>
+      <c r="B11" t="s">
+        <v>503</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>504</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>505</v>
+      </c>
+      <c r="H11" t="s">
+        <v>506</v>
+      </c>
+      <c r="I11" t="s">
+        <v>439</v>
+      </c>
+      <c r="J11" t="s">
+        <v>20</v>
+      </c>
+      <c r="K11" t="s">
+        <v>42</v>
+      </c>
+      <c r="L11" t="s">
+        <v>440</v>
+      </c>
+      <c r="M11" t="s">
+        <v>441</v>
+      </c>
+      <c r="N11" t="s">
+        <v>494</v>
+      </c>
+      <c r="O11" t="s">
+        <v>507</v>
+      </c>
+      <c r="P11" t="s">
+        <v>508</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>433</v>
+      </c>
+      <c r="B12" t="s">
+        <v>509</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>510</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>511</v>
+      </c>
+      <c r="H12" t="s">
+        <v>512</v>
+      </c>
+      <c r="I12" t="s">
+        <v>513</v>
+      </c>
+      <c r="J12" t="s">
+        <v>439</v>
+      </c>
+      <c r="K12" t="s">
+        <v>42</v>
+      </c>
+      <c r="L12" t="s">
+        <v>440</v>
+      </c>
+      <c r="M12" t="s">
+        <v>441</v>
+      </c>
+      <c r="N12" t="s">
+        <v>472</v>
+      </c>
+      <c r="O12" t="s">
+        <v>514</v>
+      </c>
+      <c r="P12" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>433</v>
+      </c>
+      <c r="B13" t="s">
+        <v>516</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>517</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>518</v>
+      </c>
+      <c r="H13" t="s">
+        <v>519</v>
+      </c>
+      <c r="I13" t="s">
+        <v>520</v>
+      </c>
+      <c r="J13" t="s">
+        <v>439</v>
+      </c>
+      <c r="K13" t="s">
+        <v>42</v>
+      </c>
+      <c r="L13" t="s">
+        <v>440</v>
+      </c>
+      <c r="M13" t="s">
+        <v>441</v>
+      </c>
+      <c r="N13" t="s">
+        <v>494</v>
+      </c>
+      <c r="O13" t="s">
+        <v>507</v>
+      </c>
+      <c r="P13" t="s">
+        <v>521</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>433</v>
+      </c>
+      <c r="B14" t="s">
+        <v>522</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>523</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>524</v>
+      </c>
+      <c r="H14" t="s">
+        <v>525</v>
+      </c>
+      <c r="I14" t="s">
+        <v>526</v>
+      </c>
+      <c r="J14" t="s">
+        <v>439</v>
+      </c>
+      <c r="K14" t="s">
+        <v>42</v>
+      </c>
+      <c r="L14" t="s">
+        <v>440</v>
+      </c>
+      <c r="M14" t="s">
+        <v>441</v>
+      </c>
+      <c r="N14" t="s">
+        <v>451</v>
+      </c>
+      <c r="O14" t="s">
+        <v>527</v>
+      </c>
+      <c r="P14" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>433</v>
+      </c>
+      <c r="B15" t="s">
+        <v>529</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>530</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>531</v>
+      </c>
+      <c r="H15" t="s">
+        <v>532</v>
+      </c>
+      <c r="I15" t="s">
+        <v>533</v>
+      </c>
+      <c r="J15" t="s">
+        <v>439</v>
+      </c>
+      <c r="K15" t="s">
+        <v>42</v>
+      </c>
+      <c r="L15" t="s">
+        <v>440</v>
+      </c>
+      <c r="M15" t="s">
+        <v>441</v>
+      </c>
+      <c r="N15" t="s">
+        <v>459</v>
+      </c>
+      <c r="O15" t="s">
+        <v>534</v>
+      </c>
+      <c r="P15" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>433</v>
+      </c>
+      <c r="B16" t="s">
+        <v>536</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>537</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>538</v>
+      </c>
+      <c r="H16" t="s">
+        <v>539</v>
+      </c>
+      <c r="I16" t="s">
+        <v>526</v>
+      </c>
+      <c r="J16" t="s">
+        <v>540</v>
+      </c>
+      <c r="K16" t="s">
+        <v>42</v>
+      </c>
+      <c r="L16" t="s">
+        <v>440</v>
+      </c>
+      <c r="M16" t="s">
+        <v>441</v>
+      </c>
+      <c r="N16" t="s">
+        <v>451</v>
+      </c>
+      <c r="O16" t="s">
+        <v>452</v>
+      </c>
+      <c r="P16" t="s">
+        <v>541</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>433</v>
+      </c>
+      <c r="B17" t="s">
+        <v>542</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>543</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>544</v>
+      </c>
+      <c r="H17" t="s">
+        <v>545</v>
+      </c>
+      <c r="I17" t="s">
+        <v>526</v>
+      </c>
+      <c r="J17" t="s">
+        <v>439</v>
+      </c>
+      <c r="K17" t="s">
+        <v>42</v>
+      </c>
+      <c r="L17" t="s">
+        <v>440</v>
+      </c>
+      <c r="M17" t="s">
+        <v>441</v>
+      </c>
+      <c r="N17" t="s">
+        <v>451</v>
+      </c>
+      <c r="O17" t="s">
+        <v>546</v>
+      </c>
+      <c r="P17" t="s">
+        <v>547</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>433</v>
+      </c>
+      <c r="B18" t="s">
+        <v>548</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>543</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>549</v>
+      </c>
+      <c r="H18" t="s">
+        <v>550</v>
+      </c>
+      <c r="I18" t="s">
+        <v>526</v>
+      </c>
+      <c r="J18" t="s">
+        <v>439</v>
+      </c>
+      <c r="K18" t="s">
+        <v>42</v>
+      </c>
+      <c r="L18" t="s">
+        <v>440</v>
+      </c>
+      <c r="M18" t="s">
+        <v>441</v>
+      </c>
+      <c r="N18" t="s">
+        <v>451</v>
+      </c>
+      <c r="O18" t="s">
+        <v>546</v>
+      </c>
+      <c r="P18" t="s">
+        <v>551</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>433</v>
+      </c>
+      <c r="B19" t="s">
+        <v>552</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>553</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>554</v>
+      </c>
+      <c r="H19" t="s">
+        <v>555</v>
+      </c>
+      <c r="I19" t="s">
+        <v>556</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>42</v>
+      </c>
+      <c r="L19" t="s">
+        <v>440</v>
+      </c>
+      <c r="M19" t="s">
+        <v>450</v>
+      </c>
+      <c r="N19" t="s">
+        <v>557</v>
+      </c>
+      <c r="O19" t="s">
+        <v>558</v>
+      </c>
+      <c r="P19" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>433</v>
+      </c>
+      <c r="B20" t="s">
+        <v>560</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>561</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>562</v>
+      </c>
+      <c r="H20" t="s">
+        <v>563</v>
+      </c>
+      <c r="I20" t="s">
+        <v>564</v>
+      </c>
+      <c r="J20" t="s">
+        <v>439</v>
+      </c>
+      <c r="K20" t="s">
+        <v>42</v>
+      </c>
+      <c r="L20" t="s">
+        <v>440</v>
+      </c>
+      <c r="M20" t="s">
+        <v>441</v>
+      </c>
+      <c r="N20" t="s">
+        <v>459</v>
+      </c>
+      <c r="O20" t="s">
+        <v>565</v>
+      </c>
+      <c r="P20" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>433</v>
+      </c>
+      <c r="B21" t="s">
+        <v>567</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>568</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>569</v>
+      </c>
+      <c r="H21" t="s">
+        <v>570</v>
+      </c>
+      <c r="I21" t="s">
+        <v>571</v>
+      </c>
+      <c r="J21" t="s">
+        <v>439</v>
+      </c>
+      <c r="K21" t="s">
+        <v>42</v>
+      </c>
+      <c r="L21" t="s">
+        <v>440</v>
+      </c>
+      <c r="M21" t="s">
+        <v>441</v>
+      </c>
+      <c r="N21" t="s">
+        <v>451</v>
+      </c>
+      <c r="O21" t="s">
+        <v>572</v>
+      </c>
+      <c r="P21" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>433</v>
+      </c>
+      <c r="B22" t="s">
+        <v>574</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>575</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>576</v>
+      </c>
+      <c r="H22" t="s">
+        <v>577</v>
+      </c>
+      <c r="I22" t="s">
+        <v>578</v>
+      </c>
+      <c r="J22" t="s">
+        <v>439</v>
+      </c>
+      <c r="K22" t="s">
+        <v>42</v>
+      </c>
+      <c r="L22" t="s">
+        <v>440</v>
+      </c>
+      <c r="M22" t="s">
+        <v>441</v>
+      </c>
+      <c r="N22" t="s">
+        <v>579</v>
+      </c>
+      <c r="O22" t="s">
+        <v>580</v>
+      </c>
+      <c r="P22" t="s">
+        <v>581</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>433</v>
+      </c>
+      <c r="B23" t="s">
+        <v>582</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>583</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>584</v>
+      </c>
+      <c r="H23" t="s">
+        <v>585</v>
+      </c>
+      <c r="I23" t="s">
+        <v>586</v>
+      </c>
+      <c r="J23" t="s">
+        <v>439</v>
+      </c>
+      <c r="K23" t="s">
+        <v>42</v>
+      </c>
+      <c r="L23" t="s">
+        <v>440</v>
+      </c>
+      <c r="M23" t="s">
+        <v>441</v>
+      </c>
+      <c r="N23" t="s">
+        <v>494</v>
+      </c>
+      <c r="O23" t="s">
+        <v>587</v>
+      </c>
+      <c r="P23" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>433</v>
+      </c>
+      <c r="B24" t="s">
+        <v>589</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>583</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>590</v>
+      </c>
+      <c r="H24" t="s">
+        <v>591</v>
+      </c>
+      <c r="I24" t="s">
+        <v>592</v>
+      </c>
+      <c r="J24" t="s">
+        <v>439</v>
+      </c>
+      <c r="K24" t="s">
+        <v>42</v>
+      </c>
+      <c r="L24" t="s">
+        <v>440</v>
+      </c>
+      <c r="M24" t="s">
+        <v>441</v>
+      </c>
+      <c r="N24" t="s">
+        <v>459</v>
+      </c>
+      <c r="O24" t="s">
+        <v>565</v>
+      </c>
+      <c r="P24" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>433</v>
+      </c>
+      <c r="B25" t="s">
+        <v>594</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>595</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>596</v>
+      </c>
+      <c r="H25" t="s">
+        <v>597</v>
+      </c>
+      <c r="I25" t="s">
+        <v>598</v>
+      </c>
+      <c r="J25" t="s">
+        <v>439</v>
+      </c>
+      <c r="K25" t="s">
+        <v>42</v>
+      </c>
+      <c r="L25" t="s">
+        <v>440</v>
+      </c>
+      <c r="M25" t="s">
+        <v>441</v>
+      </c>
+      <c r="N25" t="s">
+        <v>459</v>
+      </c>
+      <c r="O25" t="s">
+        <v>599</v>
+      </c>
+      <c r="P25" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>433</v>
+      </c>
+      <c r="B26" t="s">
+        <v>601</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>602</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>603</v>
+      </c>
+      <c r="H26" t="s">
+        <v>604</v>
+      </c>
+      <c r="I26" t="s">
+        <v>605</v>
+      </c>
+      <c r="J26" t="s">
+        <v>439</v>
+      </c>
+      <c r="K26" t="s">
+        <v>42</v>
+      </c>
+      <c r="L26" t="s">
+        <v>440</v>
+      </c>
+      <c r="M26" t="s">
+        <v>441</v>
+      </c>
+      <c r="N26" t="s">
+        <v>459</v>
+      </c>
+      <c r="O26" t="s">
+        <v>565</v>
+      </c>
+      <c r="P26" t="s">
+        <v>606</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>433</v>
+      </c>
+      <c r="B27" t="s">
+        <v>607</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>608</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>609</v>
+      </c>
+      <c r="H27" t="s">
+        <v>610</v>
+      </c>
+      <c r="I27" t="s">
+        <v>611</v>
+      </c>
+      <c r="J27" t="s">
+        <v>439</v>
+      </c>
+      <c r="K27" t="s">
+        <v>42</v>
+      </c>
+      <c r="L27" t="s">
+        <v>440</v>
+      </c>
+      <c r="M27" t="s">
+        <v>441</v>
+      </c>
+      <c r="N27" t="s">
+        <v>459</v>
+      </c>
+      <c r="O27" t="s">
+        <v>612</v>
+      </c>
+      <c r="P27" t="s">
+        <v>613</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>433</v>
+      </c>
+      <c r="B28" t="s">
+        <v>614</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>615</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>616</v>
+      </c>
+      <c r="H28" t="s">
+        <v>617</v>
+      </c>
+      <c r="I28" t="s">
+        <v>618</v>
+      </c>
+      <c r="J28" t="s">
+        <v>439</v>
+      </c>
+      <c r="K28" t="s">
+        <v>42</v>
+      </c>
+      <c r="L28" t="s">
+        <v>440</v>
+      </c>
+      <c r="M28" t="s">
+        <v>441</v>
+      </c>
+      <c r="N28" t="s">
+        <v>494</v>
+      </c>
+      <c r="O28" t="s">
+        <v>587</v>
+      </c>
+      <c r="P28" t="s">
+        <v>619</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>433</v>
+      </c>
+      <c r="B29" t="s">
+        <v>620</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>615</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>621</v>
+      </c>
+      <c r="H29" t="s">
+        <v>622</v>
+      </c>
+      <c r="I29" t="s">
+        <v>623</v>
+      </c>
+      <c r="J29" t="s">
+        <v>439</v>
+      </c>
+      <c r="K29" t="s">
+        <v>42</v>
+      </c>
+      <c r="L29" t="s">
+        <v>440</v>
+      </c>
+      <c r="M29" t="s">
+        <v>441</v>
+      </c>
+      <c r="N29" t="s">
+        <v>624</v>
+      </c>
+      <c r="O29" t="s">
+        <v>625</v>
+      </c>
+      <c r="P29" t="s">
+        <v>626</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>433</v>
+      </c>
+      <c r="B30" t="s">
+        <v>627</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>615</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>628</v>
+      </c>
+      <c r="H30" t="s">
+        <v>629</v>
+      </c>
+      <c r="I30" t="s">
+        <v>630</v>
+      </c>
+      <c r="J30" t="s">
+        <v>439</v>
+      </c>
+      <c r="K30" t="s">
+        <v>42</v>
+      </c>
+      <c r="L30" t="s">
+        <v>440</v>
+      </c>
+      <c r="M30" t="s">
+        <v>441</v>
+      </c>
+      <c r="N30" t="s">
+        <v>494</v>
+      </c>
+      <c r="O30" t="s">
+        <v>631</v>
+      </c>
+      <c r="P30" t="s">
+        <v>632</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>433</v>
+      </c>
+      <c r="B31" t="s">
+        <v>633</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>634</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>635</v>
+      </c>
+      <c r="H31" t="s">
+        <v>636</v>
+      </c>
+      <c r="I31" t="s">
+        <v>637</v>
+      </c>
+      <c r="J31" t="s">
+        <v>439</v>
+      </c>
+      <c r="K31" t="s">
+        <v>42</v>
+      </c>
+      <c r="L31" t="s">
+        <v>440</v>
+      </c>
+      <c r="M31" t="s">
+        <v>441</v>
+      </c>
+      <c r="N31" t="s">
+        <v>624</v>
+      </c>
+      <c r="O31" t="s">
+        <v>625</v>
+      </c>
+      <c r="P31" t="s">
+        <v>638</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>433</v>
+      </c>
+      <c r="B32" t="s">
+        <v>639</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>640</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>641</v>
+      </c>
+      <c r="H32" t="s">
+        <v>642</v>
+      </c>
+      <c r="I32" t="s">
+        <v>643</v>
+      </c>
+      <c r="J32" t="s">
+        <v>439</v>
+      </c>
+      <c r="K32" t="s">
+        <v>42</v>
+      </c>
+      <c r="L32" t="s">
+        <v>440</v>
+      </c>
+      <c r="M32" t="s">
+        <v>441</v>
+      </c>
+      <c r="N32" t="s">
+        <v>494</v>
+      </c>
+      <c r="O32" t="s">
+        <v>644</v>
+      </c>
+      <c r="P32" t="s">
+        <v>645</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>433</v>
+      </c>
+      <c r="B33" t="s">
+        <v>646</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>647</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>648</v>
+      </c>
+      <c r="H33" t="s">
+        <v>649</v>
+      </c>
+      <c r="I33" t="s">
+        <v>650</v>
+      </c>
+      <c r="J33" t="s">
+        <v>439</v>
+      </c>
+      <c r="K33" t="s">
+        <v>42</v>
+      </c>
+      <c r="L33" t="s">
+        <v>440</v>
+      </c>
+      <c r="M33" t="s">
+        <v>441</v>
+      </c>
+      <c r="N33" t="s">
+        <v>494</v>
+      </c>
+      <c r="O33" t="s">
+        <v>631</v>
+      </c>
+      <c r="P33" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>433</v>
+      </c>
+      <c r="B34" t="s">
+        <v>652</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>647</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>653</v>
+      </c>
+      <c r="H34" t="s">
+        <v>654</v>
+      </c>
+      <c r="I34" t="s">
+        <v>650</v>
+      </c>
+      <c r="J34" t="s">
+        <v>439</v>
+      </c>
+      <c r="K34" t="s">
+        <v>42</v>
+      </c>
+      <c r="L34" t="s">
+        <v>440</v>
+      </c>
+      <c r="M34" t="s">
+        <v>441</v>
+      </c>
+      <c r="N34" t="s">
+        <v>494</v>
+      </c>
+      <c r="O34" t="s">
+        <v>587</v>
+      </c>
+      <c r="P34" t="s">
+        <v>655</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>433</v>
+      </c>
+      <c r="B35" t="s">
+        <v>656</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>647</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>657</v>
+      </c>
+      <c r="H35" t="s">
+        <v>658</v>
+      </c>
+      <c r="I35" t="s">
+        <v>643</v>
+      </c>
+      <c r="J35" t="s">
+        <v>439</v>
+      </c>
+      <c r="K35" t="s">
+        <v>42</v>
+      </c>
+      <c r="L35" t="s">
+        <v>440</v>
+      </c>
+      <c r="M35" t="s">
+        <v>441</v>
+      </c>
+      <c r="N35" t="s">
+        <v>494</v>
+      </c>
+      <c r="O35" t="s">
+        <v>659</v>
+      </c>
+      <c r="P35" t="s">
+        <v>660</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>433</v>
+      </c>
+      <c r="B36" t="s">
+        <v>661</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>662</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>663</v>
+      </c>
+      <c r="H36" t="s">
+        <v>664</v>
+      </c>
+      <c r="I36" t="s">
+        <v>665</v>
+      </c>
+      <c r="J36" t="s">
+        <v>439</v>
+      </c>
+      <c r="K36" t="s">
+        <v>42</v>
+      </c>
+      <c r="L36" t="s">
+        <v>440</v>
+      </c>
+      <c r="M36" t="s">
+        <v>441</v>
+      </c>
+      <c r="N36" t="s">
+        <v>442</v>
+      </c>
+      <c r="O36" t="s">
+        <v>666</v>
+      </c>
+      <c r="P36" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>433</v>
+      </c>
+      <c r="B37" t="s">
+        <v>668</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>669</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>670</v>
+      </c>
+      <c r="H37" t="s">
+        <v>671</v>
+      </c>
+      <c r="I37" t="s">
+        <v>672</v>
+      </c>
+      <c r="J37" t="s">
+        <v>439</v>
+      </c>
+      <c r="K37" t="s">
+        <v>42</v>
+      </c>
+      <c r="L37" t="s">
+        <v>440</v>
+      </c>
+      <c r="M37" t="s">
+        <v>480</v>
+      </c>
+      <c r="N37" t="s">
+        <v>481</v>
+      </c>
+      <c r="O37" t="s">
+        <v>482</v>
+      </c>
+      <c r="P37" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>433</v>
+      </c>
+      <c r="B38" t="s">
+        <v>674</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>675</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>676</v>
+      </c>
+      <c r="H38" t="s">
+        <v>677</v>
+      </c>
+      <c r="I38" t="s">
+        <v>678</v>
+      </c>
+      <c r="J38" t="s">
+        <v>679</v>
+      </c>
+      <c r="K38" t="s">
+        <v>42</v>
+      </c>
+      <c r="L38" t="s">
+        <v>440</v>
+      </c>
+      <c r="M38" t="s">
+        <v>441</v>
+      </c>
+      <c r="N38" t="s">
+        <v>481</v>
+      </c>
+      <c r="O38" t="s">
+        <v>482</v>
+      </c>
+      <c r="P38" t="s">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>433</v>
+      </c>
+      <c r="B39" t="s">
+        <v>681</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>682</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>683</v>
+      </c>
+      <c r="H39" t="s">
+        <v>684</v>
+      </c>
+      <c r="I39" t="s">
+        <v>685</v>
+      </c>
+      <c r="J39" t="s">
+        <v>439</v>
+      </c>
+      <c r="K39" t="s">
+        <v>42</v>
+      </c>
+      <c r="L39" t="s">
+        <v>440</v>
+      </c>
+      <c r="M39" t="s">
+        <v>441</v>
+      </c>
+      <c r="N39" t="s">
+        <v>494</v>
+      </c>
+      <c r="O39" t="s">
+        <v>686</v>
+      </c>
+      <c r="P39" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>433</v>
+      </c>
+      <c r="B40" t="s">
+        <v>688</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>689</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>690</v>
+      </c>
+      <c r="H40" t="s">
+        <v>691</v>
+      </c>
+      <c r="I40" t="s">
+        <v>630</v>
+      </c>
+      <c r="J40" t="s">
+        <v>439</v>
+      </c>
+      <c r="K40" t="s">
+        <v>42</v>
+      </c>
+      <c r="L40" t="s">
+        <v>440</v>
+      </c>
+      <c r="M40" t="s">
+        <v>441</v>
+      </c>
+      <c r="N40" t="s">
+        <v>494</v>
+      </c>
+      <c r="O40" t="s">
+        <v>587</v>
+      </c>
+      <c r="P40" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>433</v>
+      </c>
+      <c r="B41" t="s">
+        <v>693</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>694</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>695</v>
+      </c>
+      <c r="H41" t="s">
+        <v>696</v>
+      </c>
+      <c r="I41" t="s">
+        <v>697</v>
+      </c>
+      <c r="J41" t="s">
+        <v>439</v>
+      </c>
+      <c r="K41" t="s">
+        <v>42</v>
+      </c>
+      <c r="L41" t="s">
+        <v>440</v>
+      </c>
+      <c r="M41" t="s">
+        <v>441</v>
+      </c>
+      <c r="N41" t="s">
+        <v>459</v>
+      </c>
+      <c r="O41" t="s">
+        <v>698</v>
+      </c>
+      <c r="P41" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>433</v>
+      </c>
+      <c r="B42" t="s">
+        <v>700</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>701</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>702</v>
+      </c>
+      <c r="H42" t="s">
+        <v>703</v>
+      </c>
+      <c r="I42" t="s">
+        <v>704</v>
+      </c>
+      <c r="J42" t="s">
+        <v>439</v>
+      </c>
+      <c r="K42" t="s">
+        <v>42</v>
+      </c>
+      <c r="L42" t="s">
+        <v>440</v>
+      </c>
+      <c r="M42" t="s">
+        <v>441</v>
+      </c>
+      <c r="N42" t="s">
+        <v>442</v>
+      </c>
+      <c r="O42" t="s">
+        <v>666</v>
+      </c>
+      <c r="P42" t="s">
+        <v>705</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>706</v>
+      </c>
+      <c r="J1" t="s">
+        <v>425</v>
+      </c>
+      <c r="K1" t="s">
+        <v>707</v>
+      </c>
+      <c r="L1" t="s">
+        <v>427</v>
+      </c>
+      <c r="M1" t="s">
+        <v>428</v>
+      </c>
+      <c r="N1" t="s">
+        <v>708</v>
+      </c>
+      <c r="O1" t="s">
+        <v>709</v>
+      </c>
+      <c r="P1" t="s">
+        <v>710</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>711</v>
+      </c>
+      <c r="R1" t="s">
+        <v>429</v>
+      </c>
+      <c r="S1" t="s">
+        <v>712</v>
+      </c>
+      <c r="T1" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>714</v>
+      </c>
+      <c r="B2" t="s">
+        <v>715</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>716</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>717</v>
+      </c>
+      <c r="H2" t="s">
+        <v>718</v>
+      </c>
+      <c r="I2" t="s">
+        <v>719</v>
+      </c>
+      <c r="J2" t="s">
+        <v>720</v>
+      </c>
+      <c r="K2" t="s">
+        <v>439</v>
+      </c>
+      <c r="L2" t="s">
+        <v>42</v>
+      </c>
+      <c r="M2" t="s">
+        <v>440</v>
+      </c>
+      <c r="N2" t="s">
+        <v>721</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>722</v>
+      </c>
+      <c r="R2" t="s">
+        <v>450</v>
+      </c>
+      <c r="S2" t="s">
+        <v>723</v>
+      </c>
+      <c r="T2" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>714</v>
+      </c>
+      <c r="B3" t="s">
+        <v>725</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>726</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>727</v>
+      </c>
+      <c r="H3" t="s">
+        <v>728</v>
+      </c>
+      <c r="I3" t="s">
+        <v>729</v>
+      </c>
+      <c r="J3" t="s">
+        <v>730</v>
+      </c>
+      <c r="K3" t="s">
+        <v>439</v>
+      </c>
+      <c r="L3" t="s">
+        <v>42</v>
+      </c>
+      <c r="M3" t="s">
+        <v>440</v>
+      </c>
+      <c r="N3" t="s">
+        <v>731</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>732</v>
+      </c>
+      <c r="R3" t="s">
+        <v>441</v>
+      </c>
+      <c r="S3" t="s">
+        <v>733</v>
+      </c>
+      <c r="T3" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>714</v>
+      </c>
+      <c r="B4" t="s">
+        <v>734</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>735</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>736</v>
+      </c>
+      <c r="H4" t="s">
+        <v>737</v>
+      </c>
+      <c r="I4" t="s">
+        <v>729</v>
+      </c>
+      <c r="J4" t="s">
+        <v>738</v>
+      </c>
+      <c r="K4" t="s">
+        <v>739</v>
+      </c>
+      <c r="L4" t="s">
+        <v>42</v>
+      </c>
+      <c r="M4" t="s">
+        <v>440</v>
+      </c>
+      <c r="N4" t="s">
+        <v>740</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>741</v>
+      </c>
+      <c r="R4" t="s">
+        <v>441</v>
+      </c>
+      <c r="S4" t="s">
+        <v>742</v>
+      </c>
+      <c r="T4" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>714</v>
+      </c>
+      <c r="B5" t="s">
+        <v>50</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>743</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>744</v>
+      </c>
+      <c r="H5" t="s">
+        <v>745</v>
+      </c>
+      <c r="I5" t="s">
+        <v>729</v>
+      </c>
+      <c r="J5" t="s">
+        <v>746</v>
+      </c>
+      <c r="K5" t="s">
+        <v>747</v>
+      </c>
+      <c r="L5" t="s">
+        <v>42</v>
+      </c>
+      <c r="M5" t="s">
+        <v>440</v>
+      </c>
+      <c r="N5" t="s">
+        <v>748</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>750</v>
+      </c>
+      <c r="R5" t="s">
+        <v>749</v>
+      </c>
+      <c r="S5" t="s">
+        <v>52</v>
+      </c>
+      <c r="T5" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>714</v>
+      </c>
+      <c r="B6" t="s">
+        <v>751</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>752</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>753</v>
+      </c>
+      <c r="H6" t="s">
+        <v>754</v>
+      </c>
+      <c r="I6" t="s">
+        <v>729</v>
+      </c>
+      <c r="J6" t="s">
+        <v>755</v>
+      </c>
+      <c r="K6" t="s">
+        <v>540</v>
+      </c>
+      <c r="L6" t="s">
+        <v>42</v>
+      </c>
+      <c r="M6" t="s">
+        <v>440</v>
+      </c>
+      <c r="N6" t="s">
+        <v>756</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>757</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>758</v>
+      </c>
+      <c r="R6" t="s">
+        <v>441</v>
+      </c>
+      <c r="S6" t="s">
+        <v>100</v>
+      </c>
+      <c r="T6" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>714</v>
+      </c>
+      <c r="B7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>760</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>761</v>
+      </c>
+      <c r="H7" t="s">
+        <v>762</v>
+      </c>
+      <c r="I7" t="s">
+        <v>763</v>
+      </c>
+      <c r="J7" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" t="s">
+        <v>556</v>
+      </c>
+      <c r="L7" t="s">
+        <v>42</v>
+      </c>
+      <c r="M7" t="s">
+        <v>440</v>
+      </c>
+      <c r="N7" t="s">
+        <v>764</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>766</v>
+      </c>
+      <c r="R7" t="s">
+        <v>450</v>
+      </c>
+      <c r="S7" t="s">
+        <v>84</v>
+      </c>
+      <c r="T7" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>714</v>
+      </c>
+      <c r="B8" t="s">
+        <v>767</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>760</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>768</v>
+      </c>
+      <c r="H8" t="s">
+        <v>769</v>
+      </c>
+      <c r="I8" t="s">
+        <v>729</v>
+      </c>
+      <c r="J8" t="s">
+        <v>770</v>
+      </c>
+      <c r="K8" t="s">
+        <v>556</v>
+      </c>
+      <c r="L8" t="s">
+        <v>42</v>
+      </c>
+      <c r="M8" t="s">
+        <v>440</v>
+      </c>
+      <c r="N8" t="s">
+        <v>771</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>772</v>
+      </c>
+      <c r="R8" t="s">
+        <v>450</v>
+      </c>
+      <c r="S8" t="s">
+        <v>773</v>
+      </c>
+      <c r="T8" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>714</v>
+      </c>
+      <c r="B9" t="s">
+        <v>40</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>760</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>774</v>
+      </c>
+      <c r="H9" t="s">
+        <v>775</v>
+      </c>
+      <c r="I9" t="s">
+        <v>763</v>
+      </c>
+      <c r="J9" t="s">
+        <v>776</v>
+      </c>
+      <c r="K9" t="s">
+        <v>556</v>
+      </c>
+      <c r="L9" t="s">
+        <v>42</v>
+      </c>
+      <c r="M9" t="s">
+        <v>440</v>
+      </c>
+      <c r="N9" t="s">
+        <v>764</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>777</v>
+      </c>
+      <c r="R9" t="s">
+        <v>450</v>
+      </c>
+      <c r="S9" t="s">
+        <v>43</v>
+      </c>
+      <c r="T9" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>714</v>
+      </c>
+      <c r="B10" t="s">
+        <v>70</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>760</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>778</v>
+      </c>
+      <c r="H10" t="s">
+        <v>779</v>
+      </c>
+      <c r="I10" t="s">
+        <v>729</v>
+      </c>
+      <c r="J10" t="s">
+        <v>780</v>
+      </c>
+      <c r="K10" t="s">
+        <v>556</v>
+      </c>
+      <c r="L10" t="s">
+        <v>42</v>
+      </c>
+      <c r="M10" t="s">
+        <v>440</v>
+      </c>
+      <c r="N10" t="s">
+        <v>764</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>781</v>
+      </c>
+      <c r="R10" t="s">
+        <v>450</v>
+      </c>
+      <c r="S10" t="s">
+        <v>71</v>
+      </c>
+      <c r="T10" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>714</v>
+      </c>
+      <c r="B11" t="s">
+        <v>782</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>743</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>783</v>
+      </c>
+      <c r="H11" t="s">
+        <v>784</v>
+      </c>
+      <c r="I11" t="s">
+        <v>729</v>
+      </c>
+      <c r="J11" t="s">
+        <v>785</v>
+      </c>
+      <c r="K11" t="s">
+        <v>439</v>
+      </c>
+      <c r="L11" t="s">
+        <v>42</v>
+      </c>
+      <c r="M11" t="s">
+        <v>440</v>
+      </c>
+      <c r="N11" t="s">
+        <v>786</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>749</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>772</v>
+      </c>
+      <c r="R11" t="s">
+        <v>749</v>
+      </c>
+      <c r="S11" t="s">
+        <v>787</v>
+      </c>
+      <c r="T11" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>714</v>
+      </c>
+      <c r="B12" t="s">
+        <v>788</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>760</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>789</v>
+      </c>
+      <c r="H12" t="s">
+        <v>790</v>
+      </c>
+      <c r="I12" t="s">
+        <v>729</v>
+      </c>
+      <c r="J12" t="s">
+        <v>20</v>
+      </c>
+      <c r="K12" t="s">
+        <v>556</v>
+      </c>
+      <c r="L12" t="s">
+        <v>42</v>
+      </c>
+      <c r="M12" t="s">
+        <v>440</v>
+      </c>
+      <c r="N12" t="s">
+        <v>791</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>765</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>792</v>
+      </c>
+      <c r="R12" t="s">
+        <v>450</v>
+      </c>
+      <c r="S12" t="s">
+        <v>793</v>
+      </c>
+      <c r="T12" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>714</v>
+      </c>
+      <c r="B13" t="s">
+        <v>794</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>795</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>796</v>
+      </c>
+      <c r="H13" t="s">
+        <v>797</v>
+      </c>
+      <c r="I13" t="s">
+        <v>729</v>
+      </c>
+      <c r="J13" t="s">
+        <v>798</v>
+      </c>
+      <c r="K13" t="s">
+        <v>799</v>
+      </c>
+      <c r="L13" t="s">
+        <v>42</v>
+      </c>
+      <c r="M13" t="s">
+        <v>440</v>
+      </c>
+      <c r="N13" t="s">
+        <v>800</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>722</v>
+      </c>
+      <c r="R13" t="s">
+        <v>441</v>
+      </c>
+      <c r="S13" t="s">
+        <v>801</v>
+      </c>
+      <c r="T13" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>714</v>
+      </c>
+      <c r="B14" t="s">
+        <v>802</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>803</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>804</v>
+      </c>
+      <c r="H14" t="s">
+        <v>805</v>
+      </c>
+      <c r="I14" t="s">
+        <v>729</v>
+      </c>
+      <c r="J14" t="s">
+        <v>806</v>
+      </c>
+      <c r="K14" t="s">
+        <v>439</v>
+      </c>
+      <c r="L14" t="s">
+        <v>42</v>
+      </c>
+      <c r="M14" t="s">
+        <v>440</v>
+      </c>
+      <c r="N14" t="s">
+        <v>807</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>808</v>
+      </c>
+      <c r="R14" t="s">
+        <v>441</v>
+      </c>
+      <c r="S14" t="s">
+        <v>809</v>
+      </c>
+      <c r="T14" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>714</v>
+      </c>
+      <c r="B15" t="s">
+        <v>810</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>803</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>811</v>
+      </c>
+      <c r="H15" t="s">
+        <v>812</v>
+      </c>
+      <c r="I15" t="s">
+        <v>729</v>
+      </c>
+      <c r="J15" t="s">
+        <v>813</v>
+      </c>
+      <c r="K15" t="s">
+        <v>439</v>
+      </c>
+      <c r="L15" t="s">
+        <v>42</v>
+      </c>
+      <c r="M15" t="s">
+        <v>440</v>
+      </c>
+      <c r="N15" t="s">
+        <v>20</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>441</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>808</v>
+      </c>
+      <c r="R15" t="s">
+        <v>441</v>
+      </c>
+      <c r="S15" t="s">
+        <v>814</v>
+      </c>
+      <c r="T15" t="s">
+        <v>724</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>714</v>
+      </c>
+      <c r="B16" t="s">
+        <v>815</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>816</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>817</v>
+      </c>
+      <c r="H16" t="s">
+        <v>818</v>
+      </c>
+      <c r="I16" t="s">
+        <v>729</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>439</v>
+      </c>
+      <c r="L16" t="s">
+        <v>42</v>
+      </c>
+      <c r="M16" t="s">
+        <v>440</v>
+      </c>
+      <c r="N16" t="s">
+        <v>819</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>450</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>732</v>
+      </c>
+      <c r="R16" t="s">
+        <v>450</v>
+      </c>
+      <c r="S16" t="s">
+        <v>820</v>
+      </c>
+      <c r="T16" t="s">
+        <v>724</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>