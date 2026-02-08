--- v1 (2025-12-25)
+++ v2 (2026-02-08)
@@ -15,51 +15,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Etablissement de santé" r:id="rId5" sheetId="3"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2064" uniqueCount="821">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2064" uniqueCount="819">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -632,144 +632,138 @@
   <si>
     <t>MURAT</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Claire LEPOUSE</t>
   </si>
   <si>
     <t>18/01/2024 15:35:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490116/fr/docteur-claire-lepouse</t>
   </si>
   <si>
     <t>p_3490116</t>
   </si>
   <si>
     <t>LEPOUSE</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
-    <t>18 January 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur CHRISTOPHE EAP</t>
   </si>
   <si>
     <t>16/05/2023 12:41:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3441406/fr/docteur-christophe-eap</t>
   </si>
   <si>
     <t>p_3441406</t>
   </si>
   <si>
     <t>EAP</t>
   </si>
   <si>
     <t>CHRISTOPHE</t>
   </si>
   <si>
     <t>11 May 2023</t>
   </si>
   <si>
     <t>HOPITAL MAISON BLANCHE CHU REIMS,CH GENEVIEVE DE GAULLE ANTHONIOZ</t>
   </si>
   <si>
     <t>51092,52115</t>
   </si>
   <si>
     <t>REIMS,ST DIZIER</t>
   </si>
   <si>
     <t>510004302,520000068</t>
   </si>
   <si>
     <t>Docteur PHILIPPE VILLENA</t>
   </si>
   <si>
     <t>16/02/2023 18:34:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3414231/fr/docteur-philippe-villena</t>
   </si>
   <si>
     <t>p_3414231</t>
   </si>
   <si>
     <t>VILLENA</t>
   </si>
   <si>
-    <t>16 February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Abdol reza MAJIDI-AHI</t>
   </si>
   <si>
     <t>02/04/2021 09:30:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259176/fr/docteur-abdol-reza-majidi-ahi</t>
   </si>
   <si>
     <t>p_3259176</t>
   </si>
   <si>
     <t>MAJIDI-AHI</t>
   </si>
   <si>
     <t>Abdol reza</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur JULIEN DUNTZE</t>
   </si>
   <si>
     <t>21/01/2021 15:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233305/fr/docteur-julien-duntze</t>
   </si>
   <si>
     <t>p_3233305</t>
   </si>
   <si>
     <t>DUNTZE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>16 January 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE COURLANCY,HOPITAL MAISON BLANCHE CHU REIMS,POLYCLINIQUE REIMS - BEZANNES</t>
   </si>
   <si>
     <t>51057,51092,51430</t>
   </si>
   <si>
     <t>REIMS,REIMS,BEZANNES</t>
   </si>
   <si>
     <t>510000185,510004302,510024979</t>
   </si>
   <si>
     <t>Docteur JEROME DELCOURT</t>
   </si>
   <si>
     <t>27/02/2020 12:40:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159683/fr/docteur-jerome-delcourt</t>
   </si>
   <si>
     <t>p_3159683</t>
   </si>
@@ -1148,153 +1142,153 @@
   <si>
     <t>VITO-GIOVANNI</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Professeur Sylvain RUBIN</t>
   </si>
   <si>
     <t>19/07/2018 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2865155/fr/professeur-sylvain-rubin</t>
   </si>
   <si>
     <t>c_2865155</t>
   </si>
   <si>
     <t>RUBIN</t>
   </si>
   <si>
     <t>Sylvain</t>
   </si>
   <si>
-    <t>18 July 2018</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur KARIM MADI</t>
   </si>
   <si>
     <t>15/12/2017 14:32:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2813533/fr/docteur-karim-madi</t>
   </si>
   <si>
     <t>c_2813533</t>
   </si>
   <si>
     <t>MADI</t>
   </si>
   <si>
     <t>KARIM</t>
   </si>
   <si>
-    <t>29 December 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Vincent OGET</t>
   </si>
   <si>
     <t>08/11/2016 11:30:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708614/fr/docteur-vincent-oget</t>
   </si>
   <si>
     <t>c_2708614</t>
   </si>
   <si>
     <t>OGET</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
-    <t>26 November 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Francois DEPREY</t>
   </si>
   <si>
     <t>08/11/2016 11:32:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710318/fr/docteur-francois-deprey</t>
   </si>
   <si>
     <t>c_2710318</t>
   </si>
   <si>
     <t>DEPREY</t>
   </si>
   <si>
     <t>Francois</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Elyès FOURATI</t>
   </si>
   <si>
     <t>08/11/2016 11:32:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710333/fr/docteur-elyes-fourati</t>
   </si>
   <si>
     <t>c_2710333</t>
   </si>
   <si>
     <t>FOURATI</t>
   </si>
   <si>
     <t>Elyès</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Laurent FOUILHE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710600/fr/docteur-laurent-fouilhe</t>
   </si>
   <si>
     <t>c_2710600</t>
   </si>
   <si>
     <t>FOUILHE</t>
   </si>
   <si>
     <t>Laurent</t>
+  </si>
+  <si>
+    <t>20 November 2025</t>
   </si>
   <si>
     <t>Docteur Didier GANDON</t>
   </si>
   <si>
     <t>08/11/2016 11:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710720/fr/docteur-didier-gandon</t>
   </si>
   <si>
     <t>c_2710720</t>
   </si>
   <si>
     <t>GANDON</t>
   </si>
   <si>
     <t>Didier</t>
   </si>
   <si>
     <t>Docteur Eric DUPLESSIS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:19</t>
   </si>
@@ -4143,1955 +4137,1955 @@
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>201</v>
       </c>
       <c r="H29" t="s">
         <v>202</v>
       </c>
       <c r="I29" t="n">
         <v>0.0</v>
       </c>
       <c r="J29" t="s">
         <v>24</v>
       </c>
       <c r="K29" t="s">
         <v>203</v>
       </c>
       <c r="L29" t="s">
         <v>204</v>
       </c>
       <c r="M29" t="s">
         <v>20</v>
       </c>
       <c r="N29" t="s">
-        <v>205</v>
+        <v>39</v>
       </c>
       <c r="O29" t="s">
         <v>40</v>
       </c>
       <c r="P29" t="s">
         <v>41</v>
       </c>
       <c r="Q29" t="s">
         <v>42</v>
       </c>
       <c r="R29" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>18</v>
       </c>
       <c r="B30" t="s">
+        <v>205</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
         <v>206</v>
       </c>
-      <c r="C30" t="s">
-[...5 lines deleted...]
-      <c r="E30" t="s">
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
         <v>207</v>
       </c>
-      <c r="F30" t="s">
-[...2 lines deleted...]
-      <c r="G30" t="s">
+      <c r="H30" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="I30" t="n">
         <v>0.0</v>
       </c>
       <c r="J30" t="s">
         <v>24</v>
       </c>
       <c r="K30" t="s">
+        <v>209</v>
+      </c>
+      <c r="L30" t="s">
         <v>210</v>
       </c>
-      <c r="L30" t="s">
+      <c r="M30" t="s">
+        <v>20</v>
+      </c>
+      <c r="N30" t="s">
         <v>211</v>
       </c>
-      <c r="M30" t="s">
-[...2 lines deleted...]
-      <c r="N30" t="s">
+      <c r="O30" t="s">
         <v>212</v>
       </c>
-      <c r="O30" t="s">
+      <c r="P30" t="s">
         <v>213</v>
       </c>
-      <c r="P30" t="s">
+      <c r="Q30" t="s">
         <v>214</v>
       </c>
-      <c r="Q30" t="s">
+      <c r="R30" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>18</v>
       </c>
       <c r="B31" t="s">
+        <v>216</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
         <v>217</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>218</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="H31" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
       <c r="I31" t="n">
         <v>0.0</v>
       </c>
       <c r="J31" t="s">
         <v>24</v>
       </c>
       <c r="K31" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="L31" t="s">
         <v>64</v>
       </c>
       <c r="M31" t="s">
         <v>20</v>
       </c>
       <c r="N31" t="s">
-        <v>222</v>
+        <v>39</v>
       </c>
       <c r="O31" t="s">
         <v>50</v>
       </c>
       <c r="P31" t="s">
         <v>51</v>
       </c>
       <c r="Q31" t="s">
         <v>42</v>
       </c>
       <c r="R31" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>18</v>
       </c>
       <c r="B32" t="s">
+        <v>221</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>222</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>223</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>224</v>
-      </c>
-[...7 lines deleted...]
-        <v>226</v>
       </c>
       <c r="I32" t="n">
         <v>0.0</v>
       </c>
       <c r="J32" t="s">
         <v>24</v>
       </c>
       <c r="K32" t="s">
+        <v>225</v>
+      </c>
+      <c r="L32" t="s">
+        <v>226</v>
+      </c>
+      <c r="M32" t="s">
+        <v>20</v>
+      </c>
+      <c r="N32" t="s">
         <v>227</v>
-      </c>
-[...7 lines deleted...]
-        <v>229</v>
       </c>
       <c r="O32" t="s">
         <v>50</v>
       </c>
       <c r="P32" t="s">
         <v>51</v>
       </c>
       <c r="Q32" t="s">
         <v>42</v>
       </c>
       <c r="R32" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>18</v>
       </c>
       <c r="B33" t="s">
+        <v>228</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>229</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>230</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>231</v>
-      </c>
-[...7 lines deleted...]
-        <v>233</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
+        <v>232</v>
+      </c>
+      <c r="L33" t="s">
+        <v>233</v>
+      </c>
+      <c r="M33" t="s">
+        <v>20</v>
+      </c>
+      <c r="N33" t="s">
         <v>234</v>
       </c>
-      <c r="L33" t="s">
+      <c r="O33" t="s">
         <v>235</v>
       </c>
-      <c r="M33" t="s">
-[...2 lines deleted...]
-      <c r="N33" t="s">
+      <c r="P33" t="s">
         <v>236</v>
       </c>
-      <c r="O33" t="s">
+      <c r="Q33" t="s">
         <v>237</v>
       </c>
-      <c r="P33" t="s">
+      <c r="R33" t="s">
         <v>238</v>
-      </c>
-[...4 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
+        <v>239</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>240</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
         <v>241</v>
       </c>
-      <c r="C34" t="s">
-[...5 lines deleted...]
-      <c r="E34" t="s">
+      <c r="H34" t="s">
         <v>242</v>
-      </c>
-[...7 lines deleted...]
-        <v>244</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
+        <v>243</v>
+      </c>
+      <c r="L34" t="s">
+        <v>244</v>
+      </c>
+      <c r="M34" t="s">
+        <v>20</v>
+      </c>
+      <c r="N34" t="s">
         <v>245</v>
-      </c>
-[...7 lines deleted...]
-        <v>247</v>
       </c>
       <c r="O34" t="s">
         <v>132</v>
       </c>
       <c r="P34" t="s">
         <v>133</v>
       </c>
       <c r="Q34" t="s">
         <v>134</v>
       </c>
       <c r="R34" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
+        <v>246</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>247</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
         <v>248</v>
       </c>
-      <c r="C35" t="s">
-[...5 lines deleted...]
-      <c r="E35" t="s">
+      <c r="H35" t="s">
         <v>249</v>
-      </c>
-[...7 lines deleted...]
-        <v>251</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="L35" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O35" t="s">
         <v>132</v>
       </c>
       <c r="P35" t="s">
         <v>133</v>
       </c>
       <c r="Q35" t="s">
         <v>134</v>
       </c>
       <c r="R35" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
+        <v>252</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>253</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>254</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>255</v>
-      </c>
-[...7 lines deleted...]
-        <v>257</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="L36" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O36" t="s">
         <v>50</v>
       </c>
       <c r="P36" t="s">
         <v>51</v>
       </c>
       <c r="Q36" t="s">
         <v>42</v>
       </c>
       <c r="R36" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>258</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>253</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>259</v>
+      </c>
+      <c r="H37" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>262</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="L37" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O37" t="s">
         <v>132</v>
       </c>
       <c r="P37" t="s">
         <v>133</v>
       </c>
       <c r="Q37" t="s">
         <v>134</v>
       </c>
       <c r="R37" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>263</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>253</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>264</v>
+      </c>
+      <c r="H38" t="s">
         <v>265</v>
-      </c>
-[...16 lines deleted...]
-        <v>267</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
+        <v>266</v>
+      </c>
+      <c r="L38" t="s">
+        <v>267</v>
+      </c>
+      <c r="M38" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" t="s">
+        <v>245</v>
+      </c>
+      <c r="O38" t="s">
         <v>268</v>
       </c>
-      <c r="L38" t="s">
+      <c r="P38" t="s">
         <v>269</v>
       </c>
-      <c r="M38" t="s">
-[...5 lines deleted...]
-      <c r="O38" t="s">
+      <c r="Q38" t="s">
         <v>270</v>
       </c>
-      <c r="P38" t="s">
+      <c r="R38" t="s">
         <v>271</v>
-      </c>
-[...4 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>272</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>273</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>274</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>275</v>
-      </c>
-[...7 lines deleted...]
-        <v>277</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>276</v>
+      </c>
+      <c r="L39" t="s">
+        <v>277</v>
+      </c>
+      <c r="M39" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" t="s">
+        <v>245</v>
+      </c>
+      <c r="O39" t="s">
         <v>278</v>
       </c>
-      <c r="L39" t="s">
+      <c r="P39" t="s">
         <v>279</v>
       </c>
-      <c r="M39" t="s">
-[...5 lines deleted...]
-      <c r="O39" t="s">
+      <c r="Q39" t="s">
         <v>280</v>
       </c>
-      <c r="P39" t="s">
+      <c r="R39" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>282</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>273</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>283</v>
+      </c>
+      <c r="H40" t="s">
         <v>284</v>
-      </c>
-[...16 lines deleted...]
-        <v>286</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>287</v>
+        <v>285</v>
       </c>
       <c r="L40" t="s">
-        <v>288</v>
+        <v>286</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O40" t="s">
         <v>50</v>
       </c>
       <c r="P40" t="s">
         <v>51</v>
       </c>
       <c r="Q40" t="s">
         <v>42</v>
       </c>
       <c r="R40" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>287</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>273</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>288</v>
+      </c>
+      <c r="H41" t="s">
         <v>289</v>
-      </c>
-[...16 lines deleted...]
-        <v>291</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="L41" t="s">
-        <v>293</v>
+        <v>291</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O41" t="s">
         <v>132</v>
       </c>
       <c r="P41" t="s">
         <v>133</v>
       </c>
       <c r="Q41" t="s">
         <v>134</v>
       </c>
       <c r="R41" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>292</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>273</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>293</v>
+      </c>
+      <c r="H42" t="s">
         <v>294</v>
-      </c>
-[...16 lines deleted...]
-        <v>296</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>297</v>
+        <v>295</v>
       </c>
       <c r="L42" t="s">
-        <v>298</v>
+        <v>296</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O42" t="s">
         <v>132</v>
       </c>
       <c r="P42" t="s">
         <v>133</v>
       </c>
       <c r="Q42" t="s">
         <v>134</v>
       </c>
       <c r="R42" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>297</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>273</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>298</v>
+      </c>
+      <c r="H43" t="s">
         <v>299</v>
-      </c>
-[...16 lines deleted...]
-        <v>301</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="L43" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O43" t="s">
         <v>132</v>
       </c>
       <c r="P43" t="s">
         <v>133</v>
       </c>
       <c r="Q43" t="s">
         <v>134</v>
       </c>
       <c r="R43" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>302</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>303</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>304</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>305</v>
-      </c>
-[...7 lines deleted...]
-        <v>307</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="L44" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O44" t="s">
+        <v>278</v>
+      </c>
+      <c r="P44" t="s">
+        <v>279</v>
+      </c>
+      <c r="Q44" t="s">
         <v>280</v>
       </c>
-      <c r="P44" t="s">
+      <c r="R44" t="s">
         <v>281</v>
-      </c>
-[...4 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>308</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>303</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>309</v>
+      </c>
+      <c r="H45" t="s">
         <v>310</v>
-      </c>
-[...16 lines deleted...]
-        <v>312</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="L45" t="s">
         <v>155</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O45" t="s">
         <v>132</v>
       </c>
       <c r="P45" t="s">
         <v>133</v>
       </c>
       <c r="Q45" t="s">
         <v>134</v>
       </c>
       <c r="R45" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>312</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>303</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>313</v>
+      </c>
+      <c r="H46" t="s">
         <v>314</v>
-      </c>
-[...16 lines deleted...]
-        <v>316</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>317</v>
+        <v>315</v>
       </c>
       <c r="L46" t="s">
-        <v>318</v>
+        <v>316</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="O46" t="s">
         <v>132</v>
       </c>
       <c r="P46" t="s">
         <v>133</v>
       </c>
       <c r="Q46" t="s">
         <v>134</v>
       </c>
       <c r="R46" t="s">
         <v>135</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>317</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>303</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>318</v>
+      </c>
+      <c r="H47" t="s">
         <v>319</v>
-      </c>
-[...16 lines deleted...]
-        <v>321</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>320</v>
+      </c>
+      <c r="L47" t="s">
+        <v>321</v>
+      </c>
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
+        <v>245</v>
+      </c>
+      <c r="O47" t="s">
         <v>322</v>
       </c>
-      <c r="L47" t="s">
+      <c r="P47" t="s">
         <v>323</v>
       </c>
-      <c r="M47" t="s">
-[...5 lines deleted...]
-      <c r="O47" t="s">
+      <c r="Q47" t="s">
         <v>324</v>
       </c>
-      <c r="P47" t="s">
+      <c r="R47" t="s">
         <v>325</v>
-      </c>
-[...4 lines deleted...]
-        <v>327</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>326</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>327</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>328</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>329</v>
-      </c>
-[...7 lines deleted...]
-        <v>331</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="L48" t="s">
-        <v>333</v>
+        <v>331</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O48" t="s">
         <v>50</v>
       </c>
       <c r="P48" t="s">
         <v>51</v>
       </c>
       <c r="Q48" t="s">
         <v>42</v>
       </c>
       <c r="R48" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
+        <v>332</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>327</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>333</v>
+      </c>
+      <c r="H49" t="s">
         <v>334</v>
-      </c>
-[...16 lines deleted...]
-        <v>336</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="L49" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O49" t="s">
         <v>50</v>
       </c>
       <c r="P49" t="s">
         <v>51</v>
       </c>
       <c r="Q49" t="s">
         <v>42</v>
       </c>
       <c r="R49" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>337</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>327</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>338</v>
+      </c>
+      <c r="H50" t="s">
         <v>339</v>
-      </c>
-[...16 lines deleted...]
-        <v>341</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="L50" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O50" t="s">
         <v>50</v>
       </c>
       <c r="P50" t="s">
         <v>51</v>
       </c>
       <c r="Q50" t="s">
         <v>42</v>
       </c>
       <c r="R50" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>342</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>343</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
         <v>344</v>
       </c>
-      <c r="C51" t="s">
-[...5 lines deleted...]
-      <c r="E51" t="s">
+      <c r="H51" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="L51" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="M51" t="s">
         <v>20</v>
       </c>
       <c r="N51" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O51" t="s">
         <v>50</v>
       </c>
       <c r="P51" t="s">
         <v>51</v>
       </c>
       <c r="Q51" t="s">
         <v>42</v>
       </c>
       <c r="R51" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>348</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>343</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>349</v>
+      </c>
+      <c r="H52" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="L52" t="s">
         <v>64</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O52" t="s">
         <v>50</v>
       </c>
       <c r="P52" t="s">
         <v>51</v>
       </c>
       <c r="Q52" t="s">
         <v>42</v>
       </c>
       <c r="R52" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>352</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>343</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>353</v>
+      </c>
+      <c r="H53" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>357</v>
+        <v>355</v>
       </c>
       <c r="L53" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O53" t="s">
         <v>50</v>
       </c>
       <c r="P53" t="s">
         <v>51</v>
       </c>
       <c r="Q53" t="s">
         <v>42</v>
       </c>
       <c r="R53" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>357</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>343</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>358</v>
+      </c>
+      <c r="H54" t="s">
         <v>359</v>
-      </c>
-[...16 lines deleted...]
-        <v>361</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>362</v>
+        <v>360</v>
       </c>
       <c r="L54" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="O54" t="s">
         <v>50</v>
       </c>
       <c r="P54" t="s">
         <v>51</v>
       </c>
       <c r="Q54" t="s">
         <v>42</v>
       </c>
       <c r="R54" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>362</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>363</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
         <v>364</v>
       </c>
-      <c r="C55" t="s">
-[...5 lines deleted...]
-      <c r="E55" t="s">
+      <c r="H55" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>36</v>
       </c>
       <c r="K55" t="s">
+        <v>366</v>
+      </c>
+      <c r="L55" t="s">
+        <v>367</v>
+      </c>
+      <c r="M55" t="s">
+        <v>20</v>
+      </c>
+      <c r="N55" t="s">
         <v>368</v>
-      </c>
-[...7 lines deleted...]
-        <v>370</v>
       </c>
       <c r="O55" t="s">
         <v>83</v>
       </c>
       <c r="P55" t="s">
         <v>41</v>
       </c>
       <c r="Q55" t="s">
         <v>42</v>
       </c>
       <c r="R55" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>369</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>370</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
         <v>371</v>
       </c>
-      <c r="C56" t="s">
-[...5 lines deleted...]
-      <c r="E56" t="s">
+      <c r="H56" t="s">
         <v>372</v>
-      </c>
-[...7 lines deleted...]
-        <v>374</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>36</v>
       </c>
       <c r="K56" t="s">
+        <v>373</v>
+      </c>
+      <c r="L56" t="s">
+        <v>374</v>
+      </c>
+      <c r="M56" t="s">
+        <v>20</v>
+      </c>
+      <c r="N56" t="s">
         <v>375</v>
-      </c>
-[...7 lines deleted...]
-        <v>377</v>
       </c>
       <c r="O56" t="s">
         <v>83</v>
       </c>
       <c r="P56" t="s">
         <v>41</v>
       </c>
       <c r="Q56" t="s">
         <v>42</v>
       </c>
       <c r="R56" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>376</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>377</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>378</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>379</v>
-      </c>
-[...7 lines deleted...]
-        <v>381</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
+        <v>380</v>
+      </c>
+      <c r="L57" t="s">
+        <v>381</v>
+      </c>
+      <c r="M57" t="s">
+        <v>20</v>
+      </c>
+      <c r="N57" t="s">
         <v>382</v>
-      </c>
-[...7 lines deleted...]
-        <v>384</v>
       </c>
       <c r="O57" t="s">
         <v>50</v>
       </c>
       <c r="P57" t="s">
         <v>51</v>
       </c>
       <c r="Q57" t="s">
         <v>42</v>
       </c>
       <c r="R57" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>383</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>384</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
         <v>385</v>
       </c>
-      <c r="C58" t="s">
-[...5 lines deleted...]
-      <c r="E58" t="s">
+      <c r="H58" t="s">
         <v>386</v>
-      </c>
-[...7 lines deleted...]
-        <v>388</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="L58" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>391</v>
+        <v>131</v>
       </c>
       <c r="O58" t="s">
         <v>50</v>
       </c>
       <c r="P58" t="s">
         <v>51</v>
       </c>
       <c r="Q58" t="s">
         <v>42</v>
       </c>
       <c r="R58" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>389</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>390</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>391</v>
+      </c>
+      <c r="H59" t="s">
         <v>392</v>
-      </c>
-[...16 lines deleted...]
-        <v>395</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="L59" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="O59" t="s">
         <v>50</v>
       </c>
       <c r="P59" t="s">
         <v>51</v>
       </c>
       <c r="Q59" t="s">
         <v>42</v>
       </c>
       <c r="R59" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>396</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>397</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>398</v>
+      </c>
+      <c r="H60" t="s">
         <v>399</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="L60" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="M60" t="s">
         <v>20</v>
       </c>
       <c r="N60" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="O60" t="s">
         <v>50</v>
       </c>
       <c r="P60" t="s">
         <v>51</v>
       </c>
       <c r="Q60" t="s">
         <v>42</v>
       </c>
       <c r="R60" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>403</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>404</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>405</v>
+      </c>
+      <c r="H61" t="s">
         <v>406</v>
-      </c>
-[...16 lines deleted...]
-        <v>409</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="L61" t="s">
-        <v>411</v>
+        <v>408</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>398</v>
+        <v>409</v>
       </c>
       <c r="O61" t="s">
         <v>83</v>
       </c>
       <c r="P61" t="s">
         <v>41</v>
       </c>
       <c r="Q61" t="s">
         <v>42</v>
       </c>
       <c r="R61" t="s">
         <v>84</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>410</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>411</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
         <v>412</v>
       </c>
-      <c r="C62" t="s">
-[...5 lines deleted...]
-      <c r="E62" t="s">
+      <c r="H62" t="s">
         <v>413</v>
-      </c>
-[...7 lines deleted...]
-        <v>415</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="L62" t="s">
-        <v>417</v>
+        <v>415</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="O62" t="s">
         <v>50</v>
       </c>
       <c r="P62" t="s">
         <v>51</v>
       </c>
       <c r="Q62" t="s">
         <v>42</v>
       </c>
       <c r="R62" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>416</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>417</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
         <v>418</v>
       </c>
-      <c r="C63" t="s">
-[...5 lines deleted...]
-      <c r="E63" t="s">
+      <c r="H63" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
+        <v>420</v>
+      </c>
+      <c r="L63" t="s">
+        <v>421</v>
+      </c>
+      <c r="M63" t="s">
+        <v>20</v>
+      </c>
+      <c r="N63" t="s">
         <v>422</v>
-      </c>
-[...7 lines deleted...]
-        <v>424</v>
       </c>
       <c r="O63" t="s">
         <v>50</v>
       </c>
       <c r="P63" t="s">
         <v>51</v>
       </c>
       <c r="Q63" t="s">
         <v>42</v>
       </c>
       <c r="R63" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:P42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
@@ -6102,3123 +6096,3123 @@
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>423</v>
+      </c>
+      <c r="J1" t="s">
+        <v>424</v>
+      </c>
+      <c r="K1" t="s">
         <v>425</v>
       </c>
-      <c r="J1" t="s">
+      <c r="L1" t="s">
         <v>426</v>
       </c>
-      <c r="K1" t="s">
+      <c r="M1" t="s">
         <v>427</v>
       </c>
-      <c r="L1" t="s">
+      <c r="N1" t="s">
         <v>428</v>
       </c>
-      <c r="M1" t="s">
+      <c r="O1" t="s">
         <v>429</v>
       </c>
-      <c r="N1" t="s">
+      <c r="P1" t="s">
         <v>430</v>
-      </c>
-[...4 lines deleted...]
-        <v>432</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>431</v>
+      </c>
+      <c r="B2" t="s">
+        <v>432</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>433</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>434</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>435</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>436</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>437</v>
-      </c>
-[...4 lines deleted...]
-        <v>439</v>
       </c>
       <c r="K2" t="s">
         <v>42</v>
       </c>
       <c r="L2" t="s">
+        <v>438</v>
+      </c>
+      <c r="M2" t="s">
+        <v>439</v>
+      </c>
+      <c r="N2" t="s">
         <v>440</v>
       </c>
-      <c r="M2" t="s">
+      <c r="O2" t="s">
         <v>441</v>
       </c>
-      <c r="N2" t="s">
+      <c r="P2" t="s">
         <v>442</v>
-      </c>
-[...4 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B3" t="s">
+        <v>443</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>444</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>445</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>446</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>447</v>
       </c>
-      <c r="H3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K3" t="s">
         <v>42</v>
       </c>
       <c r="L3" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M3" t="s">
+        <v>448</v>
+      </c>
+      <c r="N3" t="s">
+        <v>449</v>
+      </c>
+      <c r="O3" t="s">
         <v>450</v>
       </c>
-      <c r="N3" t="s">
+      <c r="P3" t="s">
         <v>451</v>
-      </c>
-[...4 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B4" t="s">
+        <v>452</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>453</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>454</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>455</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
         <v>456</v>
       </c>
-      <c r="H4" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J4" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K4" t="s">
         <v>42</v>
       </c>
       <c r="L4" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M4" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N4" t="s">
+        <v>457</v>
+      </c>
+      <c r="O4" t="s">
+        <v>458</v>
+      </c>
+      <c r="P4" t="s">
         <v>459</v>
-      </c>
-[...4 lines deleted...]
-        <v>461</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B5" t="s">
+        <v>460</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>461</v>
+      </c>
+      <c r="H5" t="s">
         <v>462</v>
       </c>
-      <c r="C5" t="s">
-[...11 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
         <v>463</v>
       </c>
-      <c r="H5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K5" t="s">
         <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M5" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N5" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O5" t="s">
-        <v>466</v>
+        <v>464</v>
       </c>
       <c r="P5" t="s">
-        <v>467</v>
+        <v>465</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B6" t="s">
+        <v>466</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>453</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>467</v>
+      </c>
+      <c r="H6" t="s">
         <v>468</v>
       </c>
-      <c r="C6" t="s">
-[...11 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>469</v>
       </c>
-      <c r="H6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K6" t="s">
         <v>42</v>
       </c>
       <c r="L6" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M6" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N6" t="s">
+        <v>470</v>
+      </c>
+      <c r="O6" t="s">
+        <v>471</v>
+      </c>
+      <c r="P6" t="s">
         <v>472</v>
-      </c>
-[...4 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B7" t="s">
+        <v>473</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>474</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>475</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="H7" t="s">
         <v>476</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>477</v>
       </c>
-      <c r="H7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K7" t="s">
         <v>42</v>
       </c>
       <c r="L7" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M7" t="s">
+        <v>478</v>
+      </c>
+      <c r="N7" t="s">
+        <v>479</v>
+      </c>
+      <c r="O7" t="s">
         <v>480</v>
       </c>
-      <c r="N7" t="s">
+      <c r="P7" t="s">
         <v>481</v>
-      </c>
-[...4 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B8" t="s">
+        <v>482</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>474</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>483</v>
+      </c>
+      <c r="H8" t="s">
         <v>484</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
         <v>485</v>
       </c>
-      <c r="H8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J8" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K8" t="s">
         <v>42</v>
       </c>
       <c r="L8" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M8" t="s">
+        <v>478</v>
+      </c>
+      <c r="N8" t="s">
+        <v>479</v>
+      </c>
+      <c r="O8" t="s">
         <v>480</v>
       </c>
-      <c r="N8" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P8" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B9" t="s">
+        <v>487</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>488</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>489</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="H9" t="s">
         <v>490</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="I9" t="s">
         <v>491</v>
       </c>
-      <c r="H9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J9" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K9" t="s">
         <v>42</v>
       </c>
       <c r="L9" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M9" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N9" t="s">
+        <v>492</v>
+      </c>
+      <c r="O9" t="s">
+        <v>493</v>
+      </c>
+      <c r="P9" t="s">
         <v>494</v>
-      </c>
-[...4 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B10" t="s">
+        <v>495</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>496</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>497</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>498</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>499</v>
       </c>
-      <c r="H10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J10" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K10" t="s">
         <v>42</v>
       </c>
       <c r="L10" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M10" t="s">
+        <v>478</v>
+      </c>
+      <c r="N10" t="s">
+        <v>479</v>
+      </c>
+      <c r="O10" t="s">
         <v>480</v>
       </c>
-      <c r="N10" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P10" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B11" t="s">
+        <v>501</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>502</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>503</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="H11" t="s">
         <v>504</v>
       </c>
-      <c r="F11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I11" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="J11" t="s">
         <v>20</v>
       </c>
       <c r="K11" t="s">
         <v>42</v>
       </c>
       <c r="L11" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M11" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N11" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O11" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="P11" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B12" t="s">
+        <v>507</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>508</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>509</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>510</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="I12" t="s">
         <v>511</v>
       </c>
-      <c r="H12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J12" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K12" t="s">
         <v>42</v>
       </c>
       <c r="L12" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M12" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N12" t="s">
-        <v>472</v>
+        <v>470</v>
       </c>
       <c r="O12" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="P12" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B13" t="s">
+        <v>514</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>515</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>516</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>517</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
         <v>518</v>
       </c>
-      <c r="H13" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J13" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K13" t="s">
         <v>42</v>
       </c>
       <c r="L13" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M13" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N13" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O13" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="P13" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B14" t="s">
+        <v>520</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>521</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>522</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>523</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
         <v>524</v>
       </c>
-      <c r="H14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J14" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K14" t="s">
         <v>42</v>
       </c>
       <c r="L14" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M14" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N14" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="O14" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="P14" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B15" t="s">
+        <v>527</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>528</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>529</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="H15" t="s">
         <v>530</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
         <v>531</v>
       </c>
-      <c r="H15" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J15" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K15" t="s">
         <v>42</v>
       </c>
       <c r="L15" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M15" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N15" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O15" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="P15" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B16" t="s">
+        <v>534</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>535</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>536</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>537</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
+        <v>524</v>
+      </c>
+      <c r="J16" t="s">
         <v>538</v>
-      </c>
-[...7 lines deleted...]
-        <v>540</v>
       </c>
       <c r="K16" t="s">
         <v>42</v>
       </c>
       <c r="L16" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M16" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N16" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="O16" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="P16" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B17" t="s">
+        <v>540</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>541</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>542</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="H17" t="s">
         <v>543</v>
       </c>
-      <c r="F17" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I17" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="J17" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K17" t="s">
         <v>42</v>
       </c>
       <c r="L17" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M17" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N17" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="O17" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="P17" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B18" t="s">
+        <v>546</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>541</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>547</v>
+      </c>
+      <c r="H18" t="s">
         <v>548</v>
       </c>
-      <c r="C18" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I18" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="J18" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K18" t="s">
         <v>42</v>
       </c>
       <c r="L18" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M18" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N18" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="O18" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="P18" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B19" t="s">
+        <v>550</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>551</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>552</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="H19" t="s">
         <v>553</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="I19" t="s">
         <v>554</v>
-      </c>
-[...4 lines deleted...]
-        <v>556</v>
       </c>
       <c r="J19" t="s">
         <v>20</v>
       </c>
       <c r="K19" t="s">
         <v>42</v>
       </c>
       <c r="L19" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M19" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="N19" t="s">
+        <v>555</v>
+      </c>
+      <c r="O19" t="s">
+        <v>556</v>
+      </c>
+      <c r="P19" t="s">
         <v>557</v>
-      </c>
-[...4 lines deleted...]
-        <v>559</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B20" t="s">
+        <v>558</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>559</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>560</v>
       </c>
-      <c r="C20" t="s">
-[...5 lines deleted...]
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>561</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>562</v>
       </c>
-      <c r="H20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K20" t="s">
         <v>42</v>
       </c>
       <c r="L20" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M20" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N20" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O20" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="P20" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B21" t="s">
+        <v>565</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>566</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>567</v>
       </c>
-      <c r="C21" t="s">
-[...5 lines deleted...]
-      <c r="E21" t="s">
+      <c r="H21" t="s">
         <v>568</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="I21" t="s">
         <v>569</v>
       </c>
-      <c r="H21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K21" t="s">
         <v>42</v>
       </c>
       <c r="L21" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M21" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N21" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="O21" t="s">
-        <v>572</v>
+        <v>570</v>
       </c>
       <c r="P21" t="s">
-        <v>573</v>
+        <v>571</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B22" t="s">
+        <v>572</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>573</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
         <v>574</v>
       </c>
-      <c r="C22" t="s">
-[...5 lines deleted...]
-      <c r="E22" t="s">
+      <c r="H22" t="s">
         <v>575</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="I22" t="s">
         <v>576</v>
       </c>
-      <c r="H22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K22" t="s">
         <v>42</v>
       </c>
       <c r="L22" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M22" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N22" t="s">
+        <v>577</v>
+      </c>
+      <c r="O22" t="s">
+        <v>578</v>
+      </c>
+      <c r="P22" t="s">
         <v>579</v>
-      </c>
-[...4 lines deleted...]
-        <v>581</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B23" t="s">
+        <v>580</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>581</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>582</v>
       </c>
-      <c r="C23" t="s">
-[...5 lines deleted...]
-      <c r="E23" t="s">
+      <c r="H23" t="s">
         <v>583</v>
       </c>
-      <c r="F23" t="s">
-[...2 lines deleted...]
-      <c r="G23" t="s">
+      <c r="I23" t="s">
         <v>584</v>
       </c>
-      <c r="H23" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J23" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K23" t="s">
         <v>42</v>
       </c>
       <c r="L23" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M23" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N23" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O23" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="P23" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B24" t="s">
+        <v>587</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>581</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>588</v>
+      </c>
+      <c r="H24" t="s">
         <v>589</v>
       </c>
-      <c r="C24" t="s">
-[...11 lines deleted...]
-      <c r="G24" t="s">
+      <c r="I24" t="s">
         <v>590</v>
       </c>
-      <c r="H24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K24" t="s">
         <v>42</v>
       </c>
       <c r="L24" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M24" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N24" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O24" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="P24" t="s">
-        <v>593</v>
+        <v>591</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B25" t="s">
+        <v>592</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>593</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>594</v>
       </c>
-      <c r="C25" t="s">
-[...5 lines deleted...]
-      <c r="E25" t="s">
+      <c r="H25" t="s">
         <v>595</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="I25" t="s">
         <v>596</v>
       </c>
-      <c r="H25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K25" t="s">
         <v>42</v>
       </c>
       <c r="L25" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M25" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N25" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O25" t="s">
-        <v>599</v>
+        <v>597</v>
       </c>
       <c r="P25" t="s">
-        <v>600</v>
+        <v>598</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B26" t="s">
+        <v>599</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>600</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>601</v>
       </c>
-      <c r="C26" t="s">
-[...5 lines deleted...]
-      <c r="E26" t="s">
+      <c r="H26" t="s">
         <v>602</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="I26" t="s">
         <v>603</v>
       </c>
-      <c r="H26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K26" t="s">
         <v>42</v>
       </c>
       <c r="L26" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M26" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N26" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O26" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="P26" t="s">
-        <v>606</v>
+        <v>604</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B27" t="s">
+        <v>605</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>606</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>607</v>
       </c>
-      <c r="C27" t="s">
-[...5 lines deleted...]
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>608</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="I27" t="s">
         <v>609</v>
       </c>
-      <c r="H27" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J27" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K27" t="s">
         <v>42</v>
       </c>
       <c r="L27" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M27" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N27" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O27" t="s">
-        <v>612</v>
+        <v>610</v>
       </c>
       <c r="P27" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B28" t="s">
+        <v>612</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>613</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>614</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="H28" t="s">
         <v>615</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="I28" t="s">
         <v>616</v>
       </c>
-      <c r="H28" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J28" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K28" t="s">
         <v>42</v>
       </c>
       <c r="L28" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M28" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N28" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O28" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="P28" t="s">
-        <v>619</v>
+        <v>617</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B29" t="s">
+        <v>618</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>613</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>619</v>
+      </c>
+      <c r="H29" t="s">
         <v>620</v>
       </c>
-      <c r="C29" t="s">
-[...11 lines deleted...]
-      <c r="G29" t="s">
+      <c r="I29" t="s">
         <v>621</v>
       </c>
-      <c r="H29" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J29" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K29" t="s">
         <v>42</v>
       </c>
       <c r="L29" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M29" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N29" t="s">
+        <v>622</v>
+      </c>
+      <c r="O29" t="s">
+        <v>623</v>
+      </c>
+      <c r="P29" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B30" t="s">
+        <v>625</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>613</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>626</v>
+      </c>
+      <c r="H30" t="s">
         <v>627</v>
       </c>
-      <c r="C30" t="s">
-[...11 lines deleted...]
-      <c r="G30" t="s">
+      <c r="I30" t="s">
         <v>628</v>
       </c>
-      <c r="H30" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J30" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K30" t="s">
         <v>42</v>
       </c>
       <c r="L30" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M30" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N30" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O30" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="P30" t="s">
-        <v>632</v>
+        <v>630</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B31" t="s">
+        <v>631</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>632</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
         <v>633</v>
       </c>
-      <c r="C31" t="s">
-[...5 lines deleted...]
-      <c r="E31" t="s">
+      <c r="H31" t="s">
         <v>634</v>
       </c>
-      <c r="F31" t="s">
-[...2 lines deleted...]
-      <c r="G31" t="s">
+      <c r="I31" t="s">
         <v>635</v>
       </c>
-      <c r="H31" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J31" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K31" t="s">
         <v>42</v>
       </c>
       <c r="L31" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M31" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N31" t="s">
-        <v>624</v>
+        <v>622</v>
       </c>
       <c r="O31" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="P31" t="s">
-        <v>638</v>
+        <v>636</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B32" t="s">
+        <v>637</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>638</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
         <v>639</v>
       </c>
-      <c r="C32" t="s">
-[...5 lines deleted...]
-      <c r="E32" t="s">
+      <c r="H32" t="s">
         <v>640</v>
       </c>
-      <c r="F32" t="s">
-[...2 lines deleted...]
-      <c r="G32" t="s">
+      <c r="I32" t="s">
         <v>641</v>
       </c>
-      <c r="H32" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J32" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K32" t="s">
         <v>42</v>
       </c>
       <c r="L32" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M32" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N32" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O32" t="s">
-        <v>644</v>
+        <v>642</v>
       </c>
       <c r="P32" t="s">
-        <v>645</v>
+        <v>643</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B33" t="s">
+        <v>644</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>645</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
         <v>646</v>
       </c>
-      <c r="C33" t="s">
-[...5 lines deleted...]
-      <c r="E33" t="s">
+      <c r="H33" t="s">
         <v>647</v>
       </c>
-      <c r="F33" t="s">
-[...2 lines deleted...]
-      <c r="G33" t="s">
+      <c r="I33" t="s">
         <v>648</v>
       </c>
-      <c r="H33" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J33" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K33" t="s">
         <v>42</v>
       </c>
       <c r="L33" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M33" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N33" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O33" t="s">
-        <v>631</v>
+        <v>629</v>
       </c>
       <c r="P33" t="s">
-        <v>651</v>
+        <v>649</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B34" t="s">
+        <v>650</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>645</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>651</v>
+      </c>
+      <c r="H34" t="s">
         <v>652</v>
       </c>
-      <c r="C34" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>650</v>
+        <v>648</v>
       </c>
       <c r="J34" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K34" t="s">
         <v>42</v>
       </c>
       <c r="L34" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M34" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N34" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O34" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="P34" t="s">
-        <v>655</v>
+        <v>653</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B35" t="s">
+        <v>654</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>645</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>655</v>
+      </c>
+      <c r="H35" t="s">
         <v>656</v>
       </c>
-      <c r="C35" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I35" t="s">
-        <v>643</v>
+        <v>641</v>
       </c>
       <c r="J35" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K35" t="s">
         <v>42</v>
       </c>
       <c r="L35" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M35" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N35" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O35" t="s">
-        <v>659</v>
+        <v>657</v>
       </c>
       <c r="P35" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B36" t="s">
+        <v>659</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>660</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
         <v>661</v>
       </c>
-      <c r="C36" t="s">
-[...5 lines deleted...]
-      <c r="E36" t="s">
+      <c r="H36" t="s">
         <v>662</v>
       </c>
-      <c r="F36" t="s">
-[...2 lines deleted...]
-      <c r="G36" t="s">
+      <c r="I36" t="s">
         <v>663</v>
       </c>
-      <c r="H36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J36" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K36" t="s">
         <v>42</v>
       </c>
       <c r="L36" t="s">
+        <v>438</v>
+      </c>
+      <c r="M36" t="s">
+        <v>439</v>
+      </c>
+      <c r="N36" t="s">
         <v>440</v>
       </c>
-      <c r="M36" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O36" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="P36" t="s">
-        <v>667</v>
+        <v>665</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B37" t="s">
+        <v>666</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>667</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>668</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="H37" t="s">
         <v>669</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="I37" t="s">
         <v>670</v>
       </c>
-      <c r="H37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J37" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K37" t="s">
         <v>42</v>
       </c>
       <c r="L37" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M37" t="s">
+        <v>478</v>
+      </c>
+      <c r="N37" t="s">
+        <v>479</v>
+      </c>
+      <c r="O37" t="s">
         <v>480</v>
       </c>
-      <c r="N37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="P37" t="s">
-        <v>673</v>
+        <v>671</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B38" t="s">
+        <v>672</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>673</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>674</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="H38" t="s">
         <v>675</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="I38" t="s">
         <v>676</v>
       </c>
-      <c r="H38" t="s">
+      <c r="J38" t="s">
         <v>677</v>
-      </c>
-[...4 lines deleted...]
-        <v>679</v>
       </c>
       <c r="K38" t="s">
         <v>42</v>
       </c>
       <c r="L38" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M38" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N38" t="s">
-        <v>481</v>
+        <v>479</v>
       </c>
       <c r="O38" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="P38" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B39" t="s">
+        <v>679</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>680</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>681</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="H39" t="s">
         <v>682</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="I39" t="s">
         <v>683</v>
       </c>
-      <c r="H39" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J39" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K39" t="s">
         <v>42</v>
       </c>
       <c r="L39" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M39" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N39" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O39" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="P39" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B40" t="s">
+        <v>686</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>687</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
         <v>688</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="H40" t="s">
         <v>689</v>
       </c>
-      <c r="F40" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I40" t="s">
-        <v>630</v>
+        <v>628</v>
       </c>
       <c r="J40" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K40" t="s">
         <v>42</v>
       </c>
       <c r="L40" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M40" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N40" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="O40" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="P40" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B41" t="s">
+        <v>691</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>692</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
         <v>693</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>694</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="I41" t="s">
         <v>695</v>
       </c>
-      <c r="H41" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J41" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K41" t="s">
         <v>42</v>
       </c>
       <c r="L41" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="M41" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="N41" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="O41" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="P41" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="B42" t="s">
+        <v>698</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>699</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>700</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="H42" t="s">
         <v>701</v>
       </c>
-      <c r="F42" t="s">
-[...2 lines deleted...]
-      <c r="G42" t="s">
+      <c r="I42" t="s">
         <v>702</v>
       </c>
-      <c r="H42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J42" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="K42" t="s">
         <v>42</v>
       </c>
       <c r="L42" t="s">
+        <v>438</v>
+      </c>
+      <c r="M42" t="s">
+        <v>439</v>
+      </c>
+      <c r="N42" t="s">
         <v>440</v>
       </c>
-      <c r="M42" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O42" t="s">
-        <v>666</v>
+        <v>664</v>
       </c>
       <c r="P42" t="s">
-        <v>705</v>
+        <v>703</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T16"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>704</v>
+      </c>
+      <c r="J1" t="s">
+        <v>423</v>
+      </c>
+      <c r="K1" t="s">
+        <v>705</v>
+      </c>
+      <c r="L1" t="s">
+        <v>425</v>
+      </c>
+      <c r="M1" t="s">
+        <v>426</v>
+      </c>
+      <c r="N1" t="s">
         <v>706</v>
       </c>
-      <c r="J1" t="s">
-[...2 lines deleted...]
-      <c r="K1" t="s">
+      <c r="O1" t="s">
         <v>707</v>
       </c>
-      <c r="L1" t="s">
+      <c r="P1" t="s">
+        <v>708</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>709</v>
+      </c>
+      <c r="R1" t="s">
         <v>427</v>
       </c>
-      <c r="M1" t="s">
-[...8 lines deleted...]
-      <c r="P1" t="s">
+      <c r="S1" t="s">
         <v>710</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="T1" t="s">
         <v>711</v>
-      </c>
-[...7 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>712</v>
+      </c>
+      <c r="B2" t="s">
+        <v>713</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>714</v>
       </c>
-      <c r="B2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>715</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="H2" t="s">
         <v>716</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="I2" t="s">
         <v>717</v>
       </c>
-      <c r="H2" t="s">
+      <c r="J2" t="s">
         <v>718</v>
       </c>
-      <c r="I2" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K2" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L2" t="s">
         <v>42</v>
       </c>
       <c r="M2" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N2" t="s">
+        <v>719</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>448</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>720</v>
+      </c>
+      <c r="R2" t="s">
+        <v>448</v>
+      </c>
+      <c r="S2" t="s">
         <v>721</v>
       </c>
-      <c r="O2" t="s">
-[...5 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="T2" t="s">
         <v>722</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B3" t="s">
+        <v>723</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>724</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>725</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>726</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>727</v>
       </c>
-      <c r="H3" t="s">
+      <c r="J3" t="s">
         <v>728</v>
       </c>
-      <c r="I3" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K3" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L3" t="s">
         <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N3" t="s">
+        <v>729</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>730</v>
+      </c>
+      <c r="R3" t="s">
+        <v>439</v>
+      </c>
+      <c r="S3" t="s">
         <v>731</v>
       </c>
-      <c r="O3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T3" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B4" t="s">
+        <v>732</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>733</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>734</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="H4" t="s">
         <v>735</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="I4" t="s">
+        <v>727</v>
+      </c>
+      <c r="J4" t="s">
         <v>736</v>
       </c>
-      <c r="H4" t="s">
+      <c r="K4" t="s">
         <v>737</v>
-      </c>
-[...7 lines deleted...]
-        <v>739</v>
       </c>
       <c r="L4" t="s">
         <v>42</v>
       </c>
       <c r="M4" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N4" t="s">
+        <v>738</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>739</v>
+      </c>
+      <c r="R4" t="s">
+        <v>439</v>
+      </c>
+      <c r="S4" t="s">
         <v>740</v>
       </c>
-      <c r="O4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>741</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>742</v>
+      </c>
+      <c r="H5" t="s">
         <v>743</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="I5" t="s">
+        <v>727</v>
+      </c>
+      <c r="J5" t="s">
         <v>744</v>
       </c>
-      <c r="H5" t="s">
+      <c r="K5" t="s">
         <v>745</v>
-      </c>
-[...7 lines deleted...]
-        <v>747</v>
       </c>
       <c r="L5" t="s">
         <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N5" t="s">
+        <v>746</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>747</v>
+      </c>
+      <c r="Q5" t="s">
         <v>748</v>
       </c>
-      <c r="O5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R5" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="S5" t="s">
         <v>52</v>
       </c>
       <c r="T5" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B6" t="s">
+        <v>749</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>750</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>751</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>752</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
+        <v>727</v>
+      </c>
+      <c r="J6" t="s">
         <v>753</v>
       </c>
-      <c r="H6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K6" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="L6" t="s">
         <v>42</v>
       </c>
       <c r="M6" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N6" t="s">
+        <v>754</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>755</v>
+      </c>
+      <c r="Q6" t="s">
         <v>756</v>
       </c>
-      <c r="O6" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R6" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="S6" t="s">
         <v>100</v>
       </c>
       <c r="T6" t="s">
-        <v>759</v>
+        <v>757</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B7" t="s">
         <v>83</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
+        <v>758</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>759</v>
+      </c>
+      <c r="H7" t="s">
         <v>760</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="I7" t="s">
         <v>761</v>
       </c>
-      <c r="H7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J7" t="s">
         <v>20</v>
       </c>
       <c r="K7" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="L7" t="s">
         <v>42</v>
       </c>
       <c r="M7" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N7" t="s">
+        <v>762</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q7" t="s">
         <v>764</v>
       </c>
-      <c r="O7" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R7" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="S7" t="s">
         <v>84</v>
       </c>
       <c r="T7" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B8" t="s">
+        <v>765</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>758</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>766</v>
+      </c>
+      <c r="H8" t="s">
         <v>767</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="I8" t="s">
+        <v>727</v>
+      </c>
+      <c r="J8" t="s">
         <v>768</v>
       </c>
-      <c r="H8" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K8" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="L8" t="s">
         <v>42</v>
       </c>
       <c r="M8" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N8" t="s">
+        <v>769</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>770</v>
+      </c>
+      <c r="R8" t="s">
+        <v>448</v>
+      </c>
+      <c r="S8" t="s">
         <v>771</v>
       </c>
-      <c r="O8" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T8" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B9" t="s">
         <v>40</v>
       </c>
       <c r="C9" t="s">
         <v>20</v>
       </c>
       <c r="D9" t="s">
         <v>20</v>
       </c>
       <c r="E9" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="F9" t="s">
         <v>20</v>
       </c>
       <c r="G9" t="s">
+        <v>772</v>
+      </c>
+      <c r="H9" t="s">
+        <v>773</v>
+      </c>
+      <c r="I9" t="s">
+        <v>761</v>
+      </c>
+      <c r="J9" t="s">
         <v>774</v>
       </c>
-      <c r="H9" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="L9" t="s">
         <v>42</v>
       </c>
       <c r="M9" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N9" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="O9" t="s">
         <v>20</v>
       </c>
       <c r="P9" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="Q9" t="s">
-        <v>777</v>
+        <v>775</v>
       </c>
       <c r="R9" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="S9" t="s">
         <v>43</v>
       </c>
       <c r="T9" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B10" t="s">
         <v>70</v>
       </c>
       <c r="C10" t="s">
         <v>20</v>
       </c>
       <c r="D10" t="s">
         <v>20</v>
       </c>
       <c r="E10" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="F10" t="s">
         <v>20</v>
       </c>
       <c r="G10" t="s">
+        <v>776</v>
+      </c>
+      <c r="H10" t="s">
+        <v>777</v>
+      </c>
+      <c r="I10" t="s">
+        <v>727</v>
+      </c>
+      <c r="J10" t="s">
         <v>778</v>
       </c>
-      <c r="H10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K10" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="L10" t="s">
         <v>42</v>
       </c>
       <c r="M10" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N10" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="O10" t="s">
         <v>20</v>
       </c>
       <c r="P10" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="Q10" t="s">
-        <v>781</v>
+        <v>779</v>
       </c>
       <c r="R10" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="S10" t="s">
         <v>71</v>
       </c>
       <c r="T10" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B11" t="s">
+        <v>780</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>741</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>781</v>
+      </c>
+      <c r="H11" t="s">
         <v>782</v>
       </c>
-      <c r="C11" t="s">
-[...11 lines deleted...]
-      <c r="G11" t="s">
+      <c r="I11" t="s">
+        <v>727</v>
+      </c>
+      <c r="J11" t="s">
         <v>783</v>
       </c>
-      <c r="H11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K11" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L11" t="s">
         <v>42</v>
       </c>
       <c r="M11" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N11" t="s">
-        <v>786</v>
+        <v>784</v>
       </c>
       <c r="O11" t="s">
         <v>20</v>
       </c>
       <c r="P11" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="Q11" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="R11" t="s">
-        <v>749</v>
+        <v>747</v>
       </c>
       <c r="S11" t="s">
-        <v>787</v>
+        <v>785</v>
       </c>
       <c r="T11" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B12" t="s">
+        <v>786</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>758</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>787</v>
+      </c>
+      <c r="H12" t="s">
         <v>788</v>
       </c>
-      <c r="C12" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I12" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="J12" t="s">
         <v>20</v>
       </c>
       <c r="K12" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="L12" t="s">
         <v>42</v>
       </c>
       <c r="M12" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N12" t="s">
+        <v>789</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>763</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>790</v>
+      </c>
+      <c r="R12" t="s">
+        <v>448</v>
+      </c>
+      <c r="S12" t="s">
         <v>791</v>
       </c>
-      <c r="O12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T12" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B13" t="s">
+        <v>792</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>793</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>794</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>795</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
+        <v>727</v>
+      </c>
+      <c r="J13" t="s">
         <v>796</v>
       </c>
-      <c r="H13" t="s">
+      <c r="K13" t="s">
         <v>797</v>
-      </c>
-[...7 lines deleted...]
-        <v>799</v>
       </c>
       <c r="L13" t="s">
         <v>42</v>
       </c>
       <c r="M13" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N13" t="s">
-        <v>800</v>
+        <v>798</v>
       </c>
       <c r="O13" t="s">
         <v>20</v>
       </c>
       <c r="P13" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="Q13" t="s">
+        <v>720</v>
+      </c>
+      <c r="R13" t="s">
+        <v>439</v>
+      </c>
+      <c r="S13" t="s">
+        <v>799</v>
+      </c>
+      <c r="T13" t="s">
         <v>722</v>
-      </c>
-[...7 lines deleted...]
-        <v>724</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B14" t="s">
+        <v>800</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>801</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
         <v>802</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>803</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="I14" t="s">
+        <v>727</v>
+      </c>
+      <c r="J14" t="s">
         <v>804</v>
       </c>
-      <c r="H14" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K14" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L14" t="s">
         <v>42</v>
       </c>
       <c r="M14" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N14" t="s">
+        <v>805</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>439</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>806</v>
+      </c>
+      <c r="R14" t="s">
+        <v>439</v>
+      </c>
+      <c r="S14" t="s">
         <v>807</v>
       </c>
-      <c r="O14" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T14" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B15" t="s">
+        <v>808</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>801</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>809</v>
+      </c>
+      <c r="H15" t="s">
         <v>810</v>
       </c>
-      <c r="C15" t="s">
-[...11 lines deleted...]
-      <c r="G15" t="s">
+      <c r="I15" t="s">
+        <v>727</v>
+      </c>
+      <c r="J15" t="s">
         <v>811</v>
       </c>
-      <c r="H15" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="K15" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L15" t="s">
         <v>42</v>
       </c>
       <c r="M15" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N15" t="s">
         <v>20</v>
       </c>
       <c r="O15" t="s">
         <v>20</v>
       </c>
       <c r="P15" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="Q15" t="s">
-        <v>808</v>
+        <v>806</v>
       </c>
       <c r="R15" t="s">
-        <v>441</v>
+        <v>439</v>
       </c>
       <c r="S15" t="s">
-        <v>814</v>
+        <v>812</v>
       </c>
       <c r="T15" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>714</v>
+        <v>712</v>
       </c>
       <c r="B16" t="s">
+        <v>813</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>814</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>815</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>816</v>
       </c>
-      <c r="F16" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I16" t="s">
-        <v>729</v>
+        <v>727</v>
       </c>
       <c r="J16" t="s">
         <v>20</v>
       </c>
       <c r="K16" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="L16" t="s">
         <v>42</v>
       </c>
       <c r="M16" t="s">
-        <v>440</v>
+        <v>438</v>
       </c>
       <c r="N16" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="O16" t="s">
         <v>20</v>
       </c>
       <c r="P16" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="Q16" t="s">
-        <v>732</v>
+        <v>730</v>
       </c>
       <c r="R16" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="S16" t="s">
-        <v>820</v>
+        <v>818</v>
       </c>
       <c r="T16" t="s">
-        <v>724</v>
+        <v>722</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>