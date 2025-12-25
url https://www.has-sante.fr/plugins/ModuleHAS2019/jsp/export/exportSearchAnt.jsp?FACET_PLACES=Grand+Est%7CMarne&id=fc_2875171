--- v0 (2025-11-07)
+++ v1 (2025-12-25)
@@ -1,62 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Équipe accréditée" r:id="rId4" sheetId="2"/>
+    <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1660" uniqueCount="655">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4541" uniqueCount="1732">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -692,68 +698,50 @@
   <si>
     <t>p_3574538</t>
   </si>
   <si>
     <t>DIDIER</t>
   </si>
   <si>
     <t>EDOUARD</t>
   </si>
   <si>
     <t>Docteur QUENTIN DESTOOP</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3574540/fr/docteur-quentin-destoop</t>
   </si>
   <si>
     <t>p_3574540</t>
   </si>
   <si>
     <t>DESTOOP</t>
   </si>
   <si>
     <t>QUENTIN</t>
   </si>
   <si>
-    <t>Docteur Victor AUDIGÉ</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur HELOISE BERGERET-CASSAGNE</t>
   </si>
   <si>
     <t>21/11/2024 10:33:27</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3559371/fr/docteur-heloise-bergeret-cassagne</t>
   </si>
   <si>
     <t>p_3559371</t>
   </si>
   <si>
     <t>BERGERET-CASSAGNE</t>
   </si>
   <si>
     <t>HELOISE</t>
   </si>
   <si>
     <t>20 November 2024</t>
   </si>
   <si>
     <t>Docteur MATHIEU BARD</t>
   </si>
   <si>
     <t>18/10/2024 10:33:39</t>
@@ -974,68 +962,50 @@
   <si>
     <t>MASIAS</t>
   </si>
   <si>
     <t>25 November 2021</t>
   </si>
   <si>
     <t>Docteur Abdol reza MAJIDI-AHI</t>
   </si>
   <si>
     <t>02/04/2021 09:30:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3259176/fr/docteur-abdol-reza-majidi-ahi</t>
   </si>
   <si>
     <t>p_3259176</t>
   </si>
   <si>
     <t>MAJIDI-AHI</t>
   </si>
   <si>
     <t>Abdol reza</t>
   </si>
   <si>
-    <t>Professeur DAMIEN METZ</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur JULIEN DUNTZE</t>
   </si>
   <si>
     <t>21/01/2021 15:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233305/fr/docteur-julien-duntze</t>
   </si>
   <si>
     <t>p_3233305</t>
   </si>
   <si>
     <t>DUNTZE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
     <t>21 January 2021</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE COURLANCY,HOPITAL MAISON BLANCHE CHU REIMS,POLYCLINIQUE REIMS - BEZANNES</t>
   </si>
   <si>
     <t>51057,51092,51430</t>
@@ -1064,71 +1034,50 @@
   <si>
     <t>MARIE-ETIENNETTE</t>
   </si>
   <si>
     <t>Docteur JEROME DELCOURT</t>
   </si>
   <si>
     <t>27/02/2020 12:40:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3159683/fr/docteur-jerome-delcourt</t>
   </si>
   <si>
     <t>p_3159683</t>
   </si>
   <si>
     <t>DELCOURT</t>
   </si>
   <si>
     <t>JEROME</t>
   </si>
   <si>
     <t>14 September 2023</t>
   </si>
   <si>
-    <t>Docteur MARIE-LAURENCE MEROL</t>
-[...19 lines deleted...]
-  <si>
     <t>Docteur FRANCOIS NICOLAI</t>
   </si>
   <si>
     <t>31/01/2019 15:32:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2901983/fr/docteur-francois-nicolai</t>
   </si>
   <si>
     <t>c_2901983</t>
   </si>
   <si>
     <t>NICOLAI</t>
   </si>
   <si>
     <t>FRANCOIS</t>
   </si>
   <si>
     <t>Docteur LUC FALLET</t>
   </si>
   <si>
     <t>31/01/2019 15:32:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2901985/fr/docteur-luc-fallet</t>
@@ -1880,77 +1829,2555 @@
   <si>
     <t>Eric</t>
   </si>
   <si>
     <t>21 July 2022</t>
   </si>
   <si>
     <t>Docteur Maxime AUDET</t>
   </si>
   <si>
     <t>08/11/2016 11:35:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2712981/fr/docteur-maxime-audet</t>
   </si>
   <si>
     <t>c_2712981</t>
   </si>
   <si>
     <t>AUDET</t>
   </si>
   <si>
     <t>Maxime</t>
   </si>
   <si>
+    <t>Adresse</t>
+  </si>
+  <si>
+    <t>Adresse 2</t>
+  </si>
+  <si>
+    <t>Commune</t>
+  </si>
+  <si>
+    <t>Département</t>
+  </si>
+  <si>
+    <t>Statut juridique</t>
+  </si>
+  <si>
+    <t>Type de public</t>
+  </si>
+  <si>
+    <t>Catégorie Finess</t>
+  </si>
+  <si>
+    <t>Numéro Finess géographique</t>
+  </si>
+  <si>
+    <t>ESSMS</t>
+  </si>
+  <si>
+    <t>M.A.S "LES ALOUETTES"</t>
+  </si>
+  <si>
+    <t>17/11/2025 16:16:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14722_FicheESSMS/fr/m-a-s-les-alouettes</t>
+  </si>
+  <si>
+    <t>14722_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Maurice Renard</t>
+  </si>
+  <si>
+    <t>51000 CHALONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>510011968</t>
+  </si>
+  <si>
+    <t>LVA LABONDE LA FORESTIERE</t>
+  </si>
+  <si>
+    <t>07/11/2025 16:27:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/14479_FicheESSMS/fr/lva-labonde-la-forestiere</t>
+  </si>
+  <si>
+    <t>14479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Hameau La Chalmelle</t>
+  </si>
+  <si>
+    <t>51120 LA FORESTIERE</t>
+  </si>
+  <si>
+    <t>LA FORESTIERE</t>
+  </si>
+  <si>
+    <t>Privé commercial</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Lieux de vie</t>
+  </si>
+  <si>
+    <t>510025315</t>
+  </si>
+  <si>
+    <t>LHSS FONDATION DIACONESSES DE REUILLY</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13843_FicheESSMS/fr/lhss-fondation-diaconesses-de-reuilly</t>
+  </si>
+  <si>
+    <t>13843_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Boulevard Berlioz</t>
+  </si>
+  <si>
+    <t>51100 REIMS</t>
+  </si>
+  <si>
+    <t>Privé à but non lucratif</t>
+  </si>
+  <si>
+    <t>Personne ayant des difficultés spécifiques</t>
+  </si>
+  <si>
+    <t>Lits Halte Soins Santé (L.H.S.S.)</t>
+  </si>
+  <si>
+    <t>510016298</t>
+  </si>
+  <si>
+    <t>CADA LES DEUX RIVES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13842_FicheESSMS/fr/cada-les-deux-rives</t>
+  </si>
+  <si>
+    <t>13842_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51800 STE MENEHOULD</t>
+  </si>
+  <si>
+    <t>STE MENEHOULD</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
+  </si>
+  <si>
+    <t>510025083</t>
+  </si>
+  <si>
+    <t>UEMO REIMS NORD STEMO REIMS</t>
+  </si>
+  <si>
+    <t>01/10/2025 16:16:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13844_FicheESSMS/fr/uemo-reims-nord-stemo-reims</t>
+  </si>
+  <si>
+    <t>13844_FicheESSMS</t>
+  </si>
+  <si>
+    <t>215 Boulevard Charles Arnould</t>
+  </si>
+  <si>
+    <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
+  </si>
+  <si>
+    <t>Service d'Intervention Educative en Milieu Ouvert</t>
+  </si>
+  <si>
+    <t>510028400</t>
+  </si>
+  <si>
+    <t>IME "LA SITELLE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:09</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/125_FicheESSMS/fr/ime-la-sitelle</t>
+  </si>
+  <si>
+    <t>125_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Cours Wawrzyniak</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Institut Médico-Educatif (I.M.E.)</t>
+  </si>
+  <si>
+    <t>510000417</t>
+  </si>
+  <si>
+    <t>IME GENEVIEVE CARON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/124_FicheESSMS/fr/ime-genevieve-caron</t>
+  </si>
+  <si>
+    <t>124_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Marechal Foch</t>
+  </si>
+  <si>
+    <t>51200 EPERNAY</t>
+  </si>
+  <si>
+    <t>510000367</t>
+  </si>
+  <si>
+    <t>SESSAD PAPILLONS BLANCS D'EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/123_FicheESSMS/fr/sessad-papillons-blancs-d-epernay</t>
+  </si>
+  <si>
+    <t>123_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Place Chocatelle</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>510012461</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF "L'EOLINE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/122_FicheESSMS/fr/institut-medico-educatif-l-eoline</t>
+  </si>
+  <si>
+    <t>122_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Cour Wawrzyniack</t>
+  </si>
+  <si>
+    <t>Etablissement pour Enfants ou Adolescents Polyhandicapés</t>
+  </si>
+  <si>
+    <t>510000425</t>
+  </si>
+  <si>
+    <t>SESSAD MISTRAL GAGNANT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/121_FicheESSMS/fr/sessad-mistral-gagnant</t>
+  </si>
+  <si>
+    <t>121_FicheESSMS</t>
+  </si>
+  <si>
+    <t>35 Rue Rene Cassin</t>
+  </si>
+  <si>
+    <t>51430 BEZANNES</t>
+  </si>
+  <si>
+    <t>510015258</t>
+  </si>
+  <si>
+    <t>MAS ODILE MADELIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/120_FicheESSMS/fr/mas-odile-madelin</t>
+  </si>
+  <si>
+    <t>120_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Impasse Des Noues Crats</t>
+  </si>
+  <si>
+    <t>51420 CERNAY LES REIMS</t>
+  </si>
+  <si>
+    <t>CERNAY LES REIMS</t>
+  </si>
+  <si>
+    <t>510011364</t>
+  </si>
+  <si>
+    <t>FJT COMPAGNONS DU DEVOIR ANNEXE REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/119_FicheESSMS/fr/fjt-compagnons-du-devoir-annexe-reims</t>
+  </si>
+  <si>
+    <t>119_FicheESSMS</t>
+  </si>
+  <si>
+    <t>115 Boulevard Charles Arnould</t>
+  </si>
+  <si>
+    <t>Foyer de Jeunes Travailleurs (résidence sociale ou non)</t>
+  </si>
+  <si>
+    <t>510027014</t>
+  </si>
+  <si>
+    <t>FJT COMPAGNONS DU DEVOIR MUIZON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/118_FicheESSMS/fr/fjt-compagnons-du-devoir-muizon</t>
+  </si>
+  <si>
+    <t>118_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue De Reims</t>
+  </si>
+  <si>
+    <t>51140 MUIZON</t>
+  </si>
+  <si>
+    <t>MUIZON</t>
+  </si>
+  <si>
+    <t>510027022</t>
+  </si>
+  <si>
+    <t>KORIAN LES CATALAUNES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/117_FicheESSMS/fr/korian-les-catalaunes</t>
+  </si>
+  <si>
+    <t>117_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Rue De L'Hopital Militaire</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>510012065</t>
+  </si>
+  <si>
+    <t>RESIDENCE LE SOURIRE CHAMPENOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/281_FicheESSMS/fr/residence-le-sourire-champenois</t>
+  </si>
+  <si>
+    <t>281_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Rue Georges Charpak</t>
+  </si>
+  <si>
+    <t>Résidences autonomie</t>
+  </si>
+  <si>
+    <t>510025604</t>
+  </si>
+  <si>
+    <t>EHPAD LA CLE DES CHAMPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/431_FicheESSMS/fr/ehpad-la-cle-des-champs</t>
+  </si>
+  <si>
+    <t>431_FicheESSMS</t>
+  </si>
+  <si>
+    <t>280 Rue De La Croix</t>
+  </si>
+  <si>
+    <t>51800 VIENNE LE CHATEAU</t>
+  </si>
+  <si>
+    <t>VIENNE LE CHATEAU</t>
+  </si>
+  <si>
+    <t>510002116</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE CH D'ARGONNE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/430_FicheESSMS/fr/maison-de-retraite-ch-d-argonne</t>
+  </si>
+  <si>
+    <t>430_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510010135</t>
+  </si>
+  <si>
+    <t>SESSAD GALILEE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/465_FicheESSMS/fr/sessad-galilee</t>
+  </si>
+  <si>
+    <t>465_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510023328</t>
+  </si>
+  <si>
+    <t>CENTRE D'ACCUEIL FAMILIAL SPECIALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/464_FicheESSMS/fr/centre-d-accueil-familial-specialise</t>
+  </si>
+  <si>
+    <t>464_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Avenue Du Marechal Foch</t>
+  </si>
+  <si>
+    <t>Centre d'Accueil Familial Spécialisé</t>
+  </si>
+  <si>
+    <t>510011323</t>
+  </si>
+  <si>
+    <t>KORIAN VILLA LES REMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/451_FicheESSMS/fr/korian-villa-les-remes</t>
+  </si>
+  <si>
+    <t>451_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue D'Aix La Chapelle</t>
+  </si>
+  <si>
+    <t>510012099</t>
+  </si>
+  <si>
+    <t>EHPAD "KORIAN PLACE ROYALE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/450_FicheESSMS/fr/ehpad-korian-place-royale</t>
+  </si>
+  <si>
+    <t>450_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Ceres</t>
+  </si>
+  <si>
+    <t>510011984</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MÉDICALISÉ "3 F"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/518_FicheESSMS/fr/foyer-d-accueil-medicalise-3-f</t>
+  </si>
+  <si>
+    <t>518_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Rene Brouardelle</t>
+  </si>
+  <si>
+    <t>51450 BETHENY</t>
+  </si>
+  <si>
+    <t>BETHENY</t>
+  </si>
+  <si>
+    <t>Foyer d'Accueil Médicalisé pour Adultes Handicapés (F.A.M.)</t>
+  </si>
+  <si>
+    <t>510024573</t>
+  </si>
+  <si>
+    <t>LES TROIS FOYERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/517_FicheESSMS/fr/les-trois-foyers</t>
+  </si>
+  <si>
+    <t>517_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Accueil Non Médicalisé pour personnes handicapées</t>
+  </si>
+  <si>
+    <t>510025414</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/516_FicheESSMS/fr/foyer-d-hebergement</t>
+  </si>
+  <si>
+    <t>516_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51220 POUILLON</t>
+  </si>
+  <si>
+    <t>POUILLON</t>
+  </si>
+  <si>
+    <t>Foyer Hébergement Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>510009483</t>
+  </si>
+  <si>
+    <t>FOYER D'HEBERGEMENT DE L'HORTICULTURE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/515_FicheESSMS/fr/foyer-d-hebergement-de-l-horticulture</t>
+  </si>
+  <si>
+    <t>515_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue Frederic Plomb</t>
+  </si>
+  <si>
+    <t>510003908</t>
+  </si>
+  <si>
+    <t>EHPAD LE SOURIRE CHAMPENOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/550_FicheESSMS/fr/ehpad-le-sourire-champenois</t>
+  </si>
+  <si>
+    <t>550_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510004369</t>
+  </si>
+  <si>
+    <t>ESAT "LES ATELIERS DE LA FORET"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/537_FicheESSMS/fr/esat-les-ateliers-de-la-foret</t>
+  </si>
+  <si>
+    <t>537_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Joseph Cugnot</t>
+  </si>
+  <si>
+    <t>51430 TINQUEUX</t>
+  </si>
+  <si>
+    <t>TINQUEUX</t>
+  </si>
+  <si>
+    <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
+  </si>
+  <si>
+    <t>510006059</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/536_FicheESSMS/fr/esat-les-ateliers-de-la-foret</t>
+  </si>
+  <si>
+    <t>536_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510003890</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF CAPS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/614_FicheESSMS/fr/institut-medico-educatif-caps</t>
+  </si>
+  <si>
+    <t>614_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Avenue Du Gal De Gaulle</t>
+  </si>
+  <si>
+    <t>510002181</t>
+  </si>
+  <si>
+    <t>MAS "CAPS"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/613_FicheESSMS/fr/mas-caps</t>
+  </si>
+  <si>
+    <t>613_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Avenue De General De Gaulle</t>
+  </si>
+  <si>
+    <t>510012925</t>
+  </si>
+  <si>
+    <t>SESSAD "CAPS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/617_FicheESSMS/fr/sessad-caps</t>
+  </si>
+  <si>
+    <t>617_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Avenue Du General De Gaulle</t>
+  </si>
+  <si>
+    <t>510023880</t>
+  </si>
+  <si>
+    <t>FOYER DE JOUR L'ALIZE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:34</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/699_FicheESSMS/fr/foyer-de-jour-l-alize</t>
+  </si>
+  <si>
+    <t>699_FicheESSMS</t>
+  </si>
+  <si>
+    <t>17 Rue De Louvois</t>
+  </si>
+  <si>
+    <t>510012149</t>
+  </si>
+  <si>
+    <t>ESAT "LES ATELIERS DE LA VALLEE"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/698_FicheESSMS/fr/esat-les-ateliers-de-la-vallee</t>
+  </si>
+  <si>
+    <t>698_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue De La Noue Saint Nicolas</t>
+  </si>
+  <si>
+    <t>51530 MARDEUIL</t>
+  </si>
+  <si>
+    <t>MARDEUIL</t>
+  </si>
+  <si>
+    <t>510003882</t>
+  </si>
+  <si>
+    <t>PERMANENCE DU JARD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/695_FicheESSMS/fr/permanence-du-jard</t>
+  </si>
+  <si>
+    <t>695_FicheESSMS</t>
+  </si>
+  <si>
+    <t>136 Rue Georges Charpak</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap adulte, Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Centres de Ressources S.A.I. (Sans Aucune Indication)</t>
+  </si>
+  <si>
+    <t>510013899</t>
+  </si>
+  <si>
+    <t>SAVS LES PAPILLONS BLANCS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/704_FicheESSMS/fr/savs-les-papillons-blancs-en-champagne</t>
+  </si>
+  <si>
+    <t>704_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Avenue Bonaparte</t>
+  </si>
+  <si>
+    <t>Service d'Accompagnement à la Vie Sociale (S.A.V.S.)</t>
+  </si>
+  <si>
+    <t>510015209</t>
+  </si>
+  <si>
+    <t>FAM JACQUES-PAUL BRU</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/701_FicheESSMS/fr/fam-jacques-paul-bru</t>
+  </si>
+  <si>
+    <t>701_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue Des Forges</t>
+  </si>
+  <si>
+    <t>510016389</t>
+  </si>
+  <si>
+    <t>MAIS D'ACCUEIL  DU CHATEAU D'AY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:15:39</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/757_FicheESSMS/fr/mais-d-accueil-du-chateau-d-ay</t>
+  </si>
+  <si>
+    <t>757_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Charte</t>
+  </si>
+  <si>
+    <t>51160 AY CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>AY CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>510012008</t>
+  </si>
+  <si>
+    <t>MAIS RETRAITE "TIERS TEMPS" REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1127_FicheESSMS/fr/mais-retraite-tiers-temps-reims</t>
+  </si>
+  <si>
+    <t>1127_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Rue Des Capucins</t>
+  </si>
+  <si>
+    <t>510012024</t>
+  </si>
+  <si>
+    <t>ESAT DE L'APF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:15</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1209_FicheESSMS/fr/esat-de-l-apf</t>
+  </si>
+  <si>
+    <t>1209_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510000797</t>
+  </si>
+  <si>
+    <t>CADA ARMEE DU SALUT REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1240_FicheESSMS/fr/cada-armee-du-salut-reims</t>
+  </si>
+  <si>
+    <t>1240_FicheESSMS</t>
+  </si>
+  <si>
+    <t>47 Rue Du Dr Albert Schweitzer</t>
+  </si>
+  <si>
+    <t>510025075</t>
+  </si>
+  <si>
+    <t>ESAT ELISA 51</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:16:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1248_FicheESSMS/fr/esat-elisa-51</t>
+  </si>
+  <si>
+    <t>1248_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Maurice Halbxachs</t>
+  </si>
+  <si>
+    <t>510012289</t>
+  </si>
+  <si>
+    <t>CENTRE EDUCATIF FERME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1820_FicheESSMS/fr/centre-educatif-ferme</t>
+  </si>
+  <si>
+    <t>1820_FicheESSMS</t>
+  </si>
+  <si>
+    <t>32 Rue De Verdun</t>
+  </si>
+  <si>
+    <t>Etablissement de Placement</t>
+  </si>
+  <si>
+    <t>510017239</t>
+  </si>
+  <si>
+    <t>SIE DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2152_FicheESSMS/fr/sie-de-reims</t>
+  </si>
+  <si>
+    <t>2152_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Rue Du Reservoir</t>
+  </si>
+  <si>
+    <t>Service d'Investigation Educative</t>
+  </si>
+  <si>
+    <t>510006125</t>
+  </si>
+  <si>
+    <t>CMPP DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2327_FicheESSMS/fr/cmpp-de-reims</t>
+  </si>
+  <si>
+    <t>2327_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Allée Des Landais</t>
+  </si>
+  <si>
+    <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
+  </si>
+  <si>
+    <t>510000318</t>
+  </si>
+  <si>
+    <t>CES DE BEZANNES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2358_FicheESSMS/fr/ces-de-bezannes</t>
+  </si>
+  <si>
+    <t>2358_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Maison d'Enfants à Caractère Social</t>
+  </si>
+  <si>
+    <t>510006190</t>
+  </si>
+  <si>
+    <t>SRP DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:17:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2387_FicheESSMS/fr/srp-de-reims</t>
+  </si>
+  <si>
+    <t>2387_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51056 REIMS</t>
+  </si>
+  <si>
+    <t>510025265</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACTION EDUC EN MILIEU OUVERT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2495_FicheESSMS/fr/service-d-action-educ-en-milieu-ouvert</t>
+  </si>
+  <si>
+    <t>2495_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Services AEMO et AED</t>
+  </si>
+  <si>
+    <t>510006091</t>
+  </si>
+  <si>
+    <t>SMOR DE LA SAUVEGARDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2494_FicheESSMS/fr/smor-de-la-sauvegarde</t>
+  </si>
+  <si>
+    <t>2494_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510026933</t>
+  </si>
+  <si>
+    <t>SERV ACC MINEURS ISOLES ETRANGERS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2493_FicheESSMS/fr/serv-acc-mineurs-isoles-etrangers</t>
+  </si>
+  <si>
+    <t>2493_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue Dr Calmette</t>
+  </si>
+  <si>
+    <t>510025273</t>
+  </si>
+  <si>
+    <t>PEAD DE LA SAUVEGARDE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2492_FicheESSMS/fr/pead-de-la-sauvegarde</t>
+  </si>
+  <si>
+    <t>2492_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Place Bachelin</t>
+  </si>
+  <si>
+    <t>510026925</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES JARDINS MEDICIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/2944_FicheESSMS/fr/residence-les-jardins-medicis</t>
+  </si>
+  <si>
+    <t>2944_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Avenue Pierre Dubois</t>
+  </si>
+  <si>
+    <t>51160 AVENAY VAL D OR</t>
+  </si>
+  <si>
+    <t>AVENAY VAL D OR</t>
+  </si>
+  <si>
+    <t>510000748</t>
+  </si>
+  <si>
+    <t>ITEP CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3041_FicheESSMS/fr/itep-chalons-en-champagne</t>
+  </si>
+  <si>
+    <t>3041_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue De La Croix Milson</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>510019599</t>
+  </si>
+  <si>
+    <t>ITEP 51 "LUCY LEBON" - VITRY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3040_FicheESSMS/fr/itep-51-lucy-lebon-vitry</t>
+  </si>
+  <si>
+    <t>3040_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Victor Hugo</t>
+  </si>
+  <si>
+    <t>51300 VITRY LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>VITRY LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>510023963</t>
+  </si>
+  <si>
+    <t>CTRE ACC. FAM. SPEC. "LUCY LEBON"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3039_FicheESSMS/fr/ctre-acc-fam-spec-lucy-lebon</t>
+  </si>
+  <si>
+    <t>3039_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510023971</t>
+  </si>
+  <si>
+    <t>RESIDENCE LES 3 ROSES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:18:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3106_FicheESSMS/fr/residence-les-3-roses</t>
+  </si>
+  <si>
+    <t>3106_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue Du Professeur Langevin</t>
+  </si>
+  <si>
+    <t>510012156</t>
+  </si>
+  <si>
+    <t>AT 10-51 CHALONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:27</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3511_FicheESSMS/fr/at-10-51-chalons</t>
+  </si>
+  <si>
+    <t>3511_FicheESSMS</t>
+  </si>
+  <si>
+    <t>44 Rue Titon</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion, Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Service mandataire judiciaire à la protection des majeurs</t>
+  </si>
+  <si>
+    <t>510026057</t>
+  </si>
+  <si>
+    <t>ESAT "LA JONCQUIERE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3833_FicheESSMS/fr/esat-la-joncquiere</t>
+  </si>
+  <si>
+    <t>3833_FicheESSMS</t>
+  </si>
+  <si>
+    <t>64 Route Nationale</t>
+  </si>
+  <si>
+    <t>51140 JONCHERY SUR VESLE</t>
+  </si>
+  <si>
+    <t>JONCHERY SUR VESLE</t>
+  </si>
+  <si>
+    <t>510010556</t>
+  </si>
+  <si>
+    <t>CENTRE DE RESSOURCES AUTISME</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:19:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3858_FicheESSMS/fr/centre-de-ressources-autisme</t>
+  </si>
+  <si>
+    <t>3858_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51092 REIMS</t>
+  </si>
+  <si>
+    <t>510016439</t>
+  </si>
+  <si>
+    <t>EHPAD VILLA BEAUSOLEIL LOISY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3931_FicheESSMS/fr/ehpad-villa-beausoleil-loisy</t>
+  </si>
+  <si>
+    <t>3931_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Chemin Des Vignes</t>
+  </si>
+  <si>
+    <t>51300 LOISY SUR MARNE</t>
+  </si>
+  <si>
+    <t>LOISY SUR MARNE</t>
+  </si>
+  <si>
+    <t>510018278</t>
+  </si>
+  <si>
+    <t>EHPAD DE DORMANS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:08</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4032_FicheESSMS/fr/ehpad-de-dormans</t>
+  </si>
+  <si>
+    <t>4032_FicheESSMS</t>
+  </si>
+  <si>
+    <t>29 Rue Des Moussiaux</t>
+  </si>
+  <si>
+    <t>51700 DORMANS</t>
+  </si>
+  <si>
+    <t>DORMANS</t>
+  </si>
+  <si>
+    <t>510025570</t>
+  </si>
+  <si>
+    <t>MAISON DE RETRAITE - CH D'EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4031_FicheESSMS/fr/maison-de-retraite-ch-d-epernay</t>
+  </si>
+  <si>
+    <t>4031_FicheESSMS</t>
+  </si>
+  <si>
+    <t>137 Rue De L Hopital</t>
+  </si>
+  <si>
+    <t>51205 EPERNAY</t>
+  </si>
+  <si>
+    <t>510006661</t>
+  </si>
+  <si>
+    <t>RESIDENCE AUGE-COLIN</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4030_FicheESSMS/fr/residence-auge-colin</t>
+  </si>
+  <si>
+    <t>4030_FicheESSMS</t>
+  </si>
+  <si>
+    <t>86 Allée Simon Dinet</t>
+  </si>
+  <si>
+    <t>51190 AVIZE</t>
+  </si>
+  <si>
+    <t>AVIZE</t>
+  </si>
+  <si>
+    <t>510002090</t>
+  </si>
+  <si>
+    <t>SESSAD ANAIS - REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4588_FicheESSMS/fr/sessad-anais-reims</t>
+  </si>
+  <si>
+    <t>4588_FicheESSMS</t>
+  </si>
+  <si>
+    <t>55 Rue Richelieu</t>
+  </si>
+  <si>
+    <t>510023765</t>
+  </si>
+  <si>
+    <t>ITEP ANAIS - SAINT IMOGES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4585_FicheESSMS/fr/itep-anais-saint-imoges</t>
+  </si>
+  <si>
+    <t>4585_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Rue De La Briqueterie</t>
+  </si>
+  <si>
+    <t>51160 ST IMOGES</t>
+  </si>
+  <si>
+    <t>ST IMOGES</t>
+  </si>
+  <si>
+    <t>510023757</t>
+  </si>
+  <si>
+    <t>DPF/SAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4674_FicheESSMS/fr/dpf/sas</t>
+  </si>
+  <si>
+    <t>4674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Allée Maurice Lemaitre</t>
+  </si>
+  <si>
+    <t>Service délégué aux prestations familiales</t>
+  </si>
+  <si>
+    <t>510022338</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE "DOMREMY"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5146_FicheESSMS/fr/foyer-de-vie-domremy</t>
+  </si>
+  <si>
+    <t>5146_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Ruelle De Domremy</t>
+  </si>
+  <si>
+    <t>51300 MAISONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>MAISONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>Personne âgée, Personne en situation de handicap adulte</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>510012222</t>
+  </si>
+  <si>
+    <t>EHPAD "DOMREMY"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5145_FicheESSMS/fr/ehpad-domremy</t>
+  </si>
+  <si>
+    <t>5145_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510012073</t>
+  </si>
+  <si>
+    <t>MJPM - UDAF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:14</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5556_FicheESSMS/fr/mjpm-udaf</t>
+  </si>
+  <si>
+    <t>5556_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Boulevard Kennedy</t>
+  </si>
+  <si>
+    <t>51013 CHALONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>510018658</t>
+  </si>
+  <si>
+    <t>SAVS DE L'UDAF</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5555_FicheESSMS/fr/savs-de-l-udaf</t>
+  </si>
+  <si>
+    <t>5555_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510016868</t>
+  </si>
+  <si>
+    <t>IEM ERIC DEGREMONT</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5645_FicheESSMS/fr/iem-eric-degremont</t>
+  </si>
+  <si>
+    <t>5645_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Robert Lecomte</t>
+  </si>
+  <si>
+    <t>51510 FAGNIERES</t>
+  </si>
+  <si>
+    <t>FAGNIERES</t>
+  </si>
+  <si>
+    <t>Institut d'éducation motrice</t>
+  </si>
+  <si>
+    <t>510023773</t>
+  </si>
+  <si>
+    <t>SESSAD "ROSE DES VENTS" FAGNIERES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5644_FicheESSMS/fr/sessad-rose-des-vents-fagnieres</t>
+  </si>
+  <si>
+    <t>5644_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Rue Leo Kanner</t>
+  </si>
+  <si>
+    <t>510023781</t>
+  </si>
+  <si>
+    <t>MJPM - ORRPA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:22:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5683_FicheESSMS/fr/mjpm-orrpa</t>
+  </si>
+  <si>
+    <t>5683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Marteau</t>
+  </si>
+  <si>
+    <t>510018609</t>
+  </si>
+  <si>
+    <t>SAVS DU GPEAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6139_FicheESSMS/fr/savs-du-gpeajh</t>
+  </si>
+  <si>
+    <t>6139_FicheESSMS</t>
+  </si>
+  <si>
+    <t>66 Rue Clovis</t>
+  </si>
+  <si>
+    <t>510020928</t>
+  </si>
+  <si>
+    <t>SESSAD DU GPEAJH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6138_FicheESSMS/fr/sessad-du-gpeajh</t>
+  </si>
+  <si>
+    <t>6138_FicheESSMS</t>
+  </si>
+  <si>
+    <t>24 Rue Philippe</t>
+  </si>
+  <si>
+    <t>510018369</t>
+  </si>
+  <si>
+    <t>IME DU GPEAJH - LE CLOS VILLERS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6201_FicheESSMS/fr/ime-du-gpeajh-le-clos-villers</t>
+  </si>
+  <si>
+    <t>6201_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Vierge</t>
+  </si>
+  <si>
+    <t>51220 VILLERS FRANQUEUX</t>
+  </si>
+  <si>
+    <t>VILLERS FRANQUEUX</t>
+  </si>
+  <si>
+    <t>510000458</t>
+  </si>
+  <si>
+    <t>ESAT DU GPEAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6202_FicheESSMS/fr/esat-du-gpeajh</t>
+  </si>
+  <si>
+    <t>6202_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Avenue Des Coides</t>
+  </si>
+  <si>
+    <t>51370 ST BRICE COURCELLES</t>
+  </si>
+  <si>
+    <t>ST BRICE COURCELLES</t>
+  </si>
+  <si>
+    <t>510012933</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF DE SEZANNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6716_FicheESSMS/fr/institut-medico-educatif-de-sezanne</t>
+  </si>
+  <si>
+    <t>6716_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Des Recollets</t>
+  </si>
+  <si>
+    <t>51121 SEZANNE</t>
+  </si>
+  <si>
+    <t>SEZANNE</t>
+  </si>
+  <si>
+    <t>510002082</t>
+  </si>
+  <si>
+    <t>ESAT DE L'ASOMPAEI"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6715_FicheESSMS/fr/esat-de-l-asompaei</t>
+  </si>
+  <si>
+    <t>6715_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51120 SEZANNE</t>
+  </si>
+  <si>
+    <t>510011992</t>
+  </si>
+  <si>
+    <t>SAVS ASOMPAEI</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:23:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6717_FicheESSMS/fr/savs-asompaei</t>
+  </si>
+  <si>
+    <t>6717_FicheESSMS</t>
+  </si>
+  <si>
+    <t>76 Rue Notre Dame</t>
+  </si>
+  <si>
+    <t>510021009</t>
+  </si>
+  <si>
+    <t>IEM CRM VAL DE MURIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/6909_FicheESSMS/fr/iem-crm-val-de-murigny</t>
+  </si>
+  <si>
+    <t>6909_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Boulevard Edmond Michelet</t>
+  </si>
+  <si>
+    <t>510002421</t>
+  </si>
+  <si>
+    <t>SESSAD "IMC" VAL DE MURIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:24</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7098_FicheESSMS/fr/sessad-imc-val-de-murigny</t>
+  </si>
+  <si>
+    <t>7098_FicheESSMS</t>
+  </si>
+  <si>
+    <t>10 Rue De Turenne</t>
+  </si>
+  <si>
+    <t>510012883</t>
+  </si>
+  <si>
+    <t>CAMSP BIEN NAITRE EN CHAMPAGNE-ARDENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7195_FicheESSMS/fr/camsp-bien-naitre-en-champagne-ardenne</t>
+  </si>
+  <si>
+    <t>7195_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Des Landais</t>
+  </si>
+  <si>
+    <t>Centre Action Médico-Sociale Précoce (C.A.M.S.P.)</t>
+  </si>
+  <si>
+    <t>510023815</t>
+  </si>
+  <si>
+    <t>M.A.S "MARC TOUSSAINT"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7210_FicheESSMS/fr/m-a-s-marc-toussaint</t>
+  </si>
+  <si>
+    <t>7210_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Simon Dauphinot</t>
+  </si>
+  <si>
+    <t>51350 CORMONTREUIL</t>
+  </si>
+  <si>
+    <t>CORMONTREUIL</t>
+  </si>
+  <si>
+    <t>510023872</t>
+  </si>
+  <si>
+    <t>SAVS "IMC" REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7205_FicheESSMS/fr/savs-imc-reims</t>
+  </si>
+  <si>
+    <t>7205_FicheESSMS</t>
+  </si>
+  <si>
+    <t>11 Rue Du Commerce</t>
+  </si>
+  <si>
+    <t>510023195</t>
+  </si>
+  <si>
+    <t>SSIAD "IMC" DE REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7204_FicheESSMS/fr/ssiad-imc-de-reims</t>
+  </si>
+  <si>
+    <t>7204_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Place Du 11 Novembre</t>
+  </si>
+  <si>
+    <t>Service de Soins Infirmiers A Domicile (S.S.I.A.D)</t>
+  </si>
+  <si>
+    <t>510012123</t>
+  </si>
+  <si>
+    <t>SAMSAH DES IMC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7203_FicheESSMS/fr/samsah-des-imc</t>
+  </si>
+  <si>
+    <t>7203_FicheESSMS</t>
+  </si>
+  <si>
+    <t>68 Rue De Louvois</t>
+  </si>
+  <si>
+    <t>Service d'accompagnement médico-social adultes handicapés</t>
+  </si>
+  <si>
+    <t>510016348</t>
+  </si>
+  <si>
+    <t>MECS FOYER SAINTE CHRETIENNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7321_FicheESSMS/fr/mecs-foyer-sainte-chretienne</t>
+  </si>
+  <si>
+    <t>7321_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Chemin Des Forges</t>
+  </si>
+  <si>
+    <t>51203 EPERNAY</t>
+  </si>
+  <si>
+    <t>510003627</t>
+  </si>
+  <si>
+    <t>SSIAD "ORGEVAL" DE REIMS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:49</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7449_FicheESSMS/fr/ssiad-orgeval-de-reims</t>
+  </si>
+  <si>
+    <t>7449_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Du Marechal Gallieni</t>
+  </si>
+  <si>
+    <t>510009475</t>
+  </si>
+  <si>
+    <t>SERVICE D'ACTIVITES DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7689_FicheESSMS/fr/service-d-activites-de-jour</t>
+  </si>
+  <si>
+    <t>7689_FicheESSMS</t>
+  </si>
+  <si>
+    <t>65 Rue Edmond Rostand</t>
+  </si>
+  <si>
+    <t>510023906</t>
+  </si>
+  <si>
+    <t>EHPAD JEAN COLLERY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7725_FicheESSMS/fr/ehpad-jean-collery</t>
+  </si>
+  <si>
+    <t>7725_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Boulevard Charles De Gaulle</t>
+  </si>
+  <si>
+    <t>510000094</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE JEAN COLLERY D'AY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7724_FicheESSMS/fr/foyer-de-vie-jean-collery-d-ay</t>
+  </si>
+  <si>
+    <t>7724_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510014889</t>
+  </si>
+  <si>
+    <t>SAMSAH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7946_FicheESSMS/fr/samsah</t>
+  </si>
+  <si>
+    <t>7946_FicheESSMS</t>
+  </si>
+  <si>
+    <t>14 Rue Gutemberg</t>
+  </si>
+  <si>
+    <t>510022098</t>
+  </si>
+  <si>
+    <t>S.A.V.S. L'AMITIÉ</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7945_FicheESSMS/fr/s-a-v-s-l-amitie</t>
+  </si>
+  <si>
+    <t>7945_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510017338</t>
+  </si>
+  <si>
+    <t>FOYER D'ACC MEDICALISE JEAN THIBIERGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7940_FicheESSMS/fr/foyer-d-acc-medicalise-jean-thibierge</t>
+  </si>
+  <si>
+    <t>7940_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510011489</t>
+  </si>
+  <si>
+    <t>ANNEXE DU FAM THIBIERGE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7939_FicheESSMS/fr/annexe-du-fam-thibierge</t>
+  </si>
+  <si>
+    <t>7939_FicheESSMS</t>
+  </si>
+  <si>
+    <t>18 Rue Pierre Mendes France</t>
+  </si>
+  <si>
+    <t>510011000</t>
+  </si>
+  <si>
+    <t>RESID ARGON PR PERSONNES AGEES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8680_FicheESSMS/fr/resid-argon-pr-personnes-agees</t>
+  </si>
+  <si>
+    <t>8680_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Allée Des Tilleuls</t>
+  </si>
+  <si>
+    <t>510003825</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE JEAN MULLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8718_FicheESSMS/fr/foyer-de-vie-jean-muller</t>
+  </si>
+  <si>
+    <t>8718_FicheESSMS</t>
+  </si>
+  <si>
+    <t>7 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>510018468</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE JEAN MULLER</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:37</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/8951_FicheESSMS/fr/foyer-d-accueil-medicalise-jean-muller</t>
+  </si>
+  <si>
+    <t>8951_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510018518</t>
+  </si>
+  <si>
+    <t>CSAPA - ANPAA51</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9547_FicheESSMS/fr/csapa-anpaa51</t>
+  </si>
+  <si>
+    <t>9547_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Impasse De La Blanchisserie</t>
+  </si>
+  <si>
+    <t>Centre soins accompagnement prévention addictologie (CSAPA)</t>
+  </si>
+  <si>
+    <t>510016728</t>
+  </si>
+  <si>
+    <t>EHPAD "LES PARENTELES DE REIMS"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:25:57</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9573_FicheESSMS/fr/ehpad-les-parenteles-de-reims</t>
+  </si>
+  <si>
+    <t>9573_FicheESSMS</t>
+  </si>
+  <si>
+    <t>30 Rue De Nice</t>
+  </si>
+  <si>
+    <t>510019789</t>
+  </si>
+  <si>
+    <t>ITEP LE RESAC (ALEFPA)</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:02</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9703_FicheESSMS/fr/itep-le-resac-alefpa</t>
+  </si>
+  <si>
+    <t>9703_FicheESSMS</t>
+  </si>
+  <si>
+    <t>23 Rue De Sacy</t>
+  </si>
+  <si>
+    <t>510016579</t>
+  </si>
+  <si>
+    <t>EHPAD "RESIDENCE SAINT MARTIN"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/9803_FicheESSMS/fr/ehpad-residence-saint-martin</t>
+  </si>
+  <si>
+    <t>9803_FicheESSMS</t>
+  </si>
+  <si>
+    <t>38 Rue De Betheny</t>
+  </si>
+  <si>
+    <t>51097 REIMS</t>
+  </si>
+  <si>
+    <t>510004377</t>
+  </si>
+  <si>
+    <t>CH - MAISON DE RETRAITE DE MONTMIRAIL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10398_FicheESSMS/fr/ch-maison-de-retraite-de-montmirail</t>
+  </si>
+  <si>
+    <t>10398_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Rue De La Troisieme Avenue</t>
+  </si>
+  <si>
+    <t>51210 MONTMIRAIL</t>
+  </si>
+  <si>
+    <t>MONTMIRAIL</t>
+  </si>
+  <si>
+    <t>510010317</t>
+  </si>
+  <si>
+    <t>SSIAD DE MONTMIRAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10397_FicheESSMS/fr/ssiad-de-montmirail</t>
+  </si>
+  <si>
+    <t>10397_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510019458</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:28</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10470_FicheESSMS/fr/institut-medico-educatif</t>
+  </si>
+  <si>
+    <t>10470_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Avenue Jeanne D Arc</t>
+  </si>
+  <si>
+    <t>510000342</t>
+  </si>
+  <si>
+    <t>SESSAD ACPEI</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10469_FicheESSMS/fr/sessad-acpei</t>
+  </si>
+  <si>
+    <t>10469_FicheESSMS</t>
+  </si>
+  <si>
+    <t>43 Avenue Jeanne D'Arc</t>
+  </si>
+  <si>
+    <t>510024870</t>
+  </si>
+  <si>
+    <t>ESAT ISLE AUX BOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10480_FicheESSMS/fr/esat-isle-aux-bois</t>
+  </si>
+  <si>
+    <t>10480_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Avenue Leopold Bertot</t>
+  </si>
+  <si>
+    <t>510003874</t>
+  </si>
+  <si>
+    <t>FAM "JEAN PIERRE BURNAY"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10479_FicheESSMS/fr/fam-jean-pierre-burnay</t>
+  </si>
+  <si>
+    <t>10479_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>510023427</t>
+  </si>
+  <si>
+    <t>FOYER DEVERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10478_FicheESSMS/fr/foyer-devernay</t>
+  </si>
+  <si>
+    <t>10478_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510012370</t>
+  </si>
+  <si>
+    <t>FAM PHV CLAUDE MEYER</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10471_FicheESSMS/fr/fam-phv-claude-meyer</t>
+  </si>
+  <si>
+    <t>10471_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510021058</t>
+  </si>
+  <si>
+    <t>MAISON D'ACCUEIL SPECIALISE EPSM MARNE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10570_FicheESSMS/fr/maison-d-accueil-specialise-epsm-marne</t>
+  </si>
+  <si>
+    <t>10570_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51022 CHALONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>510020688</t>
+  </si>
+  <si>
+    <t>FOYER DE VIE SPECIALISE MARPHA</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10685_FicheESSMS/fr/foyer-de-vie-specialise-marpha</t>
+  </si>
+  <si>
+    <t>10685_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue Royer Collard</t>
+  </si>
+  <si>
+    <t>51320 SOMPUIS</t>
+  </si>
+  <si>
+    <t>SOMPUIS</t>
+  </si>
+  <si>
+    <t>510018419</t>
+  </si>
+  <si>
+    <t>FAM LES ANTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10684_FicheESSMS/fr/fam-les-antes</t>
+  </si>
+  <si>
+    <t>10684_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510024953</t>
+  </si>
+  <si>
+    <t>ESAT LES ANTES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10683_FicheESSMS/fr/esat-les-antes</t>
+  </si>
+  <si>
+    <t>10683_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Four</t>
+  </si>
+  <si>
+    <t>51320 LE MEIX TIERCELIN</t>
+  </si>
+  <si>
+    <t>LE MEIX TIERCELIN</t>
+  </si>
+  <si>
+    <t>510004138</t>
+  </si>
+  <si>
+    <t>CSAPA - CH LEON BOURGEOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/10930_FicheESSMS/fr/csapa-ch-leon-bourgeois</t>
+  </si>
+  <si>
+    <t>10930_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Du Cdt Derrien</t>
+  </si>
+  <si>
+    <t>510013055</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE "AURORE"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11675_FicheESSMS/fr/foyer-d-accueil-medicalise-aurore</t>
+  </si>
+  <si>
+    <t>11675_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Du Danube</t>
+  </si>
+  <si>
+    <t>510017668</t>
+  </si>
+  <si>
+    <t>FOYER D'ACCUEIL MEDICALISE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11674_FicheESSMS/fr/foyer-d-accueil-medicalise</t>
+  </si>
+  <si>
+    <t>11674_FicheESSMS</t>
+  </si>
+  <si>
+    <t>15 Rue Pierre Beregovoy</t>
+  </si>
+  <si>
+    <t>510017148</t>
+  </si>
+  <si>
+    <t>SAVS INSTITUT MICHEL FANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11829_FicheESSMS/fr/savs-institut-michel-fandre</t>
+  </si>
+  <si>
+    <t>11829_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510020969</t>
+  </si>
+  <si>
+    <t>CMPP D'EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11828_FicheESSMS/fr/cmpp-d-epernay</t>
+  </si>
+  <si>
+    <t>11828_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Des Forges</t>
+  </si>
+  <si>
+    <t>510000326</t>
+  </si>
+  <si>
+    <t>CAMSP D'EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11827_FicheESSMS/fr/camsp-d-epernay</t>
+  </si>
+  <si>
+    <t>11827_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510006166</t>
+  </si>
+  <si>
+    <t>CRESVAL INSTITUT MICHEL FANDRE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11830_FicheESSMS/fr/cresval-institut-michel-fandre</t>
+  </si>
+  <si>
+    <t>11830_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51 Rue Leon Mathieu</t>
+  </si>
+  <si>
+    <t>Institut d'Education Sensorielle Sourd/Aveugle</t>
+  </si>
+  <si>
+    <t>510000300</t>
+  </si>
+  <si>
+    <t>EHPAD DE FISMES</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11996_FicheESSMS/fr/ehpad-de-fismes</t>
+  </si>
+  <si>
+    <t>11996_FicheESSMS</t>
+  </si>
+  <si>
+    <t>12 Rue Des Chailleaux</t>
+  </si>
+  <si>
+    <t>51170 FISMES</t>
+  </si>
+  <si>
+    <t>FISMES</t>
+  </si>
+  <si>
+    <t>510010127</t>
+  </si>
+  <si>
+    <t>MJPM - CCAS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12012_FicheESSMS/fr/mjpm-ccas</t>
+  </si>
+  <si>
+    <t>12012_FicheESSMS</t>
+  </si>
+  <si>
+    <t>9 Rue Carnot</t>
+  </si>
+  <si>
+    <t>510018708</t>
+  </si>
+  <si>
+    <t>EHPAD "MAISON SAINT JOSEPH"</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12269_FicheESSMS/fr/ehpad-maison-saint-joseph</t>
+  </si>
+  <si>
+    <t>12269_FicheESSMS</t>
+  </si>
+  <si>
+    <t>51037 CHALONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>510004344</t>
+  </si>
+  <si>
+    <t>RÉSIDENCE PAUL GÉRARD</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12440_FicheESSMS/fr/residence-paul-gerard</t>
+  </si>
+  <si>
+    <t>12440_FicheESSMS</t>
+  </si>
+  <si>
+    <t>42 Avenue De Bammental</t>
+  </si>
+  <si>
+    <t>51130 BLANCS COTEAUX</t>
+  </si>
+  <si>
+    <t>BLANCS COTEAUX</t>
+  </si>
+  <si>
+    <t>510008808</t>
+  </si>
+  <si>
+    <t>ESAT DE L'APEI VITRY LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:55</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12591_FicheESSMS/fr/esat-de-l-apei-vitry-le-francois</t>
+  </si>
+  <si>
+    <t>12591_FicheESSMS</t>
+  </si>
+  <si>
+    <t>6 Avenue De La Republique</t>
+  </si>
+  <si>
+    <t>510004146</t>
+  </si>
+  <si>
+    <t>INSTITUT MEDICO EDUCATIF-BLACY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12590_FicheESSMS/fr/institut-medico-educatif-blacy</t>
+  </si>
+  <si>
+    <t>12590_FicheESSMS</t>
+  </si>
+  <si>
+    <t>16 Rue Des Perrieres</t>
+  </si>
+  <si>
+    <t>51300 BLACY</t>
+  </si>
+  <si>
+    <t>BLACY</t>
+  </si>
+  <si>
+    <t>510000474</t>
+  </si>
+  <si>
+    <t>SESSAD "LE MIKADO"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12589_FicheESSMS/fr/sessad-le-mikado</t>
+  </si>
+  <si>
+    <t>12589_FicheESSMS</t>
+  </si>
+  <si>
+    <t>31 Rue Aristide Briand</t>
+  </si>
+  <si>
+    <t>510012982</t>
+  </si>
+  <si>
+    <t>CSAPA - CAST</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12854_FicheESSMS/fr/csapa-cast</t>
+  </si>
+  <si>
+    <t>12854_FicheESSMS</t>
+  </si>
+  <si>
+    <t>27 Rue Grandval</t>
+  </si>
+  <si>
+    <t>510009889</t>
+  </si>
+  <si>
+    <t>CMPP DE CHALONS</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:28:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13173_FicheESSMS/fr/cmpp-de-chalons</t>
+  </si>
+  <si>
+    <t>13173_FicheESSMS</t>
+  </si>
+  <si>
+    <t>25 Rue Du Verbeau</t>
+  </si>
+  <si>
+    <t>510000334</t>
+  </si>
+  <si>
+    <t>SESSAD "SAINT EXUPERY"</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/13172_FicheESSMS/fr/sessad-saint-exupery</t>
+  </si>
+  <si>
+    <t>13172_FicheESSMS</t>
+  </si>
+  <si>
+    <t>510023682</t>
+  </si>
+  <si>
     <t>Département de l’établissement de santé</t>
   </si>
   <si>
     <t>Code Finess de l’établissement de santé</t>
   </si>
   <si>
     <t>Équipe accréditée</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation HOPITAL MAISON BLANCHE CHU REIMS  (51)</t>
   </si>
   <si>
     <t>24/03/2025 18:32:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3598998/fr/equipe-d-anesthesie-reanimation-hopital-maison-blanche-chu-reims-51</t>
   </si>
   <si>
     <t>p_3598998</t>
   </si>
   <si>
     <t>14 March 2025</t>
   </si>
   <si>
-    <t>51</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur CHLOE HOUET, Docteur SALVATORE MUCCIO, Docteur HUGUES LUDOT, Docteur EZECHIEL BANKOLE, Professeur DAPHNE MICHELET, Docteur Claire LEPOUSE, Docteur PHILIPPE GOMIS, Docteur VINCENT LEGROS</t>
   </si>
   <si>
     <t>Équipe de Gynécologie Obstétrique POLYCLINIQUE REIMS - BEZANNES  (51)</t>
   </si>
   <si>
     <t>26/02/2025 12:30:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593241/fr/equipe-de-gynecologie-obstetrique-polyclinique-reims-bezannes-51</t>
   </si>
   <si>
     <t>p_3593241</t>
   </si>
   <si>
     <t>05 December 2022</t>
   </si>
   <si>
     <t>Docteur NICOLAS GAVILLON, Docteur CHARLOTTE DAVID, Docteur CHARLOTTE MASIAS, Docteur Abdol reza MAJIDI-AHI, Docteur Gaelle POULIZAC, Docteur ANNE-CHARLOTTE FAIVRE, Docteur EMILIE DERNIAUX, Docteur AURELIE MARQUET-DUPONT, Docteur GALYA LEVY-MALISSART, Docteur KARINE BASSOT, Docteur STEPHANE URRUTIAGUER, Docteur ISABELLE VERON-LECLERCQ, Docteur MARIE-ETIENNETTE EMERIAU MICHEL, Docteur HELENE VERVAET-MOREAU, Docteur JULIE-AMANDINE HAMM, Docteur Frederic BANCHERI, Docteur MARIE DURIER, Docteur PHILIPPE TERROSI</t>
   </si>
   <si>
     <t>Équipe d'Anesthésie Réanimation INSTITUT GODINOT  (51)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592104/fr/equipe-d-anesthesie-reanimation-institut-godinot-51</t>
@@ -1977,101 +4404,911 @@
     <t>Docteur NICOLAS GAVILLON, Docteur CHARLOTTE DAVID, Docteur CHARLOTTE MASIAS, Docteur Abdol reza MAJIDI-AHI, Docteur Gaelle POULIZAC, Docteur ANNE-CHARLOTTE FAIVRE, Docteur Arnaud THEILLIER, Docteur EMILIE DERNIAUX, Docteur AURELIE MARQUET-DUPONT, Docteur GALYA LEVY-MALISSART, Docteur KARINE BASSOT, Docteur STEPHANE URRUTIAGUER, Docteur ISABELLE VERON-LECLERCQ, Docteur MARIE-ETIENNETTE EMERIAU MICHEL, Docteur HELENE VERVAET-MOREAU, Docteur JULIE-AMANDINE HAMM, Docteur Frederic BANCHERI, Docteur MARIE DURIER, Docteur PHILIPPE TERROSI</t>
   </si>
   <si>
     <t>Équipe de Chirurgie urologique CENTRE HOSPITALIER DE CHALONS EN CHAMPAGNE  (51)</t>
   </si>
   <si>
     <t>24/02/2022 08:34:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3319146/fr/equipe-de-chirurgie-urologique-centre-hospitalier-de-chalons-en-champagne-51</t>
   </si>
   <si>
     <t>p_3319146</t>
   </si>
   <si>
     <t>18 November 2023</t>
   </si>
   <si>
     <t>CENTRE HOSPITALIER DE CHALONS EN CHAMPAGNE</t>
   </si>
   <si>
     <t>510000037</t>
   </si>
   <si>
     <t>Docteur Bertrand POGU, Docteur CATALIN CIUTA, Docteur EMIR BAYDAROGLU, Docteur Nicolae LUPSASCA</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CLINIQUE MEDICO-PSYCHO H EY ET UNITÉ HOSPIT G10 - EPSM MARNE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:10:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1652_FicheEtablissement/fr/clinique-medico-psychologiq-epsm-marne</t>
+  </si>
+  <si>
+    <t>1652_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>8 Rue Roger Aubry</t>
+  </si>
+  <si>
+    <t>0326611626</t>
+  </si>
+  <si>
+    <t>Psychiatrie</t>
+  </si>
+  <si>
+    <t>510023831</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>CMP - CATTP ENFANTS - EPSM MARNE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:10:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5571_FicheEtablissement/fr/cmp-cattp-enfants-epsm-marne</t>
+  </si>
+  <si>
+    <t>5571_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>36 Rue Des Petits Pres</t>
+  </si>
+  <si>
+    <t>0326550443</t>
+  </si>
+  <si>
+    <t>510014228</t>
+  </si>
+  <si>
+    <t>CMP - HOPITAL DE JOUR - EPSM MARNE</t>
+  </si>
+  <si>
+    <t>11/12/2025 03:10:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5568_FicheEtablissement/fr/cmp-hopital-de-jour-epsm-marne</t>
+  </si>
+  <si>
+    <t>5568_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Saint Joseph</t>
+  </si>
+  <si>
+    <t>0326643989</t>
+  </si>
+  <si>
+    <t>510012560</t>
+  </si>
+  <si>
+    <t>ETS HOSPITALIER DE SOINS DE SUITE ET DE READAPATION</t>
+  </si>
+  <si>
+    <t>09/07/2025 09:51:38</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1635_FicheEtablissement/fr/ehssr-ste-marthe</t>
+  </si>
+  <si>
+    <t>1635_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>53 Rue Maurice Cerveaux</t>
+  </si>
+  <si>
+    <t>0326533100</t>
+  </si>
+  <si>
+    <t>Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>510000292</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SEZANNE</t>
+  </si>
+  <si>
+    <t>04/07/2025 12:06:25</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1627_FicheEtablissement/fr/centre-hospitalier-de-sezanne</t>
+  </si>
+  <si>
+    <t>1627_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>16 Rue Des Recollets</t>
+  </si>
+  <si>
+    <t>0326817979</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>510000177</t>
+  </si>
+  <si>
+    <t>Établissements certifiés sous conditions</t>
+  </si>
+  <si>
+    <t>USLD DU CH DE FISMES</t>
+  </si>
+  <si>
+    <t>18/06/2025 14:49:52</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1638_FicheEtablissement/fr/usld-du-ch-de-fismes</t>
+  </si>
+  <si>
+    <t>1638_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326480132</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>510000508</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE FISMES</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1654_FicheEtablissement/fr/centre-hospitalier-de-fismes</t>
+  </si>
+  <si>
+    <t>1654_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>510024466</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION A DOMICILE DE LA CROIX ROUGE FRANCAISE</t>
+  </si>
+  <si>
+    <t>20/05/2025 19:41:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1640_FicheEtablissement/fr/had-de-reims-croix-rouge-francaise</t>
+  </si>
+  <si>
+    <t>1640_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>26 Rue Houzeau Muiron</t>
+  </si>
+  <si>
+    <t>0326400038</t>
+  </si>
+  <si>
+    <t>Médecine</t>
+  </si>
+  <si>
+    <t>510002298</t>
+  </si>
+  <si>
+    <t>CLINIQUE TERRE DE FRANCE CLINEA</t>
+  </si>
+  <si>
+    <t>27/03/2025 09:22:22</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1653_FicheEtablissement/fr/clinique-terre-de-france-clinea</t>
+  </si>
+  <si>
+    <t>1653_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>4 Rue Des Montepillois</t>
+  </si>
+  <si>
+    <t>0826282810</t>
+  </si>
+  <si>
+    <t>Privé</t>
+  </si>
+  <si>
+    <t>510024359</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER LEON BOURGEOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1626_FicheEtablissement/fr/centre-hospitalier-leon-bourgeois</t>
+  </si>
+  <si>
+    <t>1626_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>grand</t>
+  </si>
+  <si>
+    <t>51 Rue Du Commandant Derrien</t>
+  </si>
+  <si>
+    <t>51005 CHALONS EN CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>0326696060</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Obstétrique, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>RESIDENCE MEDICALE JEAN D'ORBAIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:15:41</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1629_FicheEtablissement/fr/residence-medicale-jean-d-orbais</t>
+  </si>
+  <si>
+    <t>1629_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>3 Rue Bertrand De Mun</t>
+  </si>
+  <si>
+    <t>51051 REIMS</t>
+  </si>
+  <si>
+    <t>0326025050</t>
+  </si>
+  <si>
+    <t>510000201</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:13</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1628_FicheEtablissement/fr/polyclinique-de-courlancy</t>
+  </si>
+  <si>
+    <t>1628_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>38 Rue De Courlancy</t>
+  </si>
+  <si>
+    <t>51057 REIMS</t>
+  </si>
+  <si>
+    <t>0326772677</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:56</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1632_FicheEtablissement/fr/clinique-d-epernay</t>
+  </si>
+  <si>
+    <t>1632_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>10 Rue Cote Legris</t>
+  </si>
+  <si>
+    <t>51206 EPERNAY</t>
+  </si>
+  <si>
+    <t>0326596161</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER VITRY LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:33</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1633_FicheEtablissement/fr/centre-hospitalier-vitry-le-francois</t>
+  </si>
+  <si>
+    <t>1633_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Charles Simon</t>
+  </si>
+  <si>
+    <t>51308 VITRY LE FRANCOIS</t>
+  </si>
+  <si>
+    <t>0326736060</t>
+  </si>
+  <si>
+    <t>510000250</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER DE SAINTE-MENEHOULD</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:51</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1637_FicheEtablissement/fr/centre-hospitalier-de-sainte-menehould</t>
+  </si>
+  <si>
+    <t>1637_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326601525</t>
+  </si>
+  <si>
+    <t>510000466</t>
+  </si>
+  <si>
+    <t>Établissements certifiés avec mention</t>
+  </si>
+  <si>
+    <t>HOPITAL LOCAL DE MONTMIRAIL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1636_FicheEtablissement/fr/hopital-local-de-montmirail</t>
+  </si>
+  <si>
+    <t>1636_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326812036</t>
+  </si>
+  <si>
+    <t>510000359</t>
+  </si>
+  <si>
+    <t>CLINIQUE DES SACRES</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:17:35</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1634_FicheEtablissement/fr/clinique-des-sacres</t>
+  </si>
+  <si>
+    <t>1634_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>2 Rue Des Montépillois</t>
+  </si>
+  <si>
+    <t>0326031011</t>
+  </si>
+  <si>
+    <t>510000284</t>
+  </si>
+  <si>
+    <t>INSTITUT GODINOT CENTRE REGIONAL DE LUTTE CONTRE CANCER</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1639_FicheEtablissement/fr/institut-godinot</t>
+  </si>
+  <si>
+    <t>1639_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Rue Du General Koenig</t>
+  </si>
+  <si>
+    <t>0326504444</t>
+  </si>
+  <si>
+    <t>CLCC</t>
+  </si>
+  <si>
+    <t>Cancérologie, Chirurgie, Imagerie Médicale, Médecine</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1641_FicheEtablissement/fr/hopital-robert-debre-chu-reims</t>
+  </si>
+  <si>
+    <t>1641_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326787878</t>
+  </si>
+  <si>
+    <t>CHU</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Diagnostic génétique, Imagerie Médicale, Médecine, Psychiatrie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>HOPITAL SEBASTOPOL CHU REIMS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1642_FicheEtablissement/fr/hopital-sebastopol-chu-reims</t>
+  </si>
+  <si>
+    <t>1642_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>48 Rue De Sebastopol</t>
+  </si>
+  <si>
+    <t>0326784461</t>
+  </si>
+  <si>
+    <t>510002454</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1645_FicheEtablissement/fr/hopital-maison-blanche-chu-reims</t>
+  </si>
+  <si>
+    <t>1645_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>45 Rue Cognacq Jay</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH SAINTE MENEHOULD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1644_FicheEtablissement/fr/usld-centre-hospitalier-ste-menehould</t>
+  </si>
+  <si>
+    <t>1644_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326609422</t>
+  </si>
+  <si>
+    <t>510003577</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1643_FicheEtablissement/fr/american-memorial-hospital-chu-reims</t>
+  </si>
+  <si>
+    <t>1643_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>47 Rue Cognacq Jay</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Imagerie Médicale, Médecine, Néphrologie, Réanimation, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>POLYCLINIQUE DES BLEUETS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1649_FicheEtablissement/fr/polyclinique-des-bleuets</t>
+  </si>
+  <si>
+    <t>1649_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>24 Rue Du Colonel Fabien</t>
+  </si>
+  <si>
+    <t>0326025252</t>
+  </si>
+  <si>
+    <t>510012040</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1648_FicheEtablissement/fr/residence-roux-usld-chu-de-reims</t>
+  </si>
+  <si>
+    <t>1648_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326788023</t>
+  </si>
+  <si>
+    <t>510011679</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH LEON BOURGEOIS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1647_FicheEtablissement/fr/usld-centre-hospitalier-leon-bourgeois</t>
+  </si>
+  <si>
+    <t>1647_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>510010374</t>
+  </si>
+  <si>
+    <t>HAD CHALONS-EN-CHAMPAGNE</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:18:23</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1651_FicheEtablissement/fr/had-chalons-en-champagne</t>
+  </si>
+  <si>
+    <t>1651_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326635640</t>
+  </si>
+  <si>
+    <t>510020548</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1655_FicheEtablissement/fr/polyclinique-reims-bezannes</t>
+  </si>
+  <si>
+    <t>1655_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>109 Rue Louis Victor De Broglie</t>
+  </si>
+  <si>
+    <t>0352151617</t>
+  </si>
+  <si>
+    <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
+  </si>
+  <si>
+    <t>FOYER DE POST-CURE PSYCHIATRIQUE POUR ADULTES "L'AMITIÉ"</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:07</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7597_FicheEtablissement/fr/centre-de-post-cure-l-amitie</t>
+  </si>
+  <si>
+    <t>7597_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>33 Rue Saint Symphorien</t>
+  </si>
+  <si>
+    <t>51073 REIMS</t>
+  </si>
+  <si>
+    <t>0326476486</t>
+  </si>
+  <si>
+    <t>510000813</t>
+  </si>
+  <si>
+    <t>UNITE D AUTODIALYSE DE L'A.R.P.D.D.</t>
+  </si>
+  <si>
+    <t>25/04/2024 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3830_FicheEtablissement/fr/unite-d-autodialyse-d-epernay</t>
+  </si>
+  <si>
+    <t>3830_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>137 Rue De L'Hopital Auban Moet</t>
+  </si>
+  <si>
+    <t>0326531150</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>510011463</t>
+  </si>
+  <si>
+    <t>UNITE D'AUTODIALYSE DE L'ARPDD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3829_FicheEtablissement/fr/unite-d-autodialyse-de-reims-houzeau</t>
+  </si>
+  <si>
+    <t>3829_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>39 Rue Du Champ De Mars</t>
+  </si>
+  <si>
+    <t>0326478360</t>
+  </si>
+  <si>
+    <t>510010754</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3828_FicheEtablissement/fr/unite-d-autodialyse-de-chalons</t>
+  </si>
+  <si>
+    <t>3828_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>57 Rue Du Cdt Derrien</t>
+  </si>
+  <si>
+    <t>0326649191</t>
+  </si>
+  <si>
+    <t>510010184</t>
+  </si>
+  <si>
+    <t>UNITE DE DIALYSE MEDICALISEE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3827_FicheEtablissement/fr/unite-de-dialyse-medicalisee</t>
+  </si>
+  <si>
+    <t>3827_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>12 Rue Fernand Brunet</t>
+  </si>
+  <si>
+    <t>510009491</t>
+  </si>
+  <si>
+    <t>GROUP. COOPÉRATION SANITAIRE HAD EPERNAY-CH EPERNAY- ET EXPL</t>
+  </si>
+  <si>
+    <t>27/02/2024 14:56:12</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5587_FicheEtablissement/fr/gcs-had-d-epernay-ch-epernay-et-expl</t>
+  </si>
+  <si>
+    <t>5587_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>137 Rue De L'Hôpital Auban - Moët</t>
+  </si>
+  <si>
+    <t>0326574807</t>
+  </si>
+  <si>
+    <t>510026289</t>
+  </si>
+  <si>
+    <t>ETABLISSEMENT PUBLIC DE SANTE MENTALE DE LA MARNE</t>
+  </si>
+  <si>
+    <t>03/07/2023 15:08:43</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1630_FicheEtablissement/fr/etabt-public-de-sante-mentale-marne</t>
+  </si>
+  <si>
+    <t>1630_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>1 Chemin De Bouy</t>
+  </si>
+  <si>
+    <t>0326703737</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie, Soins médicaux et de réadaptation</t>
+  </si>
+  <si>
+    <t>510000219</t>
+  </si>
+  <si>
+    <t>HOSPITALISATION REMOISE - SITE 2 - U SOINS COMPLEXES ADDICTO</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1656_FicheEtablissement/fr/hospitalisation-remoise-site-2-uscar</t>
+  </si>
+  <si>
+    <t>1656_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>510025091</t>
+  </si>
+  <si>
+    <t>CENTRE HOSPITALIER D'EPERNAY</t>
+  </si>
+  <si>
+    <t>20/03/2023 16:25:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1631_FicheEtablissement/fr/centre-hospitalier-d-epernay</t>
+  </si>
+  <si>
+    <t>1631_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0326587070</t>
+  </si>
+  <si>
+    <t>Chirurgie, Médecine, Obstétrique</t>
+  </si>
+  <si>
+    <t>510000235</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE CH EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1646_FicheEtablissement/fr/usld-centre-hospitalier-epernay</t>
+  </si>
+  <si>
+    <t>1646_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>510010176</t>
+  </si>
+  <si>
+    <t>HAD EPERNAY</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1650_FicheEtablissement/fr/had-epernay</t>
+  </si>
+  <si>
+    <t>1650_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>137 Avenue Auban Moet</t>
+  </si>
+  <si>
+    <t>510017098</t>
+  </si>
+  <si>
+    <t>CLINIQUE FSEF VITRY-LE-FRANCOIS</t>
+  </si>
+  <si>
+    <t>24/02/2023 11:46:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5586_FicheEtablissement/fr/clinique-fsef-vitry-le-francois</t>
+  </si>
+  <si>
+    <t>5586_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>54 Avenue Marcel Bailly</t>
+  </si>
+  <si>
+    <t>0351251010</t>
+  </si>
+  <si>
+    <t>510025471</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R93"/>
+  <dimension ref="A1:R90"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -3866,157 +7103,157 @@
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>228</v>
       </c>
       <c r="H33" t="s">
         <v>229</v>
       </c>
       <c r="I33" t="n">
         <v>0.0</v>
       </c>
       <c r="J33" t="s">
         <v>24</v>
       </c>
       <c r="K33" t="s">
         <v>230</v>
       </c>
       <c r="L33" t="s">
         <v>231</v>
       </c>
       <c r="M33" t="s">
         <v>20</v>
       </c>
       <c r="N33" t="s">
-        <v>171</v>
+        <v>232</v>
       </c>
       <c r="O33" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="P33" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="Q33" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R33" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>18</v>
       </c>
       <c r="B34" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H34" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="I34" t="n">
         <v>0.0</v>
       </c>
       <c r="J34" t="s">
         <v>24</v>
       </c>
       <c r="K34" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="L34" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="M34" t="s">
         <v>20</v>
       </c>
       <c r="N34" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="O34" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="P34" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="Q34" t="s">
-        <v>41</v>
+        <v>174</v>
       </c>
       <c r="R34" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>18</v>
       </c>
       <c r="B35" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="H35" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="I35" t="n">
         <v>0.0</v>
       </c>
       <c r="J35" t="s">
         <v>24</v>
       </c>
       <c r="K35" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="L35" t="s">
-        <v>244</v>
+        <v>146</v>
       </c>
       <c r="M35" t="s">
         <v>20</v>
       </c>
       <c r="N35" t="s">
         <v>245</v>
       </c>
       <c r="O35" t="s">
         <v>172</v>
       </c>
       <c r="P35" t="s">
         <v>173</v>
       </c>
       <c r="Q35" t="s">
         <v>174</v>
       </c>
       <c r="R35" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>18</v>
       </c>
       <c r="B36" t="s">
@@ -4028,2801 +7265,2801 @@
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>247</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>248</v>
       </c>
       <c r="H36" t="s">
         <v>249</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>250</v>
       </c>
       <c r="L36" t="s">
-        <v>146</v>
+        <v>251</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="O36" t="s">
-        <v>172</v>
+        <v>51</v>
       </c>
       <c r="P36" t="s">
-        <v>173</v>
+        <v>52</v>
       </c>
       <c r="Q36" t="s">
-        <v>174</v>
+        <v>53</v>
       </c>
       <c r="R36" t="s">
-        <v>175</v>
+        <v>54</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="H37" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L37" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M37" t="s">
         <v>20</v>
       </c>
       <c r="N37" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="O37" t="s">
-        <v>51</v>
+        <v>39</v>
       </c>
       <c r="P37" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="Q37" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R37" t="s">
-        <v>54</v>
+        <v>42</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="H38" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="L38" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="M38" t="s">
         <v>20</v>
       </c>
       <c r="N38" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="O38" t="s">
         <v>39</v>
       </c>
       <c r="P38" t="s">
         <v>40</v>
       </c>
       <c r="Q38" t="s">
         <v>41</v>
       </c>
       <c r="R38" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="H39" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L39" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M39" t="s">
         <v>20</v>
       </c>
       <c r="N39" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="O39" t="s">
-        <v>39</v>
+        <v>274</v>
       </c>
       <c r="P39" t="s">
-        <v>40</v>
+        <v>275</v>
       </c>
       <c r="Q39" t="s">
-        <v>41</v>
+        <v>276</v>
       </c>
       <c r="R39" t="s">
-        <v>42</v>
+        <v>277</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H40" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="L40" t="s">
-        <v>278</v>
+        <v>104</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="O40" t="s">
-        <v>280</v>
+        <v>72</v>
       </c>
       <c r="P40" t="s">
-        <v>281</v>
+        <v>73</v>
       </c>
       <c r="Q40" t="s">
-        <v>282</v>
+        <v>53</v>
       </c>
       <c r="R40" t="s">
-        <v>283</v>
+        <v>74</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
         <v>284</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>285</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>286</v>
       </c>
       <c r="H41" t="s">
         <v>287</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
         <v>288</v>
       </c>
       <c r="L41" t="s">
-        <v>104</v>
+        <v>289</v>
       </c>
       <c r="M41" t="s">
         <v>20</v>
       </c>
       <c r="N41" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="O41" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P41" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q41" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R41" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="H42" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="L42" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="M42" t="s">
         <v>20</v>
       </c>
       <c r="N42" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="O42" t="s">
-        <v>39</v>
+        <v>298</v>
       </c>
       <c r="P42" t="s">
-        <v>40</v>
+        <v>299</v>
       </c>
       <c r="Q42" t="s">
-        <v>41</v>
+        <v>300</v>
       </c>
       <c r="R42" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="H43" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="L43" t="s">
-        <v>302</v>
+        <v>258</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="O43" t="s">
-        <v>304</v>
+        <v>39</v>
       </c>
       <c r="P43" t="s">
-        <v>305</v>
+        <v>40</v>
       </c>
       <c r="Q43" t="s">
-        <v>306</v>
+        <v>41</v>
       </c>
       <c r="R43" t="s">
-        <v>307</v>
+        <v>42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
         <v>308</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
         <v>309</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
         <v>310</v>
       </c>
       <c r="H44" t="s">
         <v>311</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
         <v>312</v>
       </c>
       <c r="L44" t="s">
-        <v>264</v>
+        <v>313</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>313</v>
+        <v>290</v>
       </c>
       <c r="O44" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P44" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="Q44" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R44" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
         <v>314</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
         <v>315</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
         <v>316</v>
       </c>
       <c r="H45" t="s">
         <v>317</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
         <v>318</v>
       </c>
       <c r="L45" t="s">
         <v>319</v>
       </c>
       <c r="M45" t="s">
         <v>20</v>
       </c>
       <c r="N45" t="s">
-        <v>296</v>
+        <v>320</v>
       </c>
       <c r="O45" t="s">
-        <v>72</v>
+        <v>321</v>
       </c>
       <c r="P45" t="s">
-        <v>73</v>
+        <v>322</v>
       </c>
       <c r="Q45" t="s">
-        <v>53</v>
+        <v>323</v>
       </c>
       <c r="R45" t="s">
-        <v>74</v>
+        <v>324</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="H46" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="L46" t="s">
-        <v>71</v>
+        <v>330</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>325</v>
+        <v>290</v>
       </c>
       <c r="O46" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="P46" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="Q46" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R46" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>327</v>
+        <v>332</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>328</v>
+        <v>333</v>
       </c>
       <c r="H47" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="L47" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="M47" t="s">
         <v>20</v>
       </c>
       <c r="N47" t="s">
-        <v>332</v>
+        <v>337</v>
       </c>
       <c r="O47" t="s">
-        <v>333</v>
+        <v>172</v>
       </c>
       <c r="P47" t="s">
-        <v>334</v>
+        <v>173</v>
       </c>
       <c r="Q47" t="s">
-        <v>335</v>
+        <v>174</v>
       </c>
       <c r="R47" t="s">
-        <v>336</v>
+        <v>175</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="H48" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L48" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>296</v>
+        <v>337</v>
       </c>
       <c r="O48" t="s">
-        <v>39</v>
+        <v>172</v>
       </c>
       <c r="P48" t="s">
-        <v>40</v>
+        <v>173</v>
       </c>
       <c r="Q48" t="s">
-        <v>41</v>
+        <v>174</v>
       </c>
       <c r="R48" t="s">
-        <v>42</v>
+        <v>175</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="F49" t="s">
         <v>20</v>
       </c>
       <c r="G49" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="H49" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="L49" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O49" t="s">
-        <v>172</v>
+        <v>72</v>
       </c>
       <c r="P49" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="Q49" t="s">
-        <v>174</v>
+        <v>53</v>
       </c>
       <c r="R49" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
         <v>350</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
+        <v>345</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
         <v>351</v>
       </c>
-      <c r="F50" t="s">
-[...2 lines deleted...]
-      <c r="G50" t="s">
+      <c r="H50" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
+        <v>353</v>
+      </c>
+      <c r="L50" t="s">
         <v>354</v>
       </c>
-      <c r="L50" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>356</v>
+        <v>337</v>
       </c>
       <c r="O50" t="s">
-        <v>123</v>
+        <v>172</v>
       </c>
       <c r="P50" t="s">
-        <v>52</v>
+        <v>173</v>
       </c>
       <c r="Q50" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="R50" t="s">
-        <v>124</v>
+        <v>175</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>355</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>345</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>356</v>
+      </c>
+      <c r="H51" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>360</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
+        <v>358</v>
+      </c>
+      <c r="L51" t="s">
+        <v>359</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>337</v>
+      </c>
+      <c r="O51" t="s">
+        <v>360</v>
+      </c>
+      <c r="P51" t="s">
         <v>361</v>
       </c>
-      <c r="L51" t="s">
+      <c r="Q51" t="s">
         <v>362</v>
       </c>
-      <c r="M51" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="R51" t="s">
-        <v>175</v>
+        <v>363</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="H52" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="L52" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M52" t="s">
         <v>20</v>
       </c>
       <c r="N52" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O52" t="s">
-        <v>72</v>
+        <v>370</v>
       </c>
       <c r="P52" t="s">
-        <v>73</v>
+        <v>371</v>
       </c>
       <c r="Q52" t="s">
-        <v>53</v>
+        <v>372</v>
       </c>
       <c r="R52" t="s">
-        <v>74</v>
+        <v>373</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="H53" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="L53" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O53" t="s">
-        <v>172</v>
+        <v>72</v>
       </c>
       <c r="P53" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="Q53" t="s">
-        <v>174</v>
+        <v>53</v>
       </c>
       <c r="R53" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="F54" t="s">
         <v>20</v>
       </c>
       <c r="G54" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="H54" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="L54" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O54" t="s">
-        <v>379</v>
+        <v>172</v>
       </c>
       <c r="P54" t="s">
-        <v>380</v>
+        <v>173</v>
       </c>
       <c r="Q54" t="s">
-        <v>381</v>
+        <v>174</v>
       </c>
       <c r="R54" t="s">
-        <v>382</v>
+        <v>175</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
         <v>385</v>
       </c>
       <c r="H55" t="s">
         <v>386</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
         <v>387</v>
       </c>
       <c r="L55" t="s">
         <v>388</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O55" t="s">
-        <v>389</v>
+        <v>172</v>
       </c>
       <c r="P55" t="s">
-        <v>390</v>
+        <v>173</v>
       </c>
       <c r="Q55" t="s">
-        <v>391</v>
+        <v>174</v>
       </c>
       <c r="R55" t="s">
-        <v>392</v>
+        <v>175</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>394</v>
+        <v>390</v>
       </c>
       <c r="H56" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="L56" t="s">
-        <v>397</v>
+        <v>393</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O56" t="s">
-        <v>72</v>
+        <v>172</v>
       </c>
       <c r="P56" t="s">
-        <v>73</v>
+        <v>173</v>
       </c>
       <c r="Q56" t="s">
-        <v>53</v>
+        <v>174</v>
       </c>
       <c r="R56" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
-        <v>398</v>
+        <v>394</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="H57" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="L57" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O57" t="s">
-        <v>172</v>
+        <v>370</v>
       </c>
       <c r="P57" t="s">
-        <v>173</v>
+        <v>371</v>
       </c>
       <c r="Q57" t="s">
-        <v>174</v>
+        <v>372</v>
       </c>
       <c r="R57" t="s">
-        <v>175</v>
+        <v>373</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
-        <v>403</v>
+        <v>400</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="H58" t="s">
-        <v>405</v>
+        <v>402</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="L58" t="s">
-        <v>407</v>
+        <v>195</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O58" t="s">
         <v>172</v>
       </c>
       <c r="P58" t="s">
         <v>173</v>
       </c>
       <c r="Q58" t="s">
         <v>174</v>
       </c>
       <c r="R58" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>409</v>
+        <v>405</v>
       </c>
       <c r="H59" t="s">
-        <v>410</v>
+        <v>406</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
       <c r="L59" t="s">
-        <v>412</v>
+        <v>408</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="O59" t="s">
         <v>172</v>
       </c>
       <c r="P59" t="s">
         <v>173</v>
       </c>
       <c r="Q59" t="s">
         <v>174</v>
       </c>
       <c r="R59" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C60" t="s">
         <v>20</v>
       </c>
       <c r="D60" t="s">
         <v>20</v>
       </c>
       <c r="E60" t="s">
-        <v>414</v>
+        <v>395</v>
       </c>
       <c r="F60" t="s">
         <v>20</v>
       </c>
       <c r="G60" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="H60" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>412</v>
+      </c>
+      <c r="L60" t="s">
+        <v>413</v>
+      </c>
+      <c r="M60" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" t="s">
+        <v>337</v>
+      </c>
+      <c r="O60" t="s">
+        <v>414</v>
+      </c>
+      <c r="P60" t="s">
+        <v>415</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>416</v>
+      </c>
+      <c r="R60" t="s">
         <v>417</v>
-      </c>
-[...19 lines deleted...]
-        <v>392</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>418</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>414</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
         <v>420</v>
       </c>
       <c r="H61" t="s">
         <v>421</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
         <v>422</v>
       </c>
       <c r="L61" t="s">
-        <v>195</v>
+        <v>423</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>349</v>
+        <v>290</v>
       </c>
       <c r="O61" t="s">
-        <v>172</v>
+        <v>72</v>
       </c>
       <c r="P61" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="Q61" t="s">
-        <v>174</v>
+        <v>53</v>
       </c>
       <c r="R61" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="C62" t="s">
         <v>20</v>
       </c>
       <c r="D62" t="s">
         <v>20</v>
       </c>
       <c r="E62" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F62" t="s">
         <v>20</v>
       </c>
       <c r="G62" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="H62" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="L62" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>349</v>
+        <v>290</v>
       </c>
       <c r="O62" t="s">
-        <v>172</v>
+        <v>72</v>
       </c>
       <c r="P62" t="s">
-        <v>173</v>
+        <v>73</v>
       </c>
       <c r="Q62" t="s">
-        <v>174</v>
+        <v>53</v>
       </c>
       <c r="R62" t="s">
-        <v>175</v>
+        <v>74</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="C63" t="s">
         <v>20</v>
       </c>
       <c r="D63" t="s">
         <v>20</v>
       </c>
       <c r="E63" t="s">
-        <v>414</v>
+        <v>419</v>
       </c>
       <c r="F63" t="s">
         <v>20</v>
       </c>
       <c r="G63" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="H63" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="L63" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>349</v>
+        <v>290</v>
       </c>
       <c r="O63" t="s">
-        <v>433</v>
+        <v>72</v>
       </c>
       <c r="P63" t="s">
-        <v>434</v>
+        <v>73</v>
       </c>
       <c r="Q63" t="s">
-        <v>435</v>
+        <v>53</v>
       </c>
       <c r="R63" t="s">
-        <v>436</v>
+        <v>74</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
+        <v>434</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>435</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>436</v>
+      </c>
+      <c r="H64" t="s">
         <v>437</v>
-      </c>
-[...16 lines deleted...]
-        <v>440</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>441</v>
+        <v>438</v>
       </c>
       <c r="L64" t="s">
-        <v>442</v>
+        <v>439</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O64" t="s">
         <v>72</v>
       </c>
       <c r="P64" t="s">
         <v>73</v>
       </c>
       <c r="Q64" t="s">
         <v>53</v>
       </c>
       <c r="R64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
-        <v>443</v>
+        <v>440</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F65" t="s">
         <v>20</v>
       </c>
       <c r="G65" t="s">
-        <v>444</v>
+        <v>441</v>
       </c>
       <c r="H65" t="s">
-        <v>445</v>
+        <v>442</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>446</v>
+        <v>443</v>
       </c>
       <c r="L65" t="s">
-        <v>447</v>
+        <v>170</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O65" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P65" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q65" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R65" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>449</v>
+        <v>445</v>
       </c>
       <c r="H66" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>451</v>
+        <v>447</v>
       </c>
       <c r="L66" t="s">
-        <v>452</v>
+        <v>104</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O66" t="s">
         <v>72</v>
       </c>
       <c r="P66" t="s">
         <v>73</v>
       </c>
       <c r="Q66" t="s">
         <v>53</v>
       </c>
       <c r="R66" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>454</v>
+        <v>435</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>455</v>
+        <v>449</v>
       </c>
       <c r="H67" t="s">
-        <v>456</v>
+        <v>450</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>457</v>
+        <v>451</v>
       </c>
       <c r="L67" t="s">
-        <v>458</v>
+        <v>452</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O67" t="s">
         <v>72</v>
       </c>
       <c r="P67" t="s">
         <v>73</v>
       </c>
       <c r="Q67" t="s">
         <v>53</v>
       </c>
       <c r="R67" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
-        <v>459</v>
+        <v>453</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
+        <v>435</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
         <v>454</v>
       </c>
-      <c r="F68" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H68" t="s">
-        <v>461</v>
+        <v>455</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>462</v>
+        <v>456</v>
       </c>
       <c r="L68" t="s">
-        <v>170</v>
+        <v>457</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O68" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P68" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="Q68" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R68" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>454</v>
+        <v>459</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="H69" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>466</v>
+        <v>462</v>
       </c>
       <c r="L69" t="s">
-        <v>104</v>
+        <v>463</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O69" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P69" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q69" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R69" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
+        <v>464</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>465</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>466</v>
+      </c>
+      <c r="H70" t="s">
         <v>467</v>
-      </c>
-[...16 lines deleted...]
-        <v>469</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>470</v>
+        <v>468</v>
       </c>
       <c r="L70" t="s">
-        <v>471</v>
+        <v>408</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="O70" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P70" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q70" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R70" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>469</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>470</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>471</v>
+      </c>
+      <c r="H71" t="s">
         <v>472</v>
-      </c>
-[...16 lines deleted...]
-        <v>474</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>475</v>
+        <v>473</v>
       </c>
       <c r="L71" t="s">
-        <v>476</v>
+        <v>474</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="O71" t="s">
-        <v>72</v>
+        <v>298</v>
       </c>
       <c r="P71" t="s">
-        <v>73</v>
+        <v>299</v>
       </c>
       <c r="Q71" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="R71" t="s">
-        <v>74</v>
+        <v>301</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
+        <v>475</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>476</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
         <v>477</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>478</v>
-      </c>
-[...7 lines deleted...]
-        <v>480</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="K72" t="s">
+        <v>479</v>
+      </c>
+      <c r="L72" t="s">
+        <v>480</v>
+      </c>
+      <c r="M72" t="s">
+        <v>20</v>
+      </c>
+      <c r="N72" t="s">
         <v>481</v>
       </c>
-      <c r="L72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O72" t="s">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="P72" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="Q72" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R72" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
+        <v>482</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
         <v>483</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
         <v>484</v>
       </c>
-      <c r="F73" t="s">
-[...2 lines deleted...]
-      <c r="G73" t="s">
+      <c r="H73" t="s">
         <v>485</v>
-      </c>
-[...1 lines deleted...]
-        <v>486</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="K73" t="s">
+        <v>486</v>
+      </c>
+      <c r="L73" t="s">
         <v>487</v>
       </c>
-      <c r="L73" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M73" t="s">
         <v>20</v>
       </c>
       <c r="N73" t="s">
-        <v>296</v>
+        <v>488</v>
       </c>
       <c r="O73" t="s">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="P73" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="Q73" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R73" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H74" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="L74" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="M74" t="s">
         <v>20</v>
       </c>
       <c r="N74" t="s">
-        <v>303</v>
+        <v>495</v>
       </c>
       <c r="O74" t="s">
-        <v>304</v>
+        <v>72</v>
       </c>
       <c r="P74" t="s">
-        <v>305</v>
+        <v>73</v>
       </c>
       <c r="Q74" t="s">
-        <v>306</v>
+        <v>53</v>
       </c>
       <c r="R74" t="s">
-        <v>307</v>
+        <v>74</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
-        <v>494</v>
+        <v>496</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="F75" t="s">
         <v>20</v>
       </c>
       <c r="G75" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="H75" t="s">
-        <v>497</v>
+        <v>499</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="K75" t="s">
-        <v>498</v>
+        <v>500</v>
       </c>
       <c r="L75" t="s">
-        <v>499</v>
+        <v>501</v>
       </c>
       <c r="M75" t="s">
         <v>20</v>
       </c>
       <c r="N75" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="O75" t="s">
-        <v>123</v>
+        <v>503</v>
       </c>
       <c r="P75" t="s">
-        <v>52</v>
+        <v>504</v>
       </c>
       <c r="Q75" t="s">
-        <v>53</v>
+        <v>505</v>
       </c>
       <c r="R75" t="s">
-        <v>124</v>
+        <v>506</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
-        <v>501</v>
+        <v>507</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>502</v>
+        <v>508</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>503</v>
+        <v>509</v>
       </c>
       <c r="H76" t="s">
-        <v>504</v>
+        <v>510</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>505</v>
+        <v>511</v>
       </c>
       <c r="L76" t="s">
-        <v>506</v>
+        <v>512</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>507</v>
+        <v>513</v>
       </c>
       <c r="O76" t="s">
-        <v>123</v>
+        <v>39</v>
       </c>
       <c r="P76" t="s">
-        <v>52</v>
+        <v>40</v>
       </c>
       <c r="Q76" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R76" t="s">
-        <v>124</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>510</v>
+        <v>516</v>
       </c>
       <c r="H77" t="s">
-        <v>511</v>
+        <v>517</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>512</v>
+        <v>518</v>
       </c>
       <c r="L77" t="s">
-        <v>513</v>
+        <v>519</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>514</v>
+        <v>520</v>
       </c>
       <c r="O77" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P77" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q77" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R77" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
-        <v>515</v>
+        <v>521</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>516</v>
+        <v>522</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>517</v>
+        <v>523</v>
       </c>
       <c r="H78" t="s">
-        <v>518</v>
+        <v>524</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>519</v>
+        <v>525</v>
       </c>
       <c r="L78" t="s">
-        <v>520</v>
+        <v>526</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>521</v>
+        <v>527</v>
       </c>
       <c r="O78" t="s">
-        <v>522</v>
+        <v>503</v>
       </c>
       <c r="P78" t="s">
-        <v>523</v>
+        <v>504</v>
       </c>
       <c r="Q78" t="s">
-        <v>524</v>
+        <v>505</v>
       </c>
       <c r="R78" t="s">
-        <v>525</v>
+        <v>506</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
-        <v>527</v>
+        <v>529</v>
       </c>
       <c r="F79" t="s">
         <v>20</v>
       </c>
       <c r="G79" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="H79" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>530</v>
+        <v>532</v>
       </c>
       <c r="L79" t="s">
-        <v>531</v>
+        <v>533</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>532</v>
+        <v>534</v>
       </c>
       <c r="O79" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P79" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="Q79" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R79" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>533</v>
+        <v>535</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>534</v>
+        <v>536</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="H80" t="s">
-        <v>536</v>
+        <v>538</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="L80" t="s">
-        <v>538</v>
+        <v>501</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
-        <v>539</v>
+        <v>297</v>
       </c>
       <c r="O80" t="s">
-        <v>39</v>
+        <v>298</v>
       </c>
       <c r="P80" t="s">
-        <v>40</v>
+        <v>299</v>
       </c>
       <c r="Q80" t="s">
-        <v>41</v>
+        <v>300</v>
       </c>
       <c r="R80" t="s">
-        <v>42</v>
+        <v>301</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
         <v>540</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
         <v>541</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
         <v>542</v>
       </c>
       <c r="H81" t="s">
         <v>543</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
         <v>544</v>
       </c>
       <c r="L81" t="s">
         <v>545</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>546</v>
+        <v>290</v>
       </c>
       <c r="O81" t="s">
-        <v>522</v>
+        <v>39</v>
       </c>
       <c r="P81" t="s">
-        <v>523</v>
+        <v>40</v>
       </c>
       <c r="Q81" t="s">
-        <v>524</v>
+        <v>41</v>
       </c>
       <c r="R81" t="s">
-        <v>525</v>
+        <v>42</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
+        <v>546</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
         <v>547</v>
       </c>
-      <c r="C82" t="s">
-[...5 lines deleted...]
-      <c r="E82" t="s">
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
         <v>548</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" t="s">
+      <c r="H82" t="s">
         <v>549</v>
-      </c>
-[...1 lines deleted...]
-        <v>550</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
+        <v>550</v>
+      </c>
+      <c r="L82" t="s">
         <v>551</v>
       </c>
-      <c r="L82" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>553</v>
+        <v>513</v>
       </c>
       <c r="O82" t="s">
         <v>72</v>
       </c>
       <c r="P82" t="s">
         <v>73</v>
       </c>
       <c r="Q82" t="s">
         <v>53</v>
       </c>
       <c r="R82" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
+        <v>552</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>553</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
         <v>554</v>
       </c>
-      <c r="C83" t="s">
-[...5 lines deleted...]
-      <c r="E83" t="s">
+      <c r="H83" t="s">
         <v>555</v>
-      </c>
-[...7 lines deleted...]
-        <v>557</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
+        <v>556</v>
+      </c>
+      <c r="L83" t="s">
+        <v>557</v>
+      </c>
+      <c r="M83" t="s">
+        <v>20</v>
+      </c>
+      <c r="N83" t="s">
         <v>558</v>
       </c>
-      <c r="L83" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O83" t="s">
-        <v>304</v>
+        <v>72</v>
       </c>
       <c r="P83" t="s">
-        <v>305</v>
+        <v>73</v>
       </c>
       <c r="Q83" t="s">
-        <v>306</v>
+        <v>53</v>
       </c>
       <c r="R83" t="s">
-        <v>307</v>
+        <v>74</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
         <v>559</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
         <v>560</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
         <v>561</v>
       </c>
       <c r="H84" t="s">
         <v>562</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
         <v>563</v>
       </c>
       <c r="L84" t="s">
         <v>564</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>296</v>
+        <v>513</v>
       </c>
       <c r="O84" t="s">
-        <v>39</v>
+        <v>123</v>
       </c>
       <c r="P84" t="s">
-        <v>40</v>
+        <v>52</v>
       </c>
       <c r="Q84" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R84" t="s">
-        <v>42</v>
+        <v>124</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
         <v>565</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
         <v>566</v>
       </c>
       <c r="F85" t="s">
         <v>20</v>
       </c>
       <c r="G85" t="s">
         <v>567</v>
       </c>
       <c r="H85" t="s">
         <v>568</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
         <v>569</v>
       </c>
       <c r="L85" t="s">
         <v>570</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>532</v>
+        <v>513</v>
       </c>
       <c r="O85" t="s">
         <v>72</v>
       </c>
       <c r="P85" t="s">
         <v>73</v>
       </c>
       <c r="Q85" t="s">
         <v>53</v>
       </c>
       <c r="R85" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
         <v>571</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
@@ -6834,710 +10071,9712 @@
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
         <v>573</v>
       </c>
       <c r="H86" t="s">
         <v>574</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
         <v>575</v>
       </c>
       <c r="L86" t="s">
         <v>576</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>577</v>
+        <v>290</v>
       </c>
       <c r="O86" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P86" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q86" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R86" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
+        <v>577</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
         <v>578</v>
       </c>
-      <c r="C87" t="s">
-[...5 lines deleted...]
-      <c r="E87" t="s">
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
         <v>579</v>
       </c>
-      <c r="F87" t="s">
-[...2 lines deleted...]
-      <c r="G87" t="s">
+      <c r="H87" t="s">
         <v>580</v>
-      </c>
-[...1 lines deleted...]
-        <v>581</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
+        <v>581</v>
+      </c>
+      <c r="L87" t="s">
         <v>582</v>
       </c>
-      <c r="L87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>532</v>
+        <v>297</v>
       </c>
       <c r="O87" t="s">
-        <v>123</v>
+        <v>298</v>
       </c>
       <c r="P87" t="s">
-        <v>52</v>
+        <v>299</v>
       </c>
       <c r="Q87" t="s">
-        <v>53</v>
+        <v>300</v>
       </c>
       <c r="R87" t="s">
-        <v>124</v>
+        <v>301</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
+        <v>583</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
         <v>584</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
         <v>585</v>
       </c>
-      <c r="F88" t="s">
-[...2 lines deleted...]
-      <c r="G88" t="s">
+      <c r="H88" t="s">
         <v>586</v>
-      </c>
-[...1 lines deleted...]
-        <v>587</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
+        <v>587</v>
+      </c>
+      <c r="L88" t="s">
         <v>588</v>
       </c>
-      <c r="L88" t="s">
+      <c r="M88" t="s">
+        <v>20</v>
+      </c>
+      <c r="N88" t="s">
         <v>589</v>
       </c>
-      <c r="M88" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="O88" t="s">
-        <v>72</v>
+        <v>39</v>
       </c>
       <c r="P88" t="s">
-        <v>73</v>
+        <v>40</v>
       </c>
       <c r="Q88" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="R88" t="s">
-        <v>74</v>
+        <v>42</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
         <v>590</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
         <v>591</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
         <v>592</v>
       </c>
       <c r="H89" t="s">
         <v>593</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
         <v>594</v>
       </c>
       <c r="L89" t="s">
         <v>595</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>296</v>
+        <v>596</v>
       </c>
       <c r="O89" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P89" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="Q89" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R89" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>18</v>
       </c>
       <c r="B90" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H90" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="I90" t="n">
         <v>0.0</v>
       </c>
       <c r="J90" t="s">
         <v>24</v>
       </c>
       <c r="K90" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="L90" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="M90" t="s">
         <v>20</v>
       </c>
       <c r="N90" t="s">
-        <v>303</v>
+        <v>290</v>
       </c>
       <c r="O90" t="s">
-        <v>304</v>
+        <v>503</v>
       </c>
       <c r="P90" t="s">
-        <v>305</v>
+        <v>504</v>
       </c>
       <c r="Q90" t="s">
-        <v>306</v>
+        <v>505</v>
       </c>
       <c r="R90" t="s">
-        <v>307</v>
-[...167 lines deleted...]
-        <v>525</v>
+        <v>506</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:P132"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>603</v>
+      </c>
+      <c r="J1" t="s">
+        <v>604</v>
+      </c>
+      <c r="K1" t="s">
+        <v>605</v>
+      </c>
+      <c r="L1" t="s">
+        <v>606</v>
+      </c>
+      <c r="M1" t="s">
+        <v>607</v>
+      </c>
+      <c r="N1" t="s">
+        <v>608</v>
+      </c>
+      <c r="O1" t="s">
+        <v>609</v>
+      </c>
+      <c r="P1" t="s">
+        <v>610</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>611</v>
+      </c>
+      <c r="B2" t="s">
+        <v>612</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>613</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>614</v>
+      </c>
+      <c r="H2" t="s">
+        <v>615</v>
+      </c>
+      <c r="I2" t="s">
+        <v>616</v>
+      </c>
+      <c r="J2" t="s">
+        <v>617</v>
+      </c>
+      <c r="K2" t="s">
+        <v>300</v>
+      </c>
+      <c r="L2" t="s">
+        <v>618</v>
+      </c>
+      <c r="M2" t="s">
+        <v>619</v>
+      </c>
+      <c r="N2" t="s">
+        <v>620</v>
+      </c>
+      <c r="O2" t="s">
+        <v>621</v>
+      </c>
+      <c r="P2" t="s">
+        <v>622</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>611</v>
+      </c>
+      <c r="B3" t="s">
+        <v>623</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>624</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>625</v>
+      </c>
+      <c r="H3" t="s">
+        <v>626</v>
+      </c>
+      <c r="I3" t="s">
+        <v>627</v>
+      </c>
+      <c r="J3" t="s">
+        <v>628</v>
+      </c>
+      <c r="K3" t="s">
+        <v>629</v>
+      </c>
+      <c r="L3" t="s">
+        <v>618</v>
+      </c>
+      <c r="M3" t="s">
+        <v>630</v>
+      </c>
+      <c r="N3" t="s">
+        <v>631</v>
+      </c>
+      <c r="O3" t="s">
+        <v>632</v>
+      </c>
+      <c r="P3" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>611</v>
+      </c>
+      <c r="B4" t="s">
+        <v>634</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>635</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>636</v>
+      </c>
+      <c r="H4" t="s">
+        <v>637</v>
+      </c>
+      <c r="I4" t="s">
+        <v>638</v>
+      </c>
+      <c r="J4" t="s">
+        <v>639</v>
+      </c>
+      <c r="K4" t="s">
+        <v>53</v>
+      </c>
+      <c r="L4" t="s">
+        <v>618</v>
+      </c>
+      <c r="M4" t="s">
+        <v>640</v>
+      </c>
+      <c r="N4" t="s">
+        <v>641</v>
+      </c>
+      <c r="O4" t="s">
+        <v>642</v>
+      </c>
+      <c r="P4" t="s">
+        <v>643</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>611</v>
+      </c>
+      <c r="B5" t="s">
+        <v>644</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>635</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>645</v>
+      </c>
+      <c r="H5" t="s">
+        <v>646</v>
+      </c>
+      <c r="I5" t="s">
+        <v>647</v>
+      </c>
+      <c r="J5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K5" t="s">
+        <v>648</v>
+      </c>
+      <c r="L5" t="s">
+        <v>618</v>
+      </c>
+      <c r="M5" t="s">
+        <v>640</v>
+      </c>
+      <c r="N5" t="s">
+        <v>649</v>
+      </c>
+      <c r="O5" t="s">
+        <v>650</v>
+      </c>
+      <c r="P5" t="s">
+        <v>651</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>611</v>
+      </c>
+      <c r="B6" t="s">
+        <v>652</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>653</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>654</v>
+      </c>
+      <c r="H6" t="s">
+        <v>655</v>
+      </c>
+      <c r="I6" t="s">
+        <v>656</v>
+      </c>
+      <c r="J6" t="s">
+        <v>639</v>
+      </c>
+      <c r="K6" t="s">
+        <v>53</v>
+      </c>
+      <c r="L6" t="s">
+        <v>618</v>
+      </c>
+      <c r="M6" t="s">
+        <v>619</v>
+      </c>
+      <c r="N6" t="s">
+        <v>657</v>
+      </c>
+      <c r="O6" t="s">
+        <v>658</v>
+      </c>
+      <c r="P6" t="s">
+        <v>659</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>611</v>
+      </c>
+      <c r="B7" t="s">
+        <v>660</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>661</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>662</v>
+      </c>
+      <c r="H7" t="s">
+        <v>663</v>
+      </c>
+      <c r="I7" t="s">
+        <v>664</v>
+      </c>
+      <c r="J7" t="s">
+        <v>639</v>
+      </c>
+      <c r="K7" t="s">
+        <v>53</v>
+      </c>
+      <c r="L7" t="s">
+        <v>618</v>
+      </c>
+      <c r="M7" t="s">
+        <v>640</v>
+      </c>
+      <c r="N7" t="s">
+        <v>665</v>
+      </c>
+      <c r="O7" t="s">
+        <v>666</v>
+      </c>
+      <c r="P7" t="s">
+        <v>667</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>611</v>
+      </c>
+      <c r="B8" t="s">
+        <v>668</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>661</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>669</v>
+      </c>
+      <c r="H8" t="s">
+        <v>670</v>
+      </c>
+      <c r="I8" t="s">
+        <v>671</v>
+      </c>
+      <c r="J8" t="s">
+        <v>672</v>
+      </c>
+      <c r="K8" t="s">
+        <v>505</v>
+      </c>
+      <c r="L8" t="s">
+        <v>618</v>
+      </c>
+      <c r="M8" t="s">
+        <v>640</v>
+      </c>
+      <c r="N8" t="s">
+        <v>665</v>
+      </c>
+      <c r="O8" t="s">
+        <v>666</v>
+      </c>
+      <c r="P8" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>611</v>
+      </c>
+      <c r="B9" t="s">
+        <v>674</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>661</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>675</v>
+      </c>
+      <c r="H9" t="s">
+        <v>676</v>
+      </c>
+      <c r="I9" t="s">
+        <v>677</v>
+      </c>
+      <c r="J9" t="s">
+        <v>672</v>
+      </c>
+      <c r="K9" t="s">
+        <v>505</v>
+      </c>
+      <c r="L9" t="s">
+        <v>618</v>
+      </c>
+      <c r="M9" t="s">
+        <v>640</v>
+      </c>
+      <c r="N9" t="s">
+        <v>665</v>
+      </c>
+      <c r="O9" t="s">
+        <v>678</v>
+      </c>
+      <c r="P9" t="s">
+        <v>679</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>611</v>
+      </c>
+      <c r="B10" t="s">
+        <v>680</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>661</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>681</v>
+      </c>
+      <c r="H10" t="s">
+        <v>682</v>
+      </c>
+      <c r="I10" t="s">
+        <v>683</v>
+      </c>
+      <c r="J10" t="s">
+        <v>639</v>
+      </c>
+      <c r="K10" t="s">
+        <v>53</v>
+      </c>
+      <c r="L10" t="s">
+        <v>618</v>
+      </c>
+      <c r="M10" t="s">
+        <v>640</v>
+      </c>
+      <c r="N10" t="s">
+        <v>665</v>
+      </c>
+      <c r="O10" t="s">
+        <v>684</v>
+      </c>
+      <c r="P10" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>611</v>
+      </c>
+      <c r="B11" t="s">
+        <v>686</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>661</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>687</v>
+      </c>
+      <c r="H11" t="s">
+        <v>688</v>
+      </c>
+      <c r="I11" t="s">
+        <v>689</v>
+      </c>
+      <c r="J11" t="s">
+        <v>690</v>
+      </c>
+      <c r="K11" t="s">
+        <v>41</v>
+      </c>
+      <c r="L11" t="s">
+        <v>618</v>
+      </c>
+      <c r="M11" t="s">
+        <v>640</v>
+      </c>
+      <c r="N11" t="s">
+        <v>665</v>
+      </c>
+      <c r="O11" t="s">
+        <v>678</v>
+      </c>
+      <c r="P11" t="s">
+        <v>691</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>611</v>
+      </c>
+      <c r="B12" t="s">
+        <v>692</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>661</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>693</v>
+      </c>
+      <c r="H12" t="s">
+        <v>694</v>
+      </c>
+      <c r="I12" t="s">
+        <v>695</v>
+      </c>
+      <c r="J12" t="s">
+        <v>696</v>
+      </c>
+      <c r="K12" t="s">
+        <v>697</v>
+      </c>
+      <c r="L12" t="s">
+        <v>618</v>
+      </c>
+      <c r="M12" t="s">
+        <v>640</v>
+      </c>
+      <c r="N12" t="s">
+        <v>620</v>
+      </c>
+      <c r="O12" t="s">
+        <v>621</v>
+      </c>
+      <c r="P12" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>611</v>
+      </c>
+      <c r="B13" t="s">
+        <v>699</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>661</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>700</v>
+      </c>
+      <c r="H13" t="s">
+        <v>701</v>
+      </c>
+      <c r="I13" t="s">
+        <v>702</v>
+      </c>
+      <c r="J13" t="s">
+        <v>639</v>
+      </c>
+      <c r="K13" t="s">
+        <v>53</v>
+      </c>
+      <c r="L13" t="s">
+        <v>618</v>
+      </c>
+      <c r="M13" t="s">
+        <v>640</v>
+      </c>
+      <c r="N13" t="s">
+        <v>649</v>
+      </c>
+      <c r="O13" t="s">
+        <v>703</v>
+      </c>
+      <c r="P13" t="s">
+        <v>704</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>611</v>
+      </c>
+      <c r="B14" t="s">
+        <v>705</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>661</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>706</v>
+      </c>
+      <c r="H14" t="s">
+        <v>707</v>
+      </c>
+      <c r="I14" t="s">
+        <v>708</v>
+      </c>
+      <c r="J14" t="s">
+        <v>709</v>
+      </c>
+      <c r="K14" t="s">
+        <v>710</v>
+      </c>
+      <c r="L14" t="s">
+        <v>618</v>
+      </c>
+      <c r="M14" t="s">
+        <v>640</v>
+      </c>
+      <c r="N14" t="s">
+        <v>649</v>
+      </c>
+      <c r="O14" t="s">
+        <v>703</v>
+      </c>
+      <c r="P14" t="s">
+        <v>711</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>611</v>
+      </c>
+      <c r="B15" t="s">
+        <v>712</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>661</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>713</v>
+      </c>
+      <c r="H15" t="s">
+        <v>714</v>
+      </c>
+      <c r="I15" t="s">
+        <v>715</v>
+      </c>
+      <c r="J15" t="s">
+        <v>617</v>
+      </c>
+      <c r="K15" t="s">
+        <v>300</v>
+      </c>
+      <c r="L15" t="s">
+        <v>618</v>
+      </c>
+      <c r="M15" t="s">
+        <v>630</v>
+      </c>
+      <c r="N15" t="s">
+        <v>716</v>
+      </c>
+      <c r="O15" t="s">
+        <v>717</v>
+      </c>
+      <c r="P15" t="s">
+        <v>718</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>611</v>
+      </c>
+      <c r="B16" t="s">
+        <v>719</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>720</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>721</v>
+      </c>
+      <c r="H16" t="s">
+        <v>722</v>
+      </c>
+      <c r="I16" t="s">
+        <v>723</v>
+      </c>
+      <c r="J16" t="s">
+        <v>690</v>
+      </c>
+      <c r="K16" t="s">
+        <v>41</v>
+      </c>
+      <c r="L16" t="s">
+        <v>618</v>
+      </c>
+      <c r="M16" t="s">
+        <v>640</v>
+      </c>
+      <c r="N16" t="s">
+        <v>716</v>
+      </c>
+      <c r="O16" t="s">
+        <v>724</v>
+      </c>
+      <c r="P16" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>611</v>
+      </c>
+      <c r="B17" t="s">
+        <v>726</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>727</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>728</v>
+      </c>
+      <c r="H17" t="s">
+        <v>729</v>
+      </c>
+      <c r="I17" t="s">
+        <v>730</v>
+      </c>
+      <c r="J17" t="s">
+        <v>731</v>
+      </c>
+      <c r="K17" t="s">
+        <v>732</v>
+      </c>
+      <c r="L17" t="s">
+        <v>618</v>
+      </c>
+      <c r="M17" t="s">
+        <v>619</v>
+      </c>
+      <c r="N17" t="s">
+        <v>716</v>
+      </c>
+      <c r="O17" t="s">
+        <v>717</v>
+      </c>
+      <c r="P17" t="s">
+        <v>733</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>611</v>
+      </c>
+      <c r="B18" t="s">
+        <v>734</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>727</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>735</v>
+      </c>
+      <c r="H18" t="s">
+        <v>736</v>
+      </c>
+      <c r="I18" t="s">
+        <v>647</v>
+      </c>
+      <c r="J18" t="s">
+        <v>20</v>
+      </c>
+      <c r="K18" t="s">
+        <v>648</v>
+      </c>
+      <c r="L18" t="s">
+        <v>618</v>
+      </c>
+      <c r="M18" t="s">
+        <v>619</v>
+      </c>
+      <c r="N18" t="s">
+        <v>716</v>
+      </c>
+      <c r="O18" t="s">
+        <v>717</v>
+      </c>
+      <c r="P18" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>611</v>
+      </c>
+      <c r="B19" t="s">
+        <v>738</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>739</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>740</v>
+      </c>
+      <c r="H19" t="s">
+        <v>741</v>
+      </c>
+      <c r="I19" t="s">
+        <v>689</v>
+      </c>
+      <c r="J19" t="s">
+        <v>690</v>
+      </c>
+      <c r="K19" t="s">
+        <v>41</v>
+      </c>
+      <c r="L19" t="s">
+        <v>618</v>
+      </c>
+      <c r="M19" t="s">
+        <v>640</v>
+      </c>
+      <c r="N19" t="s">
+        <v>665</v>
+      </c>
+      <c r="O19" t="s">
+        <v>678</v>
+      </c>
+      <c r="P19" t="s">
+        <v>742</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>611</v>
+      </c>
+      <c r="B20" t="s">
+        <v>743</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>739</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>744</v>
+      </c>
+      <c r="H20" t="s">
+        <v>745</v>
+      </c>
+      <c r="I20" t="s">
+        <v>746</v>
+      </c>
+      <c r="J20" t="s">
+        <v>672</v>
+      </c>
+      <c r="K20" t="s">
+        <v>505</v>
+      </c>
+      <c r="L20" t="s">
+        <v>618</v>
+      </c>
+      <c r="M20" t="s">
+        <v>640</v>
+      </c>
+      <c r="N20" t="s">
+        <v>665</v>
+      </c>
+      <c r="O20" t="s">
+        <v>747</v>
+      </c>
+      <c r="P20" t="s">
+        <v>748</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>611</v>
+      </c>
+      <c r="B21" t="s">
+        <v>749</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>739</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>750</v>
+      </c>
+      <c r="H21" t="s">
+        <v>751</v>
+      </c>
+      <c r="I21" t="s">
+        <v>752</v>
+      </c>
+      <c r="J21" t="s">
+        <v>639</v>
+      </c>
+      <c r="K21" t="s">
+        <v>53</v>
+      </c>
+      <c r="L21" t="s">
+        <v>618</v>
+      </c>
+      <c r="M21" t="s">
+        <v>630</v>
+      </c>
+      <c r="N21" t="s">
+        <v>716</v>
+      </c>
+      <c r="O21" t="s">
+        <v>717</v>
+      </c>
+      <c r="P21" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>611</v>
+      </c>
+      <c r="B22" t="s">
+        <v>754</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>739</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>755</v>
+      </c>
+      <c r="H22" t="s">
+        <v>756</v>
+      </c>
+      <c r="I22" t="s">
+        <v>757</v>
+      </c>
+      <c r="J22" t="s">
+        <v>639</v>
+      </c>
+      <c r="K22" t="s">
+        <v>53</v>
+      </c>
+      <c r="L22" t="s">
+        <v>618</v>
+      </c>
+      <c r="M22" t="s">
+        <v>630</v>
+      </c>
+      <c r="N22" t="s">
+        <v>716</v>
+      </c>
+      <c r="O22" t="s">
+        <v>717</v>
+      </c>
+      <c r="P22" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>611</v>
+      </c>
+      <c r="B23" t="s">
+        <v>759</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>760</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>761</v>
+      </c>
+      <c r="H23" t="s">
+        <v>762</v>
+      </c>
+      <c r="I23" t="s">
+        <v>763</v>
+      </c>
+      <c r="J23" t="s">
+        <v>764</v>
+      </c>
+      <c r="K23" t="s">
+        <v>765</v>
+      </c>
+      <c r="L23" t="s">
+        <v>618</v>
+      </c>
+      <c r="M23" t="s">
+        <v>640</v>
+      </c>
+      <c r="N23" t="s">
+        <v>620</v>
+      </c>
+      <c r="O23" t="s">
+        <v>766</v>
+      </c>
+      <c r="P23" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>611</v>
+      </c>
+      <c r="B24" t="s">
+        <v>768</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>760</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>769</v>
+      </c>
+      <c r="H24" t="s">
+        <v>770</v>
+      </c>
+      <c r="I24" t="s">
+        <v>763</v>
+      </c>
+      <c r="J24" t="s">
+        <v>764</v>
+      </c>
+      <c r="K24" t="s">
+        <v>765</v>
+      </c>
+      <c r="L24" t="s">
+        <v>618</v>
+      </c>
+      <c r="M24" t="s">
+        <v>640</v>
+      </c>
+      <c r="N24" t="s">
+        <v>620</v>
+      </c>
+      <c r="O24" t="s">
+        <v>771</v>
+      </c>
+      <c r="P24" t="s">
+        <v>772</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>611</v>
+      </c>
+      <c r="B25" t="s">
+        <v>773</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>760</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>774</v>
+      </c>
+      <c r="H25" t="s">
+        <v>775</v>
+      </c>
+      <c r="I25" t="s">
+        <v>776</v>
+      </c>
+      <c r="J25" t="s">
+        <v>20</v>
+      </c>
+      <c r="K25" t="s">
+        <v>777</v>
+      </c>
+      <c r="L25" t="s">
+        <v>618</v>
+      </c>
+      <c r="M25" t="s">
+        <v>640</v>
+      </c>
+      <c r="N25" t="s">
+        <v>620</v>
+      </c>
+      <c r="O25" t="s">
+        <v>778</v>
+      </c>
+      <c r="P25" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>611</v>
+      </c>
+      <c r="B26" t="s">
+        <v>780</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>760</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>781</v>
+      </c>
+      <c r="H26" t="s">
+        <v>782</v>
+      </c>
+      <c r="I26" t="s">
+        <v>783</v>
+      </c>
+      <c r="J26" t="s">
+        <v>672</v>
+      </c>
+      <c r="K26" t="s">
+        <v>505</v>
+      </c>
+      <c r="L26" t="s">
+        <v>618</v>
+      </c>
+      <c r="M26" t="s">
+        <v>640</v>
+      </c>
+      <c r="N26" t="s">
+        <v>620</v>
+      </c>
+      <c r="O26" t="s">
+        <v>778</v>
+      </c>
+      <c r="P26" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>611</v>
+      </c>
+      <c r="B27" t="s">
+        <v>785</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>786</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>787</v>
+      </c>
+      <c r="H27" t="s">
+        <v>788</v>
+      </c>
+      <c r="I27" t="s">
+        <v>723</v>
+      </c>
+      <c r="J27" t="s">
+        <v>690</v>
+      </c>
+      <c r="K27" t="s">
+        <v>41</v>
+      </c>
+      <c r="L27" t="s">
+        <v>618</v>
+      </c>
+      <c r="M27" t="s">
+        <v>640</v>
+      </c>
+      <c r="N27" t="s">
+        <v>716</v>
+      </c>
+      <c r="O27" t="s">
+        <v>717</v>
+      </c>
+      <c r="P27" t="s">
+        <v>789</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>611</v>
+      </c>
+      <c r="B28" t="s">
+        <v>790</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>786</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>791</v>
+      </c>
+      <c r="H28" t="s">
+        <v>792</v>
+      </c>
+      <c r="I28" t="s">
+        <v>793</v>
+      </c>
+      <c r="J28" t="s">
+        <v>794</v>
+      </c>
+      <c r="K28" t="s">
+        <v>795</v>
+      </c>
+      <c r="L28" t="s">
+        <v>618</v>
+      </c>
+      <c r="M28" t="s">
+        <v>640</v>
+      </c>
+      <c r="N28" t="s">
+        <v>620</v>
+      </c>
+      <c r="O28" t="s">
+        <v>796</v>
+      </c>
+      <c r="P28" t="s">
+        <v>797</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>611</v>
+      </c>
+      <c r="B29" t="s">
+        <v>790</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>786</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>798</v>
+      </c>
+      <c r="H29" t="s">
+        <v>799</v>
+      </c>
+      <c r="I29" t="s">
+        <v>776</v>
+      </c>
+      <c r="J29" t="s">
+        <v>20</v>
+      </c>
+      <c r="K29" t="s">
+        <v>777</v>
+      </c>
+      <c r="L29" t="s">
+        <v>618</v>
+      </c>
+      <c r="M29" t="s">
+        <v>640</v>
+      </c>
+      <c r="N29" t="s">
+        <v>620</v>
+      </c>
+      <c r="O29" t="s">
+        <v>796</v>
+      </c>
+      <c r="P29" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>611</v>
+      </c>
+      <c r="B30" t="s">
+        <v>801</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>802</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>803</v>
+      </c>
+      <c r="H30" t="s">
+        <v>804</v>
+      </c>
+      <c r="I30" t="s">
+        <v>805</v>
+      </c>
+      <c r="J30" t="s">
+        <v>617</v>
+      </c>
+      <c r="K30" t="s">
+        <v>300</v>
+      </c>
+      <c r="L30" t="s">
+        <v>618</v>
+      </c>
+      <c r="M30" t="s">
+        <v>619</v>
+      </c>
+      <c r="N30" t="s">
+        <v>665</v>
+      </c>
+      <c r="O30" t="s">
+        <v>684</v>
+      </c>
+      <c r="P30" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>611</v>
+      </c>
+      <c r="B31" t="s">
+        <v>807</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>802</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>808</v>
+      </c>
+      <c r="H31" t="s">
+        <v>809</v>
+      </c>
+      <c r="I31" t="s">
+        <v>810</v>
+      </c>
+      <c r="J31" t="s">
+        <v>617</v>
+      </c>
+      <c r="K31" t="s">
+        <v>300</v>
+      </c>
+      <c r="L31" t="s">
+        <v>618</v>
+      </c>
+      <c r="M31" t="s">
+        <v>619</v>
+      </c>
+      <c r="N31" t="s">
+        <v>620</v>
+      </c>
+      <c r="O31" t="s">
+        <v>621</v>
+      </c>
+      <c r="P31" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>611</v>
+      </c>
+      <c r="B32" t="s">
+        <v>812</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>813</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>814</v>
+      </c>
+      <c r="H32" t="s">
+        <v>815</v>
+      </c>
+      <c r="I32" t="s">
+        <v>816</v>
+      </c>
+      <c r="J32" t="s">
+        <v>617</v>
+      </c>
+      <c r="K32" t="s">
+        <v>300</v>
+      </c>
+      <c r="L32" t="s">
+        <v>618</v>
+      </c>
+      <c r="M32" t="s">
+        <v>619</v>
+      </c>
+      <c r="N32" t="s">
+        <v>665</v>
+      </c>
+      <c r="O32" t="s">
+        <v>678</v>
+      </c>
+      <c r="P32" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>611</v>
+      </c>
+      <c r="B33" t="s">
+        <v>818</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>819</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>820</v>
+      </c>
+      <c r="H33" t="s">
+        <v>821</v>
+      </c>
+      <c r="I33" t="s">
+        <v>822</v>
+      </c>
+      <c r="J33" t="s">
+        <v>639</v>
+      </c>
+      <c r="K33" t="s">
+        <v>53</v>
+      </c>
+      <c r="L33" t="s">
+        <v>618</v>
+      </c>
+      <c r="M33" t="s">
+        <v>640</v>
+      </c>
+      <c r="N33" t="s">
+        <v>620</v>
+      </c>
+      <c r="O33" t="s">
+        <v>771</v>
+      </c>
+      <c r="P33" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>611</v>
+      </c>
+      <c r="B34" t="s">
+        <v>824</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>819</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>825</v>
+      </c>
+      <c r="H34" t="s">
+        <v>826</v>
+      </c>
+      <c r="I34" t="s">
+        <v>827</v>
+      </c>
+      <c r="J34" t="s">
+        <v>828</v>
+      </c>
+      <c r="K34" t="s">
+        <v>829</v>
+      </c>
+      <c r="L34" t="s">
+        <v>618</v>
+      </c>
+      <c r="M34" t="s">
+        <v>640</v>
+      </c>
+      <c r="N34" t="s">
+        <v>620</v>
+      </c>
+      <c r="O34" t="s">
+        <v>796</v>
+      </c>
+      <c r="P34" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>611</v>
+      </c>
+      <c r="B35" t="s">
+        <v>831</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>819</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>832</v>
+      </c>
+      <c r="H35" t="s">
+        <v>833</v>
+      </c>
+      <c r="I35" t="s">
+        <v>834</v>
+      </c>
+      <c r="J35" t="s">
+        <v>690</v>
+      </c>
+      <c r="K35" t="s">
+        <v>41</v>
+      </c>
+      <c r="L35" t="s">
+        <v>618</v>
+      </c>
+      <c r="M35" t="s">
+        <v>640</v>
+      </c>
+      <c r="N35" t="s">
+        <v>835</v>
+      </c>
+      <c r="O35" t="s">
+        <v>836</v>
+      </c>
+      <c r="P35" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>611</v>
+      </c>
+      <c r="B36" t="s">
+        <v>838</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>839</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>840</v>
+      </c>
+      <c r="H36" t="s">
+        <v>841</v>
+      </c>
+      <c r="I36" t="s">
+        <v>842</v>
+      </c>
+      <c r="J36" t="s">
+        <v>794</v>
+      </c>
+      <c r="K36" t="s">
+        <v>795</v>
+      </c>
+      <c r="L36" t="s">
+        <v>618</v>
+      </c>
+      <c r="M36" t="s">
+        <v>640</v>
+      </c>
+      <c r="N36" t="s">
+        <v>620</v>
+      </c>
+      <c r="O36" t="s">
+        <v>843</v>
+      </c>
+      <c r="P36" t="s">
+        <v>844</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>611</v>
+      </c>
+      <c r="B37" t="s">
+        <v>845</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>839</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>846</v>
+      </c>
+      <c r="H37" t="s">
+        <v>847</v>
+      </c>
+      <c r="I37" t="s">
+        <v>848</v>
+      </c>
+      <c r="J37" t="s">
+        <v>672</v>
+      </c>
+      <c r="K37" t="s">
+        <v>505</v>
+      </c>
+      <c r="L37" t="s">
+        <v>618</v>
+      </c>
+      <c r="M37" t="s">
+        <v>640</v>
+      </c>
+      <c r="N37" t="s">
+        <v>620</v>
+      </c>
+      <c r="O37" t="s">
+        <v>766</v>
+      </c>
+      <c r="P37" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>611</v>
+      </c>
+      <c r="B38" t="s">
+        <v>850</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>851</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>852</v>
+      </c>
+      <c r="H38" t="s">
+        <v>853</v>
+      </c>
+      <c r="I38" t="s">
+        <v>854</v>
+      </c>
+      <c r="J38" t="s">
+        <v>855</v>
+      </c>
+      <c r="K38" t="s">
+        <v>856</v>
+      </c>
+      <c r="L38" t="s">
+        <v>618</v>
+      </c>
+      <c r="M38" t="s">
+        <v>640</v>
+      </c>
+      <c r="N38" t="s">
+        <v>716</v>
+      </c>
+      <c r="O38" t="s">
+        <v>717</v>
+      </c>
+      <c r="P38" t="s">
+        <v>857</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>611</v>
+      </c>
+      <c r="B39" t="s">
+        <v>858</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>859</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>860</v>
+      </c>
+      <c r="H39" t="s">
+        <v>861</v>
+      </c>
+      <c r="I39" t="s">
+        <v>862</v>
+      </c>
+      <c r="J39" t="s">
+        <v>639</v>
+      </c>
+      <c r="K39" t="s">
+        <v>53</v>
+      </c>
+      <c r="L39" t="s">
+        <v>618</v>
+      </c>
+      <c r="M39" t="s">
+        <v>630</v>
+      </c>
+      <c r="N39" t="s">
+        <v>716</v>
+      </c>
+      <c r="O39" t="s">
+        <v>717</v>
+      </c>
+      <c r="P39" t="s">
+        <v>863</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>611</v>
+      </c>
+      <c r="B40" t="s">
+        <v>864</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>865</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>866</v>
+      </c>
+      <c r="H40" t="s">
+        <v>867</v>
+      </c>
+      <c r="I40" t="s">
+        <v>639</v>
+      </c>
+      <c r="J40" t="s">
+        <v>20</v>
+      </c>
+      <c r="K40" t="s">
+        <v>53</v>
+      </c>
+      <c r="L40" t="s">
+        <v>618</v>
+      </c>
+      <c r="M40" t="s">
+        <v>640</v>
+      </c>
+      <c r="N40" t="s">
+        <v>620</v>
+      </c>
+      <c r="O40" t="s">
+        <v>796</v>
+      </c>
+      <c r="P40" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>611</v>
+      </c>
+      <c r="B41" t="s">
+        <v>869</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>870</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>871</v>
+      </c>
+      <c r="H41" t="s">
+        <v>872</v>
+      </c>
+      <c r="I41" t="s">
+        <v>873</v>
+      </c>
+      <c r="J41" t="s">
+        <v>639</v>
+      </c>
+      <c r="K41" t="s">
+        <v>53</v>
+      </c>
+      <c r="L41" t="s">
+        <v>618</v>
+      </c>
+      <c r="M41" t="s">
+        <v>640</v>
+      </c>
+      <c r="N41" t="s">
+        <v>649</v>
+      </c>
+      <c r="O41" t="s">
+        <v>650</v>
+      </c>
+      <c r="P41" t="s">
+        <v>874</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>611</v>
+      </c>
+      <c r="B42" t="s">
+        <v>875</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>876</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
+        <v>877</v>
+      </c>
+      <c r="H42" t="s">
+        <v>878</v>
+      </c>
+      <c r="I42" t="s">
+        <v>879</v>
+      </c>
+      <c r="J42" t="s">
+        <v>639</v>
+      </c>
+      <c r="K42" t="s">
+        <v>53</v>
+      </c>
+      <c r="L42" t="s">
+        <v>618</v>
+      </c>
+      <c r="M42" t="s">
+        <v>640</v>
+      </c>
+      <c r="N42" t="s">
+        <v>620</v>
+      </c>
+      <c r="O42" t="s">
+        <v>796</v>
+      </c>
+      <c r="P42" t="s">
+        <v>880</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>611</v>
+      </c>
+      <c r="B43" t="s">
+        <v>881</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>882</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
+        <v>883</v>
+      </c>
+      <c r="H43" t="s">
+        <v>884</v>
+      </c>
+      <c r="I43" t="s">
+        <v>885</v>
+      </c>
+      <c r="J43" t="s">
+        <v>647</v>
+      </c>
+      <c r="K43" t="s">
+        <v>648</v>
+      </c>
+      <c r="L43" t="s">
+        <v>618</v>
+      </c>
+      <c r="M43" t="s">
+        <v>640</v>
+      </c>
+      <c r="N43" t="s">
+        <v>657</v>
+      </c>
+      <c r="O43" t="s">
+        <v>886</v>
+      </c>
+      <c r="P43" t="s">
+        <v>887</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>611</v>
+      </c>
+      <c r="B44" t="s">
+        <v>888</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>889</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
+        <v>890</v>
+      </c>
+      <c r="H44" t="s">
+        <v>891</v>
+      </c>
+      <c r="I44" t="s">
+        <v>892</v>
+      </c>
+      <c r="J44" t="s">
+        <v>639</v>
+      </c>
+      <c r="K44" t="s">
+        <v>53</v>
+      </c>
+      <c r="L44" t="s">
+        <v>618</v>
+      </c>
+      <c r="M44" t="s">
+        <v>640</v>
+      </c>
+      <c r="N44" t="s">
+        <v>657</v>
+      </c>
+      <c r="O44" t="s">
+        <v>893</v>
+      </c>
+      <c r="P44" t="s">
+        <v>894</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>611</v>
+      </c>
+      <c r="B45" t="s">
+        <v>895</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>896</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
+        <v>897</v>
+      </c>
+      <c r="H45" t="s">
+        <v>898</v>
+      </c>
+      <c r="I45" t="s">
+        <v>899</v>
+      </c>
+      <c r="J45" t="s">
+        <v>639</v>
+      </c>
+      <c r="K45" t="s">
+        <v>53</v>
+      </c>
+      <c r="L45" t="s">
+        <v>618</v>
+      </c>
+      <c r="M45" t="s">
+        <v>640</v>
+      </c>
+      <c r="N45" t="s">
+        <v>665</v>
+      </c>
+      <c r="O45" t="s">
+        <v>900</v>
+      </c>
+      <c r="P45" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>611</v>
+      </c>
+      <c r="B46" t="s">
+        <v>902</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>903</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
+        <v>904</v>
+      </c>
+      <c r="H46" t="s">
+        <v>905</v>
+      </c>
+      <c r="I46" t="s">
+        <v>690</v>
+      </c>
+      <c r="J46" t="s">
+        <v>20</v>
+      </c>
+      <c r="K46" t="s">
+        <v>41</v>
+      </c>
+      <c r="L46" t="s">
+        <v>618</v>
+      </c>
+      <c r="M46" t="s">
+        <v>640</v>
+      </c>
+      <c r="N46" t="s">
+        <v>657</v>
+      </c>
+      <c r="O46" t="s">
+        <v>906</v>
+      </c>
+      <c r="P46" t="s">
+        <v>907</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>611</v>
+      </c>
+      <c r="B47" t="s">
+        <v>908</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>909</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
+        <v>910</v>
+      </c>
+      <c r="H47" t="s">
+        <v>911</v>
+      </c>
+      <c r="I47" t="s">
+        <v>892</v>
+      </c>
+      <c r="J47" t="s">
+        <v>912</v>
+      </c>
+      <c r="K47" t="s">
+        <v>53</v>
+      </c>
+      <c r="L47" t="s">
+        <v>618</v>
+      </c>
+      <c r="M47" t="s">
+        <v>640</v>
+      </c>
+      <c r="N47" t="s">
+        <v>657</v>
+      </c>
+      <c r="O47" t="s">
+        <v>658</v>
+      </c>
+      <c r="P47" t="s">
+        <v>913</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>611</v>
+      </c>
+      <c r="B48" t="s">
+        <v>914</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>915</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
+        <v>916</v>
+      </c>
+      <c r="H48" t="s">
+        <v>917</v>
+      </c>
+      <c r="I48" t="s">
+        <v>892</v>
+      </c>
+      <c r="J48" t="s">
+        <v>639</v>
+      </c>
+      <c r="K48" t="s">
+        <v>53</v>
+      </c>
+      <c r="L48" t="s">
+        <v>618</v>
+      </c>
+      <c r="M48" t="s">
+        <v>640</v>
+      </c>
+      <c r="N48" t="s">
+        <v>657</v>
+      </c>
+      <c r="O48" t="s">
+        <v>918</v>
+      </c>
+      <c r="P48" t="s">
+        <v>919</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>611</v>
+      </c>
+      <c r="B49" t="s">
+        <v>920</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>915</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>921</v>
+      </c>
+      <c r="H49" t="s">
+        <v>922</v>
+      </c>
+      <c r="I49" t="s">
+        <v>892</v>
+      </c>
+      <c r="J49" t="s">
+        <v>639</v>
+      </c>
+      <c r="K49" t="s">
+        <v>53</v>
+      </c>
+      <c r="L49" t="s">
+        <v>618</v>
+      </c>
+      <c r="M49" t="s">
+        <v>640</v>
+      </c>
+      <c r="N49" t="s">
+        <v>657</v>
+      </c>
+      <c r="O49" t="s">
+        <v>918</v>
+      </c>
+      <c r="P49" t="s">
+        <v>923</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>611</v>
+      </c>
+      <c r="B50" t="s">
+        <v>924</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>915</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>925</v>
+      </c>
+      <c r="H50" t="s">
+        <v>926</v>
+      </c>
+      <c r="I50" t="s">
+        <v>927</v>
+      </c>
+      <c r="J50" t="s">
+        <v>617</v>
+      </c>
+      <c r="K50" t="s">
+        <v>300</v>
+      </c>
+      <c r="L50" t="s">
+        <v>618</v>
+      </c>
+      <c r="M50" t="s">
+        <v>640</v>
+      </c>
+      <c r="N50" t="s">
+        <v>657</v>
+      </c>
+      <c r="O50" t="s">
+        <v>906</v>
+      </c>
+      <c r="P50" t="s">
+        <v>928</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>611</v>
+      </c>
+      <c r="B51" t="s">
+        <v>929</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>915</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>930</v>
+      </c>
+      <c r="H51" t="s">
+        <v>931</v>
+      </c>
+      <c r="I51" t="s">
+        <v>932</v>
+      </c>
+      <c r="J51" t="s">
+        <v>672</v>
+      </c>
+      <c r="K51" t="s">
+        <v>505</v>
+      </c>
+      <c r="L51" t="s">
+        <v>618</v>
+      </c>
+      <c r="M51" t="s">
+        <v>640</v>
+      </c>
+      <c r="N51" t="s">
+        <v>657</v>
+      </c>
+      <c r="O51" t="s">
+        <v>906</v>
+      </c>
+      <c r="P51" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>611</v>
+      </c>
+      <c r="B52" t="s">
+        <v>934</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>935</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
+        <v>936</v>
+      </c>
+      <c r="H52" t="s">
+        <v>937</v>
+      </c>
+      <c r="I52" t="s">
+        <v>938</v>
+      </c>
+      <c r="J52" t="s">
+        <v>939</v>
+      </c>
+      <c r="K52" t="s">
+        <v>940</v>
+      </c>
+      <c r="L52" t="s">
+        <v>618</v>
+      </c>
+      <c r="M52" t="s">
+        <v>630</v>
+      </c>
+      <c r="N52" t="s">
+        <v>716</v>
+      </c>
+      <c r="O52" t="s">
+        <v>717</v>
+      </c>
+      <c r="P52" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>611</v>
+      </c>
+      <c r="B53" t="s">
+        <v>942</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>943</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>944</v>
+      </c>
+      <c r="H53" t="s">
+        <v>945</v>
+      </c>
+      <c r="I53" t="s">
+        <v>946</v>
+      </c>
+      <c r="J53" t="s">
+        <v>617</v>
+      </c>
+      <c r="K53" t="s">
+        <v>300</v>
+      </c>
+      <c r="L53" t="s">
+        <v>618</v>
+      </c>
+      <c r="M53" t="s">
+        <v>640</v>
+      </c>
+      <c r="N53" t="s">
+        <v>665</v>
+      </c>
+      <c r="O53" t="s">
+        <v>947</v>
+      </c>
+      <c r="P53" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>611</v>
+      </c>
+      <c r="B54" t="s">
+        <v>949</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>943</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>950</v>
+      </c>
+      <c r="H54" t="s">
+        <v>951</v>
+      </c>
+      <c r="I54" t="s">
+        <v>952</v>
+      </c>
+      <c r="J54" t="s">
+        <v>953</v>
+      </c>
+      <c r="K54" t="s">
+        <v>954</v>
+      </c>
+      <c r="L54" t="s">
+        <v>618</v>
+      </c>
+      <c r="M54" t="s">
+        <v>640</v>
+      </c>
+      <c r="N54" t="s">
+        <v>665</v>
+      </c>
+      <c r="O54" t="s">
+        <v>947</v>
+      </c>
+      <c r="P54" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>611</v>
+      </c>
+      <c r="B55" t="s">
+        <v>956</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>943</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>957</v>
+      </c>
+      <c r="H55" t="s">
+        <v>958</v>
+      </c>
+      <c r="I55" t="s">
+        <v>952</v>
+      </c>
+      <c r="J55" t="s">
+        <v>953</v>
+      </c>
+      <c r="K55" t="s">
+        <v>954</v>
+      </c>
+      <c r="L55" t="s">
+        <v>618</v>
+      </c>
+      <c r="M55" t="s">
+        <v>640</v>
+      </c>
+      <c r="N55" t="s">
+        <v>665</v>
+      </c>
+      <c r="O55" t="s">
+        <v>747</v>
+      </c>
+      <c r="P55" t="s">
+        <v>959</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>611</v>
+      </c>
+      <c r="B56" t="s">
+        <v>960</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>961</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>962</v>
+      </c>
+      <c r="H56" t="s">
+        <v>963</v>
+      </c>
+      <c r="I56" t="s">
+        <v>964</v>
+      </c>
+      <c r="J56" t="s">
+        <v>672</v>
+      </c>
+      <c r="K56" t="s">
+        <v>505</v>
+      </c>
+      <c r="L56" t="s">
+        <v>618</v>
+      </c>
+      <c r="M56" t="s">
+        <v>640</v>
+      </c>
+      <c r="N56" t="s">
+        <v>716</v>
+      </c>
+      <c r="O56" t="s">
+        <v>717</v>
+      </c>
+      <c r="P56" t="s">
+        <v>965</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>611</v>
+      </c>
+      <c r="B57" t="s">
+        <v>966</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>967</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
+        <v>968</v>
+      </c>
+      <c r="H57" t="s">
+        <v>969</v>
+      </c>
+      <c r="I57" t="s">
+        <v>970</v>
+      </c>
+      <c r="J57" t="s">
+        <v>617</v>
+      </c>
+      <c r="K57" t="s">
+        <v>300</v>
+      </c>
+      <c r="L57" t="s">
+        <v>618</v>
+      </c>
+      <c r="M57" t="s">
+        <v>640</v>
+      </c>
+      <c r="N57" t="s">
+        <v>971</v>
+      </c>
+      <c r="O57" t="s">
+        <v>972</v>
+      </c>
+      <c r="P57" t="s">
+        <v>973</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>611</v>
+      </c>
+      <c r="B58" t="s">
+        <v>974</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>975</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>976</v>
+      </c>
+      <c r="H58" t="s">
+        <v>977</v>
+      </c>
+      <c r="I58" t="s">
+        <v>978</v>
+      </c>
+      <c r="J58" t="s">
+        <v>979</v>
+      </c>
+      <c r="K58" t="s">
+        <v>980</v>
+      </c>
+      <c r="L58" t="s">
+        <v>618</v>
+      </c>
+      <c r="M58" t="s">
+        <v>640</v>
+      </c>
+      <c r="N58" t="s">
+        <v>620</v>
+      </c>
+      <c r="O58" t="s">
+        <v>796</v>
+      </c>
+      <c r="P58" t="s">
+        <v>981</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>611</v>
+      </c>
+      <c r="B59" t="s">
+        <v>982</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>983</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>984</v>
+      </c>
+      <c r="H59" t="s">
+        <v>985</v>
+      </c>
+      <c r="I59" t="s">
+        <v>986</v>
+      </c>
+      <c r="J59" t="s">
+        <v>20</v>
+      </c>
+      <c r="K59" t="s">
+        <v>53</v>
+      </c>
+      <c r="L59" t="s">
+        <v>618</v>
+      </c>
+      <c r="M59" t="s">
+        <v>619</v>
+      </c>
+      <c r="N59" t="s">
+        <v>835</v>
+      </c>
+      <c r="O59" t="s">
+        <v>836</v>
+      </c>
+      <c r="P59" t="s">
+        <v>987</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" t="s">
+        <v>611</v>
+      </c>
+      <c r="B60" t="s">
+        <v>988</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>989</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>990</v>
+      </c>
+      <c r="H60" t="s">
+        <v>991</v>
+      </c>
+      <c r="I60" t="s">
+        <v>992</v>
+      </c>
+      <c r="J60" t="s">
+        <v>993</v>
+      </c>
+      <c r="K60" t="s">
+        <v>994</v>
+      </c>
+      <c r="L60" t="s">
+        <v>618</v>
+      </c>
+      <c r="M60" t="s">
+        <v>630</v>
+      </c>
+      <c r="N60" t="s">
+        <v>716</v>
+      </c>
+      <c r="O60" t="s">
+        <v>717</v>
+      </c>
+      <c r="P60" t="s">
+        <v>995</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" t="s">
+        <v>611</v>
+      </c>
+      <c r="B61" t="s">
+        <v>996</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>997</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
+        <v>998</v>
+      </c>
+      <c r="H61" t="s">
+        <v>999</v>
+      </c>
+      <c r="I61" t="s">
+        <v>1000</v>
+      </c>
+      <c r="J61" t="s">
+        <v>1001</v>
+      </c>
+      <c r="K61" t="s">
+        <v>1002</v>
+      </c>
+      <c r="L61" t="s">
+        <v>618</v>
+      </c>
+      <c r="M61" t="s">
+        <v>619</v>
+      </c>
+      <c r="N61" t="s">
+        <v>716</v>
+      </c>
+      <c r="O61" t="s">
+        <v>717</v>
+      </c>
+      <c r="P61" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" t="s">
+        <v>611</v>
+      </c>
+      <c r="B62" t="s">
+        <v>1004</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>997</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>1005</v>
+      </c>
+      <c r="H62" t="s">
+        <v>1006</v>
+      </c>
+      <c r="I62" t="s">
+        <v>1007</v>
+      </c>
+      <c r="J62" t="s">
+        <v>1008</v>
+      </c>
+      <c r="K62" t="s">
+        <v>505</v>
+      </c>
+      <c r="L62" t="s">
+        <v>618</v>
+      </c>
+      <c r="M62" t="s">
+        <v>619</v>
+      </c>
+      <c r="N62" t="s">
+        <v>716</v>
+      </c>
+      <c r="O62" t="s">
+        <v>717</v>
+      </c>
+      <c r="P62" t="s">
+        <v>1009</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" t="s">
+        <v>611</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1010</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>997</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1011</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1012</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1013</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1014</v>
+      </c>
+      <c r="K63" t="s">
+        <v>1015</v>
+      </c>
+      <c r="L63" t="s">
+        <v>618</v>
+      </c>
+      <c r="M63" t="s">
+        <v>619</v>
+      </c>
+      <c r="N63" t="s">
+        <v>716</v>
+      </c>
+      <c r="O63" t="s">
+        <v>717</v>
+      </c>
+      <c r="P63" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" t="s">
+        <v>611</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1017</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1019</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1020</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1021</v>
+      </c>
+      <c r="J64" t="s">
+        <v>639</v>
+      </c>
+      <c r="K64" t="s">
+        <v>53</v>
+      </c>
+      <c r="L64" t="s">
+        <v>618</v>
+      </c>
+      <c r="M64" t="s">
+        <v>640</v>
+      </c>
+      <c r="N64" t="s">
+        <v>665</v>
+      </c>
+      <c r="O64" t="s">
+        <v>678</v>
+      </c>
+      <c r="P64" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" t="s">
+        <v>611</v>
+      </c>
+      <c r="B65" t="s">
+        <v>1023</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>1018</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1024</v>
+      </c>
+      <c r="H65" t="s">
+        <v>1025</v>
+      </c>
+      <c r="I65" t="s">
+        <v>1026</v>
+      </c>
+      <c r="J65" t="s">
+        <v>1027</v>
+      </c>
+      <c r="K65" t="s">
+        <v>1028</v>
+      </c>
+      <c r="L65" t="s">
+        <v>618</v>
+      </c>
+      <c r="M65" t="s">
+        <v>640</v>
+      </c>
+      <c r="N65" t="s">
+        <v>665</v>
+      </c>
+      <c r="O65" t="s">
+        <v>947</v>
+      </c>
+      <c r="P65" t="s">
+        <v>1029</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" t="s">
+        <v>611</v>
+      </c>
+      <c r="B66" t="s">
+        <v>1030</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>1031</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>1032</v>
+      </c>
+      <c r="H66" t="s">
+        <v>1033</v>
+      </c>
+      <c r="I66" t="s">
+        <v>1034</v>
+      </c>
+      <c r="J66" t="s">
+        <v>639</v>
+      </c>
+      <c r="K66" t="s">
+        <v>53</v>
+      </c>
+      <c r="L66" t="s">
+        <v>618</v>
+      </c>
+      <c r="M66" t="s">
+        <v>640</v>
+      </c>
+      <c r="N66" t="s">
+        <v>657</v>
+      </c>
+      <c r="O66" t="s">
+        <v>1035</v>
+      </c>
+      <c r="P66" t="s">
+        <v>1036</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" t="s">
+        <v>611</v>
+      </c>
+      <c r="B67" t="s">
+        <v>1037</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>1039</v>
+      </c>
+      <c r="H67" t="s">
+        <v>1040</v>
+      </c>
+      <c r="I67" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J67" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K67" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L67" t="s">
+        <v>618</v>
+      </c>
+      <c r="M67" t="s">
+        <v>630</v>
+      </c>
+      <c r="N67" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O67" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P67" t="s">
+        <v>1046</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" t="s">
+        <v>611</v>
+      </c>
+      <c r="B68" t="s">
+        <v>1047</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1048</v>
+      </c>
+      <c r="H68" t="s">
+        <v>1049</v>
+      </c>
+      <c r="I68" t="s">
+        <v>1041</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1042</v>
+      </c>
+      <c r="K68" t="s">
+        <v>1043</v>
+      </c>
+      <c r="L68" t="s">
+        <v>618</v>
+      </c>
+      <c r="M68" t="s">
+        <v>630</v>
+      </c>
+      <c r="N68" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O68" t="s">
+        <v>717</v>
+      </c>
+      <c r="P68" t="s">
+        <v>1050</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" t="s">
+        <v>611</v>
+      </c>
+      <c r="B69" t="s">
+        <v>1051</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
+        <v>1053</v>
+      </c>
+      <c r="H69" t="s">
+        <v>1054</v>
+      </c>
+      <c r="I69" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J69" t="s">
+        <v>1056</v>
+      </c>
+      <c r="K69" t="s">
+        <v>300</v>
+      </c>
+      <c r="L69" t="s">
+        <v>618</v>
+      </c>
+      <c r="M69" t="s">
+        <v>640</v>
+      </c>
+      <c r="N69" t="s">
+        <v>971</v>
+      </c>
+      <c r="O69" t="s">
+        <v>972</v>
+      </c>
+      <c r="P69" t="s">
+        <v>1057</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" t="s">
+        <v>611</v>
+      </c>
+      <c r="B70" t="s">
+        <v>1058</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>1052</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1059</v>
+      </c>
+      <c r="H70" t="s">
+        <v>1060</v>
+      </c>
+      <c r="I70" t="s">
+        <v>1055</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1056</v>
+      </c>
+      <c r="K70" t="s">
+        <v>300</v>
+      </c>
+      <c r="L70" t="s">
+        <v>618</v>
+      </c>
+      <c r="M70" t="s">
+        <v>640</v>
+      </c>
+      <c r="N70" t="s">
+        <v>620</v>
+      </c>
+      <c r="O70" t="s">
+        <v>843</v>
+      </c>
+      <c r="P70" t="s">
+        <v>1061</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" t="s">
+        <v>611</v>
+      </c>
+      <c r="B71" t="s">
+        <v>1062</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
+        <v>1064</v>
+      </c>
+      <c r="H71" t="s">
+        <v>1065</v>
+      </c>
+      <c r="I71" t="s">
+        <v>1066</v>
+      </c>
+      <c r="J71" t="s">
+        <v>1067</v>
+      </c>
+      <c r="K71" t="s">
+        <v>1068</v>
+      </c>
+      <c r="L71" t="s">
+        <v>618</v>
+      </c>
+      <c r="M71" t="s">
+        <v>640</v>
+      </c>
+      <c r="N71" t="s">
+        <v>665</v>
+      </c>
+      <c r="O71" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P71" t="s">
+        <v>1070</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" t="s">
+        <v>611</v>
+      </c>
+      <c r="B72" t="s">
+        <v>1071</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1072</v>
+      </c>
+      <c r="H72" t="s">
+        <v>1073</v>
+      </c>
+      <c r="I72" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J72" t="s">
+        <v>1067</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1068</v>
+      </c>
+      <c r="L72" t="s">
+        <v>618</v>
+      </c>
+      <c r="M72" t="s">
+        <v>640</v>
+      </c>
+      <c r="N72" t="s">
+        <v>665</v>
+      </c>
+      <c r="O72" t="s">
+        <v>678</v>
+      </c>
+      <c r="P72" t="s">
+        <v>1075</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" t="s">
+        <v>611</v>
+      </c>
+      <c r="B73" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
+        <v>1078</v>
+      </c>
+      <c r="H73" t="s">
+        <v>1079</v>
+      </c>
+      <c r="I73" t="s">
+        <v>1080</v>
+      </c>
+      <c r="J73" t="s">
+        <v>639</v>
+      </c>
+      <c r="K73" t="s">
+        <v>53</v>
+      </c>
+      <c r="L73" t="s">
+        <v>618</v>
+      </c>
+      <c r="M73" t="s">
+        <v>640</v>
+      </c>
+      <c r="N73" t="s">
+        <v>971</v>
+      </c>
+      <c r="O73" t="s">
+        <v>972</v>
+      </c>
+      <c r="P73" t="s">
+        <v>1081</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" t="s">
+        <v>611</v>
+      </c>
+      <c r="B74" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
+        <v>1084</v>
+      </c>
+      <c r="H74" t="s">
+        <v>1085</v>
+      </c>
+      <c r="I74" t="s">
+        <v>1086</v>
+      </c>
+      <c r="J74" t="s">
+        <v>639</v>
+      </c>
+      <c r="K74" t="s">
+        <v>53</v>
+      </c>
+      <c r="L74" t="s">
+        <v>618</v>
+      </c>
+      <c r="M74" t="s">
+        <v>640</v>
+      </c>
+      <c r="N74" t="s">
+        <v>620</v>
+      </c>
+      <c r="O74" t="s">
+        <v>843</v>
+      </c>
+      <c r="P74" t="s">
+        <v>1087</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" t="s">
+        <v>611</v>
+      </c>
+      <c r="B75" t="s">
+        <v>1088</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>1083</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1089</v>
+      </c>
+      <c r="H75" t="s">
+        <v>1090</v>
+      </c>
+      <c r="I75" t="s">
+        <v>1091</v>
+      </c>
+      <c r="J75" t="s">
+        <v>639</v>
+      </c>
+      <c r="K75" t="s">
+        <v>53</v>
+      </c>
+      <c r="L75" t="s">
+        <v>618</v>
+      </c>
+      <c r="M75" t="s">
+        <v>640</v>
+      </c>
+      <c r="N75" t="s">
+        <v>665</v>
+      </c>
+      <c r="O75" t="s">
+        <v>678</v>
+      </c>
+      <c r="P75" t="s">
+        <v>1092</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" t="s">
+        <v>611</v>
+      </c>
+      <c r="B76" t="s">
+        <v>1093</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>1094</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>1095</v>
+      </c>
+      <c r="H76" t="s">
+        <v>1096</v>
+      </c>
+      <c r="I76" t="s">
+        <v>1097</v>
+      </c>
+      <c r="J76" t="s">
+        <v>1098</v>
+      </c>
+      <c r="K76" t="s">
+        <v>1099</v>
+      </c>
+      <c r="L76" t="s">
+        <v>618</v>
+      </c>
+      <c r="M76" t="s">
+        <v>640</v>
+      </c>
+      <c r="N76" t="s">
+        <v>665</v>
+      </c>
+      <c r="O76" t="s">
+        <v>666</v>
+      </c>
+      <c r="P76" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="77">
+      <c r="A77" t="s">
+        <v>611</v>
+      </c>
+      <c r="B77" t="s">
+        <v>1101</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>1102</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>1103</v>
+      </c>
+      <c r="H77" t="s">
+        <v>1104</v>
+      </c>
+      <c r="I77" t="s">
+        <v>1105</v>
+      </c>
+      <c r="J77" t="s">
+        <v>1106</v>
+      </c>
+      <c r="K77" t="s">
+        <v>1107</v>
+      </c>
+      <c r="L77" t="s">
+        <v>618</v>
+      </c>
+      <c r="M77" t="s">
+        <v>640</v>
+      </c>
+      <c r="N77" t="s">
+        <v>620</v>
+      </c>
+      <c r="O77" t="s">
+        <v>796</v>
+      </c>
+      <c r="P77" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" t="s">
+        <v>611</v>
+      </c>
+      <c r="B78" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>1111</v>
+      </c>
+      <c r="H78" t="s">
+        <v>1112</v>
+      </c>
+      <c r="I78" t="s">
+        <v>1113</v>
+      </c>
+      <c r="J78" t="s">
+        <v>1114</v>
+      </c>
+      <c r="K78" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L78" t="s">
+        <v>618</v>
+      </c>
+      <c r="M78" t="s">
+        <v>640</v>
+      </c>
+      <c r="N78" t="s">
+        <v>665</v>
+      </c>
+      <c r="O78" t="s">
+        <v>666</v>
+      </c>
+      <c r="P78" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="79">
+      <c r="A79" t="s">
+        <v>611</v>
+      </c>
+      <c r="B79" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>1110</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1118</v>
+      </c>
+      <c r="H79" t="s">
+        <v>1119</v>
+      </c>
+      <c r="I79" t="s">
+        <v>1120</v>
+      </c>
+      <c r="J79" t="s">
+        <v>20</v>
+      </c>
+      <c r="K79" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L79" t="s">
+        <v>618</v>
+      </c>
+      <c r="M79" t="s">
+        <v>640</v>
+      </c>
+      <c r="N79" t="s">
+        <v>620</v>
+      </c>
+      <c r="O79" t="s">
+        <v>796</v>
+      </c>
+      <c r="P79" t="s">
+        <v>1121</v>
+      </c>
+    </row>
+    <row r="80">
+      <c r="A80" t="s">
+        <v>611</v>
+      </c>
+      <c r="B80" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C80" t="s">
+        <v>20</v>
+      </c>
+      <c r="D80" t="s">
+        <v>20</v>
+      </c>
+      <c r="E80" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F80" t="s">
+        <v>20</v>
+      </c>
+      <c r="G80" t="s">
+        <v>1124</v>
+      </c>
+      <c r="H80" t="s">
+        <v>1125</v>
+      </c>
+      <c r="I80" t="s">
+        <v>1126</v>
+      </c>
+      <c r="J80" t="s">
+        <v>1120</v>
+      </c>
+      <c r="K80" t="s">
+        <v>1115</v>
+      </c>
+      <c r="L80" t="s">
+        <v>618</v>
+      </c>
+      <c r="M80" t="s">
+        <v>640</v>
+      </c>
+      <c r="N80" t="s">
+        <v>620</v>
+      </c>
+      <c r="O80" t="s">
+        <v>843</v>
+      </c>
+      <c r="P80" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="81">
+      <c r="A81" t="s">
+        <v>611</v>
+      </c>
+      <c r="B81" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C81" t="s">
+        <v>20</v>
+      </c>
+      <c r="D81" t="s">
+        <v>20</v>
+      </c>
+      <c r="E81" t="s">
+        <v>1129</v>
+      </c>
+      <c r="F81" t="s">
+        <v>20</v>
+      </c>
+      <c r="G81" t="s">
+        <v>1130</v>
+      </c>
+      <c r="H81" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I81" t="s">
+        <v>1132</v>
+      </c>
+      <c r="J81" t="s">
+        <v>639</v>
+      </c>
+      <c r="K81" t="s">
+        <v>53</v>
+      </c>
+      <c r="L81" t="s">
+        <v>618</v>
+      </c>
+      <c r="M81" t="s">
+        <v>640</v>
+      </c>
+      <c r="N81" t="s">
+        <v>665</v>
+      </c>
+      <c r="O81" t="s">
+        <v>1069</v>
+      </c>
+      <c r="P81" t="s">
+        <v>1133</v>
+      </c>
+    </row>
+    <row r="82">
+      <c r="A82" t="s">
+        <v>611</v>
+      </c>
+      <c r="B82" t="s">
+        <v>1134</v>
+      </c>
+      <c r="C82" t="s">
+        <v>20</v>
+      </c>
+      <c r="D82" t="s">
+        <v>20</v>
+      </c>
+      <c r="E82" t="s">
+        <v>1135</v>
+      </c>
+      <c r="F82" t="s">
+        <v>20</v>
+      </c>
+      <c r="G82" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H82" t="s">
+        <v>1137</v>
+      </c>
+      <c r="I82" t="s">
+        <v>1138</v>
+      </c>
+      <c r="J82" t="s">
+        <v>639</v>
+      </c>
+      <c r="K82" t="s">
+        <v>53</v>
+      </c>
+      <c r="L82" t="s">
+        <v>618</v>
+      </c>
+      <c r="M82" t="s">
+        <v>640</v>
+      </c>
+      <c r="N82" t="s">
+        <v>665</v>
+      </c>
+      <c r="O82" t="s">
+        <v>678</v>
+      </c>
+      <c r="P82" t="s">
+        <v>1139</v>
+      </c>
+    </row>
+    <row r="83">
+      <c r="A83" t="s">
+        <v>611</v>
+      </c>
+      <c r="B83" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C83" t="s">
+        <v>20</v>
+      </c>
+      <c r="D83" t="s">
+        <v>20</v>
+      </c>
+      <c r="E83" t="s">
+        <v>1141</v>
+      </c>
+      <c r="F83" t="s">
+        <v>20</v>
+      </c>
+      <c r="G83" t="s">
+        <v>1142</v>
+      </c>
+      <c r="H83" t="s">
+        <v>1143</v>
+      </c>
+      <c r="I83" t="s">
+        <v>1144</v>
+      </c>
+      <c r="J83" t="s">
+        <v>639</v>
+      </c>
+      <c r="K83" t="s">
+        <v>53</v>
+      </c>
+      <c r="L83" t="s">
+        <v>618</v>
+      </c>
+      <c r="M83" t="s">
+        <v>640</v>
+      </c>
+      <c r="N83" t="s">
+        <v>665</v>
+      </c>
+      <c r="O83" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P83" t="s">
+        <v>1146</v>
+      </c>
+    </row>
+    <row r="84">
+      <c r="A84" t="s">
+        <v>611</v>
+      </c>
+      <c r="B84" t="s">
+        <v>1147</v>
+      </c>
+      <c r="C84" t="s">
+        <v>20</v>
+      </c>
+      <c r="D84" t="s">
+        <v>20</v>
+      </c>
+      <c r="E84" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F84" t="s">
+        <v>20</v>
+      </c>
+      <c r="G84" t="s">
+        <v>1149</v>
+      </c>
+      <c r="H84" t="s">
+        <v>1150</v>
+      </c>
+      <c r="I84" t="s">
+        <v>1151</v>
+      </c>
+      <c r="J84" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K84" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L84" t="s">
+        <v>618</v>
+      </c>
+      <c r="M84" t="s">
+        <v>640</v>
+      </c>
+      <c r="N84" t="s">
+        <v>620</v>
+      </c>
+      <c r="O84" t="s">
+        <v>621</v>
+      </c>
+      <c r="P84" t="s">
+        <v>1154</v>
+      </c>
+    </row>
+    <row r="85">
+      <c r="A85" t="s">
+        <v>611</v>
+      </c>
+      <c r="B85" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1156</v>
+      </c>
+      <c r="H85" t="s">
+        <v>1157</v>
+      </c>
+      <c r="I85" t="s">
+        <v>1158</v>
+      </c>
+      <c r="J85" t="s">
+        <v>639</v>
+      </c>
+      <c r="K85" t="s">
+        <v>53</v>
+      </c>
+      <c r="L85" t="s">
+        <v>618</v>
+      </c>
+      <c r="M85" t="s">
+        <v>640</v>
+      </c>
+      <c r="N85" t="s">
+        <v>620</v>
+      </c>
+      <c r="O85" t="s">
+        <v>843</v>
+      </c>
+      <c r="P85" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="86">
+      <c r="A86" t="s">
+        <v>611</v>
+      </c>
+      <c r="B86" t="s">
+        <v>1160</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>1161</v>
+      </c>
+      <c r="H86" t="s">
+        <v>1162</v>
+      </c>
+      <c r="I86" t="s">
+        <v>1163</v>
+      </c>
+      <c r="J86" t="s">
+        <v>639</v>
+      </c>
+      <c r="K86" t="s">
+        <v>53</v>
+      </c>
+      <c r="L86" t="s">
+        <v>618</v>
+      </c>
+      <c r="M86" t="s">
+        <v>640</v>
+      </c>
+      <c r="N86" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O86" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P86" t="s">
+        <v>1165</v>
+      </c>
+    </row>
+    <row r="87">
+      <c r="A87" t="s">
+        <v>611</v>
+      </c>
+      <c r="B87" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>1148</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>1167</v>
+      </c>
+      <c r="H87" t="s">
+        <v>1168</v>
+      </c>
+      <c r="I87" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J87" t="s">
+        <v>639</v>
+      </c>
+      <c r="K87" t="s">
+        <v>53</v>
+      </c>
+      <c r="L87" t="s">
+        <v>618</v>
+      </c>
+      <c r="M87" t="s">
+        <v>640</v>
+      </c>
+      <c r="N87" t="s">
+        <v>620</v>
+      </c>
+      <c r="O87" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P87" t="s">
+        <v>1171</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" t="s">
+        <v>611</v>
+      </c>
+      <c r="B88" t="s">
+        <v>1172</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>1173</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
+        <v>1174</v>
+      </c>
+      <c r="H88" t="s">
+        <v>1175</v>
+      </c>
+      <c r="I88" t="s">
+        <v>1176</v>
+      </c>
+      <c r="J88" t="s">
+        <v>1177</v>
+      </c>
+      <c r="K88" t="s">
+        <v>505</v>
+      </c>
+      <c r="L88" t="s">
+        <v>618</v>
+      </c>
+      <c r="M88" t="s">
+        <v>640</v>
+      </c>
+      <c r="N88" t="s">
+        <v>657</v>
+      </c>
+      <c r="O88" t="s">
+        <v>906</v>
+      </c>
+      <c r="P88" t="s">
+        <v>1178</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" t="s">
+        <v>611</v>
+      </c>
+      <c r="B89" t="s">
+        <v>1179</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>1180</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H89" t="s">
+        <v>1182</v>
+      </c>
+      <c r="I89" t="s">
+        <v>1183</v>
+      </c>
+      <c r="J89" t="s">
+        <v>639</v>
+      </c>
+      <c r="K89" t="s">
+        <v>53</v>
+      </c>
+      <c r="L89" t="s">
+        <v>618</v>
+      </c>
+      <c r="M89" t="s">
+        <v>640</v>
+      </c>
+      <c r="N89" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O89" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P89" t="s">
+        <v>1184</v>
+      </c>
+    </row>
+    <row r="90">
+      <c r="A90" t="s">
+        <v>611</v>
+      </c>
+      <c r="B90" t="s">
+        <v>1185</v>
+      </c>
+      <c r="C90" t="s">
+        <v>20</v>
+      </c>
+      <c r="D90" t="s">
+        <v>20</v>
+      </c>
+      <c r="E90" t="s">
+        <v>1186</v>
+      </c>
+      <c r="F90" t="s">
+        <v>20</v>
+      </c>
+      <c r="G90" t="s">
+        <v>1187</v>
+      </c>
+      <c r="H90" t="s">
+        <v>1188</v>
+      </c>
+      <c r="I90" t="s">
+        <v>1189</v>
+      </c>
+      <c r="J90" t="s">
+        <v>639</v>
+      </c>
+      <c r="K90" t="s">
+        <v>53</v>
+      </c>
+      <c r="L90" t="s">
+        <v>618</v>
+      </c>
+      <c r="M90" t="s">
+        <v>640</v>
+      </c>
+      <c r="N90" t="s">
+        <v>620</v>
+      </c>
+      <c r="O90" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P90" t="s">
+        <v>1190</v>
+      </c>
+    </row>
+    <row r="91">
+      <c r="A91" t="s">
+        <v>611</v>
+      </c>
+      <c r="B91" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C91" t="s">
+        <v>20</v>
+      </c>
+      <c r="D91" t="s">
+        <v>20</v>
+      </c>
+      <c r="E91" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F91" t="s">
+        <v>20</v>
+      </c>
+      <c r="G91" t="s">
+        <v>1193</v>
+      </c>
+      <c r="H91" t="s">
+        <v>1194</v>
+      </c>
+      <c r="I91" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J91" t="s">
+        <v>855</v>
+      </c>
+      <c r="K91" t="s">
+        <v>856</v>
+      </c>
+      <c r="L91" t="s">
+        <v>618</v>
+      </c>
+      <c r="M91" t="s">
+        <v>619</v>
+      </c>
+      <c r="N91" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O91" t="s">
+        <v>717</v>
+      </c>
+      <c r="P91" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="92">
+      <c r="A92" t="s">
+        <v>611</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1197</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1192</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1198</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1199</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1195</v>
+      </c>
+      <c r="J92" t="s">
+        <v>855</v>
+      </c>
+      <c r="K92" t="s">
+        <v>856</v>
+      </c>
+      <c r="L92" t="s">
+        <v>618</v>
+      </c>
+      <c r="M92" t="s">
+        <v>619</v>
+      </c>
+      <c r="N92" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O92" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P92" t="s">
+        <v>1200</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" t="s">
+        <v>611</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1201</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1203</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1204</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J93" t="s">
+        <v>639</v>
+      </c>
+      <c r="K93" t="s">
+        <v>53</v>
+      </c>
+      <c r="L93" t="s">
+        <v>618</v>
+      </c>
+      <c r="M93" t="s">
+        <v>640</v>
+      </c>
+      <c r="N93" t="s">
+        <v>620</v>
+      </c>
+      <c r="O93" t="s">
+        <v>1170</v>
+      </c>
+      <c r="P93" t="s">
+        <v>1206</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" t="s">
+        <v>611</v>
+      </c>
+      <c r="B94" t="s">
+        <v>1207</v>
+      </c>
+      <c r="C94" t="s">
+        <v>20</v>
+      </c>
+      <c r="D94" t="s">
+        <v>20</v>
+      </c>
+      <c r="E94" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1208</v>
+      </c>
+      <c r="H94" t="s">
+        <v>1209</v>
+      </c>
+      <c r="I94" t="s">
+        <v>1205</v>
+      </c>
+      <c r="J94" t="s">
+        <v>639</v>
+      </c>
+      <c r="K94" t="s">
+        <v>53</v>
+      </c>
+      <c r="L94" t="s">
+        <v>618</v>
+      </c>
+      <c r="M94" t="s">
+        <v>640</v>
+      </c>
+      <c r="N94" t="s">
+        <v>620</v>
+      </c>
+      <c r="O94" t="s">
+        <v>843</v>
+      </c>
+      <c r="P94" t="s">
+        <v>1210</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" t="s">
+        <v>611</v>
+      </c>
+      <c r="B95" t="s">
+        <v>1211</v>
+      </c>
+      <c r="C95" t="s">
+        <v>20</v>
+      </c>
+      <c r="D95" t="s">
+        <v>20</v>
+      </c>
+      <c r="E95" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F95" t="s">
+        <v>20</v>
+      </c>
+      <c r="G95" t="s">
+        <v>1212</v>
+      </c>
+      <c r="H95" t="s">
+        <v>1213</v>
+      </c>
+      <c r="I95" t="s">
+        <v>1189</v>
+      </c>
+      <c r="J95" t="s">
+        <v>639</v>
+      </c>
+      <c r="K95" t="s">
+        <v>53</v>
+      </c>
+      <c r="L95" t="s">
+        <v>618</v>
+      </c>
+      <c r="M95" t="s">
+        <v>640</v>
+      </c>
+      <c r="N95" t="s">
+        <v>620</v>
+      </c>
+      <c r="O95" t="s">
+        <v>766</v>
+      </c>
+      <c r="P95" t="s">
+        <v>1214</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" t="s">
+        <v>611</v>
+      </c>
+      <c r="B96" t="s">
+        <v>1215</v>
+      </c>
+      <c r="C96" t="s">
+        <v>20</v>
+      </c>
+      <c r="D96" t="s">
+        <v>20</v>
+      </c>
+      <c r="E96" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F96" t="s">
+        <v>20</v>
+      </c>
+      <c r="G96" t="s">
+        <v>1216</v>
+      </c>
+      <c r="H96" t="s">
+        <v>1217</v>
+      </c>
+      <c r="I96" t="s">
+        <v>1218</v>
+      </c>
+      <c r="J96" t="s">
+        <v>1106</v>
+      </c>
+      <c r="K96" t="s">
+        <v>1107</v>
+      </c>
+      <c r="L96" t="s">
+        <v>618</v>
+      </c>
+      <c r="M96" t="s">
+        <v>640</v>
+      </c>
+      <c r="N96" t="s">
+        <v>620</v>
+      </c>
+      <c r="O96" t="s">
+        <v>766</v>
+      </c>
+      <c r="P96" t="s">
+        <v>1219</v>
+      </c>
+    </row>
+    <row r="97">
+      <c r="A97" t="s">
+        <v>611</v>
+      </c>
+      <c r="B97" t="s">
+        <v>1220</v>
+      </c>
+      <c r="C97" t="s">
+        <v>20</v>
+      </c>
+      <c r="D97" t="s">
+        <v>20</v>
+      </c>
+      <c r="E97" t="s">
+        <v>1221</v>
+      </c>
+      <c r="F97" t="s">
+        <v>20</v>
+      </c>
+      <c r="G97" t="s">
+        <v>1222</v>
+      </c>
+      <c r="H97" t="s">
+        <v>1223</v>
+      </c>
+      <c r="I97" t="s">
+        <v>1224</v>
+      </c>
+      <c r="J97" t="s">
+        <v>647</v>
+      </c>
+      <c r="K97" t="s">
+        <v>648</v>
+      </c>
+      <c r="L97" t="s">
+        <v>618</v>
+      </c>
+      <c r="M97" t="s">
+        <v>640</v>
+      </c>
+      <c r="N97" t="s">
+        <v>716</v>
+      </c>
+      <c r="O97" t="s">
+        <v>724</v>
+      </c>
+      <c r="P97" t="s">
+        <v>1225</v>
+      </c>
+    </row>
+    <row r="98">
+      <c r="A98" t="s">
+        <v>611</v>
+      </c>
+      <c r="B98" t="s">
+        <v>1226</v>
+      </c>
+      <c r="C98" t="s">
+        <v>20</v>
+      </c>
+      <c r="D98" t="s">
+        <v>20</v>
+      </c>
+      <c r="E98" t="s">
+        <v>1227</v>
+      </c>
+      <c r="F98" t="s">
+        <v>20</v>
+      </c>
+      <c r="G98" t="s">
+        <v>1228</v>
+      </c>
+      <c r="H98" t="s">
+        <v>1229</v>
+      </c>
+      <c r="I98" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J98" t="s">
+        <v>953</v>
+      </c>
+      <c r="K98" t="s">
+        <v>954</v>
+      </c>
+      <c r="L98" t="s">
+        <v>618</v>
+      </c>
+      <c r="M98" t="s">
+        <v>640</v>
+      </c>
+      <c r="N98" t="s">
+        <v>620</v>
+      </c>
+      <c r="O98" t="s">
+        <v>1045</v>
+      </c>
+      <c r="P98" t="s">
+        <v>1231</v>
+      </c>
+    </row>
+    <row r="99">
+      <c r="A99" t="s">
+        <v>611</v>
+      </c>
+      <c r="B99" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C99" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" t="s">
+        <v>20</v>
+      </c>
+      <c r="E99" t="s">
+        <v>1233</v>
+      </c>
+      <c r="F99" t="s">
+        <v>20</v>
+      </c>
+      <c r="G99" t="s">
+        <v>1234</v>
+      </c>
+      <c r="H99" t="s">
+        <v>1235</v>
+      </c>
+      <c r="I99" t="s">
+        <v>1230</v>
+      </c>
+      <c r="J99" t="s">
+        <v>953</v>
+      </c>
+      <c r="K99" t="s">
+        <v>954</v>
+      </c>
+      <c r="L99" t="s">
+        <v>618</v>
+      </c>
+      <c r="M99" t="s">
+        <v>640</v>
+      </c>
+      <c r="N99" t="s">
+        <v>620</v>
+      </c>
+      <c r="O99" t="s">
+        <v>766</v>
+      </c>
+      <c r="P99" t="s">
+        <v>1236</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" t="s">
+        <v>611</v>
+      </c>
+      <c r="B100" t="s">
+        <v>1237</v>
+      </c>
+      <c r="C100" t="s">
+        <v>20</v>
+      </c>
+      <c r="D100" t="s">
+        <v>20</v>
+      </c>
+      <c r="E100" t="s">
+        <v>1238</v>
+      </c>
+      <c r="F100" t="s">
+        <v>20</v>
+      </c>
+      <c r="G100" t="s">
+        <v>1239</v>
+      </c>
+      <c r="H100" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I100" t="s">
+        <v>1241</v>
+      </c>
+      <c r="J100" t="s">
+        <v>639</v>
+      </c>
+      <c r="K100" t="s">
+        <v>53</v>
+      </c>
+      <c r="L100" t="s">
+        <v>618</v>
+      </c>
+      <c r="M100" t="s">
+        <v>640</v>
+      </c>
+      <c r="N100" t="s">
+        <v>641</v>
+      </c>
+      <c r="O100" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P100" t="s">
+        <v>1243</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" t="s">
+        <v>611</v>
+      </c>
+      <c r="B101" t="s">
+        <v>1244</v>
+      </c>
+      <c r="C101" t="s">
+        <v>20</v>
+      </c>
+      <c r="D101" t="s">
+        <v>20</v>
+      </c>
+      <c r="E101" t="s">
+        <v>1245</v>
+      </c>
+      <c r="F101" t="s">
+        <v>20</v>
+      </c>
+      <c r="G101" t="s">
+        <v>1246</v>
+      </c>
+      <c r="H101" t="s">
+        <v>1247</v>
+      </c>
+      <c r="I101" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J101" t="s">
+        <v>639</v>
+      </c>
+      <c r="K101" t="s">
+        <v>53</v>
+      </c>
+      <c r="L101" t="s">
+        <v>618</v>
+      </c>
+      <c r="M101" t="s">
+        <v>630</v>
+      </c>
+      <c r="N101" t="s">
+        <v>716</v>
+      </c>
+      <c r="O101" t="s">
+        <v>717</v>
+      </c>
+      <c r="P101" t="s">
+        <v>1249</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" t="s">
+        <v>611</v>
+      </c>
+      <c r="B102" t="s">
+        <v>1250</v>
+      </c>
+      <c r="C102" t="s">
+        <v>20</v>
+      </c>
+      <c r="D102" t="s">
+        <v>20</v>
+      </c>
+      <c r="E102" t="s">
+        <v>1251</v>
+      </c>
+      <c r="F102" t="s">
+        <v>20</v>
+      </c>
+      <c r="G102" t="s">
+        <v>1252</v>
+      </c>
+      <c r="H102" t="s">
+        <v>1253</v>
+      </c>
+      <c r="I102" t="s">
+        <v>1254</v>
+      </c>
+      <c r="J102" t="s">
+        <v>690</v>
+      </c>
+      <c r="K102" t="s">
+        <v>41</v>
+      </c>
+      <c r="L102" t="s">
+        <v>618</v>
+      </c>
+      <c r="M102" t="s">
+        <v>640</v>
+      </c>
+      <c r="N102" t="s">
+        <v>665</v>
+      </c>
+      <c r="O102" t="s">
+        <v>947</v>
+      </c>
+      <c r="P102" t="s">
+        <v>1255</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" t="s">
+        <v>611</v>
+      </c>
+      <c r="B103" t="s">
+        <v>1256</v>
+      </c>
+      <c r="C103" t="s">
+        <v>20</v>
+      </c>
+      <c r="D103" t="s">
+        <v>20</v>
+      </c>
+      <c r="E103" t="s">
+        <v>1257</v>
+      </c>
+      <c r="F103" t="s">
+        <v>20</v>
+      </c>
+      <c r="G103" t="s">
+        <v>1258</v>
+      </c>
+      <c r="H103" t="s">
+        <v>1259</v>
+      </c>
+      <c r="I103" t="s">
+        <v>1260</v>
+      </c>
+      <c r="J103" t="s">
+        <v>1261</v>
+      </c>
+      <c r="K103" t="s">
+        <v>53</v>
+      </c>
+      <c r="L103" t="s">
+        <v>618</v>
+      </c>
+      <c r="M103" t="s">
+        <v>640</v>
+      </c>
+      <c r="N103" t="s">
+        <v>716</v>
+      </c>
+      <c r="O103" t="s">
+        <v>717</v>
+      </c>
+      <c r="P103" t="s">
+        <v>1262</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" t="s">
+        <v>611</v>
+      </c>
+      <c r="B104" t="s">
+        <v>1263</v>
+      </c>
+      <c r="C104" t="s">
+        <v>20</v>
+      </c>
+      <c r="D104" t="s">
+        <v>20</v>
+      </c>
+      <c r="E104" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F104" t="s">
+        <v>20</v>
+      </c>
+      <c r="G104" t="s">
+        <v>1265</v>
+      </c>
+      <c r="H104" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I104" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J104" t="s">
+        <v>1268</v>
+      </c>
+      <c r="K104" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L104" t="s">
+        <v>618</v>
+      </c>
+      <c r="M104" t="s">
+        <v>619</v>
+      </c>
+      <c r="N104" t="s">
+        <v>716</v>
+      </c>
+      <c r="O104" t="s">
+        <v>717</v>
+      </c>
+      <c r="P104" t="s">
+        <v>1270</v>
+      </c>
+    </row>
+    <row r="105">
+      <c r="A105" t="s">
+        <v>611</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1271</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1264</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1272</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1273</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1268</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1269</v>
+      </c>
+      <c r="L105" t="s">
+        <v>618</v>
+      </c>
+      <c r="M105" t="s">
+        <v>619</v>
+      </c>
+      <c r="N105" t="s">
+        <v>1044</v>
+      </c>
+      <c r="O105" t="s">
+        <v>1164</v>
+      </c>
+      <c r="P105" t="s">
+        <v>1274</v>
+      </c>
+    </row>
+    <row r="106">
+      <c r="A106" t="s">
+        <v>611</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1275</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1277</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J106" t="s">
+        <v>617</v>
+      </c>
+      <c r="K106" t="s">
+        <v>300</v>
+      </c>
+      <c r="L106" t="s">
+        <v>618</v>
+      </c>
+      <c r="M106" t="s">
+        <v>640</v>
+      </c>
+      <c r="N106" t="s">
+        <v>665</v>
+      </c>
+      <c r="O106" t="s">
+        <v>666</v>
+      </c>
+      <c r="P106" t="s">
+        <v>1280</v>
+      </c>
+    </row>
+    <row r="107">
+      <c r="A107" t="s">
+        <v>611</v>
+      </c>
+      <c r="B107" t="s">
+        <v>1281</v>
+      </c>
+      <c r="C107" t="s">
+        <v>20</v>
+      </c>
+      <c r="D107" t="s">
+        <v>20</v>
+      </c>
+      <c r="E107" t="s">
+        <v>1276</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1282</v>
+      </c>
+      <c r="H107" t="s">
+        <v>1283</v>
+      </c>
+      <c r="I107" t="s">
+        <v>1284</v>
+      </c>
+      <c r="J107" t="s">
+        <v>617</v>
+      </c>
+      <c r="K107" t="s">
+        <v>300</v>
+      </c>
+      <c r="L107" t="s">
+        <v>618</v>
+      </c>
+      <c r="M107" t="s">
+        <v>640</v>
+      </c>
+      <c r="N107" t="s">
+        <v>665</v>
+      </c>
+      <c r="O107" t="s">
+        <v>678</v>
+      </c>
+      <c r="P107" t="s">
+        <v>1285</v>
+      </c>
+    </row>
+    <row r="108">
+      <c r="A108" t="s">
+        <v>611</v>
+      </c>
+      <c r="B108" t="s">
+        <v>1286</v>
+      </c>
+      <c r="C108" t="s">
+        <v>20</v>
+      </c>
+      <c r="D108" t="s">
+        <v>20</v>
+      </c>
+      <c r="E108" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F108" t="s">
+        <v>20</v>
+      </c>
+      <c r="G108" t="s">
+        <v>1288</v>
+      </c>
+      <c r="H108" t="s">
+        <v>1289</v>
+      </c>
+      <c r="I108" t="s">
+        <v>1290</v>
+      </c>
+      <c r="J108" t="s">
+        <v>617</v>
+      </c>
+      <c r="K108" t="s">
+        <v>300</v>
+      </c>
+      <c r="L108" t="s">
+        <v>618</v>
+      </c>
+      <c r="M108" t="s">
+        <v>640</v>
+      </c>
+      <c r="N108" t="s">
+        <v>620</v>
+      </c>
+      <c r="O108" t="s">
+        <v>796</v>
+      </c>
+      <c r="P108" t="s">
+        <v>1291</v>
+      </c>
+    </row>
+    <row r="109">
+      <c r="A109" t="s">
+        <v>611</v>
+      </c>
+      <c r="B109" t="s">
+        <v>1292</v>
+      </c>
+      <c r="C109" t="s">
+        <v>20</v>
+      </c>
+      <c r="D109" t="s">
+        <v>20</v>
+      </c>
+      <c r="E109" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1293</v>
+      </c>
+      <c r="H109" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I109" t="s">
+        <v>1074</v>
+      </c>
+      <c r="J109" t="s">
+        <v>1067</v>
+      </c>
+      <c r="K109" t="s">
+        <v>1068</v>
+      </c>
+      <c r="L109" t="s">
+        <v>618</v>
+      </c>
+      <c r="M109" t="s">
+        <v>640</v>
+      </c>
+      <c r="N109" t="s">
+        <v>620</v>
+      </c>
+      <c r="O109" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P109" t="s">
+        <v>1296</v>
+      </c>
+    </row>
+    <row r="110">
+      <c r="A110" t="s">
+        <v>611</v>
+      </c>
+      <c r="B110" t="s">
+        <v>1297</v>
+      </c>
+      <c r="C110" t="s">
+        <v>20</v>
+      </c>
+      <c r="D110" t="s">
+        <v>20</v>
+      </c>
+      <c r="E110" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F110" t="s">
+        <v>20</v>
+      </c>
+      <c r="G110" t="s">
+        <v>1298</v>
+      </c>
+      <c r="H110" t="s">
+        <v>1299</v>
+      </c>
+      <c r="I110" t="s">
+        <v>617</v>
+      </c>
+      <c r="J110" t="s">
+        <v>20</v>
+      </c>
+      <c r="K110" t="s">
+        <v>300</v>
+      </c>
+      <c r="L110" t="s">
+        <v>618</v>
+      </c>
+      <c r="M110" t="s">
+        <v>640</v>
+      </c>
+      <c r="N110" t="s">
+        <v>620</v>
+      </c>
+      <c r="O110" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P110" t="s">
+        <v>1300</v>
+      </c>
+    </row>
+    <row r="111">
+      <c r="A111" t="s">
+        <v>611</v>
+      </c>
+      <c r="B111" t="s">
+        <v>1301</v>
+      </c>
+      <c r="C111" t="s">
+        <v>20</v>
+      </c>
+      <c r="D111" t="s">
+        <v>20</v>
+      </c>
+      <c r="E111" t="s">
+        <v>1287</v>
+      </c>
+      <c r="F111" t="s">
+        <v>20</v>
+      </c>
+      <c r="G111" t="s">
+        <v>1302</v>
+      </c>
+      <c r="H111" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I111" t="s">
+        <v>617</v>
+      </c>
+      <c r="J111" t="s">
+        <v>20</v>
+      </c>
+      <c r="K111" t="s">
+        <v>300</v>
+      </c>
+      <c r="L111" t="s">
+        <v>618</v>
+      </c>
+      <c r="M111" t="s">
+        <v>640</v>
+      </c>
+      <c r="N111" t="s">
+        <v>620</v>
+      </c>
+      <c r="O111" t="s">
+        <v>766</v>
+      </c>
+      <c r="P111" t="s">
+        <v>1304</v>
+      </c>
+    </row>
+    <row r="112">
+      <c r="A112" t="s">
+        <v>611</v>
+      </c>
+      <c r="B112" t="s">
+        <v>1305</v>
+      </c>
+      <c r="C112" t="s">
+        <v>20</v>
+      </c>
+      <c r="D112" t="s">
+        <v>20</v>
+      </c>
+      <c r="E112" t="s">
+        <v>1306</v>
+      </c>
+      <c r="F112" t="s">
+        <v>20</v>
+      </c>
+      <c r="G112" t="s">
+        <v>1307</v>
+      </c>
+      <c r="H112" t="s">
+        <v>1308</v>
+      </c>
+      <c r="I112" t="s">
+        <v>1309</v>
+      </c>
+      <c r="J112" t="s">
+        <v>20</v>
+      </c>
+      <c r="K112" t="s">
+        <v>300</v>
+      </c>
+      <c r="L112" t="s">
+        <v>618</v>
+      </c>
+      <c r="M112" t="s">
+        <v>619</v>
+      </c>
+      <c r="N112" t="s">
+        <v>620</v>
+      </c>
+      <c r="O112" t="s">
+        <v>621</v>
+      </c>
+      <c r="P112" t="s">
+        <v>1310</v>
+      </c>
+    </row>
+    <row r="113">
+      <c r="A113" t="s">
+        <v>611</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1311</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1313</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1314</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J113" t="s">
+        <v>1316</v>
+      </c>
+      <c r="K113" t="s">
+        <v>1317</v>
+      </c>
+      <c r="L113" t="s">
+        <v>618</v>
+      </c>
+      <c r="M113" t="s">
+        <v>640</v>
+      </c>
+      <c r="N113" t="s">
+        <v>620</v>
+      </c>
+      <c r="O113" t="s">
+        <v>771</v>
+      </c>
+      <c r="P113" t="s">
+        <v>1318</v>
+      </c>
+    </row>
+    <row r="114">
+      <c r="A114" t="s">
+        <v>611</v>
+      </c>
+      <c r="B114" t="s">
+        <v>1319</v>
+      </c>
+      <c r="C114" t="s">
+        <v>20</v>
+      </c>
+      <c r="D114" t="s">
+        <v>20</v>
+      </c>
+      <c r="E114" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
+        <v>1320</v>
+      </c>
+      <c r="H114" t="s">
+        <v>1321</v>
+      </c>
+      <c r="I114" t="s">
+        <v>1315</v>
+      </c>
+      <c r="J114" t="s">
+        <v>1316</v>
+      </c>
+      <c r="K114" t="s">
+        <v>1317</v>
+      </c>
+      <c r="L114" t="s">
+        <v>618</v>
+      </c>
+      <c r="M114" t="s">
+        <v>640</v>
+      </c>
+      <c r="N114" t="s">
+        <v>620</v>
+      </c>
+      <c r="O114" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P114" t="s">
+        <v>1322</v>
+      </c>
+    </row>
+    <row r="115">
+      <c r="A115" t="s">
+        <v>611</v>
+      </c>
+      <c r="B115" t="s">
+        <v>1323</v>
+      </c>
+      <c r="C115" t="s">
+        <v>20</v>
+      </c>
+      <c r="D115" t="s">
+        <v>20</v>
+      </c>
+      <c r="E115" t="s">
+        <v>1312</v>
+      </c>
+      <c r="F115" t="s">
+        <v>20</v>
+      </c>
+      <c r="G115" t="s">
+        <v>1324</v>
+      </c>
+      <c r="H115" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I115" t="s">
+        <v>1326</v>
+      </c>
+      <c r="J115" t="s">
+        <v>1327</v>
+      </c>
+      <c r="K115" t="s">
+        <v>1328</v>
+      </c>
+      <c r="L115" t="s">
+        <v>618</v>
+      </c>
+      <c r="M115" t="s">
+        <v>640</v>
+      </c>
+      <c r="N115" t="s">
+        <v>620</v>
+      </c>
+      <c r="O115" t="s">
+        <v>796</v>
+      </c>
+      <c r="P115" t="s">
+        <v>1329</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" t="s">
+        <v>611</v>
+      </c>
+      <c r="B116" t="s">
+        <v>1330</v>
+      </c>
+      <c r="C116" t="s">
+        <v>20</v>
+      </c>
+      <c r="D116" t="s">
+        <v>20</v>
+      </c>
+      <c r="E116" t="s">
+        <v>1331</v>
+      </c>
+      <c r="F116" t="s">
+        <v>20</v>
+      </c>
+      <c r="G116" t="s">
+        <v>1332</v>
+      </c>
+      <c r="H116" t="s">
+        <v>1333</v>
+      </c>
+      <c r="I116" t="s">
+        <v>1334</v>
+      </c>
+      <c r="J116" t="s">
+        <v>617</v>
+      </c>
+      <c r="K116" t="s">
+        <v>300</v>
+      </c>
+      <c r="L116" t="s">
+        <v>618</v>
+      </c>
+      <c r="M116" t="s">
+        <v>619</v>
+      </c>
+      <c r="N116" t="s">
+        <v>641</v>
+      </c>
+      <c r="O116" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P116" t="s">
+        <v>1335</v>
+      </c>
+    </row>
+    <row r="117">
+      <c r="A117" t="s">
+        <v>611</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1336</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1338</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1340</v>
+      </c>
+      <c r="J117" t="s">
+        <v>639</v>
+      </c>
+      <c r="K117" t="s">
+        <v>53</v>
+      </c>
+      <c r="L117" t="s">
+        <v>618</v>
+      </c>
+      <c r="M117" t="s">
+        <v>640</v>
+      </c>
+      <c r="N117" t="s">
+        <v>620</v>
+      </c>
+      <c r="O117" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P117" t="s">
+        <v>1341</v>
+      </c>
+    </row>
+    <row r="118">
+      <c r="A118" t="s">
+        <v>611</v>
+      </c>
+      <c r="B118" t="s">
+        <v>1342</v>
+      </c>
+      <c r="C118" t="s">
+        <v>20</v>
+      </c>
+      <c r="D118" t="s">
+        <v>20</v>
+      </c>
+      <c r="E118" t="s">
+        <v>1337</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
+        <v>1343</v>
+      </c>
+      <c r="H118" t="s">
+        <v>1344</v>
+      </c>
+      <c r="I118" t="s">
+        <v>1345</v>
+      </c>
+      <c r="J118" t="s">
+        <v>1152</v>
+      </c>
+      <c r="K118" t="s">
+        <v>1153</v>
+      </c>
+      <c r="L118" t="s">
+        <v>618</v>
+      </c>
+      <c r="M118" t="s">
+        <v>640</v>
+      </c>
+      <c r="N118" t="s">
+        <v>620</v>
+      </c>
+      <c r="O118" t="s">
+        <v>1295</v>
+      </c>
+      <c r="P118" t="s">
+        <v>1346</v>
+      </c>
+    </row>
+    <row r="119">
+      <c r="A119" t="s">
+        <v>611</v>
+      </c>
+      <c r="B119" t="s">
+        <v>1347</v>
+      </c>
+      <c r="C119" t="s">
+        <v>20</v>
+      </c>
+      <c r="D119" t="s">
+        <v>20</v>
+      </c>
+      <c r="E119" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F119" t="s">
+        <v>20</v>
+      </c>
+      <c r="G119" t="s">
+        <v>1349</v>
+      </c>
+      <c r="H119" t="s">
+        <v>1350</v>
+      </c>
+      <c r="I119" t="s">
+        <v>1169</v>
+      </c>
+      <c r="J119" t="s">
+        <v>639</v>
+      </c>
+      <c r="K119" t="s">
+        <v>53</v>
+      </c>
+      <c r="L119" t="s">
+        <v>618</v>
+      </c>
+      <c r="M119" t="s">
+        <v>640</v>
+      </c>
+      <c r="N119" t="s">
+        <v>620</v>
+      </c>
+      <c r="O119" t="s">
+        <v>843</v>
+      </c>
+      <c r="P119" t="s">
+        <v>1351</v>
+      </c>
+    </row>
+    <row r="120">
+      <c r="A120" t="s">
+        <v>611</v>
+      </c>
+      <c r="B120" t="s">
+        <v>1352</v>
+      </c>
+      <c r="C120" t="s">
+        <v>20</v>
+      </c>
+      <c r="D120" t="s">
+        <v>20</v>
+      </c>
+      <c r="E120" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
+        <v>1353</v>
+      </c>
+      <c r="H120" t="s">
+        <v>1354</v>
+      </c>
+      <c r="I120" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J120" t="s">
+        <v>672</v>
+      </c>
+      <c r="K120" t="s">
+        <v>505</v>
+      </c>
+      <c r="L120" t="s">
+        <v>618</v>
+      </c>
+      <c r="M120" t="s">
+        <v>640</v>
+      </c>
+      <c r="N120" t="s">
+        <v>665</v>
+      </c>
+      <c r="O120" t="s">
+        <v>900</v>
+      </c>
+      <c r="P120" t="s">
+        <v>1356</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" t="s">
+        <v>611</v>
+      </c>
+      <c r="B121" t="s">
+        <v>1357</v>
+      </c>
+      <c r="C121" t="s">
+        <v>20</v>
+      </c>
+      <c r="D121" t="s">
+        <v>20</v>
+      </c>
+      <c r="E121" t="s">
+        <v>1348</v>
+      </c>
+      <c r="F121" t="s">
+        <v>20</v>
+      </c>
+      <c r="G121" t="s">
+        <v>1358</v>
+      </c>
+      <c r="H121" t="s">
+        <v>1359</v>
+      </c>
+      <c r="I121" t="s">
+        <v>1355</v>
+      </c>
+      <c r="J121" t="s">
+        <v>672</v>
+      </c>
+      <c r="K121" t="s">
+        <v>505</v>
+      </c>
+      <c r="L121" t="s">
+        <v>618</v>
+      </c>
+      <c r="M121" t="s">
+        <v>640</v>
+      </c>
+      <c r="N121" t="s">
+        <v>665</v>
+      </c>
+      <c r="O121" t="s">
+        <v>1145</v>
+      </c>
+      <c r="P121" t="s">
+        <v>1360</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" t="s">
+        <v>611</v>
+      </c>
+      <c r="B122" t="s">
+        <v>1361</v>
+      </c>
+      <c r="C122" t="s">
+        <v>20</v>
+      </c>
+      <c r="D122" t="s">
+        <v>20</v>
+      </c>
+      <c r="E122" t="s">
+        <v>1362</v>
+      </c>
+      <c r="F122" t="s">
+        <v>20</v>
+      </c>
+      <c r="G122" t="s">
+        <v>1363</v>
+      </c>
+      <c r="H122" t="s">
+        <v>1364</v>
+      </c>
+      <c r="I122" t="s">
+        <v>1365</v>
+      </c>
+      <c r="J122" t="s">
+        <v>639</v>
+      </c>
+      <c r="K122" t="s">
+        <v>53</v>
+      </c>
+      <c r="L122" t="s">
+        <v>618</v>
+      </c>
+      <c r="M122" t="s">
+        <v>640</v>
+      </c>
+      <c r="N122" t="s">
+        <v>665</v>
+      </c>
+      <c r="O122" t="s">
+        <v>1366</v>
+      </c>
+      <c r="P122" t="s">
+        <v>1367</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" t="s">
+        <v>611</v>
+      </c>
+      <c r="B123" t="s">
+        <v>1368</v>
+      </c>
+      <c r="C123" t="s">
+        <v>20</v>
+      </c>
+      <c r="D123" t="s">
+        <v>20</v>
+      </c>
+      <c r="E123" t="s">
+        <v>1369</v>
+      </c>
+      <c r="F123" t="s">
+        <v>20</v>
+      </c>
+      <c r="G123" t="s">
+        <v>1370</v>
+      </c>
+      <c r="H123" t="s">
+        <v>1371</v>
+      </c>
+      <c r="I123" t="s">
+        <v>1372</v>
+      </c>
+      <c r="J123" t="s">
+        <v>1373</v>
+      </c>
+      <c r="K123" t="s">
+        <v>1374</v>
+      </c>
+      <c r="L123" t="s">
+        <v>618</v>
+      </c>
+      <c r="M123" t="s">
+        <v>619</v>
+      </c>
+      <c r="N123" t="s">
+        <v>716</v>
+      </c>
+      <c r="O123" t="s">
+        <v>717</v>
+      </c>
+      <c r="P123" t="s">
+        <v>1375</v>
+      </c>
+    </row>
+    <row r="124">
+      <c r="A124" t="s">
+        <v>611</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1376</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1377</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1378</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1379</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1380</v>
+      </c>
+      <c r="J124" t="s">
+        <v>617</v>
+      </c>
+      <c r="K124" t="s">
+        <v>300</v>
+      </c>
+      <c r="L124" t="s">
+        <v>618</v>
+      </c>
+      <c r="M124" t="s">
+        <v>619</v>
+      </c>
+      <c r="N124" t="s">
+        <v>971</v>
+      </c>
+      <c r="O124" t="s">
+        <v>972</v>
+      </c>
+      <c r="P124" t="s">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" t="s">
+        <v>611</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1383</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1384</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1385</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1386</v>
+      </c>
+      <c r="J125" t="s">
+        <v>20</v>
+      </c>
+      <c r="K125" t="s">
+        <v>300</v>
+      </c>
+      <c r="L125" t="s">
+        <v>618</v>
+      </c>
+      <c r="M125" t="s">
+        <v>640</v>
+      </c>
+      <c r="N125" t="s">
+        <v>716</v>
+      </c>
+      <c r="O125" t="s">
+        <v>717</v>
+      </c>
+      <c r="P125" t="s">
+        <v>1387</v>
+      </c>
+    </row>
+    <row r="126">
+      <c r="A126" t="s">
+        <v>611</v>
+      </c>
+      <c r="B126" t="s">
+        <v>1388</v>
+      </c>
+      <c r="C126" t="s">
+        <v>20</v>
+      </c>
+      <c r="D126" t="s">
+        <v>20</v>
+      </c>
+      <c r="E126" t="s">
+        <v>1389</v>
+      </c>
+      <c r="F126" t="s">
+        <v>20</v>
+      </c>
+      <c r="G126" t="s">
+        <v>1390</v>
+      </c>
+      <c r="H126" t="s">
+        <v>1391</v>
+      </c>
+      <c r="I126" t="s">
+        <v>1392</v>
+      </c>
+      <c r="J126" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K126" t="s">
+        <v>1394</v>
+      </c>
+      <c r="L126" t="s">
+        <v>618</v>
+      </c>
+      <c r="M126" t="s">
+        <v>619</v>
+      </c>
+      <c r="N126" t="s">
+        <v>716</v>
+      </c>
+      <c r="O126" t="s">
+        <v>717</v>
+      </c>
+      <c r="P126" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="127">
+      <c r="A127" t="s">
+        <v>611</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1396</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1399</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1400</v>
+      </c>
+      <c r="J127" t="s">
+        <v>953</v>
+      </c>
+      <c r="K127" t="s">
+        <v>954</v>
+      </c>
+      <c r="L127" t="s">
+        <v>618</v>
+      </c>
+      <c r="M127" t="s">
+        <v>640</v>
+      </c>
+      <c r="N127" t="s">
+        <v>620</v>
+      </c>
+      <c r="O127" t="s">
+        <v>796</v>
+      </c>
+      <c r="P127" t="s">
+        <v>1401</v>
+      </c>
+    </row>
+    <row r="128">
+      <c r="A128" t="s">
+        <v>611</v>
+      </c>
+      <c r="B128" t="s">
+        <v>1402</v>
+      </c>
+      <c r="C128" t="s">
+        <v>20</v>
+      </c>
+      <c r="D128" t="s">
+        <v>20</v>
+      </c>
+      <c r="E128" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
+        <v>1403</v>
+      </c>
+      <c r="H128" t="s">
+        <v>1404</v>
+      </c>
+      <c r="I128" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J128" t="s">
+        <v>1406</v>
+      </c>
+      <c r="K128" t="s">
+        <v>1407</v>
+      </c>
+      <c r="L128" t="s">
+        <v>618</v>
+      </c>
+      <c r="M128" t="s">
+        <v>640</v>
+      </c>
+      <c r="N128" t="s">
+        <v>665</v>
+      </c>
+      <c r="O128" t="s">
+        <v>666</v>
+      </c>
+      <c r="P128" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="129">
+      <c r="A129" t="s">
+        <v>611</v>
+      </c>
+      <c r="B129" t="s">
+        <v>1409</v>
+      </c>
+      <c r="C129" t="s">
+        <v>20</v>
+      </c>
+      <c r="D129" t="s">
+        <v>20</v>
+      </c>
+      <c r="E129" t="s">
+        <v>1397</v>
+      </c>
+      <c r="F129" t="s">
+        <v>20</v>
+      </c>
+      <c r="G129" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H129" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I129" t="s">
+        <v>1412</v>
+      </c>
+      <c r="J129" t="s">
+        <v>953</v>
+      </c>
+      <c r="K129" t="s">
+        <v>954</v>
+      </c>
+      <c r="L129" t="s">
+        <v>618</v>
+      </c>
+      <c r="M129" t="s">
+        <v>640</v>
+      </c>
+      <c r="N129" t="s">
+        <v>665</v>
+      </c>
+      <c r="O129" t="s">
+        <v>678</v>
+      </c>
+      <c r="P129" t="s">
+        <v>1413</v>
+      </c>
+    </row>
+    <row r="130">
+      <c r="A130" t="s">
+        <v>611</v>
+      </c>
+      <c r="B130" t="s">
+        <v>1414</v>
+      </c>
+      <c r="C130" t="s">
+        <v>20</v>
+      </c>
+      <c r="D130" t="s">
+        <v>20</v>
+      </c>
+      <c r="E130" t="s">
+        <v>1415</v>
+      </c>
+      <c r="F130" t="s">
+        <v>20</v>
+      </c>
+      <c r="G130" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H130" t="s">
+        <v>1417</v>
+      </c>
+      <c r="I130" t="s">
+        <v>1418</v>
+      </c>
+      <c r="J130" t="s">
+        <v>639</v>
+      </c>
+      <c r="K130" t="s">
+        <v>53</v>
+      </c>
+      <c r="L130" t="s">
+        <v>618</v>
+      </c>
+      <c r="M130" t="s">
+        <v>640</v>
+      </c>
+      <c r="N130" t="s">
+        <v>641</v>
+      </c>
+      <c r="O130" t="s">
+        <v>1242</v>
+      </c>
+      <c r="P130" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="131">
+      <c r="A131" t="s">
+        <v>611</v>
+      </c>
+      <c r="B131" t="s">
+        <v>1420</v>
+      </c>
+      <c r="C131" t="s">
+        <v>20</v>
+      </c>
+      <c r="D131" t="s">
+        <v>20</v>
+      </c>
+      <c r="E131" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F131" t="s">
+        <v>20</v>
+      </c>
+      <c r="G131" t="s">
+        <v>1422</v>
+      </c>
+      <c r="H131" t="s">
+        <v>1423</v>
+      </c>
+      <c r="I131" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J131" t="s">
+        <v>617</v>
+      </c>
+      <c r="K131" t="s">
+        <v>300</v>
+      </c>
+      <c r="L131" t="s">
+        <v>618</v>
+      </c>
+      <c r="M131" t="s">
+        <v>640</v>
+      </c>
+      <c r="N131" t="s">
+        <v>665</v>
+      </c>
+      <c r="O131" t="s">
+        <v>900</v>
+      </c>
+      <c r="P131" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="132">
+      <c r="A132" t="s">
+        <v>611</v>
+      </c>
+      <c r="B132" t="s">
+        <v>1426</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1421</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1424</v>
+      </c>
+      <c r="J132" t="s">
+        <v>617</v>
+      </c>
+      <c r="K132" t="s">
+        <v>300</v>
+      </c>
+      <c r="L132" t="s">
+        <v>618</v>
+      </c>
+      <c r="M132" t="s">
+        <v>640</v>
+      </c>
+      <c r="N132" t="s">
+        <v>665</v>
+      </c>
+      <c r="O132" t="s">
+        <v>678</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1429</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
-        <v>622</v>
+        <v>1430</v>
       </c>
       <c r="L1" t="s">
-        <v>623</v>
+        <v>1431</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>624</v>
+        <v>1432</v>
       </c>
       <c r="B2" t="s">
-        <v>625</v>
+        <v>1433</v>
       </c>
       <c r="C2" t="s">
         <v>20</v>
       </c>
       <c r="D2" t="s">
         <v>20</v>
       </c>
       <c r="E2" t="s">
-        <v>626</v>
+        <v>1434</v>
       </c>
       <c r="F2" t="s">
         <v>20</v>
       </c>
       <c r="G2" t="s">
-        <v>627</v>
+        <v>1435</v>
       </c>
       <c r="H2" t="s">
-        <v>628</v>
+        <v>1436</v>
       </c>
       <c r="I2" t="s">
-        <v>629</v>
+        <v>1437</v>
       </c>
       <c r="J2" t="s">
         <v>51</v>
       </c>
       <c r="K2" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L2" t="s">
         <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>631</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>624</v>
+        <v>1432</v>
       </c>
       <c r="B3" t="s">
-        <v>632</v>
+        <v>1439</v>
       </c>
       <c r="C3" t="s">
         <v>20</v>
       </c>
       <c r="D3" t="s">
         <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>633</v>
+        <v>1440</v>
       </c>
       <c r="F3" t="s">
         <v>20</v>
       </c>
       <c r="G3" t="s">
-        <v>634</v>
+        <v>1441</v>
       </c>
       <c r="H3" t="s">
-        <v>635</v>
+        <v>1442</v>
       </c>
       <c r="I3" t="s">
-        <v>636</v>
+        <v>1443</v>
       </c>
       <c r="J3" t="s">
         <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L3" t="s">
         <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>637</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>624</v>
+        <v>1432</v>
       </c>
       <c r="B4" t="s">
-        <v>638</v>
+        <v>1445</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
-        <v>639</v>
+        <v>1446</v>
       </c>
       <c r="H4" t="s">
-        <v>640</v>
+        <v>1447</v>
       </c>
       <c r="I4" t="s">
-        <v>641</v>
+        <v>1448</v>
       </c>
       <c r="J4" t="s">
         <v>138</v>
       </c>
       <c r="K4" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L4" t="s">
         <v>140</v>
       </c>
       <c r="M4" t="s">
-        <v>642</v>
+        <v>1449</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>624</v>
+        <v>1432</v>
       </c>
       <c r="B5" t="s">
-        <v>632</v>
+        <v>1439</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
-        <v>643</v>
+        <v>1450</v>
       </c>
       <c r="F5" t="s">
         <v>20</v>
       </c>
       <c r="G5" t="s">
-        <v>644</v>
+        <v>1451</v>
       </c>
       <c r="H5" t="s">
-        <v>645</v>
+        <v>1452</v>
       </c>
       <c r="I5" t="s">
-        <v>636</v>
+        <v>1443</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
       <c r="K5" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L5" t="s">
         <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>646</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>624</v>
+        <v>1432</v>
       </c>
       <c r="B6" t="s">
-        <v>647</v>
+        <v>1454</v>
       </c>
       <c r="C6" t="s">
         <v>20</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
       <c r="E6" t="s">
-        <v>648</v>
+        <v>1455</v>
       </c>
       <c r="F6" t="s">
         <v>20</v>
       </c>
       <c r="G6" t="s">
-        <v>649</v>
+        <v>1456</v>
       </c>
       <c r="H6" t="s">
-        <v>650</v>
+        <v>1457</v>
       </c>
       <c r="I6" t="s">
-        <v>651</v>
+        <v>1458</v>
       </c>
       <c r="J6" t="s">
-        <v>652</v>
+        <v>1459</v>
       </c>
       <c r="K6" t="s">
-        <v>630</v>
+        <v>618</v>
       </c>
       <c r="L6" t="s">
-        <v>653</v>
+        <v>1460</v>
       </c>
       <c r="M6" t="s">
-        <v>654</v>
+        <v>1461</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T41"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="J1" t="s">
+        <v>603</v>
+      </c>
+      <c r="K1" t="s">
+        <v>1463</v>
+      </c>
+      <c r="L1" t="s">
+        <v>605</v>
+      </c>
+      <c r="M1" t="s">
+        <v>606</v>
+      </c>
+      <c r="N1" t="s">
+        <v>1464</v>
+      </c>
+      <c r="O1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="P1" t="s">
+        <v>1466</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>1467</v>
+      </c>
+      <c r="R1" t="s">
+        <v>607</v>
+      </c>
+      <c r="S1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="T1" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B2" t="s">
+        <v>1471</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H2" t="s">
+        <v>1474</v>
+      </c>
+      <c r="I2" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J2" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K2" t="s">
+        <v>639</v>
+      </c>
+      <c r="L2" t="s">
+        <v>53</v>
+      </c>
+      <c r="M2" t="s">
+        <v>618</v>
+      </c>
+      <c r="N2" t="s">
+        <v>1477</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R2" t="s">
+        <v>619</v>
+      </c>
+      <c r="S2" t="s">
+        <v>1479</v>
+      </c>
+      <c r="T2" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B3" t="s">
+        <v>1481</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H3" t="s">
+        <v>1484</v>
+      </c>
+      <c r="I3" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J3" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K3" t="s">
+        <v>672</v>
+      </c>
+      <c r="L3" t="s">
+        <v>505</v>
+      </c>
+      <c r="M3" t="s">
+        <v>618</v>
+      </c>
+      <c r="N3" t="s">
+        <v>1486</v>
+      </c>
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R3" t="s">
+        <v>619</v>
+      </c>
+      <c r="S3" t="s">
+        <v>1487</v>
+      </c>
+      <c r="T3" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B4" t="s">
+        <v>1488</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>1490</v>
+      </c>
+      <c r="H4" t="s">
+        <v>1491</v>
+      </c>
+      <c r="I4" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J4" t="s">
+        <v>1492</v>
+      </c>
+      <c r="K4" t="s">
+        <v>617</v>
+      </c>
+      <c r="L4" t="s">
+        <v>300</v>
+      </c>
+      <c r="M4" t="s">
+        <v>618</v>
+      </c>
+      <c r="N4" t="s">
+        <v>1493</v>
+      </c>
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R4" t="s">
+        <v>619</v>
+      </c>
+      <c r="S4" t="s">
+        <v>1494</v>
+      </c>
+      <c r="T4" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B5" t="s">
+        <v>1495</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="H5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="I5" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J5" t="s">
+        <v>1500</v>
+      </c>
+      <c r="K5" t="s">
+        <v>672</v>
+      </c>
+      <c r="L5" t="s">
+        <v>505</v>
+      </c>
+      <c r="M5" t="s">
+        <v>618</v>
+      </c>
+      <c r="N5" t="s">
+        <v>1501</v>
+      </c>
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R5" t="s">
+        <v>640</v>
+      </c>
+      <c r="S5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="T5" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B6" t="s">
+        <v>1504</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>1505</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>1506</v>
+      </c>
+      <c r="H6" t="s">
+        <v>1507</v>
+      </c>
+      <c r="I6" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="K6" t="s">
+        <v>1120</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1115</v>
+      </c>
+      <c r="M6" t="s">
+        <v>618</v>
+      </c>
+      <c r="N6" t="s">
+        <v>1509</v>
+      </c>
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>1511</v>
+      </c>
+      <c r="R6" t="s">
+        <v>619</v>
+      </c>
+      <c r="S6" t="s">
+        <v>1512</v>
+      </c>
+      <c r="T6" t="s">
+        <v>1513</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B7" t="s">
+        <v>1514</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
+        <v>1516</v>
+      </c>
+      <c r="H7" t="s">
+        <v>1517</v>
+      </c>
+      <c r="I7" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1373</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1374</v>
+      </c>
+      <c r="M7" t="s">
+        <v>618</v>
+      </c>
+      <c r="N7" t="s">
+        <v>1518</v>
+      </c>
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R7" t="s">
+        <v>619</v>
+      </c>
+      <c r="S7" t="s">
+        <v>1520</v>
+      </c>
+      <c r="T7" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B8" t="s">
+        <v>1521</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1515</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>1522</v>
+      </c>
+      <c r="H8" t="s">
+        <v>1523</v>
+      </c>
+      <c r="I8" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1373</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1374</v>
+      </c>
+      <c r="M8" t="s">
+        <v>618</v>
+      </c>
+      <c r="N8" t="s">
+        <v>20</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R8" t="s">
+        <v>619</v>
+      </c>
+      <c r="S8" t="s">
+        <v>1524</v>
+      </c>
+      <c r="T8" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B9" t="s">
+        <v>1525</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>1526</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>1527</v>
+      </c>
+      <c r="H9" t="s">
+        <v>1528</v>
+      </c>
+      <c r="I9" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J9" t="s">
+        <v>1529</v>
+      </c>
+      <c r="K9" t="s">
+        <v>639</v>
+      </c>
+      <c r="L9" t="s">
+        <v>53</v>
+      </c>
+      <c r="M9" t="s">
+        <v>618</v>
+      </c>
+      <c r="N9" t="s">
+        <v>1530</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>1531</v>
+      </c>
+      <c r="R9" t="s">
+        <v>640</v>
+      </c>
+      <c r="S9" t="s">
+        <v>1532</v>
+      </c>
+      <c r="T9" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B10" t="s">
+        <v>1533</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>1534</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>1535</v>
+      </c>
+      <c r="H10" t="s">
+        <v>1536</v>
+      </c>
+      <c r="I10" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J10" t="s">
+        <v>1537</v>
+      </c>
+      <c r="K10" t="s">
+        <v>1152</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M10" t="s">
+        <v>618</v>
+      </c>
+      <c r="N10" t="s">
+        <v>1538</v>
+      </c>
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S10" t="s">
+        <v>1540</v>
+      </c>
+      <c r="T10" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B11" t="s">
+        <v>1541</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>1543</v>
+      </c>
+      <c r="H11" t="s">
+        <v>1544</v>
+      </c>
+      <c r="I11" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J11" t="s">
+        <v>1546</v>
+      </c>
+      <c r="K11" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L11" t="s">
+        <v>300</v>
+      </c>
+      <c r="M11" t="s">
+        <v>618</v>
+      </c>
+      <c r="N11" t="s">
+        <v>1548</v>
+      </c>
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>1549</v>
+      </c>
+      <c r="R11" t="s">
+        <v>619</v>
+      </c>
+      <c r="S11" t="s">
+        <v>301</v>
+      </c>
+      <c r="T11" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B12" t="s">
+        <v>1550</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>1551</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>1552</v>
+      </c>
+      <c r="H12" t="s">
+        <v>1553</v>
+      </c>
+      <c r="I12" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J12" t="s">
+        <v>1554</v>
+      </c>
+      <c r="K12" t="s">
+        <v>1555</v>
+      </c>
+      <c r="L12" t="s">
+        <v>53</v>
+      </c>
+      <c r="M12" t="s">
+        <v>618</v>
+      </c>
+      <c r="N12" t="s">
+        <v>1556</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R12" t="s">
+        <v>640</v>
+      </c>
+      <c r="S12" t="s">
+        <v>1557</v>
+      </c>
+      <c r="T12" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B13" t="s">
+        <v>72</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>1559</v>
+      </c>
+      <c r="H13" t="s">
+        <v>1560</v>
+      </c>
+      <c r="I13" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J13" t="s">
+        <v>1561</v>
+      </c>
+      <c r="K13" t="s">
+        <v>1562</v>
+      </c>
+      <c r="L13" t="s">
+        <v>53</v>
+      </c>
+      <c r="M13" t="s">
+        <v>618</v>
+      </c>
+      <c r="N13" t="s">
+        <v>1563</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>1564</v>
+      </c>
+      <c r="R13" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S13" t="s">
+        <v>74</v>
+      </c>
+      <c r="T13" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B14" t="s">
+        <v>503</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1565</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1566</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1568</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1569</v>
+      </c>
+      <c r="L14" t="s">
+        <v>505</v>
+      </c>
+      <c r="M14" t="s">
+        <v>618</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1570</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1571</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S14" t="s">
+        <v>506</v>
+      </c>
+      <c r="T14" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B15" t="s">
+        <v>1572</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>1574</v>
+      </c>
+      <c r="H15" t="s">
+        <v>1575</v>
+      </c>
+      <c r="I15" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J15" t="s">
+        <v>1576</v>
+      </c>
+      <c r="K15" t="s">
+        <v>1577</v>
+      </c>
+      <c r="L15" t="s">
+        <v>954</v>
+      </c>
+      <c r="M15" t="s">
+        <v>618</v>
+      </c>
+      <c r="N15" t="s">
+        <v>1578</v>
+      </c>
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1511</v>
+      </c>
+      <c r="R15" t="s">
+        <v>619</v>
+      </c>
+      <c r="S15" t="s">
+        <v>1579</v>
+      </c>
+      <c r="T15" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B16" t="s">
+        <v>1580</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
+        <v>1582</v>
+      </c>
+      <c r="H16" t="s">
+        <v>1583</v>
+      </c>
+      <c r="I16" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>647</v>
+      </c>
+      <c r="L16" t="s">
+        <v>648</v>
+      </c>
+      <c r="M16" t="s">
+        <v>618</v>
+      </c>
+      <c r="N16" t="s">
+        <v>1584</v>
+      </c>
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1511</v>
+      </c>
+      <c r="R16" t="s">
+        <v>619</v>
+      </c>
+      <c r="S16" t="s">
+        <v>1585</v>
+      </c>
+      <c r="T16" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B17" t="s">
+        <v>1587</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1573</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
+        <v>1588</v>
+      </c>
+      <c r="H17" t="s">
+        <v>1589</v>
+      </c>
+      <c r="I17" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1268</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1269</v>
+      </c>
+      <c r="M17" t="s">
+        <v>618</v>
+      </c>
+      <c r="N17" t="s">
+        <v>1590</v>
+      </c>
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1502</v>
+      </c>
+      <c r="R17" t="s">
+        <v>619</v>
+      </c>
+      <c r="S17" t="s">
+        <v>1591</v>
+      </c>
+      <c r="T17" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B18" t="s">
+        <v>1592</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>1593</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>1594</v>
+      </c>
+      <c r="H18" t="s">
+        <v>1595</v>
+      </c>
+      <c r="I18" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J18" t="s">
+        <v>1596</v>
+      </c>
+      <c r="K18" t="s">
+        <v>1152</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1153</v>
+      </c>
+      <c r="M18" t="s">
+        <v>618</v>
+      </c>
+      <c r="N18" t="s">
+        <v>1597</v>
+      </c>
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S18" t="s">
+        <v>1598</v>
+      </c>
+      <c r="T18" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B19" t="s">
+        <v>1599</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>1600</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>1601</v>
+      </c>
+      <c r="H19" t="s">
+        <v>1602</v>
+      </c>
+      <c r="I19" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J19" t="s">
+        <v>1603</v>
+      </c>
+      <c r="K19" t="s">
+        <v>912</v>
+      </c>
+      <c r="L19" t="s">
+        <v>53</v>
+      </c>
+      <c r="M19" t="s">
+        <v>618</v>
+      </c>
+      <c r="N19" t="s">
+        <v>1604</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
+        <v>1605</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>1606</v>
+      </c>
+      <c r="R19" t="s">
+        <v>640</v>
+      </c>
+      <c r="S19" t="s">
+        <v>140</v>
+      </c>
+      <c r="T19" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B20" t="s">
+        <v>123</v>
+      </c>
+      <c r="C20" t="s">
+        <v>20</v>
+      </c>
+      <c r="D20" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
+        <v>1608</v>
+      </c>
+      <c r="H20" t="s">
+        <v>1609</v>
+      </c>
+      <c r="I20" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J20" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" t="s">
+        <v>986</v>
+      </c>
+      <c r="L20" t="s">
+        <v>53</v>
+      </c>
+      <c r="M20" t="s">
+        <v>618</v>
+      </c>
+      <c r="N20" t="s">
+        <v>1610</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
+        <v>1611</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>1612</v>
+      </c>
+      <c r="R20" t="s">
+        <v>619</v>
+      </c>
+      <c r="S20" t="s">
+        <v>124</v>
+      </c>
+      <c r="T20" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B21" t="s">
+        <v>1613</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
+        <v>1614</v>
+      </c>
+      <c r="H21" t="s">
+        <v>1615</v>
+      </c>
+      <c r="I21" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J21" t="s">
+        <v>1616</v>
+      </c>
+      <c r="K21" t="s">
+        <v>986</v>
+      </c>
+      <c r="L21" t="s">
+        <v>53</v>
+      </c>
+      <c r="M21" t="s">
+        <v>618</v>
+      </c>
+      <c r="N21" t="s">
+        <v>1617</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1611</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1511</v>
+      </c>
+      <c r="R21" t="s">
+        <v>619</v>
+      </c>
+      <c r="S21" t="s">
+        <v>1618</v>
+      </c>
+      <c r="T21" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B22" t="s">
+        <v>51</v>
+      </c>
+      <c r="C22" t="s">
+        <v>20</v>
+      </c>
+      <c r="D22" t="s">
+        <v>20</v>
+      </c>
+      <c r="E22" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F22" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" t="s">
+        <v>1619</v>
+      </c>
+      <c r="H22" t="s">
+        <v>1620</v>
+      </c>
+      <c r="I22" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J22" t="s">
+        <v>1621</v>
+      </c>
+      <c r="K22" t="s">
+        <v>986</v>
+      </c>
+      <c r="L22" t="s">
+        <v>53</v>
+      </c>
+      <c r="M22" t="s">
+        <v>618</v>
+      </c>
+      <c r="N22" t="s">
+        <v>1610</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
+        <v>1611</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>1622</v>
+      </c>
+      <c r="R22" t="s">
+        <v>619</v>
+      </c>
+      <c r="S22" t="s">
+        <v>54</v>
+      </c>
+      <c r="T22" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B23" t="s">
+        <v>1623</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1581</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
+        <v>1624</v>
+      </c>
+      <c r="H23" t="s">
+        <v>1625</v>
+      </c>
+      <c r="I23" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>647</v>
+      </c>
+      <c r="L23" t="s">
+        <v>648</v>
+      </c>
+      <c r="M23" t="s">
+        <v>618</v>
+      </c>
+      <c r="N23" t="s">
+        <v>1626</v>
+      </c>
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R23" t="s">
+        <v>619</v>
+      </c>
+      <c r="S23" t="s">
+        <v>1627</v>
+      </c>
+      <c r="T23" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B24" t="s">
+        <v>110</v>
+      </c>
+      <c r="C24" t="s">
+        <v>20</v>
+      </c>
+      <c r="D24" t="s">
+        <v>20</v>
+      </c>
+      <c r="E24" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>1628</v>
+      </c>
+      <c r="H24" t="s">
+        <v>1629</v>
+      </c>
+      <c r="I24" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J24" t="s">
+        <v>1630</v>
+      </c>
+      <c r="K24" t="s">
+        <v>986</v>
+      </c>
+      <c r="L24" t="s">
+        <v>53</v>
+      </c>
+      <c r="M24" t="s">
+        <v>618</v>
+      </c>
+      <c r="N24" t="s">
+        <v>1610</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
+        <v>1611</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>1631</v>
+      </c>
+      <c r="R24" t="s">
+        <v>619</v>
+      </c>
+      <c r="S24" t="s">
+        <v>111</v>
+      </c>
+      <c r="T24" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B25" t="s">
+        <v>1632</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
+        <v>1633</v>
+      </c>
+      <c r="H25" t="s">
+        <v>1634</v>
+      </c>
+      <c r="I25" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J25" t="s">
+        <v>1635</v>
+      </c>
+      <c r="K25" t="s">
+        <v>639</v>
+      </c>
+      <c r="L25" t="s">
+        <v>53</v>
+      </c>
+      <c r="M25" t="s">
+        <v>618</v>
+      </c>
+      <c r="N25" t="s">
+        <v>1636</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1511</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S25" t="s">
+        <v>1637</v>
+      </c>
+      <c r="T25" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B26" t="s">
+        <v>1638</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1607</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H26" t="s">
+        <v>1640</v>
+      </c>
+      <c r="I26" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J26" t="s">
+        <v>20</v>
+      </c>
+      <c r="K26" t="s">
+        <v>986</v>
+      </c>
+      <c r="L26" t="s">
+        <v>53</v>
+      </c>
+      <c r="M26" t="s">
+        <v>618</v>
+      </c>
+      <c r="N26" t="s">
+        <v>1641</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1611</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R26" t="s">
+        <v>619</v>
+      </c>
+      <c r="S26" t="s">
+        <v>1642</v>
+      </c>
+      <c r="T26" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B27" t="s">
+        <v>1643</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1542</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
+        <v>1644</v>
+      </c>
+      <c r="H27" t="s">
+        <v>1645</v>
+      </c>
+      <c r="I27" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1334</v>
+      </c>
+      <c r="K27" t="s">
+        <v>617</v>
+      </c>
+      <c r="L27" t="s">
+        <v>300</v>
+      </c>
+      <c r="M27" t="s">
+        <v>618</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1548</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R27" t="s">
+        <v>619</v>
+      </c>
+      <c r="S27" t="s">
+        <v>1646</v>
+      </c>
+      <c r="T27" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B28" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
+        <v>1648</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>1649</v>
+      </c>
+      <c r="H28" t="s">
+        <v>1650</v>
+      </c>
+      <c r="I28" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J28" t="s">
+        <v>1546</v>
+      </c>
+      <c r="K28" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L28" t="s">
+        <v>300</v>
+      </c>
+      <c r="M28" t="s">
+        <v>618</v>
+      </c>
+      <c r="N28" t="s">
+        <v>1651</v>
+      </c>
+      <c r="O28" t="s">
+        <v>20</v>
+      </c>
+      <c r="P28" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>1531</v>
+      </c>
+      <c r="R28" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S28" t="s">
+        <v>1652</v>
+      </c>
+      <c r="T28" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B29" t="s">
+        <v>39</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>1558</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>1653</v>
+      </c>
+      <c r="H29" t="s">
+        <v>1654</v>
+      </c>
+      <c r="I29" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J29" t="s">
+        <v>1655</v>
+      </c>
+      <c r="K29" t="s">
+        <v>690</v>
+      </c>
+      <c r="L29" t="s">
+        <v>41</v>
+      </c>
+      <c r="M29" t="s">
+        <v>618</v>
+      </c>
+      <c r="N29" t="s">
+        <v>1656</v>
+      </c>
+      <c r="O29" t="s">
+        <v>20</v>
+      </c>
+      <c r="P29" t="s">
+        <v>1539</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>1657</v>
+      </c>
+      <c r="R29" t="s">
+        <v>1539</v>
+      </c>
+      <c r="S29" t="s">
+        <v>42</v>
+      </c>
+      <c r="T29" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B30" t="s">
+        <v>1658</v>
+      </c>
+      <c r="C30" t="s">
+        <v>20</v>
+      </c>
+      <c r="D30" t="s">
+        <v>20</v>
+      </c>
+      <c r="E30" t="s">
+        <v>1659</v>
+      </c>
+      <c r="F30" t="s">
+        <v>20</v>
+      </c>
+      <c r="G30" t="s">
+        <v>1660</v>
+      </c>
+      <c r="H30" t="s">
+        <v>1661</v>
+      </c>
+      <c r="I30" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J30" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K30" t="s">
+        <v>1663</v>
+      </c>
+      <c r="L30" t="s">
+        <v>53</v>
+      </c>
+      <c r="M30" t="s">
+        <v>618</v>
+      </c>
+      <c r="N30" t="s">
+        <v>1664</v>
+      </c>
+      <c r="O30" t="s">
+        <v>20</v>
+      </c>
+      <c r="P30" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R30" t="s">
+        <v>640</v>
+      </c>
+      <c r="S30" t="s">
+        <v>1665</v>
+      </c>
+      <c r="T30" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B31" t="s">
+        <v>1666</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>1668</v>
+      </c>
+      <c r="H31" t="s">
+        <v>1669</v>
+      </c>
+      <c r="I31" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J31" t="s">
+        <v>1670</v>
+      </c>
+      <c r="K31" t="s">
+        <v>672</v>
+      </c>
+      <c r="L31" t="s">
+        <v>505</v>
+      </c>
+      <c r="M31" t="s">
+        <v>618</v>
+      </c>
+      <c r="N31" t="s">
+        <v>1671</v>
+      </c>
+      <c r="O31" t="s">
+        <v>20</v>
+      </c>
+      <c r="P31" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>1672</v>
+      </c>
+      <c r="R31" t="s">
+        <v>640</v>
+      </c>
+      <c r="S31" t="s">
+        <v>1673</v>
+      </c>
+      <c r="T31" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B32" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>1675</v>
+      </c>
+      <c r="H32" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I32" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J32" t="s">
+        <v>1677</v>
+      </c>
+      <c r="K32" t="s">
+        <v>639</v>
+      </c>
+      <c r="L32" t="s">
+        <v>53</v>
+      </c>
+      <c r="M32" t="s">
+        <v>618</v>
+      </c>
+      <c r="N32" t="s">
+        <v>1678</v>
+      </c>
+      <c r="O32" t="s">
+        <v>20</v>
+      </c>
+      <c r="P32" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>1672</v>
+      </c>
+      <c r="R32" t="s">
+        <v>640</v>
+      </c>
+      <c r="S32" t="s">
+        <v>1679</v>
+      </c>
+      <c r="T32" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B33" t="s">
+        <v>1674</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>1680</v>
+      </c>
+      <c r="H33" t="s">
+        <v>1681</v>
+      </c>
+      <c r="I33" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J33" t="s">
+        <v>1682</v>
+      </c>
+      <c r="K33" t="s">
+        <v>1547</v>
+      </c>
+      <c r="L33" t="s">
+        <v>300</v>
+      </c>
+      <c r="M33" t="s">
+        <v>618</v>
+      </c>
+      <c r="N33" t="s">
+        <v>1683</v>
+      </c>
+      <c r="O33" t="s">
+        <v>20</v>
+      </c>
+      <c r="P33" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>1672</v>
+      </c>
+      <c r="R33" t="s">
+        <v>640</v>
+      </c>
+      <c r="S33" t="s">
+        <v>1684</v>
+      </c>
+      <c r="T33" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B34" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C34" t="s">
+        <v>20</v>
+      </c>
+      <c r="D34" t="s">
+        <v>20</v>
+      </c>
+      <c r="E34" t="s">
+        <v>1667</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>1686</v>
+      </c>
+      <c r="H34" t="s">
+        <v>1687</v>
+      </c>
+      <c r="I34" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J34" t="s">
+        <v>1688</v>
+      </c>
+      <c r="K34" t="s">
+        <v>639</v>
+      </c>
+      <c r="L34" t="s">
+        <v>53</v>
+      </c>
+      <c r="M34" t="s">
+        <v>618</v>
+      </c>
+      <c r="N34" t="s">
+        <v>20</v>
+      </c>
+      <c r="O34" t="s">
+        <v>20</v>
+      </c>
+      <c r="P34" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>1672</v>
+      </c>
+      <c r="R34" t="s">
+        <v>640</v>
+      </c>
+      <c r="S34" t="s">
+        <v>1689</v>
+      </c>
+      <c r="T34" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B35" t="s">
+        <v>1690</v>
+      </c>
+      <c r="C35" t="s">
+        <v>20</v>
+      </c>
+      <c r="D35" t="s">
+        <v>20</v>
+      </c>
+      <c r="E35" t="s">
+        <v>1691</v>
+      </c>
+      <c r="F35" t="s">
+        <v>20</v>
+      </c>
+      <c r="G35" t="s">
+        <v>1692</v>
+      </c>
+      <c r="H35" t="s">
+        <v>1693</v>
+      </c>
+      <c r="I35" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J35" t="s">
+        <v>1694</v>
+      </c>
+      <c r="K35" t="s">
+        <v>672</v>
+      </c>
+      <c r="L35" t="s">
+        <v>505</v>
+      </c>
+      <c r="M35" t="s">
+        <v>618</v>
+      </c>
+      <c r="N35" t="s">
+        <v>1695</v>
+      </c>
+      <c r="O35" t="s">
+        <v>20</v>
+      </c>
+      <c r="P35" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>20</v>
+      </c>
+      <c r="R35" t="s">
+        <v>640</v>
+      </c>
+      <c r="S35" t="s">
+        <v>1696</v>
+      </c>
+      <c r="T35" t="s">
+        <v>20</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B36" t="s">
+        <v>1697</v>
+      </c>
+      <c r="C36" t="s">
+        <v>20</v>
+      </c>
+      <c r="D36" t="s">
+        <v>20</v>
+      </c>
+      <c r="E36" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F36" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" t="s">
+        <v>1699</v>
+      </c>
+      <c r="H36" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I36" t="s">
+        <v>1545</v>
+      </c>
+      <c r="J36" t="s">
+        <v>1701</v>
+      </c>
+      <c r="K36" t="s">
+        <v>1309</v>
+      </c>
+      <c r="L36" t="s">
+        <v>300</v>
+      </c>
+      <c r="M36" t="s">
+        <v>618</v>
+      </c>
+      <c r="N36" t="s">
+        <v>1702</v>
+      </c>
+      <c r="O36" t="s">
+        <v>20</v>
+      </c>
+      <c r="P36" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q36" t="s">
+        <v>1703</v>
+      </c>
+      <c r="R36" t="s">
+        <v>619</v>
+      </c>
+      <c r="S36" t="s">
+        <v>1704</v>
+      </c>
+      <c r="T36" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B37" t="s">
+        <v>1705</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
+        <v>1698</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>1706</v>
+      </c>
+      <c r="H37" t="s">
+        <v>1707</v>
+      </c>
+      <c r="I37" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J37" t="s">
+        <v>20</v>
+      </c>
+      <c r="K37" t="s">
+        <v>639</v>
+      </c>
+      <c r="L37" t="s">
+        <v>53</v>
+      </c>
+      <c r="M37" t="s">
+        <v>618</v>
+      </c>
+      <c r="N37" t="s">
+        <v>1702</v>
+      </c>
+      <c r="O37" t="s">
+        <v>20</v>
+      </c>
+      <c r="P37" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q37" t="s">
+        <v>1531</v>
+      </c>
+      <c r="R37" t="s">
+        <v>619</v>
+      </c>
+      <c r="S37" t="s">
+        <v>1708</v>
+      </c>
+      <c r="T37" t="s">
+        <v>1480</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B38" t="s">
+        <v>1709</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
+        <v>1711</v>
+      </c>
+      <c r="H38" t="s">
+        <v>1712</v>
+      </c>
+      <c r="I38" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J38" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K38" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L38" t="s">
+        <v>505</v>
+      </c>
+      <c r="M38" t="s">
+        <v>618</v>
+      </c>
+      <c r="N38" t="s">
+        <v>1713</v>
+      </c>
+      <c r="O38" t="s">
+        <v>20</v>
+      </c>
+      <c r="P38" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>1714</v>
+      </c>
+      <c r="R38" t="s">
+        <v>619</v>
+      </c>
+      <c r="S38" t="s">
+        <v>1715</v>
+      </c>
+      <c r="T38" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B39" t="s">
+        <v>1716</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
+        <v>1717</v>
+      </c>
+      <c r="H39" t="s">
+        <v>1718</v>
+      </c>
+      <c r="I39" t="s">
+        <v>1475</v>
+      </c>
+      <c r="J39" t="s">
+        <v>1007</v>
+      </c>
+      <c r="K39" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L39" t="s">
+        <v>505</v>
+      </c>
+      <c r="M39" t="s">
+        <v>618</v>
+      </c>
+      <c r="N39" t="s">
+        <v>1713</v>
+      </c>
+      <c r="O39" t="s">
+        <v>20</v>
+      </c>
+      <c r="P39" t="s">
+        <v>619</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>1519</v>
+      </c>
+      <c r="R39" t="s">
+        <v>619</v>
+      </c>
+      <c r="S39" t="s">
+        <v>1719</v>
+      </c>
+      <c r="T39" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B40" t="s">
+        <v>1720</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
+        <v>1710</v>
+      </c>
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
+        <v>1721</v>
+      </c>
+      <c r="H40" t="s">
+        <v>1722</v>
+      </c>
+      <c r="I40" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J40" t="s">
+        <v>1723</v>
+      </c>
+      <c r="K40" t="s">
+        <v>1008</v>
+      </c>
+      <c r="L40" t="s">
+        <v>505</v>
+      </c>
+      <c r="M40" t="s">
+        <v>618</v>
+      </c>
+      <c r="N40" t="s">
+        <v>20</v>
+      </c>
+      <c r="O40" t="s">
+        <v>20</v>
+      </c>
+      <c r="P40" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>1531</v>
+      </c>
+      <c r="R40" t="s">
+        <v>619</v>
+      </c>
+      <c r="S40" t="s">
+        <v>1724</v>
+      </c>
+      <c r="T40" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B41" t="s">
+        <v>1725</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>1726</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
+        <v>1727</v>
+      </c>
+      <c r="H41" t="s">
+        <v>1728</v>
+      </c>
+      <c r="I41" t="s">
+        <v>1499</v>
+      </c>
+      <c r="J41" t="s">
+        <v>1729</v>
+      </c>
+      <c r="K41" t="s">
+        <v>953</v>
+      </c>
+      <c r="L41" t="s">
+        <v>954</v>
+      </c>
+      <c r="M41" t="s">
+        <v>618</v>
+      </c>
+      <c r="N41" t="s">
+        <v>1730</v>
+      </c>
+      <c r="O41" t="s">
+        <v>20</v>
+      </c>
+      <c r="P41" t="s">
+        <v>640</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>1478</v>
+      </c>
+      <c r="R41" t="s">
+        <v>640</v>
+      </c>
+      <c r="S41" t="s">
+        <v>1731</v>
+      </c>
+      <c r="T41" t="s">
+        <v>1586</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>