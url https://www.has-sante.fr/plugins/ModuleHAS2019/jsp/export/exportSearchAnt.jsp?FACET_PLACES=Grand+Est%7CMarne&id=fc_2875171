--- v1 (2025-12-25)
+++ v2 (2026-02-09)
@@ -18,51 +18,51 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Médecin accrédité" r:id="rId3" sheetId="1"/>
     <sheet name="Export ESSMS" r:id="rId4" sheetId="2"/>
     <sheet name="Export Équipe accréditée" r:id="rId5" sheetId="3"/>
     <sheet name="Export Etablissement de santé" r:id="rId6" sheetId="4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Médecin accrédité'!$B$1:$R$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Équipe accréditée'!$B$1:$M$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4541" uniqueCount="1732">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4540" uniqueCount="1732">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -776,53 +776,50 @@
   <si>
     <t>MURAT</t>
   </si>
   <si>
     <t>12 September 2024</t>
   </si>
   <si>
     <t>Docteur Claire LEPOUSE</t>
   </si>
   <si>
     <t>18/01/2024 15:35:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3490116/fr/docteur-claire-lepouse</t>
   </si>
   <si>
     <t>p_3490116</t>
   </si>
   <si>
     <t>LEPOUSE</t>
   </si>
   <si>
     <t>Claire</t>
   </si>
   <si>
-    <t>18 January 2024</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur CHARLOTTE DAVID</t>
   </si>
   <si>
     <t>26/12/2023 15:33:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3485627/fr/docteur-charlotte-david</t>
   </si>
   <si>
     <t>p_3485627</t>
   </si>
   <si>
     <t>DAVID</t>
   </si>
   <si>
     <t>CHARLOTTE</t>
   </si>
   <si>
     <t>21 December 2023</t>
   </si>
   <si>
     <t>Docteur ANNE-CHARLOTTE FAIVRE</t>
   </si>
   <si>
     <t>15/06/2023 11:34:48</t>
@@ -869,53 +866,50 @@
   <si>
     <t>51092,52115</t>
   </si>
   <si>
     <t>REIMS,ST DIZIER</t>
   </si>
   <si>
     <t>510004302,520000068</t>
   </si>
   <si>
     <t>Docteur PHILIPPE VILLENA</t>
   </si>
   <si>
     <t>16/02/2023 18:34:34</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3414231/fr/docteur-philippe-villena</t>
   </si>
   <si>
     <t>p_3414231</t>
   </si>
   <si>
     <t>VILLENA</t>
   </si>
   <si>
-    <t>16 February 2023</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur AURELIE MARQUET-DUPONT</t>
   </si>
   <si>
     <t>02/01/2023 09:33:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3401810/fr/docteur-aurelie-marquet-dupont</t>
   </si>
   <si>
     <t>p_3401810</t>
   </si>
   <si>
     <t>MARQUET-DUPONT</t>
   </si>
   <si>
     <t>AURELIE</t>
   </si>
   <si>
     <t>28 December 2022</t>
   </si>
   <si>
     <t>Docteur EMIR BAYDAROGLU</t>
   </si>
   <si>
     <t>16/12/2021 17:31:44</t>
@@ -980,51 +974,51 @@
   <si>
     <t>MAJIDI-AHI</t>
   </si>
   <si>
     <t>Abdol reza</t>
   </si>
   <si>
     <t>Docteur JULIEN DUNTZE</t>
   </si>
   <si>
     <t>21/01/2021 15:31:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3233305/fr/docteur-julien-duntze</t>
   </si>
   <si>
     <t>p_3233305</t>
   </si>
   <si>
     <t>DUNTZE</t>
   </si>
   <si>
     <t>JULIEN</t>
   </si>
   <si>
-    <t>21 January 2021</t>
+    <t>16 January 2025</t>
   </si>
   <si>
     <t>POLYCLINIQUE DE COURLANCY,HOPITAL MAISON BLANCHE CHU REIMS,POLYCLINIQUE REIMS - BEZANNES</t>
   </si>
   <si>
     <t>51057,51092,51430</t>
   </si>
   <si>
     <t>REIMS,REIMS,BEZANNES</t>
   </si>
   <si>
     <t>510000185,510004302,510024979</t>
   </si>
   <si>
     <t>Docteur MARIE-ETIENNETTE EMERIAU MICHEL</t>
   </si>
   <si>
     <t>22/10/2020 16:32:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3214029/fr/docteur-marie-etiennette-emeriau-michel</t>
   </si>
   <si>
     <t>p_3214029</t>
   </si>
@@ -1484,126 +1478,123 @@
   <si>
     <t>VITO-GIOVANNI</t>
   </si>
   <si>
     <t>13 October 2022</t>
   </si>
   <si>
     <t>Professeur Sylvain RUBIN</t>
   </si>
   <si>
     <t>19/07/2018 11:32:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2865155/fr/professeur-sylvain-rubin</t>
   </si>
   <si>
     <t>c_2865155</t>
   </si>
   <si>
     <t>RUBIN</t>
   </si>
   <si>
     <t>Sylvain</t>
   </si>
   <si>
-    <t>18 July 2018</t>
+    <t>03 April 2025</t>
   </si>
   <si>
     <t>Docteur KARIM MADI</t>
   </si>
   <si>
     <t>15/12/2017 14:32:17</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2813533/fr/docteur-karim-madi</t>
   </si>
   <si>
     <t>c_2813533</t>
   </si>
   <si>
     <t>MADI</t>
   </si>
   <si>
     <t>KARIM</t>
   </si>
   <si>
-    <t>29 December 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>Docteur Bertrand LEROUX</t>
   </si>
   <si>
     <t>15/05/2017 17:40:57</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2768083/fr/docteur-bertrand-leroux</t>
   </si>
   <si>
     <t>c_2768083</t>
   </si>
   <si>
     <t>LEROUX</t>
   </si>
   <si>
     <t>Bertrand</t>
   </si>
   <si>
-    <t>01 April 2021</t>
-[...1 lines deleted...]
-  <si>
     <t>CLINIQUE D'EPERNAY</t>
   </si>
   <si>
     <t>51206</t>
   </si>
   <si>
     <t>EPERNAY</t>
   </si>
   <si>
     <t>510000243</t>
   </si>
   <si>
     <t>Docteur Ghislain SCHMITT</t>
   </si>
   <si>
     <t>17/01/2017 17:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739286/fr/docteur-ghislain-schmitt</t>
   </si>
   <si>
     <t>c_2739286</t>
   </si>
   <si>
     <t>SCHMITT</t>
   </si>
   <si>
     <t>Ghislain</t>
   </si>
   <si>
-    <t>21 October 2021</t>
+    <t>23 October 2025</t>
   </si>
   <si>
     <t>Docteur Lionel GUIBERT</t>
   </si>
   <si>
     <t>17/01/2017 17:31:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2739555/fr/docteur-lionel-guibert</t>
   </si>
   <si>
     <t>c_2739555</t>
   </si>
   <si>
     <t>GUIBERT</t>
   </si>
   <si>
     <t>Lionel</t>
   </si>
   <si>
     <t>28 April 2022</t>
   </si>
   <si>
     <t>Docteur Ema catalina CIUTA TARNOVANU</t>
   </si>
@@ -1622,53 +1613,50 @@
   <si>
     <t>Ema catalina</t>
   </si>
   <si>
     <t>29 December 2020</t>
   </si>
   <si>
     <t>Docteur Vincent OGET</t>
   </si>
   <si>
     <t>08/11/2016 11:30:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708614/fr/docteur-vincent-oget</t>
   </si>
   <si>
     <t>c_2708614</t>
   </si>
   <si>
     <t>OGET</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
-    <t>26 November 2020</t>
-[...1 lines deleted...]
-  <si>
     <t>Docteur Bertrand POGU</t>
   </si>
   <si>
     <t>08/11/2016 11:31:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709364/fr/docteur-bertrand-pogu</t>
   </si>
   <si>
     <t>c_2709364</t>
   </si>
   <si>
     <t>POGU</t>
   </si>
   <si>
     <t>Docteur Frederic BANCHERI</t>
   </si>
   <si>
     <t>08/11/2016 11:31:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2709411/fr/docteur-frederic-bancheri</t>
   </si>
   <si>
     <t>c_2709411</t>
@@ -1715,104 +1703,89 @@
   <si>
     <t>Elyès</t>
   </si>
   <si>
     <t>31 March 2022</t>
   </si>
   <si>
     <t>Docteur Laurent FOUILHE</t>
   </si>
   <si>
     <t>08/11/2016 11:32:38</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710600/fr/docteur-laurent-fouilhe</t>
   </si>
   <si>
     <t>c_2710600</t>
   </si>
   <si>
     <t>FOUILHE</t>
   </si>
   <si>
     <t>Laurent</t>
   </si>
   <si>
+    <t>20 November 2025</t>
+  </si>
+  <si>
     <t>Docteur Didier GANDON</t>
   </si>
   <si>
     <t>08/11/2016 11:32:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2710720/fr/docteur-didier-gandon</t>
   </si>
   <si>
     <t>c_2710720</t>
   </si>
   <si>
     <t>GANDON</t>
   </si>
   <si>
     <t>Didier</t>
   </si>
   <si>
     <t>Docteur Gaelle POULIZAC</t>
   </si>
   <si>
     <t>08/11/2016 11:33:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711197/fr/docteur-gaelle-poulizac</t>
   </si>
   <si>
     <t>c_2711197</t>
   </si>
   <si>
     <t>POULIZAC</t>
   </si>
   <si>
     <t>Gaelle</t>
   </si>
   <si>
-    <t>Docteur Nicolae LUPSASCA</t>
-[...16 lines deleted...]
-  <si>
     <t>Docteur Nathalie LEVY-CHAZAL</t>
   </si>
   <si>
     <t>08/11/2016 11:34:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2711842/fr/docteur-nathalie-levy-chazal</t>
   </si>
   <si>
     <t>c_2711842</t>
   </si>
   <si>
     <t>LEVY-CHAZAL</t>
   </si>
   <si>
     <t>Nathalie</t>
   </si>
   <si>
     <t>15 December 2022</t>
   </si>
   <si>
     <t>Docteur Eric DUPLESSIS</t>
   </si>
   <si>
     <t>08/11/2016 11:34:19</t>
@@ -1856,74 +1829,104 @@
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>
   <si>
     <t>Catégorie Finess</t>
   </si>
   <si>
     <t>Numéro Finess géographique</t>
   </si>
   <si>
     <t>ESSMS</t>
   </si>
   <si>
+    <t>RESIDENCE PIERRE SIMON</t>
+  </si>
+  <si>
+    <t>01/02/2026 05:07:32</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/15798_FicheESSMS/fr/residence-pierre-simon</t>
+  </si>
+  <si>
+    <t>15798_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Place Marin La Meslee</t>
+  </si>
+  <si>
+    <t>51600 SUIPPES</t>
+  </si>
+  <si>
+    <t>SUIPPES</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Personne âgée</t>
+  </si>
+  <si>
+    <t>Etablissement d'hébergement pour personnes âgées dépendantes</t>
+  </si>
+  <si>
+    <t>510011893</t>
+  </si>
+  <si>
     <t>M.A.S "LES ALOUETTES"</t>
   </si>
   <si>
     <t>17/11/2025 16:16:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14722_FicheESSMS/fr/m-a-s-les-alouettes</t>
   </si>
   <si>
     <t>14722_FicheESSMS</t>
   </si>
   <si>
     <t>4 Rue Maurice Renard</t>
   </si>
   <si>
     <t>51000 CHALONS EN CHAMPAGNE</t>
   </si>
   <si>
-    <t>51</t>
-[...4 lines deleted...]
-  <si>
     <t>Personne en situation de handicap adulte</t>
   </si>
   <si>
     <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
   </si>
   <si>
     <t>510011968</t>
   </si>
   <si>
     <t>LVA LABONDE LA FORESTIERE</t>
   </si>
   <si>
     <t>07/11/2025 16:27:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/14479_FicheESSMS/fr/lva-labonde-la-forestiere</t>
   </si>
   <si>
     <t>14479_FicheESSMS</t>
   </si>
   <si>
     <t>5 Hameau La Chalmelle</t>
   </si>
   <si>
     <t>51120 LA FORESTIERE</t>
@@ -2168,56 +2171,50 @@
   <si>
     <t>42 Rue De Reims</t>
   </si>
   <si>
     <t>51140 MUIZON</t>
   </si>
   <si>
     <t>MUIZON</t>
   </si>
   <si>
     <t>510027022</t>
   </si>
   <si>
     <t>KORIAN LES CATALAUNES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/117_FicheESSMS/fr/korian-les-catalaunes</t>
   </si>
   <si>
     <t>117_FicheESSMS</t>
   </si>
   <si>
     <t>6 Rue De L'Hopital Militaire</t>
   </si>
   <si>
-    <t>Personne âgée</t>
-[...4 lines deleted...]
-  <si>
     <t>510012065</t>
   </si>
   <si>
     <t>RESIDENCE LE SOURIRE CHAMPENOIS</t>
   </si>
   <si>
     <t>10/09/2025 12:15:16</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/281_FicheESSMS/fr/residence-le-sourire-champenois</t>
   </si>
   <si>
     <t>281_FicheESSMS</t>
   </si>
   <si>
     <t>64 Rue Georges Charpak</t>
   </si>
   <si>
     <t>Résidences autonomie</t>
   </si>
   <si>
     <t>510025604</t>
   </si>
   <si>
     <t>EHPAD LA CLE DES CHAMPS</t>
@@ -2258,53 +2255,50 @@
   <si>
     <t>SESSAD GALILEE</t>
   </si>
   <si>
     <t>10/09/2025 12:15:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/465_FicheESSMS/fr/sessad-galilee</t>
   </si>
   <si>
     <t>465_FicheESSMS</t>
   </si>
   <si>
     <t>510023328</t>
   </si>
   <si>
     <t>CENTRE D'ACCUEIL FAMILIAL SPECIALISE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/464_FicheESSMS/fr/centre-d-accueil-familial-specialise</t>
   </si>
   <si>
     <t>464_FicheESSMS</t>
   </si>
   <si>
-    <t>10 Avenue Du Marechal Foch</t>
-[...1 lines deleted...]
-  <si>
     <t>Centre d'Accueil Familial Spécialisé</t>
   </si>
   <si>
     <t>510011323</t>
   </si>
   <si>
     <t>KORIAN VILLA LES REMES</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/451_FicheESSMS/fr/korian-villa-les-remes</t>
   </si>
   <si>
     <t>451_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue D'Aix La Chapelle</t>
   </si>
   <si>
     <t>510012099</t>
   </si>
   <si>
     <t>EHPAD "KORIAN PLACE ROYALE"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/450_FicheESSMS/fr/ehpad-korian-place-royale</t>
@@ -3920,50 +3914,53 @@
   <si>
     <t>FAM "JEAN PIERRE BURNAY"</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10479_FicheESSMS/fr/fam-jean-pierre-burnay</t>
   </si>
   <si>
     <t>10479_FicheESSMS</t>
   </si>
   <si>
     <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
   </si>
   <si>
     <t>510023427</t>
   </si>
   <si>
     <t>FOYER DEVERNAY</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10478_FicheESSMS/fr/foyer-devernay</t>
   </si>
   <si>
     <t>10478_FicheESSMS</t>
   </si>
   <si>
+    <t>30 Rue Du General Jansen</t>
+  </si>
+  <si>
     <t>510012370</t>
   </si>
   <si>
     <t>FAM PHV CLAUDE MEYER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10471_FicheESSMS/fr/fam-phv-claude-meyer</t>
   </si>
   <si>
     <t>10471_FicheESSMS</t>
   </si>
   <si>
     <t>510021058</t>
   </si>
   <si>
     <t>MAISON D'ACCUEIL SPECIALISE EPSM MARNE</t>
   </si>
   <si>
     <t>10/09/2025 12:26:32</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/10570_FicheESSMS/fr/maison-d-accueil-specialise-epsm-marne</t>
   </si>
   <si>
     <t>10570_FicheESSMS</t>
@@ -4971,50 +4968,53 @@
     <t>510011679</t>
   </si>
   <si>
     <t>UNITE DE SOINS DE LONGUE DUREE CH LEON BOURGEOIS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1647_FicheEtablissement/fr/usld-centre-hospitalier-leon-bourgeois</t>
   </si>
   <si>
     <t>1647_FicheEtablissement</t>
   </si>
   <si>
     <t>510010374</t>
   </si>
   <si>
     <t>HAD CHALONS-EN-CHAMPAGNE</t>
   </si>
   <si>
     <t>21/01/2025 10:18:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1651_FicheEtablissement/fr/had-chalons-en-champagne</t>
   </si>
   <si>
     <t>1651_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>55 Rue Du Commandant Derrien</t>
   </si>
   <si>
     <t>0326635640</t>
   </si>
   <si>
     <t>510020548</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/1655_FicheEtablissement/fr/polyclinique-reims-bezannes</t>
   </si>
   <si>
     <t>1655_FicheEtablissement</t>
   </si>
   <si>
     <t>109 Rue Louis Victor De Broglie</t>
   </si>
   <si>
     <t>0352151617</t>
   </si>
   <si>
     <t>Assistance médicale à la procréation - Diagnostic prénatal (AMP-DPN), Cancérologie, Chirurgie, Médecine, Obstétrique, Réanimation</t>
   </si>
   <si>
     <t>FOYER DE POST-CURE PSYCHIATRIQUE POUR ADULTES "L'AMITIÉ"</t>
   </si>
@@ -5264,51 +5264,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:R90"/>
+  <dimension ref="A1:R89"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -7271,12512 +7271,12506 @@
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>248</v>
       </c>
       <c r="H36" t="s">
         <v>249</v>
       </c>
       <c r="I36" t="n">
         <v>0.0</v>
       </c>
       <c r="J36" t="s">
         <v>24</v>
       </c>
       <c r="K36" t="s">
         <v>250</v>
       </c>
       <c r="L36" t="s">
         <v>251</v>
       </c>
       <c r="M36" t="s">
         <v>20</v>
       </c>
       <c r="N36" t="s">
-        <v>252</v>
+        <v>50</v>
       </c>
       <c r="O36" t="s">
         <v>51</v>
       </c>
       <c r="P36" t="s">
         <v>52</v>
       </c>
       <c r="Q36" t="s">
         <v>53</v>
       </c>
       <c r="R36" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>18</v>
       </c>
       <c r="B37" t="s">
+        <v>252</v>
+      </c>
+      <c r="C37" t="s">
+        <v>20</v>
+      </c>
+      <c r="D37" t="s">
+        <v>20</v>
+      </c>
+      <c r="E37" t="s">
         <v>253</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
         <v>254</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
       <c r="I37" t="n">
         <v>0.0</v>
       </c>
       <c r="J37" t="s">
         <v>24</v>
       </c>
       <c r="K37" t="s">
+        <v>256</v>
+      </c>
+      <c r="L37" t="s">
         <v>257</v>
       </c>
-      <c r="L37" t="s">
+      <c r="M37" t="s">
+        <v>20</v>
+      </c>
+      <c r="N37" t="s">
         <v>258</v>
-      </c>
-[...4 lines deleted...]
-        <v>259</v>
       </c>
       <c r="O37" t="s">
         <v>39</v>
       </c>
       <c r="P37" t="s">
         <v>40</v>
       </c>
       <c r="Q37" t="s">
         <v>41</v>
       </c>
       <c r="R37" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>18</v>
       </c>
       <c r="B38" t="s">
+        <v>259</v>
+      </c>
+      <c r="C38" t="s">
+        <v>20</v>
+      </c>
+      <c r="D38" t="s">
+        <v>20</v>
+      </c>
+      <c r="E38" t="s">
         <v>260</v>
       </c>
-      <c r="C38" t="s">
-[...5 lines deleted...]
-      <c r="E38" t="s">
+      <c r="F38" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" t="s">
         <v>261</v>
       </c>
-      <c r="F38" t="s">
-[...2 lines deleted...]
-      <c r="G38" t="s">
+      <c r="H38" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
       <c r="I38" t="n">
         <v>0.0</v>
       </c>
       <c r="J38" t="s">
         <v>24</v>
       </c>
       <c r="K38" t="s">
+        <v>263</v>
+      </c>
+      <c r="L38" t="s">
         <v>264</v>
       </c>
-      <c r="L38" t="s">
+      <c r="M38" t="s">
+        <v>20</v>
+      </c>
+      <c r="N38" t="s">
         <v>265</v>
-      </c>
-[...4 lines deleted...]
-        <v>266</v>
       </c>
       <c r="O38" t="s">
         <v>39</v>
       </c>
       <c r="P38" t="s">
         <v>40</v>
       </c>
       <c r="Q38" t="s">
         <v>41</v>
       </c>
       <c r="R38" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>18</v>
       </c>
       <c r="B39" t="s">
+        <v>266</v>
+      </c>
+      <c r="C39" t="s">
+        <v>20</v>
+      </c>
+      <c r="D39" t="s">
+        <v>20</v>
+      </c>
+      <c r="E39" t="s">
         <v>267</v>
       </c>
-      <c r="C39" t="s">
-[...5 lines deleted...]
-      <c r="E39" t="s">
+      <c r="F39" t="s">
+        <v>20</v>
+      </c>
+      <c r="G39" t="s">
         <v>268</v>
       </c>
-      <c r="F39" t="s">
-[...2 lines deleted...]
-      <c r="G39" t="s">
+      <c r="H39" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="I39" t="n">
         <v>0.0</v>
       </c>
       <c r="J39" t="s">
         <v>24</v>
       </c>
       <c r="K39" t="s">
+        <v>270</v>
+      </c>
+      <c r="L39" t="s">
         <v>271</v>
       </c>
-      <c r="L39" t="s">
+      <c r="M39" t="s">
+        <v>20</v>
+      </c>
+      <c r="N39" t="s">
         <v>272</v>
       </c>
-      <c r="M39" t="s">
-[...2 lines deleted...]
-      <c r="N39" t="s">
+      <c r="O39" t="s">
         <v>273</v>
       </c>
-      <c r="O39" t="s">
+      <c r="P39" t="s">
         <v>274</v>
       </c>
-      <c r="P39" t="s">
+      <c r="Q39" t="s">
         <v>275</v>
       </c>
-      <c r="Q39" t="s">
+      <c r="R39" t="s">
         <v>276</v>
-      </c>
-[...1 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>18</v>
       </c>
       <c r="B40" t="s">
+        <v>277</v>
+      </c>
+      <c r="C40" t="s">
+        <v>20</v>
+      </c>
+      <c r="D40" t="s">
+        <v>20</v>
+      </c>
+      <c r="E40" t="s">
         <v>278</v>
       </c>
-      <c r="C40" t="s">
-[...5 lines deleted...]
-      <c r="E40" t="s">
+      <c r="F40" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" t="s">
         <v>279</v>
       </c>
-      <c r="F40" t="s">
-[...2 lines deleted...]
-      <c r="G40" t="s">
+      <c r="H40" t="s">
         <v>280</v>
-      </c>
-[...1 lines deleted...]
-        <v>281</v>
       </c>
       <c r="I40" t="n">
         <v>0.0</v>
       </c>
       <c r="J40" t="s">
         <v>24</v>
       </c>
       <c r="K40" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="L40" t="s">
         <v>104</v>
       </c>
       <c r="M40" t="s">
         <v>20</v>
       </c>
       <c r="N40" t="s">
-        <v>283</v>
+        <v>50</v>
       </c>
       <c r="O40" t="s">
         <v>72</v>
       </c>
       <c r="P40" t="s">
         <v>73</v>
       </c>
       <c r="Q40" t="s">
         <v>53</v>
       </c>
       <c r="R40" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>18</v>
       </c>
       <c r="B41" t="s">
+        <v>282</v>
+      </c>
+      <c r="C41" t="s">
+        <v>20</v>
+      </c>
+      <c r="D41" t="s">
+        <v>20</v>
+      </c>
+      <c r="E41" t="s">
+        <v>283</v>
+      </c>
+      <c r="F41" t="s">
+        <v>20</v>
+      </c>
+      <c r="G41" t="s">
         <v>284</v>
       </c>
-      <c r="C41" t="s">
-[...5 lines deleted...]
-      <c r="E41" t="s">
+      <c r="H41" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>287</v>
       </c>
       <c r="I41" t="n">
         <v>0.0</v>
       </c>
       <c r="J41" t="s">
         <v>24</v>
       </c>
       <c r="K41" t="s">
+        <v>286</v>
+      </c>
+      <c r="L41" t="s">
+        <v>287</v>
+      </c>
+      <c r="M41" t="s">
+        <v>20</v>
+      </c>
+      <c r="N41" t="s">
         <v>288</v>
-      </c>
-[...7 lines deleted...]
-        <v>290</v>
       </c>
       <c r="O41" t="s">
         <v>39</v>
       </c>
       <c r="P41" t="s">
         <v>40</v>
       </c>
       <c r="Q41" t="s">
         <v>41</v>
       </c>
       <c r="R41" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>18</v>
       </c>
       <c r="B42" t="s">
+        <v>289</v>
+      </c>
+      <c r="C42" t="s">
+        <v>20</v>
+      </c>
+      <c r="D42" t="s">
+        <v>20</v>
+      </c>
+      <c r="E42" t="s">
+        <v>290</v>
+      </c>
+      <c r="F42" t="s">
+        <v>20</v>
+      </c>
+      <c r="G42" t="s">
         <v>291</v>
       </c>
-      <c r="C42" t="s">
-[...5 lines deleted...]
-      <c r="E42" t="s">
+      <c r="H42" t="s">
         <v>292</v>
-      </c>
-[...7 lines deleted...]
-        <v>294</v>
       </c>
       <c r="I42" t="n">
         <v>0.0</v>
       </c>
       <c r="J42" t="s">
         <v>24</v>
       </c>
       <c r="K42" t="s">
+        <v>293</v>
+      </c>
+      <c r="L42" t="s">
+        <v>294</v>
+      </c>
+      <c r="M42" t="s">
+        <v>20</v>
+      </c>
+      <c r="N42" t="s">
         <v>295</v>
       </c>
-      <c r="L42" t="s">
+      <c r="O42" t="s">
         <v>296</v>
       </c>
-      <c r="M42" t="s">
-[...2 lines deleted...]
-      <c r="N42" t="s">
+      <c r="P42" t="s">
         <v>297</v>
       </c>
-      <c r="O42" t="s">
+      <c r="Q42" t="s">
         <v>298</v>
       </c>
-      <c r="P42" t="s">
+      <c r="R42" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>18</v>
       </c>
       <c r="B43" t="s">
+        <v>300</v>
+      </c>
+      <c r="C43" t="s">
+        <v>20</v>
+      </c>
+      <c r="D43" t="s">
+        <v>20</v>
+      </c>
+      <c r="E43" t="s">
+        <v>301</v>
+      </c>
+      <c r="F43" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" t="s">
         <v>302</v>
       </c>
-      <c r="C43" t="s">
-[...5 lines deleted...]
-      <c r="E43" t="s">
+      <c r="H43" t="s">
         <v>303</v>
-      </c>
-[...7 lines deleted...]
-        <v>305</v>
       </c>
       <c r="I43" t="n">
         <v>0.0</v>
       </c>
       <c r="J43" t="s">
         <v>24</v>
       </c>
       <c r="K43" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="L43" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="M43" t="s">
         <v>20</v>
       </c>
       <c r="N43" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="O43" t="s">
         <v>39</v>
       </c>
       <c r="P43" t="s">
         <v>40</v>
       </c>
       <c r="Q43" t="s">
         <v>41</v>
       </c>
       <c r="R43" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>18</v>
       </c>
       <c r="B44" t="s">
+        <v>306</v>
+      </c>
+      <c r="C44" t="s">
+        <v>20</v>
+      </c>
+      <c r="D44" t="s">
+        <v>20</v>
+      </c>
+      <c r="E44" t="s">
+        <v>307</v>
+      </c>
+      <c r="F44" t="s">
+        <v>20</v>
+      </c>
+      <c r="G44" t="s">
         <v>308</v>
       </c>
-      <c r="C44" t="s">
-[...5 lines deleted...]
-      <c r="E44" t="s">
+      <c r="H44" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>311</v>
       </c>
       <c r="I44" t="n">
         <v>0.0</v>
       </c>
       <c r="J44" t="s">
         <v>24</v>
       </c>
       <c r="K44" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="L44" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="M44" t="s">
         <v>20</v>
       </c>
       <c r="N44" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O44" t="s">
         <v>72</v>
       </c>
       <c r="P44" t="s">
         <v>73</v>
       </c>
       <c r="Q44" t="s">
         <v>53</v>
       </c>
       <c r="R44" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>18</v>
       </c>
       <c r="B45" t="s">
+        <v>312</v>
+      </c>
+      <c r="C45" t="s">
+        <v>20</v>
+      </c>
+      <c r="D45" t="s">
+        <v>20</v>
+      </c>
+      <c r="E45" t="s">
+        <v>313</v>
+      </c>
+      <c r="F45" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" t="s">
         <v>314</v>
       </c>
-      <c r="C45" t="s">
-[...5 lines deleted...]
-      <c r="E45" t="s">
+      <c r="H45" t="s">
         <v>315</v>
-      </c>
-[...7 lines deleted...]
-        <v>317</v>
       </c>
       <c r="I45" t="n">
         <v>0.0</v>
       </c>
       <c r="J45" t="s">
         <v>24</v>
       </c>
       <c r="K45" t="s">
+        <v>316</v>
+      </c>
+      <c r="L45" t="s">
+        <v>317</v>
+      </c>
+      <c r="M45" t="s">
+        <v>20</v>
+      </c>
+      <c r="N45" t="s">
         <v>318</v>
       </c>
-      <c r="L45" t="s">
+      <c r="O45" t="s">
         <v>319</v>
       </c>
-      <c r="M45" t="s">
-[...2 lines deleted...]
-      <c r="N45" t="s">
+      <c r="P45" t="s">
         <v>320</v>
       </c>
-      <c r="O45" t="s">
+      <c r="Q45" t="s">
         <v>321</v>
       </c>
-      <c r="P45" t="s">
+      <c r="R45" t="s">
         <v>322</v>
-      </c>
-[...4 lines deleted...]
-        <v>324</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>18</v>
       </c>
       <c r="B46" t="s">
+        <v>323</v>
+      </c>
+      <c r="C46" t="s">
+        <v>20</v>
+      </c>
+      <c r="D46" t="s">
+        <v>20</v>
+      </c>
+      <c r="E46" t="s">
+        <v>324</v>
+      </c>
+      <c r="F46" t="s">
+        <v>20</v>
+      </c>
+      <c r="G46" t="s">
         <v>325</v>
       </c>
-      <c r="C46" t="s">
-[...5 lines deleted...]
-      <c r="E46" t="s">
+      <c r="H46" t="s">
         <v>326</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
       <c r="I46" t="n">
         <v>0.0</v>
       </c>
       <c r="J46" t="s">
         <v>24</v>
       </c>
       <c r="K46" t="s">
-        <v>329</v>
+        <v>327</v>
       </c>
       <c r="L46" t="s">
-        <v>330</v>
+        <v>328</v>
       </c>
       <c r="M46" t="s">
         <v>20</v>
       </c>
       <c r="N46" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O46" t="s">
         <v>39</v>
       </c>
       <c r="P46" t="s">
         <v>40</v>
       </c>
       <c r="Q46" t="s">
         <v>41</v>
       </c>
       <c r="R46" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>18</v>
       </c>
       <c r="B47" t="s">
+        <v>329</v>
+      </c>
+      <c r="C47" t="s">
+        <v>20</v>
+      </c>
+      <c r="D47" t="s">
+        <v>20</v>
+      </c>
+      <c r="E47" t="s">
+        <v>330</v>
+      </c>
+      <c r="F47" t="s">
+        <v>20</v>
+      </c>
+      <c r="G47" t="s">
         <v>331</v>
       </c>
-      <c r="C47" t="s">
-[...5 lines deleted...]
-      <c r="E47" t="s">
+      <c r="H47" t="s">
         <v>332</v>
-      </c>
-[...7 lines deleted...]
-        <v>334</v>
       </c>
       <c r="I47" t="n">
         <v>0.0</v>
       </c>
       <c r="J47" t="s">
         <v>24</v>
       </c>
       <c r="K47" t="s">
+        <v>333</v>
+      </c>
+      <c r="L47" t="s">
+        <v>334</v>
+      </c>
+      <c r="M47" t="s">
+        <v>20</v>
+      </c>
+      <c r="N47" t="s">
         <v>335</v>
-      </c>
-[...7 lines deleted...]
-        <v>337</v>
       </c>
       <c r="O47" t="s">
         <v>172</v>
       </c>
       <c r="P47" t="s">
         <v>173</v>
       </c>
       <c r="Q47" t="s">
         <v>174</v>
       </c>
       <c r="R47" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>18</v>
       </c>
       <c r="B48" t="s">
+        <v>336</v>
+      </c>
+      <c r="C48" t="s">
+        <v>20</v>
+      </c>
+      <c r="D48" t="s">
+        <v>20</v>
+      </c>
+      <c r="E48" t="s">
+        <v>337</v>
+      </c>
+      <c r="F48" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" t="s">
         <v>338</v>
       </c>
-      <c r="C48" t="s">
-[...5 lines deleted...]
-      <c r="E48" t="s">
+      <c r="H48" t="s">
         <v>339</v>
-      </c>
-[...7 lines deleted...]
-        <v>341</v>
       </c>
       <c r="I48" t="n">
         <v>0.0</v>
       </c>
       <c r="J48" t="s">
         <v>24</v>
       </c>
       <c r="K48" t="s">
-        <v>342</v>
+        <v>340</v>
       </c>
       <c r="L48" t="s">
-        <v>343</v>
+        <v>341</v>
       </c>
       <c r="M48" t="s">
         <v>20</v>
       </c>
       <c r="N48" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O48" t="s">
         <v>172</v>
       </c>
       <c r="P48" t="s">
         <v>173</v>
       </c>
       <c r="Q48" t="s">
         <v>174</v>
       </c>
       <c r="R48" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>18</v>
       </c>
       <c r="B49" t="s">
+        <v>342</v>
+      </c>
+      <c r="C49" t="s">
+        <v>20</v>
+      </c>
+      <c r="D49" t="s">
+        <v>20</v>
+      </c>
+      <c r="E49" t="s">
+        <v>343</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
         <v>344</v>
       </c>
-      <c r="C49" t="s">
-[...5 lines deleted...]
-      <c r="E49" t="s">
+      <c r="H49" t="s">
         <v>345</v>
-      </c>
-[...7 lines deleted...]
-        <v>347</v>
       </c>
       <c r="I49" t="n">
         <v>0.0</v>
       </c>
       <c r="J49" t="s">
         <v>24</v>
       </c>
       <c r="K49" t="s">
-        <v>348</v>
+        <v>346</v>
       </c>
       <c r="L49" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="M49" t="s">
         <v>20</v>
       </c>
       <c r="N49" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O49" t="s">
         <v>72</v>
       </c>
       <c r="P49" t="s">
         <v>73</v>
       </c>
       <c r="Q49" t="s">
         <v>53</v>
       </c>
       <c r="R49" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>18</v>
       </c>
       <c r="B50" t="s">
+        <v>348</v>
+      </c>
+      <c r="C50" t="s">
+        <v>20</v>
+      </c>
+      <c r="D50" t="s">
+        <v>20</v>
+      </c>
+      <c r="E50" t="s">
+        <v>343</v>
+      </c>
+      <c r="F50" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" t="s">
+        <v>349</v>
+      </c>
+      <c r="H50" t="s">
         <v>350</v>
-      </c>
-[...16 lines deleted...]
-        <v>352</v>
       </c>
       <c r="I50" t="n">
         <v>0.0</v>
       </c>
       <c r="J50" t="s">
         <v>24</v>
       </c>
       <c r="K50" t="s">
-        <v>353</v>
+        <v>351</v>
       </c>
       <c r="L50" t="s">
-        <v>354</v>
+        <v>352</v>
       </c>
       <c r="M50" t="s">
         <v>20</v>
       </c>
       <c r="N50" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O50" t="s">
         <v>172</v>
       </c>
       <c r="P50" t="s">
         <v>173</v>
       </c>
       <c r="Q50" t="s">
         <v>174</v>
       </c>
       <c r="R50" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>18</v>
       </c>
       <c r="B51" t="s">
+        <v>353</v>
+      </c>
+      <c r="C51" t="s">
+        <v>20</v>
+      </c>
+      <c r="D51" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" t="s">
+        <v>343</v>
+      </c>
+      <c r="F51" t="s">
+        <v>20</v>
+      </c>
+      <c r="G51" t="s">
+        <v>354</v>
+      </c>
+      <c r="H51" t="s">
         <v>355</v>
-      </c>
-[...16 lines deleted...]
-        <v>357</v>
       </c>
       <c r="I51" t="n">
         <v>0.0</v>
       </c>
       <c r="J51" t="s">
         <v>24</v>
       </c>
       <c r="K51" t="s">
+        <v>356</v>
+      </c>
+      <c r="L51" t="s">
+        <v>357</v>
+      </c>
+      <c r="M51" t="s">
+        <v>20</v>
+      </c>
+      <c r="N51" t="s">
+        <v>335</v>
+      </c>
+      <c r="O51" t="s">
         <v>358</v>
       </c>
-      <c r="L51" t="s">
+      <c r="P51" t="s">
         <v>359</v>
       </c>
-      <c r="M51" t="s">
-[...5 lines deleted...]
-      <c r="O51" t="s">
+      <c r="Q51" t="s">
         <v>360</v>
       </c>
-      <c r="P51" t="s">
+      <c r="R51" t="s">
         <v>361</v>
-      </c>
-[...4 lines deleted...]
-        <v>363</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>18</v>
       </c>
       <c r="B52" t="s">
+        <v>362</v>
+      </c>
+      <c r="C52" t="s">
+        <v>20</v>
+      </c>
+      <c r="D52" t="s">
+        <v>20</v>
+      </c>
+      <c r="E52" t="s">
+        <v>363</v>
+      </c>
+      <c r="F52" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" t="s">
         <v>364</v>
       </c>
-      <c r="C52" t="s">
-[...5 lines deleted...]
-      <c r="E52" t="s">
+      <c r="H52" t="s">
         <v>365</v>
-      </c>
-[...7 lines deleted...]
-        <v>367</v>
       </c>
       <c r="I52" t="n">
         <v>0.0</v>
       </c>
       <c r="J52" t="s">
         <v>24</v>
       </c>
       <c r="K52" t="s">
+        <v>366</v>
+      </c>
+      <c r="L52" t="s">
+        <v>367</v>
+      </c>
+      <c r="M52" t="s">
+        <v>20</v>
+      </c>
+      <c r="N52" t="s">
+        <v>335</v>
+      </c>
+      <c r="O52" t="s">
         <v>368</v>
       </c>
-      <c r="L52" t="s">
+      <c r="P52" t="s">
         <v>369</v>
       </c>
-      <c r="M52" t="s">
-[...5 lines deleted...]
-      <c r="O52" t="s">
+      <c r="Q52" t="s">
         <v>370</v>
       </c>
-      <c r="P52" t="s">
+      <c r="R52" t="s">
         <v>371</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>18</v>
       </c>
       <c r="B53" t="s">
+        <v>372</v>
+      </c>
+      <c r="C53" t="s">
+        <v>20</v>
+      </c>
+      <c r="D53" t="s">
+        <v>20</v>
+      </c>
+      <c r="E53" t="s">
+        <v>363</v>
+      </c>
+      <c r="F53" t="s">
+        <v>20</v>
+      </c>
+      <c r="G53" t="s">
+        <v>373</v>
+      </c>
+      <c r="H53" t="s">
         <v>374</v>
-      </c>
-[...16 lines deleted...]
-        <v>376</v>
       </c>
       <c r="I53" t="n">
         <v>0.0</v>
       </c>
       <c r="J53" t="s">
         <v>24</v>
       </c>
       <c r="K53" t="s">
-        <v>377</v>
+        <v>375</v>
       </c>
       <c r="L53" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="M53" t="s">
         <v>20</v>
       </c>
       <c r="N53" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O53" t="s">
         <v>72</v>
       </c>
       <c r="P53" t="s">
         <v>73</v>
       </c>
       <c r="Q53" t="s">
         <v>53</v>
       </c>
       <c r="R53" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>18</v>
       </c>
       <c r="B54" t="s">
+        <v>377</v>
+      </c>
+      <c r="C54" t="s">
+        <v>20</v>
+      </c>
+      <c r="D54" t="s">
+        <v>20</v>
+      </c>
+      <c r="E54" t="s">
+        <v>363</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>378</v>
+      </c>
+      <c r="H54" t="s">
         <v>379</v>
-      </c>
-[...16 lines deleted...]
-        <v>381</v>
       </c>
       <c r="I54" t="n">
         <v>0.0</v>
       </c>
       <c r="J54" t="s">
         <v>24</v>
       </c>
       <c r="K54" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
       <c r="L54" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="M54" t="s">
         <v>20</v>
       </c>
       <c r="N54" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O54" t="s">
         <v>172</v>
       </c>
       <c r="P54" t="s">
         <v>173</v>
       </c>
       <c r="Q54" t="s">
         <v>174</v>
       </c>
       <c r="R54" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>18</v>
       </c>
       <c r="B55" t="s">
+        <v>382</v>
+      </c>
+      <c r="C55" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" t="s">
+        <v>20</v>
+      </c>
+      <c r="E55" t="s">
+        <v>363</v>
+      </c>
+      <c r="F55" t="s">
+        <v>20</v>
+      </c>
+      <c r="G55" t="s">
+        <v>383</v>
+      </c>
+      <c r="H55" t="s">
         <v>384</v>
-      </c>
-[...16 lines deleted...]
-        <v>386</v>
       </c>
       <c r="I55" t="n">
         <v>0.0</v>
       </c>
       <c r="J55" t="s">
         <v>24</v>
       </c>
       <c r="K55" t="s">
-        <v>387</v>
+        <v>385</v>
       </c>
       <c r="L55" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="M55" t="s">
         <v>20</v>
       </c>
       <c r="N55" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O55" t="s">
         <v>172</v>
       </c>
       <c r="P55" t="s">
         <v>173</v>
       </c>
       <c r="Q55" t="s">
         <v>174</v>
       </c>
       <c r="R55" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>18</v>
       </c>
       <c r="B56" t="s">
+        <v>387</v>
+      </c>
+      <c r="C56" t="s">
+        <v>20</v>
+      </c>
+      <c r="D56" t="s">
+        <v>20</v>
+      </c>
+      <c r="E56" t="s">
+        <v>363</v>
+      </c>
+      <c r="F56" t="s">
+        <v>20</v>
+      </c>
+      <c r="G56" t="s">
+        <v>388</v>
+      </c>
+      <c r="H56" t="s">
         <v>389</v>
-      </c>
-[...16 lines deleted...]
-        <v>391</v>
       </c>
       <c r="I56" t="n">
         <v>0.0</v>
       </c>
       <c r="J56" t="s">
         <v>24</v>
       </c>
       <c r="K56" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="L56" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="M56" t="s">
         <v>20</v>
       </c>
       <c r="N56" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O56" t="s">
         <v>172</v>
       </c>
       <c r="P56" t="s">
         <v>173</v>
       </c>
       <c r="Q56" t="s">
         <v>174</v>
       </c>
       <c r="R56" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>18</v>
       </c>
       <c r="B57" t="s">
+        <v>392</v>
+      </c>
+      <c r="C57" t="s">
+        <v>20</v>
+      </c>
+      <c r="D57" t="s">
+        <v>20</v>
+      </c>
+      <c r="E57" t="s">
+        <v>393</v>
+      </c>
+      <c r="F57" t="s">
+        <v>20</v>
+      </c>
+      <c r="G57" t="s">
         <v>394</v>
       </c>
-      <c r="C57" t="s">
-[...5 lines deleted...]
-      <c r="E57" t="s">
+      <c r="H57" t="s">
         <v>395</v>
-      </c>
-[...7 lines deleted...]
-        <v>397</v>
       </c>
       <c r="I57" t="n">
         <v>0.0</v>
       </c>
       <c r="J57" t="s">
         <v>24</v>
       </c>
       <c r="K57" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="L57" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="M57" t="s">
         <v>20</v>
       </c>
       <c r="N57" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O57" t="s">
+        <v>368</v>
+      </c>
+      <c r="P57" t="s">
+        <v>369</v>
+      </c>
+      <c r="Q57" t="s">
         <v>370</v>
       </c>
-      <c r="P57" t="s">
+      <c r="R57" t="s">
         <v>371</v>
-      </c>
-[...4 lines deleted...]
-        <v>373</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>18</v>
       </c>
       <c r="B58" t="s">
+        <v>398</v>
+      </c>
+      <c r="C58" t="s">
+        <v>20</v>
+      </c>
+      <c r="D58" t="s">
+        <v>20</v>
+      </c>
+      <c r="E58" t="s">
+        <v>393</v>
+      </c>
+      <c r="F58" t="s">
+        <v>20</v>
+      </c>
+      <c r="G58" t="s">
+        <v>399</v>
+      </c>
+      <c r="H58" t="s">
         <v>400</v>
-      </c>
-[...16 lines deleted...]
-        <v>402</v>
       </c>
       <c r="I58" t="n">
         <v>0.0</v>
       </c>
       <c r="J58" t="s">
         <v>24</v>
       </c>
       <c r="K58" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="L58" t="s">
         <v>195</v>
       </c>
       <c r="M58" t="s">
         <v>20</v>
       </c>
       <c r="N58" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O58" t="s">
         <v>172</v>
       </c>
       <c r="P58" t="s">
         <v>173</v>
       </c>
       <c r="Q58" t="s">
         <v>174</v>
       </c>
       <c r="R58" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>18</v>
       </c>
       <c r="B59" t="s">
+        <v>402</v>
+      </c>
+      <c r="C59" t="s">
+        <v>20</v>
+      </c>
+      <c r="D59" t="s">
+        <v>20</v>
+      </c>
+      <c r="E59" t="s">
+        <v>393</v>
+      </c>
+      <c r="F59" t="s">
+        <v>20</v>
+      </c>
+      <c r="G59" t="s">
+        <v>403</v>
+      </c>
+      <c r="H59" t="s">
         <v>404</v>
-      </c>
-[...16 lines deleted...]
-        <v>406</v>
       </c>
       <c r="I59" t="n">
         <v>0.0</v>
       </c>
       <c r="J59" t="s">
         <v>24</v>
       </c>
       <c r="K59" t="s">
-        <v>407</v>
+        <v>405</v>
       </c>
       <c r="L59" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="M59" t="s">
         <v>20</v>
       </c>
       <c r="N59" t="s">
-        <v>337</v>
+        <v>335</v>
       </c>
       <c r="O59" t="s">
         <v>172</v>
       </c>
       <c r="P59" t="s">
         <v>173</v>
       </c>
       <c r="Q59" t="s">
         <v>174</v>
       </c>
       <c r="R59" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>18</v>
       </c>
       <c r="B60" t="s">
+        <v>407</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>393</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>408</v>
+      </c>
+      <c r="H60" t="s">
         <v>409</v>
-      </c>
-[...16 lines deleted...]
-        <v>411</v>
       </c>
       <c r="I60" t="n">
         <v>0.0</v>
       </c>
       <c r="J60" t="s">
         <v>24</v>
       </c>
       <c r="K60" t="s">
+        <v>410</v>
+      </c>
+      <c r="L60" t="s">
+        <v>411</v>
+      </c>
+      <c r="M60" t="s">
+        <v>20</v>
+      </c>
+      <c r="N60" t="s">
+        <v>335</v>
+      </c>
+      <c r="O60" t="s">
         <v>412</v>
       </c>
-      <c r="L60" t="s">
+      <c r="P60" t="s">
         <v>413</v>
       </c>
-      <c r="M60" t="s">
-[...5 lines deleted...]
-      <c r="O60" t="s">
+      <c r="Q60" t="s">
         <v>414</v>
       </c>
-      <c r="P60" t="s">
+      <c r="R60" t="s">
         <v>415</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>18</v>
       </c>
       <c r="B61" t="s">
+        <v>416</v>
+      </c>
+      <c r="C61" t="s">
+        <v>20</v>
+      </c>
+      <c r="D61" t="s">
+        <v>20</v>
+      </c>
+      <c r="E61" t="s">
+        <v>417</v>
+      </c>
+      <c r="F61" t="s">
+        <v>20</v>
+      </c>
+      <c r="G61" t="s">
         <v>418</v>
       </c>
-      <c r="C61" t="s">
-[...5 lines deleted...]
-      <c r="E61" t="s">
+      <c r="H61" t="s">
         <v>419</v>
-      </c>
-[...7 lines deleted...]
-        <v>421</v>
       </c>
       <c r="I61" t="n">
         <v>0.0</v>
       </c>
       <c r="J61" t="s">
         <v>24</v>
       </c>
       <c r="K61" t="s">
-        <v>422</v>
+        <v>420</v>
       </c>
       <c r="L61" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="M61" t="s">
         <v>20</v>
       </c>
       <c r="N61" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O61" t="s">
         <v>72</v>
       </c>
       <c r="P61" t="s">
         <v>73</v>
       </c>
       <c r="Q61" t="s">
         <v>53</v>
       </c>
       <c r="R61" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>18</v>
       </c>
       <c r="B62" t="s">
+        <v>422</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>417</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>423</v>
+      </c>
+      <c r="H62" t="s">
         <v>424</v>
-      </c>
-[...16 lines deleted...]
-        <v>426</v>
       </c>
       <c r="I62" t="n">
         <v>0.0</v>
       </c>
       <c r="J62" t="s">
         <v>24</v>
       </c>
       <c r="K62" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="L62" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="M62" t="s">
         <v>20</v>
       </c>
       <c r="N62" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O62" t="s">
         <v>72</v>
       </c>
       <c r="P62" t="s">
         <v>73</v>
       </c>
       <c r="Q62" t="s">
         <v>53</v>
       </c>
       <c r="R62" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>18</v>
       </c>
       <c r="B63" t="s">
+        <v>427</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>417</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>428</v>
+      </c>
+      <c r="H63" t="s">
         <v>429</v>
-      </c>
-[...16 lines deleted...]
-        <v>431</v>
       </c>
       <c r="I63" t="n">
         <v>0.0</v>
       </c>
       <c r="J63" t="s">
         <v>24</v>
       </c>
       <c r="K63" t="s">
-        <v>432</v>
+        <v>430</v>
       </c>
       <c r="L63" t="s">
-        <v>433</v>
+        <v>431</v>
       </c>
       <c r="M63" t="s">
         <v>20</v>
       </c>
       <c r="N63" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O63" t="s">
         <v>72</v>
       </c>
       <c r="P63" t="s">
         <v>73</v>
       </c>
       <c r="Q63" t="s">
         <v>53</v>
       </c>
       <c r="R63" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>18</v>
       </c>
       <c r="B64" t="s">
+        <v>432</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>433</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
         <v>434</v>
       </c>
-      <c r="C64" t="s">
-[...5 lines deleted...]
-      <c r="E64" t="s">
+      <c r="H64" t="s">
         <v>435</v>
-      </c>
-[...7 lines deleted...]
-        <v>437</v>
       </c>
       <c r="I64" t="n">
         <v>0.0</v>
       </c>
       <c r="J64" t="s">
         <v>24</v>
       </c>
       <c r="K64" t="s">
-        <v>438</v>
+        <v>436</v>
       </c>
       <c r="L64" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
       <c r="M64" t="s">
         <v>20</v>
       </c>
       <c r="N64" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O64" t="s">
         <v>72</v>
       </c>
       <c r="P64" t="s">
         <v>73</v>
       </c>
       <c r="Q64" t="s">
         <v>53</v>
       </c>
       <c r="R64" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>18</v>
       </c>
       <c r="B65" t="s">
+        <v>438</v>
+      </c>
+      <c r="C65" t="s">
+        <v>20</v>
+      </c>
+      <c r="D65" t="s">
+        <v>20</v>
+      </c>
+      <c r="E65" t="s">
+        <v>433</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>439</v>
+      </c>
+      <c r="H65" t="s">
         <v>440</v>
-      </c>
-[...16 lines deleted...]
-        <v>442</v>
       </c>
       <c r="I65" t="n">
         <v>0.0</v>
       </c>
       <c r="J65" t="s">
         <v>24</v>
       </c>
       <c r="K65" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="L65" t="s">
         <v>170</v>
       </c>
       <c r="M65" t="s">
         <v>20</v>
       </c>
       <c r="N65" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O65" t="s">
         <v>39</v>
       </c>
       <c r="P65" t="s">
         <v>40</v>
       </c>
       <c r="Q65" t="s">
         <v>41</v>
       </c>
       <c r="R65" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>18</v>
       </c>
       <c r="B66" t="s">
+        <v>442</v>
+      </c>
+      <c r="C66" t="s">
+        <v>20</v>
+      </c>
+      <c r="D66" t="s">
+        <v>20</v>
+      </c>
+      <c r="E66" t="s">
+        <v>433</v>
+      </c>
+      <c r="F66" t="s">
+        <v>20</v>
+      </c>
+      <c r="G66" t="s">
+        <v>443</v>
+      </c>
+      <c r="H66" t="s">
         <v>444</v>
-      </c>
-[...16 lines deleted...]
-        <v>446</v>
       </c>
       <c r="I66" t="n">
         <v>0.0</v>
       </c>
       <c r="J66" t="s">
         <v>24</v>
       </c>
       <c r="K66" t="s">
-        <v>447</v>
+        <v>445</v>
       </c>
       <c r="L66" t="s">
         <v>104</v>
       </c>
       <c r="M66" t="s">
         <v>20</v>
       </c>
       <c r="N66" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O66" t="s">
         <v>72</v>
       </c>
       <c r="P66" t="s">
         <v>73</v>
       </c>
       <c r="Q66" t="s">
         <v>53</v>
       </c>
       <c r="R66" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>18</v>
       </c>
       <c r="B67" t="s">
+        <v>446</v>
+      </c>
+      <c r="C67" t="s">
+        <v>20</v>
+      </c>
+      <c r="D67" t="s">
+        <v>20</v>
+      </c>
+      <c r="E67" t="s">
+        <v>433</v>
+      </c>
+      <c r="F67" t="s">
+        <v>20</v>
+      </c>
+      <c r="G67" t="s">
+        <v>447</v>
+      </c>
+      <c r="H67" t="s">
         <v>448</v>
-      </c>
-[...16 lines deleted...]
-        <v>450</v>
       </c>
       <c r="I67" t="n">
         <v>0.0</v>
       </c>
       <c r="J67" t="s">
         <v>24</v>
       </c>
       <c r="K67" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
       <c r="L67" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="M67" t="s">
         <v>20</v>
       </c>
       <c r="N67" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O67" t="s">
         <v>72</v>
       </c>
       <c r="P67" t="s">
         <v>73</v>
       </c>
       <c r="Q67" t="s">
         <v>53</v>
       </c>
       <c r="R67" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>18</v>
       </c>
       <c r="B68" t="s">
+        <v>451</v>
+      </c>
+      <c r="C68" t="s">
+        <v>20</v>
+      </c>
+      <c r="D68" t="s">
+        <v>20</v>
+      </c>
+      <c r="E68" t="s">
+        <v>433</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>452</v>
+      </c>
+      <c r="H68" t="s">
         <v>453</v>
-      </c>
-[...16 lines deleted...]
-        <v>455</v>
       </c>
       <c r="I68" t="n">
         <v>0.0</v>
       </c>
       <c r="J68" t="s">
         <v>24</v>
       </c>
       <c r="K68" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="L68" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
       <c r="M68" t="s">
         <v>20</v>
       </c>
       <c r="N68" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O68" t="s">
         <v>72</v>
       </c>
       <c r="P68" t="s">
         <v>73</v>
       </c>
       <c r="Q68" t="s">
         <v>53</v>
       </c>
       <c r="R68" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>18</v>
       </c>
       <c r="B69" t="s">
+        <v>456</v>
+      </c>
+      <c r="C69" t="s">
+        <v>20</v>
+      </c>
+      <c r="D69" t="s">
+        <v>20</v>
+      </c>
+      <c r="E69" t="s">
+        <v>457</v>
+      </c>
+      <c r="F69" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" t="s">
         <v>458</v>
       </c>
-      <c r="C69" t="s">
-[...5 lines deleted...]
-      <c r="E69" t="s">
+      <c r="H69" t="s">
         <v>459</v>
-      </c>
-[...7 lines deleted...]
-        <v>461</v>
       </c>
       <c r="I69" t="n">
         <v>0.0</v>
       </c>
       <c r="J69" t="s">
         <v>24</v>
       </c>
       <c r="K69" t="s">
-        <v>462</v>
+        <v>460</v>
       </c>
       <c r="L69" t="s">
-        <v>463</v>
+        <v>461</v>
       </c>
       <c r="M69" t="s">
         <v>20</v>
       </c>
       <c r="N69" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O69" t="s">
         <v>39</v>
       </c>
       <c r="P69" t="s">
         <v>40</v>
       </c>
       <c r="Q69" t="s">
         <v>41</v>
       </c>
       <c r="R69" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>18</v>
       </c>
       <c r="B70" t="s">
+        <v>462</v>
+      </c>
+      <c r="C70" t="s">
+        <v>20</v>
+      </c>
+      <c r="D70" t="s">
+        <v>20</v>
+      </c>
+      <c r="E70" t="s">
+        <v>463</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
         <v>464</v>
       </c>
-      <c r="C70" t="s">
-[...5 lines deleted...]
-      <c r="E70" t="s">
+      <c r="H70" t="s">
         <v>465</v>
-      </c>
-[...7 lines deleted...]
-        <v>467</v>
       </c>
       <c r="I70" t="n">
         <v>0.0</v>
       </c>
       <c r="J70" t="s">
         <v>24</v>
       </c>
       <c r="K70" t="s">
-        <v>468</v>
+        <v>466</v>
       </c>
       <c r="L70" t="s">
-        <v>408</v>
+        <v>406</v>
       </c>
       <c r="M70" t="s">
         <v>20</v>
       </c>
       <c r="N70" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O70" t="s">
         <v>39</v>
       </c>
       <c r="P70" t="s">
         <v>40</v>
       </c>
       <c r="Q70" t="s">
         <v>41</v>
       </c>
       <c r="R70" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>18</v>
       </c>
       <c r="B71" t="s">
+        <v>467</v>
+      </c>
+      <c r="C71" t="s">
+        <v>20</v>
+      </c>
+      <c r="D71" t="s">
+        <v>20</v>
+      </c>
+      <c r="E71" t="s">
+        <v>468</v>
+      </c>
+      <c r="F71" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" t="s">
         <v>469</v>
       </c>
-      <c r="C71" t="s">
-[...5 lines deleted...]
-      <c r="E71" t="s">
+      <c r="H71" t="s">
         <v>470</v>
-      </c>
-[...7 lines deleted...]
-        <v>472</v>
       </c>
       <c r="I71" t="n">
         <v>0.0</v>
       </c>
       <c r="J71" t="s">
         <v>24</v>
       </c>
       <c r="K71" t="s">
-        <v>473</v>
+        <v>471</v>
       </c>
       <c r="L71" t="s">
-        <v>474</v>
+        <v>472</v>
       </c>
       <c r="M71" t="s">
         <v>20</v>
       </c>
       <c r="N71" t="s">
+        <v>295</v>
+      </c>
+      <c r="O71" t="s">
+        <v>296</v>
+      </c>
+      <c r="P71" t="s">
         <v>297</v>
       </c>
-      <c r="O71" t="s">
+      <c r="Q71" t="s">
         <v>298</v>
       </c>
-      <c r="P71" t="s">
+      <c r="R71" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>18</v>
       </c>
       <c r="B72" t="s">
+        <v>473</v>
+      </c>
+      <c r="C72" t="s">
+        <v>20</v>
+      </c>
+      <c r="D72" t="s">
+        <v>20</v>
+      </c>
+      <c r="E72" t="s">
+        <v>474</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
         <v>475</v>
       </c>
-      <c r="C72" t="s">
-[...5 lines deleted...]
-      <c r="E72" t="s">
+      <c r="H72" t="s">
         <v>476</v>
-      </c>
-[...7 lines deleted...]
-        <v>478</v>
       </c>
       <c r="I72" t="n">
         <v>0.0</v>
       </c>
       <c r="J72" t="s">
         <v>47</v>
       </c>
       <c r="K72" t="s">
+        <v>477</v>
+      </c>
+      <c r="L72" t="s">
+        <v>478</v>
+      </c>
+      <c r="M72" t="s">
+        <v>20</v>
+      </c>
+      <c r="N72" t="s">
         <v>479</v>
-      </c>
-[...7 lines deleted...]
-        <v>481</v>
       </c>
       <c r="O72" t="s">
         <v>123</v>
       </c>
       <c r="P72" t="s">
         <v>52</v>
       </c>
       <c r="Q72" t="s">
         <v>53</v>
       </c>
       <c r="R72" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>18</v>
       </c>
       <c r="B73" t="s">
+        <v>480</v>
+      </c>
+      <c r="C73" t="s">
+        <v>20</v>
+      </c>
+      <c r="D73" t="s">
+        <v>20</v>
+      </c>
+      <c r="E73" t="s">
+        <v>481</v>
+      </c>
+      <c r="F73" t="s">
+        <v>20</v>
+      </c>
+      <c r="G73" t="s">
         <v>482</v>
       </c>
-      <c r="C73" t="s">
-[...5 lines deleted...]
-      <c r="E73" t="s">
+      <c r="H73" t="s">
         <v>483</v>
-      </c>
-[...7 lines deleted...]
-        <v>485</v>
       </c>
       <c r="I73" t="n">
         <v>0.0</v>
       </c>
       <c r="J73" t="s">
         <v>47</v>
       </c>
       <c r="K73" t="s">
+        <v>484</v>
+      </c>
+      <c r="L73" t="s">
+        <v>485</v>
+      </c>
+      <c r="M73" t="s">
+        <v>20</v>
+      </c>
+      <c r="N73" t="s">
         <v>486</v>
-      </c>
-[...7 lines deleted...]
-        <v>488</v>
       </c>
       <c r="O73" t="s">
         <v>123</v>
       </c>
       <c r="P73" t="s">
         <v>52</v>
       </c>
       <c r="Q73" t="s">
         <v>53</v>
       </c>
       <c r="R73" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>18</v>
       </c>
       <c r="B74" t="s">
+        <v>487</v>
+      </c>
+      <c r="C74" t="s">
+        <v>20</v>
+      </c>
+      <c r="D74" t="s">
+        <v>20</v>
+      </c>
+      <c r="E74" t="s">
+        <v>488</v>
+      </c>
+      <c r="F74" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" t="s">
         <v>489</v>
       </c>
-      <c r="C74" t="s">
-[...5 lines deleted...]
-      <c r="E74" t="s">
+      <c r="H74" t="s">
         <v>490</v>
-      </c>
-[...7 lines deleted...]
-        <v>492</v>
       </c>
       <c r="I74" t="n">
         <v>0.0</v>
       </c>
       <c r="J74" t="s">
         <v>24</v>
       </c>
       <c r="K74" t="s">
+        <v>491</v>
+      </c>
+      <c r="L74" t="s">
+        <v>492</v>
+      </c>
+      <c r="M74" t="s">
+        <v>20</v>
+      </c>
+      <c r="N74" t="s">
         <v>493</v>
-      </c>
-[...7 lines deleted...]
-        <v>495</v>
       </c>
       <c r="O74" t="s">
         <v>72</v>
       </c>
       <c r="P74" t="s">
         <v>73</v>
       </c>
       <c r="Q74" t="s">
         <v>53</v>
       </c>
       <c r="R74" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>18</v>
       </c>
       <c r="B75" t="s">
+        <v>494</v>
+      </c>
+      <c r="C75" t="s">
+        <v>20</v>
+      </c>
+      <c r="D75" t="s">
+        <v>20</v>
+      </c>
+      <c r="E75" t="s">
+        <v>495</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
         <v>496</v>
       </c>
-      <c r="C75" t="s">
-[...5 lines deleted...]
-      <c r="E75" t="s">
+      <c r="H75" t="s">
         <v>497</v>
-      </c>
-[...7 lines deleted...]
-        <v>499</v>
       </c>
       <c r="I75" t="n">
         <v>0.0</v>
       </c>
       <c r="J75" t="s">
         <v>24</v>
       </c>
       <c r="K75" t="s">
+        <v>498</v>
+      </c>
+      <c r="L75" t="s">
+        <v>499</v>
+      </c>
+      <c r="M75" t="s">
+        <v>20</v>
+      </c>
+      <c r="N75" t="s">
+        <v>486</v>
+      </c>
+      <c r="O75" t="s">
         <v>500</v>
       </c>
-      <c r="L75" t="s">
+      <c r="P75" t="s">
         <v>501</v>
       </c>
-      <c r="M75" t="s">
-[...2 lines deleted...]
-      <c r="N75" t="s">
+      <c r="Q75" t="s">
         <v>502</v>
       </c>
-      <c r="O75" t="s">
+      <c r="R75" t="s">
         <v>503</v>
-      </c>
-[...7 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>18</v>
       </c>
       <c r="B76" t="s">
+        <v>504</v>
+      </c>
+      <c r="C76" t="s">
+        <v>20</v>
+      </c>
+      <c r="D76" t="s">
+        <v>20</v>
+      </c>
+      <c r="E76" t="s">
+        <v>505</v>
+      </c>
+      <c r="F76" t="s">
+        <v>20</v>
+      </c>
+      <c r="G76" t="s">
+        <v>506</v>
+      </c>
+      <c r="H76" t="s">
         <v>507</v>
-      </c>
-[...16 lines deleted...]
-        <v>510</v>
       </c>
       <c r="I76" t="n">
         <v>0.0</v>
       </c>
       <c r="J76" t="s">
         <v>24</v>
       </c>
       <c r="K76" t="s">
-        <v>511</v>
+        <v>508</v>
       </c>
       <c r="L76" t="s">
-        <v>512</v>
+        <v>509</v>
       </c>
       <c r="M76" t="s">
         <v>20</v>
       </c>
       <c r="N76" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="O76" t="s">
         <v>39</v>
       </c>
       <c r="P76" t="s">
         <v>40</v>
       </c>
       <c r="Q76" t="s">
         <v>41</v>
       </c>
       <c r="R76" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>18</v>
       </c>
       <c r="B77" t="s">
+        <v>511</v>
+      </c>
+      <c r="C77" t="s">
+        <v>20</v>
+      </c>
+      <c r="D77" t="s">
+        <v>20</v>
+      </c>
+      <c r="E77" t="s">
+        <v>512</v>
+      </c>
+      <c r="F77" t="s">
+        <v>20</v>
+      </c>
+      <c r="G77" t="s">
+        <v>513</v>
+      </c>
+      <c r="H77" t="s">
         <v>514</v>
-      </c>
-[...16 lines deleted...]
-        <v>517</v>
       </c>
       <c r="I77" t="n">
         <v>0.0</v>
       </c>
       <c r="J77" t="s">
         <v>24</v>
       </c>
       <c r="K77" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="L77" t="s">
-        <v>519</v>
+        <v>516</v>
       </c>
       <c r="M77" t="s">
         <v>20</v>
       </c>
       <c r="N77" t="s">
-        <v>520</v>
+        <v>517</v>
       </c>
       <c r="O77" t="s">
         <v>39</v>
       </c>
       <c r="P77" t="s">
         <v>40</v>
       </c>
       <c r="Q77" t="s">
         <v>41</v>
       </c>
       <c r="R77" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>18</v>
       </c>
       <c r="B78" t="s">
+        <v>518</v>
+      </c>
+      <c r="C78" t="s">
+        <v>20</v>
+      </c>
+      <c r="D78" t="s">
+        <v>20</v>
+      </c>
+      <c r="E78" t="s">
+        <v>519</v>
+      </c>
+      <c r="F78" t="s">
+        <v>20</v>
+      </c>
+      <c r="G78" t="s">
+        <v>520</v>
+      </c>
+      <c r="H78" t="s">
         <v>521</v>
-      </c>
-[...16 lines deleted...]
-        <v>524</v>
       </c>
       <c r="I78" t="n">
         <v>0.0</v>
       </c>
       <c r="J78" t="s">
         <v>24</v>
       </c>
       <c r="K78" t="s">
-        <v>525</v>
+        <v>522</v>
       </c>
       <c r="L78" t="s">
-        <v>526</v>
+        <v>523</v>
       </c>
       <c r="M78" t="s">
         <v>20</v>
       </c>
       <c r="N78" t="s">
-        <v>527</v>
+        <v>524</v>
       </c>
       <c r="O78" t="s">
+        <v>500</v>
+      </c>
+      <c r="P78" t="s">
+        <v>501</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>502</v>
+      </c>
+      <c r="R78" t="s">
         <v>503</v>
-      </c>
-[...7 lines deleted...]
-        <v>506</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>18</v>
       </c>
       <c r="B79" t="s">
+        <v>525</v>
+      </c>
+      <c r="C79" t="s">
+        <v>20</v>
+      </c>
+      <c r="D79" t="s">
+        <v>20</v>
+      </c>
+      <c r="E79" t="s">
+        <v>526</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>527</v>
+      </c>
+      <c r="H79" t="s">
         <v>528</v>
-      </c>
-[...16 lines deleted...]
-        <v>531</v>
       </c>
       <c r="I79" t="n">
         <v>0.0</v>
       </c>
       <c r="J79" t="s">
         <v>24</v>
       </c>
       <c r="K79" t="s">
-        <v>532</v>
+        <v>529</v>
       </c>
       <c r="L79" t="s">
-        <v>533</v>
+        <v>530</v>
       </c>
       <c r="M79" t="s">
         <v>20</v>
       </c>
       <c r="N79" t="s">
-        <v>534</v>
+        <v>171</v>
       </c>
       <c r="O79" t="s">
         <v>72</v>
       </c>
       <c r="P79" t="s">
         <v>73</v>
       </c>
       <c r="Q79" t="s">
         <v>53</v>
       </c>
       <c r="R79" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>18</v>
       </c>
       <c r="B80" t="s">
-        <v>535</v>
+        <v>531</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>536</v>
+        <v>532</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>537</v>
+        <v>533</v>
       </c>
       <c r="H80" t="s">
-        <v>538</v>
+        <v>534</v>
       </c>
       <c r="I80" t="n">
         <v>0.0</v>
       </c>
       <c r="J80" t="s">
         <v>24</v>
       </c>
       <c r="K80" t="s">
-        <v>539</v>
+        <v>535</v>
       </c>
       <c r="L80" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="M80" t="s">
         <v>20</v>
       </c>
       <c r="N80" t="s">
+        <v>295</v>
+      </c>
+      <c r="O80" t="s">
+        <v>296</v>
+      </c>
+      <c r="P80" t="s">
         <v>297</v>
       </c>
-      <c r="O80" t="s">
+      <c r="Q80" t="s">
         <v>298</v>
       </c>
-      <c r="P80" t="s">
+      <c r="R80" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>18</v>
       </c>
       <c r="B81" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>542</v>
+        <v>538</v>
       </c>
       <c r="H81" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
       <c r="I81" t="n">
         <v>0.0</v>
       </c>
       <c r="J81" t="s">
         <v>24</v>
       </c>
       <c r="K81" t="s">
-        <v>544</v>
+        <v>540</v>
       </c>
       <c r="L81" t="s">
-        <v>545</v>
+        <v>541</v>
       </c>
       <c r="M81" t="s">
         <v>20</v>
       </c>
       <c r="N81" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O81" t="s">
         <v>39</v>
       </c>
       <c r="P81" t="s">
         <v>40</v>
       </c>
       <c r="Q81" t="s">
         <v>41</v>
       </c>
       <c r="R81" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>18</v>
       </c>
       <c r="B82" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>547</v>
+        <v>543</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>548</v>
+        <v>544</v>
       </c>
       <c r="H82" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="I82" t="n">
         <v>0.0</v>
       </c>
       <c r="J82" t="s">
         <v>24</v>
       </c>
       <c r="K82" t="s">
-        <v>550</v>
+        <v>546</v>
       </c>
       <c r="L82" t="s">
-        <v>551</v>
+        <v>547</v>
       </c>
       <c r="M82" t="s">
         <v>20</v>
       </c>
       <c r="N82" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="O82" t="s">
         <v>72</v>
       </c>
       <c r="P82" t="s">
         <v>73</v>
       </c>
       <c r="Q82" t="s">
         <v>53</v>
       </c>
       <c r="R82" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>18</v>
       </c>
       <c r="B83" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>554</v>
+        <v>550</v>
       </c>
       <c r="H83" t="s">
-        <v>555</v>
+        <v>551</v>
       </c>
       <c r="I83" t="n">
         <v>0.0</v>
       </c>
       <c r="J83" t="s">
         <v>24</v>
       </c>
       <c r="K83" t="s">
-        <v>556</v>
+        <v>552</v>
       </c>
       <c r="L83" t="s">
-        <v>557</v>
+        <v>553</v>
       </c>
       <c r="M83" t="s">
         <v>20</v>
       </c>
       <c r="N83" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="O83" t="s">
         <v>72</v>
       </c>
       <c r="P83" t="s">
         <v>73</v>
       </c>
       <c r="Q83" t="s">
         <v>53</v>
       </c>
       <c r="R83" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>18</v>
       </c>
       <c r="B84" t="s">
-        <v>559</v>
+        <v>555</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="H84" t="s">
-        <v>562</v>
+        <v>558</v>
       </c>
       <c r="I84" t="n">
         <v>0.0</v>
       </c>
       <c r="J84" t="s">
         <v>24</v>
       </c>
       <c r="K84" t="s">
-        <v>563</v>
+        <v>559</v>
       </c>
       <c r="L84" t="s">
-        <v>564</v>
+        <v>560</v>
       </c>
       <c r="M84" t="s">
         <v>20</v>
       </c>
       <c r="N84" t="s">
-        <v>513</v>
+        <v>561</v>
       </c>
       <c r="O84" t="s">
         <v>123</v>
       </c>
       <c r="P84" t="s">
         <v>52</v>
       </c>
       <c r="Q84" t="s">
         <v>53</v>
       </c>
       <c r="R84" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>18</v>
       </c>
       <c r="B85" t="s">
+        <v>562</v>
+      </c>
+      <c r="C85" t="s">
+        <v>20</v>
+      </c>
+      <c r="D85" t="s">
+        <v>20</v>
+      </c>
+      <c r="E85" t="s">
+        <v>563</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>564</v>
+      </c>
+      <c r="H85" t="s">
         <v>565</v>
-      </c>
-[...16 lines deleted...]
-        <v>568</v>
       </c>
       <c r="I85" t="n">
         <v>0.0</v>
       </c>
       <c r="J85" t="s">
         <v>24</v>
       </c>
       <c r="K85" t="s">
-        <v>569</v>
+        <v>566</v>
       </c>
       <c r="L85" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="M85" t="s">
         <v>20</v>
       </c>
       <c r="N85" t="s">
-        <v>513</v>
+        <v>510</v>
       </c>
       <c r="O85" t="s">
         <v>72</v>
       </c>
       <c r="P85" t="s">
         <v>73</v>
       </c>
       <c r="Q85" t="s">
         <v>53</v>
       </c>
       <c r="R85" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>18</v>
       </c>
       <c r="B86" t="s">
+        <v>568</v>
+      </c>
+      <c r="C86" t="s">
+        <v>20</v>
+      </c>
+      <c r="D86" t="s">
+        <v>20</v>
+      </c>
+      <c r="E86" t="s">
+        <v>569</v>
+      </c>
+      <c r="F86" t="s">
+        <v>20</v>
+      </c>
+      <c r="G86" t="s">
+        <v>570</v>
+      </c>
+      <c r="H86" t="s">
         <v>571</v>
-      </c>
-[...16 lines deleted...]
-        <v>574</v>
       </c>
       <c r="I86" t="n">
         <v>0.0</v>
       </c>
       <c r="J86" t="s">
         <v>24</v>
       </c>
       <c r="K86" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="L86" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="M86" t="s">
         <v>20</v>
       </c>
       <c r="N86" t="s">
-        <v>290</v>
+        <v>288</v>
       </c>
       <c r="O86" t="s">
         <v>39</v>
       </c>
       <c r="P86" t="s">
         <v>40</v>
       </c>
       <c r="Q86" t="s">
         <v>41</v>
       </c>
       <c r="R86" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>18</v>
       </c>
       <c r="B87" t="s">
+        <v>574</v>
+      </c>
+      <c r="C87" t="s">
+        <v>20</v>
+      </c>
+      <c r="D87" t="s">
+        <v>20</v>
+      </c>
+      <c r="E87" t="s">
+        <v>575</v>
+      </c>
+      <c r="F87" t="s">
+        <v>20</v>
+      </c>
+      <c r="G87" t="s">
+        <v>576</v>
+      </c>
+      <c r="H87" t="s">
         <v>577</v>
-      </c>
-[...16 lines deleted...]
-        <v>580</v>
       </c>
       <c r="I87" t="n">
         <v>0.0</v>
       </c>
       <c r="J87" t="s">
         <v>24</v>
       </c>
       <c r="K87" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="L87" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="M87" t="s">
         <v>20</v>
       </c>
       <c r="N87" t="s">
-        <v>297</v>
+        <v>580</v>
       </c>
       <c r="O87" t="s">
-        <v>298</v>
+        <v>39</v>
       </c>
       <c r="P87" t="s">
-        <v>299</v>
+        <v>40</v>
       </c>
       <c r="Q87" t="s">
-        <v>300</v>
+        <v>41</v>
       </c>
       <c r="R87" t="s">
-        <v>301</v>
+        <v>42</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>18</v>
       </c>
       <c r="B88" t="s">
+        <v>581</v>
+      </c>
+      <c r="C88" t="s">
+        <v>20</v>
+      </c>
+      <c r="D88" t="s">
+        <v>20</v>
+      </c>
+      <c r="E88" t="s">
+        <v>582</v>
+      </c>
+      <c r="F88" t="s">
+        <v>20</v>
+      </c>
+      <c r="G88" t="s">
         <v>583</v>
       </c>
-      <c r="C88" t="s">
-[...5 lines deleted...]
-      <c r="E88" t="s">
+      <c r="H88" t="s">
         <v>584</v>
-      </c>
-[...7 lines deleted...]
-        <v>586</v>
       </c>
       <c r="I88" t="n">
         <v>0.0</v>
       </c>
       <c r="J88" t="s">
         <v>24</v>
       </c>
       <c r="K88" t="s">
+        <v>585</v>
+      </c>
+      <c r="L88" t="s">
+        <v>586</v>
+      </c>
+      <c r="M88" t="s">
+        <v>20</v>
+      </c>
+      <c r="N88" t="s">
         <v>587</v>
       </c>
-      <c r="L88" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="O88" t="s">
-        <v>39</v>
+        <v>72</v>
       </c>
       <c r="P88" t="s">
-        <v>40</v>
+        <v>73</v>
       </c>
       <c r="Q88" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="R88" t="s">
-        <v>42</v>
+        <v>74</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>18</v>
       </c>
       <c r="B89" t="s">
+        <v>588</v>
+      </c>
+      <c r="C89" t="s">
+        <v>20</v>
+      </c>
+      <c r="D89" t="s">
+        <v>20</v>
+      </c>
+      <c r="E89" t="s">
+        <v>589</v>
+      </c>
+      <c r="F89" t="s">
+        <v>20</v>
+      </c>
+      <c r="G89" t="s">
         <v>590</v>
       </c>
-      <c r="C89" t="s">
-[...5 lines deleted...]
-      <c r="E89" t="s">
+      <c r="H89" t="s">
         <v>591</v>
-      </c>
-[...7 lines deleted...]
-        <v>593</v>
       </c>
       <c r="I89" t="n">
         <v>0.0</v>
       </c>
       <c r="J89" t="s">
         <v>24</v>
       </c>
       <c r="K89" t="s">
-        <v>594</v>
+        <v>592</v>
       </c>
       <c r="L89" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="M89" t="s">
         <v>20</v>
       </c>
       <c r="N89" t="s">
-        <v>596</v>
+        <v>288</v>
       </c>
       <c r="O89" t="s">
-        <v>72</v>
+        <v>500</v>
       </c>
       <c r="P89" t="s">
-        <v>73</v>
+        <v>501</v>
       </c>
       <c r="Q89" t="s">
-        <v>53</v>
+        <v>502</v>
       </c>
       <c r="R89" t="s">
-        <v>74</v>
-[...45 lines deleted...]
-      <c r="O90" t="s">
         <v>503</v>
-      </c>
-[...7 lines deleted...]
-        <v>506</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:R1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P132"/>
+  <dimension ref="A1:P133"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>603</v>
+        <v>594</v>
       </c>
       <c r="J1" t="s">
-        <v>604</v>
+        <v>595</v>
       </c>
       <c r="K1" t="s">
-        <v>605</v>
+        <v>596</v>
       </c>
       <c r="L1" t="s">
-        <v>606</v>
+        <v>597</v>
       </c>
       <c r="M1" t="s">
-        <v>607</v>
+        <v>598</v>
       </c>
       <c r="N1" t="s">
-        <v>608</v>
+        <v>599</v>
       </c>
       <c r="O1" t="s">
-        <v>609</v>
+        <v>600</v>
       </c>
       <c r="P1" t="s">
-        <v>610</v>
+        <v>601</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>602</v>
+      </c>
+      <c r="B2" t="s">
+        <v>603</v>
+      </c>
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
+        <v>604</v>
+      </c>
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
+        <v>605</v>
+      </c>
+      <c r="H2" t="s">
+        <v>606</v>
+      </c>
+      <c r="I2" t="s">
+        <v>607</v>
+      </c>
+      <c r="J2" t="s">
+        <v>608</v>
+      </c>
+      <c r="K2" t="s">
+        <v>609</v>
+      </c>
+      <c r="L2" t="s">
+        <v>610</v>
+      </c>
+      <c r="M2" t="s">
         <v>611</v>
       </c>
-      <c r="B2" t="s">
+      <c r="N2" t="s">
         <v>612</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="O2" t="s">
         <v>613</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="P2" t="s">
         <v>614</v>
-      </c>
-[...25 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>602</v>
+      </c>
+      <c r="B3" t="s">
+        <v>615</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
+        <v>616</v>
+      </c>
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
+        <v>617</v>
+      </c>
+      <c r="H3" t="s">
+        <v>618</v>
+      </c>
+      <c r="I3" t="s">
+        <v>619</v>
+      </c>
+      <c r="J3" t="s">
+        <v>620</v>
+      </c>
+      <c r="K3" t="s">
+        <v>298</v>
+      </c>
+      <c r="L3" t="s">
+        <v>610</v>
+      </c>
+      <c r="M3" t="s">
         <v>611</v>
       </c>
-      <c r="B3" t="s">
+      <c r="N3" t="s">
+        <v>621</v>
+      </c>
+      <c r="O3" t="s">
+        <v>622</v>
+      </c>
+      <c r="P3" t="s">
         <v>623</v>
-      </c>
-[...40 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B4" t="s">
+        <v>624</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
+        <v>625</v>
+      </c>
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
+        <v>626</v>
+      </c>
+      <c r="H4" t="s">
+        <v>627</v>
+      </c>
+      <c r="I4" t="s">
+        <v>628</v>
+      </c>
+      <c r="J4" t="s">
+        <v>629</v>
+      </c>
+      <c r="K4" t="s">
+        <v>630</v>
+      </c>
+      <c r="L4" t="s">
+        <v>610</v>
+      </c>
+      <c r="M4" t="s">
+        <v>631</v>
+      </c>
+      <c r="N4" t="s">
+        <v>632</v>
+      </c>
+      <c r="O4" t="s">
+        <v>633</v>
+      </c>
+      <c r="P4" t="s">
         <v>634</v>
-      </c>
-[...40 lines deleted...]
-        <v>643</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B5" t="s">
+        <v>635</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
+        <v>636</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
+        <v>637</v>
+      </c>
+      <c r="H5" t="s">
+        <v>638</v>
+      </c>
+      <c r="I5" t="s">
+        <v>639</v>
+      </c>
+      <c r="J5" t="s">
+        <v>640</v>
+      </c>
+      <c r="K5" t="s">
+        <v>53</v>
+      </c>
+      <c r="L5" t="s">
+        <v>610</v>
+      </c>
+      <c r="M5" t="s">
+        <v>641</v>
+      </c>
+      <c r="N5" t="s">
+        <v>642</v>
+      </c>
+      <c r="O5" t="s">
+        <v>643</v>
+      </c>
+      <c r="P5" t="s">
         <v>644</v>
-      </c>
-[...40 lines deleted...]
-        <v>651</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B6" t="s">
+        <v>645</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
+        <v>636</v>
+      </c>
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
+        <v>646</v>
+      </c>
+      <c r="H6" t="s">
+        <v>647</v>
+      </c>
+      <c r="I6" t="s">
+        <v>648</v>
+      </c>
+      <c r="J6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" t="s">
+        <v>649</v>
+      </c>
+      <c r="L6" t="s">
+        <v>610</v>
+      </c>
+      <c r="M6" t="s">
+        <v>641</v>
+      </c>
+      <c r="N6" t="s">
+        <v>650</v>
+      </c>
+      <c r="O6" t="s">
+        <v>651</v>
+      </c>
+      <c r="P6" t="s">
         <v>652</v>
-      </c>
-[...40 lines deleted...]
-        <v>659</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B7" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>20</v>
       </c>
       <c r="E7" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="F7" t="s">
         <v>20</v>
       </c>
       <c r="G7" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="H7" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="I7" t="s">
-        <v>664</v>
+        <v>657</v>
       </c>
       <c r="J7" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K7" t="s">
         <v>53</v>
       </c>
       <c r="L7" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M7" t="s">
-        <v>640</v>
+        <v>611</v>
       </c>
       <c r="N7" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="O7" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="P7" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B8" t="s">
+        <v>661</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>662</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
+        <v>663</v>
+      </c>
+      <c r="H8" t="s">
+        <v>664</v>
+      </c>
+      <c r="I8" t="s">
+        <v>665</v>
+      </c>
+      <c r="J8" t="s">
+        <v>640</v>
+      </c>
+      <c r="K8" t="s">
+        <v>53</v>
+      </c>
+      <c r="L8" t="s">
+        <v>610</v>
+      </c>
+      <c r="M8" t="s">
+        <v>641</v>
+      </c>
+      <c r="N8" t="s">
+        <v>666</v>
+      </c>
+      <c r="O8" t="s">
+        <v>667</v>
+      </c>
+      <c r="P8" t="s">
         <v>668</v>
-      </c>
-[...40 lines deleted...]
-        <v>673</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B9" t="s">
+        <v>669</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
+        <v>662</v>
+      </c>
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
+        <v>670</v>
+      </c>
+      <c r="H9" t="s">
+        <v>671</v>
+      </c>
+      <c r="I9" t="s">
+        <v>672</v>
+      </c>
+      <c r="J9" t="s">
+        <v>673</v>
+      </c>
+      <c r="K9" t="s">
+        <v>502</v>
+      </c>
+      <c r="L9" t="s">
+        <v>610</v>
+      </c>
+      <c r="M9" t="s">
+        <v>641</v>
+      </c>
+      <c r="N9" t="s">
+        <v>666</v>
+      </c>
+      <c r="O9" t="s">
+        <v>667</v>
+      </c>
+      <c r="P9" t="s">
         <v>674</v>
-      </c>
-[...40 lines deleted...]
-        <v>679</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B10" t="s">
+        <v>675</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
+        <v>662</v>
+      </c>
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
+        <v>676</v>
+      </c>
+      <c r="H10" t="s">
+        <v>677</v>
+      </c>
+      <c r="I10" t="s">
+        <v>678</v>
+      </c>
+      <c r="J10" t="s">
+        <v>673</v>
+      </c>
+      <c r="K10" t="s">
+        <v>502</v>
+      </c>
+      <c r="L10" t="s">
+        <v>610</v>
+      </c>
+      <c r="M10" t="s">
+        <v>641</v>
+      </c>
+      <c r="N10" t="s">
+        <v>666</v>
+      </c>
+      <c r="O10" t="s">
+        <v>679</v>
+      </c>
+      <c r="P10" t="s">
         <v>680</v>
-      </c>
-[...40 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B11" t="s">
+        <v>681</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
+        <v>662</v>
+      </c>
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
+        <v>682</v>
+      </c>
+      <c r="H11" t="s">
+        <v>683</v>
+      </c>
+      <c r="I11" t="s">
+        <v>684</v>
+      </c>
+      <c r="J11" t="s">
+        <v>640</v>
+      </c>
+      <c r="K11" t="s">
+        <v>53</v>
+      </c>
+      <c r="L11" t="s">
+        <v>610</v>
+      </c>
+      <c r="M11" t="s">
+        <v>641</v>
+      </c>
+      <c r="N11" t="s">
+        <v>666</v>
+      </c>
+      <c r="O11" t="s">
+        <v>685</v>
+      </c>
+      <c r="P11" t="s">
         <v>686</v>
-      </c>
-[...40 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B12" t="s">
+        <v>687</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
+        <v>662</v>
+      </c>
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
+        <v>688</v>
+      </c>
+      <c r="H12" t="s">
+        <v>689</v>
+      </c>
+      <c r="I12" t="s">
+        <v>690</v>
+      </c>
+      <c r="J12" t="s">
+        <v>691</v>
+      </c>
+      <c r="K12" t="s">
+        <v>41</v>
+      </c>
+      <c r="L12" t="s">
+        <v>610</v>
+      </c>
+      <c r="M12" t="s">
+        <v>641</v>
+      </c>
+      <c r="N12" t="s">
+        <v>666</v>
+      </c>
+      <c r="O12" t="s">
+        <v>679</v>
+      </c>
+      <c r="P12" t="s">
         <v>692</v>
-      </c>
-[...40 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B13" t="s">
+        <v>693</v>
+      </c>
+      <c r="C13" t="s">
+        <v>20</v>
+      </c>
+      <c r="D13" t="s">
+        <v>20</v>
+      </c>
+      <c r="E13" t="s">
+        <v>662</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
+        <v>694</v>
+      </c>
+      <c r="H13" t="s">
+        <v>695</v>
+      </c>
+      <c r="I13" t="s">
+        <v>696</v>
+      </c>
+      <c r="J13" t="s">
+        <v>697</v>
+      </c>
+      <c r="K13" t="s">
+        <v>698</v>
+      </c>
+      <c r="L13" t="s">
+        <v>610</v>
+      </c>
+      <c r="M13" t="s">
+        <v>641</v>
+      </c>
+      <c r="N13" t="s">
+        <v>621</v>
+      </c>
+      <c r="O13" t="s">
+        <v>622</v>
+      </c>
+      <c r="P13" t="s">
         <v>699</v>
-      </c>
-[...40 lines deleted...]
-        <v>704</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B14" t="s">
+        <v>700</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>662</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>701</v>
+      </c>
+      <c r="H14" t="s">
+        <v>702</v>
+      </c>
+      <c r="I14" t="s">
+        <v>703</v>
+      </c>
+      <c r="J14" t="s">
+        <v>640</v>
+      </c>
+      <c r="K14" t="s">
+        <v>53</v>
+      </c>
+      <c r="L14" t="s">
+        <v>610</v>
+      </c>
+      <c r="M14" t="s">
+        <v>641</v>
+      </c>
+      <c r="N14" t="s">
+        <v>650</v>
+      </c>
+      <c r="O14" t="s">
+        <v>704</v>
+      </c>
+      <c r="P14" t="s">
         <v>705</v>
-      </c>
-[...40 lines deleted...]
-        <v>711</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B15" t="s">
+        <v>706</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
+        <v>662</v>
+      </c>
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
+        <v>707</v>
+      </c>
+      <c r="H15" t="s">
+        <v>708</v>
+      </c>
+      <c r="I15" t="s">
+        <v>709</v>
+      </c>
+      <c r="J15" t="s">
+        <v>710</v>
+      </c>
+      <c r="K15" t="s">
+        <v>711</v>
+      </c>
+      <c r="L15" t="s">
+        <v>610</v>
+      </c>
+      <c r="M15" t="s">
+        <v>641</v>
+      </c>
+      <c r="N15" t="s">
+        <v>650</v>
+      </c>
+      <c r="O15" t="s">
+        <v>704</v>
+      </c>
+      <c r="P15" t="s">
         <v>712</v>
-      </c>
-[...40 lines deleted...]
-        <v>718</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B16" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="C16" t="s">
         <v>20</v>
       </c>
       <c r="D16" t="s">
         <v>20</v>
       </c>
       <c r="E16" t="s">
-        <v>720</v>
+        <v>662</v>
       </c>
       <c r="F16" t="s">
         <v>20</v>
       </c>
       <c r="G16" t="s">
-        <v>721</v>
+        <v>714</v>
       </c>
       <c r="H16" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="I16" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="J16" t="s">
-        <v>690</v>
+        <v>620</v>
       </c>
       <c r="K16" t="s">
-        <v>41</v>
+        <v>298</v>
       </c>
       <c r="L16" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M16" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N16" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O16" t="s">
-        <v>724</v>
+        <v>613</v>
       </c>
       <c r="P16" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B17" t="s">
-        <v>726</v>
+        <v>718</v>
       </c>
       <c r="C17" t="s">
         <v>20</v>
       </c>
       <c r="D17" t="s">
         <v>20</v>
       </c>
       <c r="E17" t="s">
-        <v>727</v>
+        <v>719</v>
       </c>
       <c r="F17" t="s">
         <v>20</v>
       </c>
       <c r="G17" t="s">
-        <v>728</v>
+        <v>720</v>
       </c>
       <c r="H17" t="s">
-        <v>729</v>
+        <v>721</v>
       </c>
       <c r="I17" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="J17" t="s">
-        <v>731</v>
+        <v>691</v>
       </c>
       <c r="K17" t="s">
-        <v>732</v>
+        <v>41</v>
       </c>
       <c r="L17" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M17" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N17" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O17" t="s">
-        <v>717</v>
+        <v>723</v>
       </c>
       <c r="P17" t="s">
-        <v>733</v>
+        <v>724</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
+        <v>602</v>
+      </c>
+      <c r="B18" t="s">
+        <v>725</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
+        <v>726</v>
+      </c>
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
+        <v>727</v>
+      </c>
+      <c r="H18" t="s">
+        <v>728</v>
+      </c>
+      <c r="I18" t="s">
+        <v>729</v>
+      </c>
+      <c r="J18" t="s">
+        <v>730</v>
+      </c>
+      <c r="K18" t="s">
+        <v>731</v>
+      </c>
+      <c r="L18" t="s">
+        <v>610</v>
+      </c>
+      <c r="M18" t="s">
         <v>611</v>
       </c>
-      <c r="B18" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N18" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O18" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P18" t="s">
-        <v>737</v>
+        <v>732</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
+        <v>602</v>
+      </c>
+      <c r="B19" t="s">
+        <v>733</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
+        <v>726</v>
+      </c>
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
+        <v>734</v>
+      </c>
+      <c r="H19" t="s">
+        <v>735</v>
+      </c>
+      <c r="I19" t="s">
+        <v>648</v>
+      </c>
+      <c r="J19" t="s">
+        <v>20</v>
+      </c>
+      <c r="K19" t="s">
+        <v>649</v>
+      </c>
+      <c r="L19" t="s">
+        <v>610</v>
+      </c>
+      <c r="M19" t="s">
         <v>611</v>
       </c>
-      <c r="B19" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N19" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="O19" t="s">
-        <v>678</v>
+        <v>613</v>
       </c>
       <c r="P19" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B20" t="s">
-        <v>743</v>
+        <v>737</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
+        <v>738</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>739</v>
       </c>
-      <c r="F20" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H20" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="I20" t="s">
-        <v>746</v>
+        <v>690</v>
       </c>
       <c r="J20" t="s">
-        <v>672</v>
+        <v>691</v>
       </c>
       <c r="K20" t="s">
-        <v>505</v>
+        <v>41</v>
       </c>
       <c r="L20" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M20" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N20" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O20" t="s">
-        <v>747</v>
+        <v>679</v>
       </c>
       <c r="P20" t="s">
-        <v>748</v>
+        <v>741</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B21" t="s">
-        <v>749</v>
+        <v>742</v>
       </c>
       <c r="C21" t="s">
         <v>20</v>
       </c>
       <c r="D21" t="s">
         <v>20</v>
       </c>
       <c r="E21" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="F21" t="s">
         <v>20</v>
       </c>
       <c r="G21" t="s">
-        <v>750</v>
+        <v>743</v>
       </c>
       <c r="H21" t="s">
-        <v>751</v>
+        <v>744</v>
       </c>
       <c r="I21" t="s">
-        <v>752</v>
+        <v>690</v>
       </c>
       <c r="J21" t="s">
-        <v>639</v>
+        <v>691</v>
       </c>
       <c r="K21" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="L21" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M21" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="N21" t="s">
-        <v>716</v>
+        <v>666</v>
       </c>
       <c r="O21" t="s">
-        <v>717</v>
+        <v>745</v>
       </c>
       <c r="P21" t="s">
-        <v>753</v>
+        <v>746</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B22" t="s">
-        <v>754</v>
+        <v>747</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>739</v>
+        <v>738</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
-        <v>755</v>
+        <v>748</v>
       </c>
       <c r="H22" t="s">
-        <v>756</v>
+        <v>749</v>
       </c>
       <c r="I22" t="s">
-        <v>757</v>
+        <v>750</v>
       </c>
       <c r="J22" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K22" t="s">
         <v>53</v>
       </c>
       <c r="L22" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M22" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="N22" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O22" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P22" t="s">
-        <v>758</v>
+        <v>751</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B23" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="C23" t="s">
         <v>20</v>
       </c>
       <c r="D23" t="s">
         <v>20</v>
       </c>
       <c r="E23" t="s">
-        <v>760</v>
+        <v>738</v>
       </c>
       <c r="F23" t="s">
         <v>20</v>
       </c>
       <c r="G23" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="H23" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="I23" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="J23" t="s">
-        <v>764</v>
+        <v>640</v>
       </c>
       <c r="K23" t="s">
-        <v>765</v>
+        <v>53</v>
       </c>
       <c r="L23" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M23" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N23" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="O23" t="s">
-        <v>766</v>
+        <v>613</v>
       </c>
       <c r="P23" t="s">
-        <v>767</v>
+        <v>756</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B24" t="s">
-        <v>768</v>
+        <v>757</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
+        <v>758</v>
+      </c>
+      <c r="F24" t="s">
+        <v>20</v>
+      </c>
+      <c r="G24" t="s">
+        <v>759</v>
+      </c>
+      <c r="H24" t="s">
         <v>760</v>
       </c>
-      <c r="F24" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I24" t="s">
+        <v>761</v>
+      </c>
+      <c r="J24" t="s">
+        <v>762</v>
+      </c>
+      <c r="K24" t="s">
         <v>763</v>
       </c>
-      <c r="J24" t="s">
+      <c r="L24" t="s">
+        <v>610</v>
+      </c>
+      <c r="M24" t="s">
+        <v>641</v>
+      </c>
+      <c r="N24" t="s">
+        <v>621</v>
+      </c>
+      <c r="O24" t="s">
         <v>764</v>
       </c>
-      <c r="K24" t="s">
+      <c r="P24" t="s">
         <v>765</v>
-      </c>
-[...13 lines deleted...]
-        <v>772</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B25" t="s">
-        <v>773</v>
+        <v>766</v>
       </c>
       <c r="C25" t="s">
         <v>20</v>
       </c>
       <c r="D25" t="s">
         <v>20</v>
       </c>
       <c r="E25" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="F25" t="s">
         <v>20</v>
       </c>
       <c r="G25" t="s">
-        <v>774</v>
+        <v>767</v>
       </c>
       <c r="H25" t="s">
-        <v>775</v>
+        <v>768</v>
       </c>
       <c r="I25" t="s">
-        <v>776</v>
+        <v>761</v>
       </c>
       <c r="J25" t="s">
-        <v>20</v>
+        <v>762</v>
       </c>
       <c r="K25" t="s">
-        <v>777</v>
+        <v>763</v>
       </c>
       <c r="L25" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M25" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N25" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O25" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="P25" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B26" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="C26" t="s">
         <v>20</v>
       </c>
       <c r="D26" t="s">
         <v>20</v>
       </c>
       <c r="E26" t="s">
-        <v>760</v>
+        <v>758</v>
       </c>
       <c r="F26" t="s">
         <v>20</v>
       </c>
       <c r="G26" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="H26" t="s">
-        <v>782</v>
+        <v>773</v>
       </c>
       <c r="I26" t="s">
-        <v>783</v>
+        <v>774</v>
       </c>
       <c r="J26" t="s">
-        <v>672</v>
+        <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>505</v>
+        <v>775</v>
       </c>
       <c r="L26" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M26" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N26" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O26" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="P26" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B27" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="C27" t="s">
         <v>20</v>
       </c>
       <c r="D27" t="s">
         <v>20</v>
       </c>
       <c r="E27" t="s">
-        <v>786</v>
+        <v>758</v>
       </c>
       <c r="F27" t="s">
         <v>20</v>
       </c>
       <c r="G27" t="s">
-        <v>787</v>
+        <v>779</v>
       </c>
       <c r="H27" t="s">
-        <v>788</v>
+        <v>780</v>
       </c>
       <c r="I27" t="s">
-        <v>723</v>
+        <v>781</v>
       </c>
       <c r="J27" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
       <c r="K27" t="s">
-        <v>41</v>
+        <v>502</v>
       </c>
       <c r="L27" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M27" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N27" t="s">
-        <v>716</v>
+        <v>621</v>
       </c>
       <c r="O27" t="s">
-        <v>717</v>
+        <v>776</v>
       </c>
       <c r="P27" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B28" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="C28" t="s">
         <v>20</v>
       </c>
       <c r="D28" t="s">
         <v>20</v>
       </c>
       <c r="E28" t="s">
+        <v>784</v>
+      </c>
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
+        <v>785</v>
+      </c>
+      <c r="H28" t="s">
         <v>786</v>
       </c>
-      <c r="F28" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I28" t="s">
-        <v>793</v>
+        <v>722</v>
       </c>
       <c r="J28" t="s">
-        <v>794</v>
+        <v>691</v>
       </c>
       <c r="K28" t="s">
-        <v>795</v>
+        <v>41</v>
       </c>
       <c r="L28" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M28" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N28" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="O28" t="s">
-        <v>796</v>
+        <v>613</v>
       </c>
       <c r="P28" t="s">
-        <v>797</v>
+        <v>787</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B29" t="s">
+        <v>788</v>
+      </c>
+      <c r="C29" t="s">
+        <v>20</v>
+      </c>
+      <c r="D29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E29" t="s">
+        <v>784</v>
+      </c>
+      <c r="F29" t="s">
+        <v>20</v>
+      </c>
+      <c r="G29" t="s">
+        <v>789</v>
+      </c>
+      <c r="H29" t="s">
         <v>790</v>
       </c>
-      <c r="C29" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="I29" t="s">
-        <v>776</v>
+        <v>791</v>
       </c>
       <c r="J29" t="s">
-        <v>20</v>
+        <v>792</v>
       </c>
       <c r="K29" t="s">
-        <v>777</v>
+        <v>793</v>
       </c>
       <c r="L29" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M29" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N29" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O29" t="s">
-        <v>796</v>
+        <v>794</v>
       </c>
       <c r="P29" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B30" t="s">
-        <v>801</v>
+        <v>788</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
-        <v>802</v>
+        <v>784</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
-        <v>803</v>
+        <v>796</v>
       </c>
       <c r="H30" t="s">
-        <v>804</v>
+        <v>797</v>
       </c>
       <c r="I30" t="s">
-        <v>805</v>
+        <v>774</v>
       </c>
       <c r="J30" t="s">
-        <v>617</v>
+        <v>20</v>
       </c>
       <c r="K30" t="s">
-        <v>300</v>
+        <v>775</v>
       </c>
       <c r="L30" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M30" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N30" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O30" t="s">
-        <v>684</v>
+        <v>794</v>
       </c>
       <c r="P30" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
+        <v>602</v>
+      </c>
+      <c r="B31" t="s">
+        <v>799</v>
+      </c>
+      <c r="C31" t="s">
+        <v>20</v>
+      </c>
+      <c r="D31" t="s">
+        <v>20</v>
+      </c>
+      <c r="E31" t="s">
+        <v>800</v>
+      </c>
+      <c r="F31" t="s">
+        <v>20</v>
+      </c>
+      <c r="G31" t="s">
+        <v>801</v>
+      </c>
+      <c r="H31" t="s">
+        <v>802</v>
+      </c>
+      <c r="I31" t="s">
+        <v>803</v>
+      </c>
+      <c r="J31" t="s">
+        <v>620</v>
+      </c>
+      <c r="K31" t="s">
+        <v>298</v>
+      </c>
+      <c r="L31" t="s">
+        <v>610</v>
+      </c>
+      <c r="M31" t="s">
         <v>611</v>
       </c>
-      <c r="B31" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N31" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O31" t="s">
-        <v>621</v>
+        <v>685</v>
       </c>
       <c r="P31" t="s">
-        <v>811</v>
+        <v>804</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
+        <v>602</v>
+      </c>
+      <c r="B32" t="s">
+        <v>805</v>
+      </c>
+      <c r="C32" t="s">
+        <v>20</v>
+      </c>
+      <c r="D32" t="s">
+        <v>20</v>
+      </c>
+      <c r="E32" t="s">
+        <v>800</v>
+      </c>
+      <c r="F32" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" t="s">
+        <v>806</v>
+      </c>
+      <c r="H32" t="s">
+        <v>807</v>
+      </c>
+      <c r="I32" t="s">
+        <v>808</v>
+      </c>
+      <c r="J32" t="s">
+        <v>620</v>
+      </c>
+      <c r="K32" t="s">
+        <v>298</v>
+      </c>
+      <c r="L32" t="s">
+        <v>610</v>
+      </c>
+      <c r="M32" t="s">
         <v>611</v>
       </c>
-      <c r="B32" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N32" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O32" t="s">
-        <v>678</v>
+        <v>622</v>
       </c>
       <c r="P32" t="s">
-        <v>817</v>
+        <v>809</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
+        <v>602</v>
+      </c>
+      <c r="B33" t="s">
+        <v>810</v>
+      </c>
+      <c r="C33" t="s">
+        <v>20</v>
+      </c>
+      <c r="D33" t="s">
+        <v>20</v>
+      </c>
+      <c r="E33" t="s">
+        <v>811</v>
+      </c>
+      <c r="F33" t="s">
+        <v>20</v>
+      </c>
+      <c r="G33" t="s">
+        <v>812</v>
+      </c>
+      <c r="H33" t="s">
+        <v>813</v>
+      </c>
+      <c r="I33" t="s">
+        <v>814</v>
+      </c>
+      <c r="J33" t="s">
+        <v>620</v>
+      </c>
+      <c r="K33" t="s">
+        <v>298</v>
+      </c>
+      <c r="L33" t="s">
+        <v>610</v>
+      </c>
+      <c r="M33" t="s">
         <v>611</v>
       </c>
-      <c r="B33" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N33" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O33" t="s">
-        <v>771</v>
+        <v>679</v>
       </c>
       <c r="P33" t="s">
-        <v>823</v>
+        <v>815</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B34" t="s">
-        <v>824</v>
+        <v>816</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
+        <v>817</v>
+      </c>
+      <c r="F34" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" t="s">
+        <v>818</v>
+      </c>
+      <c r="H34" t="s">
         <v>819</v>
       </c>
-      <c r="F34" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I34" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="J34" t="s">
-        <v>828</v>
+        <v>640</v>
       </c>
       <c r="K34" t="s">
-        <v>829</v>
+        <v>53</v>
       </c>
       <c r="L34" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M34" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N34" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O34" t="s">
-        <v>796</v>
+        <v>769</v>
       </c>
       <c r="P34" t="s">
-        <v>830</v>
+        <v>821</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B35" t="s">
-        <v>831</v>
+        <v>822</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
-        <v>832</v>
+        <v>823</v>
       </c>
       <c r="H35" t="s">
-        <v>833</v>
+        <v>824</v>
       </c>
       <c r="I35" t="s">
-        <v>834</v>
+        <v>825</v>
       </c>
       <c r="J35" t="s">
-        <v>690</v>
+        <v>826</v>
       </c>
       <c r="K35" t="s">
-        <v>41</v>
+        <v>827</v>
       </c>
       <c r="L35" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M35" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N35" t="s">
-        <v>835</v>
+        <v>621</v>
       </c>
       <c r="O35" t="s">
-        <v>836</v>
+        <v>794</v>
       </c>
       <c r="P35" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B36" t="s">
-        <v>838</v>
+        <v>829</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
-        <v>839</v>
+        <v>817</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
-        <v>840</v>
+        <v>830</v>
       </c>
       <c r="H36" t="s">
-        <v>841</v>
+        <v>831</v>
       </c>
       <c r="I36" t="s">
-        <v>842</v>
+        <v>832</v>
       </c>
       <c r="J36" t="s">
-        <v>794</v>
+        <v>691</v>
       </c>
       <c r="K36" t="s">
-        <v>795</v>
+        <v>41</v>
       </c>
       <c r="L36" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M36" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N36" t="s">
-        <v>620</v>
+        <v>833</v>
       </c>
       <c r="O36" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
       <c r="P36" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B37" t="s">
-        <v>845</v>
+        <v>836</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
+        <v>837</v>
+      </c>
+      <c r="F37" t="s">
+        <v>20</v>
+      </c>
+      <c r="G37" t="s">
+        <v>838</v>
+      </c>
+      <c r="H37" t="s">
         <v>839</v>
       </c>
-      <c r="F37" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I37" t="s">
-        <v>848</v>
+        <v>840</v>
       </c>
       <c r="J37" t="s">
-        <v>672</v>
+        <v>792</v>
       </c>
       <c r="K37" t="s">
-        <v>505</v>
+        <v>793</v>
       </c>
       <c r="L37" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M37" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N37" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O37" t="s">
-        <v>766</v>
+        <v>841</v>
       </c>
       <c r="P37" t="s">
-        <v>849</v>
+        <v>842</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B38" t="s">
-        <v>850</v>
+        <v>843</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
-        <v>851</v>
+        <v>837</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
-        <v>852</v>
+        <v>844</v>
       </c>
       <c r="H38" t="s">
-        <v>853</v>
+        <v>845</v>
       </c>
       <c r="I38" t="s">
-        <v>854</v>
+        <v>846</v>
       </c>
       <c r="J38" t="s">
-        <v>855</v>
+        <v>673</v>
       </c>
       <c r="K38" t="s">
-        <v>856</v>
+        <v>502</v>
       </c>
       <c r="L38" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M38" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N38" t="s">
-        <v>716</v>
+        <v>621</v>
       </c>
       <c r="O38" t="s">
-        <v>717</v>
+        <v>764</v>
       </c>
       <c r="P38" t="s">
-        <v>857</v>
+        <v>847</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B39" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
-        <v>859</v>
+        <v>849</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
-        <v>860</v>
+        <v>850</v>
       </c>
       <c r="H39" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="I39" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="J39" t="s">
-        <v>639</v>
+        <v>853</v>
       </c>
       <c r="K39" t="s">
-        <v>53</v>
+        <v>854</v>
       </c>
       <c r="L39" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M39" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="N39" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O39" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P39" t="s">
-        <v>863</v>
+        <v>855</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B40" t="s">
-        <v>864</v>
+        <v>856</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
-        <v>865</v>
+        <v>857</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
-        <v>866</v>
+        <v>858</v>
       </c>
       <c r="H40" t="s">
-        <v>867</v>
+        <v>859</v>
       </c>
       <c r="I40" t="s">
-        <v>639</v>
+        <v>860</v>
       </c>
       <c r="J40" t="s">
-        <v>20</v>
+        <v>640</v>
       </c>
       <c r="K40" t="s">
         <v>53</v>
       </c>
       <c r="L40" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M40" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N40" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="O40" t="s">
-        <v>796</v>
+        <v>613</v>
       </c>
       <c r="P40" t="s">
-        <v>868</v>
+        <v>861</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B41" t="s">
-        <v>869</v>
+        <v>862</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
-        <v>870</v>
+        <v>863</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
-        <v>871</v>
+        <v>864</v>
       </c>
       <c r="H41" t="s">
-        <v>872</v>
+        <v>865</v>
       </c>
       <c r="I41" t="s">
-        <v>873</v>
+        <v>640</v>
       </c>
       <c r="J41" t="s">
-        <v>639</v>
+        <v>20</v>
       </c>
       <c r="K41" t="s">
         <v>53</v>
       </c>
       <c r="L41" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M41" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N41" t="s">
-        <v>649</v>
+        <v>621</v>
       </c>
       <c r="O41" t="s">
-        <v>650</v>
+        <v>794</v>
       </c>
       <c r="P41" t="s">
-        <v>874</v>
+        <v>866</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B42" t="s">
-        <v>875</v>
+        <v>867</v>
       </c>
       <c r="C42" t="s">
         <v>20</v>
       </c>
       <c r="D42" t="s">
         <v>20</v>
       </c>
       <c r="E42" t="s">
-        <v>876</v>
+        <v>868</v>
       </c>
       <c r="F42" t="s">
         <v>20</v>
       </c>
       <c r="G42" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="H42" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="I42" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="J42" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K42" t="s">
         <v>53</v>
       </c>
       <c r="L42" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M42" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N42" t="s">
-        <v>620</v>
+        <v>650</v>
       </c>
       <c r="O42" t="s">
-        <v>796</v>
+        <v>651</v>
       </c>
       <c r="P42" t="s">
-        <v>880</v>
+        <v>872</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B43" t="s">
-        <v>881</v>
+        <v>873</v>
       </c>
       <c r="C43" t="s">
         <v>20</v>
       </c>
       <c r="D43" t="s">
         <v>20</v>
       </c>
       <c r="E43" t="s">
-        <v>882</v>
+        <v>874</v>
       </c>
       <c r="F43" t="s">
         <v>20</v>
       </c>
       <c r="G43" t="s">
-        <v>883</v>
+        <v>875</v>
       </c>
       <c r="H43" t="s">
-        <v>884</v>
+        <v>876</v>
       </c>
       <c r="I43" t="s">
-        <v>885</v>
+        <v>877</v>
       </c>
       <c r="J43" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="K43" t="s">
-        <v>648</v>
+        <v>53</v>
       </c>
       <c r="L43" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M43" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N43" t="s">
-        <v>657</v>
+        <v>621</v>
       </c>
       <c r="O43" t="s">
-        <v>886</v>
+        <v>794</v>
       </c>
       <c r="P43" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B44" t="s">
-        <v>888</v>
+        <v>879</v>
       </c>
       <c r="C44" t="s">
         <v>20</v>
       </c>
       <c r="D44" t="s">
         <v>20</v>
       </c>
       <c r="E44" t="s">
-        <v>889</v>
+        <v>880</v>
       </c>
       <c r="F44" t="s">
         <v>20</v>
       </c>
       <c r="G44" t="s">
-        <v>890</v>
+        <v>881</v>
       </c>
       <c r="H44" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="I44" t="s">
-        <v>892</v>
+        <v>883</v>
       </c>
       <c r="J44" t="s">
-        <v>639</v>
+        <v>648</v>
       </c>
       <c r="K44" t="s">
-        <v>53</v>
+        <v>649</v>
       </c>
       <c r="L44" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M44" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N44" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O44" t="s">
-        <v>893</v>
+        <v>884</v>
       </c>
       <c r="P44" t="s">
-        <v>894</v>
+        <v>885</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B45" t="s">
-        <v>895</v>
+        <v>886</v>
       </c>
       <c r="C45" t="s">
         <v>20</v>
       </c>
       <c r="D45" t="s">
         <v>20</v>
       </c>
       <c r="E45" t="s">
-        <v>896</v>
+        <v>887</v>
       </c>
       <c r="F45" t="s">
         <v>20</v>
       </c>
       <c r="G45" t="s">
-        <v>897</v>
+        <v>888</v>
       </c>
       <c r="H45" t="s">
-        <v>898</v>
+        <v>889</v>
       </c>
       <c r="I45" t="s">
-        <v>899</v>
+        <v>890</v>
       </c>
       <c r="J45" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K45" t="s">
         <v>53</v>
       </c>
       <c r="L45" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M45" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N45" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="O45" t="s">
-        <v>900</v>
+        <v>891</v>
       </c>
       <c r="P45" t="s">
-        <v>901</v>
+        <v>892</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B46" t="s">
-        <v>902</v>
+        <v>893</v>
       </c>
       <c r="C46" t="s">
         <v>20</v>
       </c>
       <c r="D46" t="s">
         <v>20</v>
       </c>
       <c r="E46" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="F46" t="s">
         <v>20</v>
       </c>
       <c r="G46" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="H46" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="I46" t="s">
-        <v>690</v>
+        <v>897</v>
       </c>
       <c r="J46" t="s">
-        <v>20</v>
+        <v>640</v>
       </c>
       <c r="K46" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="L46" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M46" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N46" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="O46" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="P46" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B47" t="s">
-        <v>908</v>
+        <v>900</v>
       </c>
       <c r="C47" t="s">
         <v>20</v>
       </c>
       <c r="D47" t="s">
         <v>20</v>
       </c>
       <c r="E47" t="s">
-        <v>909</v>
+        <v>901</v>
       </c>
       <c r="F47" t="s">
         <v>20</v>
       </c>
       <c r="G47" t="s">
-        <v>910</v>
+        <v>902</v>
       </c>
       <c r="H47" t="s">
-        <v>911</v>
+        <v>903</v>
       </c>
       <c r="I47" t="s">
-        <v>892</v>
+        <v>691</v>
       </c>
       <c r="J47" t="s">
-        <v>912</v>
+        <v>20</v>
       </c>
       <c r="K47" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="L47" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M47" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N47" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O47" t="s">
-        <v>658</v>
+        <v>904</v>
       </c>
       <c r="P47" t="s">
-        <v>913</v>
+        <v>905</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B48" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="C48" t="s">
         <v>20</v>
       </c>
       <c r="D48" t="s">
         <v>20</v>
       </c>
       <c r="E48" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
       <c r="F48" t="s">
         <v>20</v>
       </c>
       <c r="G48" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="H48" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="I48" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="J48" t="s">
-        <v>639</v>
+        <v>910</v>
       </c>
       <c r="K48" t="s">
         <v>53</v>
       </c>
       <c r="L48" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M48" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N48" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O48" t="s">
-        <v>918</v>
+        <v>659</v>
       </c>
       <c r="P48" t="s">
-        <v>919</v>
+        <v>911</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B49" t="s">
-        <v>920</v>
+        <v>912</v>
       </c>
       <c r="C49" t="s">
         <v>20</v>
       </c>
       <c r="D49" t="s">
         <v>20</v>
       </c>
       <c r="E49" t="s">
+        <v>913</v>
+      </c>
+      <c r="F49" t="s">
+        <v>20</v>
+      </c>
+      <c r="G49" t="s">
+        <v>914</v>
+      </c>
+      <c r="H49" t="s">
         <v>915</v>
       </c>
-      <c r="F49" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I49" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="J49" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K49" t="s">
         <v>53</v>
       </c>
       <c r="L49" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M49" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N49" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O49" t="s">
-        <v>918</v>
+        <v>916</v>
       </c>
       <c r="P49" t="s">
-        <v>923</v>
+        <v>917</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B50" t="s">
-        <v>924</v>
+        <v>918</v>
       </c>
       <c r="C50" t="s">
         <v>20</v>
       </c>
       <c r="D50" t="s">
         <v>20</v>
       </c>
       <c r="E50" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="F50" t="s">
         <v>20</v>
       </c>
       <c r="G50" t="s">
-        <v>925</v>
+        <v>919</v>
       </c>
       <c r="H50" t="s">
-        <v>926</v>
+        <v>920</v>
       </c>
       <c r="I50" t="s">
-        <v>927</v>
+        <v>890</v>
       </c>
       <c r="J50" t="s">
-        <v>617</v>
+        <v>640</v>
       </c>
       <c r="K50" t="s">
-        <v>300</v>
+        <v>53</v>
       </c>
       <c r="L50" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M50" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N50" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O50" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="P50" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B51" t="s">
-        <v>929</v>
+        <v>922</v>
       </c>
       <c r="C51" t="s">
         <v>20</v>
       </c>
       <c r="D51" t="s">
         <v>20</v>
       </c>
       <c r="E51" t="s">
-        <v>915</v>
+        <v>913</v>
       </c>
       <c r="F51" t="s">
         <v>20</v>
       </c>
       <c r="G51" t="s">
-        <v>930</v>
+        <v>923</v>
       </c>
       <c r="H51" t="s">
-        <v>931</v>
+        <v>924</v>
       </c>
       <c r="I51" t="s">
-        <v>932</v>
+        <v>925</v>
       </c>
       <c r="J51" t="s">
-        <v>672</v>
+        <v>620</v>
       </c>
       <c r="K51" t="s">
-        <v>505</v>
+        <v>298</v>
       </c>
       <c r="L51" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M51" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N51" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="O51" t="s">
-        <v>906</v>
+        <v>904</v>
       </c>
       <c r="P51" t="s">
-        <v>933</v>
+        <v>926</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B52" t="s">
-        <v>934</v>
+        <v>927</v>
       </c>
       <c r="C52" t="s">
         <v>20</v>
       </c>
       <c r="D52" t="s">
         <v>20</v>
       </c>
       <c r="E52" t="s">
-        <v>935</v>
+        <v>913</v>
       </c>
       <c r="F52" t="s">
         <v>20</v>
       </c>
       <c r="G52" t="s">
-        <v>936</v>
+        <v>928</v>
       </c>
       <c r="H52" t="s">
-        <v>937</v>
+        <v>929</v>
       </c>
       <c r="I52" t="s">
-        <v>938</v>
+        <v>930</v>
       </c>
       <c r="J52" t="s">
-        <v>939</v>
+        <v>673</v>
       </c>
       <c r="K52" t="s">
-        <v>940</v>
+        <v>502</v>
       </c>
       <c r="L52" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M52" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="N52" t="s">
-        <v>716</v>
+        <v>658</v>
       </c>
       <c r="O52" t="s">
-        <v>717</v>
+        <v>904</v>
       </c>
       <c r="P52" t="s">
-        <v>941</v>
+        <v>931</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B53" t="s">
-        <v>942</v>
+        <v>932</v>
       </c>
       <c r="C53" t="s">
         <v>20</v>
       </c>
       <c r="D53" t="s">
         <v>20</v>
       </c>
       <c r="E53" t="s">
-        <v>943</v>
+        <v>933</v>
       </c>
       <c r="F53" t="s">
         <v>20</v>
       </c>
       <c r="G53" t="s">
-        <v>944</v>
+        <v>934</v>
       </c>
       <c r="H53" t="s">
-        <v>945</v>
+        <v>935</v>
       </c>
       <c r="I53" t="s">
-        <v>946</v>
+        <v>936</v>
       </c>
       <c r="J53" t="s">
-        <v>617</v>
+        <v>937</v>
       </c>
       <c r="K53" t="s">
-        <v>300</v>
+        <v>938</v>
       </c>
       <c r="L53" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M53" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N53" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="O53" t="s">
-        <v>947</v>
+        <v>613</v>
       </c>
       <c r="P53" t="s">
-        <v>948</v>
+        <v>939</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B54" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="C54" t="s">
         <v>20</v>
       </c>
       <c r="D54" t="s">
         <v>20</v>
       </c>
       <c r="E54" t="s">
+        <v>941</v>
+      </c>
+      <c r="F54" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" t="s">
+        <v>942</v>
+      </c>
+      <c r="H54" t="s">
         <v>943</v>
       </c>
-      <c r="F54" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I54" t="s">
-        <v>952</v>
+        <v>944</v>
       </c>
       <c r="J54" t="s">
-        <v>953</v>
+        <v>620</v>
       </c>
       <c r="K54" t="s">
-        <v>954</v>
+        <v>298</v>
       </c>
       <c r="L54" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M54" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N54" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O54" t="s">
-        <v>947</v>
+        <v>945</v>
       </c>
       <c r="P54" t="s">
-        <v>955</v>
+        <v>946</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B55" t="s">
-        <v>956</v>
+        <v>947</v>
       </c>
       <c r="C55" t="s">
         <v>20</v>
       </c>
       <c r="D55" t="s">
         <v>20</v>
       </c>
       <c r="E55" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="F55" t="s">
         <v>20</v>
       </c>
       <c r="G55" t="s">
-        <v>957</v>
+        <v>948</v>
       </c>
       <c r="H55" t="s">
-        <v>958</v>
+        <v>949</v>
       </c>
       <c r="I55" t="s">
+        <v>950</v>
+      </c>
+      <c r="J55" t="s">
+        <v>951</v>
+      </c>
+      <c r="K55" t="s">
         <v>952</v>
       </c>
-      <c r="J55" t="s">
+      <c r="L55" t="s">
+        <v>610</v>
+      </c>
+      <c r="M55" t="s">
+        <v>641</v>
+      </c>
+      <c r="N55" t="s">
+        <v>666</v>
+      </c>
+      <c r="O55" t="s">
+        <v>945</v>
+      </c>
+      <c r="P55" t="s">
         <v>953</v>
-      </c>
-[...16 lines deleted...]
-        <v>959</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B56" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="C56" t="s">
         <v>20</v>
       </c>
       <c r="D56" t="s">
         <v>20</v>
       </c>
       <c r="E56" t="s">
-        <v>961</v>
+        <v>941</v>
       </c>
       <c r="F56" t="s">
         <v>20</v>
       </c>
       <c r="G56" t="s">
-        <v>962</v>
+        <v>955</v>
       </c>
       <c r="H56" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="I56" t="s">
-        <v>964</v>
+        <v>950</v>
       </c>
       <c r="J56" t="s">
-        <v>672</v>
+        <v>951</v>
       </c>
       <c r="K56" t="s">
-        <v>505</v>
+        <v>952</v>
       </c>
       <c r="L56" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M56" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N56" t="s">
-        <v>716</v>
+        <v>666</v>
       </c>
       <c r="O56" t="s">
-        <v>717</v>
+        <v>745</v>
       </c>
       <c r="P56" t="s">
-        <v>965</v>
+        <v>957</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B57" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="C57" t="s">
         <v>20</v>
       </c>
       <c r="D57" t="s">
         <v>20</v>
       </c>
       <c r="E57" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="F57" t="s">
         <v>20</v>
       </c>
       <c r="G57" t="s">
-        <v>968</v>
+        <v>960</v>
       </c>
       <c r="H57" t="s">
-        <v>969</v>
+        <v>961</v>
       </c>
       <c r="I57" t="s">
-        <v>970</v>
+        <v>962</v>
       </c>
       <c r="J57" t="s">
-        <v>617</v>
+        <v>673</v>
       </c>
       <c r="K57" t="s">
-        <v>300</v>
+        <v>502</v>
       </c>
       <c r="L57" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M57" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N57" t="s">
-        <v>971</v>
+        <v>612</v>
       </c>
       <c r="O57" t="s">
-        <v>972</v>
+        <v>613</v>
       </c>
       <c r="P57" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B58" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
       <c r="C58" t="s">
         <v>20</v>
       </c>
       <c r="D58" t="s">
         <v>20</v>
       </c>
       <c r="E58" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="F58" t="s">
         <v>20</v>
       </c>
       <c r="G58" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="H58" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
       <c r="I58" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="J58" t="s">
-        <v>979</v>
+        <v>620</v>
       </c>
       <c r="K58" t="s">
-        <v>980</v>
+        <v>298</v>
       </c>
       <c r="L58" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M58" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N58" t="s">
-        <v>620</v>
+        <v>969</v>
       </c>
       <c r="O58" t="s">
-        <v>796</v>
+        <v>970</v>
       </c>
       <c r="P58" t="s">
-        <v>981</v>
+        <v>971</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B59" t="s">
-        <v>982</v>
+        <v>972</v>
       </c>
       <c r="C59" t="s">
         <v>20</v>
       </c>
       <c r="D59" t="s">
         <v>20</v>
       </c>
       <c r="E59" t="s">
-        <v>983</v>
+        <v>973</v>
       </c>
       <c r="F59" t="s">
         <v>20</v>
       </c>
       <c r="G59" t="s">
-        <v>984</v>
+        <v>974</v>
       </c>
       <c r="H59" t="s">
-        <v>985</v>
+        <v>975</v>
       </c>
       <c r="I59" t="s">
-        <v>986</v>
+        <v>976</v>
       </c>
       <c r="J59" t="s">
-        <v>20</v>
+        <v>977</v>
       </c>
       <c r="K59" t="s">
-        <v>53</v>
+        <v>978</v>
       </c>
       <c r="L59" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M59" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N59" t="s">
-        <v>835</v>
+        <v>621</v>
       </c>
       <c r="O59" t="s">
-        <v>836</v>
+        <v>794</v>
       </c>
       <c r="P59" t="s">
-        <v>987</v>
+        <v>979</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
+        <v>602</v>
+      </c>
+      <c r="B60" t="s">
+        <v>980</v>
+      </c>
+      <c r="C60" t="s">
+        <v>20</v>
+      </c>
+      <c r="D60" t="s">
+        <v>20</v>
+      </c>
+      <c r="E60" t="s">
+        <v>981</v>
+      </c>
+      <c r="F60" t="s">
+        <v>20</v>
+      </c>
+      <c r="G60" t="s">
+        <v>982</v>
+      </c>
+      <c r="H60" t="s">
+        <v>983</v>
+      </c>
+      <c r="I60" t="s">
+        <v>984</v>
+      </c>
+      <c r="J60" t="s">
+        <v>20</v>
+      </c>
+      <c r="K60" t="s">
+        <v>53</v>
+      </c>
+      <c r="L60" t="s">
+        <v>610</v>
+      </c>
+      <c r="M60" t="s">
         <v>611</v>
       </c>
-      <c r="B60" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N60" t="s">
-        <v>716</v>
+        <v>833</v>
       </c>
       <c r="O60" t="s">
-        <v>717</v>
+        <v>834</v>
       </c>
       <c r="P60" t="s">
-        <v>995</v>
+        <v>985</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B61" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="C61" t="s">
         <v>20</v>
       </c>
       <c r="D61" t="s">
         <v>20</v>
       </c>
       <c r="E61" t="s">
-        <v>997</v>
+        <v>987</v>
       </c>
       <c r="F61" t="s">
         <v>20</v>
       </c>
       <c r="G61" t="s">
-        <v>998</v>
+        <v>988</v>
       </c>
       <c r="H61" t="s">
-        <v>999</v>
+        <v>989</v>
       </c>
       <c r="I61" t="s">
-        <v>1000</v>
+        <v>990</v>
       </c>
       <c r="J61" t="s">
-        <v>1001</v>
+        <v>991</v>
       </c>
       <c r="K61" t="s">
-        <v>1002</v>
+        <v>992</v>
       </c>
       <c r="L61" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M61" t="s">
-        <v>619</v>
+        <v>631</v>
       </c>
       <c r="N61" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O61" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P61" t="s">
-        <v>1003</v>
+        <v>993</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
+        <v>602</v>
+      </c>
+      <c r="B62" t="s">
+        <v>994</v>
+      </c>
+      <c r="C62" t="s">
+        <v>20</v>
+      </c>
+      <c r="D62" t="s">
+        <v>20</v>
+      </c>
+      <c r="E62" t="s">
+        <v>995</v>
+      </c>
+      <c r="F62" t="s">
+        <v>20</v>
+      </c>
+      <c r="G62" t="s">
+        <v>996</v>
+      </c>
+      <c r="H62" t="s">
+        <v>997</v>
+      </c>
+      <c r="I62" t="s">
+        <v>998</v>
+      </c>
+      <c r="J62" t="s">
+        <v>999</v>
+      </c>
+      <c r="K62" t="s">
+        <v>1000</v>
+      </c>
+      <c r="L62" t="s">
+        <v>610</v>
+      </c>
+      <c r="M62" t="s">
         <v>611</v>
       </c>
-      <c r="B62" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N62" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O62" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P62" t="s">
-        <v>1009</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
+        <v>602</v>
+      </c>
+      <c r="B63" t="s">
+        <v>1002</v>
+      </c>
+      <c r="C63" t="s">
+        <v>20</v>
+      </c>
+      <c r="D63" t="s">
+        <v>20</v>
+      </c>
+      <c r="E63" t="s">
+        <v>995</v>
+      </c>
+      <c r="F63" t="s">
+        <v>20</v>
+      </c>
+      <c r="G63" t="s">
+        <v>1003</v>
+      </c>
+      <c r="H63" t="s">
+        <v>1004</v>
+      </c>
+      <c r="I63" t="s">
+        <v>1005</v>
+      </c>
+      <c r="J63" t="s">
+        <v>1006</v>
+      </c>
+      <c r="K63" t="s">
+        <v>502</v>
+      </c>
+      <c r="L63" t="s">
+        <v>610</v>
+      </c>
+      <c r="M63" t="s">
         <v>611</v>
       </c>
-      <c r="B63" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N63" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O63" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P63" t="s">
-        <v>1016</v>
+        <v>1007</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
+        <v>602</v>
+      </c>
+      <c r="B64" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C64" t="s">
+        <v>20</v>
+      </c>
+      <c r="D64" t="s">
+        <v>20</v>
+      </c>
+      <c r="E64" t="s">
+        <v>995</v>
+      </c>
+      <c r="F64" t="s">
+        <v>20</v>
+      </c>
+      <c r="G64" t="s">
+        <v>1009</v>
+      </c>
+      <c r="H64" t="s">
+        <v>1010</v>
+      </c>
+      <c r="I64" t="s">
+        <v>1011</v>
+      </c>
+      <c r="J64" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K64" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L64" t="s">
+        <v>610</v>
+      </c>
+      <c r="M64" t="s">
         <v>611</v>
       </c>
-      <c r="B64" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N64" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="O64" t="s">
-        <v>678</v>
+        <v>613</v>
       </c>
       <c r="P64" t="s">
-        <v>1022</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B65" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="C65" t="s">
         <v>20</v>
       </c>
       <c r="D65" t="s">
         <v>20</v>
       </c>
       <c r="E65" t="s">
+        <v>1016</v>
+      </c>
+      <c r="F65" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" t="s">
+        <v>1017</v>
+      </c>
+      <c r="H65" t="s">
         <v>1018</v>
       </c>
-      <c r="F65" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I65" t="s">
-        <v>1026</v>
+        <v>1019</v>
       </c>
       <c r="J65" t="s">
-        <v>1027</v>
+        <v>640</v>
       </c>
       <c r="K65" t="s">
-        <v>1028</v>
+        <v>53</v>
       </c>
       <c r="L65" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M65" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N65" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O65" t="s">
-        <v>947</v>
+        <v>679</v>
       </c>
       <c r="P65" t="s">
-        <v>1029</v>
+        <v>1020</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B66" t="s">
-        <v>1030</v>
+        <v>1021</v>
       </c>
       <c r="C66" t="s">
         <v>20</v>
       </c>
       <c r="D66" t="s">
         <v>20</v>
       </c>
       <c r="E66" t="s">
-        <v>1031</v>
+        <v>1016</v>
       </c>
       <c r="F66" t="s">
         <v>20</v>
       </c>
       <c r="G66" t="s">
-        <v>1032</v>
+        <v>1022</v>
       </c>
       <c r="H66" t="s">
-        <v>1033</v>
+        <v>1023</v>
       </c>
       <c r="I66" t="s">
-        <v>1034</v>
+        <v>1024</v>
       </c>
       <c r="J66" t="s">
-        <v>639</v>
+        <v>1025</v>
       </c>
       <c r="K66" t="s">
-        <v>53</v>
+        <v>1026</v>
       </c>
       <c r="L66" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M66" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N66" t="s">
-        <v>657</v>
+        <v>666</v>
       </c>
       <c r="O66" t="s">
-        <v>1035</v>
+        <v>945</v>
       </c>
       <c r="P66" t="s">
-        <v>1036</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B67" t="s">
-        <v>1037</v>
+        <v>1028</v>
       </c>
       <c r="C67" t="s">
         <v>20</v>
       </c>
       <c r="D67" t="s">
         <v>20</v>
       </c>
       <c r="E67" t="s">
-        <v>1038</v>
+        <v>1029</v>
       </c>
       <c r="F67" t="s">
         <v>20</v>
       </c>
       <c r="G67" t="s">
-        <v>1039</v>
+        <v>1030</v>
       </c>
       <c r="H67" t="s">
-        <v>1040</v>
+        <v>1031</v>
       </c>
       <c r="I67" t="s">
-        <v>1041</v>
+        <v>1032</v>
       </c>
       <c r="J67" t="s">
-        <v>1042</v>
+        <v>640</v>
       </c>
       <c r="K67" t="s">
-        <v>1043</v>
+        <v>53</v>
       </c>
       <c r="L67" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M67" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="N67" t="s">
-        <v>1044</v>
+        <v>658</v>
       </c>
       <c r="O67" t="s">
-        <v>1045</v>
+        <v>1033</v>
       </c>
       <c r="P67" t="s">
-        <v>1046</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B68" t="s">
-        <v>1047</v>
+        <v>1035</v>
       </c>
       <c r="C68" t="s">
         <v>20</v>
       </c>
       <c r="D68" t="s">
         <v>20</v>
       </c>
       <c r="E68" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F68" t="s">
+        <v>20</v>
+      </c>
+      <c r="G68" t="s">
+        <v>1037</v>
+      </c>
+      <c r="H68" t="s">
         <v>1038</v>
       </c>
-      <c r="F68" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I68" t="s">
+        <v>1039</v>
+      </c>
+      <c r="J68" t="s">
+        <v>1040</v>
+      </c>
+      <c r="K68" t="s">
         <v>1041</v>
       </c>
-      <c r="J68" t="s">
+      <c r="L68" t="s">
+        <v>610</v>
+      </c>
+      <c r="M68" t="s">
+        <v>631</v>
+      </c>
+      <c r="N68" t="s">
         <v>1042</v>
       </c>
-      <c r="K68" t="s">
+      <c r="O68" t="s">
         <v>1043</v>
       </c>
-      <c r="L68" t="s">
-[...5 lines deleted...]
-      <c r="N68" t="s">
+      <c r="P68" t="s">
         <v>1044</v>
-      </c>
-[...4 lines deleted...]
-        <v>1050</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B69" t="s">
-        <v>1051</v>
+        <v>1045</v>
       </c>
       <c r="C69" t="s">
         <v>20</v>
       </c>
       <c r="D69" t="s">
         <v>20</v>
       </c>
       <c r="E69" t="s">
-        <v>1052</v>
+        <v>1036</v>
       </c>
       <c r="F69" t="s">
         <v>20</v>
       </c>
       <c r="G69" t="s">
-        <v>1053</v>
+        <v>1046</v>
       </c>
       <c r="H69" t="s">
-        <v>1054</v>
+        <v>1047</v>
       </c>
       <c r="I69" t="s">
-        <v>1055</v>
+        <v>1039</v>
       </c>
       <c r="J69" t="s">
-        <v>1056</v>
+        <v>1040</v>
       </c>
       <c r="K69" t="s">
-        <v>300</v>
+        <v>1041</v>
       </c>
       <c r="L69" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M69" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N69" t="s">
-        <v>971</v>
+        <v>1042</v>
       </c>
       <c r="O69" t="s">
-        <v>972</v>
+        <v>613</v>
       </c>
       <c r="P69" t="s">
-        <v>1057</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B70" t="s">
-        <v>1058</v>
+        <v>1049</v>
       </c>
       <c r="C70" t="s">
         <v>20</v>
       </c>
       <c r="D70" t="s">
         <v>20</v>
       </c>
       <c r="E70" t="s">
+        <v>1050</v>
+      </c>
+      <c r="F70" t="s">
+        <v>20</v>
+      </c>
+      <c r="G70" t="s">
+        <v>1051</v>
+      </c>
+      <c r="H70" t="s">
         <v>1052</v>
       </c>
-      <c r="F70" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I70" t="s">
+        <v>1053</v>
+      </c>
+      <c r="J70" t="s">
+        <v>1054</v>
+      </c>
+      <c r="K70" t="s">
+        <v>298</v>
+      </c>
+      <c r="L70" t="s">
+        <v>610</v>
+      </c>
+      <c r="M70" t="s">
+        <v>641</v>
+      </c>
+      <c r="N70" t="s">
+        <v>969</v>
+      </c>
+      <c r="O70" t="s">
+        <v>970</v>
+      </c>
+      <c r="P70" t="s">
         <v>1055</v>
-      </c>
-[...19 lines deleted...]
-        <v>1061</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B71" t="s">
-        <v>1062</v>
+        <v>1056</v>
       </c>
       <c r="C71" t="s">
         <v>20</v>
       </c>
       <c r="D71" t="s">
         <v>20</v>
       </c>
       <c r="E71" t="s">
-        <v>1063</v>
+        <v>1050</v>
       </c>
       <c r="F71" t="s">
         <v>20</v>
       </c>
       <c r="G71" t="s">
-        <v>1064</v>
+        <v>1057</v>
       </c>
       <c r="H71" t="s">
-        <v>1065</v>
+        <v>1058</v>
       </c>
       <c r="I71" t="s">
-        <v>1066</v>
+        <v>1053</v>
       </c>
       <c r="J71" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="K71" t="s">
-        <v>1068</v>
+        <v>298</v>
       </c>
       <c r="L71" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M71" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N71" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O71" t="s">
-        <v>1069</v>
+        <v>841</v>
       </c>
       <c r="P71" t="s">
-        <v>1070</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B72" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="C72" t="s">
         <v>20</v>
       </c>
       <c r="D72" t="s">
         <v>20</v>
       </c>
       <c r="E72" t="s">
+        <v>1061</v>
+      </c>
+      <c r="F72" t="s">
+        <v>20</v>
+      </c>
+      <c r="G72" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H72" t="s">
         <v>1063</v>
       </c>
-      <c r="F72" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I72" t="s">
-        <v>1074</v>
+        <v>1064</v>
       </c>
       <c r="J72" t="s">
+        <v>1065</v>
+      </c>
+      <c r="K72" t="s">
+        <v>1066</v>
+      </c>
+      <c r="L72" t="s">
+        <v>610</v>
+      </c>
+      <c r="M72" t="s">
+        <v>641</v>
+      </c>
+      <c r="N72" t="s">
+        <v>666</v>
+      </c>
+      <c r="O72" t="s">
         <v>1067</v>
       </c>
-      <c r="K72" t="s">
+      <c r="P72" t="s">
         <v>1068</v>
-      </c>
-[...13 lines deleted...]
-        <v>1075</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B73" t="s">
-        <v>1076</v>
+        <v>1069</v>
       </c>
       <c r="C73" t="s">
         <v>20</v>
       </c>
       <c r="D73" t="s">
         <v>20</v>
       </c>
       <c r="E73" t="s">
-        <v>1077</v>
+        <v>1061</v>
       </c>
       <c r="F73" t="s">
         <v>20</v>
       </c>
       <c r="G73" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="H73" t="s">
-        <v>1079</v>
+        <v>1071</v>
       </c>
       <c r="I73" t="s">
-        <v>1080</v>
+        <v>1072</v>
       </c>
       <c r="J73" t="s">
-        <v>639</v>
+        <v>1065</v>
       </c>
       <c r="K73" t="s">
-        <v>53</v>
+        <v>1066</v>
       </c>
       <c r="L73" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M73" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N73" t="s">
-        <v>971</v>
+        <v>666</v>
       </c>
       <c r="O73" t="s">
-        <v>972</v>
+        <v>679</v>
       </c>
       <c r="P73" t="s">
-        <v>1081</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B74" t="s">
-        <v>1082</v>
+        <v>1074</v>
       </c>
       <c r="C74" t="s">
         <v>20</v>
       </c>
       <c r="D74" t="s">
         <v>20</v>
       </c>
       <c r="E74" t="s">
-        <v>1083</v>
+        <v>1075</v>
       </c>
       <c r="F74" t="s">
         <v>20</v>
       </c>
       <c r="G74" t="s">
-        <v>1084</v>
+        <v>1076</v>
       </c>
       <c r="H74" t="s">
-        <v>1085</v>
+        <v>1077</v>
       </c>
       <c r="I74" t="s">
-        <v>1086</v>
+        <v>1078</v>
       </c>
       <c r="J74" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K74" t="s">
         <v>53</v>
       </c>
       <c r="L74" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M74" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N74" t="s">
-        <v>620</v>
+        <v>969</v>
       </c>
       <c r="O74" t="s">
-        <v>843</v>
+        <v>970</v>
       </c>
       <c r="P74" t="s">
-        <v>1087</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B75" t="s">
-        <v>1088</v>
+        <v>1080</v>
       </c>
       <c r="C75" t="s">
         <v>20</v>
       </c>
       <c r="D75" t="s">
         <v>20</v>
       </c>
       <c r="E75" t="s">
+        <v>1081</v>
+      </c>
+      <c r="F75" t="s">
+        <v>20</v>
+      </c>
+      <c r="G75" t="s">
+        <v>1082</v>
+      </c>
+      <c r="H75" t="s">
         <v>1083</v>
       </c>
-      <c r="F75" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I75" t="s">
-        <v>1091</v>
+        <v>1084</v>
       </c>
       <c r="J75" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K75" t="s">
         <v>53</v>
       </c>
       <c r="L75" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M75" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N75" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O75" t="s">
-        <v>678</v>
+        <v>841</v>
       </c>
       <c r="P75" t="s">
-        <v>1092</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B76" t="s">
-        <v>1093</v>
+        <v>1086</v>
       </c>
       <c r="C76" t="s">
         <v>20</v>
       </c>
       <c r="D76" t="s">
         <v>20</v>
       </c>
       <c r="E76" t="s">
-        <v>1094</v>
+        <v>1081</v>
       </c>
       <c r="F76" t="s">
         <v>20</v>
       </c>
       <c r="G76" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="H76" t="s">
-        <v>1096</v>
+        <v>1088</v>
       </c>
       <c r="I76" t="s">
-        <v>1097</v>
+        <v>1089</v>
       </c>
       <c r="J76" t="s">
-        <v>1098</v>
+        <v>640</v>
       </c>
       <c r="K76" t="s">
-        <v>1099</v>
+        <v>53</v>
       </c>
       <c r="L76" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M76" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N76" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O76" t="s">
-        <v>666</v>
+        <v>679</v>
       </c>
       <c r="P76" t="s">
-        <v>1100</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B77" t="s">
-        <v>1101</v>
+        <v>1091</v>
       </c>
       <c r="C77" t="s">
         <v>20</v>
       </c>
       <c r="D77" t="s">
         <v>20</v>
       </c>
       <c r="E77" t="s">
-        <v>1102</v>
+        <v>1092</v>
       </c>
       <c r="F77" t="s">
         <v>20</v>
       </c>
       <c r="G77" t="s">
-        <v>1103</v>
+        <v>1093</v>
       </c>
       <c r="H77" t="s">
-        <v>1104</v>
+        <v>1094</v>
       </c>
       <c r="I77" t="s">
-        <v>1105</v>
+        <v>1095</v>
       </c>
       <c r="J77" t="s">
-        <v>1106</v>
+        <v>1096</v>
       </c>
       <c r="K77" t="s">
-        <v>1107</v>
+        <v>1097</v>
       </c>
       <c r="L77" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M77" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N77" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O77" t="s">
-        <v>796</v>
+        <v>667</v>
       </c>
       <c r="P77" t="s">
-        <v>1108</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B78" t="s">
-        <v>1109</v>
+        <v>1099</v>
       </c>
       <c r="C78" t="s">
         <v>20</v>
       </c>
       <c r="D78" t="s">
         <v>20</v>
       </c>
       <c r="E78" t="s">
-        <v>1110</v>
+        <v>1100</v>
       </c>
       <c r="F78" t="s">
         <v>20</v>
       </c>
       <c r="G78" t="s">
-        <v>1111</v>
+        <v>1101</v>
       </c>
       <c r="H78" t="s">
-        <v>1112</v>
+        <v>1102</v>
       </c>
       <c r="I78" t="s">
-        <v>1113</v>
+        <v>1103</v>
       </c>
       <c r="J78" t="s">
-        <v>1114</v>
+        <v>1104</v>
       </c>
       <c r="K78" t="s">
-        <v>1115</v>
+        <v>1105</v>
       </c>
       <c r="L78" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M78" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N78" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O78" t="s">
-        <v>666</v>
+        <v>794</v>
       </c>
       <c r="P78" t="s">
-        <v>1116</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B79" t="s">
-        <v>1117</v>
+        <v>1107</v>
       </c>
       <c r="C79" t="s">
         <v>20</v>
       </c>
       <c r="D79" t="s">
         <v>20</v>
       </c>
       <c r="E79" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F79" t="s">
+        <v>20</v>
+      </c>
+      <c r="G79" t="s">
+        <v>1109</v>
+      </c>
+      <c r="H79" t="s">
         <v>1110</v>
       </c>
-      <c r="F79" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I79" t="s">
-        <v>1120</v>
+        <v>1111</v>
       </c>
       <c r="J79" t="s">
-        <v>20</v>
+        <v>1112</v>
       </c>
       <c r="K79" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="L79" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M79" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N79" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O79" t="s">
-        <v>796</v>
+        <v>667</v>
       </c>
       <c r="P79" t="s">
-        <v>1121</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B80" t="s">
-        <v>1122</v>
+        <v>1115</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" t="s">
         <v>20</v>
       </c>
       <c r="E80" t="s">
-        <v>1123</v>
+        <v>1108</v>
       </c>
       <c r="F80" t="s">
         <v>20</v>
       </c>
       <c r="G80" t="s">
-        <v>1124</v>
+        <v>1116</v>
       </c>
       <c r="H80" t="s">
-        <v>1125</v>
+        <v>1117</v>
       </c>
       <c r="I80" t="s">
-        <v>1126</v>
+        <v>1118</v>
       </c>
       <c r="J80" t="s">
-        <v>1120</v>
+        <v>20</v>
       </c>
       <c r="K80" t="s">
-        <v>1115</v>
+        <v>1113</v>
       </c>
       <c r="L80" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M80" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N80" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O80" t="s">
-        <v>843</v>
+        <v>794</v>
       </c>
       <c r="P80" t="s">
-        <v>1127</v>
+        <v>1119</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B81" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" t="s">
         <v>20</v>
       </c>
       <c r="E81" t="s">
-        <v>1129</v>
+        <v>1121</v>
       </c>
       <c r="F81" t="s">
         <v>20</v>
       </c>
       <c r="G81" t="s">
-        <v>1130</v>
+        <v>1122</v>
       </c>
       <c r="H81" t="s">
-        <v>1131</v>
+        <v>1123</v>
       </c>
       <c r="I81" t="s">
-        <v>1132</v>
+        <v>1124</v>
       </c>
       <c r="J81" t="s">
-        <v>639</v>
+        <v>1118</v>
       </c>
       <c r="K81" t="s">
-        <v>53</v>
+        <v>1113</v>
       </c>
       <c r="L81" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M81" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N81" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O81" t="s">
-        <v>1069</v>
+        <v>841</v>
       </c>
       <c r="P81" t="s">
-        <v>1133</v>
+        <v>1125</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B82" t="s">
-        <v>1134</v>
+        <v>1126</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" t="s">
         <v>20</v>
       </c>
       <c r="E82" t="s">
-        <v>1135</v>
+        <v>1127</v>
       </c>
       <c r="F82" t="s">
         <v>20</v>
       </c>
       <c r="G82" t="s">
-        <v>1136</v>
+        <v>1128</v>
       </c>
       <c r="H82" t="s">
-        <v>1137</v>
+        <v>1129</v>
       </c>
       <c r="I82" t="s">
-        <v>1138</v>
+        <v>1130</v>
       </c>
       <c r="J82" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K82" t="s">
         <v>53</v>
       </c>
       <c r="L82" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M82" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N82" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O82" t="s">
-        <v>678</v>
+        <v>1067</v>
       </c>
       <c r="P82" t="s">
-        <v>1139</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B83" t="s">
-        <v>1140</v>
+        <v>1132</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" t="s">
         <v>20</v>
       </c>
       <c r="E83" t="s">
-        <v>1141</v>
+        <v>1133</v>
       </c>
       <c r="F83" t="s">
         <v>20</v>
       </c>
       <c r="G83" t="s">
-        <v>1142</v>
+        <v>1134</v>
       </c>
       <c r="H83" t="s">
-        <v>1143</v>
+        <v>1135</v>
       </c>
       <c r="I83" t="s">
-        <v>1144</v>
+        <v>1136</v>
       </c>
       <c r="J83" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K83" t="s">
         <v>53</v>
       </c>
       <c r="L83" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M83" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N83" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O83" t="s">
-        <v>1145</v>
+        <v>679</v>
       </c>
       <c r="P83" t="s">
-        <v>1146</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B84" t="s">
-        <v>1147</v>
+        <v>1138</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" t="s">
         <v>20</v>
       </c>
       <c r="E84" t="s">
-        <v>1148</v>
+        <v>1139</v>
       </c>
       <c r="F84" t="s">
         <v>20</v>
       </c>
       <c r="G84" t="s">
-        <v>1149</v>
+        <v>1140</v>
       </c>
       <c r="H84" t="s">
-        <v>1150</v>
+        <v>1141</v>
       </c>
       <c r="I84" t="s">
-        <v>1151</v>
+        <v>1142</v>
       </c>
       <c r="J84" t="s">
-        <v>1152</v>
+        <v>640</v>
       </c>
       <c r="K84" t="s">
-        <v>1153</v>
+        <v>53</v>
       </c>
       <c r="L84" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M84" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N84" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O84" t="s">
-        <v>621</v>
+        <v>1143</v>
       </c>
       <c r="P84" t="s">
-        <v>1154</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B85" t="s">
-        <v>1155</v>
+        <v>1145</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" t="s">
         <v>20</v>
       </c>
       <c r="E85" t="s">
+        <v>1146</v>
+      </c>
+      <c r="F85" t="s">
+        <v>20</v>
+      </c>
+      <c r="G85" t="s">
+        <v>1147</v>
+      </c>
+      <c r="H85" t="s">
         <v>1148</v>
       </c>
-      <c r="F85" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I85" t="s">
-        <v>1158</v>
+        <v>1149</v>
       </c>
       <c r="J85" t="s">
-        <v>639</v>
+        <v>1150</v>
       </c>
       <c r="K85" t="s">
-        <v>53</v>
+        <v>1151</v>
       </c>
       <c r="L85" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M85" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N85" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O85" t="s">
-        <v>843</v>
+        <v>622</v>
       </c>
       <c r="P85" t="s">
-        <v>1159</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B86" t="s">
-        <v>1160</v>
+        <v>1153</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" t="s">
         <v>20</v>
       </c>
       <c r="E86" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="F86" t="s">
         <v>20</v>
       </c>
       <c r="G86" t="s">
-        <v>1161</v>
+        <v>1154</v>
       </c>
       <c r="H86" t="s">
-        <v>1162</v>
+        <v>1155</v>
       </c>
       <c r="I86" t="s">
-        <v>1163</v>
+        <v>1156</v>
       </c>
       <c r="J86" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K86" t="s">
         <v>53</v>
       </c>
       <c r="L86" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M86" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N86" t="s">
-        <v>1044</v>
+        <v>621</v>
       </c>
       <c r="O86" t="s">
-        <v>1164</v>
+        <v>841</v>
       </c>
       <c r="P86" t="s">
-        <v>1165</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B87" t="s">
-        <v>1166</v>
+        <v>1158</v>
       </c>
       <c r="C87" t="s">
         <v>20</v>
       </c>
       <c r="D87" t="s">
         <v>20</v>
       </c>
       <c r="E87" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="F87" t="s">
         <v>20</v>
       </c>
       <c r="G87" t="s">
-        <v>1167</v>
+        <v>1159</v>
       </c>
       <c r="H87" t="s">
-        <v>1168</v>
+        <v>1160</v>
       </c>
       <c r="I87" t="s">
-        <v>1169</v>
+        <v>1161</v>
       </c>
       <c r="J87" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K87" t="s">
         <v>53</v>
       </c>
       <c r="L87" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M87" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N87" t="s">
-        <v>620</v>
+        <v>1042</v>
       </c>
       <c r="O87" t="s">
-        <v>1170</v>
+        <v>1162</v>
       </c>
       <c r="P87" t="s">
-        <v>1171</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B88" t="s">
-        <v>1172</v>
+        <v>1164</v>
       </c>
       <c r="C88" t="s">
         <v>20</v>
       </c>
       <c r="D88" t="s">
         <v>20</v>
       </c>
       <c r="E88" t="s">
-        <v>1173</v>
+        <v>1146</v>
       </c>
       <c r="F88" t="s">
         <v>20</v>
       </c>
       <c r="G88" t="s">
-        <v>1174</v>
+        <v>1165</v>
       </c>
       <c r="H88" t="s">
-        <v>1175</v>
+        <v>1166</v>
       </c>
       <c r="I88" t="s">
-        <v>1176</v>
+        <v>1167</v>
       </c>
       <c r="J88" t="s">
-        <v>1177</v>
+        <v>640</v>
       </c>
       <c r="K88" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
       <c r="L88" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M88" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N88" t="s">
-        <v>657</v>
+        <v>621</v>
       </c>
       <c r="O88" t="s">
-        <v>906</v>
+        <v>1168</v>
       </c>
       <c r="P88" t="s">
-        <v>1178</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B89" t="s">
-        <v>1179</v>
+        <v>1170</v>
       </c>
       <c r="C89" t="s">
         <v>20</v>
       </c>
       <c r="D89" t="s">
         <v>20</v>
       </c>
       <c r="E89" t="s">
-        <v>1180</v>
+        <v>1171</v>
       </c>
       <c r="F89" t="s">
         <v>20</v>
       </c>
       <c r="G89" t="s">
-        <v>1181</v>
+        <v>1172</v>
       </c>
       <c r="H89" t="s">
-        <v>1182</v>
+        <v>1173</v>
       </c>
       <c r="I89" t="s">
-        <v>1183</v>
+        <v>1174</v>
       </c>
       <c r="J89" t="s">
-        <v>639</v>
+        <v>1175</v>
       </c>
       <c r="K89" t="s">
-        <v>53</v>
+        <v>502</v>
       </c>
       <c r="L89" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M89" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N89" t="s">
-        <v>1044</v>
+        <v>658</v>
       </c>
       <c r="O89" t="s">
-        <v>1164</v>
+        <v>904</v>
       </c>
       <c r="P89" t="s">
-        <v>1184</v>
+        <v>1176</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B90" t="s">
-        <v>1185</v>
+        <v>1177</v>
       </c>
       <c r="C90" t="s">
         <v>20</v>
       </c>
       <c r="D90" t="s">
         <v>20</v>
       </c>
       <c r="E90" t="s">
-        <v>1186</v>
+        <v>1178</v>
       </c>
       <c r="F90" t="s">
         <v>20</v>
       </c>
       <c r="G90" t="s">
-        <v>1187</v>
+        <v>1179</v>
       </c>
       <c r="H90" t="s">
-        <v>1188</v>
+        <v>1180</v>
       </c>
       <c r="I90" t="s">
-        <v>1189</v>
+        <v>1181</v>
       </c>
       <c r="J90" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K90" t="s">
         <v>53</v>
       </c>
       <c r="L90" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M90" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N90" t="s">
-        <v>620</v>
+        <v>1042</v>
       </c>
       <c r="O90" t="s">
-        <v>1045</v>
+        <v>1162</v>
       </c>
       <c r="P90" t="s">
-        <v>1190</v>
+        <v>1182</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B91" t="s">
-        <v>1191</v>
+        <v>1183</v>
       </c>
       <c r="C91" t="s">
         <v>20</v>
       </c>
       <c r="D91" t="s">
         <v>20</v>
       </c>
       <c r="E91" t="s">
-        <v>1192</v>
+        <v>1184</v>
       </c>
       <c r="F91" t="s">
         <v>20</v>
       </c>
       <c r="G91" t="s">
-        <v>1193</v>
+        <v>1185</v>
       </c>
       <c r="H91" t="s">
-        <v>1194</v>
+        <v>1186</v>
       </c>
       <c r="I91" t="s">
-        <v>1195</v>
+        <v>1187</v>
       </c>
       <c r="J91" t="s">
-        <v>855</v>
+        <v>640</v>
       </c>
       <c r="K91" t="s">
-        <v>856</v>
+        <v>53</v>
       </c>
       <c r="L91" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M91" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N91" t="s">
-        <v>1044</v>
+        <v>621</v>
       </c>
       <c r="O91" t="s">
-        <v>717</v>
+        <v>1043</v>
       </c>
       <c r="P91" t="s">
-        <v>1196</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
+        <v>602</v>
+      </c>
+      <c r="B92" t="s">
+        <v>1189</v>
+      </c>
+      <c r="C92" t="s">
+        <v>20</v>
+      </c>
+      <c r="D92" t="s">
+        <v>20</v>
+      </c>
+      <c r="E92" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F92" t="s">
+        <v>20</v>
+      </c>
+      <c r="G92" t="s">
+        <v>1191</v>
+      </c>
+      <c r="H92" t="s">
+        <v>1192</v>
+      </c>
+      <c r="I92" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J92" t="s">
+        <v>853</v>
+      </c>
+      <c r="K92" t="s">
+        <v>854</v>
+      </c>
+      <c r="L92" t="s">
+        <v>610</v>
+      </c>
+      <c r="M92" t="s">
         <v>611</v>
       </c>
-      <c r="B92" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N92" t="s">
-        <v>1044</v>
+        <v>1042</v>
       </c>
       <c r="O92" t="s">
-        <v>1045</v>
+        <v>613</v>
       </c>
       <c r="P92" t="s">
-        <v>1200</v>
+        <v>1194</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
+        <v>602</v>
+      </c>
+      <c r="B93" t="s">
+        <v>1195</v>
+      </c>
+      <c r="C93" t="s">
+        <v>20</v>
+      </c>
+      <c r="D93" t="s">
+        <v>20</v>
+      </c>
+      <c r="E93" t="s">
+        <v>1190</v>
+      </c>
+      <c r="F93" t="s">
+        <v>20</v>
+      </c>
+      <c r="G93" t="s">
+        <v>1196</v>
+      </c>
+      <c r="H93" t="s">
+        <v>1197</v>
+      </c>
+      <c r="I93" t="s">
+        <v>1193</v>
+      </c>
+      <c r="J93" t="s">
+        <v>853</v>
+      </c>
+      <c r="K93" t="s">
+        <v>854</v>
+      </c>
+      <c r="L93" t="s">
+        <v>610</v>
+      </c>
+      <c r="M93" t="s">
         <v>611</v>
       </c>
-      <c r="B93" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N93" t="s">
-        <v>620</v>
+        <v>1042</v>
       </c>
       <c r="O93" t="s">
-        <v>1170</v>
+        <v>1043</v>
       </c>
       <c r="P93" t="s">
-        <v>1206</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B94" t="s">
-        <v>1207</v>
+        <v>1199</v>
       </c>
       <c r="C94" t="s">
         <v>20</v>
       </c>
       <c r="D94" t="s">
         <v>20</v>
       </c>
       <c r="E94" t="s">
+        <v>1200</v>
+      </c>
+      <c r="F94" t="s">
+        <v>20</v>
+      </c>
+      <c r="G94" t="s">
+        <v>1201</v>
+      </c>
+      <c r="H94" t="s">
         <v>1202</v>
       </c>
-      <c r="F94" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I94" t="s">
-        <v>1205</v>
+        <v>1203</v>
       </c>
       <c r="J94" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K94" t="s">
         <v>53</v>
       </c>
       <c r="L94" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M94" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N94" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O94" t="s">
-        <v>843</v>
+        <v>1168</v>
       </c>
       <c r="P94" t="s">
-        <v>1210</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B95" t="s">
-        <v>1211</v>
+        <v>1205</v>
       </c>
       <c r="C95" t="s">
         <v>20</v>
       </c>
       <c r="D95" t="s">
         <v>20</v>
       </c>
       <c r="E95" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="F95" t="s">
         <v>20</v>
       </c>
       <c r="G95" t="s">
-        <v>1212</v>
+        <v>1206</v>
       </c>
       <c r="H95" t="s">
-        <v>1213</v>
+        <v>1207</v>
       </c>
       <c r="I95" t="s">
-        <v>1189</v>
+        <v>1203</v>
       </c>
       <c r="J95" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K95" t="s">
         <v>53</v>
       </c>
       <c r="L95" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M95" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N95" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O95" t="s">
-        <v>766</v>
+        <v>841</v>
       </c>
       <c r="P95" t="s">
-        <v>1214</v>
+        <v>1208</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B96" t="s">
-        <v>1215</v>
+        <v>1209</v>
       </c>
       <c r="C96" t="s">
         <v>20</v>
       </c>
       <c r="D96" t="s">
         <v>20</v>
       </c>
       <c r="E96" t="s">
-        <v>1202</v>
+        <v>1200</v>
       </c>
       <c r="F96" t="s">
         <v>20</v>
       </c>
       <c r="G96" t="s">
-        <v>1216</v>
+        <v>1210</v>
       </c>
       <c r="H96" t="s">
-        <v>1217</v>
+        <v>1211</v>
       </c>
       <c r="I96" t="s">
-        <v>1218</v>
+        <v>1187</v>
       </c>
       <c r="J96" t="s">
-        <v>1106</v>
+        <v>640</v>
       </c>
       <c r="K96" t="s">
-        <v>1107</v>
+        <v>53</v>
       </c>
       <c r="L96" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M96" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N96" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O96" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="P96" t="s">
-        <v>1219</v>
+        <v>1212</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B97" t="s">
-        <v>1220</v>
+        <v>1213</v>
       </c>
       <c r="C97" t="s">
         <v>20</v>
       </c>
       <c r="D97" t="s">
         <v>20</v>
       </c>
       <c r="E97" t="s">
-        <v>1221</v>
+        <v>1200</v>
       </c>
       <c r="F97" t="s">
         <v>20</v>
       </c>
       <c r="G97" t="s">
-        <v>1222</v>
+        <v>1214</v>
       </c>
       <c r="H97" t="s">
-        <v>1223</v>
+        <v>1215</v>
       </c>
       <c r="I97" t="s">
-        <v>1224</v>
+        <v>1216</v>
       </c>
       <c r="J97" t="s">
-        <v>647</v>
+        <v>1104</v>
       </c>
       <c r="K97" t="s">
-        <v>648</v>
+        <v>1105</v>
       </c>
       <c r="L97" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M97" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N97" t="s">
-        <v>716</v>
+        <v>621</v>
       </c>
       <c r="O97" t="s">
-        <v>724</v>
+        <v>764</v>
       </c>
       <c r="P97" t="s">
-        <v>1225</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B98" t="s">
-        <v>1226</v>
+        <v>1218</v>
       </c>
       <c r="C98" t="s">
         <v>20</v>
       </c>
       <c r="D98" t="s">
         <v>20</v>
       </c>
       <c r="E98" t="s">
-        <v>1227</v>
+        <v>1219</v>
       </c>
       <c r="F98" t="s">
         <v>20</v>
       </c>
       <c r="G98" t="s">
-        <v>1228</v>
+        <v>1220</v>
       </c>
       <c r="H98" t="s">
-        <v>1229</v>
+        <v>1221</v>
       </c>
       <c r="I98" t="s">
-        <v>1230</v>
+        <v>1222</v>
       </c>
       <c r="J98" t="s">
-        <v>953</v>
+        <v>648</v>
       </c>
       <c r="K98" t="s">
-        <v>954</v>
+        <v>649</v>
       </c>
       <c r="L98" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M98" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N98" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="O98" t="s">
-        <v>1045</v>
+        <v>723</v>
       </c>
       <c r="P98" t="s">
-        <v>1231</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B99" t="s">
-        <v>1232</v>
+        <v>1224</v>
       </c>
       <c r="C99" t="s">
         <v>20</v>
       </c>
       <c r="D99" t="s">
         <v>20</v>
       </c>
       <c r="E99" t="s">
-        <v>1233</v>
+        <v>1225</v>
       </c>
       <c r="F99" t="s">
         <v>20</v>
       </c>
       <c r="G99" t="s">
-        <v>1234</v>
+        <v>1226</v>
       </c>
       <c r="H99" t="s">
-        <v>1235</v>
+        <v>1227</v>
       </c>
       <c r="I99" t="s">
-        <v>1230</v>
+        <v>1228</v>
       </c>
       <c r="J99" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="K99" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="L99" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M99" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N99" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O99" t="s">
-        <v>766</v>
+        <v>1043</v>
       </c>
       <c r="P99" t="s">
-        <v>1236</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B100" t="s">
-        <v>1237</v>
+        <v>1230</v>
       </c>
       <c r="C100" t="s">
         <v>20</v>
       </c>
       <c r="D100" t="s">
         <v>20</v>
       </c>
       <c r="E100" t="s">
-        <v>1238</v>
+        <v>1231</v>
       </c>
       <c r="F100" t="s">
         <v>20</v>
       </c>
       <c r="G100" t="s">
-        <v>1239</v>
+        <v>1232</v>
       </c>
       <c r="H100" t="s">
-        <v>1240</v>
+        <v>1233</v>
       </c>
       <c r="I100" t="s">
-        <v>1241</v>
+        <v>1228</v>
       </c>
       <c r="J100" t="s">
-        <v>639</v>
+        <v>951</v>
       </c>
       <c r="K100" t="s">
-        <v>53</v>
+        <v>952</v>
       </c>
       <c r="L100" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M100" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N100" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="O100" t="s">
-        <v>1242</v>
+        <v>764</v>
       </c>
       <c r="P100" t="s">
-        <v>1243</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B101" t="s">
-        <v>1244</v>
+        <v>1235</v>
       </c>
       <c r="C101" t="s">
         <v>20</v>
       </c>
       <c r="D101" t="s">
         <v>20</v>
       </c>
       <c r="E101" t="s">
-        <v>1245</v>
+        <v>1236</v>
       </c>
       <c r="F101" t="s">
         <v>20</v>
       </c>
       <c r="G101" t="s">
-        <v>1246</v>
+        <v>1237</v>
       </c>
       <c r="H101" t="s">
-        <v>1247</v>
+        <v>1238</v>
       </c>
       <c r="I101" t="s">
-        <v>1248</v>
+        <v>1239</v>
       </c>
       <c r="J101" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="K101" t="s">
         <v>53</v>
       </c>
       <c r="L101" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M101" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="N101" t="s">
-        <v>716</v>
+        <v>642</v>
       </c>
       <c r="O101" t="s">
-        <v>717</v>
+        <v>1240</v>
       </c>
       <c r="P101" t="s">
-        <v>1249</v>
+        <v>1241</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B102" t="s">
-        <v>1250</v>
+        <v>1242</v>
       </c>
       <c r="C102" t="s">
         <v>20</v>
       </c>
       <c r="D102" t="s">
         <v>20</v>
       </c>
       <c r="E102" t="s">
-        <v>1251</v>
+        <v>1243</v>
       </c>
       <c r="F102" t="s">
         <v>20</v>
       </c>
       <c r="G102" t="s">
-        <v>1252</v>
+        <v>1244</v>
       </c>
       <c r="H102" t="s">
-        <v>1253</v>
+        <v>1245</v>
       </c>
       <c r="I102" t="s">
-        <v>1254</v>
+        <v>1246</v>
       </c>
       <c r="J102" t="s">
-        <v>690</v>
+        <v>640</v>
       </c>
       <c r="K102" t="s">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="L102" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M102" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="N102" t="s">
-        <v>665</v>
+        <v>612</v>
       </c>
       <c r="O102" t="s">
-        <v>947</v>
+        <v>613</v>
       </c>
       <c r="P102" t="s">
-        <v>1255</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B103" t="s">
-        <v>1256</v>
+        <v>1248</v>
       </c>
       <c r="C103" t="s">
         <v>20</v>
       </c>
       <c r="D103" t="s">
         <v>20</v>
       </c>
       <c r="E103" t="s">
-        <v>1257</v>
+        <v>1249</v>
       </c>
       <c r="F103" t="s">
         <v>20</v>
       </c>
       <c r="G103" t="s">
-        <v>1258</v>
+        <v>1250</v>
       </c>
       <c r="H103" t="s">
-        <v>1259</v>
+        <v>1251</v>
       </c>
       <c r="I103" t="s">
-        <v>1260</v>
+        <v>1252</v>
       </c>
       <c r="J103" t="s">
-        <v>1261</v>
+        <v>691</v>
       </c>
       <c r="K103" t="s">
-        <v>53</v>
+        <v>41</v>
       </c>
       <c r="L103" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M103" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N103" t="s">
-        <v>716</v>
+        <v>666</v>
       </c>
       <c r="O103" t="s">
-        <v>717</v>
+        <v>945</v>
       </c>
       <c r="P103" t="s">
-        <v>1262</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B104" t="s">
-        <v>1263</v>
+        <v>1254</v>
       </c>
       <c r="C104" t="s">
         <v>20</v>
       </c>
       <c r="D104" t="s">
         <v>20</v>
       </c>
       <c r="E104" t="s">
-        <v>1264</v>
+        <v>1255</v>
       </c>
       <c r="F104" t="s">
         <v>20</v>
       </c>
       <c r="G104" t="s">
-        <v>1265</v>
+        <v>1256</v>
       </c>
       <c r="H104" t="s">
-        <v>1266</v>
+        <v>1257</v>
       </c>
       <c r="I104" t="s">
-        <v>1267</v>
+        <v>1258</v>
       </c>
       <c r="J104" t="s">
-        <v>1268</v>
+        <v>1259</v>
       </c>
       <c r="K104" t="s">
-        <v>1269</v>
+        <v>53</v>
       </c>
       <c r="L104" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M104" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N104" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O104" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P104" t="s">
-        <v>1270</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
+        <v>602</v>
+      </c>
+      <c r="B105" t="s">
+        <v>1261</v>
+      </c>
+      <c r="C105" t="s">
+        <v>20</v>
+      </c>
+      <c r="D105" t="s">
+        <v>20</v>
+      </c>
+      <c r="E105" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F105" t="s">
+        <v>20</v>
+      </c>
+      <c r="G105" t="s">
+        <v>1263</v>
+      </c>
+      <c r="H105" t="s">
+        <v>1264</v>
+      </c>
+      <c r="I105" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J105" t="s">
+        <v>1266</v>
+      </c>
+      <c r="K105" t="s">
+        <v>1267</v>
+      </c>
+      <c r="L105" t="s">
+        <v>610</v>
+      </c>
+      <c r="M105" t="s">
         <v>611</v>
       </c>
-      <c r="B105" t="s">
-[...23 lines deleted...]
-      <c r="J105" t="s">
+      <c r="N105" t="s">
+        <v>612</v>
+      </c>
+      <c r="O105" t="s">
+        <v>613</v>
+      </c>
+      <c r="P105" t="s">
         <v>1268</v>
-      </c>
-[...16 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
+        <v>602</v>
+      </c>
+      <c r="B106" t="s">
+        <v>1269</v>
+      </c>
+      <c r="C106" t="s">
+        <v>20</v>
+      </c>
+      <c r="D106" t="s">
+        <v>20</v>
+      </c>
+      <c r="E106" t="s">
+        <v>1262</v>
+      </c>
+      <c r="F106" t="s">
+        <v>20</v>
+      </c>
+      <c r="G106" t="s">
+        <v>1270</v>
+      </c>
+      <c r="H106" t="s">
+        <v>1271</v>
+      </c>
+      <c r="I106" t="s">
+        <v>1265</v>
+      </c>
+      <c r="J106" t="s">
+        <v>1266</v>
+      </c>
+      <c r="K106" t="s">
+        <v>1267</v>
+      </c>
+      <c r="L106" t="s">
+        <v>610</v>
+      </c>
+      <c r="M106" t="s">
         <v>611</v>
       </c>
-      <c r="B106" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N106" t="s">
-        <v>665</v>
+        <v>1042</v>
       </c>
       <c r="O106" t="s">
-        <v>666</v>
+        <v>1162</v>
       </c>
       <c r="P106" t="s">
-        <v>1280</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B107" t="s">
-        <v>1281</v>
+        <v>1273</v>
       </c>
       <c r="C107" t="s">
         <v>20</v>
       </c>
       <c r="D107" t="s">
         <v>20</v>
       </c>
       <c r="E107" t="s">
+        <v>1274</v>
+      </c>
+      <c r="F107" t="s">
+        <v>20</v>
+      </c>
+      <c r="G107" t="s">
+        <v>1275</v>
+      </c>
+      <c r="H107" t="s">
         <v>1276</v>
       </c>
-      <c r="F107" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I107" t="s">
-        <v>1284</v>
+        <v>1277</v>
       </c>
       <c r="J107" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="K107" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="L107" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M107" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N107" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O107" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="P107" t="s">
-        <v>1285</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B108" t="s">
-        <v>1286</v>
+        <v>1279</v>
       </c>
       <c r="C108" t="s">
         <v>20</v>
       </c>
       <c r="D108" t="s">
         <v>20</v>
       </c>
       <c r="E108" t="s">
-        <v>1287</v>
+        <v>1274</v>
       </c>
       <c r="F108" t="s">
         <v>20</v>
       </c>
       <c r="G108" t="s">
-        <v>1288</v>
+        <v>1280</v>
       </c>
       <c r="H108" t="s">
-        <v>1289</v>
+        <v>1281</v>
       </c>
       <c r="I108" t="s">
-        <v>1290</v>
+        <v>1282</v>
       </c>
       <c r="J108" t="s">
-        <v>617</v>
+        <v>620</v>
       </c>
       <c r="K108" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="L108" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M108" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N108" t="s">
-        <v>620</v>
+        <v>666</v>
       </c>
       <c r="O108" t="s">
-        <v>796</v>
+        <v>679</v>
       </c>
       <c r="P108" t="s">
-        <v>1291</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B109" t="s">
-        <v>1292</v>
+        <v>1284</v>
       </c>
       <c r="C109" t="s">
         <v>20</v>
       </c>
       <c r="D109" t="s">
         <v>20</v>
       </c>
       <c r="E109" t="s">
+        <v>1285</v>
+      </c>
+      <c r="F109" t="s">
+        <v>20</v>
+      </c>
+      <c r="G109" t="s">
+        <v>1286</v>
+      </c>
+      <c r="H109" t="s">
         <v>1287</v>
       </c>
-      <c r="F109" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="I109" t="s">
-        <v>1074</v>
+        <v>1288</v>
       </c>
       <c r="J109" t="s">
-        <v>1067</v>
+        <v>620</v>
       </c>
       <c r="K109" t="s">
-        <v>1068</v>
+        <v>298</v>
       </c>
       <c r="L109" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M109" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N109" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O109" t="s">
-        <v>1295</v>
+        <v>794</v>
       </c>
       <c r="P109" t="s">
-        <v>1296</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B110" t="s">
-        <v>1297</v>
+        <v>1290</v>
       </c>
       <c r="C110" t="s">
         <v>20</v>
       </c>
       <c r="D110" t="s">
         <v>20</v>
       </c>
       <c r="E110" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="F110" t="s">
         <v>20</v>
       </c>
       <c r="G110" t="s">
-        <v>1298</v>
+        <v>1291</v>
       </c>
       <c r="H110" t="s">
-        <v>1299</v>
+        <v>1292</v>
       </c>
       <c r="I110" t="s">
-        <v>617</v>
+        <v>1072</v>
       </c>
       <c r="J110" t="s">
-        <v>20</v>
+        <v>1065</v>
       </c>
       <c r="K110" t="s">
-        <v>300</v>
+        <v>1066</v>
       </c>
       <c r="L110" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M110" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N110" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O110" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="P110" t="s">
-        <v>1300</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B111" t="s">
-        <v>1301</v>
+        <v>1295</v>
       </c>
       <c r="C111" t="s">
         <v>20</v>
       </c>
       <c r="D111" t="s">
         <v>20</v>
       </c>
       <c r="E111" t="s">
-        <v>1287</v>
+        <v>1285</v>
       </c>
       <c r="F111" t="s">
         <v>20</v>
       </c>
       <c r="G111" t="s">
-        <v>1302</v>
+        <v>1296</v>
       </c>
       <c r="H111" t="s">
-        <v>1303</v>
+        <v>1297</v>
       </c>
       <c r="I111" t="s">
-        <v>617</v>
+        <v>1298</v>
       </c>
       <c r="J111" t="s">
-        <v>20</v>
+        <v>620</v>
       </c>
       <c r="K111" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="L111" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M111" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N111" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O111" t="s">
-        <v>766</v>
+        <v>1293</v>
       </c>
       <c r="P111" t="s">
-        <v>1304</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B112" t="s">
-        <v>1305</v>
+        <v>1300</v>
       </c>
       <c r="C112" t="s">
         <v>20</v>
       </c>
       <c r="D112" t="s">
         <v>20</v>
       </c>
       <c r="E112" t="s">
-        <v>1306</v>
+        <v>1285</v>
       </c>
       <c r="F112" t="s">
         <v>20</v>
       </c>
       <c r="G112" t="s">
-        <v>1307</v>
+        <v>1301</v>
       </c>
       <c r="H112" t="s">
-        <v>1308</v>
+        <v>1302</v>
       </c>
       <c r="I112" t="s">
-        <v>1309</v>
+        <v>620</v>
       </c>
       <c r="J112" t="s">
         <v>20</v>
       </c>
       <c r="K112" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="L112" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M112" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N112" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O112" t="s">
-        <v>621</v>
+        <v>764</v>
       </c>
       <c r="P112" t="s">
-        <v>1310</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
+        <v>602</v>
+      </c>
+      <c r="B113" t="s">
+        <v>1304</v>
+      </c>
+      <c r="C113" t="s">
+        <v>20</v>
+      </c>
+      <c r="D113" t="s">
+        <v>20</v>
+      </c>
+      <c r="E113" t="s">
+        <v>1305</v>
+      </c>
+      <c r="F113" t="s">
+        <v>20</v>
+      </c>
+      <c r="G113" t="s">
+        <v>1306</v>
+      </c>
+      <c r="H113" t="s">
+        <v>1307</v>
+      </c>
+      <c r="I113" t="s">
+        <v>1308</v>
+      </c>
+      <c r="J113" t="s">
+        <v>20</v>
+      </c>
+      <c r="K113" t="s">
+        <v>298</v>
+      </c>
+      <c r="L113" t="s">
+        <v>610</v>
+      </c>
+      <c r="M113" t="s">
         <v>611</v>
       </c>
-      <c r="B113" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N113" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O113" t="s">
-        <v>771</v>
+        <v>622</v>
       </c>
       <c r="P113" t="s">
-        <v>1318</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B114" t="s">
-        <v>1319</v>
+        <v>1310</v>
       </c>
       <c r="C114" t="s">
         <v>20</v>
       </c>
       <c r="D114" t="s">
         <v>20</v>
       </c>
       <c r="E114" t="s">
+        <v>1311</v>
+      </c>
+      <c r="F114" t="s">
+        <v>20</v>
+      </c>
+      <c r="G114" t="s">
         <v>1312</v>
       </c>
-      <c r="F114" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H114" t="s">
-        <v>1321</v>
+        <v>1313</v>
       </c>
       <c r="I114" t="s">
+        <v>1314</v>
+      </c>
+      <c r="J114" t="s">
         <v>1315</v>
       </c>
-      <c r="J114" t="s">
+      <c r="K114" t="s">
         <v>1316</v>
       </c>
-      <c r="K114" t="s">
+      <c r="L114" t="s">
+        <v>610</v>
+      </c>
+      <c r="M114" t="s">
+        <v>641</v>
+      </c>
+      <c r="N114" t="s">
+        <v>621</v>
+      </c>
+      <c r="O114" t="s">
+        <v>769</v>
+      </c>
+      <c r="P114" t="s">
         <v>1317</v>
-      </c>
-[...13 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B115" t="s">
-        <v>1323</v>
+        <v>1318</v>
       </c>
       <c r="C115" t="s">
         <v>20</v>
       </c>
       <c r="D115" t="s">
         <v>20</v>
       </c>
       <c r="E115" t="s">
-        <v>1312</v>
+        <v>1311</v>
       </c>
       <c r="F115" t="s">
         <v>20</v>
       </c>
       <c r="G115" t="s">
-        <v>1324</v>
+        <v>1319</v>
       </c>
       <c r="H115" t="s">
-        <v>1325</v>
+        <v>1320</v>
       </c>
       <c r="I115" t="s">
-        <v>1326</v>
+        <v>1314</v>
       </c>
       <c r="J115" t="s">
-        <v>1327</v>
+        <v>1315</v>
       </c>
       <c r="K115" t="s">
-        <v>1328</v>
+        <v>1316</v>
       </c>
       <c r="L115" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M115" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N115" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O115" t="s">
-        <v>796</v>
+        <v>1293</v>
       </c>
       <c r="P115" t="s">
-        <v>1329</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B116" t="s">
-        <v>1330</v>
+        <v>1322</v>
       </c>
       <c r="C116" t="s">
         <v>20</v>
       </c>
       <c r="D116" t="s">
         <v>20</v>
       </c>
       <c r="E116" t="s">
-        <v>1331</v>
+        <v>1311</v>
       </c>
       <c r="F116" t="s">
         <v>20</v>
       </c>
       <c r="G116" t="s">
-        <v>1332</v>
+        <v>1323</v>
       </c>
       <c r="H116" t="s">
-        <v>1333</v>
+        <v>1324</v>
       </c>
       <c r="I116" t="s">
-        <v>1334</v>
+        <v>1325</v>
       </c>
       <c r="J116" t="s">
-        <v>617</v>
+        <v>1326</v>
       </c>
       <c r="K116" t="s">
-        <v>300</v>
+        <v>1327</v>
       </c>
       <c r="L116" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M116" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N116" t="s">
-        <v>641</v>
+        <v>621</v>
       </c>
       <c r="O116" t="s">
-        <v>1242</v>
+        <v>794</v>
       </c>
       <c r="P116" t="s">
-        <v>1335</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
+        <v>602</v>
+      </c>
+      <c r="B117" t="s">
+        <v>1329</v>
+      </c>
+      <c r="C117" t="s">
+        <v>20</v>
+      </c>
+      <c r="D117" t="s">
+        <v>20</v>
+      </c>
+      <c r="E117" t="s">
+        <v>1330</v>
+      </c>
+      <c r="F117" t="s">
+        <v>20</v>
+      </c>
+      <c r="G117" t="s">
+        <v>1331</v>
+      </c>
+      <c r="H117" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I117" t="s">
+        <v>1333</v>
+      </c>
+      <c r="J117" t="s">
+        <v>620</v>
+      </c>
+      <c r="K117" t="s">
+        <v>298</v>
+      </c>
+      <c r="L117" t="s">
+        <v>610</v>
+      </c>
+      <c r="M117" t="s">
         <v>611</v>
       </c>
-      <c r="B117" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N117" t="s">
-        <v>620</v>
+        <v>642</v>
       </c>
       <c r="O117" t="s">
-        <v>1295</v>
+        <v>1240</v>
       </c>
       <c r="P117" t="s">
-        <v>1341</v>
+        <v>1334</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B118" t="s">
-        <v>1342</v>
+        <v>1335</v>
       </c>
       <c r="C118" t="s">
         <v>20</v>
       </c>
       <c r="D118" t="s">
         <v>20</v>
       </c>
       <c r="E118" t="s">
+        <v>1336</v>
+      </c>
+      <c r="F118" t="s">
+        <v>20</v>
+      </c>
+      <c r="G118" t="s">
         <v>1337</v>
       </c>
-      <c r="F118" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H118" t="s">
-        <v>1344</v>
+        <v>1338</v>
       </c>
       <c r="I118" t="s">
-        <v>1345</v>
+        <v>1339</v>
       </c>
       <c r="J118" t="s">
-        <v>1152</v>
+        <v>640</v>
       </c>
       <c r="K118" t="s">
-        <v>1153</v>
+        <v>53</v>
       </c>
       <c r="L118" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M118" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N118" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O118" t="s">
-        <v>1295</v>
+        <v>1293</v>
       </c>
       <c r="P118" t="s">
-        <v>1346</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B119" t="s">
-        <v>1347</v>
+        <v>1341</v>
       </c>
       <c r="C119" t="s">
         <v>20</v>
       </c>
       <c r="D119" t="s">
         <v>20</v>
       </c>
       <c r="E119" t="s">
-        <v>1348</v>
+        <v>1336</v>
       </c>
       <c r="F119" t="s">
         <v>20</v>
       </c>
       <c r="G119" t="s">
-        <v>1349</v>
+        <v>1342</v>
       </c>
       <c r="H119" t="s">
-        <v>1350</v>
+        <v>1343</v>
       </c>
       <c r="I119" t="s">
-        <v>1169</v>
+        <v>1344</v>
       </c>
       <c r="J119" t="s">
-        <v>639</v>
+        <v>1150</v>
       </c>
       <c r="K119" t="s">
-        <v>53</v>
+        <v>1151</v>
       </c>
       <c r="L119" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M119" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N119" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="O119" t="s">
-        <v>843</v>
+        <v>1293</v>
       </c>
       <c r="P119" t="s">
-        <v>1351</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B120" t="s">
-        <v>1352</v>
+        <v>1346</v>
       </c>
       <c r="C120" t="s">
         <v>20</v>
       </c>
       <c r="D120" t="s">
         <v>20</v>
       </c>
       <c r="E120" t="s">
+        <v>1347</v>
+      </c>
+      <c r="F120" t="s">
+        <v>20</v>
+      </c>
+      <c r="G120" t="s">
         <v>1348</v>
       </c>
-      <c r="F120" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H120" t="s">
-        <v>1354</v>
+        <v>1349</v>
       </c>
       <c r="I120" t="s">
-        <v>1355</v>
+        <v>1167</v>
       </c>
       <c r="J120" t="s">
-        <v>672</v>
+        <v>640</v>
       </c>
       <c r="K120" t="s">
-        <v>505</v>
+        <v>53</v>
       </c>
       <c r="L120" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M120" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N120" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O120" t="s">
-        <v>900</v>
+        <v>841</v>
       </c>
       <c r="P120" t="s">
-        <v>1356</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B121" t="s">
-        <v>1357</v>
+        <v>1351</v>
       </c>
       <c r="C121" t="s">
         <v>20</v>
       </c>
       <c r="D121" t="s">
         <v>20</v>
       </c>
       <c r="E121" t="s">
-        <v>1348</v>
+        <v>1347</v>
       </c>
       <c r="F121" t="s">
         <v>20</v>
       </c>
       <c r="G121" t="s">
-        <v>1358</v>
+        <v>1352</v>
       </c>
       <c r="H121" t="s">
-        <v>1359</v>
+        <v>1353</v>
       </c>
       <c r="I121" t="s">
+        <v>1354</v>
+      </c>
+      <c r="J121" t="s">
+        <v>673</v>
+      </c>
+      <c r="K121" t="s">
+        <v>502</v>
+      </c>
+      <c r="L121" t="s">
+        <v>610</v>
+      </c>
+      <c r="M121" t="s">
+        <v>641</v>
+      </c>
+      <c r="N121" t="s">
+        <v>666</v>
+      </c>
+      <c r="O121" t="s">
+        <v>898</v>
+      </c>
+      <c r="P121" t="s">
         <v>1355</v>
-      </c>
-[...19 lines deleted...]
-        <v>1360</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B122" t="s">
-        <v>1361</v>
+        <v>1356</v>
       </c>
       <c r="C122" t="s">
         <v>20</v>
       </c>
       <c r="D122" t="s">
         <v>20</v>
       </c>
       <c r="E122" t="s">
-        <v>1362</v>
+        <v>1347</v>
       </c>
       <c r="F122" t="s">
         <v>20</v>
       </c>
       <c r="G122" t="s">
-        <v>1363</v>
+        <v>1357</v>
       </c>
       <c r="H122" t="s">
-        <v>1364</v>
+        <v>1358</v>
       </c>
       <c r="I122" t="s">
-        <v>1365</v>
+        <v>1354</v>
       </c>
       <c r="J122" t="s">
-        <v>639</v>
+        <v>673</v>
       </c>
       <c r="K122" t="s">
-        <v>53</v>
+        <v>502</v>
       </c>
       <c r="L122" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M122" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N122" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O122" t="s">
-        <v>1366</v>
+        <v>1143</v>
       </c>
       <c r="P122" t="s">
-        <v>1367</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B123" t="s">
-        <v>1368</v>
+        <v>1360</v>
       </c>
       <c r="C123" t="s">
         <v>20</v>
       </c>
       <c r="D123" t="s">
         <v>20</v>
       </c>
       <c r="E123" t="s">
-        <v>1369</v>
+        <v>1361</v>
       </c>
       <c r="F123" t="s">
         <v>20</v>
       </c>
       <c r="G123" t="s">
-        <v>1370</v>
+        <v>1362</v>
       </c>
       <c r="H123" t="s">
-        <v>1371</v>
+        <v>1363</v>
       </c>
       <c r="I123" t="s">
-        <v>1372</v>
+        <v>1364</v>
       </c>
       <c r="J123" t="s">
-        <v>1373</v>
+        <v>640</v>
       </c>
       <c r="K123" t="s">
-        <v>1374</v>
+        <v>53</v>
       </c>
       <c r="L123" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M123" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N123" t="s">
-        <v>716</v>
+        <v>666</v>
       </c>
       <c r="O123" t="s">
-        <v>717</v>
+        <v>1365</v>
       </c>
       <c r="P123" t="s">
-        <v>1375</v>
+        <v>1366</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
+        <v>602</v>
+      </c>
+      <c r="B124" t="s">
+        <v>1367</v>
+      </c>
+      <c r="C124" t="s">
+        <v>20</v>
+      </c>
+      <c r="D124" t="s">
+        <v>20</v>
+      </c>
+      <c r="E124" t="s">
+        <v>1368</v>
+      </c>
+      <c r="F124" t="s">
+        <v>20</v>
+      </c>
+      <c r="G124" t="s">
+        <v>1369</v>
+      </c>
+      <c r="H124" t="s">
+        <v>1370</v>
+      </c>
+      <c r="I124" t="s">
+        <v>1371</v>
+      </c>
+      <c r="J124" t="s">
+        <v>1372</v>
+      </c>
+      <c r="K124" t="s">
+        <v>1373</v>
+      </c>
+      <c r="L124" t="s">
+        <v>610</v>
+      </c>
+      <c r="M124" t="s">
         <v>611</v>
       </c>
-      <c r="B124" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N124" t="s">
-        <v>971</v>
+        <v>612</v>
       </c>
       <c r="O124" t="s">
-        <v>972</v>
+        <v>613</v>
       </c>
       <c r="P124" t="s">
-        <v>1381</v>
+        <v>1374</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
+        <v>602</v>
+      </c>
+      <c r="B125" t="s">
+        <v>1375</v>
+      </c>
+      <c r="C125" t="s">
+        <v>20</v>
+      </c>
+      <c r="D125" t="s">
+        <v>20</v>
+      </c>
+      <c r="E125" t="s">
+        <v>1376</v>
+      </c>
+      <c r="F125" t="s">
+        <v>20</v>
+      </c>
+      <c r="G125" t="s">
+        <v>1377</v>
+      </c>
+      <c r="H125" t="s">
+        <v>1378</v>
+      </c>
+      <c r="I125" t="s">
+        <v>1379</v>
+      </c>
+      <c r="J125" t="s">
+        <v>620</v>
+      </c>
+      <c r="K125" t="s">
+        <v>298</v>
+      </c>
+      <c r="L125" t="s">
+        <v>610</v>
+      </c>
+      <c r="M125" t="s">
         <v>611</v>
       </c>
-      <c r="B125" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N125" t="s">
-        <v>716</v>
+        <v>969</v>
       </c>
       <c r="O125" t="s">
-        <v>717</v>
+        <v>970</v>
       </c>
       <c r="P125" t="s">
-        <v>1387</v>
+        <v>1380</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B126" t="s">
-        <v>1388</v>
+        <v>1381</v>
       </c>
       <c r="C126" t="s">
         <v>20</v>
       </c>
       <c r="D126" t="s">
         <v>20</v>
       </c>
       <c r="E126" t="s">
-        <v>1389</v>
+        <v>1382</v>
       </c>
       <c r="F126" t="s">
         <v>20</v>
       </c>
       <c r="G126" t="s">
-        <v>1390</v>
+        <v>1383</v>
       </c>
       <c r="H126" t="s">
-        <v>1391</v>
+        <v>1384</v>
       </c>
       <c r="I126" t="s">
-        <v>1392</v>
+        <v>1385</v>
       </c>
       <c r="J126" t="s">
-        <v>1393</v>
+        <v>20</v>
       </c>
       <c r="K126" t="s">
-        <v>1394</v>
+        <v>298</v>
       </c>
       <c r="L126" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M126" t="s">
-        <v>619</v>
+        <v>641</v>
       </c>
       <c r="N126" t="s">
-        <v>716</v>
+        <v>612</v>
       </c>
       <c r="O126" t="s">
-        <v>717</v>
+        <v>613</v>
       </c>
       <c r="P126" t="s">
-        <v>1395</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
+        <v>602</v>
+      </c>
+      <c r="B127" t="s">
+        <v>1387</v>
+      </c>
+      <c r="C127" t="s">
+        <v>20</v>
+      </c>
+      <c r="D127" t="s">
+        <v>20</v>
+      </c>
+      <c r="E127" t="s">
+        <v>1388</v>
+      </c>
+      <c r="F127" t="s">
+        <v>20</v>
+      </c>
+      <c r="G127" t="s">
+        <v>1389</v>
+      </c>
+      <c r="H127" t="s">
+        <v>1390</v>
+      </c>
+      <c r="I127" t="s">
+        <v>1391</v>
+      </c>
+      <c r="J127" t="s">
+        <v>1392</v>
+      </c>
+      <c r="K127" t="s">
+        <v>1393</v>
+      </c>
+      <c r="L127" t="s">
+        <v>610</v>
+      </c>
+      <c r="M127" t="s">
         <v>611</v>
       </c>
-      <c r="B127" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="N127" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="O127" t="s">
-        <v>796</v>
+        <v>613</v>
       </c>
       <c r="P127" t="s">
-        <v>1401</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B128" t="s">
-        <v>1402</v>
+        <v>1395</v>
       </c>
       <c r="C128" t="s">
         <v>20</v>
       </c>
       <c r="D128" t="s">
         <v>20</v>
       </c>
       <c r="E128" t="s">
+        <v>1396</v>
+      </c>
+      <c r="F128" t="s">
+        <v>20</v>
+      </c>
+      <c r="G128" t="s">
         <v>1397</v>
       </c>
-      <c r="F128" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H128" t="s">
-        <v>1404</v>
+        <v>1398</v>
       </c>
       <c r="I128" t="s">
-        <v>1405</v>
+        <v>1399</v>
       </c>
       <c r="J128" t="s">
-        <v>1406</v>
+        <v>951</v>
       </c>
       <c r="K128" t="s">
-        <v>1407</v>
+        <v>952</v>
       </c>
       <c r="L128" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M128" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N128" t="s">
-        <v>665</v>
+        <v>621</v>
       </c>
       <c r="O128" t="s">
-        <v>666</v>
+        <v>794</v>
       </c>
       <c r="P128" t="s">
-        <v>1408</v>
+        <v>1400</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B129" t="s">
-        <v>1409</v>
+        <v>1401</v>
       </c>
       <c r="C129" t="s">
         <v>20</v>
       </c>
       <c r="D129" t="s">
         <v>20</v>
       </c>
       <c r="E129" t="s">
-        <v>1397</v>
+        <v>1396</v>
       </c>
       <c r="F129" t="s">
         <v>20</v>
       </c>
       <c r="G129" t="s">
-        <v>1410</v>
+        <v>1402</v>
       </c>
       <c r="H129" t="s">
-        <v>1411</v>
+        <v>1403</v>
       </c>
       <c r="I129" t="s">
-        <v>1412</v>
+        <v>1404</v>
       </c>
       <c r="J129" t="s">
-        <v>953</v>
+        <v>1405</v>
       </c>
       <c r="K129" t="s">
-        <v>954</v>
+        <v>1406</v>
       </c>
       <c r="L129" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M129" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N129" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="O129" t="s">
-        <v>678</v>
+        <v>667</v>
       </c>
       <c r="P129" t="s">
-        <v>1413</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B130" t="s">
-        <v>1414</v>
+        <v>1408</v>
       </c>
       <c r="C130" t="s">
         <v>20</v>
       </c>
       <c r="D130" t="s">
         <v>20</v>
       </c>
       <c r="E130" t="s">
-        <v>1415</v>
+        <v>1396</v>
       </c>
       <c r="F130" t="s">
         <v>20</v>
       </c>
       <c r="G130" t="s">
-        <v>1416</v>
+        <v>1409</v>
       </c>
       <c r="H130" t="s">
-        <v>1417</v>
+        <v>1410</v>
       </c>
       <c r="I130" t="s">
-        <v>1418</v>
+        <v>1411</v>
       </c>
       <c r="J130" t="s">
-        <v>639</v>
+        <v>951</v>
       </c>
       <c r="K130" t="s">
-        <v>53</v>
+        <v>952</v>
       </c>
       <c r="L130" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M130" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N130" t="s">
-        <v>641</v>
+        <v>666</v>
       </c>
       <c r="O130" t="s">
-        <v>1242</v>
+        <v>679</v>
       </c>
       <c r="P130" t="s">
-        <v>1419</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B131" t="s">
-        <v>1420</v>
+        <v>1413</v>
       </c>
       <c r="C131" t="s">
         <v>20</v>
       </c>
       <c r="D131" t="s">
         <v>20</v>
       </c>
       <c r="E131" t="s">
-        <v>1421</v>
+        <v>1414</v>
       </c>
       <c r="F131" t="s">
         <v>20</v>
       </c>
       <c r="G131" t="s">
-        <v>1422</v>
+        <v>1415</v>
       </c>
       <c r="H131" t="s">
-        <v>1423</v>
+        <v>1416</v>
       </c>
       <c r="I131" t="s">
-        <v>1424</v>
+        <v>1417</v>
       </c>
       <c r="J131" t="s">
-        <v>617</v>
+        <v>640</v>
       </c>
       <c r="K131" t="s">
-        <v>300</v>
+        <v>53</v>
       </c>
       <c r="L131" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="M131" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="N131" t="s">
-        <v>665</v>
+        <v>642</v>
       </c>
       <c r="O131" t="s">
-        <v>900</v>
+        <v>1240</v>
       </c>
       <c r="P131" t="s">
-        <v>1425</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
-        <v>611</v>
+        <v>602</v>
       </c>
       <c r="B132" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C132" t="s">
+        <v>20</v>
+      </c>
+      <c r="D132" t="s">
+        <v>20</v>
+      </c>
+      <c r="E132" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F132" t="s">
+        <v>20</v>
+      </c>
+      <c r="G132" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H132" t="s">
+        <v>1422</v>
+      </c>
+      <c r="I132" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J132" t="s">
+        <v>620</v>
+      </c>
+      <c r="K132" t="s">
+        <v>298</v>
+      </c>
+      <c r="L132" t="s">
+        <v>610</v>
+      </c>
+      <c r="M132" t="s">
+        <v>641</v>
+      </c>
+      <c r="N132" t="s">
+        <v>666</v>
+      </c>
+      <c r="O132" t="s">
+        <v>898</v>
+      </c>
+      <c r="P132" t="s">
+        <v>1424</v>
+      </c>
+    </row>
+    <row r="133">
+      <c r="A133" t="s">
+        <v>602</v>
+      </c>
+      <c r="B133" t="s">
+        <v>1425</v>
+      </c>
+      <c r="C133" t="s">
+        <v>20</v>
+      </c>
+      <c r="D133" t="s">
+        <v>20</v>
+      </c>
+      <c r="E133" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F133" t="s">
+        <v>20</v>
+      </c>
+      <c r="G133" t="s">
         <v>1426</v>
       </c>
-      <c r="C132" t="s">
-[...11 lines deleted...]
-      <c r="G132" t="s">
+      <c r="H133" t="s">
         <v>1427</v>
       </c>
-      <c r="H132" t="s">
+      <c r="I133" t="s">
+        <v>1423</v>
+      </c>
+      <c r="J133" t="s">
+        <v>620</v>
+      </c>
+      <c r="K133" t="s">
+        <v>298</v>
+      </c>
+      <c r="L133" t="s">
+        <v>610</v>
+      </c>
+      <c r="M133" t="s">
+        <v>641</v>
+      </c>
+      <c r="N133" t="s">
+        <v>666</v>
+      </c>
+      <c r="O133" t="s">
+        <v>679</v>
+      </c>
+      <c r="P133" t="s">
         <v>1428</v>
-      </c>
-[...22 lines deleted...]
-        <v>1429</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:M6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
         <v>13</v>
       </c>
       <c r="J1" t="s">
         <v>14</v>
       </c>
       <c r="K1" t="s">
+        <v>1429</v>
+      </c>
+      <c r="L1" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
       <c r="M1" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B2" t="s">
         <v>1432</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>1433</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>1434</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1435</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>1436</v>
-      </c>
-[...1 lines deleted...]
-        <v>1437</v>
       </c>
       <c r="J2" t="s">
         <v>51</v>
       </c>
       <c r="K2" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="L2" t="s">
         <v>54</v>
       </c>
       <c r="M2" t="s">
-        <v>1438</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="B3" t="s">
+        <v>1438</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>1439</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>1440</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>1441</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>1442</v>
-      </c>
-[...1 lines deleted...]
-        <v>1443</v>
       </c>
       <c r="J3" t="s">
         <v>39</v>
       </c>
       <c r="K3" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="L3" t="s">
         <v>42</v>
       </c>
       <c r="M3" t="s">
-        <v>1444</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="B4" t="s">
-        <v>1445</v>
+        <v>1444</v>
       </c>
       <c r="C4" t="s">
         <v>20</v>
       </c>
       <c r="D4" t="s">
         <v>20</v>
       </c>
       <c r="E4" t="s">
         <v>132</v>
       </c>
       <c r="F4" t="s">
         <v>20</v>
       </c>
       <c r="G4" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H4" t="s">
         <v>1446</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
         <v>1447</v>
-      </c>
-[...1 lines deleted...]
-        <v>1448</v>
       </c>
       <c r="J4" t="s">
         <v>138</v>
       </c>
       <c r="K4" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="L4" t="s">
         <v>140</v>
       </c>
       <c r="M4" t="s">
-        <v>1449</v>
+        <v>1448</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="B5" t="s">
-        <v>1439</v>
+        <v>1438</v>
       </c>
       <c r="C5" t="s">
         <v>20</v>
       </c>
       <c r="D5" t="s">
         <v>20</v>
       </c>
       <c r="E5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>1450</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>1451</v>
       </c>
-      <c r="H5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I5" t="s">
-        <v>1443</v>
+        <v>1442</v>
       </c>
       <c r="J5" t="s">
         <v>39</v>
       </c>
       <c r="K5" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="L5" t="s">
         <v>42</v>
       </c>
       <c r="M5" t="s">
-        <v>1453</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1432</v>
+        <v>1431</v>
       </c>
       <c r="B6" t="s">
+        <v>1453</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>1454</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>1455</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>1456</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
         <v>1457</v>
       </c>
-      <c r="I6" t="s">
+      <c r="J6" t="s">
         <v>1458</v>
       </c>
-      <c r="J6" t="s">
+      <c r="K6" t="s">
+        <v>610</v>
+      </c>
+      <c r="L6" t="s">
         <v>1459</v>
       </c>
-      <c r="K6" t="s">
-[...2 lines deleted...]
-      <c r="L6" t="s">
+      <c r="M6" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:M1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:T41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
+        <v>1461</v>
+      </c>
+      <c r="J1" t="s">
+        <v>594</v>
+      </c>
+      <c r="K1" t="s">
         <v>1462</v>
       </c>
-      <c r="J1" t="s">
-[...2 lines deleted...]
-      <c r="K1" t="s">
+      <c r="L1" t="s">
+        <v>596</v>
+      </c>
+      <c r="M1" t="s">
+        <v>597</v>
+      </c>
+      <c r="N1" t="s">
         <v>1463</v>
       </c>
-      <c r="L1" t="s">
-[...5 lines deleted...]
-      <c r="N1" t="s">
+      <c r="O1" t="s">
         <v>1464</v>
       </c>
-      <c r="O1" t="s">
+      <c r="P1" t="s">
         <v>1465</v>
       </c>
-      <c r="P1" t="s">
+      <c r="Q1" t="s">
         <v>1466</v>
       </c>
-      <c r="Q1" t="s">
+      <c r="R1" t="s">
+        <v>598</v>
+      </c>
+      <c r="S1" t="s">
         <v>1467</v>
       </c>
-      <c r="R1" t="s">
-[...2 lines deleted...]
-      <c r="S1" t="s">
+      <c r="T1" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B2" t="s">
         <v>1470</v>
       </c>
-      <c r="B2" t="s">
+      <c r="C2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D2" t="s">
+        <v>20</v>
+      </c>
+      <c r="E2" t="s">
         <v>1471</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G2" t="s">
         <v>1472</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>1473</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>1474</v>
       </c>
-      <c r="I2" t="s">
+      <c r="J2" t="s">
         <v>1475</v>
       </c>
-      <c r="J2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="K2" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L2" t="s">
         <v>53</v>
       </c>
       <c r="M2" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N2" t="s">
+        <v>1476</v>
+      </c>
+      <c r="O2" t="s">
+        <v>20</v>
+      </c>
+      <c r="P2" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q2" t="s">
         <v>1477</v>
       </c>
-      <c r="O2" t="s">
-[...5 lines deleted...]
-      <c r="Q2" t="s">
+      <c r="R2" t="s">
+        <v>611</v>
+      </c>
+      <c r="S2" t="s">
         <v>1478</v>
       </c>
-      <c r="R2" t="s">
-[...2 lines deleted...]
-      <c r="S2" t="s">
+      <c r="T2" t="s">
         <v>1479</v>
-      </c>
-[...1 lines deleted...]
-        <v>1480</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B3" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C3" t="s">
+        <v>20</v>
+      </c>
+      <c r="D3" t="s">
+        <v>20</v>
+      </c>
+      <c r="E3" t="s">
         <v>1481</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>20</v>
+      </c>
+      <c r="G3" t="s">
         <v>1482</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>1483</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J3" t="s">
         <v>1484</v>
       </c>
-      <c r="I3" t="s">
-[...2 lines deleted...]
-      <c r="J3" t="s">
+      <c r="K3" t="s">
+        <v>673</v>
+      </c>
+      <c r="L3" t="s">
+        <v>502</v>
+      </c>
+      <c r="M3" t="s">
+        <v>610</v>
+      </c>
+      <c r="N3" t="s">
         <v>1485</v>
       </c>
-      <c r="K3" t="s">
-[...8 lines deleted...]
-      <c r="N3" t="s">
+      <c r="O3" t="s">
+        <v>20</v>
+      </c>
+      <c r="P3" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R3" t="s">
+        <v>611</v>
+      </c>
+      <c r="S3" t="s">
         <v>1486</v>
       </c>
-      <c r="O3" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T3" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B4" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C4" t="s">
+        <v>20</v>
+      </c>
+      <c r="D4" t="s">
+        <v>20</v>
+      </c>
+      <c r="E4" t="s">
         <v>1488</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>20</v>
+      </c>
+      <c r="G4" t="s">
         <v>1489</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>1490</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I4" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J4" t="s">
         <v>1491</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="K4" t="s">
+        <v>620</v>
+      </c>
+      <c r="L4" t="s">
+        <v>298</v>
+      </c>
+      <c r="M4" t="s">
+        <v>610</v>
+      </c>
+      <c r="N4" t="s">
         <v>1492</v>
       </c>
-      <c r="K4" t="s">
-[...8 lines deleted...]
-      <c r="N4" t="s">
+      <c r="O4" t="s">
+        <v>20</v>
+      </c>
+      <c r="P4" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R4" t="s">
+        <v>611</v>
+      </c>
+      <c r="S4" t="s">
         <v>1493</v>
       </c>
-      <c r="O4" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T4" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B5" t="s">
+        <v>1494</v>
+      </c>
+      <c r="C5" t="s">
+        <v>20</v>
+      </c>
+      <c r="D5" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" t="s">
         <v>1495</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G5" t="s">
         <v>1496</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>1497</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>1498</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
         <v>1499</v>
       </c>
-      <c r="J5" t="s">
+      <c r="K5" t="s">
+        <v>673</v>
+      </c>
+      <c r="L5" t="s">
+        <v>502</v>
+      </c>
+      <c r="M5" t="s">
+        <v>610</v>
+      </c>
+      <c r="N5" t="s">
         <v>1500</v>
       </c>
-      <c r="K5" t="s">
-[...8 lines deleted...]
-      <c r="N5" t="s">
+      <c r="O5" t="s">
+        <v>20</v>
+      </c>
+      <c r="P5" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q5" t="s">
         <v>1501</v>
       </c>
-      <c r="O5" t="s">
-[...5 lines deleted...]
-      <c r="Q5" t="s">
+      <c r="R5" t="s">
+        <v>641</v>
+      </c>
+      <c r="S5" t="s">
         <v>1502</v>
       </c>
-      <c r="R5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T5" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B6" t="s">
+        <v>1503</v>
+      </c>
+      <c r="C6" t="s">
+        <v>20</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
+      </c>
+      <c r="E6" t="s">
         <v>1504</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>20</v>
+      </c>
+      <c r="G6" t="s">
         <v>1505</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>1506</v>
       </c>
-      <c r="H6" t="s">
+      <c r="I6" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J6" t="s">
         <v>1507</v>
       </c>
-      <c r="I6" t="s">
-[...2 lines deleted...]
-      <c r="J6" t="s">
+      <c r="K6" t="s">
+        <v>1118</v>
+      </c>
+      <c r="L6" t="s">
+        <v>1113</v>
+      </c>
+      <c r="M6" t="s">
+        <v>610</v>
+      </c>
+      <c r="N6" t="s">
         <v>1508</v>
       </c>
-      <c r="K6" t="s">
-[...8 lines deleted...]
-      <c r="N6" t="s">
+      <c r="O6" t="s">
+        <v>20</v>
+      </c>
+      <c r="P6" t="s">
         <v>1509</v>
       </c>
-      <c r="O6" t="s">
-[...2 lines deleted...]
-      <c r="P6" t="s">
+      <c r="Q6" t="s">
         <v>1510</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="R6" t="s">
+        <v>611</v>
+      </c>
+      <c r="S6" t="s">
         <v>1511</v>
       </c>
-      <c r="R6" t="s">
-[...2 lines deleted...]
-      <c r="S6" t="s">
+      <c r="T6" t="s">
         <v>1512</v>
-      </c>
-[...1 lines deleted...]
-        <v>1513</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B7" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" t="s">
+        <v>20</v>
+      </c>
+      <c r="E7" t="s">
         <v>1514</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>20</v>
+      </c>
+      <c r="G7" t="s">
         <v>1515</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>1516</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J7" t="s">
+        <v>1371</v>
+      </c>
+      <c r="K7" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L7" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M7" t="s">
+        <v>610</v>
+      </c>
+      <c r="N7" t="s">
         <v>1517</v>
       </c>
-      <c r="I7" t="s">
-[...14 lines deleted...]
-      <c r="N7" t="s">
+      <c r="O7" t="s">
+        <v>20</v>
+      </c>
+      <c r="P7" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q7" t="s">
         <v>1518</v>
       </c>
-      <c r="O7" t="s">
-[...5 lines deleted...]
-      <c r="Q7" t="s">
+      <c r="R7" t="s">
+        <v>611</v>
+      </c>
+      <c r="S7" t="s">
         <v>1519</v>
       </c>
-      <c r="R7" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T7" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B8" t="s">
+        <v>1520</v>
+      </c>
+      <c r="C8" t="s">
+        <v>20</v>
+      </c>
+      <c r="D8" t="s">
+        <v>20</v>
+      </c>
+      <c r="E8" t="s">
+        <v>1514</v>
+      </c>
+      <c r="F8" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" t="s">
         <v>1521</v>
       </c>
-      <c r="C8" t="s">
-[...11 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>1522</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J8" t="s">
+        <v>1371</v>
+      </c>
+      <c r="K8" t="s">
+        <v>1372</v>
+      </c>
+      <c r="L8" t="s">
+        <v>1373</v>
+      </c>
+      <c r="M8" t="s">
+        <v>610</v>
+      </c>
+      <c r="N8" t="s">
+        <v>20</v>
+      </c>
+      <c r="O8" t="s">
+        <v>20</v>
+      </c>
+      <c r="P8" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R8" t="s">
+        <v>611</v>
+      </c>
+      <c r="S8" t="s">
         <v>1523</v>
       </c>
-      <c r="I8" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T8" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B9" t="s">
+        <v>1524</v>
+      </c>
+      <c r="C9" t="s">
+        <v>20</v>
+      </c>
+      <c r="D9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E9" t="s">
         <v>1525</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>20</v>
+      </c>
+      <c r="G9" t="s">
         <v>1526</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>1527</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J9" t="s">
         <v>1528</v>
       </c>
-      <c r="I9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K9" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L9" t="s">
         <v>53</v>
       </c>
       <c r="M9" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N9" t="s">
+        <v>1529</v>
+      </c>
+      <c r="O9" t="s">
+        <v>20</v>
+      </c>
+      <c r="P9" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q9" t="s">
         <v>1530</v>
       </c>
-      <c r="O9" t="s">
-[...5 lines deleted...]
-      <c r="Q9" t="s">
+      <c r="R9" t="s">
+        <v>641</v>
+      </c>
+      <c r="S9" t="s">
         <v>1531</v>
       </c>
-      <c r="R9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="T9" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B10" t="s">
+        <v>1532</v>
+      </c>
+      <c r="C10" t="s">
+        <v>20</v>
+      </c>
+      <c r="D10" t="s">
+        <v>20</v>
+      </c>
+      <c r="E10" t="s">
         <v>1533</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>20</v>
+      </c>
+      <c r="G10" t="s">
         <v>1534</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>1535</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J10" t="s">
         <v>1536</v>
       </c>
-      <c r="I10" t="s">
-[...2 lines deleted...]
-      <c r="J10" t="s">
+      <c r="K10" t="s">
+        <v>1150</v>
+      </c>
+      <c r="L10" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M10" t="s">
+        <v>610</v>
+      </c>
+      <c r="N10" t="s">
         <v>1537</v>
       </c>
-      <c r="K10" t="s">
-[...8 lines deleted...]
-      <c r="N10" t="s">
+      <c r="O10" t="s">
+        <v>20</v>
+      </c>
+      <c r="P10" t="s">
         <v>1538</v>
       </c>
-      <c r="O10" t="s">
-[...2 lines deleted...]
-      <c r="P10" t="s">
+      <c r="Q10" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R10" t="s">
+        <v>1538</v>
+      </c>
+      <c r="S10" t="s">
         <v>1539</v>
       </c>
-      <c r="Q10" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="T10" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B11" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C11" t="s">
+        <v>20</v>
+      </c>
+      <c r="D11" t="s">
+        <v>20</v>
+      </c>
+      <c r="E11" t="s">
         <v>1541</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" t="s">
         <v>1542</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>1543</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>1544</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
         <v>1545</v>
       </c>
-      <c r="J11" t="s">
+      <c r="K11" t="s">
         <v>1546</v>
       </c>
-      <c r="K11" t="s">
+      <c r="L11" t="s">
+        <v>298</v>
+      </c>
+      <c r="M11" t="s">
+        <v>610</v>
+      </c>
+      <c r="N11" t="s">
         <v>1547</v>
       </c>
-      <c r="L11" t="s">
-[...5 lines deleted...]
-      <c r="N11" t="s">
+      <c r="O11" t="s">
+        <v>20</v>
+      </c>
+      <c r="P11" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q11" t="s">
         <v>1548</v>
       </c>
-      <c r="O11" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R11" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S11" t="s">
-        <v>301</v>
+        <v>299</v>
       </c>
       <c r="T11" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B12" t="s">
+        <v>1549</v>
+      </c>
+      <c r="C12" t="s">
+        <v>20</v>
+      </c>
+      <c r="D12" t="s">
+        <v>20</v>
+      </c>
+      <c r="E12" t="s">
         <v>1550</v>
       </c>
-      <c r="C12" t="s">
-[...5 lines deleted...]
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>20</v>
+      </c>
+      <c r="G12" t="s">
         <v>1551</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>1552</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J12" t="s">
         <v>1553</v>
       </c>
-      <c r="I12" t="s">
-[...2 lines deleted...]
-      <c r="J12" t="s">
+      <c r="K12" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
       <c r="L12" t="s">
         <v>53</v>
       </c>
       <c r="M12" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N12" t="s">
+        <v>1555</v>
+      </c>
+      <c r="O12" t="s">
+        <v>20</v>
+      </c>
+      <c r="P12" t="s">
+        <v>641</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R12" t="s">
+        <v>641</v>
+      </c>
+      <c r="S12" t="s">
         <v>1556</v>
       </c>
-      <c r="O12" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T12" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B13" t="s">
         <v>72</v>
       </c>
       <c r="C13" t="s">
         <v>20</v>
       </c>
       <c r="D13" t="s">
         <v>20</v>
       </c>
       <c r="E13" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F13" t="s">
+        <v>20</v>
+      </c>
+      <c r="G13" t="s">
         <v>1558</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>1559</v>
       </c>
-      <c r="H13" t="s">
+      <c r="I13" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J13" t="s">
         <v>1560</v>
       </c>
-      <c r="I13" t="s">
-[...2 lines deleted...]
-      <c r="J13" t="s">
+      <c r="K13" t="s">
         <v>1561</v>
-      </c>
-[...1 lines deleted...]
-        <v>1562</v>
       </c>
       <c r="L13" t="s">
         <v>53</v>
       </c>
       <c r="M13" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N13" t="s">
+        <v>1562</v>
+      </c>
+      <c r="O13" t="s">
+        <v>20</v>
+      </c>
+      <c r="P13" t="s">
+        <v>1538</v>
+      </c>
+      <c r="Q13" t="s">
         <v>1563</v>
       </c>
-      <c r="O13" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="R13" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="S13" t="s">
         <v>74</v>
       </c>
       <c r="T13" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B14" t="s">
+        <v>500</v>
+      </c>
+      <c r="C14" t="s">
+        <v>20</v>
+      </c>
+      <c r="D14" t="s">
+        <v>20</v>
+      </c>
+      <c r="E14" t="s">
+        <v>1564</v>
+      </c>
+      <c r="F14" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" t="s">
+        <v>1565</v>
+      </c>
+      <c r="H14" t="s">
+        <v>1566</v>
+      </c>
+      <c r="I14" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J14" t="s">
+        <v>1567</v>
+      </c>
+      <c r="K14" t="s">
+        <v>1568</v>
+      </c>
+      <c r="L14" t="s">
+        <v>502</v>
+      </c>
+      <c r="M14" t="s">
+        <v>610</v>
+      </c>
+      <c r="N14" t="s">
+        <v>1569</v>
+      </c>
+      <c r="O14" t="s">
+        <v>20</v>
+      </c>
+      <c r="P14" t="s">
+        <v>1538</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>1570</v>
+      </c>
+      <c r="R14" t="s">
+        <v>1538</v>
+      </c>
+      <c r="S14" t="s">
         <v>503</v>
       </c>
-      <c r="C14" t="s">
-[...49 lines deleted...]
-      </c>
       <c r="T14" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B15" t="s">
+        <v>1571</v>
+      </c>
+      <c r="C15" t="s">
+        <v>20</v>
+      </c>
+      <c r="D15" t="s">
+        <v>20</v>
+      </c>
+      <c r="E15" t="s">
         <v>1572</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>20</v>
+      </c>
+      <c r="G15" t="s">
         <v>1573</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>1574</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J15" t="s">
         <v>1575</v>
       </c>
-      <c r="I15" t="s">
-[...2 lines deleted...]
-      <c r="J15" t="s">
+      <c r="K15" t="s">
         <v>1576</v>
       </c>
-      <c r="K15" t="s">
+      <c r="L15" t="s">
+        <v>952</v>
+      </c>
+      <c r="M15" t="s">
+        <v>610</v>
+      </c>
+      <c r="N15" t="s">
         <v>1577</v>
       </c>
-      <c r="L15" t="s">
-[...5 lines deleted...]
-      <c r="N15" t="s">
+      <c r="O15" t="s">
+        <v>20</v>
+      </c>
+      <c r="P15" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R15" t="s">
+        <v>611</v>
+      </c>
+      <c r="S15" t="s">
         <v>1578</v>
       </c>
-      <c r="O15" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T15" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B16" t="s">
+        <v>1579</v>
+      </c>
+      <c r="C16" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" t="s">
+        <v>20</v>
+      </c>
+      <c r="E16" t="s">
         <v>1580</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" t="s">
         <v>1581</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>1582</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J16" t="s">
+        <v>20</v>
+      </c>
+      <c r="K16" t="s">
+        <v>648</v>
+      </c>
+      <c r="L16" t="s">
+        <v>649</v>
+      </c>
+      <c r="M16" t="s">
+        <v>610</v>
+      </c>
+      <c r="N16" t="s">
         <v>1583</v>
       </c>
-      <c r="I16" t="s">
-[...14 lines deleted...]
-      <c r="N16" t="s">
+      <c r="O16" t="s">
+        <v>20</v>
+      </c>
+      <c r="P16" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R16" t="s">
+        <v>611</v>
+      </c>
+      <c r="S16" t="s">
         <v>1584</v>
       </c>
-      <c r="O16" t="s">
-[...11 lines deleted...]
-      <c r="S16" t="s">
+      <c r="T16" t="s">
         <v>1585</v>
-      </c>
-[...1 lines deleted...]
-        <v>1586</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B17" t="s">
+        <v>1586</v>
+      </c>
+      <c r="C17" t="s">
+        <v>20</v>
+      </c>
+      <c r="D17" t="s">
+        <v>20</v>
+      </c>
+      <c r="E17" t="s">
+        <v>1572</v>
+      </c>
+      <c r="F17" t="s">
+        <v>20</v>
+      </c>
+      <c r="G17" t="s">
         <v>1587</v>
       </c>
-      <c r="C17" t="s">
-[...11 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>1588</v>
       </c>
-      <c r="H17" t="s">
+      <c r="I17" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J17" t="s">
+        <v>20</v>
+      </c>
+      <c r="K17" t="s">
+        <v>1266</v>
+      </c>
+      <c r="L17" t="s">
+        <v>1267</v>
+      </c>
+      <c r="M17" t="s">
+        <v>610</v>
+      </c>
+      <c r="N17" t="s">
         <v>1589</v>
       </c>
-      <c r="I17" t="s">
-[...14 lines deleted...]
-      <c r="N17" t="s">
+      <c r="O17" t="s">
+        <v>20</v>
+      </c>
+      <c r="P17" t="s">
+        <v>1509</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>1501</v>
+      </c>
+      <c r="R17" t="s">
+        <v>611</v>
+      </c>
+      <c r="S17" t="s">
         <v>1590</v>
       </c>
-      <c r="O17" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T17" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B18" t="s">
+        <v>1591</v>
+      </c>
+      <c r="C18" t="s">
+        <v>20</v>
+      </c>
+      <c r="D18" t="s">
+        <v>20</v>
+      </c>
+      <c r="E18" t="s">
         <v>1592</v>
       </c>
-      <c r="C18" t="s">
-[...5 lines deleted...]
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G18" t="s">
         <v>1593</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>1594</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J18" t="s">
         <v>1595</v>
       </c>
-      <c r="I18" t="s">
-[...2 lines deleted...]
-      <c r="J18" t="s">
+      <c r="K18" t="s">
+        <v>1150</v>
+      </c>
+      <c r="L18" t="s">
+        <v>1151</v>
+      </c>
+      <c r="M18" t="s">
+        <v>610</v>
+      </c>
+      <c r="N18" t="s">
         <v>1596</v>
       </c>
-      <c r="K18" t="s">
-[...8 lines deleted...]
-      <c r="N18" t="s">
+      <c r="O18" t="s">
+        <v>20</v>
+      </c>
+      <c r="P18" t="s">
+        <v>1538</v>
+      </c>
+      <c r="Q18" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R18" t="s">
+        <v>1538</v>
+      </c>
+      <c r="S18" t="s">
         <v>1597</v>
       </c>
-      <c r="O18" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T18" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B19" t="s">
+        <v>1598</v>
+      </c>
+      <c r="C19" t="s">
+        <v>20</v>
+      </c>
+      <c r="D19" t="s">
+        <v>20</v>
+      </c>
+      <c r="E19" t="s">
         <v>1599</v>
       </c>
-      <c r="C19" t="s">
-[...5 lines deleted...]
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" t="s">
         <v>1600</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>1601</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J19" t="s">
         <v>1602</v>
       </c>
-      <c r="I19" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K19" t="s">
-        <v>912</v>
+        <v>910</v>
       </c>
       <c r="L19" t="s">
         <v>53</v>
       </c>
       <c r="M19" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N19" t="s">
+        <v>1603</v>
+      </c>
+      <c r="O19" t="s">
+        <v>20</v>
+      </c>
+      <c r="P19" t="s">
         <v>1604</v>
       </c>
-      <c r="O19" t="s">
-[...2 lines deleted...]
-      <c r="P19" t="s">
+      <c r="Q19" t="s">
         <v>1605</v>
       </c>
-      <c r="Q19" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R19" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S19" t="s">
         <v>140</v>
       </c>
       <c r="T19" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B20" t="s">
         <v>123</v>
       </c>
       <c r="C20" t="s">
         <v>20</v>
       </c>
       <c r="D20" t="s">
         <v>20</v>
       </c>
       <c r="E20" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G20" t="s">
         <v>1607</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="H20" t="s">
         <v>1608</v>
       </c>
-      <c r="H20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I20" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="J20" t="s">
         <v>20</v>
       </c>
       <c r="K20" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="L20" t="s">
         <v>53</v>
       </c>
       <c r="M20" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N20" t="s">
+        <v>1609</v>
+      </c>
+      <c r="O20" t="s">
+        <v>20</v>
+      </c>
+      <c r="P20" t="s">
         <v>1610</v>
       </c>
-      <c r="O20" t="s">
-[...2 lines deleted...]
-      <c r="P20" t="s">
+      <c r="Q20" t="s">
         <v>1611</v>
       </c>
-      <c r="Q20" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="R20" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S20" t="s">
         <v>124</v>
       </c>
       <c r="T20" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B21" t="s">
+        <v>1612</v>
+      </c>
+      <c r="C21" t="s">
+        <v>20</v>
+      </c>
+      <c r="D21" t="s">
+        <v>20</v>
+      </c>
+      <c r="E21" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F21" t="s">
+        <v>20</v>
+      </c>
+      <c r="G21" t="s">
         <v>1613</v>
       </c>
-      <c r="C21" t="s">
-[...11 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>1614</v>
       </c>
-      <c r="H21" t="s">
+      <c r="I21" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J21" t="s">
         <v>1615</v>
       </c>
-      <c r="I21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K21" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="L21" t="s">
         <v>53</v>
       </c>
       <c r="M21" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N21" t="s">
+        <v>1616</v>
+      </c>
+      <c r="O21" t="s">
+        <v>20</v>
+      </c>
+      <c r="P21" t="s">
+        <v>1610</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R21" t="s">
+        <v>611</v>
+      </c>
+      <c r="S21" t="s">
         <v>1617</v>
       </c>
-      <c r="O21" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T21" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B22" t="s">
         <v>51</v>
       </c>
       <c r="C22" t="s">
         <v>20</v>
       </c>
       <c r="D22" t="s">
         <v>20</v>
       </c>
       <c r="E22" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="F22" t="s">
         <v>20</v>
       </c>
       <c r="G22" t="s">
+        <v>1618</v>
+      </c>
+      <c r="H22" t="s">
         <v>1619</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
+        <v>1544</v>
+      </c>
+      <c r="J22" t="s">
         <v>1620</v>
       </c>
-      <c r="I22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K22" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="L22" t="s">
         <v>53</v>
       </c>
       <c r="M22" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N22" t="s">
+        <v>1609</v>
+      </c>
+      <c r="O22" t="s">
+        <v>20</v>
+      </c>
+      <c r="P22" t="s">
         <v>1610</v>
       </c>
-      <c r="O22" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q22" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="R22" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S22" t="s">
         <v>54</v>
       </c>
       <c r="T22" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B23" t="s">
+        <v>1622</v>
+      </c>
+      <c r="C23" t="s">
+        <v>20</v>
+      </c>
+      <c r="D23" t="s">
+        <v>20</v>
+      </c>
+      <c r="E23" t="s">
+        <v>1580</v>
+      </c>
+      <c r="F23" t="s">
+        <v>20</v>
+      </c>
+      <c r="G23" t="s">
         <v>1623</v>
       </c>
-      <c r="C23" t="s">
-[...11 lines deleted...]
-      <c r="G23" t="s">
+      <c r="H23" t="s">
         <v>1624</v>
       </c>
-      <c r="H23" t="s">
+      <c r="I23" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J23" t="s">
+        <v>20</v>
+      </c>
+      <c r="K23" t="s">
+        <v>648</v>
+      </c>
+      <c r="L23" t="s">
+        <v>649</v>
+      </c>
+      <c r="M23" t="s">
+        <v>610</v>
+      </c>
+      <c r="N23" t="s">
         <v>1625</v>
       </c>
-      <c r="I23" t="s">
-[...14 lines deleted...]
-      <c r="N23" t="s">
+      <c r="O23" t="s">
+        <v>20</v>
+      </c>
+      <c r="P23" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>1518</v>
+      </c>
+      <c r="R23" t="s">
+        <v>611</v>
+      </c>
+      <c r="S23" t="s">
         <v>1626</v>
       </c>
-      <c r="O23" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T23" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B24" t="s">
         <v>110</v>
       </c>
       <c r="C24" t="s">
         <v>20</v>
       </c>
       <c r="D24" t="s">
         <v>20</v>
       </c>
       <c r="E24" t="s">
-        <v>1607</v>
+        <v>1606</v>
       </c>
       <c r="F24" t="s">
         <v>20</v>
       </c>
       <c r="G24" t="s">
+        <v>1627</v>
+      </c>
+      <c r="H24" t="s">
         <v>1628</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J24" t="s">
         <v>1629</v>
       </c>
-      <c r="I24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K24" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="L24" t="s">
         <v>53</v>
       </c>
       <c r="M24" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N24" t="s">
+        <v>1609</v>
+      </c>
+      <c r="O24" t="s">
+        <v>20</v>
+      </c>
+      <c r="P24" t="s">
         <v>1610</v>
       </c>
-      <c r="O24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="Q24" t="s">
-        <v>1631</v>
+        <v>1630</v>
       </c>
       <c r="R24" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S24" t="s">
         <v>111</v>
       </c>
       <c r="T24" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B25" t="s">
+        <v>1631</v>
+      </c>
+      <c r="C25" t="s">
+        <v>20</v>
+      </c>
+      <c r="D25" t="s">
+        <v>20</v>
+      </c>
+      <c r="E25" t="s">
+        <v>1557</v>
+      </c>
+      <c r="F25" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" t="s">
         <v>1632</v>
       </c>
-      <c r="C25" t="s">
-[...11 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>1633</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J25" t="s">
         <v>1634</v>
       </c>
-      <c r="I25" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K25" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L25" t="s">
         <v>53</v>
       </c>
       <c r="M25" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N25" t="s">
+        <v>1635</v>
+      </c>
+      <c r="O25" t="s">
+        <v>20</v>
+      </c>
+      <c r="P25" t="s">
+        <v>1538</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>1510</v>
+      </c>
+      <c r="R25" t="s">
+        <v>1538</v>
+      </c>
+      <c r="S25" t="s">
         <v>1636</v>
       </c>
-      <c r="O25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T25" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B26" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C26" t="s">
+        <v>20</v>
+      </c>
+      <c r="D26" t="s">
+        <v>20</v>
+      </c>
+      <c r="E26" t="s">
+        <v>1606</v>
+      </c>
+      <c r="F26" t="s">
+        <v>20</v>
+      </c>
+      <c r="G26" t="s">
         <v>1638</v>
       </c>
-      <c r="C26" t="s">
-[...11 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>1639</v>
       </c>
-      <c r="H26" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I26" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J26" t="s">
         <v>20</v>
       </c>
       <c r="K26" t="s">
-        <v>986</v>
+        <v>984</v>
       </c>
       <c r="L26" t="s">
         <v>53</v>
       </c>
       <c r="M26" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N26" t="s">
+        <v>1640</v>
+      </c>
+      <c r="O26" t="s">
+        <v>20</v>
+      </c>
+      <c r="P26" t="s">
+        <v>1610</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>1518</v>
+      </c>
+      <c r="R26" t="s">
+        <v>611</v>
+      </c>
+      <c r="S26" t="s">
         <v>1641</v>
       </c>
-      <c r="O26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="T26" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B27" t="s">
+        <v>1642</v>
+      </c>
+      <c r="C27" t="s">
+        <v>20</v>
+      </c>
+      <c r="D27" t="s">
+        <v>20</v>
+      </c>
+      <c r="E27" t="s">
+        <v>1541</v>
+      </c>
+      <c r="F27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" t="s">
         <v>1643</v>
       </c>
-      <c r="C27" t="s">
-[...11 lines deleted...]
-      <c r="G27" t="s">
+      <c r="H27" t="s">
         <v>1644</v>
       </c>
-      <c r="H27" t="s">
+      <c r="I27" t="s">
+        <v>1474</v>
+      </c>
+      <c r="J27" t="s">
+        <v>1333</v>
+      </c>
+      <c r="K27" t="s">
+        <v>620</v>
+      </c>
+      <c r="L27" t="s">
+        <v>298</v>
+      </c>
+      <c r="M27" t="s">
+        <v>610</v>
+      </c>
+      <c r="N27" t="s">
+        <v>1547</v>
+      </c>
+      <c r="O27" t="s">
+        <v>20</v>
+      </c>
+      <c r="P27" t="s">
+        <v>611</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>1518</v>
+      </c>
+      <c r="R27" t="s">
+        <v>611</v>
+      </c>
+      <c r="S27" t="s">
         <v>1645</v>
       </c>
-      <c r="I27" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T27" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B28" t="s">
+        <v>1646</v>
+      </c>
+      <c r="C28" t="s">
+        <v>20</v>
+      </c>
+      <c r="D28" t="s">
+        <v>20</v>
+      </c>
+      <c r="E28" t="s">
         <v>1647</v>
       </c>
-      <c r="C28" t="s">
-[...5 lines deleted...]
-      <c r="E28" t="s">
+      <c r="F28" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" t="s">
         <v>1648</v>
       </c>
-      <c r="F28" t="s">
-[...2 lines deleted...]
-      <c r="G28" t="s">
+      <c r="H28" t="s">
         <v>1649</v>
       </c>
-      <c r="H28" t="s">
+      <c r="I28" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J28" t="s">
         <v>1650</v>
       </c>
-      <c r="I28" t="s">
-[...2 lines deleted...]
-      <c r="J28" t="s">
+      <c r="K28" t="s">
         <v>1546</v>
       </c>
-      <c r="K28" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L28" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="M28" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N28" t="s">
         <v>1651</v>
       </c>
       <c r="O28" t="s">
         <v>20</v>
       </c>
       <c r="P28" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="Q28" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="R28" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="S28" t="s">
         <v>1652</v>
       </c>
       <c r="T28" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B29" t="s">
         <v>39</v>
       </c>
       <c r="C29" t="s">
         <v>20</v>
       </c>
       <c r="D29" t="s">
         <v>20</v>
       </c>
       <c r="E29" t="s">
-        <v>1558</v>
+        <v>1557</v>
       </c>
       <c r="F29" t="s">
         <v>20</v>
       </c>
       <c r="G29" t="s">
         <v>1653</v>
       </c>
       <c r="H29" t="s">
         <v>1654</v>
       </c>
       <c r="I29" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="J29" t="s">
         <v>1655</v>
       </c>
       <c r="K29" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="L29" t="s">
         <v>41</v>
       </c>
       <c r="M29" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N29" t="s">
         <v>1656</v>
       </c>
       <c r="O29" t="s">
         <v>20</v>
       </c>
       <c r="P29" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="Q29" t="s">
         <v>1657</v>
       </c>
       <c r="R29" t="s">
-        <v>1539</v>
+        <v>1538</v>
       </c>
       <c r="S29" t="s">
         <v>42</v>
       </c>
       <c r="T29" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B30" t="s">
         <v>1658</v>
       </c>
       <c r="C30" t="s">
         <v>20</v>
       </c>
       <c r="D30" t="s">
         <v>20</v>
       </c>
       <c r="E30" t="s">
         <v>1659</v>
       </c>
       <c r="F30" t="s">
         <v>20</v>
       </c>
       <c r="G30" t="s">
         <v>1660</v>
       </c>
       <c r="H30" t="s">
         <v>1661</v>
       </c>
       <c r="I30" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J30" t="s">
         <v>1662</v>
       </c>
       <c r="K30" t="s">
         <v>1663</v>
       </c>
       <c r="L30" t="s">
         <v>53</v>
       </c>
       <c r="M30" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N30" t="s">
         <v>1664</v>
       </c>
       <c r="O30" t="s">
         <v>20</v>
       </c>
       <c r="P30" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q30" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="R30" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S30" t="s">
         <v>1665</v>
       </c>
       <c r="T30" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B31" t="s">
         <v>1666</v>
       </c>
       <c r="C31" t="s">
         <v>20</v>
       </c>
       <c r="D31" t="s">
         <v>20</v>
       </c>
       <c r="E31" t="s">
         <v>1667</v>
       </c>
       <c r="F31" t="s">
         <v>20</v>
       </c>
       <c r="G31" t="s">
         <v>1668</v>
       </c>
       <c r="H31" t="s">
         <v>1669</v>
       </c>
       <c r="I31" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="J31" t="s">
         <v>1670</v>
       </c>
       <c r="K31" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="L31" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="M31" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N31" t="s">
         <v>1671</v>
       </c>
       <c r="O31" t="s">
         <v>20</v>
       </c>
       <c r="P31" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q31" t="s">
         <v>1672</v>
       </c>
       <c r="R31" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S31" t="s">
         <v>1673</v>
       </c>
       <c r="T31" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B32" t="s">
         <v>1674</v>
       </c>
       <c r="C32" t="s">
         <v>20</v>
       </c>
       <c r="D32" t="s">
         <v>20</v>
       </c>
       <c r="E32" t="s">
         <v>1667</v>
       </c>
       <c r="F32" t="s">
         <v>20</v>
       </c>
       <c r="G32" t="s">
         <v>1675</v>
       </c>
       <c r="H32" t="s">
         <v>1676</v>
       </c>
       <c r="I32" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J32" t="s">
         <v>1677</v>
       </c>
       <c r="K32" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L32" t="s">
         <v>53</v>
       </c>
       <c r="M32" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N32" t="s">
         <v>1678</v>
       </c>
       <c r="O32" t="s">
         <v>20</v>
       </c>
       <c r="P32" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q32" t="s">
         <v>1672</v>
       </c>
       <c r="R32" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S32" t="s">
         <v>1679</v>
       </c>
       <c r="T32" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B33" t="s">
         <v>1674</v>
       </c>
       <c r="C33" t="s">
         <v>20</v>
       </c>
       <c r="D33" t="s">
         <v>20</v>
       </c>
       <c r="E33" t="s">
         <v>1667</v>
       </c>
       <c r="F33" t="s">
         <v>20</v>
       </c>
       <c r="G33" t="s">
         <v>1680</v>
       </c>
       <c r="H33" t="s">
         <v>1681</v>
       </c>
       <c r="I33" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="J33" t="s">
         <v>1682</v>
       </c>
       <c r="K33" t="s">
-        <v>1547</v>
+        <v>1546</v>
       </c>
       <c r="L33" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="M33" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N33" t="s">
         <v>1683</v>
       </c>
       <c r="O33" t="s">
         <v>20</v>
       </c>
       <c r="P33" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q33" t="s">
         <v>1672</v>
       </c>
       <c r="R33" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S33" t="s">
         <v>1684</v>
       </c>
       <c r="T33" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B34" t="s">
         <v>1685</v>
       </c>
       <c r="C34" t="s">
         <v>20</v>
       </c>
       <c r="D34" t="s">
         <v>20</v>
       </c>
       <c r="E34" t="s">
         <v>1667</v>
       </c>
       <c r="F34" t="s">
         <v>20</v>
       </c>
       <c r="G34" t="s">
         <v>1686</v>
       </c>
       <c r="H34" t="s">
         <v>1687</v>
       </c>
       <c r="I34" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J34" t="s">
         <v>1688</v>
       </c>
       <c r="K34" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L34" t="s">
         <v>53</v>
       </c>
       <c r="M34" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N34" t="s">
         <v>20</v>
       </c>
       <c r="O34" t="s">
         <v>20</v>
       </c>
       <c r="P34" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q34" t="s">
         <v>1672</v>
       </c>
       <c r="R34" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S34" t="s">
         <v>1689</v>
       </c>
       <c r="T34" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B35" t="s">
         <v>1690</v>
       </c>
       <c r="C35" t="s">
         <v>20</v>
       </c>
       <c r="D35" t="s">
         <v>20</v>
       </c>
       <c r="E35" t="s">
         <v>1691</v>
       </c>
       <c r="F35" t="s">
         <v>20</v>
       </c>
       <c r="G35" t="s">
         <v>1692</v>
       </c>
       <c r="H35" t="s">
         <v>1693</v>
       </c>
       <c r="I35" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="J35" t="s">
         <v>1694</v>
       </c>
       <c r="K35" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="L35" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="M35" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N35" t="s">
         <v>1695</v>
       </c>
       <c r="O35" t="s">
         <v>20</v>
       </c>
       <c r="P35" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q35" t="s">
         <v>20</v>
       </c>
       <c r="R35" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S35" t="s">
         <v>1696</v>
       </c>
       <c r="T35" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B36" t="s">
         <v>1697</v>
       </c>
       <c r="C36" t="s">
         <v>20</v>
       </c>
       <c r="D36" t="s">
         <v>20</v>
       </c>
       <c r="E36" t="s">
         <v>1698</v>
       </c>
       <c r="F36" t="s">
         <v>20</v>
       </c>
       <c r="G36" t="s">
         <v>1699</v>
       </c>
       <c r="H36" t="s">
         <v>1700</v>
       </c>
       <c r="I36" t="s">
-        <v>1545</v>
+        <v>1544</v>
       </c>
       <c r="J36" t="s">
         <v>1701</v>
       </c>
       <c r="K36" t="s">
-        <v>1309</v>
+        <v>1308</v>
       </c>
       <c r="L36" t="s">
-        <v>300</v>
+        <v>298</v>
       </c>
       <c r="M36" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N36" t="s">
         <v>1702</v>
       </c>
       <c r="O36" t="s">
         <v>20</v>
       </c>
       <c r="P36" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="Q36" t="s">
         <v>1703</v>
       </c>
       <c r="R36" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S36" t="s">
         <v>1704</v>
       </c>
       <c r="T36" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B37" t="s">
         <v>1705</v>
       </c>
       <c r="C37" t="s">
         <v>20</v>
       </c>
       <c r="D37" t="s">
         <v>20</v>
       </c>
       <c r="E37" t="s">
         <v>1698</v>
       </c>
       <c r="F37" t="s">
         <v>20</v>
       </c>
       <c r="G37" t="s">
         <v>1706</v>
       </c>
       <c r="H37" t="s">
         <v>1707</v>
       </c>
       <c r="I37" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J37" t="s">
         <v>20</v>
       </c>
       <c r="K37" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="L37" t="s">
         <v>53</v>
       </c>
       <c r="M37" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N37" t="s">
         <v>1702</v>
       </c>
       <c r="O37" t="s">
         <v>20</v>
       </c>
       <c r="P37" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="Q37" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="R37" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S37" t="s">
         <v>1708</v>
       </c>
       <c r="T37" t="s">
-        <v>1480</v>
+        <v>1479</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B38" t="s">
         <v>1709</v>
       </c>
       <c r="C38" t="s">
         <v>20</v>
       </c>
       <c r="D38" t="s">
         <v>20</v>
       </c>
       <c r="E38" t="s">
         <v>1710</v>
       </c>
       <c r="F38" t="s">
         <v>20</v>
       </c>
       <c r="G38" t="s">
         <v>1711</v>
       </c>
       <c r="H38" t="s">
         <v>1712</v>
       </c>
       <c r="I38" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J38" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="K38" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="L38" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="M38" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N38" t="s">
         <v>1713</v>
       </c>
       <c r="O38" t="s">
         <v>20</v>
       </c>
       <c r="P38" t="s">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="Q38" t="s">
         <v>1714</v>
       </c>
       <c r="R38" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S38" t="s">
         <v>1715</v>
       </c>
       <c r="T38" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B39" t="s">
         <v>1716</v>
       </c>
       <c r="C39" t="s">
         <v>20</v>
       </c>
       <c r="D39" t="s">
         <v>20</v>
       </c>
       <c r="E39" t="s">
         <v>1710</v>
       </c>
       <c r="F39" t="s">
         <v>20</v>
       </c>
       <c r="G39" t="s">
         <v>1717</v>
       </c>
       <c r="H39" t="s">
         <v>1718</v>
       </c>
       <c r="I39" t="s">
-        <v>1475</v>
+        <v>1474</v>
       </c>
       <c r="J39" t="s">
-        <v>1007</v>
+        <v>1005</v>
       </c>
       <c r="K39" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="L39" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="M39" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N39" t="s">
         <v>1713</v>
       </c>
       <c r="O39" t="s">
         <v>20</v>
       </c>
       <c r="P39" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="Q39" t="s">
-        <v>1519</v>
+        <v>1518</v>
       </c>
       <c r="R39" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S39" t="s">
         <v>1719</v>
       </c>
       <c r="T39" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B40" t="s">
         <v>1720</v>
       </c>
       <c r="C40" t="s">
         <v>20</v>
       </c>
       <c r="D40" t="s">
         <v>20</v>
       </c>
       <c r="E40" t="s">
         <v>1710</v>
       </c>
       <c r="F40" t="s">
         <v>20</v>
       </c>
       <c r="G40" t="s">
         <v>1721</v>
       </c>
       <c r="H40" t="s">
         <v>1722</v>
       </c>
       <c r="I40" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J40" t="s">
         <v>1723</v>
       </c>
       <c r="K40" t="s">
-        <v>1008</v>
+        <v>1006</v>
       </c>
       <c r="L40" t="s">
-        <v>505</v>
+        <v>502</v>
       </c>
       <c r="M40" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N40" t="s">
         <v>20</v>
       </c>
       <c r="O40" t="s">
         <v>20</v>
       </c>
       <c r="P40" t="s">
-        <v>1510</v>
+        <v>1509</v>
       </c>
       <c r="Q40" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="R40" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="S40" t="s">
         <v>1724</v>
       </c>
       <c r="T40" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
-        <v>1470</v>
+        <v>1469</v>
       </c>
       <c r="B41" t="s">
         <v>1725</v>
       </c>
       <c r="C41" t="s">
         <v>20</v>
       </c>
       <c r="D41" t="s">
         <v>20</v>
       </c>
       <c r="E41" t="s">
         <v>1726</v>
       </c>
       <c r="F41" t="s">
         <v>20</v>
       </c>
       <c r="G41" t="s">
         <v>1727</v>
       </c>
       <c r="H41" t="s">
         <v>1728</v>
       </c>
       <c r="I41" t="s">
-        <v>1499</v>
+        <v>1498</v>
       </c>
       <c r="J41" t="s">
         <v>1729</v>
       </c>
       <c r="K41" t="s">
-        <v>953</v>
+        <v>951</v>
       </c>
       <c r="L41" t="s">
-        <v>954</v>
+        <v>952</v>
       </c>
       <c r="M41" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="N41" t="s">
         <v>1730</v>
       </c>
       <c r="O41" t="s">
         <v>20</v>
       </c>
       <c r="P41" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="Q41" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="R41" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="S41" t="s">
         <v>1731</v>
       </c>
       <c r="T41" t="s">
-        <v>1586</v>
+        <v>1585</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>