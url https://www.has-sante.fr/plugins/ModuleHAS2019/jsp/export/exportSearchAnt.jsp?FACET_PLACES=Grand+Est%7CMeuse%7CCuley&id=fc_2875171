--- v0 (2025-10-28)
+++ v1 (2025-12-15)
@@ -1,59 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export ESSMS" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Etablissement de santé" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export ESSMS'!$B$1:$P$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Etablissement de santé'!$B$1:$T$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="224" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="480" uniqueCount="218">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -170,282 +173,594 @@
   <si>
     <t>VILLAGE D'ENFANTS - ACTION ENFANCE</t>
   </si>
   <si>
     <t>10/09/2025 12:18:54</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/3084_FicheESSMS/fr/village-d-enfants-action-enfance</t>
   </si>
   <si>
     <t>3084_FicheESSMS</t>
   </si>
   <si>
     <t>11 Chemin De Curmont</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Village d'Enfants</t>
   </si>
   <si>
     <t>550007033</t>
   </si>
   <si>
+    <t>SESSAD - APAJH</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:20:21</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/4192_FicheESSMS/fr/sessad-apajh</t>
+  </si>
+  <si>
+    <t>4192_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue Du Moulin</t>
+  </si>
+  <si>
+    <t>Personne en situation de handicap enfant</t>
+  </si>
+  <si>
+    <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
+  </si>
+  <si>
+    <t>550004063</t>
+  </si>
+  <si>
+    <t>SERV PREV SPECIALISEE BLD/REVIGNY</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:47</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5183_FicheESSMS/fr/serv-prev-specialisee-bld/revigny</t>
+  </si>
+  <si>
+    <t>5183_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Rue D'Anjou</t>
+  </si>
+  <si>
+    <t>Club Equipe de Prévention</t>
+  </si>
+  <si>
+    <t>550004683</t>
+  </si>
+  <si>
+    <t>PIS - ACCUEIL DE JOUR</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:21:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/5334_FicheESSMS/fr/pis-accueil-de-jour</t>
+  </si>
+  <si>
+    <t>5334_FicheESSMS</t>
+  </si>
+  <si>
+    <t>49 Rue Oudinot</t>
+  </si>
+  <si>
+    <t>Public</t>
+  </si>
+  <si>
+    <t>Accueil, Hébergement, Insertion</t>
+  </si>
+  <si>
+    <t>Autre Centre d'Accueil</t>
+  </si>
+  <si>
+    <t>550006282</t>
+  </si>
+  <si>
     <t>CADA DU SEISAAM</t>
   </si>
   <si>
     <t>10/09/2025 12:23:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/6745_FicheESSMS/fr/cada-du-seisaam</t>
   </si>
   <si>
     <t>6745_FicheESSMS</t>
   </si>
   <si>
     <t>9 Allée Des Vosges</t>
   </si>
   <si>
-    <t>Public</t>
-[...4 lines deleted...]
-  <si>
     <t>Centre Accueil Demandeurs Asile (C.A.D.A.)</t>
   </si>
   <si>
     <t>550007199</t>
   </si>
   <si>
+    <t>EHPAD LA SAPINIERE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:24:29</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/7165_FicheESSMS/fr/ehpad-la-sapiniere</t>
+  </si>
+  <si>
+    <t>7165_FicheESSMS</t>
+  </si>
+  <si>
+    <t>1 Allée Henriot Du Coudray</t>
+  </si>
+  <si>
+    <t>550003602</t>
+  </si>
+  <si>
     <t>ESAT INDUSTRIEL DE BAR LE DUC</t>
   </si>
   <si>
     <t>10/09/2025 12:24:45</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7341_FicheESSMS/fr/esat-industriel-de-bar-le-duc</t>
   </si>
   <si>
     <t>7341_FicheESSMS</t>
   </si>
   <si>
     <t>55 Rue Du Port</t>
   </si>
   <si>
     <t>Etablissement et Service d'Aide par le Travail (E.S.A.T.)</t>
   </si>
   <si>
     <t>550003479</t>
   </si>
   <si>
     <t>SESSAD AUTISTES ADAPEI DE LA MEUSE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/7338_FicheESSMS/fr/sessad-autistes-adapei-de-la-meuse</t>
   </si>
   <si>
     <t>7338_FicheESSMS</t>
   </si>
   <si>
     <t>43 Quai Sadi Carnot</t>
   </si>
   <si>
-    <t>Personne en situation de handicap enfant</t>
-[...4 lines deleted...]
-  <si>
     <t>550007066</t>
   </si>
   <si>
     <t>MECS VOLTAIRE</t>
   </si>
   <si>
     <t>10/09/2025 12:25:11</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8161_FicheESSMS/fr/mecs-voltaire</t>
   </si>
   <si>
     <t>8161_FicheESSMS</t>
   </si>
   <si>
     <t>12 Rue Voltaire</t>
   </si>
   <si>
     <t>Maison d'Enfants à Caractère Social</t>
   </si>
   <si>
     <t>550005292</t>
   </si>
   <si>
     <t>CMPP DE BAR LE DUC</t>
   </si>
   <si>
     <t>10/09/2025 12:25:25</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/8589_FicheESSMS/fr/cmpp-de-bar-le-duc</t>
   </si>
   <si>
     <t>8589_FicheESSMS</t>
   </si>
   <si>
     <t>33 Rue Du Port</t>
   </si>
   <si>
     <t>Centre Médico-Psycho-Pédagogique (C.M.P.P.)</t>
   </si>
   <si>
     <t>550000160</t>
   </si>
   <si>
-    <t>SESSAD - APAJH</t>
-[...32 lines deleted...]
-    <t>550003602</t>
+    <t>ITEP BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:26:59</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11285_FicheESSMS/fr/itep-bar-le-duc</t>
+  </si>
+  <si>
+    <t>11285_FicheESSMS</t>
+  </si>
+  <si>
+    <t>3 Avenue De La Liberation</t>
+  </si>
+  <si>
+    <t>Institut Thérapeutique Éducatif et Pédagogique (I.T.E.P.)</t>
+  </si>
+  <si>
+    <t>550003008</t>
   </si>
   <si>
     <t>SESSAD BAR LE DUC</t>
   </si>
   <si>
-    <t>10/09/2025 12:26:59</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/11282_FicheESSMS/fr/sessad-bar-le-duc</t>
   </si>
   <si>
     <t>11282_FicheESSMS</t>
   </si>
   <si>
     <t>20 Rue Bradfer</t>
   </si>
   <si>
     <t>550005961</t>
   </si>
   <si>
+    <t>DAMIE - SUD</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11277_FicheESSMS/fr/damie-sud</t>
+  </si>
+  <si>
+    <t>11277_FicheESSMS</t>
+  </si>
+  <si>
+    <t>8 Boulevard Des Ardennes</t>
+  </si>
+  <si>
+    <t>550007298</t>
+  </si>
+  <si>
+    <t>ESAT - BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11299_FicheESSMS/fr/esat-bar-le-duc</t>
+  </si>
+  <si>
+    <t>11299_FicheESSMS</t>
+  </si>
+  <si>
+    <t>4 Rue Du Port</t>
+  </si>
+  <si>
+    <t>550000673</t>
+  </si>
+  <si>
+    <t>FAS DE BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11294_FicheESSMS/fr/fas-de-bar-le-duc</t>
+  </si>
+  <si>
+    <t>11294_FicheESSMS</t>
+  </si>
+  <si>
+    <t>13 Rue De La Marechale</t>
+  </si>
+  <si>
+    <t>Foyer de Vie pour Adultes Handicapés</t>
+  </si>
+  <si>
+    <t>550006324</t>
+  </si>
+  <si>
+    <t>FAM DE BAR-LE-DUC</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11293_FicheESSMS/fr/fam-de-bar-le-duc</t>
+  </si>
+  <si>
+    <t>11293_FicheESSMS</t>
+  </si>
+  <si>
+    <t>Etab.Acc.Médicalisé en tout ou partie personnes handicapées</t>
+  </si>
+  <si>
+    <t>550006407</t>
+  </si>
+  <si>
+    <t>POUPONNIERE JARDIN D'ENFANTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11291_FicheESSMS/fr/pouponniere-jardin-d-enfants</t>
+  </si>
+  <si>
+    <t>11291_FicheESSMS</t>
+  </si>
+  <si>
+    <t>5 Allée Françoise Dolto</t>
+  </si>
+  <si>
+    <t>Pouponnière à Caractère Social</t>
+  </si>
+  <si>
+    <t>550008171</t>
+  </si>
+  <si>
+    <t>MAISON DE L'ENFANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11289_FicheESSMS/fr/maison-de-l-enfance</t>
+  </si>
+  <si>
+    <t>11289_FicheESSMS</t>
+  </si>
+  <si>
+    <t>2 Place Nazareth</t>
+  </si>
+  <si>
+    <t>Foyer de l'Enfance</t>
+  </si>
+  <si>
+    <t>550000848</t>
+  </si>
+  <si>
+    <t>MECS FERRETTE</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/11878_FicheESSMS/fr/mecs-ferrette</t>
+  </si>
+  <si>
+    <t>11878_FicheESSMS</t>
+  </si>
+  <si>
+    <t>113 Rue De St Mihiel</t>
+  </si>
+  <si>
+    <t>550000608</t>
+  </si>
+  <si>
+    <t>MAS POUR POLYHANDICAPES FAINS-VEEL</t>
+  </si>
+  <si>
+    <t>10/09/2025 12:27:26</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/12013_FicheESSMS/fr/mas-pour-polyhandicapes-fains-veel</t>
+  </si>
+  <si>
+    <t>12013_FicheESSMS</t>
+  </si>
+  <si>
+    <t>36 Rue De Bar</t>
+  </si>
+  <si>
+    <t>55000 FAINS VEEL</t>
+  </si>
+  <si>
+    <t>FAINS VEEL</t>
+  </si>
+  <si>
+    <t>Maison d'Accueil Spécialisée (M.A.S.)</t>
+  </si>
+  <si>
+    <t>550005193</t>
+  </si>
+  <si>
     <t>SESSAD DEFICIENTS AUDITIFS</t>
   </si>
   <si>
     <t>10/09/2025 12:28:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/13258_FicheESSMS/fr/sessad-deficients-auditifs</t>
   </si>
   <si>
     <t>13258_FicheESSMS</t>
   </si>
   <si>
     <t>43 Rue De Champagne</t>
   </si>
   <si>
     <t>550003545</t>
+  </si>
+  <si>
+    <t>Taille établissement</t>
+  </si>
+  <si>
+    <t>Etablissement.libelle.adresse2</t>
+  </si>
+  <si>
+    <t>Téléphone</t>
+  </si>
+  <si>
+    <t>Site internet</t>
+  </si>
+  <si>
+    <t>Type d'établissement</t>
+  </si>
+  <si>
+    <t>Activités</t>
+  </si>
+  <si>
+    <t>Numéro finess geo</t>
+  </si>
+  <si>
+    <t>Niveau de certification</t>
+  </si>
+  <si>
+    <t>Etablissement de santé</t>
+  </si>
+  <si>
+    <t>CTRE AUTODIALYSE ET DIAL MÉDICAL TELESURVEILLEE A BAR LE DUC</t>
+  </si>
+  <si>
+    <t>24/11/2025 08:32:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/3839_FicheEtablissement/fr/ctre-autodial-udm-a-bar-le-duc-altir</t>
+  </si>
+  <si>
+    <t>3839_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>moyen</t>
+  </si>
+  <si>
+    <t>1 Boulevard D'Argonne</t>
+  </si>
+  <si>
+    <t>0329458625</t>
+  </si>
+  <si>
+    <t>Néphrologie</t>
+  </si>
+  <si>
+    <t>550005219</t>
+  </si>
+  <si>
+    <t>Établissements non certifiés</t>
+  </si>
+  <si>
+    <t>CH BAR-LE-DUC FAINS-VEEL SITE FAINS-VEEL</t>
+  </si>
+  <si>
+    <t>21/01/2025 10:16:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1752_FicheEtablissement/fr/ch-bld-fv-site-fv</t>
+  </si>
+  <si>
+    <t>1752_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>0329768686</t>
+  </si>
+  <si>
+    <t>CH</t>
+  </si>
+  <si>
+    <t>Médecine, Psychiatrie</t>
+  </si>
+  <si>
+    <t>550000251</t>
+  </si>
+  <si>
+    <t>Établissements certifiés</t>
+  </si>
+  <si>
+    <t>UNITE DE SOINS DE LONGUE DUREE LES SOURCES FAINS-VEEL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/1758_FicheEtablissement/fr/usld-les-sources-fains-veel</t>
+  </si>
+  <si>
+    <t>1758_FicheEtablissement</t>
+  </si>
+  <si>
+    <t>petit</t>
+  </si>
+  <si>
+    <t>0329768800</t>
+  </si>
+  <si>
+    <t>Soins de longue durée</t>
+  </si>
+  <si>
+    <t>550005581</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P14"/>
+  <dimension ref="A1:P25"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -695,455 +1010,1267 @@
       <c r="E6" t="s">
         <v>54</v>
       </c>
       <c r="F6" t="s">
         <v>18</v>
       </c>
       <c r="G6" t="s">
         <v>55</v>
       </c>
       <c r="H6" t="s">
         <v>56</v>
       </c>
       <c r="I6" t="s">
         <v>57</v>
       </c>
       <c r="J6" t="s">
         <v>23</v>
       </c>
       <c r="K6" t="s">
         <v>24</v>
       </c>
       <c r="L6" t="s">
         <v>25</v>
       </c>
       <c r="M6" t="s">
+        <v>26</v>
+      </c>
+      <c r="N6" t="s">
         <v>58</v>
       </c>
-      <c r="N6" t="s">
+      <c r="O6" t="s">
         <v>59</v>
       </c>
-      <c r="O6" t="s">
+      <c r="P6" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
+        <v>61</v>
+      </c>
+      <c r="C7" t="s">
+        <v>18</v>
+      </c>
+      <c r="D7" t="s">
+        <v>18</v>
+      </c>
+      <c r="E7" t="s">
         <v>62</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" t="s">
         <v>63</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>64</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="J7" t="s">
         <v>23</v>
       </c>
       <c r="K7" t="s">
         <v>24</v>
       </c>
       <c r="L7" t="s">
         <v>25</v>
       </c>
       <c r="M7" t="s">
         <v>26</v>
       </c>
       <c r="N7" t="s">
-        <v>27</v>
+        <v>50</v>
       </c>
       <c r="O7" t="s">
+        <v>66</v>
+      </c>
+      <c r="P7" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>16</v>
       </c>
       <c r="B8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D8" t="s">
+        <v>18</v>
+      </c>
+      <c r="E8" t="s">
         <v>69</v>
-      </c>
-[...7 lines deleted...]
-        <v>63</v>
       </c>
       <c r="F8" t="s">
         <v>18</v>
       </c>
       <c r="G8" t="s">
         <v>70</v>
       </c>
       <c r="H8" t="s">
         <v>71</v>
       </c>
       <c r="I8" t="s">
         <v>72</v>
       </c>
       <c r="J8" t="s">
         <v>23</v>
       </c>
       <c r="K8" t="s">
         <v>24</v>
       </c>
       <c r="L8" t="s">
         <v>25</v>
       </c>
       <c r="M8" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="N8" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="O8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="P8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>16</v>
       </c>
       <c r="B9" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C9" t="s">
         <v>18</v>
       </c>
       <c r="D9" t="s">
         <v>18</v>
       </c>
       <c r="E9" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F9" t="s">
         <v>18</v>
       </c>
       <c r="G9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J9" t="s">
         <v>23</v>
       </c>
       <c r="K9" t="s">
         <v>24</v>
       </c>
       <c r="L9" t="s">
         <v>25</v>
       </c>
       <c r="M9" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="N9" t="s">
-        <v>50</v>
+        <v>74</v>
       </c>
       <c r="O9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="P9" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>16</v>
       </c>
       <c r="B10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C10" t="s">
         <v>18</v>
       </c>
       <c r="D10" t="s">
         <v>18</v>
       </c>
       <c r="E10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F10" t="s">
         <v>18</v>
       </c>
       <c r="G10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H10" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I10" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J10" t="s">
         <v>23</v>
       </c>
       <c r="K10" t="s">
         <v>24</v>
       </c>
       <c r="L10" t="s">
         <v>25</v>
       </c>
       <c r="M10" t="s">
-        <v>26</v>
+        <v>73</v>
       </c>
       <c r="N10" t="s">
-        <v>73</v>
+        <v>36</v>
       </c>
       <c r="O10" t="s">
-        <v>88</v>
+        <v>37</v>
       </c>
       <c r="P10" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>16</v>
       </c>
       <c r="B11" t="s">
         <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>18</v>
       </c>
       <c r="D11" t="s">
         <v>18</v>
       </c>
       <c r="E11" t="s">
         <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>18</v>
       </c>
       <c r="G11" t="s">
         <v>92</v>
       </c>
       <c r="H11" t="s">
         <v>93</v>
       </c>
       <c r="I11" t="s">
         <v>94</v>
       </c>
       <c r="J11" t="s">
         <v>23</v>
       </c>
       <c r="K11" t="s">
         <v>24</v>
       </c>
       <c r="L11" t="s">
         <v>25</v>
       </c>
       <c r="M11" t="s">
         <v>26</v>
       </c>
       <c r="N11" t="s">
-        <v>73</v>
+        <v>27</v>
       </c>
       <c r="O11" t="s">
-        <v>74</v>
+        <v>95</v>
       </c>
       <c r="P11" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>16</v>
       </c>
       <c r="B12" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C12" t="s">
         <v>18</v>
       </c>
       <c r="D12" t="s">
         <v>18</v>
       </c>
       <c r="E12" t="s">
-        <v>97</v>
+        <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>18</v>
       </c>
       <c r="G12" t="s">
         <v>98</v>
       </c>
       <c r="H12" t="s">
         <v>99</v>
       </c>
       <c r="I12" t="s">
         <v>100</v>
       </c>
       <c r="J12" t="s">
         <v>23</v>
       </c>
       <c r="K12" t="s">
         <v>24</v>
       </c>
       <c r="L12" t="s">
         <v>25</v>
       </c>
       <c r="M12" t="s">
+        <v>26</v>
+      </c>
+      <c r="N12" t="s">
         <v>58</v>
       </c>
-      <c r="N12" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="O12" t="s">
-        <v>37</v>
+        <v>59</v>
       </c>
       <c r="P12" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13" t="s">
         <v>102</v>
       </c>
       <c r="C13" t="s">
         <v>18</v>
       </c>
       <c r="D13" t="s">
         <v>18</v>
       </c>
       <c r="E13" t="s">
         <v>103</v>
       </c>
       <c r="F13" t="s">
         <v>18</v>
       </c>
       <c r="G13" t="s">
         <v>104</v>
       </c>
       <c r="H13" t="s">
         <v>105</v>
       </c>
       <c r="I13" t="s">
         <v>106</v>
       </c>
       <c r="J13" t="s">
         <v>23</v>
       </c>
       <c r="K13" t="s">
         <v>24</v>
       </c>
       <c r="L13" t="s">
         <v>25</v>
       </c>
       <c r="M13" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="N13" t="s">
-        <v>73</v>
+        <v>50</v>
       </c>
       <c r="O13" t="s">
-        <v>74</v>
+        <v>107</v>
       </c>
       <c r="P13" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>16</v>
       </c>
       <c r="B14" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C14" t="s">
         <v>18</v>
       </c>
       <c r="D14" t="s">
         <v>18</v>
       </c>
       <c r="E14" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="F14" t="s">
         <v>18</v>
       </c>
       <c r="G14" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="H14" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="I14" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="J14" t="s">
         <v>23</v>
       </c>
       <c r="K14" t="s">
         <v>24</v>
       </c>
       <c r="L14" t="s">
         <v>25</v>
       </c>
       <c r="M14" t="s">
         <v>26</v>
       </c>
       <c r="N14" t="s">
+        <v>58</v>
+      </c>
+      <c r="O14" t="s">
+        <v>114</v>
+      </c>
+      <c r="P14" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>16</v>
+      </c>
+      <c r="B15" t="s">
+        <v>116</v>
+      </c>
+      <c r="C15" t="s">
+        <v>18</v>
+      </c>
+      <c r="D15" t="s">
+        <v>18</v>
+      </c>
+      <c r="E15" t="s">
+        <v>117</v>
+      </c>
+      <c r="F15" t="s">
+        <v>18</v>
+      </c>
+      <c r="G15" t="s">
+        <v>118</v>
+      </c>
+      <c r="H15" t="s">
+        <v>119</v>
+      </c>
+      <c r="I15" t="s">
+        <v>120</v>
+      </c>
+      <c r="J15" t="s">
+        <v>23</v>
+      </c>
+      <c r="K15" t="s">
+        <v>24</v>
+      </c>
+      <c r="L15" t="s">
+        <v>25</v>
+      </c>
+      <c r="M15" t="s">
         <v>73</v>
       </c>
-      <c r="O14" t="s">
-[...3 lines deleted...]
-        <v>113</v>
+      <c r="N15" t="s">
+        <v>58</v>
+      </c>
+      <c r="O15" t="s">
+        <v>121</v>
+      </c>
+      <c r="P15" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>16</v>
+      </c>
+      <c r="B16" t="s">
+        <v>123</v>
+      </c>
+      <c r="C16" t="s">
+        <v>18</v>
+      </c>
+      <c r="D16" t="s">
+        <v>18</v>
+      </c>
+      <c r="E16" t="s">
+        <v>117</v>
+      </c>
+      <c r="F16" t="s">
+        <v>18</v>
+      </c>
+      <c r="G16" t="s">
+        <v>124</v>
+      </c>
+      <c r="H16" t="s">
+        <v>125</v>
+      </c>
+      <c r="I16" t="s">
+        <v>126</v>
+      </c>
+      <c r="J16" t="s">
+        <v>23</v>
+      </c>
+      <c r="K16" t="s">
+        <v>24</v>
+      </c>
+      <c r="L16" t="s">
+        <v>25</v>
+      </c>
+      <c r="M16" t="s">
+        <v>73</v>
+      </c>
+      <c r="N16" t="s">
+        <v>58</v>
+      </c>
+      <c r="O16" t="s">
+        <v>59</v>
+      </c>
+      <c r="P16" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" t="s">
+        <v>128</v>
+      </c>
+      <c r="C17" t="s">
+        <v>18</v>
+      </c>
+      <c r="D17" t="s">
+        <v>18</v>
+      </c>
+      <c r="E17" t="s">
+        <v>117</v>
+      </c>
+      <c r="F17" t="s">
+        <v>18</v>
+      </c>
+      <c r="G17" t="s">
+        <v>129</v>
+      </c>
+      <c r="H17" t="s">
+        <v>130</v>
+      </c>
+      <c r="I17" t="s">
+        <v>131</v>
+      </c>
+      <c r="J17" t="s">
+        <v>23</v>
+      </c>
+      <c r="K17" t="s">
+        <v>24</v>
+      </c>
+      <c r="L17" t="s">
+        <v>25</v>
+      </c>
+      <c r="M17" t="s">
+        <v>73</v>
+      </c>
+      <c r="N17" t="s">
+        <v>50</v>
+      </c>
+      <c r="O17" t="s">
+        <v>107</v>
+      </c>
+      <c r="P17" t="s">
+        <v>132</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>16</v>
+      </c>
+      <c r="B18" t="s">
+        <v>133</v>
+      </c>
+      <c r="C18" t="s">
+        <v>18</v>
+      </c>
+      <c r="D18" t="s">
+        <v>18</v>
+      </c>
+      <c r="E18" t="s">
+        <v>134</v>
+      </c>
+      <c r="F18" t="s">
+        <v>18</v>
+      </c>
+      <c r="G18" t="s">
+        <v>135</v>
+      </c>
+      <c r="H18" t="s">
+        <v>136</v>
+      </c>
+      <c r="I18" t="s">
+        <v>137</v>
+      </c>
+      <c r="J18" t="s">
+        <v>23</v>
+      </c>
+      <c r="K18" t="s">
+        <v>24</v>
+      </c>
+      <c r="L18" t="s">
+        <v>25</v>
+      </c>
+      <c r="M18" t="s">
+        <v>73</v>
+      </c>
+      <c r="N18" t="s">
+        <v>27</v>
+      </c>
+      <c r="O18" t="s">
+        <v>95</v>
+      </c>
+      <c r="P18" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>16</v>
+      </c>
+      <c r="B19" t="s">
+        <v>139</v>
+      </c>
+      <c r="C19" t="s">
+        <v>18</v>
+      </c>
+      <c r="D19" t="s">
+        <v>18</v>
+      </c>
+      <c r="E19" t="s">
+        <v>134</v>
+      </c>
+      <c r="F19" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" t="s">
+        <v>140</v>
+      </c>
+      <c r="H19" t="s">
+        <v>141</v>
+      </c>
+      <c r="I19" t="s">
+        <v>142</v>
+      </c>
+      <c r="J19" t="s">
+        <v>23</v>
+      </c>
+      <c r="K19" t="s">
+        <v>24</v>
+      </c>
+      <c r="L19" t="s">
+        <v>25</v>
+      </c>
+      <c r="M19" t="s">
+        <v>73</v>
+      </c>
+      <c r="N19" t="s">
+        <v>27</v>
+      </c>
+      <c r="O19" t="s">
+        <v>143</v>
+      </c>
+      <c r="P19" t="s">
+        <v>144</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>16</v>
+      </c>
+      <c r="B20" t="s">
+        <v>145</v>
+      </c>
+      <c r="C20" t="s">
+        <v>18</v>
+      </c>
+      <c r="D20" t="s">
+        <v>18</v>
+      </c>
+      <c r="E20" t="s">
+        <v>134</v>
+      </c>
+      <c r="F20" t="s">
+        <v>18</v>
+      </c>
+      <c r="G20" t="s">
+        <v>146</v>
+      </c>
+      <c r="H20" t="s">
+        <v>147</v>
+      </c>
+      <c r="I20" t="s">
+        <v>142</v>
+      </c>
+      <c r="J20" t="s">
+        <v>23</v>
+      </c>
+      <c r="K20" t="s">
+        <v>24</v>
+      </c>
+      <c r="L20" t="s">
+        <v>25</v>
+      </c>
+      <c r="M20" t="s">
+        <v>73</v>
+      </c>
+      <c r="N20" t="s">
+        <v>27</v>
+      </c>
+      <c r="O20" t="s">
+        <v>148</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>16</v>
+      </c>
+      <c r="B21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C21" t="s">
+        <v>18</v>
+      </c>
+      <c r="D21" t="s">
+        <v>18</v>
+      </c>
+      <c r="E21" t="s">
+        <v>134</v>
+      </c>
+      <c r="F21" t="s">
+        <v>18</v>
+      </c>
+      <c r="G21" t="s">
+        <v>151</v>
+      </c>
+      <c r="H21" t="s">
+        <v>152</v>
+      </c>
+      <c r="I21" t="s">
+        <v>153</v>
+      </c>
+      <c r="J21" t="s">
+        <v>23</v>
+      </c>
+      <c r="K21" t="s">
+        <v>24</v>
+      </c>
+      <c r="L21" t="s">
+        <v>25</v>
+      </c>
+      <c r="M21" t="s">
+        <v>73</v>
+      </c>
+      <c r="N21" t="s">
+        <v>50</v>
+      </c>
+      <c r="O21" t="s">
+        <v>154</v>
+      </c>
+      <c r="P21" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>16</v>
+      </c>
+      <c r="B22" t="s">
+        <v>156</v>
+      </c>
+      <c r="C22" t="s">
+        <v>18</v>
+      </c>
+      <c r="D22" t="s">
+        <v>18</v>
+      </c>
+      <c r="E22" t="s">
+        <v>134</v>
+      </c>
+      <c r="F22" t="s">
+        <v>18</v>
+      </c>
+      <c r="G22" t="s">
+        <v>157</v>
+      </c>
+      <c r="H22" t="s">
+        <v>158</v>
+      </c>
+      <c r="I22" t="s">
+        <v>159</v>
+      </c>
+      <c r="J22" t="s">
+        <v>23</v>
+      </c>
+      <c r="K22" t="s">
+        <v>24</v>
+      </c>
+      <c r="L22" t="s">
+        <v>25</v>
+      </c>
+      <c r="M22" t="s">
+        <v>73</v>
+      </c>
+      <c r="N22" t="s">
+        <v>50</v>
+      </c>
+      <c r="O22" t="s">
+        <v>160</v>
+      </c>
+      <c r="P22" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>16</v>
+      </c>
+      <c r="B23" t="s">
+        <v>162</v>
+      </c>
+      <c r="C23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D23" t="s">
+        <v>18</v>
+      </c>
+      <c r="E23" t="s">
+        <v>163</v>
+      </c>
+      <c r="F23" t="s">
+        <v>18</v>
+      </c>
+      <c r="G23" t="s">
+        <v>164</v>
+      </c>
+      <c r="H23" t="s">
+        <v>165</v>
+      </c>
+      <c r="I23" t="s">
+        <v>166</v>
+      </c>
+      <c r="J23" t="s">
+        <v>23</v>
+      </c>
+      <c r="K23" t="s">
+        <v>24</v>
+      </c>
+      <c r="L23" t="s">
+        <v>25</v>
+      </c>
+      <c r="M23" t="s">
+        <v>73</v>
+      </c>
+      <c r="N23" t="s">
+        <v>50</v>
+      </c>
+      <c r="O23" t="s">
+        <v>107</v>
+      </c>
+      <c r="P23" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>16</v>
+      </c>
+      <c r="B24" t="s">
+        <v>168</v>
+      </c>
+      <c r="C24" t="s">
+        <v>18</v>
+      </c>
+      <c r="D24" t="s">
+        <v>18</v>
+      </c>
+      <c r="E24" t="s">
+        <v>169</v>
+      </c>
+      <c r="F24" t="s">
+        <v>18</v>
+      </c>
+      <c r="G24" t="s">
+        <v>170</v>
+      </c>
+      <c r="H24" t="s">
+        <v>171</v>
+      </c>
+      <c r="I24" t="s">
+        <v>172</v>
+      </c>
+      <c r="J24" t="s">
+        <v>173</v>
+      </c>
+      <c r="K24" t="s">
+        <v>174</v>
+      </c>
+      <c r="L24" t="s">
+        <v>25</v>
+      </c>
+      <c r="M24" t="s">
+        <v>73</v>
+      </c>
+      <c r="N24" t="s">
+        <v>27</v>
+      </c>
+      <c r="O24" t="s">
+        <v>175</v>
+      </c>
+      <c r="P24" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>16</v>
+      </c>
+      <c r="B25" t="s">
+        <v>177</v>
+      </c>
+      <c r="C25" t="s">
+        <v>18</v>
+      </c>
+      <c r="D25" t="s">
+        <v>18</v>
+      </c>
+      <c r="E25" t="s">
+        <v>178</v>
+      </c>
+      <c r="F25" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" t="s">
+        <v>179</v>
+      </c>
+      <c r="H25" t="s">
+        <v>180</v>
+      </c>
+      <c r="I25" t="s">
+        <v>181</v>
+      </c>
+      <c r="J25" t="s">
+        <v>23</v>
+      </c>
+      <c r="K25" t="s">
+        <v>24</v>
+      </c>
+      <c r="L25" t="s">
+        <v>25</v>
+      </c>
+      <c r="M25" t="s">
+        <v>26</v>
+      </c>
+      <c r="N25" t="s">
+        <v>58</v>
+      </c>
+      <c r="O25" t="s">
+        <v>59</v>
+      </c>
+      <c r="P25" t="s">
+        <v>182</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:P1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>183</v>
+      </c>
+      <c r="J1" t="s">
+        <v>8</v>
+      </c>
+      <c r="K1" t="s">
+        <v>184</v>
+      </c>
+      <c r="L1" t="s">
+        <v>10</v>
+      </c>
+      <c r="M1" t="s">
+        <v>11</v>
+      </c>
+      <c r="N1" t="s">
+        <v>185</v>
+      </c>
+      <c r="O1" t="s">
+        <v>186</v>
+      </c>
+      <c r="P1" t="s">
+        <v>187</v>
+      </c>
+      <c r="Q1" t="s">
+        <v>188</v>
+      </c>
+      <c r="R1" t="s">
+        <v>12</v>
+      </c>
+      <c r="S1" t="s">
+        <v>189</v>
+      </c>
+      <c r="T1" t="s">
+        <v>190</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>191</v>
+      </c>
+      <c r="B2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D2" t="s">
+        <v>18</v>
+      </c>
+      <c r="E2" t="s">
+        <v>193</v>
+      </c>
+      <c r="F2" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" t="s">
+        <v>194</v>
+      </c>
+      <c r="H2" t="s">
+        <v>195</v>
+      </c>
+      <c r="I2" t="s">
+        <v>196</v>
+      </c>
+      <c r="J2" t="s">
+        <v>197</v>
+      </c>
+      <c r="K2" t="s">
+        <v>23</v>
+      </c>
+      <c r="L2" t="s">
+        <v>24</v>
+      </c>
+      <c r="M2" t="s">
+        <v>25</v>
+      </c>
+      <c r="N2" t="s">
+        <v>198</v>
+      </c>
+      <c r="O2" t="s">
+        <v>18</v>
+      </c>
+      <c r="P2" t="s">
+        <v>26</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>199</v>
+      </c>
+      <c r="R2" t="s">
+        <v>26</v>
+      </c>
+      <c r="S2" t="s">
+        <v>200</v>
+      </c>
+      <c r="T2" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>191</v>
+      </c>
+      <c r="B3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C3" t="s">
+        <v>18</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>203</v>
+      </c>
+      <c r="F3" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" t="s">
+        <v>204</v>
+      </c>
+      <c r="H3" t="s">
+        <v>205</v>
+      </c>
+      <c r="I3" t="s">
+        <v>196</v>
+      </c>
+      <c r="J3" t="s">
+        <v>172</v>
+      </c>
+      <c r="K3" t="s">
+        <v>173</v>
+      </c>
+      <c r="L3" t="s">
+        <v>174</v>
+      </c>
+      <c r="M3" t="s">
+        <v>25</v>
+      </c>
+      <c r="N3" t="s">
+        <v>206</v>
+      </c>
+      <c r="O3" t="s">
+        <v>18</v>
+      </c>
+      <c r="P3" t="s">
+        <v>207</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>208</v>
+      </c>
+      <c r="R3" t="s">
+        <v>73</v>
+      </c>
+      <c r="S3" t="s">
+        <v>209</v>
+      </c>
+      <c r="T3" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>191</v>
+      </c>
+      <c r="B4" t="s">
+        <v>211</v>
+      </c>
+      <c r="C4" t="s">
+        <v>18</v>
+      </c>
+      <c r="D4" t="s">
+        <v>18</v>
+      </c>
+      <c r="E4" t="s">
+        <v>203</v>
+      </c>
+      <c r="F4" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" t="s">
+        <v>212</v>
+      </c>
+      <c r="H4" t="s">
+        <v>213</v>
+      </c>
+      <c r="I4" t="s">
+        <v>214</v>
+      </c>
+      <c r="J4" t="s">
+        <v>172</v>
+      </c>
+      <c r="K4" t="s">
+        <v>173</v>
+      </c>
+      <c r="L4" t="s">
+        <v>174</v>
+      </c>
+      <c r="M4" t="s">
+        <v>25</v>
+      </c>
+      <c r="N4" t="s">
+        <v>215</v>
+      </c>
+      <c r="O4" t="s">
+        <v>18</v>
+      </c>
+      <c r="P4" t="s">
+        <v>73</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>216</v>
+      </c>
+      <c r="R4" t="s">
+        <v>73</v>
+      </c>
+      <c r="S4" t="s">
+        <v>217</v>
+      </c>
+      <c r="T4" t="s">
+        <v>210</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:T1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>