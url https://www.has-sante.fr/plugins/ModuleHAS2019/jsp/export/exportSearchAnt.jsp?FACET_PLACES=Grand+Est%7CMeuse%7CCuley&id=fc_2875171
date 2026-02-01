--- v1 (2025-12-15)
+++ v2 (2026-02-01)
@@ -185,51 +185,51 @@
   <si>
     <t>11 Chemin De Curmont</t>
   </si>
   <si>
     <t>Protection de l’enfance/Protection judiciaire de la jeunesse</t>
   </si>
   <si>
     <t>Village d'Enfants</t>
   </si>
   <si>
     <t>550007033</t>
   </si>
   <si>
     <t>SESSAD - APAJH</t>
   </si>
   <si>
     <t>10/09/2025 12:20:21</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/4192_FicheESSMS/fr/sessad-apajh</t>
   </si>
   <si>
     <t>4192_FicheESSMS</t>
   </si>
   <si>
-    <t>2 Rue Du Moulin</t>
+    <t>5 Place De La Republique</t>
   </si>
   <si>
     <t>Personne en situation de handicap enfant</t>
   </si>
   <si>
     <t>Service d'Éducation Spéciale et de Soins à Domicile</t>
   </si>
   <si>
     <t>550004063</t>
   </si>
   <si>
     <t>SERV PREV SPECIALISEE BLD/REVIGNY</t>
   </si>
   <si>
     <t>10/09/2025 12:21:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/5183_FicheESSMS/fr/serv-prev-specialisee-bld/revigny</t>
   </si>
   <si>
     <t>5183_FicheESSMS</t>
   </si>
   <si>
     <t>2 Rue D'Anjou</t>
   </si>